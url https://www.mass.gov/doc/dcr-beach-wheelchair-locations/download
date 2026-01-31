--- v0 (2025-10-18)
+++ v1 (2026-01-31)
@@ -1,7847 +1,6353 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0D7BAF10" w14:textId="33269246" w:rsidR="00B13DE0" w:rsidRDefault="00C03B21" w:rsidP="00291542">
+    <w:p w14:paraId="005C5AB5" w14:textId="404BB373" w:rsidR="00B46B05" w:rsidRPr="003769A8" w:rsidRDefault="00836793" w:rsidP="00367C35">
       <w:pPr>
-        <w:spacing w:after="120"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00067DAC">
+      <w:r w:rsidRPr="003769A8">
         <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="01ADD5B5" wp14:editId="52F89261">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="570EEAB1" wp14:editId="64669E90">
             <wp:simplePos x="0" y="0"/>
-            <wp:positionH relativeFrom="margin">
-              <wp:align>left</wp:align>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>9525</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>12065</wp:posOffset>
+              <wp:posOffset>109855</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="2819400" cy="2123440"/>
+            <wp:extent cx="2809875" cy="2010410"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
-            <wp:docPr id="4" name="Picture 2" descr="A person sitting in a beach wheelchair on a beach. The chair is made of PVC and has large balloon tires.&#10;"/>
+            <wp:docPr id="4" name="Picture 0" descr="Two skaters are sitting in ice sleds with handles in the back. One of the sled skaters is being pushed by a standing skater."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="4" name="Picture 2" descr="A person sitting in a beach wheelchair on a beach. The chair is made of PVC and has large balloon tires.&#10;"/>
+                    <pic:cNvPr id="4" name="Picture 0" descr="Two skaters are sitting in ice sleds with handles in the back. One of the sled skaters is being pushed by a standing skater."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11" cstate="print">
+                    <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2848541" cy="2145772"/>
+                      <a:ext cx="2809875" cy="2010410"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="001A5E76">
-        <w:t xml:space="preserve">Beach wheelchairs are </w:t>
+      <w:r w:rsidR="00B46B05" w:rsidRPr="003769A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ice sleds offer a seated option for skaters who cannot use their legs or who have balance issues too difficult for conventional skating. If you can use your upper body evenly, you can push yourself across the ice </w:t>
       </w:r>
-      <w:r w:rsidR="005E40E0">
-        <w:t>a</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B46B05" w:rsidRPr="003769A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t>using use</w:t>
       </w:r>
-      <w:r w:rsidR="001A5E76">
-        <w:t>vailable on a first-come, first-served basis and are managed by waterfront supervisors</w:t>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B46B05" w:rsidRPr="003769A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> two short hockey sticks with a figure skating pick on the end. A stroller bar handle can be inserted into the back of the ice sled to push you if you can’t push or steer. The sleds have anti-tippers to prevent you from tipping over backwards, and adjustable leg trays that adjust for your height</w:t>
       </w:r>
-      <w:r w:rsidR="00712532">
-        <w:t xml:space="preserve"> at guarded beaches and park staff at unguarded beaches</w:t>
+      <w:r w:rsidR="0013552C">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="001A5E76">
-        <w:t xml:space="preserve">. </w:t>
+    </w:p>
+    <w:p w14:paraId="72107E42" w14:textId="77777777" w:rsidR="00757F20" w:rsidRPr="003769A8" w:rsidRDefault="00B46B05" w:rsidP="00757F20">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003769A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t>If you need help with transfers, you will need to bring your own help to transfer into the sleds.</w:t>
       </w:r>
-      <w:r w:rsidR="008D488B" w:rsidRPr="008D488B">
-        <w:t xml:space="preserve">Beach wheelchairs are available when weather conditions are favorable and waterfronts are staffed, typically between Memorial Day and Labor Day. </w:t>
+      <w:r w:rsidR="00081E01" w:rsidRPr="003769A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Please bring your own helmet to use with skate walkers. All equipment is best for use during uncrowded public skating times.</w:t>
       </w:r>
-      <w:r w:rsidR="005E40E0" w:rsidRPr="005E40E0">
-        <w:t>There is no cost to use a beach wheelchair, but please be sure to bring someone to push you and help you to transfer into the chair.</w:t>
+      <w:r w:rsidR="00757F20" w:rsidRPr="003769A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Calling the rink in advance is recommended.</w:t>
       </w:r>
-      <w:r w:rsidR="00291542" w:rsidRPr="00067DAC">
+    </w:p>
+    <w:p w14:paraId="7DC8A621" w14:textId="29047464" w:rsidR="003F4C52" w:rsidRPr="003769A8" w:rsidRDefault="003F4C52" w:rsidP="00367C35">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003769A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Contact DCR’s Universal Access Program at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00E55ACD" w:rsidRPr="00401AA0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          </w:rPr>
+          <w:t>DCR.UniversalAccess@mass.gov</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00E55ACD">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00CE37FD" w:rsidRPr="00CE37FD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          </w:rPr>
+          <w:t>(413) 461-7126</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00CE37FD" w:rsidRPr="00CE37FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">You can use beach wheelchairs on gentle, sandy areas without rocks or debris when weather and beach conditions are good. If there are cobblestones or other obstacles at the tideline, you may not be able get to the edge of the water in your beach wheelchair. Waterfront supervisors and beach staff will tell you which areas of the beach have good conditions to use the chair. </w:t>
+      <w:r w:rsidRPr="003769A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for more information on </w:t>
       </w:r>
-      <w:r w:rsidR="00026826">
-        <w:t xml:space="preserve">We recommend that you use the seatbelt or harness while in a beach wheelchair. </w:t>
+      <w:r w:rsidR="009258B9" w:rsidRPr="003769A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">adaptive skating </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E20446">
-        <w:t>Please follow all directions and requests from DCR staff while using a beach wheelchair.</w:t>
+      <w:r w:rsidRPr="003769A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t>equipment or accessible recreation opportunities.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F4F652C" w14:textId="77A45932" w:rsidR="003E67EC" w:rsidRDefault="002F0E02" w:rsidP="000E715E">
-[...94 lines deleted...]
-    <w:p w14:paraId="6923E445" w14:textId="77777777" w:rsidR="00B54CA6" w:rsidRPr="00B9604C" w:rsidRDefault="00B54CA6" w:rsidP="00B54CA6">
+    <w:p w14:paraId="159A4DD5" w14:textId="77777777" w:rsidR="00F00C90" w:rsidRPr="003769A8" w:rsidRDefault="00997518" w:rsidP="00367C35">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B9604C">
-        <w:t>West Region</w:t>
+      <w:r w:rsidRPr="003769A8">
+        <w:t xml:space="preserve">Greater </w:t>
+      </w:r>
+      <w:r w:rsidR="00F00C90" w:rsidRPr="003769A8">
+        <w:t xml:space="preserve">Boston </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003769A8">
+        <w:t>Area</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="18625" w:type="dxa"/>
+        <w:tblW w:w="10908" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
-        <w:tblDescription w:val="A list of beach wheelchair locations in the West Region."/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5665"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="8874"/>
+        <w:gridCol w:w="1710"/>
+        <w:gridCol w:w="1260"/>
+        <w:gridCol w:w="2340"/>
+        <w:gridCol w:w="1728"/>
+        <w:gridCol w:w="3870"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EF076B" w:rsidRPr="00B9604C" w14:paraId="7F2A8C2D" w14:textId="79B39887" w:rsidTr="004C16FE">
+      <w:tr w:rsidR="00471D3C" w:rsidRPr="003769A8" w14:paraId="38ED65F1" w14:textId="77777777" w:rsidTr="00836793">
         <w:trPr>
           <w:cantSplit/>
+          <w:trHeight w:val="287"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5665" w:type="dxa"/>
-[...4 lines deleted...]
-                <w:rFonts w:cs="Segoe UI"/>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BA89202" w14:textId="77777777" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="00471D3C" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="0" w:name="Title_West_Region"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="Title_Greater_Boston_Area"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidRPr="00B9604C">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Segoe UI"/>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
-              </w:rPr>
-[...11 lines deleted...]
-                <w:rFonts w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Town</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CF64851" w14:textId="77777777" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="00471D3C" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Rink</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F41335A" w14:textId="77777777" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="00471D3C" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
-              </w:rPr>
-[...11 lines deleted...]
-                <w:rFonts w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="435BDB23" w14:textId="77777777" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="00471D3C" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
-              </w:rPr>
-[...11 lines deleted...]
-                <w:rFonts w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Phone</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35F2A695" w14:textId="77777777" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="00471D3C" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
-              </w:rPr>
-[...11 lines deleted...]
-                <w:rFonts w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
-              </w:rPr>
-[...13 lines deleted...]
-              <w:t>get a beach wheelchair</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Equipment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF076B" w:rsidRPr="00B9604C" w14:paraId="53150564" w14:textId="718FF573" w:rsidTr="004C16FE">
-[...12 lines deleted...]
-              <w:r w:rsidRPr="00922A43">
+      <w:tr w:rsidR="00471D3C" w:rsidRPr="003769A8" w14:paraId="5DC3D5EC" w14:textId="77777777" w:rsidTr="002F1141">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="066C90CB" w14:textId="77777777" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="00471D3C" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DFB5EBE" w14:textId="77777777" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="00471D3C" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r w:rsidRPr="00B615D1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cs="Segoe UI"/>
-                  <w:u w:val="none"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>Beartown State Forest</w:t>
+                <w:t>Simoni</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00922A43">
-[...88 lines deleted...]
-                <w:rFonts w:cs="Segoe UI"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F6E4BD4" w14:textId="77777777" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="00471D3C" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>155 Gore St.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="455FF5AF" w14:textId="77777777" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="002F1141" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(617) </w:t>
+            </w:r>
+            <w:r w:rsidR="00471D3C" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>354-9523</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D61032F" w14:textId="77777777" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="00684699" w:rsidP="00684699">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1 adult sled, 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00471D3C" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="005B22CA">
-[...33 lines deleted...]
-              <w:t xml:space="preserve"> in advance.</w:t>
+            <w:r w:rsidR="000B5EB9" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>youth</w:t>
+            </w:r>
+            <w:r w:rsidR="00471D3C" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sleds, 2 handles</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF076B" w:rsidRPr="00B9604C" w14:paraId="6696C10B" w14:textId="2C2155DF" w:rsidTr="004C16FE">
-[...12 lines deleted...]
-              <w:r w:rsidRPr="00922A43">
+      <w:tr w:rsidR="00471D3C" w:rsidRPr="003769A8" w14:paraId="271E33CA" w14:textId="77777777" w:rsidTr="002F1141">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CF2B340" w14:textId="77777777" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="00471D3C" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Charlestown</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45D36309" w14:textId="77777777" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="00471D3C" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r w:rsidRPr="00B615D1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cs="Segoe UI"/>
-                  <w:u w:val="none"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>Chicopee Memorial State Park</w:t>
+                <w:t>O’Neill</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00694F9C" w:rsidRPr="00922A43">
-[...3 lines deleted...]
-                <w:u w:val="none"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="598B205E" w14:textId="77777777" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="00471D3C" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>150 Rutherford Ave</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="496596A8" w14:textId="77777777" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="002F1141" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(617) </w:t>
+            </w:r>
+            <w:r w:rsidR="00471D3C" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>242-9728</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59518312" w14:textId="77777777" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="00F40831" w:rsidP="00684699">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00471D3C" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> adult sled</w:t>
+            </w:r>
+            <w:r w:rsidR="00684699" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00922A43">
-[...40 lines deleted...]
-                <w:rFonts w:cs="Segoe UI"/>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 youth sled, </w:t>
+            </w:r>
+            <w:r w:rsidR="00A82437" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-          </w:p>
-[...45 lines deleted...]
-              <w:t xml:space="preserve"> at the beach.</w:t>
+            <w:r w:rsidR="00471D3C" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> handle</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0066127D" w:rsidRPr="00B9604C" w14:paraId="7CD1752A" w14:textId="42F26528" w:rsidTr="004C16FE">
-[...12 lines deleted...]
-              <w:r w:rsidRPr="00922A43">
+      <w:tr w:rsidR="00853272" w:rsidRPr="003769A8" w14:paraId="4CD51CFE" w14:textId="77777777" w:rsidTr="002F1141">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BBDBC76" w14:textId="2EC8923F" w:rsidR="00853272" w:rsidRPr="009157A5" w:rsidRDefault="00853272" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009157A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dorchester</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58F3B217" w14:textId="6889ED61" w:rsidR="00853272" w:rsidRPr="009157A5" w:rsidRDefault="00853272" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r w:rsidRPr="009A2B1E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cs="Segoe UI"/>
-                  <w:u w:val="none"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>DAR State Forest</w:t>
+                <w:t>D</w:t>
+              </w:r>
+              <w:r w:rsidR="00FC77A9" w:rsidRPr="009A2B1E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>evine</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00694F9C" w:rsidRPr="00922A43">
-[...79 lines deleted...]
-                <w:rFonts w:cs="Segoe UI"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1803F12D" w14:textId="4CE27DFB" w:rsidR="00853272" w:rsidRPr="009157A5" w:rsidRDefault="00713ED7" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00713ED7">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>995 Morrissey Blvd</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A481680" w14:textId="1505E51E" w:rsidR="00853272" w:rsidRPr="009157A5" w:rsidRDefault="00713ED7" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00713ED7">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(617) 436-4356</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A940D74" w14:textId="1FEBABA5" w:rsidR="00853272" w:rsidRPr="009157A5" w:rsidRDefault="009A2B1E" w:rsidP="00684699">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="Segoe UI"/>
-[...25 lines deleted...]
-              <w:t>beach.</w:t>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2 adult sleds, 2 handles</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0066127D" w:rsidRPr="00B9604C" w14:paraId="166E30DF" w14:textId="50907D25" w:rsidTr="004C16FE">
-[...12 lines deleted...]
-              <w:r w:rsidRPr="00922A43">
+      <w:tr w:rsidR="00471D3C" w:rsidRPr="003769A8" w14:paraId="60EF186F" w14:textId="77777777" w:rsidTr="002F1141">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CB59596" w14:textId="77777777" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="00471D3C" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>East Boston</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D388716" w14:textId="77777777" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="00471D3C" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r w:rsidRPr="00B615D1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cs="Segoe UI"/>
-                  <w:u w:val="none"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>Hampton Ponds State Park</w:t>
+                <w:t>Porrazzo</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00694F9C" w:rsidRPr="00922A43">
-[...48 lines deleted...]
-                <w:rFonts w:cs="Segoe UI"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CA350E7" w14:textId="77777777" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="00471D3C" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>199 Coleridge St.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="106375C7" w14:textId="77777777" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="002F1141" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(617) </w:t>
+            </w:r>
+            <w:r w:rsidR="00471D3C" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>567-9571</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52AA0E30" w14:textId="77777777" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="00B22625" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-          </w:p>
-[...13 lines deleted...]
-                <w:rFonts w:cs="Segoe UI"/>
+            <w:r w:rsidR="00471D3C" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> adult sleds, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-          </w:p>
-[...39 lines deleted...]
-              <w:t>or Lambert Beach.</w:t>
+            <w:r w:rsidR="00BB26DD" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> handles, </w:t>
+            </w:r>
+            <w:r w:rsidR="00A82437" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00471D3C" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> walkers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00471D3C" w:rsidRPr="003769A8" w14:paraId="108965F5" w14:textId="77777777" w:rsidTr="002F1141">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F8941BA" w14:textId="77777777" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="00471D3C" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hyde Park</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FAB4985" w14:textId="77777777" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="00471D3C" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r w:rsidRPr="00B615D1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Bajko</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4930620F" w14:textId="77777777" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="00471D3C" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>75 Turtle Pond Pkwy</w:t>
+            </w:r>
+            <w:r w:rsidR="00684699" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="602EC51F" w14:textId="77777777" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="002F1141" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(617) </w:t>
+            </w:r>
+            <w:r w:rsidR="00471D3C" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>364-9188</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D4D10C6" w14:textId="77777777" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="00471D3C" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 adult sled, 1 </w:t>
+            </w:r>
+            <w:r w:rsidR="000B5EB9" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>youth</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sled, 1 handle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00471D3C" w:rsidRPr="003769A8" w14:paraId="4A9ED930" w14:textId="77777777" w:rsidTr="002F1141">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02191C62" w14:textId="77777777" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="00471D3C" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Jamaica Plain</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18628DCE" w14:textId="21BFA9E4" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="00471D3C" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r w:rsidRPr="00B615D1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Kelly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17E6E624" w14:textId="77777777" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="00471D3C" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1 Marbury Terrace</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1017B671" w14:textId="77777777" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="002F1141" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(617) </w:t>
+            </w:r>
+            <w:r w:rsidR="00471D3C" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>727-7000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78BECBD6" w14:textId="77777777" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="00471D3C" w:rsidP="00684699">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidR="00684699" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>youth</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sled</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00471D3C" w:rsidRPr="003769A8" w14:paraId="1024E3C7" w14:textId="77777777" w:rsidTr="002F1141">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AFED76F" w14:textId="77777777" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="00471D3C" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Medford</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D9BA4BA" w14:textId="77777777" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="00471D3C" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r w:rsidRPr="00B615D1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Flynn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="470B4086" w14:textId="77777777" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="00471D3C" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Woodland Rd.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15B71D10" w14:textId="77777777" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="002F1141" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(781) </w:t>
+            </w:r>
+            <w:r w:rsidR="00471D3C" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>395-8492</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CE2B41F" w14:textId="77777777" w:rsidR="00471D3C" w:rsidRPr="003769A8" w:rsidRDefault="00A82437" w:rsidP="00684699">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00471D3C" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> adult sled</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00471D3C" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidR="00471D3C" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>handle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE666E" w:rsidRPr="003769A8" w14:paraId="46CD7752" w14:textId="77777777" w:rsidTr="002F1141">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72430CF3" w14:textId="77777777" w:rsidR="00BE666E" w:rsidRPr="003769A8" w:rsidRDefault="00A82437" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="_Hlk95726189"/>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Medford</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1154C74F" w14:textId="77777777" w:rsidR="00BE666E" w:rsidRPr="003769A8" w:rsidRDefault="00BE666E" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r w:rsidRPr="00B615D1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>LoConte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C6ECD14" w14:textId="77777777" w:rsidR="00BE666E" w:rsidRPr="003769A8" w:rsidRDefault="00BE666E" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="_Hlk95726165"/>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:color w:val="202124"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>97 Locust St</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="2"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41BE7EFD" w14:textId="77777777" w:rsidR="00BE666E" w:rsidRPr="003769A8" w:rsidRDefault="00BE666E" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r w:rsidRPr="003769A8">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                </w:rPr>
+                <w:t>(781) 395-9594</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="441A7A2A" w14:textId="77777777" w:rsidR="00BE666E" w:rsidRPr="003769A8" w:rsidRDefault="00A82437" w:rsidP="00684699">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="_Hlk95726235"/>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE666E" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> adult sleds</w:t>
+            </w:r>
+            <w:r w:rsidR="003E5886" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, 3 handles, 8 walkers</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="3"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="1"/>
+      <w:tr w:rsidR="00684699" w:rsidRPr="003769A8" w14:paraId="43E33A3A" w14:textId="77777777" w:rsidTr="002F1141">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53676B5D" w14:textId="77777777" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="00684699" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Newton</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="418EC22D" w14:textId="77777777" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="00684699" w:rsidP="00684699">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r w:rsidRPr="00B615D1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Daly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CBC07B3" w14:textId="77777777" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="00684699" w:rsidP="00684699">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Nonantum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Rd.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74801F36" w14:textId="77777777" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="002F1141" w:rsidP="00684699">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(617) </w:t>
+            </w:r>
+            <w:r w:rsidR="00684699" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>527-1741</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="723A5BDE" w14:textId="77777777" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="00684699" w:rsidP="00684699">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2 adult sleds, 2 handles, 1 walker</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00684699" w:rsidRPr="003769A8" w14:paraId="125D5083" w14:textId="77777777" w:rsidTr="002F1141">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F3D902B" w14:textId="77777777" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="00684699" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>North End</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77D0BE4C" w14:textId="57909C65" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="00684699" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r w:rsidRPr="00B615D1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Steriti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E217368" w14:textId="77777777" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="00684699" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>561 Commercial St.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="045511C2" w14:textId="56E88B27" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="002F1141" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(617) </w:t>
+            </w:r>
+            <w:r w:rsidR="00684699" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>52</w:t>
+            </w:r>
+            <w:r w:rsidR="00597B9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00684699" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-9327</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E970310" w14:textId="77777777" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="00684699" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 adult sleds, </w:t>
+            </w:r>
+            <w:r w:rsidR="00A82437" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 handle, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1 youth walker</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00684699" w:rsidRPr="003769A8" w14:paraId="7975A1E3" w14:textId="77777777" w:rsidTr="002F1141">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20E660F2" w14:textId="77777777" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="00684699" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Revere</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4121F5F6" w14:textId="77777777" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="00684699" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r w:rsidRPr="00B615D1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Cronin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EE5B43C" w14:textId="77777777" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="00684699" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>850 Revere Beach Pkwy.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D4041C7" w14:textId="77777777" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="002F1141" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(781) </w:t>
+            </w:r>
+            <w:r w:rsidR="00684699" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>284-9491</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05286349" w14:textId="77777777" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="00BB26DD" w:rsidP="00BB26DD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00684699" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> adult sled, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00684699" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> handle, 1 walker</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00684699" w:rsidRPr="003769A8" w14:paraId="1972F7F8" w14:textId="77777777" w:rsidTr="002F1141">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30D06E69" w14:textId="77777777" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="00684699" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Somerville</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4728902E" w14:textId="4EF4B839" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="005E679C" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r w:rsidRPr="008B7D8E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Somerville</w:t>
+              </w:r>
+              <w:r w:rsidR="0083408C">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidRPr="008B7D8E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Veterans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A300CF9" w14:textId="77777777" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="00684699" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>570 Somerville Ave.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="206EAB9D" w14:textId="77777777" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="002F1141" w:rsidP="0078465D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(617) </w:t>
+            </w:r>
+            <w:r w:rsidR="00684699" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+              <w:t>623-3523</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50BA62F3" w14:textId="77777777" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="00A82437" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00F40831" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> adult sled</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00684699" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, 1 handle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00684699" w:rsidRPr="003769A8" w14:paraId="29100E77" w14:textId="77777777" w:rsidTr="002F1141">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A9FA9F3" w14:textId="77777777" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="00684699" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>South Boston</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A47CCB6" w14:textId="77777777" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="00684699" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r w:rsidRPr="00B615D1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Murphy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F851823" w14:textId="77777777" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="00684699" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Day Blvd.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FFBF57F" w14:textId="77777777" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="002F1141" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(617) </w:t>
+            </w:r>
+            <w:r w:rsidR="00684699" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en"/>
+              </w:rPr>
+              <w:t>269-7060</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7005C97F" w14:textId="77777777" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="00684699" w:rsidP="005D0F15">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidR="005D0F15" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>adult</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sled, 1 handle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00684699" w:rsidRPr="003769A8" w14:paraId="4271CDDF" w14:textId="77777777" w:rsidTr="002F1141">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6807B27C" w14:textId="77777777" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="00684699" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>West Roxbury</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A57354A" w14:textId="77777777" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="00684699" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r w:rsidRPr="00B615D1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Roche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EA3FD1F" w14:textId="77777777" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="00684699" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1275 VFW Pkwy.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="043272AB" w14:textId="77777777" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="002F1141" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(617) </w:t>
+            </w:r>
+            <w:r w:rsidR="00684699" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>323-9512</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E65CCE2" w14:textId="77777777" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="0013521C" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00684699" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> adult sleds, </w:t>
+            </w:r>
+            <w:r w:rsidR="00A82437" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00684699" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> handles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00684699" w:rsidRPr="003769A8" w14:paraId="4A0F33A9" w14:textId="77777777" w:rsidTr="002F1141">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22F3C0B3" w14:textId="77777777" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="00684699" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Weymouth</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C3460F3" w14:textId="77777777" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="00684699" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r w:rsidRPr="00B615D1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Connell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2340" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="007846E3" w14:textId="77777777" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="00684699" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>220 Broad St.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1728" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="214428A4" w14:textId="77777777" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="002F1141" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(781) </w:t>
+            </w:r>
+            <w:r w:rsidR="00684699" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>335-2090</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ED7DB91" w14:textId="77777777" w:rsidR="00684699" w:rsidRPr="003769A8" w:rsidRDefault="00684699" w:rsidP="00471D3C">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1 adult sled, 1 handle</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="21A8EB56" w14:textId="77777777" w:rsidR="00E57032" w:rsidRDefault="00E57032">
+    <w:p w14:paraId="443DC4CB" w14:textId="77777777" w:rsidR="00B46B05" w:rsidRPr="003769A8" w:rsidRDefault="00B46B05" w:rsidP="00B46B05">
       <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:cs="Segoe UI"/>
-          <w:b/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="32"/>
-          <w:szCs w:val="36"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:br w:type="page"/>
+      <w:r w:rsidRPr="003769A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Continued</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0616" w:rsidRPr="003769A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003769A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB0616" w:rsidRPr="003769A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>back</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B63AB7F" w14:textId="4ABBCCB4" w:rsidR="00B13DE0" w:rsidRPr="00067DAC" w:rsidRDefault="00B13DE0" w:rsidP="00291542">
+    <w:p w14:paraId="10B376E4" w14:textId="0963E3B0" w:rsidR="0056371D" w:rsidRPr="003769A8" w:rsidRDefault="00836793" w:rsidP="00367C35">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
-[...2238 lines deleted...]
-      <w:r w:rsidRPr="00E90142">
+        <w:spacing w:before="600"/>
+        <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">* </w:t>
-[...18 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="003769A8">
         <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:noProof/>
-          <w:sz w:val="2"/>
-          <w:szCs w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7A4F08A5" wp14:editId="4DA2C0C0">
-[...10 lines deleted...]
-            <wp:docPr id="778127126" name="Picture 2" descr="Shape&#10;&#10;Description automatically generated with medium confidence"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="724E7A1D" wp14:editId="29650CF1">
+            <wp:extent cx="3057525" cy="1676400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1" name="Picture 1" descr="A sled skater without legs is using hockey sticks to move across the ice."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="778127126" name="Picture 2" descr="Shape&#10;&#10;Description automatically generated with medium confidence"/>
-[...120 lines deleted...]
-                    <pic:cNvPr id="1" name="Picture 2" descr="A person is floating in a beach wheelchair in the water. A second person is standing next to to the person in the chair and holding it."/>
+                    <pic:cNvPr id="1" name="Picture 1" descr="A sled skater without legs is using hockey sticks to move across the ice."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId34" cstate="print">
+                    <a:blip r:embed="rId29" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4252671" cy="2213378"/>
+                      <a:ext cx="3057525" cy="1676400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62518DE9" w14:textId="77777777" w:rsidR="00895CAB" w:rsidRPr="00067DAC" w:rsidRDefault="00895CAB" w:rsidP="00895CAB">
+    <w:p w14:paraId="4FE4C5D2" w14:textId="77777777" w:rsidR="00367C35" w:rsidRPr="003769A8" w:rsidRDefault="00367C35" w:rsidP="0056371D">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003769A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Calling the rink in advance is recommended.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1685DD96" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="0056371D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00067DAC">
-[...3 lines deleted...]
-        <w:t>Metro Area</w:t>
+      <w:r w:rsidRPr="003769A8">
+        <w:t>North Region</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="18535" w:type="dxa"/>
+        <w:tblW w:w="10908" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
-        <w:tblDescription w:val="A list of beach wheelchair locations in the Boston Region."/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5935"/>
-        <w:gridCol w:w="2250"/>
+        <w:gridCol w:w="1710"/>
         <w:gridCol w:w="1260"/>
-        <w:gridCol w:w="1350"/>
-        <w:gridCol w:w="7740"/>
+        <w:gridCol w:w="2358"/>
+        <w:gridCol w:w="1710"/>
+        <w:gridCol w:w="3870"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00895CAB" w:rsidRPr="00067DAC" w14:paraId="53C702FE" w14:textId="77777777" w:rsidTr="00207808">
+      <w:tr w:rsidR="0078465D" w:rsidRPr="003769A8" w14:paraId="5F967B09" w14:textId="77777777" w:rsidTr="00836793">
         <w:trPr>
           <w:cantSplit/>
+          <w:trHeight w:val="287"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5935" w:type="dxa"/>
-[...4 lines deleted...]
-                <w:rFonts w:cs="Segoe UI"/>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2892843B" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="4" w:name="Title_Boston_Region"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="Title_North_Region"/>
             <w:bookmarkEnd w:id="4"/>
-            <w:r w:rsidRPr="00067DAC">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Segoe UI"/>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
-              </w:rPr>
-[...11 lines deleted...]
-                <w:rFonts w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Town</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17E7A2E1" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>Community</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Rink</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2358" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C60443E" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0426C256" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Phone</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DFA1F7A" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Equipment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0078465D" w:rsidRPr="003769A8" w14:paraId="51AC665A" w14:textId="77777777" w:rsidTr="002F1141">
+        <w:trPr>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AFB01CE" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Newburyport</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58CE3C4E" w14:textId="77777777" w:rsidR="00895CAB" w:rsidRPr="00067DAC" w:rsidRDefault="00895CAB" w:rsidP="00207808">
-[...68 lines deleted...]
-              <w:r w:rsidRPr="00A415D6">
+          <w:p w14:paraId="7A810723" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r w:rsidRPr="00B615D1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cs="Segoe UI"/>
-                  <w:u w:val="none"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>Carson Beach</w:t>
+                <w:t>Graf</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...1135 lines deleted...]
-              <w:t>, near access points 5 and 6.</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2358" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42FBB89C" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="006478A2" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>28 Low St.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DE60BEB" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="002F1141" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(978) </w:t>
+            </w:r>
+            <w:r w:rsidR="006478A2" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>462-8112</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D6408A5" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="0078465D">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1 adult sled, 1 handle</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4B731D1D" w14:textId="62C882FB" w:rsidR="00B54CA6" w:rsidRPr="00B9604C" w:rsidRDefault="00895CAB" w:rsidP="00B54CA6">
+    <w:p w14:paraId="5DDF5E50" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="008133C8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
       </w:pPr>
-      <w:r>
-[...62 lines deleted...]
-      <w:r w:rsidR="00B54CA6" w:rsidRPr="00B9604C">
+      <w:r w:rsidRPr="003769A8">
         <w:t>South Region</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="18625" w:type="dxa"/>
+        <w:tblW w:w="10908" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
-        <w:tblDescription w:val="A list of beach wheelchair locations in the South Region."/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6385"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="7830"/>
+        <w:gridCol w:w="1703"/>
+        <w:gridCol w:w="1310"/>
+        <w:gridCol w:w="2315"/>
+        <w:gridCol w:w="1710"/>
+        <w:gridCol w:w="3870"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EF076B" w:rsidRPr="00B9604C" w14:paraId="7656E794" w14:textId="2D5D6D20" w:rsidTr="0038491C">
+      <w:tr w:rsidR="0078465D" w:rsidRPr="003769A8" w14:paraId="57C5DCCE" w14:textId="77777777" w:rsidTr="00CD705A">
         <w:trPr>
           <w:cantSplit/>
+          <w:trHeight w:val="287"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6385" w:type="dxa"/>
-[...4 lines deleted...]
-                <w:rFonts w:cs="Segoe UI"/>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D32182D" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="5" w:name="Title_South_Region"/>
             <w:bookmarkEnd w:id="5"/>
-            <w:r w:rsidRPr="00B9604C">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Segoe UI"/>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
-              </w:rPr>
-[...11 lines deleted...]
-                <w:rFonts w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Town</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1310" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65D64C83" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Rink</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2315" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69423972" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
-              </w:rPr>
-[...11 lines deleted...]
-                <w:rFonts w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CA2ADEC" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Phone</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77F6F299" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
-              </w:rPr>
-[...11 lines deleted...]
-                <w:rFonts w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
-              </w:rPr>
-[...26 lines deleted...]
-              <w:t>How to get a beach wheelchair</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Equipment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B64D8" w:rsidRPr="00B9604C" w14:paraId="0A0EA52C" w14:textId="77777777" w:rsidTr="0038491C">
-[...6 lines deleted...]
-              <w:r w:rsidRPr="00E24933">
+      <w:tr w:rsidR="0078465D" w:rsidRPr="003769A8" w14:paraId="0C203B0A" w14:textId="77777777" w:rsidTr="00CD705A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CB4A32D" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Brockton</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1310" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18E4D51C" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r w:rsidRPr="00B615D1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cs="Segoe UI"/>
-                  <w:u w:val="none"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>Connell M</w:t>
+                <w:t>Asiaf</w:t>
               </w:r>
-              <w:r w:rsidRPr="00E24933">
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2315" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DD04BE5" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="006478A2" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>702 Belmont St.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AFC56EC" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="002F1141" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(508) </w:t>
+            </w:r>
+            <w:r w:rsidR="006478A2" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>583-6804</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D9F878F" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="00B35B3F" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="0078465D" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> adult sleds, 1 </w:t>
+            </w:r>
+            <w:r w:rsidR="000B5EB9" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>youth</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sled, </w:t>
+            </w:r>
+            <w:r w:rsidR="00A82437" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="0078465D" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> handles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0078465D" w:rsidRPr="003769A8" w14:paraId="30850CC1" w14:textId="77777777" w:rsidTr="00CD705A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B85AA0D" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Taunton</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1310" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61D99022" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="006478A2" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r w:rsidRPr="00B615D1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:u w:val="none"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emorial </w:t>
+                <w:t>Ale</w:t>
               </w:r>
-              <w:r w:rsidRPr="00E24933">
+              <w:r w:rsidR="0078465D" w:rsidRPr="00B615D1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cs="Segoe UI"/>
-                  <w:u w:val="none"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>Pool</w:t>
+                <w:t>i</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00B615D1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>x</w:t>
+              </w:r>
+              <w:r w:rsidR="0078465D" w:rsidRPr="00B615D1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>o</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00E24933" w:rsidRPr="00E24933">
-[...86 lines deleted...]
-              <w:t>Talk to lifeguards or staff at the pool.</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2315" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="727B5944" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="006478A2" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>150 Hon</w:t>
+            </w:r>
+            <w:r w:rsidR="00D81360" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Gordon Owen Riverway</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="011C7BA5" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="002F1141" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(508) </w:t>
+            </w:r>
+            <w:r w:rsidR="006478A2" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>824-4987</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CC018D2" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2 adult sleds, 1 handle</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF076B" w:rsidRPr="00B9604C" w14:paraId="3B2181B7" w14:textId="030C3FDB" w:rsidTr="0038491C">
-[...12 lines deleted...]
-              <w:r w:rsidRPr="00B9604C">
+      <w:tr w:rsidR="0078465D" w:rsidRPr="003769A8" w14:paraId="1ABAB187" w14:textId="77777777" w:rsidTr="00CD705A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B470C98" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Franklin</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1310" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FBB242B" w14:textId="170F7C7C" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r w:rsidRPr="00B615D1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cs="Segoe UI"/>
-                  <w:u w:val="none"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>Demarest Lloyd State Park</w:t>
+                <w:t>Pirelli</w:t>
+              </w:r>
+              <w:r w:rsidR="0083408C">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidRPr="00B615D1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Vet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="005F3F12">
+            <w:r w:rsidR="00CD705A">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:cs="Segoe UI"/>
-[...91 lines deleted...]
-              <w:t>Beach is unguarded. Talk to park staff.</w:t>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>erans</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2315" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="796776AF" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="006478A2" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>910 Panther Way</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11411B87" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="002F1141" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(508) </w:t>
+            </w:r>
+            <w:r w:rsidR="006478A2" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>541-7024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09C9B894" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2 adult sleds, 1 handle</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF076B" w:rsidRPr="00B9604C" w14:paraId="1EDEAC7F" w14:textId="4104274A" w:rsidTr="0038491C">
-[...13 lines deleted...]
-              <w:r w:rsidRPr="00B9604C">
+      <w:tr w:rsidR="0078465D" w:rsidRPr="003769A8" w14:paraId="1E6E2F78" w14:textId="77777777" w:rsidTr="00CD705A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07393E85" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Plymouth</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1310" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A2029D1" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r w:rsidRPr="00B615D1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cs="Segoe UI"/>
-                  <w:u w:val="none"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>Fort Phoenix State Reservation</w:t>
+                <w:t>Armstrong</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="006273C7">
-[...98 lines deleted...]
-              <w:t xml:space="preserve"> at the beach.</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2315" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EF104EC" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="006478A2" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>103 Long Pond Rd.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F56D54E" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="002F1141" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(508) </w:t>
+            </w:r>
+            <w:r w:rsidR="006478A2" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>746-8825</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4142100A" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2 adult sleds 1 handle</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF076B" w:rsidRPr="00B9604C" w14:paraId="74EC2A28" w14:textId="52638D3B" w:rsidTr="0038491C">
-[...13 lines deleted...]
-              <w:r w:rsidRPr="00B9604C">
+      <w:tr w:rsidR="0078465D" w:rsidRPr="003769A8" w14:paraId="14A0716C" w14:textId="77777777" w:rsidTr="00CD705A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="041FCE49" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fall River</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1310" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53398921" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r w:rsidRPr="00B615D1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cs="Segoe UI"/>
-                  <w:u w:val="none"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>Horseneck Beach State Reservation</w:t>
+                <w:t>Driscoll</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="006273C7">
-[...11 lines deleted...]
-                <w:u w:val="none"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2315" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="614EA32F" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="006478A2" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>272 Elsbree St.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20D72701" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="002F1141" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(508) </w:t>
+            </w:r>
+            <w:r w:rsidR="005756B3" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>679-3274</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79001E89" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="00EE5E87" w:rsidP="00EE5E87">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="0078465D" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B9604C">
-[...108 lines deleted...]
-              <w:t xml:space="preserve"> in advance.</w:t>
+            <w:r w:rsidR="00904B5E" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">adult </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sleds, 6 </w:t>
+            </w:r>
+            <w:r w:rsidR="0078465D" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>handles</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A82437" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> walkers</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C9201A" w:rsidRPr="00B9604C" w14:paraId="07613EC7" w14:textId="77777777" w:rsidTr="0038491C">
-[...25 lines deleted...]
-              <w:r w:rsidRPr="00B9604C">
+    </w:tbl>
+    <w:p w14:paraId="6A2BF541" w14:textId="77777777" w:rsidR="00A2609F" w:rsidRPr="003769A8" w:rsidRDefault="0017657C" w:rsidP="008133C8">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003769A8">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="0078465D" w:rsidRPr="003769A8">
+        <w:t>entral</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10CF0" w:rsidRPr="003769A8">
+        <w:t xml:space="preserve"> Region</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10908" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1710"/>
+        <w:gridCol w:w="1260"/>
+        <w:gridCol w:w="2358"/>
+        <w:gridCol w:w="1710"/>
+        <w:gridCol w:w="3870"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0078465D" w:rsidRPr="003769A8" w14:paraId="626EDC72" w14:textId="77777777" w:rsidTr="0057577F">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="287"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="336CA138" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="Title_Central_Region"/>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Town</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6971BCAE" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Rink</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2358" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B604929" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47E37D97" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Phone</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D55DF92" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Equipment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0078465D" w:rsidRPr="003769A8" w14:paraId="2647FC26" w14:textId="77777777" w:rsidTr="0057577F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="520BFDB8" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Auburn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="311162CC" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r w:rsidRPr="00B615D1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cs="Segoe UI"/>
-                  <w:u w:val="none"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>Houghton’s Pond</w:t>
+                <w:t>Horgan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
-[...45 lines deleted...]
-                <w:rFonts w:cs="Segoe UI"/>
+            <w:tcW w:w="2358" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0307F59E" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="00CC20AD" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>403 Oxford St.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63666924" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="002F1141" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(508) </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC20AD" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>832-7201</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ADC7381" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="005E3878">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 adult sleds, </w:t>
+            </w:r>
+            <w:r w:rsidR="005E3878" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-          </w:p>
-[...10 lines deleted...]
-              <w:t>Talk to lifeguards at the beach.</w:t>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> handle</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF076B" w:rsidRPr="00B9604C" w14:paraId="369B15EF" w14:textId="7B606B93" w:rsidTr="0038491C">
-[...12 lines deleted...]
-              <w:r w:rsidRPr="00B9604C">
+      <w:tr w:rsidR="0078465D" w:rsidRPr="003769A8" w14:paraId="185F1705" w14:textId="77777777" w:rsidTr="0057577F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32A10104" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Worcester</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65B0CDAB" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r w:rsidRPr="00B615D1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cs="Segoe UI"/>
-                  <w:u w:val="none"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>Massasoit State Park</w:t>
+                <w:t>Buffone</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00B9604C">
-[...71 lines deleted...]
-                <w:rFonts w:cs="Segoe UI"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2358" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ACF0372" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="00CC20AD" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>284 Lake Ave.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02C3FC97" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="002F1141" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(508) </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC20AD" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>799-0910</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33BDEDF8" w14:textId="370B167D" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="00A82437" w:rsidP="005D0F15">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidR="005D0F15" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">adult sleds, </w:t>
+            </w:r>
+            <w:r w:rsidR="00C3427F">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="005D0F15" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0078465D" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>handle</w:t>
+            </w:r>
+            <w:r w:rsidR="00C3427F">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="005D0F15" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidR="005D0F15" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> w</w:t>
+            </w:r>
+            <w:r w:rsidR="0078465D" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>alker</w:t>
+            </w:r>
+            <w:r w:rsidR="005D0F15" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1302CFB8" w14:textId="77777777" w:rsidR="00A2609F" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="008133C8">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003769A8">
+        <w:t>West Region</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10908" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1710"/>
+        <w:gridCol w:w="1255"/>
+        <w:gridCol w:w="2363"/>
+        <w:gridCol w:w="1710"/>
+        <w:gridCol w:w="3870"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0078465D" w:rsidRPr="003769A8" w14:paraId="62376081" w14:textId="77777777" w:rsidTr="0057577F">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="287"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DE78275" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:b/>
-                <w:bCs/>
-[...24 lines deleted...]
-              <w:t>.</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="Title_West_Region"/>
+            <w:bookmarkEnd w:id="7"/>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Town</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1255" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6584C0AE" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Rink</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2363" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30E0CEEB" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B6EE2F1" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Phone</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2804FBAA" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Equipment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF076B" w:rsidRPr="00B9604C" w14:paraId="17B050A0" w14:textId="61BF041F" w:rsidTr="0038491C">
-[...12 lines deleted...]
-              <w:r w:rsidRPr="00B9604C">
+      <w:tr w:rsidR="0078465D" w:rsidRPr="003769A8" w14:paraId="670AB20A" w14:textId="77777777" w:rsidTr="0057577F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="017E141A" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Greenfield</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1255" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12C2C455" w14:textId="0C9A66F7" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="00CE37FD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r w:rsidRPr="00B615D1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cs="Segoe UI"/>
-                  <w:u w:val="none"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>Myles Standish State Forest</w:t>
+                <w:t>Collins</w:t>
+              </w:r>
+              <w:r w:rsidR="00070E42">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>-</w:t>
+              </w:r>
+              <w:r w:rsidR="00CC20AD" w:rsidRPr="00B615D1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Mo</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00B615D1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>y</w:t>
+              </w:r>
+              <w:r w:rsidR="00CC20AD" w:rsidRPr="00B615D1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>lan</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00561E7E">
-[...112 lines deleted...]
-              <w:t>(508) 866-2526</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2363" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54F2BF2E" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="00CC20AD" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>41 Barr Ave.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F9D1A6E" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="002F1141" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(413) </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC20AD" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>772-6891</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="490BDC2E" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="005D0F15" w:rsidP="005D0F15">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="0078465D" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> adult sleds, </w:t>
+            </w:r>
+            <w:r w:rsidR="00B35B3F" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="0078465D" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> handle</w:t>
+            </w:r>
+            <w:r w:rsidR="00B35B3F" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>s</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A670A" w:rsidRPr="00B9604C" w14:paraId="1FF66968" w14:textId="3209034B" w:rsidTr="0038491C">
-[...13 lines deleted...]
-              <w:r w:rsidRPr="00B9604C">
+      <w:tr w:rsidR="0078465D" w:rsidRPr="003769A8" w14:paraId="71CC4F9C" w14:textId="77777777" w:rsidTr="0057577F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="205D27F7" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Holyoke</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1255" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30D2EBA6" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r w:rsidRPr="00B615D1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cs="Segoe UI"/>
-                  <w:u w:val="none"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>Nickerson State Park</w:t>
+                <w:t>Fitzpatrick</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...104 lines deleted...]
-              <w:t xml:space="preserve"> unguarded. Talk to park staff at the contact station.</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2363" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26A70CA2" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="00CC20AD" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>575 Maple St.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="719C67B5" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="002F1141" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(413) </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC20AD" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>532-2929</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18438830" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="00A82437" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="0078465D" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> adult sleds,</w:t>
+            </w:r>
+            <w:r w:rsidR="00904B5E" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0078465D" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 handles, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6 </w:t>
+            </w:r>
+            <w:r w:rsidR="0078465D" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>walkers</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A670A" w:rsidRPr="00B9604C" w14:paraId="1B675BB6" w14:textId="0C9BB9B4" w:rsidTr="0038491C">
-[...13 lines deleted...]
-              <w:r w:rsidRPr="00B9604C">
+      <w:tr w:rsidR="0078465D" w:rsidRPr="003769A8" w14:paraId="6D93130C" w14:textId="77777777" w:rsidTr="0057577F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4616FA06" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Springfield</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1255" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A8296D0" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r w:rsidRPr="00B615D1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cs="Segoe UI"/>
-                  <w:u w:val="none"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>Scusset Beach State Reservation</w:t>
+                <w:t>Smead</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2363" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EE09335" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="00CC20AD" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1780 Roosevelt Ave.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="087C5CF5" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="002F1141" w:rsidP="002F1141">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(413) 781-</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC20AD" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2599</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2606CA7E" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="00134AD4" w:rsidP="003738AC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="0078465D" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> adult sleds, 2 handles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0078465D" w:rsidRPr="003769A8" w14:paraId="22047E2C" w14:textId="77777777" w:rsidTr="0057577F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E4E93F1" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>North Adams</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1255" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="678E63A2" w14:textId="643B0AA8" w:rsidR="0078465D" w:rsidRPr="00B615D1" w:rsidRDefault="00F64E90" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:cs="Segoe UI"/>
-[...110 lines deleted...]
-              <w:r w:rsidRPr="00B9604C">
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cs="Segoe UI"/>
-                  <w:u w:val="none"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>South Cape Beach State Park</w:t>
+                <w:t>Foote V</w:t>
+              </w:r>
+              <w:r w:rsidR="0078465D" w:rsidRPr="00B615D1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>ietnam Vet</w:t>
+              </w:r>
+              <w:r w:rsidR="00CD705A">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>eran</w:t>
+              </w:r>
+              <w:r w:rsidR="0078465D" w:rsidRPr="00B615D1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>s</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...465 lines deleted...]
-              <w:t>Beach is unguarded. Talk to park staff at the comfort station.</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2363" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C912AF2" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="00CC20AD" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1267 Church St.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="482971BC" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="002F1141" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(413) </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC20AD" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>664-8185</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78FD21BE" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="0078465D">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2 a</w:t>
+            </w:r>
+            <w:r w:rsidR="005E3878" w:rsidRPr="003769A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>dult sleds, 2 handles</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1D2EEF21" w14:textId="0E59A489" w:rsidR="00296813" w:rsidRPr="00067DAC" w:rsidRDefault="00296813" w:rsidP="00A20879">
+    <w:p w14:paraId="2169131C" w14:textId="77777777" w:rsidR="00EB1A08" w:rsidRPr="003769A8" w:rsidRDefault="00EB1A08" w:rsidP="006F2E64">
       <w:pPr>
+        <w:pStyle w:val="Caption"/>
         <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b w:val="0"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00296813" w:rsidRPr="00067DAC" w:rsidSect="005A01A1">
-[...3 lines deleted...]
-      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="576" w:gutter="0"/>
+    <w:sectPr w:rsidR="00EB1A08" w:rsidRPr="003769A8" w:rsidSect="009B04EF">
+      <w:headerReference w:type="default" r:id="rId42"/>
+      <w:footerReference w:type="default" r:id="rId43"/>
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
-      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0BF36F0F" w14:textId="77777777" w:rsidR="00B725E9" w:rsidRDefault="00B725E9" w:rsidP="00067D30">
+    <w:p w14:paraId="1CDBE166" w14:textId="77777777" w:rsidR="00DA3EB5" w:rsidRDefault="00DA3EB5" w:rsidP="00067D30">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="11F5F9EA" w14:textId="77777777" w:rsidR="00B725E9" w:rsidRDefault="00B725E9" w:rsidP="00067D30">
+    <w:p w14:paraId="7CA497D6" w14:textId="77777777" w:rsidR="00DA3EB5" w:rsidRDefault="00DA3EB5" w:rsidP="00067D30">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0BE06339" w14:textId="77777777" w:rsidR="00B725E9" w:rsidRDefault="00B725E9"/>
+    <w:p w14:paraId="3455F70A" w14:textId="77777777" w:rsidR="00DA3EB5" w:rsidRDefault="00DA3EB5"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2474324A" w14:textId="4B9712F6" w:rsidR="00DD1393" w:rsidRPr="009E5CE4" w:rsidRDefault="00DD1393" w:rsidP="009E5CE4">
+  <w:p w14:paraId="7B23B608" w14:textId="0E029D0E" w:rsidR="005D0F15" w:rsidRPr="009E5CE4" w:rsidRDefault="00154FBF" w:rsidP="009E5CE4">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
-  </w:p>
-[...39 lines deleted...]
-    </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rFonts w:cs="Segoe UI"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34162DD4" wp14:editId="49EDDA04">
-[...10 lines deleted...]
-          <wp:docPr id="1811539737" name="Picture 5" descr="Logo&#10;&#10;Description automatically generated"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="154FD484" wp14:editId="0ED033F9">
+          <wp:extent cx="3022600" cy="611797"/>
+          <wp:effectExtent l="0" t="0" r="6350" b="0"/>
+          <wp:docPr id="783233308" name="Picture 1" descr="Universal Access Progam logo and contact information: PO Box 484, Amherst MA 01004, 413-461-7126, www.masgov/dcr/universal-access"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1811539737" name="Picture 5" descr="Logo&#10;&#10;Description automatically generated"/>
+                  <pic:cNvPr id="783233308" name="Picture 1" descr="Universal Access Progam logo and contact information: PO Box 484, Amherst MA 01004, 413-461-7126, www.masgov/dcr/universal-access"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1362075" cy="629285"/>
+                    <a:ext cx="3105428" cy="628562"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="margin">
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="61329620" w14:textId="77777777" w:rsidR="00DA3EB5" w:rsidRDefault="00DA3EB5" w:rsidP="00067D30">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="279FE2AC" w14:textId="77777777" w:rsidR="00DA3EB5" w:rsidRDefault="00DA3EB5" w:rsidP="00067D30">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="770D61CA" w14:textId="77777777" w:rsidR="00DA3EB5" w:rsidRDefault="00DA3EB5"/>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="40B08141" w14:textId="3456B7D1" w:rsidR="005D0F15" w:rsidRPr="009E5CE4" w:rsidRDefault="00836793" w:rsidP="008166D0">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="255"/>
+        <w:tab w:val="center" w:pos="5400"/>
+      </w:tabs>
+      <w:outlineLvl w:val="0"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7FF15110" wp14:editId="24AE3366">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>6286500</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>28575</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="533400" cy="533400"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="6" name="Picture 1">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="6" name="Picture 1">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="533400" cy="533400"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
-          <wp14:sizeRelV relativeFrom="margin">
+          <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00EE5009" w:rsidRPr="009E5CE4">
+    <w:r w:rsidRPr="009E5CE4">
       <w:rPr>
-        <w:rFonts w:cs="Segoe UI"/>
+        <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E773DEC" wp14:editId="1F1FECE3">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="67BFE24C" wp14:editId="49F68C39">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>28575</wp:posOffset>
+            <wp:posOffset>-167005</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-209550</wp:posOffset>
+            <wp:posOffset>-208915</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="742950" cy="834436"/>
-          <wp:effectExtent l="0" t="0" r="0" b="3810"/>
+          <wp:extent cx="938530" cy="1054100"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="1954386214" name="Picture 1954386214">
+          <wp:docPr id="3" name="Picture 3">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="3" name="Picture 3">
                     <a:extLst>
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </pic:cNvPr>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="742950" cy="834436"/>
+                    <a:ext cx="938530" cy="1054100"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00EE5009" w:rsidRPr="009E5CE4">
+    <w:r w:rsidR="005D0F15">
       <w:rPr>
-        <w:rFonts w:cs="Segoe UI"/>
+        <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="005D0F15">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="005D0F15" w:rsidRPr="009E5CE4">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Massachusetts Department of Conservation and Recreation</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="707023B0" w14:textId="610EF926" w:rsidR="00EE5009" w:rsidRDefault="00EE5009" w:rsidP="00BC28D3">
+  <w:p w14:paraId="4E5B7C9E" w14:textId="553CA149" w:rsidR="005D0F15" w:rsidRPr="00B46B05" w:rsidRDefault="005D0F15" w:rsidP="00367C35">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
-      <w:tabs>
-[...5 lines deleted...]
-      </w:rPr>
+      <w:spacing w:after="240"/>
     </w:pPr>
-    <w:r w:rsidRPr="009E5CE4">
-[...3 lines deleted...]
-      <w:t>Wheelchair</w:t>
+    <w:r>
+      <w:t>Ice Sled</w:t>
     </w:r>
     <w:r w:rsidRPr="009E5CE4">
       <w:t xml:space="preserve"> Locations</w:t>
     </w:r>
     <w:r>
-      <w:rPr>
-[...2 lines deleted...]
-      <w:t xml:space="preserve"> 202</w:t>
+      <w:t xml:space="preserve"> 2</w:t>
     </w:r>
-    <w:r w:rsidR="00C64F04">
-[...3 lines deleted...]
-      <w:t>5</w:t>
+    <w:r w:rsidR="00D226A9">
+      <w:t>02</w:t>
     </w:r>
-  </w:p>
-[...12 lines deleted...]
-      <w:t xml:space="preserve">Updated </w:t>
+    <w:r w:rsidR="00736E97">
+      <w:t>6</w:t>
     </w:r>
-    <w:r w:rsidR="00895CAB">
-[...20 lines deleted...]
-    </w:hyperlink>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="A7701C62"/>
+    <w:tmpl w:val="5D947BC0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="05B0A37E"/>
+    <w:tmpl w:val="1A80059A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7E"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="F58E06FA"/>
+    <w:tmpl w:val="C668FB60"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="9F4A4CF0"/>
+    <w:tmpl w:val="D8D6290A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="B2E6A03C"/>
+    <w:tmpl w:val="3E360170"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="333AA3DC"/>
+    <w:tmpl w:val="D4C8A09E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="FCAA9A20"/>
+    <w:tmpl w:val="13563BFE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="7078150E"/>
+    <w:tmpl w:val="6D20DF9C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="C7A47F22"/>
+    <w:tmpl w:val="8A2AF384"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="71AA04F4"/>
+    <w:tmpl w:val="2CB0DD90"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1688829484">
+  <w:num w:numId="1" w16cid:durableId="1036083376">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="573975307">
+  <w:num w:numId="2" w16cid:durableId="134488624">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="2033023545">
+  <w:num w:numId="3" w16cid:durableId="1166365852">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1109009357">
+  <w:num w:numId="4" w16cid:durableId="919216570">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="731200575">
+  <w:num w:numId="5" w16cid:durableId="611740530">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="2001032454">
+  <w:num w:numId="6" w16cid:durableId="1259480791">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="2120298605">
+  <w:num w:numId="7" w16cid:durableId="858467128">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="2062288542">
+  <w:num w:numId="8" w16cid:durableId="1226835007">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="82000534">
+  <w:num w:numId="9" w16cid:durableId="462043440">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1034306688">
+  <w:num w:numId="10" w16cid:durableId="584847496">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="60"/>
+  <w:zoom w:percent="70"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F04" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:stylePaneSortMethod w:val="0000"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004F14E3"/>
     <w:rsid w:val="000016A1"/>
-    <w:rsid w:val="00006125"/>
-    <w:rsid w:val="000117DF"/>
     <w:rsid w:val="000217B2"/>
-    <w:rsid w:val="00025261"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000274C8"/>
     <w:rsid w:val="00030366"/>
-    <w:rsid w:val="000358F3"/>
     <w:rsid w:val="00036FD4"/>
-    <w:rsid w:val="00045A64"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00057CB7"/>
+    <w:rsid w:val="00054A79"/>
+    <w:rsid w:val="00065873"/>
     <w:rsid w:val="00067D30"/>
-    <w:rsid w:val="00067DAC"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000745FF"/>
+    <w:rsid w:val="00070E42"/>
     <w:rsid w:val="000750CE"/>
     <w:rsid w:val="00076263"/>
-    <w:rsid w:val="00080BC1"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00093B47"/>
+    <w:rsid w:val="00081E01"/>
     <w:rsid w:val="000948CD"/>
     <w:rsid w:val="000A6CCA"/>
-    <w:rsid w:val="000B134C"/>
-[...8 lines deleted...]
-    <w:rsid w:val="000E715E"/>
+    <w:rsid w:val="000B1742"/>
+    <w:rsid w:val="000B5EB9"/>
     <w:rsid w:val="000E79E1"/>
     <w:rsid w:val="000F20B5"/>
     <w:rsid w:val="000F5AFB"/>
-    <w:rsid w:val="0010171A"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00145B33"/>
+    <w:rsid w:val="00134AD4"/>
+    <w:rsid w:val="0013521C"/>
+    <w:rsid w:val="0013552C"/>
+    <w:rsid w:val="00154096"/>
+    <w:rsid w:val="00154FBF"/>
     <w:rsid w:val="00155F67"/>
-    <w:rsid w:val="00156F91"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001758D7"/>
+    <w:rsid w:val="0016083F"/>
     <w:rsid w:val="0017657C"/>
-    <w:rsid w:val="001766A7"/>
     <w:rsid w:val="00176751"/>
-    <w:rsid w:val="00181224"/>
-[...2 lines deleted...]
-    <w:rsid w:val="001923AE"/>
     <w:rsid w:val="00192E24"/>
-    <w:rsid w:val="0019588B"/>
-[...4 lines deleted...]
-    <w:rsid w:val="001C0EF5"/>
+    <w:rsid w:val="00196290"/>
+    <w:rsid w:val="001A18AE"/>
     <w:rsid w:val="001D0867"/>
-    <w:rsid w:val="001E6A3A"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00225E00"/>
+    <w:rsid w:val="001F797D"/>
+    <w:rsid w:val="00211CCC"/>
+    <w:rsid w:val="0022606A"/>
     <w:rsid w:val="00231E37"/>
     <w:rsid w:val="00236AA7"/>
-    <w:rsid w:val="00236F5B"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00291542"/>
+    <w:rsid w:val="0027696E"/>
     <w:rsid w:val="00296813"/>
     <w:rsid w:val="002A01A7"/>
-    <w:rsid w:val="002A25C1"/>
-[...4 lines deleted...]
-    <w:rsid w:val="002D1182"/>
     <w:rsid w:val="002D6735"/>
-    <w:rsid w:val="002D766B"/>
-[...12 lines deleted...]
-    <w:rsid w:val="0031619C"/>
+    <w:rsid w:val="002F1141"/>
     <w:rsid w:val="00316C86"/>
-    <w:rsid w:val="00320235"/>
     <w:rsid w:val="0032136E"/>
-    <w:rsid w:val="00321878"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00330160"/>
+    <w:rsid w:val="00324649"/>
+    <w:rsid w:val="00331DE8"/>
     <w:rsid w:val="003323C0"/>
-    <w:rsid w:val="00335132"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00353966"/>
+    <w:rsid w:val="00342F09"/>
+    <w:rsid w:val="00347A83"/>
     <w:rsid w:val="003575D9"/>
-    <w:rsid w:val="00375233"/>
-[...5 lines deleted...]
-    <w:rsid w:val="003B0811"/>
+    <w:rsid w:val="00367C35"/>
+    <w:rsid w:val="003738AC"/>
+    <w:rsid w:val="003769A8"/>
+    <w:rsid w:val="003930AA"/>
     <w:rsid w:val="003B3951"/>
-    <w:rsid w:val="003C33C0"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00402F4E"/>
+    <w:rsid w:val="003E5886"/>
+    <w:rsid w:val="003F4C52"/>
     <w:rsid w:val="00420A7D"/>
-    <w:rsid w:val="0043061E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00437112"/>
     <w:rsid w:val="00442AF1"/>
-    <w:rsid w:val="00443BA1"/>
     <w:rsid w:val="004549EA"/>
-    <w:rsid w:val="00454D9E"/>
-[...6 lines deleted...]
-    <w:rsid w:val="004855EE"/>
+    <w:rsid w:val="00471D3C"/>
+    <w:rsid w:val="00486AB9"/>
     <w:rsid w:val="00487477"/>
-    <w:rsid w:val="0049514B"/>
-[...7 lines deleted...]
-    <w:rsid w:val="004C77C6"/>
+    <w:rsid w:val="004A591A"/>
+    <w:rsid w:val="004B1A96"/>
+    <w:rsid w:val="004C6198"/>
     <w:rsid w:val="004D1B9C"/>
-    <w:rsid w:val="004E0F86"/>
+    <w:rsid w:val="004E4175"/>
+    <w:rsid w:val="004E49D5"/>
     <w:rsid w:val="004F14E3"/>
     <w:rsid w:val="004F2B9F"/>
-    <w:rsid w:val="004F34F0"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00547A2F"/>
     <w:rsid w:val="00556290"/>
-    <w:rsid w:val="005572B8"/>
-[...27 lines deleted...]
-    <w:rsid w:val="006172FC"/>
+    <w:rsid w:val="0056371D"/>
+    <w:rsid w:val="005639B0"/>
+    <w:rsid w:val="00563E80"/>
+    <w:rsid w:val="005756B3"/>
+    <w:rsid w:val="0057577F"/>
+    <w:rsid w:val="00597B9F"/>
+    <w:rsid w:val="005A4F56"/>
+    <w:rsid w:val="005C5937"/>
+    <w:rsid w:val="005D0F15"/>
+    <w:rsid w:val="005E3878"/>
+    <w:rsid w:val="005E679C"/>
     <w:rsid w:val="00620084"/>
-    <w:rsid w:val="00621C9D"/>
-[...6 lines deleted...]
-    <w:rsid w:val="006273C7"/>
     <w:rsid w:val="006365BA"/>
-    <w:rsid w:val="00641B4C"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00672683"/>
+    <w:rsid w:val="0064626E"/>
+    <w:rsid w:val="006478A2"/>
     <w:rsid w:val="00672B77"/>
     <w:rsid w:val="00683977"/>
-    <w:rsid w:val="00686C8E"/>
-[...10 lines deleted...]
-    <w:rsid w:val="006C1C11"/>
+    <w:rsid w:val="00684699"/>
+    <w:rsid w:val="006B5E41"/>
     <w:rsid w:val="006C1EC9"/>
     <w:rsid w:val="006D65B4"/>
-    <w:rsid w:val="006E0CB6"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006E5AD4"/>
+    <w:rsid w:val="006F2E64"/>
     <w:rsid w:val="006F3317"/>
-    <w:rsid w:val="006F652E"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00726EC5"/>
+    <w:rsid w:val="00713ED7"/>
+    <w:rsid w:val="0072348C"/>
+    <w:rsid w:val="0072746B"/>
     <w:rsid w:val="00730D30"/>
-    <w:rsid w:val="00731BF3"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00794817"/>
+    <w:rsid w:val="00736E97"/>
+    <w:rsid w:val="00757F20"/>
+    <w:rsid w:val="0078465D"/>
     <w:rsid w:val="00794A8F"/>
-    <w:rsid w:val="007A03D2"/>
-[...16 lines deleted...]
-    <w:rsid w:val="00813E9E"/>
+    <w:rsid w:val="00803429"/>
+    <w:rsid w:val="00803B65"/>
+    <w:rsid w:val="008133C8"/>
     <w:rsid w:val="008166D0"/>
-    <w:rsid w:val="008178A4"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00846CAD"/>
+    <w:rsid w:val="0083408C"/>
+    <w:rsid w:val="00836793"/>
+    <w:rsid w:val="00853272"/>
     <w:rsid w:val="00885A3F"/>
-    <w:rsid w:val="00895121"/>
-[...5 lines deleted...]
-    <w:rsid w:val="008A493D"/>
+    <w:rsid w:val="008906B8"/>
+    <w:rsid w:val="00896C86"/>
+    <w:rsid w:val="008A6ED4"/>
     <w:rsid w:val="008B1D83"/>
-    <w:rsid w:val="008B4D8D"/>
-    <w:rsid w:val="008B71E9"/>
     <w:rsid w:val="008B7C4E"/>
-    <w:rsid w:val="008B7E20"/>
-[...25 lines deleted...]
-    <w:rsid w:val="00980706"/>
+    <w:rsid w:val="008B7D8E"/>
+    <w:rsid w:val="00904B5E"/>
+    <w:rsid w:val="00904C8D"/>
+    <w:rsid w:val="009057F2"/>
+    <w:rsid w:val="00915085"/>
+    <w:rsid w:val="009157A5"/>
+    <w:rsid w:val="009258B9"/>
+    <w:rsid w:val="00937147"/>
     <w:rsid w:val="00986A04"/>
     <w:rsid w:val="009909C5"/>
-    <w:rsid w:val="009961DB"/>
-[...2 lines deleted...]
-    <w:rsid w:val="009A41AF"/>
+    <w:rsid w:val="009923FD"/>
+    <w:rsid w:val="00997518"/>
+    <w:rsid w:val="009A2B1E"/>
     <w:rsid w:val="009B04EF"/>
-    <w:rsid w:val="009B2B9D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009C5FB7"/>
     <w:rsid w:val="009C6E47"/>
-    <w:rsid w:val="009D252D"/>
-[...4 lines deleted...]
-    <w:rsid w:val="009D73B9"/>
+    <w:rsid w:val="009E396C"/>
     <w:rsid w:val="009E5CE4"/>
-    <w:rsid w:val="009F1C9A"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00A24B96"/>
     <w:rsid w:val="00A2609F"/>
-    <w:rsid w:val="00A27DFE"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00A4022D"/>
     <w:rsid w:val="00A40605"/>
-    <w:rsid w:val="00A41238"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00A50B9A"/>
     <w:rsid w:val="00A51FA1"/>
-    <w:rsid w:val="00A52E0E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A603E4"/>
     <w:rsid w:val="00A6138C"/>
     <w:rsid w:val="00A625E3"/>
-    <w:rsid w:val="00A72B73"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00AB3FF7"/>
+    <w:rsid w:val="00A767C4"/>
+    <w:rsid w:val="00A82437"/>
+    <w:rsid w:val="00AA443D"/>
+    <w:rsid w:val="00AB0616"/>
     <w:rsid w:val="00AC58EF"/>
-    <w:rsid w:val="00AD1922"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00AF106E"/>
+    <w:rsid w:val="00AD3899"/>
     <w:rsid w:val="00B05A15"/>
-    <w:rsid w:val="00B13DE0"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00B25302"/>
+    <w:rsid w:val="00B15BFE"/>
+    <w:rsid w:val="00B16226"/>
+    <w:rsid w:val="00B22625"/>
     <w:rsid w:val="00B27C49"/>
-    <w:rsid w:val="00B35338"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00B725E9"/>
+    <w:rsid w:val="00B35B3F"/>
+    <w:rsid w:val="00B46B05"/>
+    <w:rsid w:val="00B615D1"/>
     <w:rsid w:val="00B76C3E"/>
-    <w:rsid w:val="00B835A3"/>
     <w:rsid w:val="00B85A21"/>
-    <w:rsid w:val="00B90467"/>
+    <w:rsid w:val="00B90AA0"/>
     <w:rsid w:val="00B9157A"/>
-    <w:rsid w:val="00B928AA"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00BB0005"/>
     <w:rsid w:val="00BB0C78"/>
-    <w:rsid w:val="00BB11E5"/>
-[...16 lines deleted...]
-    <w:rsid w:val="00C45A3C"/>
+    <w:rsid w:val="00BB26DD"/>
+    <w:rsid w:val="00BE666E"/>
+    <w:rsid w:val="00C10CF0"/>
+    <w:rsid w:val="00C3427F"/>
     <w:rsid w:val="00C46BA1"/>
-    <w:rsid w:val="00C53713"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00C757C1"/>
+    <w:rsid w:val="00C7256F"/>
     <w:rsid w:val="00C8348D"/>
-    <w:rsid w:val="00C8439D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C9201A"/>
     <w:rsid w:val="00C97AC0"/>
-    <w:rsid w:val="00CA10D3"/>
     <w:rsid w:val="00CA4A0D"/>
-    <w:rsid w:val="00CA6F65"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00CD6655"/>
+    <w:rsid w:val="00CC20AD"/>
+    <w:rsid w:val="00CC2B5E"/>
     <w:rsid w:val="00CD6DBA"/>
-    <w:rsid w:val="00CE38DC"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00D12C80"/>
+    <w:rsid w:val="00CD705A"/>
+    <w:rsid w:val="00CE37FD"/>
+    <w:rsid w:val="00CF679C"/>
+    <w:rsid w:val="00D226A9"/>
     <w:rsid w:val="00D3276D"/>
-    <w:rsid w:val="00D35B65"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00DC09E4"/>
+    <w:rsid w:val="00D81360"/>
+    <w:rsid w:val="00D847AF"/>
+    <w:rsid w:val="00DA3EB5"/>
     <w:rsid w:val="00DD1393"/>
-    <w:rsid w:val="00DD6D15"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00DE2BC8"/>
     <w:rsid w:val="00DE3126"/>
     <w:rsid w:val="00DE7B4A"/>
-    <w:rsid w:val="00E11ED4"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00E24933"/>
+    <w:rsid w:val="00DF1997"/>
     <w:rsid w:val="00E24DC4"/>
-    <w:rsid w:val="00E25519"/>
-[...18 lines deleted...]
-    <w:rsid w:val="00ED0A5C"/>
+    <w:rsid w:val="00E55ACD"/>
+    <w:rsid w:val="00E84AD5"/>
+    <w:rsid w:val="00E95A71"/>
+    <w:rsid w:val="00EA5FE8"/>
+    <w:rsid w:val="00EB1A08"/>
     <w:rsid w:val="00ED0B02"/>
     <w:rsid w:val="00ED3274"/>
-    <w:rsid w:val="00ED41AB"/>
     <w:rsid w:val="00ED6FFD"/>
-    <w:rsid w:val="00EE0341"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00EE5009"/>
+    <w:rsid w:val="00EE5E87"/>
     <w:rsid w:val="00EE750D"/>
-    <w:rsid w:val="00EF076B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00EF65E3"/>
     <w:rsid w:val="00F00C90"/>
-    <w:rsid w:val="00F01D4F"/>
     <w:rsid w:val="00F10A61"/>
-    <w:rsid w:val="00F14445"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00F35F85"/>
+    <w:rsid w:val="00F1550E"/>
+    <w:rsid w:val="00F40831"/>
     <w:rsid w:val="00F47F69"/>
-    <w:rsid w:val="00F51C50"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00F6767E"/>
+    <w:rsid w:val="00F64E90"/>
     <w:rsid w:val="00F704DD"/>
-    <w:rsid w:val="00F71E7C"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00FA70D3"/>
+    <w:rsid w:val="00FA63DD"/>
     <w:rsid w:val="00FB5C1B"/>
-    <w:rsid w:val="00FC234C"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00FD68F5"/>
+    <w:rsid w:val="00FC77A9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="4D24AEA5"/>
+  <w14:docId w14:val="6529CDEE"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{FD552540-1AB9-49D9-BF95-0EE6FF34AE34}"/>
+  <w15:docId w15:val="{D19AEFD6-8F3C-40F4-AB97-D02A65AF2904}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8174,94 +6680,113 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00461132"/>
+    <w:rsid w:val="00367C35"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Header"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00F267D5"/>
+    <w:rsid w:val="00B46B05"/>
     <w:pPr>
-      <w:spacing w:after="240"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Segoe UI"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="NormalWeb"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00D35B65"/>
+    <w:rsid w:val="008133C8"/>
     <w:pPr>
-      <w:spacing w:before="360"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="3405"/>
+      </w:tabs>
+      <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Segoe UI"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:b/>
-      <w:sz w:val="32"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="00997518"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
@@ -8332,244 +6857,224 @@
     <w:rsid w:val="00067D30"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00067D30"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A51FA1"/>
+    <w:rsid w:val="00803B65"/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
-      <w:u w:val="single"/>
+      <w:color w:val="2F5496"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00997518"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:link w:val="Heading3"/>
+    <w:rsid w:val="00997518"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="35"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00471D3C"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B90AA0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B90AA0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00F267D5"/>
+    <w:rsid w:val="00B46B05"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
-      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+      <w:lang w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00D35B65"/>
+    <w:rsid w:val="008133C8"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:b/>
-      <w:sz w:val="32"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007F5BF0"/>
+    <w:rsid w:val="00803B65"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
-  </w:style>
-[...21 lines deleted...]
-    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="1110399111">
-[...12 lines deleted...]
-    <w:div w:id="1248341648">
+    <w:div w:id="2125150197">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="293297692">
+        <w:div w:id="132479736">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1927418359">
+        <w:div w:id="634677295">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="897085723">
-[...47 lines deleted...]
-        <w:div w:id="316031720">
+        <w:div w:id="1024016238">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/chicopee-memorial-state-park" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/douglas-state-forest" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/bradley-palmer-wading-pool" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/mystic-river-state-reservation" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/hopkinton-state-park" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/castle-island-pleasure-bay-m-street-beach-and-carson-beach" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/fort-phoenix-state-reservation" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/massasoit-state-park" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/boston-harbor-islands" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/ashland-state-park" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/salisbury-beach-state-reservation" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/quinsigamond-state-park" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/constitution-beach-park" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/lynn-shore-nahant-beach-reservation" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/connell-memorial-swimming-pool" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/scusset-beach-state-reservation" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/dunn-state-park" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/daughters-of-the-american-revolution-dar-state-forest" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/lake-dennison-recreation-area" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/breakheart-reservation" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/sandy-point-state-reservation" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/castle-island-pleasure-bay-m-street-beach-and-carson-beach" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/quincy-shores-reservation" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/horseneck-beach-state-reservation" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/waquoit-bay-national-estuarine-research-reserve" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/myles-standish-state-forest" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/beartown-state-forest" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/cochituate-state-park" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/bradley-palmer-state-park" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/houghtons-pond-recreation-area" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/demarest-lloyd-state-park" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/erving-state-forest" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/nantasket-beach-reservation" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/south-cape-beach-state-park" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/hampton-ponds-state-park" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/lake-wyola-state-park" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/harold-parker-state-forest" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/connors-memorial-swimming-pool" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/houghtons-pond-recreation-area" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/watson-pond-state-park" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/walden-pond-state-reservation" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/revere-beach-reservation" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/nickerson-state-park" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/simoni-memorial-rink" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://massgov.sharepoint.com/sites/EEA-O365/DCR/Workspace/Universal_Access_Program/Shared%20Documents/EQUIPMENT/Winter%20Gear/2023/mass.gov/locations/dcr-kelly-outdoor-rink" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/dcr-murphy-memorial-rink" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/henry-j-fitzpatrick-rink" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/search?gs_ssp=eJzj4tFP1zcsNE1OzigoyDVgtFI1qLCwTDU2NzQ2SjMxMk6zNDO0MqgwSTFIMTdKsTRJSjOwSEk18-LJyU_OzytJVSjKzMsGAISfE9Y&amp;q=loconte+rink&amp;rlz=1C1GCEB_enUS970US970&amp;oq=lo&amp;aqs=chrome.1.69i59j46i39i175i199j69i57j0i67l2j69i60l3.3103j0j7&amp;sourceid=chrome&amp;ie=UTF-8" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/john-a-armstrong-memorial-rink" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/porrazzo-memorial-rink" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DCR.UniversalAccess@mass.gov" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/cronin-memorial-rink" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/theodore-aleixo-rink" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/charles-j-buffone-rink" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/ray-smead-memorial-rink" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/dcr-devine-memorial-rink" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://massgov.sharepoint.com/sites/EEA-O365/DCR/Workspace/Universal_Access_Program/Shared%20Documents/EQUIPMENT/Winter%20Gear/2023/mass.gov/locations/dcr-steriti-memorial-rink" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/connell-memorial-rink" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/daniel-s-horgan-memorial-rink" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/flynn-memorial-rink" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/john-g-asiaf-memorial-rink" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/dcr-emmons-horrigan-oneil-memorial-rink" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/daly-memorial-rink" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/jim-roche-community-ice-arena" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/henry-graf-jr-rink" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/arthur-r-driscoll-memorial-rink" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:4134617126" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/dcr-bajko-memorial-rink" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/somerville-veterans-memorial-rink" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/staff-sgt-robert-pirelli-veterans-memorial-skating-rink" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/collins-moylan-memorial-rink" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/loconte-memorial-rink" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/peter-w-foote-vietnam-veterans-memorial-rink" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dcr-beach-wheelchairs" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -8835,72 +7340,53 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...15 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a0ab345b-2a5a-468e-873f-32f913e42a2d" xmlns:ns3="e093a1bc-1c2e-4793-ac76-079c19000c69" xmlns:ns4="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d4e3741b9a45aabc69e8cdbbc3a8ab05" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009ED0D07EA1F82348A9D06929C7C3981E" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="642624a789f0d4e6706687141cc287fc">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a0ab345b-2a5a-468e-873f-32f913e42a2d" xmlns:ns3="e093a1bc-1c2e-4793-ac76-079c19000c69" xmlns:ns4="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8d67b0180d09d60a09020e18b2c61199" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="a0ab345b-2a5a-468e-873f-32f913e42a2d"/>
     <xsd:import namespace="e093a1bc-1c2e-4793-ac76-079c19000c69"/>
     <xsd:import namespace="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -9100,137 +7586,656 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a0ab345b-2a5a-468e-873f-32f913e42a2d">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754" xsi:nil="true"/>
+    <SharedWithUsers xmlns="e093a1bc-1c2e-4793-ac76-079c19000c69">
+      <UserInfo>
+        <DisplayName>Mitchell, Matthew (DCR)</DisplayName>
+        <AccountId>2066</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{87B7BDB8-A963-47F7-A764-729B617F4391}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB48C335-BFE5-4BBF-A0E1-906AEB076B79}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a0ab345b-2a5a-468e-873f-32f913e42a2d"/>
     <ds:schemaRef ds:uri="e093a1bc-1c2e-4793-ac76-079c19000c69"/>
     <ds:schemaRef ds:uri="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9544D20B-41E2-46AF-81F6-D345FE8E93D3}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9751E6E-5816-4367-B93B-6603677606A7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E13618F5-24B7-498C-B6AB-E975192A8C82}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a0ab345b-2a5a-468e-873f-32f913e42a2d"/>
+    <ds:schemaRef ds:uri="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754"/>
+    <ds:schemaRef ds:uri="e093a1bc-1c2e-4793-ac76-079c19000c69"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>9061</Characters>
+  <Pages>2</Pages>
+  <Words>904</Words>
+  <Characters>5156</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>75</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>42</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Massachusetts Department of Conservation and Recreation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Department of Environmental Management</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10232</CharactersWithSpaces>
+  <CharactersWithSpaces>6048</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="168" baseType="variant">
+      <vt:variant>
+        <vt:i4>7405620</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>81</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/locations/peter-w-foote-vietnam-veterans-memorial-rink</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6881384</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>78</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/locations/ray-smead-memorial-rink</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3211302</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>75</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/locations/henry-j-fitzpatrick-rink</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7471212</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>72</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/locations/collins-moylan-memorial-rink</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4784208</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>69</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/locations/charles-j-buffone-rink</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638468</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>66</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/locations/daniel-s-horgan-memorial-rink</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7471152</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>63</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/locations/arthur-r-driscoll-memorial-rink</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>852049</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>60</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/locations/john-a-armstrong-memorial-rink</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3080230</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>57</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/locations/staff-sgt-robert-pirelli-veterans-memorial-skating-rink</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7340067</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>54</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/locations/theodore-aleixo-rink</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>131145</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>51</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/locations/john-g-asiaf-memorial-rink</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441814</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>48</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/locations/henry-graf-jr-rink</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310789</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>45</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/locations/connell-memorial-rink</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6094879</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>42</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/locations/jim-roche-community-ice-arena</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7536755</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>39</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/locations/dcr-murphy-memorial-rink</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4653143</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>36</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/locations/allied-veterans-memorial-rink</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7798835</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>33</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/locations/cronin-memorial-rink</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5767252</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>30</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mass.gov/locations/dcr-steriti-memorial-rink</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1704025</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>27</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/locations/daly-memorial-rink</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2752581</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>24</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.google.com/search?gs_ssp=eJzj4tFP1zcsNE1OzigoyDVgtFI1qLCwTDU2NzQ2SjMxMk6zNDO0MqgwSTFIMTdKsTRJSjOwSEk18-LJyU_OzytJVSjKzMsGAISfE9Y&amp;q=loconte+rink&amp;rlz=1C1GCEB_enUS970US970&amp;oq=lo&amp;aqs=chrome.1.69i59j46i39i175i199j69i57j0i67l2j69i60l3.3103j0j7&amp;sourceid=chrome&amp;ie=UTF-8</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310812</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>21</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/locations/loconte-memorial-rink</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6357034</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>18</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/locations/flynn-memorial-rink</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441798</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>15</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mass.gov/locations/dcr-kelly-outdoor-rink</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6357100</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>12</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/locations/dcr-bajko-memorial-rink</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>720969</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>9</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/locations/porrazzo-memorial-rink</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4128815</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/locations/dcr-emmons-horrigan-oneil-memorial-rink</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6422574</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/locations/simoni-memorial-rink</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3670088</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:DCR.UniversalAccess@mass.gov</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Massachusetts Department of Conservation and Recreation</dc:title>
   <dc:subject/>
   <dc:creator>mmarchello</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">