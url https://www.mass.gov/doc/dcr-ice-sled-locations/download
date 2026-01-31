--- v0 (2025-12-01)
+++ v1 (2026-01-31)
@@ -24,51 +24,51 @@
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="005C5AB5" w14:textId="404BB373" w:rsidR="00B46B05" w:rsidRPr="003769A8" w:rsidRDefault="00836793" w:rsidP="00367C35">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003769A8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="570EEAB1" wp14:editId="76C03C96">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="570EEAB1" wp14:editId="64669E90">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>9525</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>109855</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2809875" cy="2010410"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="4" name="Picture 0" descr="Two skaters are sitting in ice sleds with handles in the back. One of the sled skaters is being pushed by a standing skater."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name="Picture 0" descr="Two skaters are sitting in ice sleds with handles in the back. One of the sled skaters is being pushed by a standing skater."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print">
@@ -130,65 +130,51 @@
       </w:r>
       <w:r w:rsidR="0013552C">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72107E42" w14:textId="77777777" w:rsidR="00757F20" w:rsidRPr="003769A8" w:rsidRDefault="00B46B05" w:rsidP="00757F20">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003769A8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>If you need help with transfers, you will need to bring your own help to transfer into the sleds.</w:t>
       </w:r>
       <w:r w:rsidR="00081E01" w:rsidRPr="003769A8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Please bring your own helmet to </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> with skate walkers. All equipment is best for use during uncrowded public skating times.</w:t>
+        <w:t xml:space="preserve"> Please bring your own helmet to use with skate walkers. All equipment is best for use during uncrowded public skating times.</w:t>
       </w:r>
       <w:r w:rsidR="00757F20" w:rsidRPr="003769A8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve"> Calling the rink in advance is recommended.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DC8A621" w14:textId="29047464" w:rsidR="003F4C52" w:rsidRPr="003769A8" w:rsidRDefault="003F4C52" w:rsidP="00367C35">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003769A8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve">Contact DCR’s Universal Access Program at </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00E55ACD" w:rsidRPr="00401AA0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -2675,83 +2661,73 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003769A8">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1 adult sled, 1 handle</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="443DC4CB" w14:textId="77777777" w:rsidR="00B46B05" w:rsidRPr="003769A8" w:rsidRDefault="00B46B05" w:rsidP="00B46B05">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003769A8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Continued</w:t>
       </w:r>
       <w:r w:rsidR="00AB0616" w:rsidRPr="003769A8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003769A8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>on</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">on </w:t>
       </w:r>
       <w:r w:rsidR="00AB0616" w:rsidRPr="003769A8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>back</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10B376E4" w14:textId="0963E3B0" w:rsidR="0056371D" w:rsidRPr="003769A8" w:rsidRDefault="00836793" w:rsidP="00367C35">
       <w:pPr>
         <w:spacing w:before="600"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003769A8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:noProof/>
           <w:sz w:val="28"/>
@@ -5452,65 +5428,65 @@
         <w:pStyle w:val="Caption"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b w:val="0"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00EB1A08" w:rsidRPr="003769A8" w:rsidSect="009B04EF">
       <w:headerReference w:type="default" r:id="rId42"/>
       <w:footerReference w:type="default" r:id="rId43"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="44BC2EF3" w14:textId="77777777" w:rsidR="00054A79" w:rsidRDefault="00054A79" w:rsidP="00067D30">
+    <w:p w14:paraId="1CDBE166" w14:textId="77777777" w:rsidR="00DA3EB5" w:rsidRDefault="00DA3EB5" w:rsidP="00067D30">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="05716F4E" w14:textId="77777777" w:rsidR="00054A79" w:rsidRDefault="00054A79" w:rsidP="00067D30">
+    <w:p w14:paraId="7CA497D6" w14:textId="77777777" w:rsidR="00DA3EB5" w:rsidRDefault="00DA3EB5" w:rsidP="00067D30">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="67A35364" w14:textId="77777777" w:rsidR="00054A79" w:rsidRDefault="00054A79"/>
+    <w:p w14:paraId="3455F70A" w14:textId="77777777" w:rsidR="00DA3EB5" w:rsidRDefault="00DA3EB5"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -5536,113 +5512,113 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7B23B608" w14:textId="0E029D0E" w:rsidR="005D0F15" w:rsidRPr="009E5CE4" w:rsidRDefault="00154FBF" w:rsidP="009E5CE4">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="154FD484" wp14:editId="08BE0FA4">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="154FD484" wp14:editId="0ED033F9">
           <wp:extent cx="3022600" cy="611797"/>
           <wp:effectExtent l="0" t="0" r="6350" b="0"/>
-          <wp:docPr id="783233308" name="Picture 1" descr="Shape&#10;&#10;Description automatically generated with medium confidence"/>
+          <wp:docPr id="783233308" name="Picture 1" descr="Universal Access Progam logo and contact information: PO Box 484, Amherst MA 01004, 413-461-7126, www.masgov/dcr/universal-access"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="783233308" name="Picture 1" descr="Shape&#10;&#10;Description automatically generated with medium confidence"/>
+                  <pic:cNvPr id="783233308" name="Picture 1" descr="Universal Access Progam logo and contact information: PO Box 484, Amherst MA 01004, 413-461-7126, www.masgov/dcr/universal-access"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="3105428" cy="628562"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="52CED70D" w14:textId="77777777" w:rsidR="00054A79" w:rsidRDefault="00054A79" w:rsidP="00067D30">
+    <w:p w14:paraId="61329620" w14:textId="77777777" w:rsidR="00DA3EB5" w:rsidRDefault="00DA3EB5" w:rsidP="00067D30">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="463F5637" w14:textId="77777777" w:rsidR="00054A79" w:rsidRDefault="00054A79" w:rsidP="00067D30">
+    <w:p w14:paraId="279FE2AC" w14:textId="77777777" w:rsidR="00DA3EB5" w:rsidRDefault="00DA3EB5" w:rsidP="00067D30">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="260B1B63" w14:textId="77777777" w:rsidR="00054A79" w:rsidRDefault="00054A79"/>
+    <w:p w14:paraId="770D61CA" w14:textId="77777777" w:rsidR="00DA3EB5" w:rsidRDefault="00DA3EB5"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="40B08141" w14:textId="3456B7D1" w:rsidR="005D0F15" w:rsidRPr="009E5CE4" w:rsidRDefault="00836793" w:rsidP="008166D0">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="255"/>
         <w:tab w:val="center" w:pos="5400"/>
       </w:tabs>
       <w:outlineLvl w:val="0"/>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7FF15110" wp14:editId="24AE3366">
@@ -6048,51 +6024,51 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="611740530">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1259480791">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="858467128">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1226835007">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="462043440">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="584847496">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="70"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F04" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -6113,50 +6089,51 @@
     <w:rsid w:val="000750CE"/>
     <w:rsid w:val="00076263"/>
     <w:rsid w:val="00081E01"/>
     <w:rsid w:val="000948CD"/>
     <w:rsid w:val="000A6CCA"/>
     <w:rsid w:val="000B1742"/>
     <w:rsid w:val="000B5EB9"/>
     <w:rsid w:val="000E79E1"/>
     <w:rsid w:val="000F20B5"/>
     <w:rsid w:val="000F5AFB"/>
     <w:rsid w:val="00134AD4"/>
     <w:rsid w:val="0013521C"/>
     <w:rsid w:val="0013552C"/>
     <w:rsid w:val="00154096"/>
     <w:rsid w:val="00154FBF"/>
     <w:rsid w:val="00155F67"/>
     <w:rsid w:val="0016083F"/>
     <w:rsid w:val="0017657C"/>
     <w:rsid w:val="00176751"/>
     <w:rsid w:val="00192E24"/>
     <w:rsid w:val="00196290"/>
     <w:rsid w:val="001A18AE"/>
     <w:rsid w:val="001D0867"/>
     <w:rsid w:val="001F797D"/>
     <w:rsid w:val="00211CCC"/>
+    <w:rsid w:val="0022606A"/>
     <w:rsid w:val="00231E37"/>
     <w:rsid w:val="00236AA7"/>
     <w:rsid w:val="0027696E"/>
     <w:rsid w:val="00296813"/>
     <w:rsid w:val="002A01A7"/>
     <w:rsid w:val="002D6735"/>
     <w:rsid w:val="002F1141"/>
     <w:rsid w:val="00316C86"/>
     <w:rsid w:val="0032136E"/>
     <w:rsid w:val="00324649"/>
     <w:rsid w:val="00331DE8"/>
     <w:rsid w:val="003323C0"/>
     <w:rsid w:val="00342F09"/>
     <w:rsid w:val="00347A83"/>
     <w:rsid w:val="003575D9"/>
     <w:rsid w:val="00367C35"/>
     <w:rsid w:val="003738AC"/>
     <w:rsid w:val="003769A8"/>
     <w:rsid w:val="003930AA"/>
     <w:rsid w:val="003B3951"/>
     <w:rsid w:val="003E5886"/>
     <w:rsid w:val="003F4C52"/>
     <w:rsid w:val="00420A7D"/>
     <w:rsid w:val="00442AF1"/>
     <w:rsid w:val="004549EA"/>
@@ -6168,50 +6145,51 @@
     <w:rsid w:val="004C6198"/>
     <w:rsid w:val="004D1B9C"/>
     <w:rsid w:val="004E4175"/>
     <w:rsid w:val="004E49D5"/>
     <w:rsid w:val="004F14E3"/>
     <w:rsid w:val="004F2B9F"/>
     <w:rsid w:val="00556290"/>
     <w:rsid w:val="0056371D"/>
     <w:rsid w:val="005639B0"/>
     <w:rsid w:val="00563E80"/>
     <w:rsid w:val="005756B3"/>
     <w:rsid w:val="0057577F"/>
     <w:rsid w:val="00597B9F"/>
     <w:rsid w:val="005A4F56"/>
     <w:rsid w:val="005C5937"/>
     <w:rsid w:val="005D0F15"/>
     <w:rsid w:val="005E3878"/>
     <w:rsid w:val="005E679C"/>
     <w:rsid w:val="00620084"/>
     <w:rsid w:val="006365BA"/>
     <w:rsid w:val="0064626E"/>
     <w:rsid w:val="006478A2"/>
     <w:rsid w:val="00672B77"/>
     <w:rsid w:val="00683977"/>
     <w:rsid w:val="00684699"/>
+    <w:rsid w:val="006B5E41"/>
     <w:rsid w:val="006C1EC9"/>
     <w:rsid w:val="006D65B4"/>
     <w:rsid w:val="006F2E64"/>
     <w:rsid w:val="006F3317"/>
     <w:rsid w:val="00713ED7"/>
     <w:rsid w:val="0072348C"/>
     <w:rsid w:val="0072746B"/>
     <w:rsid w:val="00730D30"/>
     <w:rsid w:val="00736E97"/>
     <w:rsid w:val="00757F20"/>
     <w:rsid w:val="0078465D"/>
     <w:rsid w:val="00794A8F"/>
     <w:rsid w:val="00803429"/>
     <w:rsid w:val="00803B65"/>
     <w:rsid w:val="008133C8"/>
     <w:rsid w:val="008166D0"/>
     <w:rsid w:val="0083408C"/>
     <w:rsid w:val="00836793"/>
     <w:rsid w:val="00853272"/>
     <w:rsid w:val="00885A3F"/>
     <w:rsid w:val="008906B8"/>
     <w:rsid w:val="00896C86"/>
     <w:rsid w:val="008A6ED4"/>
     <w:rsid w:val="008B1D83"/>
     <w:rsid w:val="008B7C4E"/>
@@ -6253,50 +6231,51 @@
     <w:rsid w:val="00B615D1"/>
     <w:rsid w:val="00B76C3E"/>
     <w:rsid w:val="00B85A21"/>
     <w:rsid w:val="00B90AA0"/>
     <w:rsid w:val="00B9157A"/>
     <w:rsid w:val="00BB0C78"/>
     <w:rsid w:val="00BB26DD"/>
     <w:rsid w:val="00BE666E"/>
     <w:rsid w:val="00C10CF0"/>
     <w:rsid w:val="00C3427F"/>
     <w:rsid w:val="00C46BA1"/>
     <w:rsid w:val="00C7256F"/>
     <w:rsid w:val="00C8348D"/>
     <w:rsid w:val="00C97AC0"/>
     <w:rsid w:val="00CA4A0D"/>
     <w:rsid w:val="00CC20AD"/>
     <w:rsid w:val="00CC2B5E"/>
     <w:rsid w:val="00CD6DBA"/>
     <w:rsid w:val="00CD705A"/>
     <w:rsid w:val="00CE37FD"/>
     <w:rsid w:val="00CF679C"/>
     <w:rsid w:val="00D226A9"/>
     <w:rsid w:val="00D3276D"/>
     <w:rsid w:val="00D81360"/>
     <w:rsid w:val="00D847AF"/>
+    <w:rsid w:val="00DA3EB5"/>
     <w:rsid w:val="00DD1393"/>
     <w:rsid w:val="00DE3126"/>
     <w:rsid w:val="00DE7B4A"/>
     <w:rsid w:val="00DF1997"/>
     <w:rsid w:val="00E24DC4"/>
     <w:rsid w:val="00E55ACD"/>
     <w:rsid w:val="00E84AD5"/>
     <w:rsid w:val="00E95A71"/>
     <w:rsid w:val="00EA5FE8"/>
     <w:rsid w:val="00EB1A08"/>
     <w:rsid w:val="00ED0B02"/>
     <w:rsid w:val="00ED3274"/>
     <w:rsid w:val="00ED6FFD"/>
     <w:rsid w:val="00EE5E87"/>
     <w:rsid w:val="00EE750D"/>
     <w:rsid w:val="00F00C90"/>
     <w:rsid w:val="00F10A61"/>
     <w:rsid w:val="00F1550E"/>
     <w:rsid w:val="00F40831"/>
     <w:rsid w:val="00F47F69"/>
     <w:rsid w:val="00F64E90"/>
     <w:rsid w:val="00F704DD"/>
     <w:rsid w:val="00FA63DD"/>
     <w:rsid w:val="00FB5C1B"/>
     <w:rsid w:val="00FC77A9"/>
@@ -7608,126 +7587,126 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a0ab345b-2a5a-468e-873f-32f913e42a2d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754" xsi:nil="true"/>
     <SharedWithUsers xmlns="e093a1bc-1c2e-4793-ac76-079c19000c69">
       <UserInfo>
         <DisplayName>Mitchell, Matthew (DCR)</DisplayName>
         <AccountId>2066</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
-</file>
-[...7 lines deleted...]
-</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB48C335-BFE5-4BBF-A0E1-906AEB076B79}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a0ab345b-2a5a-468e-873f-32f913e42a2d"/>
     <ds:schemaRef ds:uri="e093a1bc-1c2e-4793-ac76-079c19000c69"/>
     <ds:schemaRef ds:uri="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9751E6E-5816-4367-B93B-6603677606A7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E13618F5-24B7-498C-B6AB-E975192A8C82}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a0ab345b-2a5a-468e-873f-32f913e42a2d"/>
     <ds:schemaRef ds:uri="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754"/>
     <ds:schemaRef ds:uri="e093a1bc-1c2e-4793-ac76-079c19000c69"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>574</Words>
-  <Characters>5486</Characters>
+  <Words>904</Words>
+  <Characters>5156</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
+  <Lines>42</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Massachusetts Department of Conservation and Recreation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Department of Environmental Management</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>6048</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="168" baseType="variant">
       <vt:variant>
         <vt:i4>7405620</vt:i4>