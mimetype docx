--- v1 (2026-01-31)
+++ v2 (2026-03-30)
@@ -24,51 +24,51 @@
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="005C5AB5" w14:textId="404BB373" w:rsidR="00B46B05" w:rsidRPr="003769A8" w:rsidRDefault="00836793" w:rsidP="00367C35">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003769A8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="570EEAB1" wp14:editId="64669E90">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="570EEAB1" wp14:editId="3A987A66">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>9525</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>109855</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2809875" cy="2010410"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="4" name="Picture 0" descr="Two skaters are sitting in ice sleds with handles in the back. One of the sled skaters is being pushed by a standing skater."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name="Picture 0" descr="Two skaters are sitting in ice sleds with handles in the back. One of the sled skaters is being pushed by a standing skater."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print">
@@ -136,51 +136,65 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="72107E42" w14:textId="77777777" w:rsidR="00757F20" w:rsidRPr="003769A8" w:rsidRDefault="00B46B05" w:rsidP="00757F20">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003769A8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>If you need help with transfers, you will need to bring your own help to transfer into the sleds.</w:t>
       </w:r>
       <w:r w:rsidR="00081E01" w:rsidRPr="003769A8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve"> Please bring your own helmet to use with skate walkers. All equipment is best for use during uncrowded public skating times.</w:t>
       </w:r>
       <w:r w:rsidR="00757F20" w:rsidRPr="003769A8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Calling the rink in advance is recommended.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00757F20" w:rsidRPr="00973FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Calling the rink in advance is recommended</w:t>
+      </w:r>
+      <w:r w:rsidR="00757F20" w:rsidRPr="003769A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DC8A621" w14:textId="29047464" w:rsidR="003F4C52" w:rsidRPr="003769A8" w:rsidRDefault="003F4C52" w:rsidP="00367C35">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003769A8">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve">Contact DCR’s Universal Access Program at </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00E55ACD" w:rsidRPr="00401AA0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           </w:rPr>
           <w:t>DCR.UniversalAccess@mass.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E55ACD">
@@ -2762,69 +2776,50 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3057525" cy="1676400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FE4C5D2" w14:textId="77777777" w:rsidR="00367C35" w:rsidRPr="003769A8" w:rsidRDefault="00367C35" w:rsidP="0056371D">
-[...17 lines deleted...]
-    </w:p>
     <w:p w14:paraId="1685DD96" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="0056371D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="003769A8">
         <w:t>North Region</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10908" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1710"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="2358"/>
@@ -4365,88 +4360,211 @@
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">2 adult sleds, </w:t>
             </w:r>
             <w:r w:rsidR="005E3878" w:rsidRPr="003769A8">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="003769A8">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> handle</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="006E2138" w:rsidRPr="003769A8" w14:paraId="4AE2EB32" w14:textId="77777777" w:rsidTr="0057577F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A81FE82" w14:textId="4F66ECD5" w:rsidR="006E2138" w:rsidRPr="003769A8" w:rsidRDefault="006E2138" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Gardner</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="280D9992" w14:textId="2DBAA625" w:rsidR="006E2138" w:rsidRPr="002E7EAE" w:rsidRDefault="002E7EAE" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r w:rsidRPr="002E7EAE">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                </w:rPr>
+                <w:t>Gardner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="002E7EAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2358" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CC92F70" w14:textId="53B1E41F" w:rsidR="006E2138" w:rsidRPr="003769A8" w:rsidRDefault="002E7EAE" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>45 Veterans Dr.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D2D9469" w14:textId="520E58DD" w:rsidR="006E2138" w:rsidRPr="003769A8" w:rsidRDefault="002E7EAE" w:rsidP="000B5EB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(508) 632-4310</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18A346E1" w14:textId="398EAF64" w:rsidR="006E2138" w:rsidRPr="003769A8" w:rsidRDefault="002E7EAE" w:rsidP="005D0F15">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6 adult sleds, 4 handles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="0078465D" w:rsidRPr="003769A8" w14:paraId="185F1705" w14:textId="77777777" w:rsidTr="0057577F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="32A10104" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003769A8">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Worcester</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="65B0CDAB" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r w:rsidRPr="00B615D1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Buffone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2358" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4ACF0372" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="00CC20AD" w:rsidP="000B5EB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -4775,51 +4893,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003769A8">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Greenfield</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="12C2C455" w14:textId="0C9A66F7" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="00CE37FD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r w:rsidRPr="00B615D1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Collins</w:t>
               </w:r>
               <w:r w:rsidR="00070E42">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>-</w:t>
               </w:r>
               <w:r w:rsidR="00CC20AD" w:rsidRPr="00B615D1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
@@ -4971,51 +5089,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003769A8">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Holyoke</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30D2EBA6" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r w:rsidRPr="00B615D1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Fitzpatrick</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2363" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26A70CA2" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="00CC20AD" w:rsidP="000B5EB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -5139,51 +5257,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003769A8">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Springfield</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A8296D0" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="0078465D" w:rsidP="000B5EB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r w:rsidRPr="00B615D1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Smead</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2363" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7EE09335" w14:textId="77777777" w:rsidR="0078465D" w:rsidRPr="003769A8" w:rsidRDefault="00CC20AD" w:rsidP="000B5EB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -5273,51 +5391,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003769A8">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>North Adams</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="678E63A2" w14:textId="643B0AA8" w:rsidR="0078465D" w:rsidRPr="00B615D1" w:rsidRDefault="00F64E90" w:rsidP="000B5EB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Foote V</w:t>
               </w:r>
               <w:r w:rsidR="0078465D" w:rsidRPr="00B615D1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>ietnam Vet</w:t>
               </w:r>
               <w:r w:rsidR="00CD705A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
@@ -5414,52 +5532,52 @@
             <w:r w:rsidR="005E3878" w:rsidRPr="003769A8">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>dult sleds, 2 handles</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2169131C" w14:textId="77777777" w:rsidR="00EB1A08" w:rsidRPr="003769A8" w:rsidRDefault="00EB1A08" w:rsidP="006F2E64">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b w:val="0"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00EB1A08" w:rsidRPr="003769A8" w:rsidSect="009B04EF">
-      <w:headerReference w:type="default" r:id="rId42"/>
-      <w:footerReference w:type="default" r:id="rId43"/>
+      <w:headerReference w:type="default" r:id="rId43"/>
+      <w:footerReference w:type="default" r:id="rId44"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1CDBE166" w14:textId="77777777" w:rsidR="00DA3EB5" w:rsidRDefault="00DA3EB5" w:rsidP="00067D30">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7CA497D6" w14:textId="77777777" w:rsidR="00DA3EB5" w:rsidRDefault="00DA3EB5" w:rsidP="00067D30">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
@@ -6024,51 +6142,51 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="611740530">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1259480791">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="858467128">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1226835007">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="462043440">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="584847496">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="70"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F04" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -6096,50 +6214,51 @@
     <w:rsid w:val="000E79E1"/>
     <w:rsid w:val="000F20B5"/>
     <w:rsid w:val="000F5AFB"/>
     <w:rsid w:val="00134AD4"/>
     <w:rsid w:val="0013521C"/>
     <w:rsid w:val="0013552C"/>
     <w:rsid w:val="00154096"/>
     <w:rsid w:val="00154FBF"/>
     <w:rsid w:val="00155F67"/>
     <w:rsid w:val="0016083F"/>
     <w:rsid w:val="0017657C"/>
     <w:rsid w:val="00176751"/>
     <w:rsid w:val="00192E24"/>
     <w:rsid w:val="00196290"/>
     <w:rsid w:val="001A18AE"/>
     <w:rsid w:val="001D0867"/>
     <w:rsid w:val="001F797D"/>
     <w:rsid w:val="00211CCC"/>
     <w:rsid w:val="0022606A"/>
     <w:rsid w:val="00231E37"/>
     <w:rsid w:val="00236AA7"/>
     <w:rsid w:val="0027696E"/>
     <w:rsid w:val="00296813"/>
     <w:rsid w:val="002A01A7"/>
     <w:rsid w:val="002D6735"/>
+    <w:rsid w:val="002E7EAE"/>
     <w:rsid w:val="002F1141"/>
     <w:rsid w:val="00316C86"/>
     <w:rsid w:val="0032136E"/>
     <w:rsid w:val="00324649"/>
     <w:rsid w:val="00331DE8"/>
     <w:rsid w:val="003323C0"/>
     <w:rsid w:val="00342F09"/>
     <w:rsid w:val="00347A83"/>
     <w:rsid w:val="003575D9"/>
     <w:rsid w:val="00367C35"/>
     <w:rsid w:val="003738AC"/>
     <w:rsid w:val="003769A8"/>
     <w:rsid w:val="003930AA"/>
     <w:rsid w:val="003B3951"/>
     <w:rsid w:val="003E5886"/>
     <w:rsid w:val="003F4C52"/>
     <w:rsid w:val="00420A7D"/>
     <w:rsid w:val="00442AF1"/>
     <w:rsid w:val="004549EA"/>
     <w:rsid w:val="00471D3C"/>
     <w:rsid w:val="00486AB9"/>
     <w:rsid w:val="00487477"/>
     <w:rsid w:val="004A591A"/>
     <w:rsid w:val="004B1A96"/>
     <w:rsid w:val="004C6198"/>
@@ -6148,88 +6267,91 @@
     <w:rsid w:val="004E49D5"/>
     <w:rsid w:val="004F14E3"/>
     <w:rsid w:val="004F2B9F"/>
     <w:rsid w:val="00556290"/>
     <w:rsid w:val="0056371D"/>
     <w:rsid w:val="005639B0"/>
     <w:rsid w:val="00563E80"/>
     <w:rsid w:val="005756B3"/>
     <w:rsid w:val="0057577F"/>
     <w:rsid w:val="00597B9F"/>
     <w:rsid w:val="005A4F56"/>
     <w:rsid w:val="005C5937"/>
     <w:rsid w:val="005D0F15"/>
     <w:rsid w:val="005E3878"/>
     <w:rsid w:val="005E679C"/>
     <w:rsid w:val="00620084"/>
     <w:rsid w:val="006365BA"/>
     <w:rsid w:val="0064626E"/>
     <w:rsid w:val="006478A2"/>
     <w:rsid w:val="00672B77"/>
     <w:rsid w:val="00683977"/>
     <w:rsid w:val="00684699"/>
     <w:rsid w:val="006B5E41"/>
     <w:rsid w:val="006C1EC9"/>
     <w:rsid w:val="006D65B4"/>
+    <w:rsid w:val="006E2138"/>
     <w:rsid w:val="006F2E64"/>
     <w:rsid w:val="006F3317"/>
     <w:rsid w:val="00713ED7"/>
     <w:rsid w:val="0072348C"/>
     <w:rsid w:val="0072746B"/>
     <w:rsid w:val="00730D30"/>
     <w:rsid w:val="00736E97"/>
     <w:rsid w:val="00757F20"/>
     <w:rsid w:val="0078465D"/>
     <w:rsid w:val="00794A8F"/>
     <w:rsid w:val="00803429"/>
     <w:rsid w:val="00803B65"/>
     <w:rsid w:val="008133C8"/>
     <w:rsid w:val="008166D0"/>
     <w:rsid w:val="0083408C"/>
     <w:rsid w:val="00836793"/>
     <w:rsid w:val="00853272"/>
     <w:rsid w:val="00885A3F"/>
     <w:rsid w:val="008906B8"/>
     <w:rsid w:val="00896C86"/>
     <w:rsid w:val="008A6ED4"/>
     <w:rsid w:val="008B1D83"/>
     <w:rsid w:val="008B7C4E"/>
     <w:rsid w:val="008B7D8E"/>
     <w:rsid w:val="00904B5E"/>
     <w:rsid w:val="00904C8D"/>
     <w:rsid w:val="009057F2"/>
     <w:rsid w:val="00915085"/>
     <w:rsid w:val="009157A5"/>
     <w:rsid w:val="009258B9"/>
     <w:rsid w:val="00937147"/>
+    <w:rsid w:val="00973FBA"/>
     <w:rsid w:val="00986A04"/>
     <w:rsid w:val="009909C5"/>
     <w:rsid w:val="009923FD"/>
     <w:rsid w:val="00997518"/>
     <w:rsid w:val="009A2B1E"/>
     <w:rsid w:val="009B04EF"/>
     <w:rsid w:val="009C6E47"/>
+    <w:rsid w:val="009D557B"/>
     <w:rsid w:val="009E396C"/>
     <w:rsid w:val="009E5CE4"/>
     <w:rsid w:val="00A2609F"/>
     <w:rsid w:val="00A40605"/>
     <w:rsid w:val="00A51FA1"/>
     <w:rsid w:val="00A6138C"/>
     <w:rsid w:val="00A625E3"/>
     <w:rsid w:val="00A767C4"/>
     <w:rsid w:val="00A82437"/>
     <w:rsid w:val="00AA443D"/>
     <w:rsid w:val="00AB0616"/>
     <w:rsid w:val="00AC58EF"/>
     <w:rsid w:val="00AD3899"/>
     <w:rsid w:val="00B05A15"/>
     <w:rsid w:val="00B15BFE"/>
     <w:rsid w:val="00B16226"/>
     <w:rsid w:val="00B22625"/>
     <w:rsid w:val="00B27C49"/>
     <w:rsid w:val="00B35B3F"/>
     <w:rsid w:val="00B46B05"/>
     <w:rsid w:val="00B615D1"/>
     <w:rsid w:val="00B76C3E"/>
     <w:rsid w:val="00B85A21"/>
     <w:rsid w:val="00B90AA0"/>
     <w:rsid w:val="00B9157A"/>
@@ -6242,50 +6364,51 @@
     <w:rsid w:val="00C7256F"/>
     <w:rsid w:val="00C8348D"/>
     <w:rsid w:val="00C97AC0"/>
     <w:rsid w:val="00CA4A0D"/>
     <w:rsid w:val="00CC20AD"/>
     <w:rsid w:val="00CC2B5E"/>
     <w:rsid w:val="00CD6DBA"/>
     <w:rsid w:val="00CD705A"/>
     <w:rsid w:val="00CE37FD"/>
     <w:rsid w:val="00CF679C"/>
     <w:rsid w:val="00D226A9"/>
     <w:rsid w:val="00D3276D"/>
     <w:rsid w:val="00D81360"/>
     <w:rsid w:val="00D847AF"/>
     <w:rsid w:val="00DA3EB5"/>
     <w:rsid w:val="00DD1393"/>
     <w:rsid w:val="00DE3126"/>
     <w:rsid w:val="00DE7B4A"/>
     <w:rsid w:val="00DF1997"/>
     <w:rsid w:val="00E24DC4"/>
     <w:rsid w:val="00E55ACD"/>
     <w:rsid w:val="00E84AD5"/>
     <w:rsid w:val="00E95A71"/>
     <w:rsid w:val="00EA5FE8"/>
     <w:rsid w:val="00EB1A08"/>
+    <w:rsid w:val="00EC4FF9"/>
     <w:rsid w:val="00ED0B02"/>
     <w:rsid w:val="00ED3274"/>
     <w:rsid w:val="00ED6FFD"/>
     <w:rsid w:val="00EE5E87"/>
     <w:rsid w:val="00EE750D"/>
     <w:rsid w:val="00F00C90"/>
     <w:rsid w:val="00F10A61"/>
     <w:rsid w:val="00F1550E"/>
     <w:rsid w:val="00F40831"/>
     <w:rsid w:val="00F47F69"/>
     <w:rsid w:val="00F64E90"/>
     <w:rsid w:val="00F704DD"/>
     <w:rsid w:val="00FA63DD"/>
     <w:rsid w:val="00FB5C1B"/>
     <w:rsid w:val="00FC77A9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -7022,51 +7145,51 @@
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1024016238">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/simoni-memorial-rink" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://massgov.sharepoint.com/sites/EEA-O365/DCR/Workspace/Universal_Access_Program/Shared%20Documents/EQUIPMENT/Winter%20Gear/2023/mass.gov/locations/dcr-kelly-outdoor-rink" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/dcr-murphy-memorial-rink" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/henry-j-fitzpatrick-rink" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/search?gs_ssp=eJzj4tFP1zcsNE1OzigoyDVgtFI1qLCwTDU2NzQ2SjMxMk6zNDO0MqgwSTFIMTdKsTRJSjOwSEk18-LJyU_OzytJVSjKzMsGAISfE9Y&amp;q=loconte+rink&amp;rlz=1C1GCEB_enUS970US970&amp;oq=lo&amp;aqs=chrome.1.69i59j46i39i175i199j69i57j0i67l2j69i60l3.3103j0j7&amp;sourceid=chrome&amp;ie=UTF-8" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/john-a-armstrong-memorial-rink" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/porrazzo-memorial-rink" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DCR.UniversalAccess@mass.gov" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/cronin-memorial-rink" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/theodore-aleixo-rink" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/charles-j-buffone-rink" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/ray-smead-memorial-rink" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/dcr-devine-memorial-rink" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://massgov.sharepoint.com/sites/EEA-O365/DCR/Workspace/Universal_Access_Program/Shared%20Documents/EQUIPMENT/Winter%20Gear/2023/mass.gov/locations/dcr-steriti-memorial-rink" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/connell-memorial-rink" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/daniel-s-horgan-memorial-rink" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/flynn-memorial-rink" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/john-g-asiaf-memorial-rink" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/dcr-emmons-horrigan-oneil-memorial-rink" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/daly-memorial-rink" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/jim-roche-community-ice-arena" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/henry-graf-jr-rink" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/arthur-r-driscoll-memorial-rink" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:4134617126" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/dcr-bajko-memorial-rink" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/somerville-veterans-memorial-rink" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/staff-sgt-robert-pirelli-veterans-memorial-skating-rink" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/collins-moylan-memorial-rink" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/loconte-memorial-rink" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/peter-w-foote-vietnam-veterans-memorial-rink" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/simoni-memorial-rink" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://massgov.sharepoint.com/sites/EEA-O365/DCR/Workspace/Universal_Access_Program/Shared%20Documents/EQUIPMENT/Winter%20Gear/2023/mass.gov/locations/dcr-kelly-outdoor-rink" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/dcr-murphy-memorial-rink" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/collins-moylan-memorial-rink" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/search?gs_ssp=eJzj4tFP1zcsNE1OzigoyDVgtFI1qLCwTDU2NzQ2SjMxMk6zNDO0MqgwSTFIMTdKsTRJSjOwSEk18-LJyU_OzytJVSjKzMsGAISfE9Y&amp;q=loconte+rink&amp;rlz=1C1GCEB_enUS970US970&amp;oq=lo&amp;aqs=chrome.1.69i59j46i39i175i199j69i57j0i67l2j69i60l3.3103j0j7&amp;sourceid=chrome&amp;ie=UTF-8" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/john-a-armstrong-memorial-rink" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/peter-w-foote-vietnam-veterans-memorial-rink" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/porrazzo-memorial-rink" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:DCR.UniversalAccess@mass.gov" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/cronin-memorial-rink" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/theodore-aleixo-rink" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/gardner-veterans-rink" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/henry-j-fitzpatrick-rink" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/dcr-devine-memorial-rink" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://massgov.sharepoint.com/sites/EEA-O365/DCR/Workspace/Universal_Access_Program/Shared%20Documents/EQUIPMENT/Winter%20Gear/2023/mass.gov/locations/dcr-steriti-memorial-rink" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/connell-memorial-rink" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/daniel-s-horgan-memorial-rink" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/flynn-memorial-rink" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/john-g-asiaf-memorial-rink" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/dcr-emmons-horrigan-oneil-memorial-rink" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/daly-memorial-rink" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/jim-roche-community-ice-arena" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/henry-graf-jr-rink" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/arthur-r-driscoll-memorial-rink" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:4134617126" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/dcr-bajko-memorial-rink" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/somerville-veterans-memorial-rink" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/staff-sgt-robert-pirelli-veterans-memorial-skating-rink" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/charles-j-buffone-rink" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/loconte-memorial-rink" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/locations/ray-smead-memorial-rink" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -7341,52 +7464,52 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009ED0D07EA1F82348A9D06929C7C3981E" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="642624a789f0d4e6706687141cc287fc">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a0ab345b-2a5a-468e-873f-32f913e42a2d" xmlns:ns3="e093a1bc-1c2e-4793-ac76-079c19000c69" xmlns:ns4="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8d67b0180d09d60a09020e18b2c61199" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009ED0D07EA1F82348A9D06929C7C3981E" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0a92ca27a69d208ae66213aa096fcbf7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a0ab345b-2a5a-468e-873f-32f913e42a2d" xmlns:ns3="e093a1bc-1c2e-4793-ac76-079c19000c69" xmlns:ns4="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="96654e01d0a87446fdae772a00ec2db8" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="a0ab345b-2a5a-468e-873f-32f913e42a2d"/>
     <xsd:import namespace="e093a1bc-1c2e-4793-ac76-079c19000c69"/>
     <xsd:import namespace="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -7587,146 +7710,146 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a0ab345b-2a5a-468e-873f-32f913e42a2d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754" xsi:nil="true"/>
     <SharedWithUsers xmlns="e093a1bc-1c2e-4793-ac76-079c19000c69">
       <UserInfo>
         <DisplayName>Mitchell, Matthew (DCR)</DisplayName>
         <AccountId>2066</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB48C335-BFE5-4BBF-A0E1-906AEB076B79}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F98AA3AE-7AA0-4D03-AC0D-BB5C15A8B367}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a0ab345b-2a5a-468e-873f-32f913e42a2d"/>
     <ds:schemaRef ds:uri="e093a1bc-1c2e-4793-ac76-079c19000c69"/>
     <ds:schemaRef ds:uri="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9751E6E-5816-4367-B93B-6603677606A7}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E13618F5-24B7-498C-B6AB-E975192A8C82}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a0ab345b-2a5a-468e-873f-32f913e42a2d"/>
     <ds:schemaRef ds:uri="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754"/>
     <ds:schemaRef ds:uri="e093a1bc-1c2e-4793-ac76-079c19000c69"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9751E6E-5816-4367-B93B-6603677606A7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>904</Words>
-  <Characters>5156</Characters>
+  <Words>579</Words>
+  <Characters>5579</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>42</Lines>
+  <Lines>46</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Massachusetts Department of Conservation and Recreation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Department of Environmental Management</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6048</CharactersWithSpaces>
+  <CharactersWithSpaces>6146</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="168" baseType="variant">
       <vt:variant>
         <vt:i4>7405620</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>81</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.mass.gov/locations/peter-w-foote-vietnam-veterans-memorial-rink</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6881384</vt:i4>
       </vt:variant>
       <vt:variant>