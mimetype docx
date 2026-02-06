--- v0 (2025-11-05)
+++ v1 (2026-02-06)
@@ -7742,52 +7742,52 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009ED0D07EA1F82348A9D06929C7C3981E" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="18c9662787ce42a61b1ce72133bd2f9d">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a0ab345b-2a5a-468e-873f-32f913e42a2d" xmlns:ns3="e093a1bc-1c2e-4793-ac76-079c19000c69" xmlns:ns4="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d4e3741b9a45aabc69e8cdbbc3a8ab05" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009ED0D07EA1F82348A9D06929C7C3981E" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="642624a789f0d4e6706687141cc287fc">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a0ab345b-2a5a-468e-873f-32f913e42a2d" xmlns:ns3="e093a1bc-1c2e-4793-ac76-079c19000c69" xmlns:ns4="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8d67b0180d09d60a09020e18b2c61199" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="a0ab345b-2a5a-468e-873f-32f913e42a2d"/>
     <xsd:import namespace="e093a1bc-1c2e-4793-ac76-079c19000c69"/>
     <xsd:import namespace="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -8014,67 +8014,51 @@
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a0ab345b-2a5a-468e-873f-32f913e42a2d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754" xsi:nil="true"/>
     <SharedWithUsers xmlns="e093a1bc-1c2e-4793-ac76-079c19000c69">
       <UserInfo>
         <DisplayName>Lee, Rachael (DCR)</DisplayName>
         <AccountId>1938</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3BFFD334-A4B5-4225-95EF-E56DA72FBDC4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A3D3FB3-3151-4779-A0F1-F68E3E0B1DCC}">
-[...15 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9430CA3E-0A1E-4F3E-9CED-237E55B029CF}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15A5D53D-DA4E-40B3-ABFA-4A26F657B1B7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754"/>
     <ds:schemaRef ds:uri="e093a1bc-1c2e-4793-ac76-079c19000c69"/>
     <ds:schemaRef ds:uri="a0ab345b-2a5a-468e-873f-32f913e42a2d"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>