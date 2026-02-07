--- v0 (2025-12-06)
+++ v1 (2026-02-07)
@@ -12657,59 +12657,51 @@
       <w:r w:rsidR="00B81FF6" w:rsidRPr="008652BF">
         <w:t>October</w:t>
       </w:r>
       <w:r w:rsidR="00147A7B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008652BF">
         <w:t>2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DF39167" w14:textId="63CA6FA6" w:rsidR="00836C07" w:rsidRDefault="00836C07" w:rsidP="00836C07">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B44EA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Contact: </w:t>
       </w:r>
       <w:r w:rsidRPr="000B44EA">
-        <w:t xml:space="preserve">Steve </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">Steve Kuketz, </w:t>
       </w:r>
       <w:hyperlink r:id="rId109" w:history="1">
         <w:r w:rsidRPr="00D34BC8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:kern w:val="2"/>
           </w:rPr>
           <w:t>mpga.club@gmail.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000B44EA">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:bookmarkStart w:id="8" w:name="_Hlk165298714"/>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "tel:5088897581"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00186909">
         <w:rPr>
@@ -13634,59 +13626,51 @@
       </w:r>
       <w:r w:rsidRPr="005E40BD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>in</w:t>
       </w:r>
       <w:r w:rsidRPr="005E40BD">
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId122" w:history="1">
         <w:r w:rsidRPr="00021A07">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Charles River Reservation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="0002383C">
-        <w:t xml:space="preserve">21 David G </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Way, Boston</w:t>
+        <w:t>21 David G Mugar Way, Boston</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0002383C">
         <w:t xml:space="preserve"> MA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22094CC4" w14:textId="73EDFF2E" w:rsidR="00836C07" w:rsidRDefault="00836C07" w:rsidP="00836C07">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:afterAutospacing="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB45F1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Dates</w:t>
       </w:r>
@@ -15157,70 +15141,70 @@
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="000C6121" w:rsidRPr="000C6121">
         <w:rPr>
           <w:rFonts w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="C00000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="36576" distB="36576" distL="36576" distR="36576" simplePos="0" relativeHeight="251658261" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="032689C7" wp14:editId="3AEC6897">
+          <wp:anchor distT="36576" distB="36576" distL="36576" distR="36576" simplePos="0" relativeHeight="251658261" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="032689C7" wp14:editId="65297275">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>9601200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>100965</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1371600" cy="1188720"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1085307217" name="Picture 3" descr="A picture containing kite, colorful, person, child&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:docPr id="1085307217" name="Picture 3" descr="A picture containing kite, colorful, person, child"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1085307217" name="Picture 3" descr="A picture containing kite, colorful, person, child&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPr id="1085307217" name="Picture 3" descr="A picture containing kite, colorful, person, child"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId139" cstate="email">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1371600" cy="1188720"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -15323,70 +15307,70 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="60"/>
           <w:szCs w:val="60"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00227F18">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
           <w:color w:val="0070C0"/>
           <w:kern w:val="28"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="36576" distB="36576" distL="36576" distR="36576" simplePos="0" relativeHeight="251658250" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0FBACFD8" wp14:editId="671C1206">
+          <wp:anchor distT="36576" distB="36576" distL="36576" distR="36576" simplePos="0" relativeHeight="251658250" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0FBACFD8" wp14:editId="1B260516">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>9677400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>2072640</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1371600" cy="1188720"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="928702462" name="Picture 2" descr="A picture containing kite, colorful, person, child&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:docPr id="928702462" name="Picture 2" descr="A picture containing kite, colorful, person, child"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="928702462" name="Picture 2" descr="A picture containing kite, colorful, person, child&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPr id="928702462" name="Picture 2" descr="A picture containing kite, colorful, person, child"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId139" cstate="email">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1371600" cy="1188720"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -15423,70 +15407,70 @@
     <w:p w14:paraId="51954150" w14:textId="77777777" w:rsidR="005A4DCB" w:rsidRPr="005A4DCB" w:rsidRDefault="005A4DCB" w:rsidP="005A4DCB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A4DCB">
         <w:rPr>
           <w:rFonts w:cs="Segoe UI"/>
           <w:noProof/>
           <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="36576" distB="36576" distL="36576" distR="36576" simplePos="0" relativeHeight="251658251" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="625ED505" wp14:editId="1013EA9C">
+          <wp:anchor distT="36576" distB="36576" distL="36576" distR="36576" simplePos="0" relativeHeight="251658251" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="625ED505" wp14:editId="4C5FABF9">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-4119880</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>2497455</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2905125" cy="2167890"/>
             <wp:effectExtent l="0" t="0" r="9525" b="3810"/>
             <wp:wrapNone/>
-            <wp:docPr id="271560610" name="Picture 4" descr="A picture containing grass, outdoor, lawn mower, transport&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:docPr id="271560610" name="Picture 4" descr="A picture containing grass, outdoor, lawn mower, transport"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="271560610" name="Picture 4" descr="A picture containing grass, outdoor, lawn mower, transport&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPr id="271560610" name="Picture 4" descr="A picture containing grass, outdoor, lawn mower, transport"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId140" cstate="email">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect l="6192" r="6192"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2905125" cy="2167890"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -17847,54 +17831,54 @@
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="360" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="2160"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A4DCB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="1F4E79" w:themeColor="accent5" w:themeShade="80"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:u w:val="single"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658276" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A926A2D" wp14:editId="28A5B5F5">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658276" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A926A2D" wp14:editId="027C2B8B">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:posOffset>495300</wp:posOffset>
+              <wp:posOffset>544749</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="590550" cy="879770"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21054"/>
                 <wp:lineTo x="20903" y="21054"/>
                 <wp:lineTo x="20903" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="99909688" name="Picture 99909688" descr="Accessible Route Sign with Arrow and Graphic"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 74" descr="Accessible Route Sign with Arrow and Graphic"/>
                     <pic:cNvPicPr>
@@ -19095,71 +19079,72 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00082FF" w:usb1="400078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:panose1 w:val="02020400000000000000"/>
+    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1F4FDD70" w14:textId="77777777" w:rsidR="00E639C2" w:rsidRDefault="00E639C2">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="55EEC370" w14:textId="77777777" w:rsidR="00E639C2" w:rsidRDefault="00E639C2"/>
   <w:p w14:paraId="36B288AE" w14:textId="77777777" w:rsidR="00394DEA" w:rsidRDefault="00394DEA"/>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="19DFD95E" w14:textId="74F67C1B" w:rsidR="00E639C2" w:rsidRDefault="00FB6AE2" w:rsidP="007C499B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
@@ -24051,51 +24036,51 @@
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1494760441">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1134324189">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="646856317">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1172718660">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="599946681">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="775558521">
     <w:abstractNumId w:val="31"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="98"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -26806,50 +26791,51 @@
     <w:rsid w:val="007154C5"/>
     <w:rsid w:val="00715B04"/>
     <w:rsid w:val="00715DCF"/>
     <w:rsid w:val="007161C5"/>
     <w:rsid w:val="00716359"/>
     <w:rsid w:val="00716713"/>
     <w:rsid w:val="00717201"/>
     <w:rsid w:val="00717263"/>
     <w:rsid w:val="00717517"/>
     <w:rsid w:val="0071783B"/>
     <w:rsid w:val="0072044A"/>
     <w:rsid w:val="00721031"/>
     <w:rsid w:val="00721335"/>
     <w:rsid w:val="007214C1"/>
     <w:rsid w:val="007214EF"/>
     <w:rsid w:val="00722697"/>
     <w:rsid w:val="007227B1"/>
     <w:rsid w:val="007227D6"/>
     <w:rsid w:val="00723296"/>
     <w:rsid w:val="00723C2B"/>
     <w:rsid w:val="00723DE9"/>
     <w:rsid w:val="00724373"/>
     <w:rsid w:val="00724BBC"/>
     <w:rsid w:val="00725089"/>
     <w:rsid w:val="0072654F"/>
+    <w:rsid w:val="00726DEC"/>
     <w:rsid w:val="0072706A"/>
     <w:rsid w:val="00727116"/>
     <w:rsid w:val="00730293"/>
     <w:rsid w:val="00730F06"/>
     <w:rsid w:val="007312B8"/>
     <w:rsid w:val="0073131B"/>
     <w:rsid w:val="00731FC7"/>
     <w:rsid w:val="00732AAA"/>
     <w:rsid w:val="00733460"/>
     <w:rsid w:val="007342F5"/>
     <w:rsid w:val="00734EDD"/>
     <w:rsid w:val="00735176"/>
     <w:rsid w:val="00735326"/>
     <w:rsid w:val="00735DC2"/>
     <w:rsid w:val="007360EA"/>
     <w:rsid w:val="0073640A"/>
     <w:rsid w:val="00736753"/>
     <w:rsid w:val="0073697E"/>
     <w:rsid w:val="00736FE4"/>
     <w:rsid w:val="0073714A"/>
     <w:rsid w:val="00737539"/>
     <w:rsid w:val="00737753"/>
     <w:rsid w:val="00737B6F"/>
     <w:rsid w:val="0074003D"/>
     <w:rsid w:val="00740791"/>
@@ -28164,50 +28150,51 @@
     <w:rsid w:val="00AC1F3A"/>
     <w:rsid w:val="00AC2057"/>
     <w:rsid w:val="00AC215E"/>
     <w:rsid w:val="00AC24E8"/>
     <w:rsid w:val="00AC3166"/>
     <w:rsid w:val="00AC342F"/>
     <w:rsid w:val="00AC3949"/>
     <w:rsid w:val="00AC3BED"/>
     <w:rsid w:val="00AC3D89"/>
     <w:rsid w:val="00AC46B5"/>
     <w:rsid w:val="00AC49A9"/>
     <w:rsid w:val="00AC4F1F"/>
     <w:rsid w:val="00AC4F7F"/>
     <w:rsid w:val="00AC53D7"/>
     <w:rsid w:val="00AC5475"/>
     <w:rsid w:val="00AC6321"/>
     <w:rsid w:val="00AC6BAC"/>
     <w:rsid w:val="00AC6C62"/>
     <w:rsid w:val="00AC7BA2"/>
     <w:rsid w:val="00AC7D97"/>
     <w:rsid w:val="00AC7E7F"/>
     <w:rsid w:val="00AD01BE"/>
     <w:rsid w:val="00AD0622"/>
     <w:rsid w:val="00AD09C0"/>
     <w:rsid w:val="00AD1850"/>
+    <w:rsid w:val="00AD1A2A"/>
     <w:rsid w:val="00AD1DB6"/>
     <w:rsid w:val="00AD1FF4"/>
     <w:rsid w:val="00AD303C"/>
     <w:rsid w:val="00AD3B64"/>
     <w:rsid w:val="00AD47C7"/>
     <w:rsid w:val="00AD4AFD"/>
     <w:rsid w:val="00AD4D4D"/>
     <w:rsid w:val="00AD4DEE"/>
     <w:rsid w:val="00AD4EA3"/>
     <w:rsid w:val="00AD4ED9"/>
     <w:rsid w:val="00AD5767"/>
     <w:rsid w:val="00AD5780"/>
     <w:rsid w:val="00AD597F"/>
     <w:rsid w:val="00AD5F24"/>
     <w:rsid w:val="00AD6427"/>
     <w:rsid w:val="00AD66B8"/>
     <w:rsid w:val="00AD6B18"/>
     <w:rsid w:val="00AD7506"/>
     <w:rsid w:val="00AD75A5"/>
     <w:rsid w:val="00AD79B9"/>
     <w:rsid w:val="00AD7C40"/>
     <w:rsid w:val="00AD7D20"/>
     <w:rsid w:val="00AE0CA3"/>
     <w:rsid w:val="00AE0D70"/>
     <w:rsid w:val="00AE10EE"/>
@@ -29087,50 +29074,51 @@
     <w:rsid w:val="00D35C6B"/>
     <w:rsid w:val="00D35E65"/>
     <w:rsid w:val="00D35E8D"/>
     <w:rsid w:val="00D363C2"/>
     <w:rsid w:val="00D3697D"/>
     <w:rsid w:val="00D37A3A"/>
     <w:rsid w:val="00D4059A"/>
     <w:rsid w:val="00D4065C"/>
     <w:rsid w:val="00D40884"/>
     <w:rsid w:val="00D40952"/>
     <w:rsid w:val="00D411BB"/>
     <w:rsid w:val="00D4193E"/>
     <w:rsid w:val="00D41BD0"/>
     <w:rsid w:val="00D430AE"/>
     <w:rsid w:val="00D44075"/>
     <w:rsid w:val="00D440C2"/>
     <w:rsid w:val="00D44495"/>
     <w:rsid w:val="00D4654E"/>
     <w:rsid w:val="00D46B3C"/>
     <w:rsid w:val="00D4789F"/>
     <w:rsid w:val="00D478C8"/>
     <w:rsid w:val="00D47A74"/>
     <w:rsid w:val="00D50082"/>
     <w:rsid w:val="00D511E8"/>
     <w:rsid w:val="00D5143A"/>
+    <w:rsid w:val="00D51A36"/>
     <w:rsid w:val="00D51A3A"/>
     <w:rsid w:val="00D51DBB"/>
     <w:rsid w:val="00D52264"/>
     <w:rsid w:val="00D52601"/>
     <w:rsid w:val="00D52803"/>
     <w:rsid w:val="00D52B1F"/>
     <w:rsid w:val="00D52C55"/>
     <w:rsid w:val="00D53177"/>
     <w:rsid w:val="00D53718"/>
     <w:rsid w:val="00D53867"/>
     <w:rsid w:val="00D54826"/>
     <w:rsid w:val="00D54B66"/>
     <w:rsid w:val="00D551AD"/>
     <w:rsid w:val="00D552A6"/>
     <w:rsid w:val="00D553FE"/>
     <w:rsid w:val="00D555EF"/>
     <w:rsid w:val="00D558B7"/>
     <w:rsid w:val="00D55D2A"/>
     <w:rsid w:val="00D55D9A"/>
     <w:rsid w:val="00D560B6"/>
     <w:rsid w:val="00D561ED"/>
     <w:rsid w:val="00D56BB2"/>
     <w:rsid w:val="00D56C17"/>
     <w:rsid w:val="00D57C68"/>
     <w:rsid w:val="00D57CBC"/>
@@ -31890,65 +31878,61 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a0ab345b-2a5a-468e-873f-32f913e42a2d" xmlns:ns3="e093a1bc-1c2e-4793-ac76-079c19000c69" xmlns:ns4="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d4e3741b9a45aabc69e8cdbbc3a8ab05" ns2:_="" ns3:_="" ns4:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009ED0D07EA1F82348A9D06929C7C3981E" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="642624a789f0d4e6706687141cc287fc">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a0ab345b-2a5a-468e-873f-32f913e42a2d" xmlns:ns3="e093a1bc-1c2e-4793-ac76-079c19000c69" xmlns:ns4="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8d67b0180d09d60a09020e18b2c61199" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="a0ab345b-2a5a-468e-873f-32f913e42a2d"/>
     <xsd:import namespace="e093a1bc-1c2e-4793-ac76-079c19000c69"/>
     <xsd:import namespace="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -32148,104 +32132,108 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a0ab345b-2a5a-468e-873f-32f913e42a2d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3BFFD334-A4B5-4225-95EF-E56DA72FBDC4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B3AD5493-2C38-4203-8D13-A094E3F3888B}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{82F95B2C-5BC4-4E4F-A499-30602661A08B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a0ab345b-2a5a-468e-873f-32f913e42a2d"/>
     <ds:schemaRef ds:uri="e093a1bc-1c2e-4793-ac76-079c19000c69"/>
     <ds:schemaRef ds:uri="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15A5D53D-DA4E-40B3-ABFA-4A26F657B1B7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a0ab345b-2a5a-468e-873f-32f913e42a2d"/>
     <ds:schemaRef ds:uri="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{53232592-3D72-418E-AFD8-410575C91995}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>27</Pages>
   <Words>4566</Words>
   <Characters>26030</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>216</Lines>
   <Paragraphs>61</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>