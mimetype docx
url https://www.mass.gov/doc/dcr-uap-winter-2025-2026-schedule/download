--- v0 (2025-11-03)
+++ v1 (2026-01-13)
@@ -4089,76 +4089,76 @@
       <w:r w:rsidRPr="00770789">
         <w:rPr>
           <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
         </w:rPr>
         <w:t>an accommodation</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00770789">
         <w:rPr>
           <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> at a program, like an ASL interpreter or a sighted guide, please let the program provider know when you're registering. Please allow at least two weeks (14 days) advance notice for accommodation requests. Program providers may not be able to fulfill last-minute requests.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48E528A1" w14:textId="77777777" w:rsidR="00B3764C" w:rsidRPr="004838DF" w:rsidRDefault="00B3764C" w:rsidP="00FA790D">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D69F303" w14:textId="6E148127" w:rsidR="00705F58" w:rsidRPr="00433D74" w:rsidRDefault="00705F58" w:rsidP="00433D74">
+    <w:p w14:paraId="3D69F303" w14:textId="29D27B59" w:rsidR="00705F58" w:rsidRPr="00433D74" w:rsidRDefault="00705F58" w:rsidP="00433D74">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk161997875"/>
       <w:r w:rsidRPr="00C63EE3">
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidR="00381CF4" w:rsidRPr="00E73694">
+      <w:r w:rsidR="001D764C" w:rsidRPr="00E73694">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C2E69B4" wp14:editId="0503B275">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C2E69B4" wp14:editId="4350C72F">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:posOffset>252730</wp:posOffset>
+              <wp:posOffset>253365</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
-              <wp:posOffset>569595</wp:posOffset>
+              <wp:posOffset>573405</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5597525" cy="2560320"/>
             <wp:effectExtent l="19050" t="19050" r="22225" b="11430"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="286307467" name="Picture 1" descr="Two people seated on a recumbent tandem cycle, smile for a photo an a trail along a river in autumn."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="286307467" name="Picture 1" descr="Two people seated on a recumbent tandem cycle, smile for a photo an a trail along a river in autumn."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId28" cstate="email">
                       <a:extLst>
                         <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                           <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a14:imgLayer r:embed="rId29">
                               <a14:imgEffect>
                                 <a14:saturation sat="101000"/>
@@ -4202,51 +4202,51 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00EF0380" w:rsidRPr="00E73694">
         <w:rPr>
           <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
         </w:rPr>
         <w:t>Adaptive C</w:t>
       </w:r>
       <w:r w:rsidR="00CE3AF7" w:rsidRPr="00E73694">
         <w:rPr>
           <w:color w:val="3B3838" w:themeColor="background2" w:themeShade="40"/>
         </w:rPr>
         <w:t>ycling</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B1962EB" w14:textId="6CDB820E" w:rsidR="00A167B9" w:rsidRPr="00365A5B" w:rsidRDefault="00330A2C" w:rsidP="00E52E92">
+    <w:p w14:paraId="4B1962EB" w14:textId="0E9CA0D3" w:rsidR="00A167B9" w:rsidRPr="00365A5B" w:rsidRDefault="00330A2C" w:rsidP="00E52E92">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00365A5B">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
         </w:rPr>
         <w:t>Herter Park,</w:t>
       </w:r>
       <w:r w:rsidR="00C013A3" w:rsidRPr="00365A5B">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidR="00C013A3" w:rsidRPr="00365A5B">
           <w:rPr>
@@ -5055,56 +5055,56 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
         </w:rPr>
         <w:t>Days and Times:</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA580B">
         <w:rPr>
           <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E026B6">
         <w:t>Sundays, 11:30 a.m.–2 p.m.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11E83DC7" w14:textId="77777777" w:rsidR="00E026B6" w:rsidRPr="00E026B6" w:rsidRDefault="00E026B6" w:rsidP="001E721B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:contextualSpacing/>
-        <w:sectPr w:rsidR="00E026B6" w:rsidRPr="00E026B6" w:rsidSect="004D2C48">
+        <w:sectPr w:rsidR="00E026B6" w:rsidRPr="00E026B6" w:rsidSect="00AF5D2D">
           <w:headerReference w:type="default" r:id="rId39"/>
           <w:footerReference w:type="default" r:id="rId40"/>
           <w:headerReference w:type="first" r:id="rId41"/>
           <w:type w:val="continuous"/>
-          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1152" w:right="1296" w:bottom="1296" w:left="1296" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="381"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1596C64D" w14:textId="1F767E1C" w:rsidR="00E026B6" w:rsidRPr="00E026B6" w:rsidRDefault="00E026B6" w:rsidP="001E721B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="00E026B6">
         <w:t>November 1</w:t>
       </w:r>
       <w:r w:rsidR="001F5165">
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00E026B6">
         <w:t>, 202</w:t>
       </w:r>
       <w:r w:rsidR="001F5165">
@@ -12719,65 +12719,79 @@
       </w:hyperlink>
       <w:r w:rsidRPr="00E026B6">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E026B6">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:bCs/>
         </w:rPr>
         <w:t>(AOA</w:t>
       </w:r>
       <w:r w:rsidRPr="00E026B6">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51397854" w14:textId="77777777" w:rsidR="00E026B6" w:rsidRPr="00E026B6" w:rsidRDefault="00E026B6" w:rsidP="009F07B5">
+    <w:p w14:paraId="51397854" w14:textId="021DB06E" w:rsidR="00E026B6" w:rsidRPr="00E026B6" w:rsidRDefault="00E026B6" w:rsidP="009F07B5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="200"/>
         <w:rPr>
           <w:rFonts w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E026B6">
         <w:rPr>
           <w:rFonts w:cs="Segoe UI"/>
         </w:rPr>
-        <w:t xml:space="preserve">Enjoy the winter woods with hiking, cross-country skiing, sit-skiing, kick sledding, or snowshoeing. </w:t>
+        <w:t xml:space="preserve">Enjoy the winter woods with hiking, cross-country skiing, sit-skiing, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E026B6">
+        <w:rPr>
+          <w:rFonts w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t>kicksledding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E026B6">
+        <w:rPr>
+          <w:rFonts w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, or snowshoeing. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E026B6">
         <w:t xml:space="preserve">Activities offered </w:t>
       </w:r>
       <w:r w:rsidRPr="00E026B6">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">may vary depending upon weather conditions. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E026B6">
         <w:rPr>
           <w:rFonts w:cs="Segoe UI"/>
         </w:rPr>
         <w:t xml:space="preserve">Instruction, adaptive equipment, and assistance provided. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24C9FCE5" w14:textId="77777777" w:rsidR="00E026B6" w:rsidRPr="00E026B6" w:rsidRDefault="00E026B6" w:rsidP="009F07B5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="200"/>
         <w:rPr>
@@ -13794,65 +13808,65 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2300, ext. 3308.</w:t>
         </w:r>
         <w:bookmarkEnd w:id="1"/>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="008F4300" w:rsidRPr="0068653D" w:rsidSect="00AC10F0">
       <w:headerReference w:type="even" r:id="rId166"/>
       <w:footerReference w:type="even" r:id="rId167"/>
       <w:headerReference w:type="first" r:id="rId168"/>
       <w:footerReference w:type="first" r:id="rId169"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1152" w:right="1296" w:bottom="1296" w:left="1296" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="381"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="75DDD7DA" w14:textId="77777777" w:rsidR="00DD3D7A" w:rsidRDefault="00DD3D7A" w:rsidP="00940BE1">
+    <w:p w14:paraId="372B90F5" w14:textId="77777777" w:rsidR="00AB21AC" w:rsidRDefault="00AB21AC" w:rsidP="00940BE1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="79D398B4" w14:textId="77777777" w:rsidR="00DD3D7A" w:rsidRDefault="00DD3D7A" w:rsidP="00940BE1">
+    <w:p w14:paraId="3F860D7F" w14:textId="77777777" w:rsidR="00AB21AC" w:rsidRDefault="00AB21AC" w:rsidP="00940BE1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2D109084" w14:textId="77777777" w:rsidR="00DD3D7A" w:rsidRDefault="00DD3D7A" w:rsidP="00940BE1"/>
+    <w:p w14:paraId="3E2B41CB" w14:textId="77777777" w:rsidR="00AB21AC" w:rsidRDefault="00AB21AC" w:rsidP="00940BE1"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -15499,65 +15513,65 @@
 <file path=word/footer8.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2D436684" w14:textId="77777777" w:rsidR="00E026B6" w:rsidRDefault="00E026B6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="0DC0AEE5" w14:textId="77777777" w:rsidR="00E026B6" w:rsidRDefault="00E026B6"/>
 </w:ftr>
 </file>
 
 <file path=word/footer9.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="585ED4CA" w14:textId="77777777" w:rsidR="004838DF" w:rsidRDefault="004838DF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="4916386D" w14:textId="77777777" w:rsidR="004838DF" w:rsidRDefault="004838DF"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3D4FA5DC" w14:textId="77777777" w:rsidR="00DD3D7A" w:rsidRDefault="00DD3D7A" w:rsidP="00940BE1">
+    <w:p w14:paraId="7CC8A6CE" w14:textId="77777777" w:rsidR="00AB21AC" w:rsidRDefault="00AB21AC" w:rsidP="00940BE1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="51D2B429" w14:textId="77777777" w:rsidR="00DD3D7A" w:rsidRDefault="00DD3D7A" w:rsidP="00940BE1">
+    <w:p w14:paraId="7087691A" w14:textId="77777777" w:rsidR="00AB21AC" w:rsidRDefault="00AB21AC" w:rsidP="00940BE1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5C0278DF" w14:textId="77777777" w:rsidR="00DD3D7A" w:rsidRDefault="00DD3D7A" w:rsidP="00940BE1"/>
+    <w:p w14:paraId="1B0680AC" w14:textId="77777777" w:rsidR="00AB21AC" w:rsidRDefault="00AB21AC" w:rsidP="00940BE1"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="18B467DA" w14:textId="3EA44928" w:rsidR="00A20FFE" w:rsidRDefault="006E36A4" w:rsidP="006E36A4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:t>10.</w:t>
     </w:r>
     <w:r w:rsidR="00711734">
       <w:t>28</w:t>
     </w:r>
     <w:r>
       <w:t>.2025</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
@@ -15627,70 +15641,70 @@
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="5E20B41F" w14:textId="77777777" w:rsidR="00285AE8" w:rsidRDefault="00285AE8"/>
   <w:p w14:paraId="27AAE666" w14:textId="77777777" w:rsidR="00285AE8" w:rsidRDefault="00285AE8"/>
 </w:hdr>
 </file>
 
 <file path=word/header8.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="401B5C95" w14:textId="77777777" w:rsidR="00285AE8" w:rsidRDefault="00285AE8">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="74BB8D3A" w14:textId="77777777" w:rsidR="00285AE8" w:rsidRDefault="00285AE8"/>
   <w:p w14:paraId="5A25E6C0" w14:textId="77777777" w:rsidR="00285AE8" w:rsidRDefault="00285AE8"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
-      <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+      <v:shapetype w14:anchorId="214C7ABB" id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1029" type="#_x0000_t75" alt="Mittens with solid fill" style="width:21.75pt;height:19.5pt;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQCo1seoEwEAAEkCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSSwU7DMBBE&#10;70j8g+UrShx6QAgl6YGUIyBUPsCyN4lFvLa8JrR/j5O2ElRtpR493jc7I7tcbuzARghkHFb8Pi84&#10;A1ROG+wq/rl+yR45oyhRy8EhVHwLxJf17U253noglmikivcx+ichSPVgJeXOA6ab1gUrYzqGTnip&#10;vmQHYlEUD0I5jIAxi5MHr8sGWvk9RLbaJHmXxGPH2fNublpVcWMnftLFSSLAQEeI9H4wSsbUTYyo&#10;j3Jl+0x5IucZ6o2nuxT8zAYaT2dK+gVq8vvf5G+s/ba39ATBaGDvMsRXaVNfoQMJWLjGqfyyx1TN&#10;Uuba1ijIm0CrmTpkOuet3Q8GGK81bxL2AePBXcwfof4FAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy&#10;2fr2M4PBMnrbUb/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb&#10;25HMsYhqlCwG5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/s&#10;FB2T0FQ7R0nTNEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3p&#10;cvwCAAD//wMAUEsDBBQABgAIAAAAIQA83tJNyQEAAM0DAAAOAAAAZHJzL2Uyb0RvYy54bWykk81u&#10;2zAMx+8D9g6C7q0dB9syI04vQYsB+wiG7gEUiY6F6guUEidvP8pWs+60oT1YJkX5zx8pen13toad&#10;AKP2ruOL25ozcNIr7Q4d//V4f7PiLCbhlDDeQccvEPnd5v279RhaaPzgjQJkJOJiO4aODymFtqqi&#10;HMCKeOsDOAr2Hq1I5OKhUihGUremaur6YzV6VAG9hBhpdzsH+WbS73uQ6UffR0jMdJzY0rTitO7z&#10;Wm3Woj2gCIOWBUO8gsIK7SjpVWorkmBH1K+QClqmIwKpkdXSU7DIeoNaEbH/pWEFPh3DjfQ2iKT3&#10;2uh0mbpdoNxpp+UOZ0L5/bRDplXHm7r5sPy0WiyXnDlh6bYfSmMXnCmIkvr+TacELrJRp4FFb7Ri&#10;vTYm30MuN4tlaXKr7P+VaW90uKfDuc/ZLjWR6r+nxve9lrD18mjBpXl0EAyV510cdIicYQt2D1QH&#10;flGLeTBiQkhyyAkz5U8ap0wm2mtgovwDlpljyK0R7blHm9+Ump2nibtcJw7OiUnabD6v6iV1R1Ko&#10;2HOC548DxvQA3rJsEBoR0CWIVpy+xsLyfKS0bE4/cRHNRFvmOw/lS5/sl3/h5jcAAAD//wMAUEsD&#10;BAoAAAAAAAAAIQB96WWHBhoAAAYaAAAUAAAAZHJzL21lZGlhL2ltYWdlMS5wbmeJUE5HDQoaCgAA&#10;AA1JSERSAAAAwAAAAMAIBgAAAFLcbAcAAAABc1JHQgCuzhzpAAAABGdBTUEAALGPC/xhBQAAAAlw&#10;SFlzAAAdhwAAHYcBj+XxZQAAGZtJREFUeF7tnXmQLEldx8FdLkHU4Fiu5VqPEAQXlMNQEbkPlVVQ&#10;FkQUCUAuWQ5FAQUEFQgWWI6QBV0wQAk2AEHkWAjYVXBBeC6PN5VZPf3e7HvTlVk982beMTM7R2XW&#10;YfyyKmuqf9Mz00dNd1XN7xPRf+y+nurMrF/ev9/3d6tbEQRBEARBEARBEARBEARBEARBEARBEARB&#10;EARBEARBEARBEARBEARBEARBEARBEARBEARBEARBEARBEMS+rMrWXbdOOQ/S3sxjA8EeFvvtu+Hv&#10;EETtSRadO2nffaYS7KNKsqNKMF8JFmrJE/xRkm8qwU5owW6A729JdlmSJBfiZxJEpQnm2YOV4K9R&#10;gl2HjTz/dGcTvXgiCZdOJXpxLv1v/B3TKdiWEuyzoXBfsNY9enf8WwRRGTbnjz1QC/5P2IjByKO1&#10;5STeWEmSSCe7EcdRkuggibduSaLVpSRcOrmjQ2jJ3hN3T1BHIKpD3G7fWQv2jh6jPytTgwejHoM4&#10;VEl0y9kkOuOhWYG/OY7bt8NlIYiJooT7Oi35udzwz8kk1gG241KIg40kLHYEwRdDya/AZSKIiaAl&#10;/0Ru+MsdY6CTIA7Wk3B5vtAR2Edw2QjiwNg8+YP7a8G/ZQzQb0XhyiK20YkQb5zf3hsIdkPss/vh&#10;shJEqcC5vZZcGKNbnItitYntcrKozUQvnIizjtDVkj8Rl5kgSkF7/Ol2xIVNaRyF2BynApSjuEnW&#10;nZkn47ITxFhseeyntXSXjfGvLGAbrATh0s1pB/Dd5Vjwn8F1IIiR0ZL/j9nsnhXY7ipF4ZTo+4nj&#10;3BbXgyCGRnns4+ma/0RkLquqTBwn4el0JlCCXYvrQhBDoTz2BmNMksdT3/AOCNxDKL+VbowFeweu&#10;E0EMRHya31MJpsGQ4s1VbGeVBtwp7KZ4c37mElw3gtgXLfhVZt1/xsP2VQuic366FJL8n3HdCGJP&#10;toT7s3YErcvSZwdhsH1b7LFH4ToSxK5oya8Bw4FRtM5EK4umA4SCfx7XkSD6Egv2sHz0PyDHtokR&#10;heCukc4EHnsaritB7ED57E1m9D/fxeZUS6K1pbQDCHY1ritB7EBL98Y6nvzsBuxh0hnN9XFdByGR&#10;rbvGC62HxvPuvZIk+RH870SD2BAzF2fGYi6VmkIIYZewGfb5r+M69yP02R9qyT+tBF+3y8F8Qy3Y&#10;V5XgL8d/QzQA5TkvMcufs/U8+tyNcGUhM2D2blznIuDzpCT/j6LBhyZ+eS7RC+2ejqB994juuo/F&#10;zyBqjJL8C2b5s34O21CtgSCazHBbuM6WsMtfriRX5nvddgihmBCS2fugKInWz+fuFuYj+Dvxs4ia&#10;ogU/ZToAfvENQHfTETyQ/OG43kry11uDNke/A7h6R6unt5dFnvNp/EyihiiRjoBNWv9bonPdbA3v&#10;vLlY50A4l+bGvzpcdBuEgVq/o8BzXlR8LlEzQG4EXmTYbeP33AjirbVsycK+X6y3kvwbxvjPjxbn&#10;AEuitGOx9aTr3r/4bKJG2JEQ1rdNxV6KwWYX6qwk+wvTKRaOx+PMeiADk80udONcV7TPnmZGwjMd&#10;/H4bQ5QZaujzV5s6Sz5n6rx2Gn91KGK9le8HkrkjP47blqgBgXBeYIzjrMTvtzFEmZKEkuybgeCX&#10;lznjWamWoOM8F7ctUQO0z55qDGJ5Hr/b5hBH+Uitffe/zeh/yxn8rZGwjnewrMJtWzfihbmL4LRM&#10;C/6bgcefD2ob8YL7kEareINMeZkjYlXpUZDwW9Ar8FdGIlo7k22y+ftx21aZuNt6gJLOK5TkX4Zj&#10;cBsEtdtHSa6VZJ6S7LOBYH8SLxy7CD+zltxyit/TdICFZp4CWeCCK32ZzIzaZQGCvtlz/xa3bdVQ&#10;nZlHgL6qFvx72MDNpztrBsLwTMcsiWFVEJ6eM7ax47tpnUHS/s9BGRz/Vm1IkuTWSjBzpt1oIp2/&#10;ONi8lkVoI9CEU1k/ocCb+QUl2ad6jNdvGbUPUNqDC9B4v9Mw+PdgwwwkIIm5ozMI9pGNuqr0acl8&#10;Yxjh7jLmTQAk28sO9QwXjhsD6HfTPG3gfkJL/uGiocK9R7y5hqsxPOAesrFihJF7O5b790uu+2O4&#10;LJVG+fyrpgOAtHmDgfU6BM6XhfU1UoKfxW06bbTv/kPRMMPz3QMb4GAGsXcipj0kP68Eex0uU2VR&#10;kv2ZaaSKC2CNS9mRbvlL9/jbcJtOC0hPBdl18hH/nDQJSCaBkbLvXR59Apevkmx2nJ9Ke667z0KQ&#10;yIGwy+xFQ/vhNp0GcKKnBDtm3qU/G5Wy1BkB4zCYazTxb23WwVVESecmKHCZS4QmA+mfzKxZkcD7&#10;ULDfhyw6pkxLp0qf7YbFROQtzlkFb1n5GAot+dvMlFlREdyqUYgN+B3clpNmy5t55vaSpzqKHqDg&#10;XczuAxdsuOyVQQn+y2b06M6OneOr6eQKdILdjNtx0pibW8k3jPGvjufbdFDAyVPWCc5uVVnBG+Je&#10;q9yQVQEOC6Cd4FIJt+EkOT9/7Ce15I4ZuGCzW2FsmwWCfQfXozLorvsb2YuNB4mOOpQUN79T3tyF&#10;0v2iMf6lU7iU1aNXwftfcF0qQyj5Z8wsMGKgSNOxm184asRtN0m0YO815ei2o6QmoaywMYaTRlNu&#10;n70R16kSqI7zSDvCTfskoYpYqZUt4fw2brtJERc1XIN1XMRKA7pT2QASxV77PrhulQCmqHQWaIZK&#10;XFnAuXpmeMdxm00SLV2TvKRKJz7DYAOUtGQfxHWrBLHffpAdYZISHcfqTmQ3v1Ocvu1pnXk3NVn6&#10;7KAQSRd0K+pJqiX7EBSw6e4RAxMWvEmnOHUryYyAV5ku3dNg24u2ou4S4Nqav/AJZYOvMtbvX0k+&#10;NS0gG79t7mpqfkoHDnTWvlS3onkctOTvMqNNyS7EdSRcPJG+sCnKrYPStXkfa0u4eLUEvA6yTlAZ&#10;Z8IeYsHvorJbxsPsIxTZkwvJdpVY3I8kSS6MfXY/OGWLxfGLkyNHboO/sx9aMmneRV2z9yDsjbry&#10;2A9wXSuDEvxvzLTb5KD5fQjPpv4soeSvx+2zH6AorQS7zk73xY+S7D+V4C/Df9MPULg2ZVicw8Wr&#10;NUaEGDp1VV0kkpMnb68lP20K2ZDcAcNQXKsmi849cPvsRixbv6IF64m9heixcOnkDsVpcEHZL642&#10;8Ni7zTMa5qwI8QppGzivwXWuDEo4rzWNX4cr95LJN7+C/ytul93Q0n1LbuCLczHE3e5wMIzCJFo/&#10;B+K9Ud5BMuGufmjJWvCdul187QdEIZr2lfwbuM6VQgl20ryAhodNYnQW86slfxJuk34oya+1Bh2t&#10;DOBUCLG151MB391Gwszj0yhdNw1wmc46QOXCSnsIfdck0QCZjMOCvflVgs3g9uhHINkLzff9VhQN&#10;eWhgBbbgE3TchxSfa/dhoHTdRKx2a9zt3rFY78qhJTfhdiCNcRiwwRyDBHjD5ZiWfMW8SFjyjICd&#10;CZTkXy8+G5StzXO3phPieNDohfSIGfJUF+tdOQKPPc+MUqCq3HDAEdCOyKvtm/aVBoTcYmaGHOvm&#10;PE5U93gaRpgl3wBF67RTNDdeO1w+lbZ1t/U43K6VQ0v2HTMalaStWVW2M8Hs77u+IvhdbGcZV3rE&#10;pneFPRc8W3n81fDf4EDWVOxJUOjx5+O2rRxassvMC/Jno3G09SsNOGvZo0pv/1Ep8Ex2ydLuSmzg&#10;SCj45Uqwb5oOMOKyqg6Ep0/apd/Q9yxTAdao5qWsNuNK3hJvrGJdm4FuKJVw0k1qSaGkoFxtOoDP&#10;jZI1fHYcozYIqy4HUv24bSsJyGZnPTaGY6xaE2rTkXNfn/SjA8GuHtRJK/D4P5oOUNrhQJyfjJjn&#10;NtwXKx90PP503LaVRQn+eTNK1TR0EvxQ7NrTfuC4U0l+RbzcvjOu717kToOry/hnRqZ4LFpex6om&#10;2sYKd2Yegdu2stQyMCOOkhjUjYv5ftOZ7NNauk/GdRwU5fErzGBQYo6FnvRL0Xgb66oTLqaXjbVT&#10;l9Y+/6QZoSoeOgnxDFBGWLIVjF6Ay8LGzeM3etydfZR57sJx/NNjAfcQh8H9JMyWe53OjXfAbVtp&#10;Au/YQ61Bxap6oZNwIZWfMW8vc64LxMzluC7jogQ7YdphyBvgvYBnNf24GQanbEBq4zatBbBZNNN/&#10;Vc6pQ2V8cGyG+NTo+VognKsgUQQuf1lAhhgzG5YsUNV0ZY48w07NUkzlJAuzD9yeBaYXqAF+Oz06&#10;lOnnf5Vgf5okzm1xucsGcm7Z3236mr1MjHs4tFudToAwWrpXprPAhI/rwKV4bdk46BUNH2RdIIAE&#10;l3MQ1ufde212Zp4c+u5rleR/pUXr8XF7sFMhJVgqKrZW3mlQk4Fbc/O+JA+S66+/ELdnbVibO3aR&#10;ElyZWaDENfBugE88aOL0GL3kx5Xkfxl3T9wdl28/Vv2b7gZpTiHkEc0g2x/Bv608/mj8t0VgFDNl&#10;6bYbekVeLjHEQ5h3x76A27J22DVwWe4AO4hj02D5lLlt+F/QsvUMXJ5BUJL9mpb8muLzwm7b1AHO&#10;4eGOI/09d/v3hLOnIK4SjMP3ppWcok7YJOOh33opbsfaEXeP3hGCGkp/+XrLqAcom3EkHTGWtWDv&#10;2BI/HNp9NkmSCwKPv0hLdmOP4Z/p7Fnu4sWUlvxj+LkWSBtqn0fszrZEIoeb1AtwO9YSWEaYl1/C&#10;2TU0UJ90nP8VCOeP8e8OQtxlD9Yeg73Kubwj+bNxuLI48EkLBLnYu4RQ8ufg3wAS2bqrfX4SDvbc&#10;w0iuFO2xV+E2rDWQTRwqBik0hybzyymEIZoM5cYvxxvMLwejffeZSvAvFTsSdFCIxx2FeD1NuB0I&#10;fhbcoPHvAcpjHzO/U3P1toPCxEKn7+IEbrvaAzIgpnJDhE7CxtkmUCh8fgguBsP65QBwkqN8941a&#10;8rniM2HjXIbKXZTJpGjJ345/G1Ad9hjTecFlnNiBVdgOJXshbrtGoAVPN4J7jbIQDH7LmVL9crTn&#10;PA5Sc/Z0pMU5kx+4THfiPD+wZBKXwaIl/67pdOvN9eMfBfDFMm0n2FHcZo0h9PkfGePrEzrZ3y+H&#10;CS3ZWxLp3Bc/az+S5OTtQVxKC3akaPig5LzXpnZcrAdjKNizcZmAXERgefz9UJOwgUaB4KW7o1SK&#10;IAvkNqMvGP7GSn7slRu+YNftZkD7kSzOXgrX50rw9fx53dkYglIG3dSOgw1aUYJ/BZcNiNvt24EL&#10;BnxnmjfkVcJm14Hcwbi9GseW5zzLVLbbQn45bFX7/H2j+uUEHec5SrCvFTsSdKyJ6xXFUaL99H4A&#10;8ingcgJa8KvMIFBxb9mJEEfbR9lVTpdaJkqy6wuGmvrlOMP75YCorJbsrelSyT7PjcGwpjm6FgSt&#10;3oXLDCRi9lLT6UHRoanx0wNiRQZC2X/GbCTabz0F0vmozmh+ObAZTjfFhdH+9M1m+VHmpnZU7GZY&#10;S3cZl92Sx083PKprTyLw+clu06ueMX7aLLe/e+dQslfBMWjR8EEWJN6qni6mdc3Y7WIslO5zbcc9&#10;rIBLiZkJBfsMbh8iA3TzA8E+rAQzTnWmwbrt2ChPjKm1c5DYjV0g2HtxnSxKMh++0zRh20EoCowp&#10;v0Yxv5MCxJC0YDcUR3vjjDbpTe2I5Msgwb+N62aBCzMzi5UcLFMHtvdJ7OO4XQ41m6eOPkAJ9rnc&#10;8LuzxumtblkpYzgNSo9DFa6jJZ6fucTWc1zluDoBYbK23lunnL4nZYcS5bsv1n56fg/uAqP65VQC&#10;s8EzL/k8rmcR29mbJia2F9a9JZDsQ7g9Di0wEijBUo9KWBLUXFirIKG+Z4IHLdzfMh1l4cShOA/d&#10;PiHjySg3/I1FCfaV1PjrmeUcU7jd7nsXUMRGnB2GVFN5fLbg78TtcGhRgr3UGD/o51TgHH9s1Ob2&#10;GtdjT8X1xYD4q6l/w6UObfZHWObu5jJ+KLGemrVe81vi2MQVmDWux67Ede3HWvfo3W2HGTWJRh2w&#10;7QKiwbgNDjVKslnz8isoojUMcEQLs1hmzEO59YJihe0EcIlmbogb5CYRbdhQR7YIDoG4/oeWfPTz&#10;W7jNagOkKCpqD4FTHvj74LruRbzYvkT7/O8gFjZ/Dvg1rSxM1a+pLOzNuBJ8R7K/Qw1EdtWyA+SB&#10;O9vaQ0ryUEn3lbiOwxL6recpyU0CjHxWmIZna0nAsi6rh8luQyCUYCZEcRL++mOjNtNbzMzlORvV&#10;5pXgfx0vz94b120c1PyxX9KSfUhJtpV3hoV2mnCjLsrbEOyShToqz3kJriORxgubnAJVPgaEEEYc&#10;uBNK/uVQsN/D9SmbVFrGeaWW/Kae34fotgkIjo0D7GXSQWKwlLKHEuWxN0AjQbhilYAZyej+dGcL&#10;oz1b1dJ9D87ZOym0YE9Qgv1bT0cAV/CS45vLwh4KhNL5A1wXIgPUGuzLjCswtfcV1BX8u6Hvvjg5&#10;cuQ2uPzTIO7M3huWXUrwU3kZfddcJJahcFEG0CnTsrEbcfkJhBauGdXKSig3LJDTDDT3rTRHPuJL&#10;9nHls8fg8lYJ7bvPUoJ/uWdWWB5d46gU4jgPddyS7DJcZgKhJX+SMbgJC8iCb4rNRlj4tFNB3aND&#10;C+oOy4aYuVhL9gwT2glLQY8/fdTNtFG5k+6VSvLzeQf2WzEs4yC10iSxoY44uz2xB1qwGWi0SWyG&#10;dxPUndRopTvOU7TgDup4xZmnBZKSoFCN/3Y/kmuvvSDwnD46p96BSsJY4kibOwzzu4I9AZeP2AUl&#10;3NemL+pgBGThphlGw15BXX4GHLNi4Q4tqDsK119//YVa8PflhgnxDmc6ZsQ0ytNnOkkIihm9HeIa&#10;UKzGzxoEJZ1fVR7rUbrWiyfSXAUH5HFrBYOV4P+Oy0PsQSz4XexLSkq8E4BreDCsHiMQ7FvTSMAc&#10;Sn6tLcNeMQDpRhyLALs3BpK/aBTVZGjbTKHaqPPZD6SwKjUkM1T5syFjKC4HsQ+w6TTGMa5bdLQz&#10;0bUSPFSCfXRaLyYQmTKe34oGdW+Ao1gQ0wXF6u16sPNasithzY9/YxBAf6cn6q7of5SMtwWDU6is&#10;jJ/Ev0sMgAmJlHwDGnGUq3+zqT2LNrWCO6HPX5OcO/kT+PcmRTa7nTade8TTGZPdMvOozDuD5F8C&#10;sTH8e4Ng/I/ETv+jcERdpWKoY7AwnXuSRgBX5uZl+LPxQBtimyUGC+pCbi6fPQ0/fxrYAPgyfP5j&#10;tZGPtIXPnBLsTfG8ey/824MQ+ux5SrId/kfREO7ZhdO0D+PnE0NSnKLN5U6fPQGMUiZLjD1xSJc5&#10;Xe3xt2/OH3sgfuY0sep1pa63wSFvrY+StmCf1F7rcbgMg9Df/+i4WU7GevdLSuiU9vtVa/vaEkp+&#10;hRI8yjvCAuTp6qQKzFkW8fylS/6NULqVvG4HoV9TzgMUwYpg04xzKQh2JBT8ZaCUjcu0H8P6H4Eb&#10;C/z7oEFAxIBs+TM/pwS7tufKf9vo22a08t1fxH9XJUApGsprpBsPGkgIvnraKGLn7ST4eiDYBwLB&#10;HobLNgj9/I9MfoVMijLPiyB4MEo2TmJA4uX2fbTPf1ct8EcvOs6d8L9XEVCIzjprPGlnNVi/g0sE&#10;GjS+Huwi17gf1v9IS36zfV4IbuGZtj/cZuO/IQ45oAphDGXcY90xMHul82ivlCYfeSsobOMyD8JO&#10;/yO2DMsm/D3ikKMFXwIDKXXzOyqwXLnl7I5Nsx4j/VTqf8SuBLcN/G/EISdXgF46iU1x6uyVgBCU&#10;uHFdCGJowMfIjP5TcvEeiCwFLXjh5ssjwZRR5O44j8R1IoiBUYJ91XSACXhglgHIuoBjXs+sINgN&#10;oNSN60YQ+2Iu5SoS5TYUGrxmF3Ao6OeSrnt/XEeC2BUl+HHTAWos+AV+S6o7ay4j4T5Bec6LcT0J&#10;oi82j9koTn1VAsJFIYmH6QSSh5OKnSBqTi56W8FToFEAF/W0E7Av4roSxA5Ulz3KrqGrmMhvWGAm&#10;yDO6S/ZCXF+C2AHctppZABzhJuwKcRCA/092OnQ1ritB9AWSgZtOsHii/vsB6/Ys+PdwPQmiL0GH&#10;/zxkQrfLIaPO0MeluBbEsd0MQ1a/W+O6EsSuKMlfoQTbtB0BXIrBN6dWS6Ms+Z+SbM/kfwTRl3Xv&#10;h/eBDCnad+dtR1CCx+CtOUoc7qQpJP/7Gq4bQQxFINizlWDX5TNCFodb5X1CtJIqvkGMM64PQYxE&#10;IJxLA8HerwQzOZJNR8jicKuWByCXmamI2ADRIOLOjXdQgr9cCfZ/xVkB4m2rsGkGhY60TKyFy04Q&#10;pdIvDtfkAZjiptlKxsMNNy4vQRwIoB6thPNmJblnO4JJnjeieNXIFCQP44W5i3A5CeLACQW/HE5f&#10;emaFCW2ac7lzkjwkpg3Im2jBPmAlJM3HbJpPH1jsATzf/A7JnRNVIZFHfhQu1wYVrxoVu/lVgh3D&#10;ZSCISqAlf6KW7FPFjgBKdGVsmq2KhPL4q/HvEkSlSKRzXy3dt+ieTTMfWfE5WluyHeoo/i2CqDSh&#10;5M8BJbie5ZFRfB5s0wy5kfO/Fezx+PkEUQsCyR+upfvBoiMe3OiaTXOflKrw/4qaQYFg78XPJIja&#10;AdKFoXRfqQQ72jMrLLSTaHk+zU+W63waJ701CoInGgmkpVWeA0H7Jm9B74dJUOSOxfGL8d8RRONI&#10;Fp17gDaolq1nxGKGjJ4gCIIgCIIgCIIgCIIgCIIgCIIgCIIgCIIgCIIgCIIgCIIgCIIgCIIgCIIg&#10;CIIgCIIgCIIgCIIgCIIgCKIc/h8k/0i8hGMOUQAAAABJRU5ErkJgglBLAwQKAAAAAAAAACEAdpc8&#10;lkEEAABBBAAAFAAAAGRycy9tZWRpYS9pbWFnZTIuc3ZnPHN2ZyB2aWV3Qm94PSIwIDAgOTYgOTYi&#10;IHhtbG5zPSJodHRwOi8vd3d3LnczLm9yZy8yMDAwL3N2ZyIgeG1sbnM6eGxpbms9Imh0dHA6Ly93&#10;d3cudzMub3JnLzE5OTkveGxpbmsiIGlkPSJJY29uc19NaXR0ZW5zIiBvdmVyZmxvdz0iaGlkZGVu&#10;Ij48cGF0aCBkPSJNNDcuNyA1My45IDQ2LjIgNTAuMkM0NS40IDQ4LjIgNDMgNDcuMiA0MSA0OEwy&#10;My40IDU1LjNDMjEuNCA1Ni4xIDIwLjQgNTguNSAyMS4yIDYwLjVMMjIuNyA2NC4yQzIzLjUgNjYu&#10;MiAyNS45IDY3LjIgMjcuOSA2Ni40TDQ1LjUgNTkuMUM0Ny42IDU4LjMgNDguNiA1NS45IDQ3Ljcg&#10;NTMuOVoiIHN0cm9rZT0iI0ZCRTVENiIgc3Ryb2tlLXdpZHRoPSIwLjk5OTg5NSIgZmlsbD0iI0ZG&#10;RkZGRiIvPjxwYXRoIGQ9Ik00Ny40IDMwLjhDNDguNSAyOC4yIDQ3LjIgMjUuMyA0NC43IDI0LjMg&#10;NDIuMiAyMy4yIDM5LjIgMjQuNSAzOC4yIDI3TDM3IDI5LjggMzQuNyAyMi41QzMxLjcgMTUuNCAy&#10;My42IDEyIDE2LjQgMTQuOSA5LjMgMTcuOSA1LjkgMjYgOC45IDMzLjJMMTkuMiA1Mi44IDQyLjQg&#10;NDMuMiA0Ny40IDMwLjhaIiBzdHJva2U9IiNGQkU1RDYiIHN0cm9rZS13aWR0aD0iMC45OTk4OTUi&#10;IGZpbGw9IiNGRkZGRkYiLz48cGF0aCBkPSJNNzIuNiA3MC4zIDU1IDYzQzUzIDYyLjIgNTAuNiA2&#10;My4xIDQ5LjggNjUuMkw0OC4zIDY4LjlDNDcuNSA3MC45IDQ4LjQgNzMuMyA1MC41IDc0LjFMNjgg&#10;ODEuNEM3MCA4Mi4yIDcyLjQgODEuMyA3My4yIDc5LjJMNzQuNyA3NS41Qzc1LjYgNzMuNSA3NC42&#10;IDcxLjEgNzIuNiA3MC4zWiIgc3Ryb2tlPSIjRkJFNUQ2IiBzdHJva2Utd2lkdGg9IjAuOTk5ODk1&#10;IiBmaWxsPSIjRkZGRkZGIi8+PHBhdGggZD0iTTc5LjYgMjkuOUM3Mi41IDI2LjkgNjQuMyAzMC4z&#10;IDYxLjMgMzcuNUw1OSA0NC44IDU3LjggNDJDNTYuNyAzOS40IDUzLjggMzguMiA1MS4zIDM5LjMg&#10;NDguNyA0MC40IDQ3LjUgNDMuMyA0OC42IDQ1LjhMNTMuNyA1OC4yIDc2LjkgNjcuOCA4Ny4yIDQ4&#10;LjJDOTAuMSA0MSA4Ni43IDMyLjkgNzkuNiAyOS45WiIgc3Ryb2tlPSIjRkJFNUQ2IiBzdHJva2Ut&#10;d2lkdGg9IjAuOTk5ODk1IiBmaWxsPSIjRkZGRkZGIi8+PC9zdmc+UEsDBBQABgAIAAAAIQAEIFAM&#10;2gAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPsPkSdxY2knNE1d0wlVAgm4wLYD&#10;3LLGazoapzTpVv49Bg7s4ifrWe99zteja8UJ+9B4UpDOEhBIlTcN1Qp22/ubJYgQNRndekIFXxhg&#10;XUyucp0Zf6ZXPG1iLTiEQqYV2Bi7TMpQWXQ6zHyHxN7B905HXvtaml6fOdy1cp4kC+l0Q9xgdYel&#10;xepjMzgFD5i6p5d0aYd6/Hwsj+/l8/GtVOp6Ot6tQEQc4/8x/OAzOhTMtPcDmSBaBfxI/J3s3S7m&#10;IPZ/KotcXrIX3wAAAP//AwBQSwMEFAAGAAgAAAAhACJWDu7HAAAApQEAABkAAABkcnMvX3JlbHMv&#10;ZTJvRG9jLnhtbC5yZWxzvJCxagMxDIb3Qt7BaO/57oZSSnxZSiFrSB9A2DqfyVk2lhuat49plgYC&#10;3TpK4v/+D21333FVZyoSEhsYuh4UsU0usDfwefx4fgUlFdnhmpgMXEhgN22etgdasbaQLCGLahQW&#10;A0ut+U1rsQtFlC5l4naZU4lY21i8zmhP6EmPff+iy28GTHdMtXcGyt6NoI6X3Jr/Zqd5Dpbek/2K&#10;xPVBhQ6xdTcgFk/VQCQX8LYcOzl70I8dhv9xGLrMPw767rnTFQAA//8DAFBLAQItABQABgAIAAAA&#10;IQCo1seoEwEAAEkCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAARAEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhADze0k3JAQAAzQMAAA4AAAAAAAAAAAAAAAAAQwIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0ACgAAAAAAAAAhAH3pZYcGGgAABhoAABQAAAAAAAAAAAAAAAAAOAQAAGRycy9tZWRpYS9pbWFn&#10;ZTEucG5nUEsBAi0ACgAAAAAAAAAhAHaXPJZBBAAAQQQAABQAAAAAAAAAAAAAAAAAcB4AAGRycy9t&#10;ZWRpYS9pbWFnZTIuc3ZnUEsBAi0AFAAGAAgAAAAhAAQgUAzaAAAAAwEAAA8AAAAAAAAAAAAAAAAA&#10;4yIAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQAiVg7uxwAAAKUBAAAZAAAAAAAAAAAA&#10;AAAAAOojAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAHAAcAvgEAAOgkAAAAAA==&#10;" o:bullet="t">
+      <v:shape id="_x0000_i1026" type="#_x0000_t75" alt="Mittens with solid fill" style="width:21.9pt;height:19.4pt;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQCo1seoEwEAAEkCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSSwU7DMBBE&#10;70j8g+UrShx6QAgl6YGUIyBUPsCyN4lFvLa8JrR/j5O2ElRtpR493jc7I7tcbuzARghkHFb8Pi84&#10;A1ROG+wq/rl+yR45oyhRy8EhVHwLxJf17U253noglmikivcx+ichSPVgJeXOA6ab1gUrYzqGTnip&#10;vmQHYlEUD0I5jIAxi5MHr8sGWvk9RLbaJHmXxGPH2fNublpVcWMnftLFSSLAQEeI9H4wSsbUTYyo&#10;j3Jl+0x5IucZ6o2nuxT8zAYaT2dK+gVq8vvf5G+s/ba39ATBaGDvMsRXaVNfoQMJWLjGqfyyx1TN&#10;Uuba1ijIm0CrmTpkOuet3Q8GGK81bxL2AePBXcwfof4FAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy&#10;2fr2M4PBMnrbUb/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb&#10;25HMsYhqlCwG5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/s&#10;FB2T0FQ7R0nTNEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3p&#10;cvwCAAD//wMAUEsDBBQABgAIAAAAIQA83tJNyQEAAM0DAAAOAAAAZHJzL2Uyb0RvYy54bWykk81u&#10;2zAMx+8D9g6C7q0dB9syI04vQYsB+wiG7gEUiY6F6guUEidvP8pWs+60oT1YJkX5zx8pen13toad&#10;AKP2ruOL25ozcNIr7Q4d//V4f7PiLCbhlDDeQccvEPnd5v279RhaaPzgjQJkJOJiO4aODymFtqqi&#10;HMCKeOsDOAr2Hq1I5OKhUihGUremaur6YzV6VAG9hBhpdzsH+WbS73uQ6UffR0jMdJzY0rTitO7z&#10;Wm3Woj2gCIOWBUO8gsIK7SjpVWorkmBH1K+QClqmIwKpkdXSU7DIeoNaEbH/pWEFPh3DjfQ2iKT3&#10;2uh0mbpdoNxpp+UOZ0L5/bRDplXHm7r5sPy0WiyXnDlh6bYfSmMXnCmIkvr+TacELrJRp4FFb7Ri&#10;vTYm30MuN4tlaXKr7P+VaW90uKfDuc/ZLjWR6r+nxve9lrD18mjBpXl0EAyV510cdIicYQt2D1QH&#10;flGLeTBiQkhyyAkz5U8ap0wm2mtgovwDlpljyK0R7blHm9+Ump2nibtcJw7OiUnabD6v6iV1R1Ko&#10;2HOC548DxvQA3rJsEBoR0CWIVpy+xsLyfKS0bE4/cRHNRFvmOw/lS5/sl3/h5jcAAAD//wMAUEsD&#10;BAoAAAAAAAAAIQB96WWHBhoAAAYaAAAUAAAAZHJzL21lZGlhL2ltYWdlMS5wbmeJUE5HDQoaCgAA&#10;AA1JSERSAAAAwAAAAMAIBgAAAFLcbAcAAAABc1JHQgCuzhzpAAAABGdBTUEAALGPC/xhBQAAAAlw&#10;SFlzAAAdhwAAHYcBj+XxZQAAGZtJREFUeF7tnXmQLEldx8FdLkHU4Fiu5VqPEAQXlMNQEbkPlVVQ&#10;FkQUCUAuWQ5FAQUEFQgWWI6QBV0wQAk2AEHkWAjYVXBBeC6PN5VZPf3e7HvTlVk982beMTM7R2XW&#10;YfyyKmuqf9Mz00dNd1XN7xPRf+y+nurMrF/ev9/3d6tbEQRBEARBEARBEARBEARBEARBEARBEARB&#10;EARBEARBEARBEARBEARBEARBEARBEARBEARBEARBEARBEMS+rMrWXbdOOQ/S3sxjA8EeFvvtu+Hv&#10;EETtSRadO2nffaYS7KNKsqNKMF8JFmrJE/xRkm8qwU5owW6A729JdlmSJBfiZxJEpQnm2YOV4K9R&#10;gl2HjTz/dGcTvXgiCZdOJXpxLv1v/B3TKdiWEuyzoXBfsNY9enf8WwRRGTbnjz1QC/5P2IjByKO1&#10;5STeWEmSSCe7EcdRkuggibduSaLVpSRcOrmjQ2jJ3hN3T1BHIKpD3G7fWQv2jh6jPytTgwejHoM4&#10;VEl0y9kkOuOhWYG/OY7bt8NlIYiJooT7Oi35udzwz8kk1gG241KIg40kLHYEwRdDya/AZSKIiaAl&#10;/0Ru+MsdY6CTIA7Wk3B5vtAR2Edw2QjiwNg8+YP7a8G/ZQzQb0XhyiK20YkQb5zf3hsIdkPss/vh&#10;shJEqcC5vZZcGKNbnItitYntcrKozUQvnIizjtDVkj8Rl5kgSkF7/Ol2xIVNaRyF2BynApSjuEnW&#10;nZkn47ITxFhseeyntXSXjfGvLGAbrATh0s1pB/Dd5Vjwn8F1IIiR0ZL/j9nsnhXY7ipF4ZTo+4nj&#10;3BbXgyCGRnns4+ma/0RkLquqTBwn4el0JlCCXYvrQhBDoTz2BmNMksdT3/AOCNxDKL+VbowFeweu&#10;E0EMRHya31MJpsGQ4s1VbGeVBtwp7KZ4c37mElw3gtgXLfhVZt1/xsP2VQuic366FJL8n3HdCGJP&#10;toT7s3YErcvSZwdhsH1b7LFH4ToSxK5oya8Bw4FRtM5EK4umA4SCfx7XkSD6Egv2sHz0PyDHtokR&#10;heCukc4EHnsaritB7ED57E1m9D/fxeZUS6K1pbQDCHY1ritB7EBL98Y6nvzsBuxh0hnN9XFdByGR&#10;rbvGC62HxvPuvZIk+RH870SD2BAzF2fGYi6VmkIIYZewGfb5r+M69yP02R9qyT+tBF+3y8F8Qy3Y&#10;V5XgL8d/QzQA5TkvMcufs/U8+tyNcGUhM2D2blznIuDzpCT/j6LBhyZ+eS7RC+2ejqB994juuo/F&#10;zyBqjJL8C2b5s34O21CtgSCazHBbuM6WsMtfriRX5nvddgihmBCS2fugKInWz+fuFuYj+Dvxs4ia&#10;ogU/ZToAfvENQHfTETyQ/OG43kry11uDNke/A7h6R6unt5dFnvNp/EyihiiRjoBNWv9bonPdbA3v&#10;vLlY50A4l+bGvzpcdBuEgVq/o8BzXlR8LlEzQG4EXmTYbeP33AjirbVsycK+X6y3kvwbxvjPjxbn&#10;AEuitGOx9aTr3r/4bKJG2JEQ1rdNxV6KwWYX6qwk+wvTKRaOx+PMeiADk80udONcV7TPnmZGwjMd&#10;/H4bQ5QZaujzV5s6Sz5n6rx2Gn91KGK9le8HkrkjP47blqgBgXBeYIzjrMTvtzFEmZKEkuybgeCX&#10;lznjWamWoOM8F7ctUQO0z55qDGJ5Hr/b5hBH+Uitffe/zeh/yxn8rZGwjnewrMJtWzfihbmL4LRM&#10;C/6bgcefD2ob8YL7kEareINMeZkjYlXpUZDwW9Ar8FdGIlo7k22y+ftx21aZuNt6gJLOK5TkX4Zj&#10;cBsEtdtHSa6VZJ6S7LOBYH8SLxy7CD+zltxyit/TdICFZp4CWeCCK32ZzIzaZQGCvtlz/xa3bdVQ&#10;nZlHgL6qFvx72MDNpztrBsLwTMcsiWFVEJ6eM7ax47tpnUHS/s9BGRz/Vm1IkuTWSjBzpt1oIp2/&#10;ONi8lkVoI9CEU1k/ocCb+QUl2ad6jNdvGbUPUNqDC9B4v9Mw+PdgwwwkIIm5ozMI9pGNuqr0acl8&#10;Yxjh7jLmTQAk28sO9QwXjhsD6HfTPG3gfkJL/uGiocK9R7y5hqsxPOAesrFihJF7O5b790uu+2O4&#10;LJVG+fyrpgOAtHmDgfU6BM6XhfU1UoKfxW06bbTv/kPRMMPz3QMb4GAGsXcipj0kP68Eex0uU2VR&#10;kv2ZaaSKC2CNS9mRbvlL9/jbcJtOC0hPBdl18hH/nDQJSCaBkbLvXR59Apevkmx2nJ9Ke667z0KQ&#10;yIGwy+xFQ/vhNp0GcKKnBDtm3qU/G5Wy1BkB4zCYazTxb23WwVVESecmKHCZS4QmA+mfzKxZkcD7&#10;ULDfhyw6pkxLp0qf7YbFROQtzlkFb1n5GAot+dvMlFlREdyqUYgN+B3clpNmy5t55vaSpzqKHqDg&#10;XczuAxdsuOyVQQn+y2b06M6OneOr6eQKdILdjNtx0pibW8k3jPGvjufbdFDAyVPWCc5uVVnBG+Je&#10;q9yQVQEOC6Cd4FIJt+EkOT9/7Ce15I4ZuGCzW2FsmwWCfQfXozLorvsb2YuNB4mOOpQUN79T3tyF&#10;0v2iMf6lU7iU1aNXwftfcF0qQyj5Z8wsMGKgSNOxm184asRtN0m0YO815ei2o6QmoaywMYaTRlNu&#10;n70R16kSqI7zSDvCTfskoYpYqZUt4fw2brtJERc1XIN1XMRKA7pT2QASxV77PrhulQCmqHQWaIZK&#10;XFnAuXpmeMdxm00SLV2TvKRKJz7DYAOUtGQfxHWrBLHffpAdYZISHcfqTmQ3v1Ocvu1pnXk3NVn6&#10;7KAQSRd0K+pJqiX7EBSw6e4RAxMWvEmnOHUryYyAV5ku3dNg24u2ou4S4Nqav/AJZYOvMtbvX0k+&#10;NS0gG79t7mpqfkoHDnTWvlS3onkctOTvMqNNyS7EdSRcPJG+sCnKrYPStXkfa0u4eLUEvA6yTlAZ&#10;Z8IeYsHvorJbxsPsIxTZkwvJdpVY3I8kSS6MfXY/OGWLxfGLkyNHboO/sx9aMmneRV2z9yDsjbry&#10;2A9wXSuDEvxvzLTb5KD5fQjPpv4soeSvx+2zH6AorQS7zk73xY+S7D+V4C/Df9MPULg2ZVicw8Wr&#10;NUaEGDp1VV0kkpMnb68lP20K2ZDcAcNQXKsmi849cPvsRixbv6IF64m9heixcOnkDsVpcEHZL642&#10;8Ni7zTMa5qwI8QppGzivwXWuDEo4rzWNX4cr95LJN7+C/ytul93Q0n1LbuCLczHE3e5wMIzCJFo/&#10;B+K9Ud5BMuGufmjJWvCdul187QdEIZr2lfwbuM6VQgl20ryAhodNYnQW86slfxJuk34oya+1Bh2t&#10;DOBUCLG151MB391Gwszj0yhdNw1wmc46QOXCSnsIfdck0QCZjMOCvflVgs3g9uhHINkLzff9VhQN&#10;eWhgBbbgE3TchxSfa/dhoHTdRKx2a9zt3rFY78qhJTfhdiCNcRiwwRyDBHjD5ZiWfMW8SFjyjICd&#10;CZTkXy8+G5StzXO3phPieNDohfSIGfJUF+tdOQKPPc+MUqCq3HDAEdCOyKvtm/aVBoTcYmaGHOvm&#10;PE5U93gaRpgl3wBF67RTNDdeO1w+lbZ1t/U43K6VQ0v2HTMalaStWVW2M8Hs77u+IvhdbGcZV3rE&#10;pneFPRc8W3n81fDf4EDWVOxJUOjx5+O2rRxassvMC/Jno3G09SsNOGvZo0pv/1Ep8Ex2ydLuSmzg&#10;SCj45Uqwb5oOMOKyqg6Ep0/apd/Q9yxTAdao5qWsNuNK3hJvrGJdm4FuKJVw0k1qSaGkoFxtOoDP&#10;jZI1fHYcozYIqy4HUv24bSsJyGZnPTaGY6xaE2rTkXNfn/SjA8GuHtRJK/D4P5oOUNrhQJyfjJjn&#10;NtwXKx90PP503LaVRQn+eTNK1TR0EvxQ7NrTfuC4U0l+RbzcvjOu717kToOry/hnRqZ4LFpex6om&#10;2sYKd2Yegdu2stQyMCOOkhjUjYv5ftOZ7NNauk/GdRwU5fErzGBQYo6FnvRL0Xgb66oTLqaXjbVT&#10;l9Y+/6QZoSoeOgnxDFBGWLIVjF6Ay8LGzeM3etydfZR57sJx/NNjAfcQh8H9JMyWe53OjXfAbVtp&#10;Au/YQ61Bxap6oZNwIZWfMW8vc64LxMzluC7jogQ7YdphyBvgvYBnNf24GQanbEBq4zatBbBZNNN/&#10;Vc6pQ2V8cGyG+NTo+VognKsgUQQuf1lAhhgzG5YsUNV0ZY48w07NUkzlJAuzD9yeBaYXqAF+Oz06&#10;lOnnf5Vgf5okzm1xucsGcm7Z3236mr1MjHs4tFudToAwWrpXprPAhI/rwKV4bdk46BUNH2RdIIAE&#10;l3MQ1ufde212Zp4c+u5rleR/pUXr8XF7sFMhJVgqKrZW3mlQk4Fbc/O+JA+S66+/ELdnbVibO3aR&#10;ElyZWaDENfBugE88aOL0GL3kx5Xkfxl3T9wdl28/Vv2b7gZpTiHkEc0g2x/Bv608/mj8t0VgFDNl&#10;6bYbekVeLjHEQ5h3x76A27J22DVwWe4AO4hj02D5lLlt+F/QsvUMXJ5BUJL9mpb8muLzwm7b1AHO&#10;4eGOI/09d/v3hLOnIK4SjMP3ppWcok7YJOOh33opbsfaEXeP3hGCGkp/+XrLqAcom3EkHTGWtWDv&#10;2BI/HNp9NkmSCwKPv0hLdmOP4Z/p7Fnu4sWUlvxj+LkWSBtqn0fszrZEIoeb1AtwO9YSWEaYl1/C&#10;2TU0UJ90nP8VCOeP8e8OQtxlD9Yeg73Kubwj+bNxuLI48EkLBLnYu4RQ8ufg3wAS2bqrfX4SDvbc&#10;w0iuFO2xV+E2rDWQTRwqBik0hybzyymEIZoM5cYvxxvMLwejffeZSvAvFTsSdFCIxx2FeD1NuB0I&#10;fhbcoPHvAcpjHzO/U3P1toPCxEKn7+IEbrvaAzIgpnJDhE7CxtkmUCh8fgguBsP65QBwkqN8941a&#10;8rniM2HjXIbKXZTJpGjJ345/G1Ad9hjTecFlnNiBVdgOJXshbrtGoAVPN4J7jbIQDH7LmVL9crTn&#10;PA5Sc/Z0pMU5kx+4THfiPD+wZBKXwaIl/67pdOvN9eMfBfDFMm0n2FHcZo0h9PkfGePrEzrZ3y+H&#10;CS3ZWxLp3Bc/az+S5OTtQVxKC3akaPig5LzXpnZcrAdjKNizcZmAXERgefz9UJOwgUaB4KW7o1SK&#10;IAvkNqMvGP7GSn7slRu+YNftZkD7kSzOXgrX50rw9fx53dkYglIG3dSOgw1aUYJ/BZcNiNvt24EL&#10;BnxnmjfkVcJm14Hcwbi9GseW5zzLVLbbQn45bFX7/H2j+uUEHec5SrCvFTsSdKyJ6xXFUaL99H4A&#10;8ingcgJa8KvMIFBxb9mJEEfbR9lVTpdaJkqy6wuGmvrlOMP75YCorJbsrelSyT7PjcGwpjm6FgSt&#10;3oXLDCRi9lLT6UHRoanx0wNiRQZC2X/GbCTabz0F0vmozmh+ObAZTjfFhdH+9M1m+VHmpnZU7GZY&#10;S3cZl92Sx083PKprTyLw+clu06ueMX7aLLe/e+dQslfBMWjR8EEWJN6qni6mdc3Y7WIslO5zbcc9&#10;rIBLiZkJBfsMbh8iA3TzA8E+rAQzTnWmwbrt2ChPjKm1c5DYjV0g2HtxnSxKMh++0zRh20EoCowp&#10;v0Yxv5MCxJC0YDcUR3vjjDbpTe2I5Msgwb+N62aBCzMzi5UcLFMHtvdJ7OO4XQ41m6eOPkAJ9rnc&#10;8LuzxumtblkpYzgNSo9DFa6jJZ6fucTWc1zluDoBYbK23lunnL4nZYcS5bsv1n56fg/uAqP65VQC&#10;s8EzL/k8rmcR29mbJia2F9a9JZDsQ7g9Di0wEijBUo9KWBLUXFirIKG+Z4IHLdzfMh1l4cShOA/d&#10;PiHjySg3/I1FCfaV1PjrmeUcU7jd7nsXUMRGnB2GVFN5fLbg78TtcGhRgr3UGD/o51TgHH9s1Ob2&#10;GtdjT8X1xYD4q6l/w6UObfZHWObu5jJ+KLGemrVe81vi2MQVmDWux67Ede3HWvfo3W2HGTWJRh2w&#10;7QKiwbgNDjVKslnz8isoojUMcEQLs1hmzEO59YJihe0EcIlmbogb5CYRbdhQR7YIDoG4/oeWfPTz&#10;W7jNagOkKCpqD4FTHvj74LruRbzYvkT7/O8gFjZ/Dvg1rSxM1a+pLOzNuBJ8R7K/Qw1EdtWyA+SB&#10;O9vaQ0ryUEn3lbiOwxL6recpyU0CjHxWmIZna0nAsi6rh8luQyCUYCZEcRL++mOjNtNbzMzlORvV&#10;5pXgfx0vz94b120c1PyxX9KSfUhJtpV3hoV2mnCjLsrbEOyShToqz3kJriORxgubnAJVPgaEEEYc&#10;uBNK/uVQsN/D9SmbVFrGeaWW/Kae34fotgkIjo0D7GXSQWKwlLKHEuWxN0AjQbhilYAZyej+dGcL&#10;oz1b1dJ9D87ZOym0YE9Qgv1bT0cAV/CS45vLwh4KhNL5A1wXIgPUGuzLjCswtfcV1BX8u6Hvvjg5&#10;cuQ2uPzTIO7M3huWXUrwU3kZfddcJJahcFEG0CnTsrEbcfkJhBauGdXKSig3LJDTDDT3rTRHPuJL&#10;9nHls8fg8lYJ7bvPUoJ/uWdWWB5d46gU4jgPddyS7DJcZgKhJX+SMbgJC8iCb4rNRlj4tFNB3aND&#10;C+oOy4aYuVhL9gwT2glLQY8/fdTNtFG5k+6VSvLzeQf2WzEs4yC10iSxoY44uz2xB1qwGWi0SWyG&#10;dxPUndRopTvOU7TgDup4xZmnBZKSoFCN/3Y/kmuvvSDwnD46p96BSsJY4kibOwzzu4I9AZeP2AUl&#10;3NemL+pgBGThphlGw15BXX4GHLNi4Q4tqDsK119//YVa8PflhgnxDmc6ZsQ0ytNnOkkIihm9HeIa&#10;UKzGzxoEJZ1fVR7rUbrWiyfSXAUH5HFrBYOV4P+Oy0PsQSz4XexLSkq8E4BreDCsHiMQ7FvTSMAc&#10;Sn6tLcNeMQDpRhyLALs3BpK/aBTVZGjbTKHaqPPZD6SwKjUkM1T5syFjKC4HsQ+w6TTGMa5bdLQz&#10;0bUSPFSCfXRaLyYQmTKe34oGdW+Ao1gQ0wXF6u16sPNasithzY9/YxBAf6cn6q7of5SMtwWDU6is&#10;jJ/Ev0sMgAmJlHwDGnGUq3+zqT2LNrWCO6HPX5OcO/kT+PcmRTa7nTade8TTGZPdMvOozDuD5F8C&#10;sTH8e4Ng/I/ETv+jcERdpWKoY7AwnXuSRgBX5uZl+LPxQBtimyUGC+pCbi6fPQ0/fxrYAPgyfP5j&#10;tZGPtIXPnBLsTfG8ey/824MQ+ux5SrId/kfREO7ZhdO0D+PnE0NSnKLN5U6fPQGMUiZLjD1xSJc5&#10;Xe3xt2/OH3sgfuY0sep1pa63wSFvrY+StmCf1F7rcbgMg9Df/+i4WU7GevdLSuiU9vtVa/vaEkp+&#10;hRI8yjvCAuTp6qQKzFkW8fylS/6NULqVvG4HoV9TzgMUwYpg04xzKQh2JBT8ZaCUjcu0H8P6H4Eb&#10;C/z7oEFAxIBs+TM/pwS7tufKf9vo22a08t1fxH9XJUApGsprpBsPGkgIvnraKGLn7ST4eiDYBwLB&#10;HobLNgj9/I9MfoVMijLPiyB4MEo2TmJA4uX2fbTPf1ct8EcvOs6d8L9XEVCIzjprPGlnNVi/g0sE&#10;GjS+Huwi17gf1v9IS36zfV4IbuGZtj/cZuO/IQ45oAphDGXcY90xMHul82ivlCYfeSsobOMyD8JO&#10;/yO2DMsm/D3ikKMFXwIDKXXzOyqwXLnl7I5Nsx4j/VTqf8SuBLcN/G/EISdXgF46iU1x6uyVgBCU&#10;uHFdCGJowMfIjP5TcvEeiCwFLXjh5ssjwZRR5O44j8R1IoiBUYJ91XSACXhglgHIuoBjXs+sINgN&#10;oNSN60YQ+2Iu5SoS5TYUGrxmF3Ao6OeSrnt/XEeC2BUl+HHTAWos+AV+S6o7ay4j4T5Bec6LcT0J&#10;oi82j9koTn1VAsJFIYmH6QSSh5OKnSBqTi56W8FToFEAF/W0E7Av4roSxA5Ulz3KrqGrmMhvWGAm&#10;yDO6S/ZCXF+C2AHctppZABzhJuwKcRCA/092OnQ1ritB9AWSgZtOsHii/vsB6/Ys+PdwPQmiL0GH&#10;/zxkQrfLIaPO0MeluBbEsd0MQ1a/W+O6EsSuKMlfoQTbtB0BXIrBN6dWS6Ms+Z+SbM/kfwTRl3Xv&#10;h/eBDCnad+dtR1CCx+CtOUoc7qQpJP/7Gq4bQQxFINizlWDX5TNCFodb5X1CtJIqvkGMM64PQYxE&#10;IJxLA8HerwQzOZJNR8jicKuWByCXmamI2ADRIOLOjXdQgr9cCfZ/xVkB4m2rsGkGhY60TKyFy04Q&#10;pdIvDtfkAZjiptlKxsMNNy4vQRwIoB6thPNmJblnO4JJnjeieNXIFCQP44W5i3A5CeLACQW/HE5f&#10;emaFCW2ac7lzkjwkpg3Im2jBPmAlJM3HbJpPH1jsATzf/A7JnRNVIZFHfhQu1wYVrxoVu/lVgh3D&#10;ZSCISqAlf6KW7FPFjgBKdGVsmq2KhPL4q/HvEkSlSKRzXy3dt+ieTTMfWfE5WluyHeoo/i2CqDSh&#10;5M8BJbie5ZFRfB5s0wy5kfO/Fezx+PkEUQsCyR+upfvBoiMe3OiaTXOflKrw/4qaQYFg78XPJIja&#10;AdKFoXRfqQQ72jMrLLSTaHk+zU+W63waJ701CoInGgmkpVWeA0H7Jm9B74dJUOSOxfGL8d8RRONI&#10;Fp17gDaolq1nxGKGjJ4gCIIgCIIgCIIgCIIgCIIgCIIgCIIgCIIgCIIgCIIgCIIgCIIgCIIgCIIg&#10;CIIgCIIgCIIgCIIgCIIgCKIc/h8k/0i8hGMOUQAAAABJRU5ErkJgglBLAwQKAAAAAAAAACEAdpc8&#10;lkEEAABBBAAAFAAAAGRycy9tZWRpYS9pbWFnZTIuc3ZnPHN2ZyB2aWV3Qm94PSIwIDAgOTYgOTYi&#10;IHhtbG5zPSJodHRwOi8vd3d3LnczLm9yZy8yMDAwL3N2ZyIgeG1sbnM6eGxpbms9Imh0dHA6Ly93&#10;d3cudzMub3JnLzE5OTkveGxpbmsiIGlkPSJJY29uc19NaXR0ZW5zIiBvdmVyZmxvdz0iaGlkZGVu&#10;Ij48cGF0aCBkPSJNNDcuNyA1My45IDQ2LjIgNTAuMkM0NS40IDQ4LjIgNDMgNDcuMiA0MSA0OEwy&#10;My40IDU1LjNDMjEuNCA1Ni4xIDIwLjQgNTguNSAyMS4yIDYwLjVMMjIuNyA2NC4yQzIzLjUgNjYu&#10;MiAyNS45IDY3LjIgMjcuOSA2Ni40TDQ1LjUgNTkuMUM0Ny42IDU4LjMgNDguNiA1NS45IDQ3Ljcg&#10;NTMuOVoiIHN0cm9rZT0iI0ZCRTVENiIgc3Ryb2tlLXdpZHRoPSIwLjk5OTg5NSIgZmlsbD0iI0ZG&#10;RkZGRiIvPjxwYXRoIGQ9Ik00Ny40IDMwLjhDNDguNSAyOC4yIDQ3LjIgMjUuMyA0NC43IDI0LjMg&#10;NDIuMiAyMy4yIDM5LjIgMjQuNSAzOC4yIDI3TDM3IDI5LjggMzQuNyAyMi41QzMxLjcgMTUuNCAy&#10;My42IDEyIDE2LjQgMTQuOSA5LjMgMTcuOSA1LjkgMjYgOC45IDMzLjJMMTkuMiA1Mi44IDQyLjQg&#10;NDMuMiA0Ny40IDMwLjhaIiBzdHJva2U9IiNGQkU1RDYiIHN0cm9rZS13aWR0aD0iMC45OTk4OTUi&#10;IGZpbGw9IiNGRkZGRkYiLz48cGF0aCBkPSJNNzIuNiA3MC4zIDU1IDYzQzUzIDYyLjIgNTAuNiA2&#10;My4xIDQ5LjggNjUuMkw0OC4zIDY4LjlDNDcuNSA3MC45IDQ4LjQgNzMuMyA1MC41IDc0LjFMNjgg&#10;ODEuNEM3MCA4Mi4yIDcyLjQgODEuMyA3My4yIDc5LjJMNzQuNyA3NS41Qzc1LjYgNzMuNSA3NC42&#10;IDcxLjEgNzIuNiA3MC4zWiIgc3Ryb2tlPSIjRkJFNUQ2IiBzdHJva2Utd2lkdGg9IjAuOTk5ODk1&#10;IiBmaWxsPSIjRkZGRkZGIi8+PHBhdGggZD0iTTc5LjYgMjkuOUM3Mi41IDI2LjkgNjQuMyAzMC4z&#10;IDYxLjMgMzcuNUw1OSA0NC44IDU3LjggNDJDNTYuNyAzOS40IDUzLjggMzguMiA1MS4zIDM5LjMg&#10;NDguNyA0MC40IDQ3LjUgNDMuMyA0OC42IDQ1LjhMNTMuNyA1OC4yIDc2LjkgNjcuOCA4Ny4yIDQ4&#10;LjJDOTAuMSA0MSA4Ni43IDMyLjkgNzkuNiAyOS45WiIgc3Ryb2tlPSIjRkJFNUQ2IiBzdHJva2Ut&#10;d2lkdGg9IjAuOTk5ODk1IiBmaWxsPSIjRkZGRkZGIi8+PC9zdmc+UEsDBBQABgAIAAAAIQAEIFAM&#10;2gAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPsPkSdxY2knNE1d0wlVAgm4wLYD&#10;3LLGazoapzTpVv49Bg7s4ifrWe99zteja8UJ+9B4UpDOEhBIlTcN1Qp22/ubJYgQNRndekIFXxhg&#10;XUyucp0Zf6ZXPG1iLTiEQqYV2Bi7TMpQWXQ6zHyHxN7B905HXvtaml6fOdy1cp4kC+l0Q9xgdYel&#10;xepjMzgFD5i6p5d0aYd6/Hwsj+/l8/GtVOp6Ot6tQEQc4/8x/OAzOhTMtPcDmSBaBfxI/J3s3S7m&#10;IPZ/KotcXrIX3wAAAP//AwBQSwMEFAAGAAgAAAAhACJWDu7HAAAApQEAABkAAABkcnMvX3JlbHMv&#10;ZTJvRG9jLnhtbC5yZWxzvJCxagMxDIb3Qt7BaO/57oZSSnxZSiFrSB9A2DqfyVk2lhuat49plgYC&#10;3TpK4v/+D21333FVZyoSEhsYuh4UsU0usDfwefx4fgUlFdnhmpgMXEhgN22etgdasbaQLCGLahQW&#10;A0ut+U1rsQtFlC5l4naZU4lY21i8zmhP6EmPff+iy28GTHdMtXcGyt6NoI6X3Jr/Zqd5Dpbek/2K&#10;xPVBhQ6xdTcgFk/VQCQX8LYcOzl70I8dhv9xGLrMPw767rnTFQAA//8DAFBLAQItABQABgAIAAAA&#10;IQCo1seoEwEAAEkCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAARAEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhADze0k3JAQAAzQMAAA4AAAAAAAAAAAAAAAAAQwIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0ACgAAAAAAAAAhAH3pZYcGGgAABhoAABQAAAAAAAAAAAAAAAAAOAQAAGRycy9tZWRpYS9pbWFn&#10;ZTEucG5nUEsBAi0ACgAAAAAAAAAhAHaXPJZBBAAAQQQAABQAAAAAAAAAAAAAAAAAcB4AAGRycy9t&#10;ZWRpYS9pbWFnZTIuc3ZnUEsBAi0AFAAGAAgAAAAhAAQgUAzaAAAAAwEAAA8AAAAAAAAAAAAAAAAA&#10;4yIAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQAiVg7uxwAAAKUBAAAZAAAAAAAAAAAA&#10;AAAAAOojAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAHAAcAvgEAAOgkAAAAAA==&#10;" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="" croptop="-6485f" cropbottom="-6656f" cropleft="-2817f"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0EFA44EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0D6AF8E2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -16590,51 +16604,51 @@
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1681851250">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1466124667">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1473013573">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="555432561">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3073"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007C4736"/>
     <w:rsid w:val="000000C9"/>
     <w:rsid w:val="00000599"/>
     <w:rsid w:val="00001042"/>
     <w:rsid w:val="000010FC"/>
@@ -17700,50 +17714,51 @@
     <w:rsid w:val="001D328F"/>
     <w:rsid w:val="001D3D0D"/>
     <w:rsid w:val="001D3E27"/>
     <w:rsid w:val="001D4067"/>
     <w:rsid w:val="001D4229"/>
     <w:rsid w:val="001D43D0"/>
     <w:rsid w:val="001D4698"/>
     <w:rsid w:val="001D4A58"/>
     <w:rsid w:val="001D5013"/>
     <w:rsid w:val="001D50E0"/>
     <w:rsid w:val="001D56AA"/>
     <w:rsid w:val="001D56AD"/>
     <w:rsid w:val="001D576B"/>
     <w:rsid w:val="001D58C3"/>
     <w:rsid w:val="001D5A37"/>
     <w:rsid w:val="001D5D9A"/>
     <w:rsid w:val="001D5DB1"/>
     <w:rsid w:val="001D6008"/>
     <w:rsid w:val="001D6250"/>
     <w:rsid w:val="001D6B50"/>
     <w:rsid w:val="001D6FC5"/>
     <w:rsid w:val="001D7127"/>
     <w:rsid w:val="001D7222"/>
     <w:rsid w:val="001D7317"/>
     <w:rsid w:val="001D737D"/>
+    <w:rsid w:val="001D764C"/>
     <w:rsid w:val="001D7D40"/>
     <w:rsid w:val="001E109D"/>
     <w:rsid w:val="001E1321"/>
     <w:rsid w:val="001E1466"/>
     <w:rsid w:val="001E1467"/>
     <w:rsid w:val="001E1D61"/>
     <w:rsid w:val="001E2DAA"/>
     <w:rsid w:val="001E3015"/>
     <w:rsid w:val="001E3248"/>
     <w:rsid w:val="001E3299"/>
     <w:rsid w:val="001E3417"/>
     <w:rsid w:val="001E38E0"/>
     <w:rsid w:val="001E3BC8"/>
     <w:rsid w:val="001E3C51"/>
     <w:rsid w:val="001E3C56"/>
     <w:rsid w:val="001E3EEE"/>
     <w:rsid w:val="001E44EB"/>
     <w:rsid w:val="001E474D"/>
     <w:rsid w:val="001E47F6"/>
     <w:rsid w:val="001E4832"/>
     <w:rsid w:val="001E55B5"/>
     <w:rsid w:val="001E572C"/>
     <w:rsid w:val="001E59F6"/>
     <w:rsid w:val="001E5B50"/>
     <w:rsid w:val="001E6042"/>
@@ -20844,50 +20859,51 @@
     <w:rsid w:val="007657F3"/>
     <w:rsid w:val="00765A1A"/>
     <w:rsid w:val="00765CD2"/>
     <w:rsid w:val="007665D1"/>
     <w:rsid w:val="007669CD"/>
     <w:rsid w:val="00766A1C"/>
     <w:rsid w:val="00766CFF"/>
     <w:rsid w:val="00766F4B"/>
     <w:rsid w:val="00766F73"/>
     <w:rsid w:val="00767B8C"/>
     <w:rsid w:val="0077000C"/>
     <w:rsid w:val="0077025E"/>
     <w:rsid w:val="0077065D"/>
     <w:rsid w:val="00770789"/>
     <w:rsid w:val="00770900"/>
     <w:rsid w:val="00770A7A"/>
     <w:rsid w:val="00771082"/>
     <w:rsid w:val="007710DD"/>
     <w:rsid w:val="007711C9"/>
     <w:rsid w:val="00771653"/>
     <w:rsid w:val="00771707"/>
     <w:rsid w:val="0077170D"/>
     <w:rsid w:val="00771E78"/>
     <w:rsid w:val="00771FF6"/>
     <w:rsid w:val="0077218A"/>
+    <w:rsid w:val="00772382"/>
     <w:rsid w:val="007723BB"/>
     <w:rsid w:val="007727AA"/>
     <w:rsid w:val="00772923"/>
     <w:rsid w:val="00772FFD"/>
     <w:rsid w:val="00773664"/>
     <w:rsid w:val="00773C56"/>
     <w:rsid w:val="007743AA"/>
     <w:rsid w:val="00774B55"/>
     <w:rsid w:val="00774DF7"/>
     <w:rsid w:val="0077526A"/>
     <w:rsid w:val="007753A3"/>
     <w:rsid w:val="00775792"/>
     <w:rsid w:val="0077680E"/>
     <w:rsid w:val="007768F8"/>
     <w:rsid w:val="00776BA0"/>
     <w:rsid w:val="00776E29"/>
     <w:rsid w:val="00777000"/>
     <w:rsid w:val="00777058"/>
     <w:rsid w:val="00777089"/>
     <w:rsid w:val="007770DF"/>
     <w:rsid w:val="00777566"/>
     <w:rsid w:val="0077783B"/>
     <w:rsid w:val="00777894"/>
     <w:rsid w:val="00777AEA"/>
     <w:rsid w:val="00777C11"/>
@@ -21063,50 +21079,51 @@
     <w:rsid w:val="007C314E"/>
     <w:rsid w:val="007C347A"/>
     <w:rsid w:val="007C3512"/>
     <w:rsid w:val="007C3C1A"/>
     <w:rsid w:val="007C3D52"/>
     <w:rsid w:val="007C4089"/>
     <w:rsid w:val="007C43C4"/>
     <w:rsid w:val="007C4736"/>
     <w:rsid w:val="007C499B"/>
     <w:rsid w:val="007C5409"/>
     <w:rsid w:val="007C571A"/>
     <w:rsid w:val="007C5F1D"/>
     <w:rsid w:val="007C6166"/>
     <w:rsid w:val="007C640E"/>
     <w:rsid w:val="007C67AC"/>
     <w:rsid w:val="007C69DD"/>
     <w:rsid w:val="007C768A"/>
     <w:rsid w:val="007C7CC0"/>
     <w:rsid w:val="007C7D5F"/>
     <w:rsid w:val="007C7D96"/>
     <w:rsid w:val="007D0091"/>
     <w:rsid w:val="007D0BDD"/>
     <w:rsid w:val="007D0BE8"/>
     <w:rsid w:val="007D0E16"/>
     <w:rsid w:val="007D1C0B"/>
+    <w:rsid w:val="007D1C5C"/>
     <w:rsid w:val="007D2359"/>
     <w:rsid w:val="007D2499"/>
     <w:rsid w:val="007D265A"/>
     <w:rsid w:val="007D2668"/>
     <w:rsid w:val="007D2707"/>
     <w:rsid w:val="007D2851"/>
     <w:rsid w:val="007D2B53"/>
     <w:rsid w:val="007D31F4"/>
     <w:rsid w:val="007D3654"/>
     <w:rsid w:val="007D376A"/>
     <w:rsid w:val="007D3BF5"/>
     <w:rsid w:val="007D3C4C"/>
     <w:rsid w:val="007D3EAE"/>
     <w:rsid w:val="007D3FA9"/>
     <w:rsid w:val="007D42A6"/>
     <w:rsid w:val="007D4455"/>
     <w:rsid w:val="007D457E"/>
     <w:rsid w:val="007D48D7"/>
     <w:rsid w:val="007D4EC5"/>
     <w:rsid w:val="007D5085"/>
     <w:rsid w:val="007D55E0"/>
     <w:rsid w:val="007D57B3"/>
     <w:rsid w:val="007D602A"/>
     <w:rsid w:val="007D60DE"/>
     <w:rsid w:val="007D6CFB"/>
@@ -22445,50 +22462,51 @@
     <w:rsid w:val="00A379AA"/>
     <w:rsid w:val="00A37C12"/>
     <w:rsid w:val="00A37CF2"/>
     <w:rsid w:val="00A40329"/>
     <w:rsid w:val="00A4041D"/>
     <w:rsid w:val="00A405B0"/>
     <w:rsid w:val="00A405D6"/>
     <w:rsid w:val="00A405F7"/>
     <w:rsid w:val="00A4070D"/>
     <w:rsid w:val="00A40908"/>
     <w:rsid w:val="00A40B25"/>
     <w:rsid w:val="00A40BBF"/>
     <w:rsid w:val="00A40C1B"/>
     <w:rsid w:val="00A40FD5"/>
     <w:rsid w:val="00A4110A"/>
     <w:rsid w:val="00A41823"/>
     <w:rsid w:val="00A41910"/>
     <w:rsid w:val="00A41A40"/>
     <w:rsid w:val="00A41F3E"/>
     <w:rsid w:val="00A41FA1"/>
     <w:rsid w:val="00A42145"/>
     <w:rsid w:val="00A42325"/>
     <w:rsid w:val="00A42456"/>
     <w:rsid w:val="00A42C09"/>
     <w:rsid w:val="00A430BA"/>
+    <w:rsid w:val="00A43141"/>
     <w:rsid w:val="00A4321D"/>
     <w:rsid w:val="00A437A5"/>
     <w:rsid w:val="00A437D7"/>
     <w:rsid w:val="00A43828"/>
     <w:rsid w:val="00A43872"/>
     <w:rsid w:val="00A43B78"/>
     <w:rsid w:val="00A44160"/>
     <w:rsid w:val="00A44515"/>
     <w:rsid w:val="00A44756"/>
     <w:rsid w:val="00A44D03"/>
     <w:rsid w:val="00A44FB8"/>
     <w:rsid w:val="00A45583"/>
     <w:rsid w:val="00A45D49"/>
     <w:rsid w:val="00A45DA8"/>
     <w:rsid w:val="00A45E22"/>
     <w:rsid w:val="00A45FB3"/>
     <w:rsid w:val="00A463EB"/>
     <w:rsid w:val="00A46C76"/>
     <w:rsid w:val="00A46E3C"/>
     <w:rsid w:val="00A46F3E"/>
     <w:rsid w:val="00A4779F"/>
     <w:rsid w:val="00A47A86"/>
     <w:rsid w:val="00A47A97"/>
     <w:rsid w:val="00A50203"/>
     <w:rsid w:val="00A50444"/>
@@ -22702,50 +22720,51 @@
     <w:rsid w:val="00AA5D68"/>
     <w:rsid w:val="00AA6C03"/>
     <w:rsid w:val="00AA737D"/>
     <w:rsid w:val="00AA7397"/>
     <w:rsid w:val="00AA73E6"/>
     <w:rsid w:val="00AA7797"/>
     <w:rsid w:val="00AA7814"/>
     <w:rsid w:val="00AA7D66"/>
     <w:rsid w:val="00AB01A1"/>
     <w:rsid w:val="00AB03A9"/>
     <w:rsid w:val="00AB091A"/>
     <w:rsid w:val="00AB0A99"/>
     <w:rsid w:val="00AB0D38"/>
     <w:rsid w:val="00AB0E03"/>
     <w:rsid w:val="00AB0E54"/>
     <w:rsid w:val="00AB11E0"/>
     <w:rsid w:val="00AB12AD"/>
     <w:rsid w:val="00AB1345"/>
     <w:rsid w:val="00AB13CE"/>
     <w:rsid w:val="00AB179D"/>
     <w:rsid w:val="00AB1819"/>
     <w:rsid w:val="00AB18B0"/>
     <w:rsid w:val="00AB1ADA"/>
     <w:rsid w:val="00AB1BB5"/>
     <w:rsid w:val="00AB1D82"/>
+    <w:rsid w:val="00AB21AC"/>
     <w:rsid w:val="00AB23ED"/>
     <w:rsid w:val="00AB2807"/>
     <w:rsid w:val="00AB2DEB"/>
     <w:rsid w:val="00AB45F1"/>
     <w:rsid w:val="00AB471E"/>
     <w:rsid w:val="00AB4BE4"/>
     <w:rsid w:val="00AB515A"/>
     <w:rsid w:val="00AB5410"/>
     <w:rsid w:val="00AB5AD6"/>
     <w:rsid w:val="00AB5DE1"/>
     <w:rsid w:val="00AB5DFA"/>
     <w:rsid w:val="00AB6075"/>
     <w:rsid w:val="00AB6557"/>
     <w:rsid w:val="00AB658D"/>
     <w:rsid w:val="00AB68C7"/>
     <w:rsid w:val="00AB6E08"/>
     <w:rsid w:val="00AB72E8"/>
     <w:rsid w:val="00AB74A7"/>
     <w:rsid w:val="00AB79A9"/>
     <w:rsid w:val="00AC0E5D"/>
     <w:rsid w:val="00AC0EDB"/>
     <w:rsid w:val="00AC10F0"/>
     <w:rsid w:val="00AC1508"/>
     <w:rsid w:val="00AC1F3A"/>
     <w:rsid w:val="00AC2057"/>
@@ -22848,50 +22867,51 @@
     <w:rsid w:val="00AE782D"/>
     <w:rsid w:val="00AE7B64"/>
     <w:rsid w:val="00AF0693"/>
     <w:rsid w:val="00AF0733"/>
     <w:rsid w:val="00AF15FE"/>
     <w:rsid w:val="00AF1C9A"/>
     <w:rsid w:val="00AF1CB7"/>
     <w:rsid w:val="00AF1DD7"/>
     <w:rsid w:val="00AF2550"/>
     <w:rsid w:val="00AF264D"/>
     <w:rsid w:val="00AF2E0A"/>
     <w:rsid w:val="00AF2FBD"/>
     <w:rsid w:val="00AF34B2"/>
     <w:rsid w:val="00AF353E"/>
     <w:rsid w:val="00AF3A2C"/>
     <w:rsid w:val="00AF3CE1"/>
     <w:rsid w:val="00AF3CF3"/>
     <w:rsid w:val="00AF4150"/>
     <w:rsid w:val="00AF429A"/>
     <w:rsid w:val="00AF4594"/>
     <w:rsid w:val="00AF4AC8"/>
     <w:rsid w:val="00AF4BB9"/>
     <w:rsid w:val="00AF52AB"/>
     <w:rsid w:val="00AF5A89"/>
     <w:rsid w:val="00AF5CF1"/>
+    <w:rsid w:val="00AF5D2D"/>
     <w:rsid w:val="00AF5E72"/>
     <w:rsid w:val="00AF5EFE"/>
     <w:rsid w:val="00AF6963"/>
     <w:rsid w:val="00AF6C0A"/>
     <w:rsid w:val="00AF6E90"/>
     <w:rsid w:val="00AF6F14"/>
     <w:rsid w:val="00AF6F46"/>
     <w:rsid w:val="00AF721A"/>
     <w:rsid w:val="00AF76F1"/>
     <w:rsid w:val="00AF7840"/>
     <w:rsid w:val="00AF7D39"/>
     <w:rsid w:val="00AF7F0C"/>
     <w:rsid w:val="00B006CB"/>
     <w:rsid w:val="00B00E0B"/>
     <w:rsid w:val="00B00EC6"/>
     <w:rsid w:val="00B00F1B"/>
     <w:rsid w:val="00B017F7"/>
     <w:rsid w:val="00B0196A"/>
     <w:rsid w:val="00B0218F"/>
     <w:rsid w:val="00B0271C"/>
     <w:rsid w:val="00B03755"/>
     <w:rsid w:val="00B03909"/>
     <w:rsid w:val="00B03B7E"/>
     <w:rsid w:val="00B03E91"/>
     <w:rsid w:val="00B040DC"/>
@@ -23915,93 +23935,95 @@
     <w:rsid w:val="00CD6926"/>
     <w:rsid w:val="00CD69C3"/>
     <w:rsid w:val="00CD6A76"/>
     <w:rsid w:val="00CD6DEE"/>
     <w:rsid w:val="00CD702D"/>
     <w:rsid w:val="00CD71B3"/>
     <w:rsid w:val="00CD72E4"/>
     <w:rsid w:val="00CD7AE1"/>
     <w:rsid w:val="00CD7BFD"/>
     <w:rsid w:val="00CE007A"/>
     <w:rsid w:val="00CE033A"/>
     <w:rsid w:val="00CE052A"/>
     <w:rsid w:val="00CE07C6"/>
     <w:rsid w:val="00CE0CBE"/>
     <w:rsid w:val="00CE0CC0"/>
     <w:rsid w:val="00CE0F40"/>
     <w:rsid w:val="00CE1058"/>
     <w:rsid w:val="00CE1189"/>
     <w:rsid w:val="00CE1198"/>
     <w:rsid w:val="00CE14AE"/>
     <w:rsid w:val="00CE1635"/>
     <w:rsid w:val="00CE198D"/>
     <w:rsid w:val="00CE1BB6"/>
     <w:rsid w:val="00CE1E6C"/>
     <w:rsid w:val="00CE2027"/>
+    <w:rsid w:val="00CE22BE"/>
     <w:rsid w:val="00CE25CC"/>
     <w:rsid w:val="00CE27C7"/>
     <w:rsid w:val="00CE2AFE"/>
     <w:rsid w:val="00CE3199"/>
     <w:rsid w:val="00CE32DB"/>
     <w:rsid w:val="00CE34C5"/>
     <w:rsid w:val="00CE371F"/>
     <w:rsid w:val="00CE3764"/>
     <w:rsid w:val="00CE3AF7"/>
     <w:rsid w:val="00CE3CD4"/>
     <w:rsid w:val="00CE421F"/>
     <w:rsid w:val="00CE4998"/>
     <w:rsid w:val="00CE4C3E"/>
     <w:rsid w:val="00CE4EF4"/>
     <w:rsid w:val="00CE5A5F"/>
     <w:rsid w:val="00CE5C15"/>
     <w:rsid w:val="00CE5F0D"/>
     <w:rsid w:val="00CE6368"/>
     <w:rsid w:val="00CE636D"/>
     <w:rsid w:val="00CE63AF"/>
     <w:rsid w:val="00CE6494"/>
     <w:rsid w:val="00CE64EE"/>
     <w:rsid w:val="00CE6865"/>
     <w:rsid w:val="00CE6CA1"/>
     <w:rsid w:val="00CE6D06"/>
     <w:rsid w:val="00CE75CF"/>
     <w:rsid w:val="00CE784A"/>
     <w:rsid w:val="00CE7883"/>
     <w:rsid w:val="00CE78B7"/>
     <w:rsid w:val="00CE79BA"/>
     <w:rsid w:val="00CE7DAE"/>
     <w:rsid w:val="00CE7FA2"/>
     <w:rsid w:val="00CF01CC"/>
     <w:rsid w:val="00CF041E"/>
     <w:rsid w:val="00CF04A5"/>
     <w:rsid w:val="00CF0660"/>
     <w:rsid w:val="00CF0962"/>
     <w:rsid w:val="00CF0F77"/>
     <w:rsid w:val="00CF1490"/>
     <w:rsid w:val="00CF19C8"/>
     <w:rsid w:val="00CF19EC"/>
     <w:rsid w:val="00CF1CB5"/>
     <w:rsid w:val="00CF1CD6"/>
+    <w:rsid w:val="00CF23B4"/>
     <w:rsid w:val="00CF2521"/>
     <w:rsid w:val="00CF2552"/>
     <w:rsid w:val="00CF25D3"/>
     <w:rsid w:val="00CF26D0"/>
     <w:rsid w:val="00CF2E42"/>
     <w:rsid w:val="00CF3024"/>
     <w:rsid w:val="00CF322D"/>
     <w:rsid w:val="00CF33E2"/>
     <w:rsid w:val="00CF3811"/>
     <w:rsid w:val="00CF3A3E"/>
     <w:rsid w:val="00CF3CB1"/>
     <w:rsid w:val="00CF46ED"/>
     <w:rsid w:val="00CF4B36"/>
     <w:rsid w:val="00CF4BFC"/>
     <w:rsid w:val="00CF502F"/>
     <w:rsid w:val="00CF57C4"/>
     <w:rsid w:val="00CF5DAD"/>
     <w:rsid w:val="00CF5FDC"/>
     <w:rsid w:val="00CF60BE"/>
     <w:rsid w:val="00CF6141"/>
     <w:rsid w:val="00CF6751"/>
     <w:rsid w:val="00CF67BC"/>
     <w:rsid w:val="00CF6896"/>
     <w:rsid w:val="00CF6AD2"/>
     <w:rsid w:val="00CF704C"/>
@@ -24608,50 +24630,51 @@
     <w:rsid w:val="00E012B1"/>
     <w:rsid w:val="00E015C8"/>
     <w:rsid w:val="00E0175F"/>
     <w:rsid w:val="00E01C2E"/>
     <w:rsid w:val="00E01D63"/>
     <w:rsid w:val="00E02044"/>
     <w:rsid w:val="00E026B6"/>
     <w:rsid w:val="00E0350B"/>
     <w:rsid w:val="00E03769"/>
     <w:rsid w:val="00E0435D"/>
     <w:rsid w:val="00E044D9"/>
     <w:rsid w:val="00E04660"/>
     <w:rsid w:val="00E04819"/>
     <w:rsid w:val="00E04C4A"/>
     <w:rsid w:val="00E04EA0"/>
     <w:rsid w:val="00E04EE1"/>
     <w:rsid w:val="00E053B3"/>
     <w:rsid w:val="00E058A3"/>
     <w:rsid w:val="00E05CE8"/>
     <w:rsid w:val="00E06181"/>
     <w:rsid w:val="00E06516"/>
     <w:rsid w:val="00E068BE"/>
     <w:rsid w:val="00E069C0"/>
     <w:rsid w:val="00E06D62"/>
     <w:rsid w:val="00E06DE1"/>
+    <w:rsid w:val="00E06E5B"/>
     <w:rsid w:val="00E0711D"/>
     <w:rsid w:val="00E07213"/>
     <w:rsid w:val="00E07322"/>
     <w:rsid w:val="00E07415"/>
     <w:rsid w:val="00E07DAD"/>
     <w:rsid w:val="00E07EEF"/>
     <w:rsid w:val="00E10D24"/>
     <w:rsid w:val="00E110A7"/>
     <w:rsid w:val="00E114EE"/>
     <w:rsid w:val="00E11824"/>
     <w:rsid w:val="00E11A78"/>
     <w:rsid w:val="00E11AD3"/>
     <w:rsid w:val="00E11C3D"/>
     <w:rsid w:val="00E11D47"/>
     <w:rsid w:val="00E121D1"/>
     <w:rsid w:val="00E123A8"/>
     <w:rsid w:val="00E125FD"/>
     <w:rsid w:val="00E127B2"/>
     <w:rsid w:val="00E12A00"/>
     <w:rsid w:val="00E12A13"/>
     <w:rsid w:val="00E12C8A"/>
     <w:rsid w:val="00E12D12"/>
     <w:rsid w:val="00E13AE0"/>
     <w:rsid w:val="00E13DFB"/>
     <w:rsid w:val="00E13FF1"/>
@@ -25055,50 +25078,51 @@
     <w:rsid w:val="00ED0E29"/>
     <w:rsid w:val="00ED0E96"/>
     <w:rsid w:val="00ED1044"/>
     <w:rsid w:val="00ED135C"/>
     <w:rsid w:val="00ED15B0"/>
     <w:rsid w:val="00ED16A7"/>
     <w:rsid w:val="00ED1700"/>
     <w:rsid w:val="00ED1D5F"/>
     <w:rsid w:val="00ED1F78"/>
     <w:rsid w:val="00ED25D9"/>
     <w:rsid w:val="00ED264A"/>
     <w:rsid w:val="00ED29AE"/>
     <w:rsid w:val="00ED3126"/>
     <w:rsid w:val="00ED3AD2"/>
     <w:rsid w:val="00ED41E0"/>
     <w:rsid w:val="00ED5549"/>
     <w:rsid w:val="00ED557B"/>
     <w:rsid w:val="00ED586D"/>
     <w:rsid w:val="00ED5C73"/>
     <w:rsid w:val="00ED5DAC"/>
     <w:rsid w:val="00ED62B7"/>
     <w:rsid w:val="00ED6A5F"/>
     <w:rsid w:val="00ED6C02"/>
     <w:rsid w:val="00ED6F91"/>
     <w:rsid w:val="00ED7260"/>
+    <w:rsid w:val="00ED727A"/>
     <w:rsid w:val="00ED736D"/>
     <w:rsid w:val="00ED7BBC"/>
     <w:rsid w:val="00EE008B"/>
     <w:rsid w:val="00EE04A2"/>
     <w:rsid w:val="00EE06CB"/>
     <w:rsid w:val="00EE0C73"/>
     <w:rsid w:val="00EE15CF"/>
     <w:rsid w:val="00EE2214"/>
     <w:rsid w:val="00EE245B"/>
     <w:rsid w:val="00EE2CC4"/>
     <w:rsid w:val="00EE319F"/>
     <w:rsid w:val="00EE31D3"/>
     <w:rsid w:val="00EE328E"/>
     <w:rsid w:val="00EE384C"/>
     <w:rsid w:val="00EE3EB2"/>
     <w:rsid w:val="00EE454F"/>
     <w:rsid w:val="00EE465C"/>
     <w:rsid w:val="00EE4AB3"/>
     <w:rsid w:val="00EE4E83"/>
     <w:rsid w:val="00EE555C"/>
     <w:rsid w:val="00EE58A9"/>
     <w:rsid w:val="00EE5969"/>
     <w:rsid w:val="00EE5996"/>
     <w:rsid w:val="00EE5F13"/>
     <w:rsid w:val="00EE6066"/>
@@ -25314,50 +25338,51 @@
     <w:rsid w:val="00F41010"/>
     <w:rsid w:val="00F410A4"/>
     <w:rsid w:val="00F41762"/>
     <w:rsid w:val="00F419F3"/>
     <w:rsid w:val="00F41CD5"/>
     <w:rsid w:val="00F42042"/>
     <w:rsid w:val="00F4226D"/>
     <w:rsid w:val="00F424B3"/>
     <w:rsid w:val="00F429EE"/>
     <w:rsid w:val="00F42F68"/>
     <w:rsid w:val="00F431EC"/>
     <w:rsid w:val="00F4358A"/>
     <w:rsid w:val="00F437AA"/>
     <w:rsid w:val="00F43A01"/>
     <w:rsid w:val="00F43A48"/>
     <w:rsid w:val="00F43BF4"/>
     <w:rsid w:val="00F43D08"/>
     <w:rsid w:val="00F43ED6"/>
     <w:rsid w:val="00F43EDB"/>
     <w:rsid w:val="00F44154"/>
     <w:rsid w:val="00F443AC"/>
     <w:rsid w:val="00F44481"/>
     <w:rsid w:val="00F44675"/>
     <w:rsid w:val="00F447F4"/>
     <w:rsid w:val="00F448A3"/>
+    <w:rsid w:val="00F449A3"/>
     <w:rsid w:val="00F45020"/>
     <w:rsid w:val="00F4504A"/>
     <w:rsid w:val="00F45695"/>
     <w:rsid w:val="00F456AF"/>
     <w:rsid w:val="00F4585D"/>
     <w:rsid w:val="00F45FE3"/>
     <w:rsid w:val="00F46204"/>
     <w:rsid w:val="00F46CC9"/>
     <w:rsid w:val="00F46CF0"/>
     <w:rsid w:val="00F479A5"/>
     <w:rsid w:val="00F5006C"/>
     <w:rsid w:val="00F504A9"/>
     <w:rsid w:val="00F5062E"/>
     <w:rsid w:val="00F50693"/>
     <w:rsid w:val="00F50A65"/>
     <w:rsid w:val="00F50B6F"/>
     <w:rsid w:val="00F50C94"/>
     <w:rsid w:val="00F5133F"/>
     <w:rsid w:val="00F51CDC"/>
     <w:rsid w:val="00F5231F"/>
     <w:rsid w:val="00F528CF"/>
     <w:rsid w:val="00F53037"/>
     <w:rsid w:val="00F53213"/>
     <w:rsid w:val="00F53710"/>
     <w:rsid w:val="00F538B5"/>
@@ -25739,51 +25764,51 @@
     <w:rsid w:val="00FF7642"/>
     <w:rsid w:val="00FF765C"/>
     <w:rsid w:val="00FF773C"/>
     <w:rsid w:val="00FF78E6"/>
     <w:rsid w:val="00FF79E6"/>
     <w:rsid w:val="00FF79F0"/>
     <w:rsid w:val="6A4AB778"/>
     <w:rsid w:val="6A963333"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3073"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="25B2F759"/>
   <w14:defaultImageDpi w14:val="96"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D1E8EB67-3925-4CE6-A154-611570D0CD0A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
@@ -28865,52 +28890,52 @@
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a0ab345b-2a5a-468e-873f-32f913e42a2d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009ED0D07EA1F82348A9D06929C7C3981E" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9583d6537fe4b64673ada83dfa51c532">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a0ab345b-2a5a-468e-873f-32f913e42a2d" xmlns:ns3="e093a1bc-1c2e-4793-ac76-079c19000c69" xmlns:ns4="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6a3e5216ebbf6d74b9b6f3263fd8b6cf" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009ED0D07EA1F82348A9D06929C7C3981E" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="642624a789f0d4e6706687141cc287fc">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a0ab345b-2a5a-468e-873f-32f913e42a2d" xmlns:ns3="e093a1bc-1c2e-4793-ac76-079c19000c69" xmlns:ns4="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8d67b0180d09d60a09020e18b2c61199" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="a0ab345b-2a5a-468e-873f-32f913e42a2d"/>
     <xsd:import namespace="e093a1bc-1c2e-4793-ac76-079c19000c69"/>
     <xsd:import namespace="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -29138,105 +29163,105 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15A5D53D-DA4E-40B3-ABFA-4A26F657B1B7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a0ab345b-2a5a-468e-873f-32f913e42a2d"/>
     <ds:schemaRef ds:uri="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{53232592-3D72-418E-AFD8-410575C91995}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CCA6433B-97C7-47EC-ACF3-508AF9BAF7BF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F0A16069-683F-4F2E-9B4D-0BAEA104D343}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a0ab345b-2a5a-468e-873f-32f913e42a2d"/>
     <ds:schemaRef ds:uri="e093a1bc-1c2e-4793-ac76-079c19000c69"/>
     <ds:schemaRef ds:uri="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>17</Pages>
   <Words>4085</Words>
-  <Characters>23286</Characters>
+  <Characters>23285</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>194</Lines>
   <Paragraphs>54</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>27317</CharactersWithSpaces>
+  <CharactersWithSpaces>27316</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="618" baseType="variant">
       <vt:variant>
         <vt:i4>6815854</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>306</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>tel:9784642300p3308</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7274561</vt:i4>
       </vt:variant>
       <vt:variant>