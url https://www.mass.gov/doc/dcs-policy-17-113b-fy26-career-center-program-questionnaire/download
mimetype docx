--- v0 (2026-01-10)
+++ v1 (2026-03-29)
@@ -8,53 +8,53 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidRPr="00881A0F" w:rsidR="00241B2E" w:rsidP="00730331" w:rsidRDefault="00730331" w14:paraId="7C0402BE" w14:textId="4FDEBFB4">
+    <w:p w14:paraId="7C0402BE" w14:textId="4FDEBFB4" w:rsidR="00241B2E" w:rsidRPr="00881A0F" w:rsidRDefault="00730331" w:rsidP="00730331">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00881A0F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658250" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="449D0399" wp14:editId="797C445F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-492368</wp:posOffset>
@@ -81,115 +81,115 @@
                           <a:ext cx="9202092" cy="804545"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="bg1">
                             <a:lumMod val="75000"/>
                             <a:lumOff val="0"/>
                           </a:schemeClr>
                         </a:solidFill>
                         <a:ln w="38100" cmpd="sng">
                           <a:solidFill>
                             <a:schemeClr val="tx1">
                               <a:lumMod val="100000"/>
                               <a:lumOff val="0"/>
                             </a:schemeClr>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidRPr="000B26E5" w:rsidR="00730331" w:rsidP="00730331" w:rsidRDefault="00730331" w14:paraId="59755372" w14:textId="77777777">
+                          <w:p w14:paraId="59755372" w14:textId="77777777" w:rsidR="00730331" w:rsidRPr="000B26E5" w:rsidRDefault="00730331" w:rsidP="00730331">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="30"/>
                                 <w:szCs w:val="30"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="000B26E5">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="30"/>
                                 <w:szCs w:val="30"/>
                               </w:rPr>
                               <w:t>MassHire Department of Career Services</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidRPr="000B26E5" w:rsidR="00730331" w:rsidP="001A4480" w:rsidRDefault="00E409C7" w14:paraId="050F1DFA" w14:textId="06DE8F26">
+                          <w:p w14:paraId="050F1DFA" w14:textId="06DE8F26" w:rsidR="00730331" w:rsidRPr="000B26E5" w:rsidRDefault="00E409C7" w:rsidP="001A4480">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="30"/>
                                 <w:szCs w:val="30"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="30"/>
                                 <w:szCs w:val="30"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Career Center </w:t>
                             </w:r>
                             <w:r w:rsidR="00EB7AFF">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="30"/>
                                 <w:szCs w:val="30"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Annual </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="000B26E5" w:rsidR="00730331">
+                            <w:r w:rsidR="00730331" w:rsidRPr="000B26E5">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="30"/>
                                 <w:szCs w:val="30"/>
                               </w:rPr>
                               <w:t>Program Questionnaire</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidRPr="000B26E5" w:rsidR="00730331" w:rsidP="00730331" w:rsidRDefault="00730331" w14:paraId="2FFD9FF7" w14:textId="362F9101">
+                          <w:p w14:paraId="2FFD9FF7" w14:textId="362F9101" w:rsidR="00730331" w:rsidRPr="000B26E5" w:rsidRDefault="00730331" w:rsidP="00730331">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:i/>
                                 <w:iCs/>
                                 <w:sz w:val="30"/>
                                 <w:szCs w:val="30"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="000B26E5">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:i/>
                                 <w:iCs/>
                                 <w:sz w:val="30"/>
                                 <w:szCs w:val="30"/>
                               </w:rPr>
                               <w:t>Fiscal Year 202</w:t>
                             </w:r>
                             <w:r w:rsidR="00F94886">
@@ -201,3059 +201,3048 @@
                                 <w:iCs/>
                                 <w:sz w:val="30"/>
                                 <w:szCs w:val="30"/>
                               </w:rPr>
                               <w:t>6</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:pict w14:anchorId="2B832752">
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="449D0399">
+            <w:pict>
+              <v:shapetype w14:anchorId="449D0399" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 1" style="position:absolute;margin-left:-38.75pt;margin-top:-14.3pt;width:724.55pt;height:63.35pt;z-index:251658250;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1026" fillcolor="#bfbfbf [2412]" strokecolor="black [3213]" strokeweight="3pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCPHRMyOgIAAKQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vtjJkjUx4hRdug4D&#10;ugvQ7QMUWbaFSaImKbGzry8lu0m2Anso9iKIpHx4yEN6fd1rRQ7CeQmmpNNJTokwHCppmpL++H73&#10;ZkmJD8xUTIERJT0KT683r1+tO1uIGbSgKuEIghhfdLakbQi2yDLPW6GZn4AVBoM1OM0Cmq7JKsc6&#10;RNcqm+X5u6wDV1kHXHiP3tshSDcJv64FD1/r2otAVEmRW0inS+cuntlmzYrGMdtKPtJgL2ChmTSY&#10;9AR1ywIjeyefQWnJHXiow4SDzqCuJRepBqxmmv9VzUPLrEi1YHO8PbXJ/z9Y/uXwYL85Evr30KOA&#10;qQhv74H/9MTAtmWmETfOQdcKVmHiaWxZ1llfjJ/GVvvCR5Bd9xkqFJntAySgvnY6dgXrJIiOAhxP&#10;TRd9IBydq1k+y1czSjjGlvl8MV+kFKx4+to6Hz4K0CReSupQ1ITODvc+RDaseHoSk3lQsrqTSiUj&#10;DpLYKkcODEdg1wwVqr1GqoPvapHn4yCgG8dlcCcXQqdRjAgp0R/gypCupG+XU/yecG2rknrTDC38&#10;B4nQPyeBEC9loWXAFVJSx/adUaJeH0yVBjwwqYY7FqTMKGDUbFAv9LseH0Yhd1AdUUoHw6rgauOl&#10;Bfebkg7XBCv8tWdOUKI+GRyH1XQ+j3uVjPniaoaGu4zsLiPMcIQqaaBkuG7DsIt762TTYqahMwZu&#10;cIRqmdQ9sxp54yokLca1jbt2aadX55/L5hEAAP//AwBQSwMEFAAGAAgAAAAhAKkrOF7eAAAACwEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj01PwzAMhu9I/IfISNy2tEOspTSdEBInENPGx9ltvLaicUqS&#10;deXfk53g9lp+9PpxuZnNICZyvresIF0mIIgbq3tuFby/PS1yED4gaxwsk4If8rCpLi9KLLQ98Y6m&#10;fWhFLGFfoIIuhLGQ0jcdGfRLOxLH3cE6gyGOrpXa4SmWm0GukmQtDfYcL3Q40mNHzdf+aBR8viDh&#10;h2vqmSf7neJ2i6/PB6Wur+aHexCB5vAHw1k/qkMVnWp7ZO3FoGCRZbcRjWGVr0GciZssjalWcJen&#10;IKtS/v+h+gUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCPHRMyOgIAAKQEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCpKzhe3gAAAAsBAAAPAAAA&#10;AAAAAAAAAAAAAJQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnwUAAAAA&#10;">
+              <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-38.75pt;margin-top:-14.3pt;width:724.55pt;height:63.35pt;z-index:251658250;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCPHRMyOgIAAKQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vtjJkjUx4hRdug4D&#10;ugvQ7QMUWbaFSaImKbGzry8lu0m2Anso9iKIpHx4yEN6fd1rRQ7CeQmmpNNJTokwHCppmpL++H73&#10;ZkmJD8xUTIERJT0KT683r1+tO1uIGbSgKuEIghhfdLakbQi2yDLPW6GZn4AVBoM1OM0Cmq7JKsc6&#10;RNcqm+X5u6wDV1kHXHiP3tshSDcJv64FD1/r2otAVEmRW0inS+cuntlmzYrGMdtKPtJgL2ChmTSY&#10;9AR1ywIjeyefQWnJHXiow4SDzqCuJRepBqxmmv9VzUPLrEi1YHO8PbXJ/z9Y/uXwYL85Evr30KOA&#10;qQhv74H/9MTAtmWmETfOQdcKVmHiaWxZ1llfjJ/GVvvCR5Bd9xkqFJntAySgvnY6dgXrJIiOAhxP&#10;TRd9IBydq1k+y1czSjjGlvl8MV+kFKx4+to6Hz4K0CReSupQ1ITODvc+RDaseHoSk3lQsrqTSiUj&#10;DpLYKkcODEdg1wwVqr1GqoPvapHn4yCgG8dlcCcXQqdRjAgp0R/gypCupG+XU/yecG2rknrTDC38&#10;B4nQPyeBEC9loWXAFVJSx/adUaJeH0yVBjwwqYY7FqTMKGDUbFAv9LseH0Yhd1AdUUoHw6rgauOl&#10;Bfebkg7XBCv8tWdOUKI+GRyH1XQ+j3uVjPniaoaGu4zsLiPMcIQqaaBkuG7DsIt762TTYqahMwZu&#10;cIRqmdQ9sxp54yokLca1jbt2aadX55/L5hEAAP//AwBQSwMEFAAGAAgAAAAhAKkrOF7eAAAACwEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj01PwzAMhu9I/IfISNy2tEOspTSdEBInENPGx9ltvLaicUqS&#10;deXfk53g9lp+9PpxuZnNICZyvresIF0mIIgbq3tuFby/PS1yED4gaxwsk4If8rCpLi9KLLQ98Y6m&#10;fWhFLGFfoIIuhLGQ0jcdGfRLOxLH3cE6gyGOrpXa4SmWm0GukmQtDfYcL3Q40mNHzdf+aBR8viDh&#10;h2vqmSf7neJ2i6/PB6Wur+aHexCB5vAHw1k/qkMVnWp7ZO3FoGCRZbcRjWGVr0GciZssjalWcJen&#10;IKtS/v+h+gUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCPHRMyOgIAAKQEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCpKzhe3gAAAAsBAAAPAAAA&#10;AAAAAAAAAAAAAJQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnwUAAAAA&#10;" fillcolor="#bfbfbf [2412]" strokecolor="black [3213]" strokeweight="3pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidRPr="000B26E5" w:rsidR="00730331" w:rsidP="00730331" w:rsidRDefault="00730331" w14:paraId="38D1F963" w14:textId="77777777">
+                    <w:p w14:paraId="59755372" w14:textId="77777777" w:rsidR="00730331" w:rsidRPr="000B26E5" w:rsidRDefault="00730331" w:rsidP="00730331">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="30"/>
                           <w:szCs w:val="30"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="000B26E5">
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="30"/>
                           <w:szCs w:val="30"/>
                         </w:rPr>
                         <w:t>MassHire Department of Career Services</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidRPr="000B26E5" w:rsidR="00730331" w:rsidP="001A4480" w:rsidRDefault="00E409C7" w14:paraId="59EF1C69" w14:textId="06DE8F26">
+                    <w:p w14:paraId="050F1DFA" w14:textId="06DE8F26" w:rsidR="00730331" w:rsidRPr="000B26E5" w:rsidRDefault="00E409C7" w:rsidP="001A4480">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="30"/>
                           <w:szCs w:val="30"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="30"/>
                           <w:szCs w:val="30"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Career Center </w:t>
                       </w:r>
                       <w:r w:rsidR="00EB7AFF">
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="30"/>
                           <w:szCs w:val="30"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Annual </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="000B26E5" w:rsidR="00730331">
+                      <w:r w:rsidR="00730331" w:rsidRPr="000B26E5">
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="30"/>
                           <w:szCs w:val="30"/>
                         </w:rPr>
                         <w:t>Program Questionnaire</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidRPr="000B26E5" w:rsidR="00730331" w:rsidP="00730331" w:rsidRDefault="00730331" w14:paraId="67C577F8" w14:textId="362F9101">
+                    <w:p w14:paraId="2FFD9FF7" w14:textId="362F9101" w:rsidR="00730331" w:rsidRPr="000B26E5" w:rsidRDefault="00730331" w:rsidP="00730331">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:i/>
                           <w:iCs/>
                           <w:sz w:val="30"/>
                           <w:szCs w:val="30"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="000B26E5">
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:i/>
                           <w:iCs/>
                           <w:sz w:val="30"/>
                           <w:szCs w:val="30"/>
                         </w:rPr>
                         <w:t>Fiscal Year 202</w:t>
                       </w:r>
                       <w:r w:rsidR="00F94886">
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:i/>
                           <w:iCs/>
                           <w:sz w:val="30"/>
                           <w:szCs w:val="30"/>
                         </w:rPr>
                         <w:t>6</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00881A0F" w:rsidR="00730331" w:rsidP="0033794A" w:rsidRDefault="00730331" w14:paraId="57F7FD9C" w14:textId="77777777">
+    <w:p w14:paraId="57F7FD9C" w14:textId="77777777" w:rsidR="00730331" w:rsidRPr="00881A0F" w:rsidRDefault="00730331" w:rsidP="0033794A">
       <w:pPr>
         <w:ind w:left="-720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00881A0F" w:rsidR="00730331" w:rsidP="0033794A" w:rsidRDefault="00730331" w14:paraId="46B3F89A" w14:textId="77777777">
+    <w:p w14:paraId="46B3F89A" w14:textId="77777777" w:rsidR="00730331" w:rsidRPr="00881A0F" w:rsidRDefault="00730331" w:rsidP="0033794A">
       <w:pPr>
         <w:ind w:left="-720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00881A0F" w:rsidR="00730331" w:rsidP="0033794A" w:rsidRDefault="00730331" w14:paraId="344A9306" w14:textId="77777777">
+    <w:p w14:paraId="344A9306" w14:textId="77777777" w:rsidR="00730331" w:rsidRPr="00881A0F" w:rsidRDefault="00730331" w:rsidP="0033794A">
       <w:pPr>
         <w:ind w:left="-720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00881A0F" w:rsidR="00730331" w:rsidP="0033794A" w:rsidRDefault="00730331" w14:paraId="401470DB" w14:textId="77777777">
+    <w:p w14:paraId="401470DB" w14:textId="77777777" w:rsidR="00730331" w:rsidRPr="00881A0F" w:rsidRDefault="00730331" w:rsidP="0033794A">
       <w:pPr>
         <w:ind w:left="-720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00881A0F" w:rsidR="00241B2E" w:rsidP="0033794A" w:rsidRDefault="353C55D1" w14:paraId="4E2E50BB" w14:textId="2F0497B6">
+    <w:p w14:paraId="4E2E50BB" w14:textId="2F0497B6" w:rsidR="00241B2E" w:rsidRPr="00881A0F" w:rsidRDefault="353C55D1" w:rsidP="0033794A">
       <w:pPr>
         <w:ind w:left="-720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="52A46B08">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">MassHire </w:t>
       </w:r>
-      <w:r w:rsidRPr="52A46B08" w:rsidR="00A243A1">
+      <w:r w:rsidR="00A243A1" w:rsidRPr="52A46B08">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidRPr="52A46B08" w:rsidR="004757B8">
+      <w:r w:rsidR="004757B8" w:rsidRPr="52A46B08">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">areer Center </w:t>
       </w:r>
-      <w:r w:rsidRPr="52A46B08" w:rsidR="00241B2E">
+      <w:r w:rsidR="00241B2E" w:rsidRPr="52A46B08">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">Operator(s): </w:t>
       </w:r>
       <w:r w:rsidR="00A243A1">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A243A1">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A243A1">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A243A1">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A243A1">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="52A46B08" w:rsidR="00241B2E">
+      <w:r w:rsidR="00241B2E" w:rsidRPr="52A46B08">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">                             </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00881A0F" w:rsidR="00241B2E" w:rsidP="0033794A" w:rsidRDefault="00241B2E" w14:paraId="369680D2" w14:textId="59CD1409">
+    <w:p w14:paraId="369680D2" w14:textId="59CD1409" w:rsidR="00241B2E" w:rsidRPr="00881A0F" w:rsidRDefault="00241B2E" w:rsidP="0033794A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="-720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00881A0F" w:rsidR="005509DF" w:rsidP="0033794A" w:rsidRDefault="005509DF" w14:paraId="656D025F" w14:textId="77777777">
+    <w:p w14:paraId="656D025F" w14:textId="77777777" w:rsidR="005509DF" w:rsidRPr="00881A0F" w:rsidRDefault="005509DF" w:rsidP="0033794A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="-720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Hlk112228009" w:id="0"/>
+      <w:bookmarkStart w:id="0" w:name="_Hlk112228009"/>
     </w:p>
-    <w:p w:rsidRPr="00881A0F" w:rsidR="005509DF" w:rsidP="0033794A" w:rsidRDefault="00241B2E" w14:paraId="75507DD4" w14:textId="569D99A5">
+    <w:p w14:paraId="75507DD4" w14:textId="569D99A5" w:rsidR="005509DF" w:rsidRPr="00881A0F" w:rsidRDefault="00241B2E" w:rsidP="0033794A">
       <w:pPr>
         <w:ind w:left="-720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1ADC9172">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Prepared By</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="1ADC9172">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="1ADC9172" w:rsidR="005509DF">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005509DF" w:rsidRPr="1ADC9172">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00881A0F" w:rsidR="005509DF" w:rsidP="0033794A" w:rsidRDefault="005509DF" w14:paraId="69DB7A0E" w14:textId="3E6730BC">
+    <w:p w14:paraId="69DB7A0E" w14:textId="3E6730BC" w:rsidR="005509DF" w:rsidRPr="00881A0F" w:rsidRDefault="005509DF" w:rsidP="0033794A">
       <w:pPr>
         <w:ind w:left="-720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00881A0F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00881A0F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00881A0F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="1ADC9172">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Print/Type Name</w:t>
       </w:r>
       <w:r w:rsidRPr="00881A0F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00881A0F" w:rsidR="005509DF" w:rsidP="0033794A" w:rsidRDefault="005509DF" w14:paraId="24C746B1" w14:textId="77777777">
+    <w:p w14:paraId="24C746B1" w14:textId="77777777" w:rsidR="005509DF" w:rsidRPr="00881A0F" w:rsidRDefault="005509DF" w:rsidP="0033794A">
       <w:pPr>
         <w:ind w:left="-720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00881A0F" w:rsidR="005509DF" w:rsidP="0033794A" w:rsidRDefault="005509DF" w14:paraId="08F23632" w14:textId="77777777">
+    <w:p w14:paraId="08F23632" w14:textId="77777777" w:rsidR="005509DF" w:rsidRPr="00881A0F" w:rsidRDefault="005509DF" w:rsidP="0033794A">
       <w:pPr>
         <w:ind w:left="-720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00881A0F" w:rsidR="00241B2E" w:rsidP="0033794A" w:rsidRDefault="005509DF" w14:paraId="46D8CF22" w14:textId="02181F43">
+    <w:p w14:paraId="46D8CF22" w14:textId="02181F43" w:rsidR="00241B2E" w:rsidRPr="00881A0F" w:rsidRDefault="005509DF" w:rsidP="0033794A">
       <w:pPr>
         <w:ind w:left="-720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1ADC9172">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Signature</w:t>
       </w:r>
       <w:r w:rsidRPr="1ADC9172">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="1ADC9172">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ___________________________________________  </w:t>
       </w:r>
-      <w:r w:rsidRPr="1ADC9172" w:rsidR="0069078F">
+      <w:r w:rsidR="0069078F" w:rsidRPr="1ADC9172">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="1ADC9172">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="1ADC9172" w:rsidR="00241B2E">
+      <w:r w:rsidR="00241B2E" w:rsidRPr="1ADC9172">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
-      <w:r w:rsidRPr="1ADC9172" w:rsidR="00241B2E">
+      <w:r w:rsidR="00241B2E" w:rsidRPr="1ADC9172">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="1ADC9172" w:rsidR="00241B2E">
+      <w:r w:rsidR="00241B2E" w:rsidRPr="1ADC9172">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="1ADC9172" w:rsidR="006047D1">
+      <w:r w:rsidR="006047D1" w:rsidRPr="1ADC9172">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>_________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="1ADC9172" w:rsidR="00241B2E">
+      <w:r w:rsidR="00241B2E" w:rsidRPr="1ADC9172">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00881A0F" w:rsidR="00C91A15" w:rsidP="0033794A" w:rsidRDefault="00C91A15" w14:paraId="1367CE71" w14:textId="77777777">
+    <w:p w14:paraId="1367CE71" w14:textId="77777777" w:rsidR="00C91A15" w:rsidRPr="00881A0F" w:rsidRDefault="00C91A15" w:rsidP="0033794A">
       <w:pPr>
         <w:ind w:left="-720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00881A0F" w:rsidR="00241B2E" w:rsidP="00241B2E" w:rsidRDefault="00241B2E" w14:paraId="068F12D6" w14:textId="5B5909CE">
+    <w:p w14:paraId="068F12D6" w14:textId="5B5909CE" w:rsidR="00241B2E" w:rsidRPr="00881A0F" w:rsidRDefault="00241B2E" w:rsidP="00241B2E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00881A0F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                </w:t>
       </w:r>
-      <w:r w:rsidRPr="00881A0F" w:rsidR="001F07DB">
+      <w:r w:rsidR="001F07DB" w:rsidRPr="00881A0F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
-      <w:r w:rsidRPr="00881A0F" w:rsidR="005509DF">
+      <w:r w:rsidR="005509DF" w:rsidRPr="00881A0F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
-      <w:r w:rsidRPr="00881A0F" w:rsidR="006C2583">
+      <w:r w:rsidR="006C2583" w:rsidRPr="00881A0F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidRPr="00881A0F" w:rsidR="005509DF">
+      <w:r w:rsidR="005509DF" w:rsidRPr="00881A0F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Written, Electronic or </w:t>
       </w:r>
-      <w:r w:rsidRPr="00881A0F" w:rsidR="006C2583">
+      <w:r w:rsidR="006C2583" w:rsidRPr="00881A0F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Digital</w:t>
       </w:r>
-      <w:r w:rsidRPr="00881A0F" w:rsidR="001F07DB">
+      <w:r w:rsidR="001F07DB" w:rsidRPr="00881A0F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00881A0F" w:rsidR="005509DF">
+      <w:r w:rsidR="005509DF" w:rsidRPr="00881A0F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00881A0F" w:rsidR="00C91A15" w:rsidP="00241B2E" w:rsidRDefault="00C91A15" w14:paraId="14B1B48D" w14:textId="77777777">
+    <w:p w14:paraId="14B1B48D" w14:textId="77777777" w:rsidR="00C91A15" w:rsidRPr="00881A0F" w:rsidRDefault="00C91A15" w:rsidP="00241B2E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00881A0F" w:rsidR="00C91A15" w:rsidP="00C91A15" w:rsidRDefault="00C91A15" w14:paraId="367B052D" w14:textId="77777777">
+    <w:p w14:paraId="367B052D" w14:textId="77777777" w:rsidR="00C91A15" w:rsidRPr="00881A0F" w:rsidRDefault="00C91A15" w:rsidP="00C91A15">
       <w:pPr>
         <w:ind w:left="-720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00881A0F" w:rsidR="00C91A15" w:rsidP="1ADC9172" w:rsidRDefault="00C91A15" w14:paraId="2882612C" w14:textId="23D15215">
+    <w:p w14:paraId="2882612C" w14:textId="23D15215" w:rsidR="00C91A15" w:rsidRPr="00881A0F" w:rsidRDefault="00C91A15" w:rsidP="1ADC9172">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="-720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1ADC9172">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">I certify under the penalties of perjury, that the information contained in this questionnaire is true and complete to the best of my knowledge. </w:t>
+        <w:t xml:space="preserve">I certify under the penalties of </w:t>
       </w:r>
-      <w:r w:rsidRPr="1ADC9172" w:rsidR="00080152">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="1ADC9172">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>perjury,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="1ADC9172">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that the information contained in this questionnaire is true and complete to the best of my knowledge. </w:t>
+      </w:r>
+      <w:r w:rsidR="00080152" w:rsidRPr="1ADC9172">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>A signatory</w:t>
       </w:r>
       <w:r w:rsidRPr="1ADC9172">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> must be authorized to sign correspondence to MassHire Department of Career</w:t>
       </w:r>
-      <w:r w:rsidRPr="1ADC9172" w:rsidR="578491F5">
+      <w:r w:rsidR="578491F5" w:rsidRPr="1ADC9172">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="1ADC9172">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Services.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00881A0F" w:rsidR="00241B2E" w:rsidP="00241B2E" w:rsidRDefault="00241B2E" w14:paraId="731DF0DA" w14:textId="40C9819F">
+    <w:p w14:paraId="731DF0DA" w14:textId="40C9819F" w:rsidR="00241B2E" w:rsidRPr="00881A0F" w:rsidRDefault="00241B2E" w:rsidP="00241B2E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00881A0F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00881A0F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00881A0F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00881A0F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00881A0F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00881A0F" w:rsidR="005509DF">
+      <w:r w:rsidR="005509DF" w:rsidRPr="00881A0F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00881A0F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidRPr="00881A0F" w:rsidR="00237A77" w:rsidP="00DB76B0" w:rsidRDefault="00237A77" w14:paraId="2FBCAB7D" w14:textId="77777777">
+    <w:p w14:paraId="2FBCAB7D" w14:textId="77777777" w:rsidR="00237A77" w:rsidRPr="00881A0F" w:rsidRDefault="00237A77" w:rsidP="00DB76B0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15210" w:type="dxa"/>
         <w:tblInd w:w="-1085" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4500"/>
         <w:gridCol w:w="2430"/>
         <w:gridCol w:w="5310"/>
         <w:gridCol w:w="2970"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00237A77" w:rsidTr="2257A652" w14:paraId="15DC1DB5" w14:textId="77777777">
+      <w:tr w:rsidR="00237A77" w:rsidRPr="00881A0F" w14:paraId="15DC1DB5" w14:textId="77777777" w:rsidTr="2257A652">
         <w:trPr>
           <w:trHeight w:val="1250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00237A77" w:rsidP="1ADC9172" w:rsidRDefault="00237A77" w14:paraId="2B96B88D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2B96B88D" w14:textId="77777777" w:rsidR="00237A77" w:rsidRPr="00881A0F" w:rsidRDefault="00237A77" w:rsidP="1ADC9172">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00237A77" w:rsidP="1ADC9172" w:rsidRDefault="00A243A1" w14:paraId="5032CF9D" w14:textId="109C9D37">
+          <w:p w14:paraId="5032CF9D" w14:textId="109C9D37" w:rsidR="00237A77" w:rsidRPr="00881A0F" w:rsidRDefault="00A243A1" w:rsidP="1ADC9172">
             <w:pPr>
               <w:pStyle w:val="Heading7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1ADC9172">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CC</w:t>
             </w:r>
-            <w:r w:rsidRPr="1ADC9172" w:rsidR="00237A77">
+            <w:r w:rsidR="00237A77" w:rsidRPr="1ADC9172">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00C91A15" w:rsidP="1ADC9172" w:rsidRDefault="00237A77" w14:paraId="3F435143" w14:textId="77777777">
+          <w:p w14:paraId="3F435143" w14:textId="77777777" w:rsidR="00C91A15" w:rsidRPr="00881A0F" w:rsidRDefault="00237A77" w:rsidP="1ADC9172">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1ADC9172">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="1ADC9172" w:rsidR="001F07DB">
+            <w:r w:rsidR="001F07DB" w:rsidRPr="1ADC9172">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00237A77" w:rsidP="1ADC9172" w:rsidRDefault="00237A77" w14:paraId="4BD80D77" w14:textId="60C823F3">
+          <w:p w14:paraId="4BD80D77" w14:textId="60C823F3" w:rsidR="00237A77" w:rsidRPr="00881A0F" w:rsidRDefault="00237A77" w:rsidP="1ADC9172">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1ADC9172">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Site Type: Comprehensive, Affiliate, Special</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="001F07DB" w:rsidP="1ADC9172" w:rsidRDefault="001F07DB" w14:paraId="758D92CF" w14:textId="77777777">
+          <w:p w14:paraId="758D92CF" w14:textId="77777777" w:rsidR="001F07DB" w:rsidRPr="00881A0F" w:rsidRDefault="001F07DB" w:rsidP="1ADC9172">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00237A77" w:rsidP="1ADC9172" w:rsidRDefault="00A243A1" w14:paraId="3A897196" w14:textId="5C20C382">
+          <w:p w14:paraId="3A897196" w14:textId="5C20C382" w:rsidR="00237A77" w:rsidRPr="00881A0F" w:rsidRDefault="00A243A1" w:rsidP="1ADC9172">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1ADC9172">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CC</w:t>
             </w:r>
-            <w:r w:rsidRPr="1ADC9172" w:rsidR="00237A77">
+            <w:r w:rsidR="00237A77" w:rsidRPr="1ADC9172">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Director/Manager</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00237A77" w:rsidP="1ADC9172" w:rsidRDefault="00237A77" w14:paraId="45D75BC9" w14:textId="77777777">
+          <w:p w14:paraId="45D75BC9" w14:textId="77777777" w:rsidR="00237A77" w:rsidRPr="00881A0F" w:rsidRDefault="00237A77" w:rsidP="1ADC9172">
             <w:pPr>
               <w:pStyle w:val="Heading7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1ADC9172">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Name/Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2970" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="001F07DB" w:rsidP="1ADC9172" w:rsidRDefault="001F07DB" w14:paraId="7E120631" w14:textId="77777777">
+          <w:p w14:paraId="7E120631" w14:textId="77777777" w:rsidR="001F07DB" w:rsidRPr="00881A0F" w:rsidRDefault="001F07DB" w:rsidP="1ADC9172">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00237A77" w:rsidP="1ADC9172" w:rsidRDefault="001F07DB" w14:paraId="71E9151E" w14:textId="26196719">
+          <w:p w14:paraId="71E9151E" w14:textId="26196719" w:rsidR="00237A77" w:rsidRPr="00881A0F" w:rsidRDefault="001F07DB" w:rsidP="1ADC9172">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2257A652" w:rsidR="001F07DB">
-[...4 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+            <w:r w:rsidRPr="2257A652">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Service </w:t>
             </w:r>
-            <w:r w:rsidRPr="2257A652" w:rsidR="314EC166">
-[...4 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+            <w:r w:rsidR="314EC166" w:rsidRPr="2257A652">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
-            <w:r w:rsidRPr="2257A652" w:rsidR="001F07DB">
-[...4 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+            <w:r w:rsidRPr="2257A652">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>elivery: Virtual, In-Person</w:t>
             </w:r>
-            <w:r w:rsidRPr="2257A652" w:rsidR="00C91A15">
-[...4 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+            <w:r w:rsidR="00C91A15" w:rsidRPr="2257A652">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="2257A652" w:rsidR="001F07DB">
-[...4 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+            <w:r w:rsidRPr="2257A652">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>or Hybrid</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00237A77" w:rsidTr="2257A652" w14:paraId="73B788BF" w14:textId="77777777">
+      <w:tr w:rsidR="00237A77" w:rsidRPr="00881A0F" w14:paraId="73B788BF" w14:textId="77777777" w:rsidTr="2257A652">
         <w:trPr>
           <w:trHeight w:val="396"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00237A77" w:rsidP="00C33CB9" w:rsidRDefault="00237A77" w14:paraId="39E4C912" w14:textId="77777777">
+          <w:p w14:paraId="39E4C912" w14:textId="77777777" w:rsidR="00237A77" w:rsidRPr="00881A0F" w:rsidRDefault="00237A77" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="001F07DB" w:rsidP="1ADC9172" w:rsidRDefault="001F07DB" w14:paraId="386C5B55" w14:textId="5399655F">
+          <w:p w14:paraId="386C5B55" w14:textId="5399655F" w:rsidR="001F07DB" w:rsidRPr="00881A0F" w:rsidRDefault="001F07DB" w:rsidP="1ADC9172">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00237A77" w:rsidP="00C33CB9" w:rsidRDefault="00237A77" w14:paraId="6EB88F82" w14:textId="6FDE9076">
+          <w:p w14:paraId="6EB88F82" w14:textId="6FDE9076" w:rsidR="00237A77" w:rsidRPr="00881A0F" w:rsidRDefault="00237A77" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00237A77" w:rsidP="00C33CB9" w:rsidRDefault="00237A77" w14:paraId="39665E52" w14:textId="156CD342">
+          <w:p w14:paraId="39665E52" w14:textId="156CD342" w:rsidR="00237A77" w:rsidRPr="00881A0F" w:rsidRDefault="00237A77" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2970" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00237A77" w:rsidP="00C33CB9" w:rsidRDefault="00237A77" w14:paraId="273D3F71" w14:textId="67F22BE6">
+          <w:p w14:paraId="273D3F71" w14:textId="67F22BE6" w:rsidR="00237A77" w:rsidRPr="00881A0F" w:rsidRDefault="00237A77" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00237A77" w:rsidTr="2257A652" w14:paraId="3B7CE071" w14:textId="77777777">
+      <w:tr w:rsidR="00237A77" w:rsidRPr="00881A0F" w14:paraId="3B7CE071" w14:textId="77777777" w:rsidTr="2257A652">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="001F07DB" w:rsidP="1ADC9172" w:rsidRDefault="001F07DB" w14:paraId="07251510" w14:textId="7BF1EA21">
+          <w:p w14:paraId="07251510" w14:textId="7BF1EA21" w:rsidR="001F07DB" w:rsidRPr="00881A0F" w:rsidRDefault="001F07DB" w:rsidP="1ADC9172">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="001F07DB" w:rsidP="00C33CB9" w:rsidRDefault="001F07DB" w14:paraId="6305F827" w14:textId="1902949A">
+          <w:p w14:paraId="6305F827" w14:textId="1902949A" w:rsidR="001F07DB" w:rsidRPr="00881A0F" w:rsidRDefault="001F07DB" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00237A77" w:rsidP="00C33CB9" w:rsidRDefault="00237A77" w14:paraId="692DA7D3" w14:textId="4858E598">
+          <w:p w14:paraId="692DA7D3" w14:textId="4858E598" w:rsidR="00237A77" w:rsidRPr="00881A0F" w:rsidRDefault="00237A77" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00237A77" w:rsidP="00C33CB9" w:rsidRDefault="00237A77" w14:paraId="178C39AC" w14:textId="0AF1590E">
+          <w:p w14:paraId="178C39AC" w14:textId="0AF1590E" w:rsidR="00237A77" w:rsidRPr="00881A0F" w:rsidRDefault="00237A77" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2970" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00237A77" w:rsidP="00C33CB9" w:rsidRDefault="00237A77" w14:paraId="798D4429" w14:textId="508B1123">
+          <w:p w14:paraId="798D4429" w14:textId="508B1123" w:rsidR="00237A77" w:rsidRPr="00881A0F" w:rsidRDefault="00237A77" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="009341CA" w:rsidTr="2257A652" w14:paraId="76C13CF8" w14:textId="77777777">
+      <w:tr w:rsidR="009341CA" w:rsidRPr="00881A0F" w14:paraId="76C13CF8" w14:textId="77777777" w:rsidTr="2257A652">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="009341CA" w:rsidP="00C33CB9" w:rsidRDefault="009341CA" w14:paraId="6F11FE03" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6F11FE03" w14:textId="77777777" w:rsidR="009341CA" w:rsidRPr="00881A0F" w:rsidRDefault="009341CA" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="009341CA" w:rsidP="00C33CB9" w:rsidRDefault="009341CA" w14:paraId="1E4650E8" w14:textId="7987F013">
+          <w:p w14:paraId="1E4650E8" w14:textId="7987F013" w:rsidR="009341CA" w:rsidRPr="00881A0F" w:rsidRDefault="009341CA" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="009341CA" w:rsidP="00C33CB9" w:rsidRDefault="009341CA" w14:paraId="0A9A977F" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0A9A977F" w14:textId="77777777" w:rsidR="009341CA" w:rsidRPr="00881A0F" w:rsidRDefault="009341CA" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="009341CA" w:rsidP="00C33CB9" w:rsidRDefault="009341CA" w14:paraId="67B293FD" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="67B293FD" w14:textId="77777777" w:rsidR="009341CA" w:rsidRPr="00881A0F" w:rsidRDefault="009341CA" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2970" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="009341CA" w:rsidP="00C33CB9" w:rsidRDefault="009341CA" w14:paraId="48E43B3C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="48E43B3C" w14:textId="77777777" w:rsidR="009341CA" w:rsidRPr="00881A0F" w:rsidRDefault="009341CA" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00881A0F" w:rsidR="00DB76B0" w:rsidP="00DB76B0" w:rsidRDefault="00DB76B0" w14:paraId="69E7305C" w14:textId="249395D0">
+    <w:p w14:paraId="69E7305C" w14:textId="249395D0" w:rsidR="00DB76B0" w:rsidRPr="00881A0F" w:rsidRDefault="00DB76B0" w:rsidP="00DB76B0">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="240" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="2E74B5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00881A0F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="2E74B5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="00881A0F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="2E74B5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Contents</w:t>
       </w:r>
-      <w:r w:rsidRPr="00881A0F" w:rsidR="00C45A46">
+      <w:r w:rsidR="00C45A46" w:rsidRPr="00881A0F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="2E74B5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009E6E15" w:rsidR="002064FA" w:rsidP="002064FA" w:rsidRDefault="00C45A46" w14:paraId="19D42709" w14:textId="77777777">
+    <w:p w14:paraId="19D42709" w14:textId="77777777" w:rsidR="002064FA" w:rsidRPr="009E6E15" w:rsidRDefault="00C45A46" w:rsidP="002064FA">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="12950"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorEastAsia"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00881A0F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="1ADC9172" w:rsidR="002064FA">
+      <w:r w:rsidR="002064FA" w:rsidRPr="1ADC9172">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="009E6E15" w:rsidR="002064FA">
+      <w:r w:rsidR="002064FA" w:rsidRPr="009E6E15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="1ADC9172" w:rsidR="002064FA">
+      <w:r w:rsidR="002064FA" w:rsidRPr="1ADC9172">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009E6E15" w:rsidR="002064FA" w:rsidP="002064FA" w:rsidRDefault="002064FA" w14:paraId="7AEA4DD9" w14:textId="1C7C78B9">
+    <w:p w14:paraId="7AEA4DD9" w14:textId="1C7C78B9" w:rsidR="002064FA" w:rsidRPr="009E6E15" w:rsidRDefault="002064FA" w:rsidP="002064FA">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="12950"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc521323747">
+      <w:hyperlink w:anchor="_Toc521323747" w:history="1">
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">Section 1: </w:t>
         </w:r>
-        <w:r w:rsidRPr="009E6E15" w:rsidR="00907512">
+        <w:r w:rsidR="00907512" w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">  </w:t>
         </w:r>
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">MassHire Department of Career Services </w:t>
         </w:r>
-        <w:r w:rsidRPr="009E6E15" w:rsidR="008F7067">
+        <w:r w:rsidR="008F7067" w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">Unified </w:t>
         </w:r>
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">Complaint </w:t>
         </w:r>
-        <w:r w:rsidRPr="009E6E15" w:rsidR="008F7067">
+        <w:r w:rsidR="008F7067" w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">System and </w:t>
         </w:r>
-        <w:r w:rsidRPr="009E6E15" w:rsidR="00670397">
+        <w:r w:rsidR="00670397" w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">Service </w:t>
         </w:r>
-        <w:r w:rsidRPr="009E6E15" w:rsidR="008F7067">
+        <w:r w:rsidR="008F7067" w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t>Accessibility</w:t>
         </w:r>
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E6E15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E6E15" w:rsidR="009C4041">
+      <w:r w:rsidR="009C4041" w:rsidRPr="009E6E15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:t>-4</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009E6E15" w:rsidR="002064FA" w:rsidP="002064FA" w:rsidRDefault="002064FA" w14:paraId="09B965E9" w14:textId="7CFCBDC5">
+    <w:p w14:paraId="09B965E9" w14:textId="7CFCBDC5" w:rsidR="002064FA" w:rsidRPr="009E6E15" w:rsidRDefault="002064FA" w:rsidP="002064FA">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="12950"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorEastAsia"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc521323764">
+      <w:hyperlink w:anchor="_Toc521323764" w:history="1">
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">Section 2: </w:t>
         </w:r>
-        <w:r w:rsidRPr="009E6E15" w:rsidR="00907512">
+        <w:r w:rsidR="00907512" w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">  </w:t>
         </w:r>
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t>Massachusetts Federal &amp; State Law Posters</w:t>
         </w:r>
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="009E6E15" w:rsidR="009C4041">
+        <w:r w:rsidR="009C4041" w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="009E6E15" w:rsidR="002064FA" w:rsidP="002064FA" w:rsidRDefault="002064FA" w14:paraId="28875AA9" w14:textId="7FE8AD7C">
+    <w:p w14:paraId="28875AA9" w14:textId="7FE8AD7C" w:rsidR="002064FA" w:rsidRPr="009E6E15" w:rsidRDefault="002064FA" w:rsidP="002064FA">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="12950"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorEastAsia"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc521323769">
+      <w:hyperlink w:anchor="_Toc521323769" w:history="1">
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">Section 3: </w:t>
         </w:r>
-        <w:r w:rsidRPr="009E6E15" w:rsidR="00907512">
+        <w:r w:rsidR="00907512" w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">  </w:t>
         </w:r>
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">Performance Measures/Common Measures: </w:t>
         </w:r>
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="009E6E15" w:rsidR="009C4041">
+      <w:r w:rsidR="009C4041" w:rsidRPr="009E6E15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:t>6-7</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009E6E15" w:rsidR="002064FA" w:rsidP="002064FA" w:rsidRDefault="002064FA" w14:paraId="6BADD604" w14:textId="744A5E4F">
+    <w:p w14:paraId="6BADD604" w14:textId="744A5E4F" w:rsidR="002064FA" w:rsidRPr="009E6E15" w:rsidRDefault="002064FA" w:rsidP="002064FA">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="12950"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorEastAsia"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc521323779">
+      <w:hyperlink w:anchor="_Toc521323779" w:history="1">
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">Section 4: </w:t>
         </w:r>
-        <w:r w:rsidRPr="009E6E15" w:rsidR="00907512">
+        <w:r w:rsidR="00907512" w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">  </w:t>
         </w:r>
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t>WIOA Title I – Adult Dislocated Worker &amp; Trade Eligibility Determination</w:t>
         </w:r>
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="009E6E15" w:rsidR="009C4041">
+      <w:r w:rsidR="009C4041" w:rsidRPr="009E6E15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:t>7-8</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009E6E15" w:rsidR="002064FA" w:rsidP="002064FA" w:rsidRDefault="002064FA" w14:paraId="06F84261" w14:textId="3A0D4241">
+    <w:p w14:paraId="06F84261" w14:textId="3A0D4241" w:rsidR="002064FA" w:rsidRPr="009E6E15" w:rsidRDefault="002064FA" w:rsidP="002064FA">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="12950"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorEastAsia"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc521323784">
+      <w:hyperlink w:anchor="_Toc521323784" w:history="1">
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">Section 5: </w:t>
         </w:r>
-        <w:r w:rsidRPr="009E6E15" w:rsidR="00907512">
+        <w:r w:rsidR="00907512" w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">  </w:t>
         </w:r>
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t>Individual Training Account (ITA) &amp; Labor Market Information (LMI)</w:t>
         </w:r>
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="009E6E15" w:rsidR="009C4041">
+        <w:r w:rsidR="009C4041" w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="009E6E15" w:rsidR="002064FA" w:rsidP="002064FA" w:rsidRDefault="002064FA" w14:paraId="7D173E81" w14:textId="39422F91">
+    <w:p w14:paraId="7D173E81" w14:textId="39422F91" w:rsidR="002064FA" w:rsidRPr="009E6E15" w:rsidRDefault="002064FA" w:rsidP="002064FA">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="12950"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorEastAsia"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc521323794">
+      <w:hyperlink w:anchor="_Toc521323794" w:history="1">
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">Section 6: </w:t>
         </w:r>
-        <w:r w:rsidRPr="009E6E15" w:rsidR="00907512">
+        <w:r w:rsidR="00907512" w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">  </w:t>
         </w:r>
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t>Career Planning</w:t>
         </w:r>
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="009E6E15" w:rsidR="009C4041">
+        <w:r w:rsidR="009C4041" w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="009E6E15" w:rsidR="002064FA" w:rsidP="002064FA" w:rsidRDefault="002064FA" w14:paraId="7FC5CEB3" w14:textId="1699E30A">
+    <w:p w14:paraId="7FC5CEB3" w14:textId="1699E30A" w:rsidR="002064FA" w:rsidRPr="009E6E15" w:rsidRDefault="002064FA" w:rsidP="002064FA">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="12950"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorEastAsia"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc521323799">
+      <w:hyperlink w:anchor="_Toc521323799" w:history="1">
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">Section 7: </w:t>
         </w:r>
-        <w:r w:rsidRPr="009E6E15" w:rsidR="00907512">
+        <w:r w:rsidR="00907512" w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">  </w:t>
         </w:r>
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t>WIOA Title III – Wagner Peyser Services</w:t>
         </w:r>
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="009E6E15" w:rsidR="009C4041">
+        <w:r w:rsidR="009C4041" w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="009E6E15" w:rsidR="002064FA" w:rsidP="002064FA" w:rsidRDefault="002064FA" w14:paraId="6297A256" w14:textId="1066578A">
+    <w:p w14:paraId="6297A256" w14:textId="1066578A" w:rsidR="002064FA" w:rsidRPr="009E6E15" w:rsidRDefault="002064FA" w:rsidP="002064FA">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="12950"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorEastAsia"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc521323804">
+      <w:hyperlink w:anchor="_Toc521323804" w:history="1">
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t>Section 8:</w:t>
         </w:r>
-        <w:r w:rsidRPr="009E6E15" w:rsidR="00907512">
+        <w:r w:rsidR="00907512" w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">   </w:t>
         </w:r>
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t>Veteran Services</w:t>
         </w:r>
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="009E6E15" w:rsidR="009C4041">
+        <w:r w:rsidR="009C4041" w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11-12</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="009E6E15" w:rsidR="002064FA" w:rsidP="002064FA" w:rsidRDefault="002064FA" w14:paraId="6E3B9A13" w14:textId="23647DC1">
+    <w:p w14:paraId="6E3B9A13" w14:textId="23647DC1" w:rsidR="002064FA" w:rsidRPr="009E6E15" w:rsidRDefault="002064FA" w:rsidP="002064FA">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="12950"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorEastAsia"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc521323809">
+      <w:hyperlink w:anchor="_Toc521323809" w:history="1">
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t>Section 9:</w:t>
         </w:r>
-        <w:r w:rsidRPr="009E6E15" w:rsidR="00907512">
+        <w:r w:rsidR="00907512" w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">  </w:t>
         </w:r>
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve"> RESEA (Reemployment Services and Eligibility Assessment)</w:t>
         </w:r>
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E6E15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E6E15" w:rsidR="009C4041">
+      <w:r w:rsidR="009C4041" w:rsidRPr="009E6E15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:t>2-13</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009E6E15" w:rsidR="002064FA" w:rsidP="002064FA" w:rsidRDefault="002064FA" w14:paraId="7F92CD20" w14:textId="44E96ACC">
+    <w:p w14:paraId="7F92CD20" w14:textId="44E96ACC" w:rsidR="002064FA" w:rsidRPr="009E6E15" w:rsidRDefault="002064FA" w:rsidP="002064FA">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="12950"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorEastAsia"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc521323814">
+      <w:hyperlink w:anchor="_Toc521323814" w:history="1">
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t>Section 10: Migrant Seasonal Farm</w:t>
         </w:r>
-        <w:r w:rsidRPr="009E6E15" w:rsidR="009C4041">
+        <w:r w:rsidR="009C4041" w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t>w</w:t>
         </w:r>
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t>orker</w:t>
         </w:r>
-        <w:r w:rsidRPr="009E6E15" w:rsidR="009C4041">
+        <w:r w:rsidR="009C4041" w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t>s</w:t>
         </w:r>
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve"> (MSFW)</w:t>
         </w:r>
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="009E6E15" w:rsidR="009C4041">
+        <w:r w:rsidR="009C4041" w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14-16</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="009E6E15" w:rsidR="002064FA" w:rsidP="002064FA" w:rsidRDefault="002064FA" w14:paraId="3DD43924" w14:textId="55338EC1">
+    <w:p w14:paraId="3DD43924" w14:textId="55338EC1" w:rsidR="002064FA" w:rsidRPr="009E6E15" w:rsidRDefault="002064FA" w:rsidP="002064FA">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="12950"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorEastAsia"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc521323819">
+      <w:hyperlink w:anchor="_Toc521323819" w:history="1">
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t>Section 11: Foreign Labor Exchange (FLC)</w:t>
         </w:r>
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="009E6E15" w:rsidR="009C4041">
+        <w:r w:rsidR="009C4041" w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="009E6E15" w:rsidR="002064FA" w:rsidP="002064FA" w:rsidRDefault="002064FA" w14:paraId="11A0DEF1" w14:textId="26F8EABD">
+    <w:p w14:paraId="11A0DEF1" w14:textId="26F8EABD" w:rsidR="002064FA" w:rsidRPr="009E6E15" w:rsidRDefault="002064FA" w:rsidP="002064FA">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="12950"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorEastAsia"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc521323824">
+      <w:hyperlink w:anchor="_Toc521323824" w:history="1">
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t>Section 12: Youth Programs</w:t>
         </w:r>
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
-        </w:r>
-[...6 lines deleted...]
-          </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidRPr="009E6E15" w:rsidR="009C4041">
+        <w:r w:rsidR="009C4041" w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="009E6E15" w:rsidR="009C4041">
+      <w:r w:rsidR="009C4041" w:rsidRPr="009E6E15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009E6E15" w:rsidR="002064FA" w:rsidP="002064FA" w:rsidRDefault="002064FA" w14:paraId="63957441" w14:textId="2AE6A39F">
+    <w:p w14:paraId="63957441" w14:textId="2AE6A39F" w:rsidR="002064FA" w:rsidRPr="009E6E15" w:rsidRDefault="002064FA" w:rsidP="002064FA">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="12950"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc521323834">
+      <w:hyperlink w:anchor="_Toc521323834" w:history="1">
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t>Section 13: MassHire Branding Standard</w:t>
         </w:r>
         <w:r w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="009E6E15" w:rsidR="00B0497E">
+        <w:r w:rsidR="00B0497E" w:rsidRPr="009E6E15">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="009E6E15" w:rsidR="002064FA" w:rsidP="002064FA" w:rsidRDefault="002064FA" w14:paraId="7799BDFF" w14:textId="727A4117">
+    <w:p w14:paraId="7799BDFF" w14:textId="727A4117" w:rsidR="002064FA" w:rsidRPr="009E6E15" w:rsidRDefault="002064FA" w:rsidP="002064FA">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E6E15">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Section 14: WIOA Partner Engagement ………………………………………………………………………..………………</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E6E15" w:rsidR="00B0497E">
+      <w:r w:rsidR="00B0497E" w:rsidRPr="009E6E15">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>…...</w:t>
       </w:r>
       <w:r w:rsidRPr="009E6E15">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>…….</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E6E15" w:rsidR="00B0497E">
+      <w:r w:rsidR="00B0497E" w:rsidRPr="009E6E15">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20-21 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009E6E15" w:rsidR="002064FA" w:rsidP="363146B5" w:rsidRDefault="002064FA" w14:paraId="601ADE6A" w14:textId="673172B1">
+    <w:p w14:paraId="601ADE6A" w14:textId="673172B1" w:rsidR="002064FA" w:rsidRPr="009E6E15" w:rsidRDefault="002064FA" w:rsidP="363146B5">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1ADC9172">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="1ADC9172">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:t>Section 15: Virtual Services..………………………..…….…………………………………</w:t>
       </w:r>
-      <w:r w:rsidRPr="1ADC9172" w:rsidR="62FF6A92">
+      <w:r w:rsidR="62FF6A92" w:rsidRPr="1ADC9172">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:t>..</w:t>
       </w:r>
       <w:r w:rsidRPr="1ADC9172">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:t>………………………………………</w:t>
       </w:r>
-      <w:r w:rsidRPr="1ADC9172" w:rsidR="00670397">
+      <w:r w:rsidR="00670397" w:rsidRPr="1ADC9172">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:t>..</w:t>
       </w:r>
       <w:r w:rsidRPr="1ADC9172">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:t>.…</w:t>
       </w:r>
-      <w:r w:rsidRPr="1ADC9172" w:rsidR="00670397">
+      <w:r w:rsidR="00670397" w:rsidRPr="1ADC9172">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:t>21-22</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009E6E15" w:rsidR="00907512" w:rsidP="00907512" w:rsidRDefault="00907512" w14:paraId="4FE4AE83" w14:textId="77777777">
+    <w:p w14:paraId="4FE4AE83" w14:textId="77777777" w:rsidR="00907512" w:rsidRPr="009E6E15" w:rsidRDefault="00907512" w:rsidP="00907512">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="009E6E15" w:rsidR="002064FA" w:rsidP="363146B5" w:rsidRDefault="002064FA" w14:paraId="01D36F3D" w14:textId="659BFA11">
+    <w:p w14:paraId="01D36F3D" w14:textId="659BFA11" w:rsidR="002064FA" w:rsidRPr="009E6E15" w:rsidRDefault="002064FA" w:rsidP="363146B5">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="363146B5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:t>Section 16: Stevens Amendment……………………………………………………………………</w:t>
       </w:r>
-      <w:r w:rsidRPr="363146B5" w:rsidR="002E75AF">
+      <w:r w:rsidR="002E75AF" w:rsidRPr="363146B5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="363146B5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:t>…………………………………..….</w:t>
       </w:r>
-      <w:r w:rsidRPr="363146B5" w:rsidR="00670397">
+      <w:r w:rsidR="00670397" w:rsidRPr="363146B5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:t>22</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009E6E15" w:rsidR="00670397" w:rsidP="00907512" w:rsidRDefault="00670397" w14:paraId="285BFB96" w14:textId="77777777">
+    <w:p w14:paraId="285BFB96" w14:textId="77777777" w:rsidR="00670397" w:rsidRPr="009E6E15" w:rsidRDefault="00670397" w:rsidP="00907512">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00881A0F" w:rsidR="009E6E15" w:rsidP="363146B5" w:rsidRDefault="00DB4E82" w14:paraId="2F34876E" w14:textId="459347EB">
+    <w:p w14:paraId="2F34876E" w14:textId="459347EB" w:rsidR="009E6E15" w:rsidRPr="00881A0F" w:rsidRDefault="00DB4E82" w:rsidP="363146B5">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="363146B5" w:rsidR="009E6E15">
+      <w:r w:rsidR="009E6E15" w:rsidRPr="363146B5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:t>ection 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="363146B5" w:rsidR="009E6E15">
+      <w:r w:rsidR="009E6E15" w:rsidRPr="363146B5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:t>: Personally Identifiable Information</w:t>
       </w:r>
-      <w:r w:rsidRPr="363146B5" w:rsidR="0029204E">
+      <w:r w:rsidR="0029204E" w:rsidRPr="363146B5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> (PII)……………………………..……………………………</w:t>
       </w:r>
-      <w:r w:rsidRPr="363146B5" w:rsidR="2BA588D3">
+      <w:r w:rsidR="2BA588D3" w:rsidRPr="363146B5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidRPr="363146B5" w:rsidR="0029204E">
+      <w:r w:rsidR="0029204E" w:rsidRPr="363146B5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:t>………………………23</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00881A0F" w:rsidR="0039535E" w:rsidP="002064FA" w:rsidRDefault="0039535E" w14:paraId="423F51AF" w14:textId="275F2BC3">
+    <w:p w14:paraId="423F51AF" w14:textId="275F2BC3" w:rsidR="0039535E" w:rsidRPr="00881A0F" w:rsidRDefault="0039535E" w:rsidP="002064FA">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="12950"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00881A0F" w:rsidR="004729EE" w:rsidRDefault="004729EE" w14:paraId="124B7C5D" w14:textId="74EEAC69">
+    <w:p w14:paraId="124B7C5D" w14:textId="74EEAC69" w:rsidR="004729EE" w:rsidRPr="00881A0F" w:rsidRDefault="004729EE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3350"/>
         </w:tabs>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00881A0F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00881A0F" w:rsidR="00E466BE" w:rsidP="00811501" w:rsidRDefault="00E466BE" w14:paraId="4AD53E21" w14:textId="683FCB6C">
+    <w:p w14:paraId="4AD53E21" w14:textId="683FCB6C" w:rsidR="00E466BE" w:rsidRPr="00881A0F" w:rsidRDefault="00E466BE" w:rsidP="00811501">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3350"/>
         </w:tabs>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00881A0F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14310" w:type="dxa"/>
         <w:tblInd w:w="-635" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="7"/>
         <w:gridCol w:w="5399"/>
         <w:gridCol w:w="697"/>
         <w:gridCol w:w="724"/>
         <w:gridCol w:w="6493"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidTr="29850A98" w14:paraId="02718C4B" w14:textId="77777777">
+      <w:tr w:rsidR="00E53610" w:rsidRPr="00881A0F" w14:paraId="02718C4B" w14:textId="77777777" w:rsidTr="29850A98">
         <w:trPr>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6396" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="247AA70E" w14:textId="55FA0FBF">
+          <w:p w14:paraId="247AA70E" w14:textId="55FA0FBF" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Section 1: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="753AE52E" w14:textId="77777777">
+          <w:p w14:paraId="753AE52E" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00AA0FFC" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="4D26DA58" w14:textId="77777777">
+          <w:p w14:paraId="4D26DA58" w14:textId="77777777" w:rsidR="00AA0FFC" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">MassHire Department of Career Services </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="000244BC" w14:paraId="4252FB98" w14:textId="03774B55">
+          <w:p w14:paraId="4252FB98" w14:textId="03774B55" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="000244BC" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B467FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Unified </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B467FD" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00B467FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Complaint </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B467FD" w:rsidR="00AA0FFC">
+            <w:r w:rsidR="00AA0FFC" w:rsidRPr="00B467FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">System </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B467FD" w:rsidR="001F4AD5">
+            <w:r w:rsidR="001F4AD5" w:rsidRPr="00B467FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">and </w:t>
             </w:r>
             <w:r w:rsidR="00670397">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Service </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B467FD" w:rsidR="001F4AD5">
+            <w:r w:rsidR="001F4AD5" w:rsidRPr="00B467FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Accessibility</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="71BD5053" w14:textId="4C891762">
+          <w:p w14:paraId="71BD5053" w14:textId="4C891762" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="363146B5" w:rsidRDefault="00E53610" w14:paraId="06BF8647" w14:textId="77777777">
+          <w:p w14:paraId="06BF8647" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="363146B5">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="363146B5">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>YES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="005F2B57" w:rsidRDefault="00E53610" w14:paraId="7C8F0AA9" w14:textId="77777777">
+          <w:p w14:paraId="7C8F0AA9" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="005F2B57">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>NO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="044C6955" w14:textId="19416213">
+          <w:p w14:paraId="044C6955" w14:textId="19416213" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Comments/Feedback</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="1A6491AB" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="1A6491AB" w14:textId="77777777" w:rsidTr="29850A98">
         <w:trPr>
           <w:trHeight w:val="2015"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00210E1C" w:rsidR="00C34282" w:rsidP="00E51EFD" w:rsidRDefault="00C34282" w14:paraId="16AA4F9C" w14:textId="0A48944E">
+          </w:tcPr>
+          <w:p w14:paraId="16AA4F9C" w14:textId="0A48944E" w:rsidR="00C34282" w:rsidRPr="00210E1C" w:rsidRDefault="00C34282" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:before="240"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C34282" w:rsidP="007B0C59" w:rsidRDefault="00C34282" w14:paraId="69C88CB3" w14:textId="335EEAA5">
+          </w:tcPr>
+          <w:p w14:paraId="69C88CB3" w14:textId="335EEAA5" w:rsidR="00C34282" w:rsidRDefault="00C34282" w:rsidP="007B0C59">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Have all appropriate </w:t>
             </w:r>
             <w:r w:rsidR="0029754F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>staff and management attended</w:t>
@@ -3285,223 +3274,240 @@
             <w:r w:rsidR="00734B52">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>during FY2</w:t>
             </w:r>
             <w:r w:rsidR="00F94886">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="0029754F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> on the Unified Complaint System?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C070FA" w:rsidP="007B0C59" w:rsidRDefault="00C070FA" w14:paraId="3673AC41" w14:textId="77777777">
+          <w:p w14:paraId="3673AC41" w14:textId="77777777" w:rsidR="00C070FA" w:rsidRDefault="00C070FA" w:rsidP="007B0C59">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00526296" w:rsidP="007B0C59" w:rsidRDefault="00526296" w14:paraId="71DCB12F" w14:textId="77777777">
+          <w:p w14:paraId="71DCB12F" w14:textId="77777777" w:rsidR="00526296" w:rsidRDefault="00526296" w:rsidP="007B0C59">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00D71F7A" w:rsidR="00526296" w:rsidP="007B0C59" w:rsidRDefault="00526296" w14:paraId="1EBCE259" w14:textId="41148752">
+          <w:p w14:paraId="1EBCE259" w14:textId="41148752" w:rsidR="00526296" w:rsidRPr="00D71F7A" w:rsidRDefault="00526296" w:rsidP="007B0C59">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D71F7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">If no, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D71F7A" w:rsidR="00D71F7A">
+              <w:t xml:space="preserve">If </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D71F7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>please explain why</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00465DE8">
+              <w:t>no</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D71F7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00D71F7A" w:rsidRPr="00D71F7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>please explain why</w:t>
+            </w:r>
+            <w:r w:rsidR="00465DE8">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00C34282" w:rsidP="00C33CB9" w:rsidRDefault="00C34282" w14:paraId="4F443F88" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4F443F88" w14:textId="77777777" w:rsidR="00C34282" w:rsidRPr="00881A0F" w:rsidRDefault="00C34282" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00C34282" w:rsidP="00C33CB9" w:rsidRDefault="00C34282" w14:paraId="08461E06" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="08461E06" w14:textId="77777777" w:rsidR="00C34282" w:rsidRPr="00881A0F" w:rsidRDefault="00C34282" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00C34282" w:rsidP="00C33CB9" w:rsidRDefault="00C34282" w14:paraId="04FA88F3" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="04FA88F3" w14:textId="77777777" w:rsidR="00C34282" w:rsidRPr="00881A0F" w:rsidRDefault="00C34282" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="6C26EC21" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="6C26EC21" w14:textId="77777777" w:rsidTr="29850A98">
         <w:trPr>
           <w:trHeight w:val="1754"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00210E1C" w:rsidR="009A7583" w:rsidP="00E51EFD" w:rsidRDefault="009A7583" w14:paraId="4280CA2F" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4280CA2F" w14:textId="77777777" w:rsidR="009A7583" w:rsidRPr="00210E1C" w:rsidRDefault="009A7583" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:before="240"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="009A7583" w:rsidP="009A7583" w:rsidRDefault="009A7583" w14:paraId="2C3DADAB" w14:textId="07082C92">
+          </w:tcPr>
+          <w:p w14:paraId="2C3DADAB" w14:textId="07082C92" w:rsidR="009A7583" w:rsidRPr="00881A0F" w:rsidRDefault="009A7583" w:rsidP="009A7583">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>In addition to state-sponsored training(s), please list any</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> training</w:t>
@@ -3538,966 +3544,952 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">to staff </w:t>
             </w:r>
             <w:r w:rsidR="00E51EFD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>during FY2</w:t>
             </w:r>
             <w:r w:rsidR="00F94886">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00E51EFD">
+            <w:r w:rsidR="00E51EFD" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>to ensure compliance with non-discrimination/equal opportunity requirements?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00FA4581" w:rsidR="009A7583" w:rsidP="007B0C59" w:rsidRDefault="009A7583" w14:paraId="61D94796" w14:textId="77777777">
+          <w:p w14:paraId="61D94796" w14:textId="77777777" w:rsidR="009A7583" w:rsidRPr="00FA4581" w:rsidRDefault="009A7583" w:rsidP="007B0C59">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="009A7583" w:rsidP="00C33CB9" w:rsidRDefault="009A7583" w14:paraId="679C2F83" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="679C2F83" w14:textId="77777777" w:rsidR="009A7583" w:rsidRPr="00881A0F" w:rsidRDefault="009A7583" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="009A7583" w:rsidP="00C33CB9" w:rsidRDefault="009A7583" w14:paraId="6DD7B59D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6DD7B59D" w14:textId="77777777" w:rsidR="009A7583" w:rsidRPr="00881A0F" w:rsidRDefault="009A7583" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="009A7583" w:rsidP="00C33CB9" w:rsidRDefault="009A7583" w14:paraId="075F4000" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="075F4000" w14:textId="77777777" w:rsidR="009A7583" w:rsidRPr="00881A0F" w:rsidRDefault="009A7583" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="757422EC" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="757422EC" w14:textId="77777777" w:rsidTr="29850A98">
         <w:trPr>
           <w:trHeight w:val="2015"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00210E1C" w:rsidR="00001AC7" w:rsidP="00E51EFD" w:rsidRDefault="00001AC7" w14:paraId="72ADAD6F" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="72ADAD6F" w14:textId="77777777" w:rsidR="00001AC7" w:rsidRPr="00210E1C" w:rsidRDefault="00001AC7" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:before="240"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...178 lines deleted...]
-          <w:p w:rsidRPr="00B4520D" w:rsidR="00A729B9" w:rsidP="007B0C59" w:rsidRDefault="00A729B9" w14:paraId="79308420" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2716BC88" w14:textId="2E1212E1" w:rsidR="00001AC7" w:rsidRDefault="00001AC7" w:rsidP="29850A98">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidRPr="00B4520D" w:rsidR="0064524C" w:rsidP="007B0C59" w:rsidRDefault="0064524C" w14:paraId="1D380B1F" w14:textId="77777777">
+            <w:r w:rsidRPr="29850A98">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Does every</w:t>
+            </w:r>
+            <w:r w:rsidR="0081052A" w:rsidRPr="29850A98">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> comprehensive, affiliate and youth CC</w:t>
+            </w:r>
+            <w:r w:rsidR="00D3056B" w:rsidRPr="29850A98">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="29850A98">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>have a</w:t>
+            </w:r>
+            <w:r w:rsidR="00D3056B" w:rsidRPr="29850A98">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> trained, </w:t>
+            </w:r>
+            <w:r w:rsidR="0064524C" w:rsidRPr="29850A98">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">designated </w:t>
+            </w:r>
+            <w:r w:rsidRPr="29850A98">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">staff person </w:t>
+            </w:r>
+            <w:r w:rsidRPr="29850A98">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>onsite</w:t>
+            </w:r>
+            <w:r w:rsidRPr="29850A98">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0064524C" w:rsidRPr="29850A98">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>w</w:t>
+            </w:r>
+            <w:r w:rsidR="008A77F1" w:rsidRPr="29850A98">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ho can handle</w:t>
+            </w:r>
+            <w:r w:rsidR="00D3056B" w:rsidRPr="29850A98">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> customer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="29850A98">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> complaints in accordance with </w:t>
+            </w:r>
+            <w:r w:rsidRPr="29850A98">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>100 DCS 03.101.</w:t>
+            </w:r>
+            <w:r w:rsidR="095FCF11" w:rsidRPr="29850A98">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="008A77F1" w:rsidRPr="29850A98">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and attachments</w:t>
+            </w:r>
+            <w:r w:rsidRPr="29850A98">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79308420" w14:textId="77777777" w:rsidR="00A729B9" w:rsidRPr="00B4520D" w:rsidRDefault="00A729B9" w:rsidP="007B0C59">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00B4520D" w:rsidR="0064524C" w:rsidP="38CF45A9" w:rsidRDefault="00D3056B" w14:paraId="0BE381F9" w14:textId="16DD6355">
+          <w:p w14:paraId="1D380B1F" w14:textId="77777777" w:rsidR="0064524C" w:rsidRPr="00B4520D" w:rsidRDefault="0064524C" w:rsidP="007B0C59">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="38CF45A9">
+          </w:p>
+          <w:p w14:paraId="0BE381F9" w14:textId="16DD6355" w:rsidR="0064524C" w:rsidRPr="00B4520D" w:rsidRDefault="00D3056B" w:rsidP="38CF45A9">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>If no, please explain</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="38CF45A9" w:rsidR="00E51EFD">
+            </w:pPr>
+            <w:r w:rsidRPr="38CF45A9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> why</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="38CF45A9" w:rsidR="43E48C18">
+              <w:t xml:space="preserve">If </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="38CF45A9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t>no</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="38CF45A9">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, please explain</w:t>
+            </w:r>
+            <w:r w:rsidR="00E51EFD" w:rsidRPr="38CF45A9">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> why</w:t>
+            </w:r>
+            <w:r w:rsidR="43E48C18" w:rsidRPr="38CF45A9">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00001AC7" w:rsidP="00C33CB9" w:rsidRDefault="00001AC7" w14:paraId="31FDF0AB" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="31FDF0AB" w14:textId="77777777" w:rsidR="00001AC7" w:rsidRPr="00881A0F" w:rsidRDefault="00001AC7" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00001AC7" w:rsidP="00C33CB9" w:rsidRDefault="00001AC7" w14:paraId="7606A756" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7606A756" w14:textId="77777777" w:rsidR="00001AC7" w:rsidRPr="00881A0F" w:rsidRDefault="00001AC7" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00001AC7" w:rsidP="00C33CB9" w:rsidRDefault="00001AC7" w14:paraId="784E7890" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="784E7890" w14:textId="77777777" w:rsidR="00001AC7" w:rsidRPr="00881A0F" w:rsidRDefault="00001AC7" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="463D72E0" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="463D72E0" w14:textId="77777777" w:rsidTr="29850A98">
         <w:trPr>
           <w:trHeight w:val="2015"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00210E1C" w:rsidR="0095555D" w:rsidP="00E51EFD" w:rsidRDefault="0095555D" w14:paraId="29297ECD" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="29297ECD" w14:textId="77777777" w:rsidR="0095555D" w:rsidRPr="00210E1C" w:rsidRDefault="0095555D" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:before="240"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00B4520D" w:rsidR="0095555D" w:rsidP="007B0C59" w:rsidRDefault="003C1DD3" w14:paraId="37F24D86" w14:textId="128C905B">
+          </w:tcPr>
+          <w:p w14:paraId="37F24D86" w14:textId="128C905B" w:rsidR="0095555D" w:rsidRPr="00B4520D" w:rsidRDefault="003C1DD3" w:rsidP="007B0C59">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B4520D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Please describe the CC(s) and local area policy to </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4520D" w:rsidR="0095555D">
+            <w:r w:rsidR="0095555D" w:rsidRPr="00B4520D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">maintain </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4520D" w:rsidR="00FA4581">
+            <w:r w:rsidR="00FA4581" w:rsidRPr="00B4520D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Complaint </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4520D" w:rsidR="0095555D">
+            <w:r w:rsidR="0095555D" w:rsidRPr="00B4520D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>records and files in accordance with 100 DCS 03.104</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4520D" w:rsidR="002E5F0E">
+            <w:r w:rsidR="002E5F0E" w:rsidRPr="00B4520D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> and attachments.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="0095555D" w:rsidP="00C33CB9" w:rsidRDefault="0095555D" w14:paraId="6594D95B" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6594D95B" w14:textId="77777777" w:rsidR="0095555D" w:rsidRPr="00881A0F" w:rsidRDefault="0095555D" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="0095555D" w:rsidP="00C33CB9" w:rsidRDefault="0095555D" w14:paraId="1A63636F" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1A63636F" w14:textId="77777777" w:rsidR="0095555D" w:rsidRPr="00881A0F" w:rsidRDefault="0095555D" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="0095555D" w:rsidP="00C33CB9" w:rsidRDefault="0095555D" w14:paraId="71EA57F6" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="71EA57F6" w14:textId="77777777" w:rsidR="0095555D" w:rsidRPr="00881A0F" w:rsidRDefault="0095555D" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="0022371F" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="0022371F" w14:textId="77777777" w:rsidTr="29850A98">
         <w:trPr>
           <w:trHeight w:val="1340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00B4520D" w:rsidR="008A379E" w:rsidP="00E51EFD" w:rsidRDefault="008A379E" w14:paraId="50C5431B" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="50C5431B" w14:textId="77777777" w:rsidR="008A379E" w:rsidRPr="00B4520D" w:rsidRDefault="008A379E" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:before="240"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00B4520D" w:rsidR="008A379E" w:rsidP="007B0C59" w:rsidRDefault="003F2E9E" w14:paraId="3AAC3D3F" w14:textId="19209B85">
+          </w:tcPr>
+          <w:p w14:paraId="3AAC3D3F" w14:textId="19209B85" w:rsidR="008A379E" w:rsidRPr="00B4520D" w:rsidRDefault="003F2E9E" w:rsidP="007B0C59">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Please describe how</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4520D" w:rsidR="008A379E">
+            <w:r w:rsidR="008A379E" w:rsidRPr="00B4520D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> the CC(s) notif</w:t>
             </w:r>
             <w:r w:rsidR="00465DE8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ies</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4520D" w:rsidR="008A379E">
+            <w:r w:rsidR="008A379E" w:rsidRPr="00B4520D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> customers about the </w:t>
             </w:r>
             <w:r w:rsidR="00E57117">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Complaints</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4520D" w:rsidR="008A379E">
+            <w:r w:rsidR="008A379E" w:rsidRPr="00B4520D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="00E57117">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4520D" w:rsidR="008A379E">
+            <w:r w:rsidR="008A379E" w:rsidRPr="00B4520D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">ppeals process required by </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4520D" w:rsidR="00D62499">
+            <w:r w:rsidR="00D62499" w:rsidRPr="00B4520D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>state/federal l</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B4520D" w:rsidR="008A379E">
+            <w:r w:rsidR="008A379E" w:rsidRPr="00B4520D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>aw?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="008A379E" w:rsidP="00C33CB9" w:rsidRDefault="008A379E" w14:paraId="7CB67CF0" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7CB67CF0" w14:textId="77777777" w:rsidR="008A379E" w:rsidRPr="00881A0F" w:rsidRDefault="008A379E" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="008A379E" w:rsidP="00C33CB9" w:rsidRDefault="008A379E" w14:paraId="7FE40855" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7FE40855" w14:textId="77777777" w:rsidR="008A379E" w:rsidRPr="00881A0F" w:rsidRDefault="008A379E" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="008A379E" w:rsidP="00C33CB9" w:rsidRDefault="008A379E" w14:paraId="6A209C8A" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6A209C8A" w14:textId="77777777" w:rsidR="008A379E" w:rsidRPr="00881A0F" w:rsidRDefault="008A379E" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="717B804F" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="717B804F" w14:textId="77777777" w:rsidTr="29850A98">
         <w:trPr>
           <w:trHeight w:val="2015"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00210E1C" w:rsidR="00D258B7" w:rsidP="00E51EFD" w:rsidRDefault="00D258B7" w14:paraId="5F7133CE" w14:textId="4C245F2C">
+          </w:tcPr>
+          <w:p w14:paraId="5F7133CE" w14:textId="4C245F2C" w:rsidR="00D258B7" w:rsidRPr="00210E1C" w:rsidRDefault="00D258B7" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:before="240"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="004646EE" w:rsidP="004646EE" w:rsidRDefault="004646EE" w14:paraId="6F744208" w14:textId="218259C8">
+          </w:tcPr>
+          <w:p w14:paraId="6F744208" w14:textId="218259C8" w:rsidR="004646EE" w:rsidRPr="00881A0F" w:rsidRDefault="004646EE" w:rsidP="004646EE">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc488150851" w:id="1"/>
-            <w:bookmarkStart w:name="_Toc521323757" w:id="2"/>
+            <w:bookmarkStart w:id="1" w:name="_Toc488150851"/>
+            <w:bookmarkStart w:id="2" w:name="_Toc521323757"/>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Please describe how the CC(s) provides universal accessibility (physically and programmatically) to meet the needs of </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>all</w:t>
             </w:r>
             <w:r w:rsidR="00D901FF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> customers</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, including </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>customers with disabilities.</w:t>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
-          <w:p w:rsidR="004646EE" w:rsidP="004646EE" w:rsidRDefault="004646EE" w14:paraId="487E619C" w14:textId="77777777">
+          <w:p w14:paraId="487E619C" w14:textId="77777777" w:rsidR="004646EE" w:rsidRDefault="004646EE" w:rsidP="004646EE">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="004646EE" w:rsidR="00D258B7" w:rsidP="004646EE" w:rsidRDefault="004646EE" w14:paraId="14DD3D81" w14:textId="3CF93543">
+          <w:p w14:paraId="14DD3D81" w14:textId="3CF93543" w:rsidR="00D258B7" w:rsidRPr="004646EE" w:rsidRDefault="004646EE" w:rsidP="004646EE">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004646EE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Is this accessibility outlined in a </w:t>
             </w:r>
             <w:r w:rsidR="00734B52">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -4542,165 +4534,160 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="004646EE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>rocedure (SOP) or policy?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00D258B7" w:rsidP="00C33CB9" w:rsidRDefault="00D258B7" w14:paraId="068D4546" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="068D4546" w14:textId="77777777" w:rsidR="00D258B7" w:rsidRPr="00881A0F" w:rsidRDefault="00D258B7" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00D258B7" w:rsidP="00C33CB9" w:rsidRDefault="00D258B7" w14:paraId="74A745E0" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="74A745E0" w14:textId="77777777" w:rsidR="00D258B7" w:rsidRPr="00881A0F" w:rsidRDefault="00D258B7" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00D258B7" w:rsidP="00C33CB9" w:rsidRDefault="00D258B7" w14:paraId="50308C19" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="50308C19" w14:textId="77777777" w:rsidR="00D258B7" w:rsidRPr="00881A0F" w:rsidRDefault="00D258B7" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="613DE40E" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="613DE40E" w14:textId="77777777" w:rsidTr="29850A98">
         <w:trPr>
           <w:trHeight w:val="1520"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00210E1C" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="45E60A55" w14:textId="796CD7E4">
+          </w:tcPr>
+          <w:p w14:paraId="45E60A55" w14:textId="796CD7E4" w:rsidR="00E53610" w:rsidRPr="00210E1C" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:before="240"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="008A379E" w:rsidP="00FE356C" w:rsidRDefault="00E53610" w14:paraId="426CEFB0" w14:textId="783BE464">
+          </w:tcPr>
+          <w:p w14:paraId="426CEFB0" w14:textId="783BE464" w:rsidR="008A379E" w:rsidRDefault="00E53610" w:rsidP="00FE356C">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc488150853" w:id="3"/>
-            <w:bookmarkStart w:name="_Toc521323759" w:id="4"/>
+            <w:bookmarkStart w:id="3" w:name="_Toc488150853"/>
+            <w:bookmarkStart w:id="4" w:name="_Toc521323759"/>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Please list the services and resources available </w:t>
             </w:r>
             <w:r w:rsidR="003D4502">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>in FY2</w:t>
             </w:r>
             <w:r w:rsidR="00F94886">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="003D4502">
@@ -4708,199 +4695,194 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>to meet the needs of customers with disabilities</w:t>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
             <w:bookmarkEnd w:id="4"/>
             <w:r w:rsidR="00D901FF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D901FF" w:rsidP="00FE356C" w:rsidRDefault="00D901FF" w14:paraId="30483B0D" w14:textId="77777777">
+          <w:p w14:paraId="30483B0D" w14:textId="77777777" w:rsidR="00D901FF" w:rsidRDefault="00D901FF" w:rsidP="00FE356C">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D901FF" w:rsidP="00FE356C" w:rsidRDefault="00D901FF" w14:paraId="6285DB31" w14:textId="77777777">
+          <w:p w14:paraId="6285DB31" w14:textId="77777777" w:rsidR="00D901FF" w:rsidRDefault="00D901FF" w:rsidP="00FE356C">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D901FF" w:rsidP="00FE356C" w:rsidRDefault="00D901FF" w14:paraId="5CFA4DCE" w14:textId="77777777">
+          <w:p w14:paraId="5CFA4DCE" w14:textId="77777777" w:rsidR="00D901FF" w:rsidRDefault="00D901FF" w:rsidP="00FE356C">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00FE356C" w:rsidR="00D901FF" w:rsidP="00FE356C" w:rsidRDefault="00D901FF" w14:paraId="25273B44" w14:textId="40002BDD">
+          <w:p w14:paraId="25273B44" w14:textId="40002BDD" w:rsidR="00D901FF" w:rsidRPr="00FE356C" w:rsidRDefault="00D901FF" w:rsidP="00FE356C">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="6D19781E" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6D19781E" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="0521FDA1" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0521FDA1" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="518B1F55" w14:textId="1EDD9E17">
+          </w:tcPr>
+          <w:p w14:paraId="518B1F55" w14:textId="1EDD9E17" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="3AA0EF6F" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="3AA0EF6F" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00210E1C" w:rsidR="00FE356C" w:rsidP="00E51EFD" w:rsidRDefault="00FE356C" w14:paraId="69C85D74" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="69C85D74" w14:textId="77777777" w:rsidR="00FE356C" w:rsidRPr="00210E1C" w:rsidRDefault="00FE356C" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00FE356C" w:rsidP="00C33CB9" w:rsidRDefault="00FE356C" w14:paraId="46B60F18" w14:textId="098C5B41">
+          </w:tcPr>
+          <w:p w14:paraId="46B60F18" w14:textId="098C5B41" w:rsidR="00FE356C" w:rsidRPr="00881A0F" w:rsidRDefault="00FE356C" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Are the</w:t>
             </w:r>
             <w:r w:rsidR="00243DA1">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> CC’s</w:t>
@@ -4933,1089 +4915,1067 @@
               <w:t xml:space="preserve"> posted at the CC(s) </w:t>
             </w:r>
             <w:r w:rsidR="00DD1CA8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>and/</w:t>
             </w:r>
             <w:r w:rsidR="00F20A99">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>or on the CC website(s)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00FE356C" w:rsidP="00C33CB9" w:rsidRDefault="00FE356C" w14:paraId="516DF165" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="516DF165" w14:textId="77777777" w:rsidR="00FE356C" w:rsidRPr="00881A0F" w:rsidRDefault="00FE356C" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00FE356C" w:rsidP="00C33CB9" w:rsidRDefault="00FE356C" w14:paraId="01D29C31" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="01D29C31" w14:textId="77777777" w:rsidR="00FE356C" w:rsidRDefault="00FE356C" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00FE356C" w:rsidP="00A32F96" w:rsidRDefault="00FE356C" w14:paraId="07BEB7E1" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="07BEB7E1" w14:textId="77777777" w:rsidR="00FE356C" w:rsidRDefault="00FE356C" w:rsidP="00A32F96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="4B012148" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="4B012148" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00210E1C" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="233C38D6" w14:textId="1624FBE9">
+          </w:tcPr>
+          <w:p w14:paraId="233C38D6" w14:textId="1624FBE9" w:rsidR="00E53610" w:rsidRPr="00210E1C" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00FD0710" w14:paraId="3A549893" w14:textId="5A8EBD91">
+          </w:tcPr>
+          <w:p w14:paraId="3A549893" w14:textId="5A8EBD91" w:rsidR="00E53610" w:rsidRDefault="00FD0710" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>How does/do</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> the</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00A243A1">
+            <w:r w:rsidR="00A243A1" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> CC(</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>s) ensure</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> that individuals with disabilities can participate fully in retraining programs?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="007B0C59" w:rsidP="00C33CB9" w:rsidRDefault="007B0C59" w14:paraId="1D2D1B77" w14:textId="77777777">
+          <w:p w14:paraId="1D2D1B77" w14:textId="77777777" w:rsidR="007B0C59" w:rsidRPr="00881A0F" w:rsidRDefault="007B0C59" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="007B0C59" w:rsidP="00C33CB9" w:rsidRDefault="007B0C59" w14:paraId="585D2994" w14:textId="77777777">
+          <w:p w14:paraId="585D2994" w14:textId="77777777" w:rsidR="007B0C59" w:rsidRPr="00881A0F" w:rsidRDefault="007B0C59" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="091109AE" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="091109AE" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00A32F96" w14:paraId="6DAD15CD" w14:textId="5BF85B75">
+          </w:tcPr>
+          <w:p w14:paraId="6DAD15CD" w14:textId="5BF85B75" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00A32F96" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00A32F96" w:rsidP="00A32F96" w:rsidRDefault="00A32F96" w14:paraId="3E8DDD4F" w14:textId="6D7C5309">
+          </w:tcPr>
+          <w:p w14:paraId="3E8DDD4F" w14:textId="6D7C5309" w:rsidR="00A32F96" w:rsidRPr="00881A0F" w:rsidRDefault="00A32F96" w:rsidP="00A32F96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="03C58161" w14:textId="18101377">
+          <w:p w14:paraId="03C58161" w14:textId="18101377" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="1609D04C" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="1609D04C" w14:textId="77777777" w:rsidTr="29850A98">
         <w:trPr>
           <w:trHeight w:val="971"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00210E1C" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="3DB40218" w14:textId="65C87022">
+          </w:tcPr>
+          <w:p w14:paraId="3DB40218" w14:textId="65C87022" w:rsidR="00E53610" w:rsidRPr="00210E1C" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E53610" w:rsidP="007B0C59" w:rsidRDefault="00F16A9A" w14:paraId="2CA659FA" w14:textId="63BBFA19">
+          </w:tcPr>
+          <w:p w14:paraId="2CA659FA" w14:textId="63BBFA19" w:rsidR="00E53610" w:rsidRDefault="00F16A9A" w:rsidP="007B0C59">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">In addition to customers self-reporting, </w:t>
             </w:r>
             <w:r w:rsidR="007452DB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>what tools</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00FD0710">
+            <w:r w:rsidR="00FD0710" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> does/do</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> the </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00A243A1">
+            <w:r w:rsidR="00A243A1" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CC(s)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00142207">
+            <w:r w:rsidR="00142207" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007452DB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">utilize to </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">identify </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>customers</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (including individuals with disabilities) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00142207">
+            <w:r w:rsidR="00142207" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>who need</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> assistance </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="007B0C59">
+            <w:r w:rsidR="007B0C59" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">or </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="007452DB">
+            <w:r w:rsidR="007452DB" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>accommodation</w:t>
             </w:r>
             <w:r w:rsidR="007452DB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">(s) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="007B0C59">
+            <w:r w:rsidR="007B0C59" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">for </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>services?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00DD1CA8" w:rsidP="007B0C59" w:rsidRDefault="00DD1CA8" w14:paraId="3DC1370C" w14:textId="60B2B161">
+          <w:p w14:paraId="3DC1370C" w14:textId="60B2B161" w:rsidR="00DD1CA8" w:rsidRPr="00881A0F" w:rsidRDefault="00DD1CA8" w:rsidP="007B0C59">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="3869A984" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3869A984" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="489904D8" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="489904D8" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="254D001B" w14:textId="7C35A41B">
+          </w:tcPr>
+          <w:p w14:paraId="254D001B" w14:textId="7C35A41B" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="2D9A6226" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="2D9A6226" w14:textId="77777777" w:rsidTr="29850A98">
         <w:trPr>
           <w:trHeight w:val="971"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="005B4818" w:rsidR="00CF45C3" w:rsidP="00E51EFD" w:rsidRDefault="00CF45C3" w14:paraId="279E3DD1" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="279E3DD1" w14:textId="77777777" w:rsidR="00CF45C3" w:rsidRPr="005B4818" w:rsidRDefault="00CF45C3" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="005B4818" w:rsidR="002E5F0E" w:rsidP="002E5F0E" w:rsidRDefault="002E5F0E" w14:paraId="7D8F587D" w14:textId="5758545B">
+          </w:tcPr>
+          <w:p w14:paraId="7D8F587D" w14:textId="5758545B" w:rsidR="002E5F0E" w:rsidRPr="005B4818" w:rsidRDefault="002E5F0E" w:rsidP="002E5F0E">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B4818">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">What changes, if any, </w:t>
             </w:r>
-            <w:r w:rsidRPr="005B4818" w:rsidR="005B4818">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="005B4818" w:rsidRPr="005B4818">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ha</w:t>
             </w:r>
             <w:r w:rsidR="003F2E9E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="005B4818">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> your region made</w:t>
             </w:r>
             <w:r w:rsidR="003F2E9E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4818">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>to ensure accessibility</w:t>
             </w:r>
-            <w:r w:rsidRPr="005B4818" w:rsidR="0002731A">
+            <w:r w:rsidR="0002731A" w:rsidRPr="005B4818">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> of virtual services </w:t>
             </w:r>
-            <w:r w:rsidRPr="005B4818" w:rsidR="009B07CB">
+            <w:r w:rsidR="009B07CB" w:rsidRPr="005B4818">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>offered</w:t>
             </w:r>
-            <w:r w:rsidRPr="005B4818" w:rsidR="0002731A">
+            <w:r w:rsidR="0002731A" w:rsidRPr="005B4818">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> to customers with disabilities during FY2</w:t>
             </w:r>
             <w:r w:rsidR="00F94886">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="005B4818" w:rsidR="0002731A">
+            <w:r w:rsidR="0002731A" w:rsidRPr="005B4818">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="005B4818" w:rsidR="00CF45C3" w:rsidP="002E5F0E" w:rsidRDefault="00CF45C3" w14:paraId="7CB6384A" w14:textId="77777777">
+          <w:p w14:paraId="7CB6384A" w14:textId="77777777" w:rsidR="00CF45C3" w:rsidRPr="005B4818" w:rsidRDefault="00CF45C3" w:rsidP="002E5F0E">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00CF45C3" w:rsidP="00C33CB9" w:rsidRDefault="00CF45C3" w14:paraId="759A6604" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="759A6604" w14:textId="77777777" w:rsidR="00CF45C3" w:rsidRPr="00881A0F" w:rsidRDefault="00CF45C3" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00CF45C3" w:rsidP="00C33CB9" w:rsidRDefault="00CF45C3" w14:paraId="3F48A076" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3F48A076" w14:textId="77777777" w:rsidR="00CF45C3" w:rsidRPr="00881A0F" w:rsidRDefault="00CF45C3" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00CF45C3" w:rsidP="00C33CB9" w:rsidRDefault="00CF45C3" w14:paraId="6040B631" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6040B631" w14:textId="77777777" w:rsidR="00CF45C3" w:rsidRPr="00881A0F" w:rsidRDefault="00CF45C3" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidTr="29850A98" w14:paraId="6E85696F" w14:textId="77777777">
+      <w:tr w:rsidR="00E53610" w:rsidRPr="00881A0F" w14:paraId="6E85696F" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6396" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="066F43D6" w14:textId="5A2E4C1D">
+          </w:tcPr>
+          <w:p w14:paraId="066F43D6" w14:textId="5A2E4C1D" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc521323764" w:id="5"/>
+            <w:bookmarkStart w:id="5" w:name="_Toc521323764"/>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Section 2: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="3D2AD08C" w14:textId="77777777">
+          <w:p w14:paraId="3D2AD08C" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="2FAE4B3C" w14:textId="161C64B5">
+          <w:p w14:paraId="2FAE4B3C" w14:textId="161C64B5" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Massachusetts Federal &amp; State Law</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="003D192A">
+            <w:r w:rsidR="003D192A" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(s)</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Posters</w:t>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="1188A7D6" w14:textId="5EA9B5BF">
+          <w:p w14:paraId="1188A7D6" w14:textId="5EA9B5BF" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="429B875F" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="429B875F" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc485645924" w:id="6"/>
-[...2 lines deleted...]
-            <w:bookmarkStart w:name="_Toc521323765" w:id="9"/>
+            <w:bookmarkStart w:id="6" w:name="_Toc485645924"/>
+            <w:bookmarkStart w:id="7" w:name="_Toc487093310"/>
+            <w:bookmarkStart w:id="8" w:name="_Toc488150859"/>
+            <w:bookmarkStart w:id="9" w:name="_Toc521323765"/>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
             <w:bookmarkEnd w:id="7"/>
             <w:bookmarkEnd w:id="8"/>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="63A51E0D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="63A51E0D" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc485645925" w:id="10"/>
-[...2 lines deleted...]
-            <w:bookmarkStart w:name="_Toc521323766" w:id="13"/>
+            <w:bookmarkStart w:id="10" w:name="_Toc485645925"/>
+            <w:bookmarkStart w:id="11" w:name="_Toc487093311"/>
+            <w:bookmarkStart w:id="12" w:name="_Toc488150860"/>
+            <w:bookmarkStart w:id="13" w:name="_Toc521323766"/>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
             <w:bookmarkEnd w:id="11"/>
             <w:bookmarkEnd w:id="12"/>
             <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="2C26FB5A" w14:textId="753279A8">
+          </w:tcPr>
+          <w:p w14:paraId="2C26FB5A" w14:textId="753279A8" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Comments/Feedback</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="1DE867AF" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="1DE867AF" w14:textId="77777777" w:rsidTr="29850A98">
         <w:trPr>
           <w:trHeight w:val="2087"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="0F2ABAF1" w14:textId="76B310C6">
+          </w:tcPr>
+          <w:p w14:paraId="0F2ABAF1" w14:textId="76B310C6" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E53610" w:rsidP="00D80729" w:rsidRDefault="00E53610" w14:paraId="6721411A" w14:textId="5C19C656">
+          </w:tcPr>
+          <w:p w14:paraId="6721411A" w14:textId="5C19C656" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="00D80729">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Does the CC</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00A243A1">
+            <w:r w:rsidR="00A243A1" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(s)</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> have the </w:t>
             </w:r>
             <w:r w:rsidR="00C872EC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">WIOA </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
@@ -6034,142 +5994,139 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>onsite and on your website</w:t>
             </w:r>
             <w:r w:rsidR="00F17EF3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(s)</w:t>
             </w:r>
             <w:r w:rsidR="00C11FDC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0001620A" w:rsidP="00D80729" w:rsidRDefault="0001620A" w14:paraId="4F1E477E" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="0001620A" w:rsidRDefault="00991C3D" w14:paraId="75526D83" w14:textId="2BF7F90F">
+          <w:p w14:paraId="4F1E477E" w14:textId="77777777" w:rsidR="0001620A" w:rsidRDefault="0001620A" w:rsidP="00D80729">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="75526D83" w14:textId="2BF7F90F" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00991C3D" w:rsidP="0001620A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2793">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Reference: </w:t>
             </w:r>
-            <w:hyperlink w:history="1" r:id="rId11">
-[...1 lines deleted...]
-                <w:r w:rsidRPr="00EC2793" w:rsidR="00EC2793">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:hyperlink r:id="rId12" w:history="1">
+                <w:r w:rsidR="00EC2793" w:rsidRPr="00EC2793">
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                     <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                     <w:b/>
                     <w:bCs/>
                     <w:i/>
                     <w:iCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>https://www.mass.gov/info-details/ajc-posters</w:t>
                 </w:r>
               </w:hyperlink>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="7640431B" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7640431B" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="1A5B6137" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1A5B6137" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="008B0AC2" w:rsidRDefault="00E53610" w14:paraId="1C12C8E9" w14:textId="085CA6E4">
+          </w:tcPr>
+          <w:p w14:paraId="1C12C8E9" w14:textId="085CA6E4" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="008B0AC2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="12174C61" wp14:editId="128A24BD">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>1024597</wp:posOffset>
@@ -6183,133 +6140,133 @@
                       <wp:docPr id="2" name="Text Box 2"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1"/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="150607" cy="120316"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:schemeClr val="lt1"/>
                               </a:solidFill>
                               <a:ln w="6350">
                                 <a:solidFill>
                                   <a:prstClr val="black"/>
                                 </a:solidFill>
                               </a:ln>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w:rsidR="00E53610" w:rsidRDefault="00E53610" w14:paraId="49A0089A" w14:textId="77777777"/>
+                                <w:p w14:paraId="49A0089A" w14:textId="77777777" w:rsidR="00E53610" w:rsidRDefault="00E53610"/>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict w14:anchorId="72BFE284">
-                    <v:shape id="Text Box 2" style="position:absolute;margin-left:80.7pt;margin-top:2.25pt;width:11.85pt;height:9.45pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" fillcolor="white [3201]" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQANmiiBOQIAAIIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2ynSdoFcYosRYYB&#10;QVsgHXpWZCk2JouapMTOfv0o2flot9Owi0yJ1BP5+OjZfVsrchDWVaBzmg1SSoTmUFR6l9PvL6tP&#10;d5Q4z3TBFGiR06Nw9H7+8cOsMVMxhBJUISxBEO2mjclp6b2ZJonjpaiZG4ARGp0SbM08bu0uKSxr&#10;EL1WyTBNJ0kDtjAWuHAOTx86J51HfCkF909SOuGJyinm5uNq47oNazKfsenOMlNWvE+D/UMWNas0&#10;PnqGemCekb2t/oCqK27BgfQDDnUCUlZcxBqwmix9V82mZEbEWpAcZ840uf8Hyx8PG/NsiW+/QIsN&#10;DIQ0xk0dHoZ6Wmnr8MVMCfqRwuOZNtF6wsOlcTpJbynh6MqG6U02CSjJ5bKxzn8VUJNg5NRiVyJZ&#10;7LB2vgs9hYS3HKiqWFVKxU1QglgqSw4Me6h8TBHB30QpTZqcTm7GaQR+4wvQ5/tbxfiPPr2rKMRT&#10;GnO+lB4s325bUhVXtGyhOCJbFjohOcNXFcKvmfPPzKJykCCcBv+Ei1SAOUFvUVKC/fW38xCPDUUv&#10;JQ0qMafu555ZQYn6prHVn7PRKEg3bkbj2yFu7LVne+3R+3oJSFSGc2d4NEO8VydTWqhfcWgW4VV0&#10;Mc3x7Zz6k7n03Xzg0HGxWMQgFKthfq03hgfo0JhA60v7yqzp2+pRD49w0iybvutuFxtualjsPcgq&#10;tj7w3LHa049Cj+LphzJM0vU+Rl1+HfPfAAAA//8DAFBLAwQUAAYACAAAACEA1S5s19sAAAAIAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPMU/DMBSEdyT+g/WQ2KiTklYhxKkAFRYmCmJ+jV9ti9iObDcN&#10;/x53ouPpTnfftZvZDmyiEI13AspFAYxc76VxSsDX5+tdDSwmdBIH70jAL0XYdNdXLTbSn9wHTbuk&#10;WC5xsUEBOqWx4Tz2mizGhR/JZe/gg8WUZVBcBjzlcjvwZVGsuUXj8oLGkV409T+7oxWwfVYPqq8x&#10;6G0tjZnm78O7ehPi9mZ+egSWaE7/YTjjZ3ToMtPeH52MbMh6XVY5KqBaATv79aoEthewvK+Ady2/&#10;PND9AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAA2aKIE5AgAAggQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANUubNfbAAAACAEAAA8AAAAAAAAA&#10;AAAAAAAAkwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" w14:anchorId="12174C61">
+                  <w:pict>
+                    <v:shape w14:anchorId="12174C61" id="Text Box 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:80.7pt;margin-top:2.25pt;width:11.85pt;height:9.45pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQANmiiBOQIAAIIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2ynSdoFcYosRYYB&#10;QVsgHXpWZCk2JouapMTOfv0o2flot9Owi0yJ1BP5+OjZfVsrchDWVaBzmg1SSoTmUFR6l9PvL6tP&#10;d5Q4z3TBFGiR06Nw9H7+8cOsMVMxhBJUISxBEO2mjclp6b2ZJonjpaiZG4ARGp0SbM08bu0uKSxr&#10;EL1WyTBNJ0kDtjAWuHAOTx86J51HfCkF909SOuGJyinm5uNq47oNazKfsenOMlNWvE+D/UMWNas0&#10;PnqGemCekb2t/oCqK27BgfQDDnUCUlZcxBqwmix9V82mZEbEWpAcZ840uf8Hyx8PG/NsiW+/QIsN&#10;DIQ0xk0dHoZ6Wmnr8MVMCfqRwuOZNtF6wsOlcTpJbynh6MqG6U02CSjJ5bKxzn8VUJNg5NRiVyJZ&#10;7LB2vgs9hYS3HKiqWFVKxU1QglgqSw4Me6h8TBHB30QpTZqcTm7GaQR+4wvQ5/tbxfiPPr2rKMRT&#10;GnO+lB4s325bUhVXtGyhOCJbFjohOcNXFcKvmfPPzKJykCCcBv+Ei1SAOUFvUVKC/fW38xCPDUUv&#10;JQ0qMafu555ZQYn6prHVn7PRKEg3bkbj2yFu7LVne+3R+3oJSFSGc2d4NEO8VydTWqhfcWgW4VV0&#10;Mc3x7Zz6k7n03Xzg0HGxWMQgFKthfq03hgfo0JhA60v7yqzp2+pRD49w0iybvutuFxtualjsPcgq&#10;tj7w3LHa049Cj+LphzJM0vU+Rl1+HfPfAAAA//8DAFBLAwQUAAYACAAAACEA1S5s19sAAAAIAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPMU/DMBSEdyT+g/WQ2KiTklYhxKkAFRYmCmJ+jV9ti9iObDcN&#10;/x53ouPpTnfftZvZDmyiEI13AspFAYxc76VxSsDX5+tdDSwmdBIH70jAL0XYdNdXLTbSn9wHTbuk&#10;WC5xsUEBOqWx4Tz2mizGhR/JZe/gg8WUZVBcBjzlcjvwZVGsuUXj8oLGkV409T+7oxWwfVYPqq8x&#10;6G0tjZnm78O7ehPi9mZ+egSWaE7/YTjjZ3ToMtPeH52MbMh6XVY5KqBaATv79aoEthewvK+Ady2/&#10;PND9AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAA2aKIE5AgAAggQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANUubNfbAAAACAEAAA8AAAAAAAAA&#10;AAAAAAAAkwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w:rsidR="00E53610" w:rsidRDefault="00E53610" w14:paraId="672A6659" w14:textId="77777777"/>
+                          <w:p w14:paraId="49A0089A" w14:textId="77777777" w:rsidR="00E53610" w:rsidRDefault="00E53610"/>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Onsite</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">   Yes    </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="008B0AC2" w:rsidRDefault="00E53610" w14:paraId="304B6A3E" w14:textId="597EB824">
+          <w:p w14:paraId="304B6A3E" w14:textId="597EB824" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="008B0AC2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">              </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="008B0AC2" w:rsidRDefault="00E53610" w14:paraId="1087665D" w14:textId="4B38CFE7">
+          <w:p w14:paraId="1087665D" w14:textId="4B38CFE7" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="008B0AC2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658252" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4BE99A31" wp14:editId="749EE66B">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>1029670</wp:posOffset>
@@ -6323,103 +6280,103 @@
                       <wp:docPr id="14" name="Text Box 14"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1"/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="150607" cy="120316"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:schemeClr val="lt1"/>
                               </a:solidFill>
                               <a:ln w="6350">
                                 <a:solidFill>
                                   <a:prstClr val="black"/>
                                 </a:solidFill>
                               </a:ln>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w:rsidR="00E53610" w:rsidP="00B6169E" w:rsidRDefault="00E53610" w14:paraId="72FDAA45" w14:textId="77777777"/>
+                                <w:p w14:paraId="72FDAA45" w14:textId="77777777" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="00B6169E"/>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict w14:anchorId="2D225CEB">
-                    <v:shape id="Text Box 14" style="position:absolute;margin-left:81.1pt;margin-top:3.05pt;width:11.85pt;height:9.45pt;z-index:251658252;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1028" fillcolor="white [3201]" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNSoklOwIAAIIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2ynSdoFcYosRYYB&#10;QVsgHXpWZDkWJouapMTOfv0o2flot9Owi0yJ1BP5+OjZfVsrchDWSdA5zQYpJUJzKKTe5fT7y+rT&#10;HSXOM10wBVrk9CgcvZ9//DBrzFQMoQJVCEsQRLtpY3JaeW+mSeJ4JWrmBmCERmcJtmYet3aXFJY1&#10;iF6rZJimk6QBWxgLXDiHpw+dk84jflkK7p/K0glPVE4xNx9XG9dtWJP5jE13lplK8j4N9g9Z1Exq&#10;fPQM9cA8I3sr/4CqJbfgoPQDDnUCZSm5iDVgNVn6rppNxYyItSA5zpxpcv8Plj8eNubZEt9+gRYb&#10;GAhpjJs6PAz1tKWtwxczJehHCo9n2kTrCQ+XxukkvaWEoysbpjfZJKAkl8vGOv9VQE2CkVOLXYlk&#10;scPa+S70FBLecqBksZJKxU1QglgqSw4Me6h8TBHB30QpTZqcTm7GaQR+4wvQ5/tbxfiPPr2rKMRT&#10;GnO+lB4s325bIoucDk+0bKE4IlsWOiE5w1cS4dfM+WdmUTlIEE6Df8KlVIA5QW9RUoH99bfzEI8N&#10;RS8lDSoxp+7nnllBifqmsdWfs9EoSDduRuPbIW7stWd77dH7eglIVIZzZ3g0Q7xXJ7O0UL/i0CzC&#10;q+himuPbOfUnc+m7+cCh42KxiEEoVsP8Wm8MD9ChMYHWl/aVWdO31aMeHuGkWTZ9190uNtzUsNh7&#10;KGVsfeC5Y7WnH4UexdMPZZik632Muvw65r8BAAD//wMAUEsDBBQABgAIAAAAIQB9YAWt2wAAAAgB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwFIR3JP6D9SqxUaeRGqUhTlVQYWGiRcxu/GpbxM+R&#10;7abh3+NOMJ7udPddu53dwCYM0XoSsFoWwJB6ryxpAZ/H18caWEySlBw8oYAfjLDt7u9a2Sh/pQ+c&#10;DkmzXEKxkQJMSmPDeewNOhmXfkTK3tkHJ1OWQXMV5DWXu4GXRVFxJy3lBSNHfDHYfx8uTsD+WW90&#10;X8tg9rWydpq/zu/6TYiHxbx7ApZwTn9huOFndOgy08lfSEU2ZF2VZY4KqFbAbn693gA7CSjXBfCu&#10;5f8PdL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAzUqJJTsCAACCBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAfWAFrdsAAAAIAQAADwAAAAAA&#10;AAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" w14:anchorId="4BE99A31">
+                  <w:pict>
+                    <v:shape w14:anchorId="4BE99A31" id="Text Box 14" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:81.1pt;margin-top:3.05pt;width:11.85pt;height:9.45pt;z-index:251658252;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNSoklOwIAAIIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2ynSdoFcYosRYYB&#10;QVsgHXpWZDkWJouapMTOfv0o2flot9Owi0yJ1BP5+OjZfVsrchDWSdA5zQYpJUJzKKTe5fT7y+rT&#10;HSXOM10wBVrk9CgcvZ9//DBrzFQMoQJVCEsQRLtpY3JaeW+mSeJ4JWrmBmCERmcJtmYet3aXFJY1&#10;iF6rZJimk6QBWxgLXDiHpw+dk84jflkK7p/K0glPVE4xNx9XG9dtWJP5jE13lplK8j4N9g9Z1Exq&#10;fPQM9cA8I3sr/4CqJbfgoPQDDnUCZSm5iDVgNVn6rppNxYyItSA5zpxpcv8Plj8eNubZEt9+gRYb&#10;GAhpjJs6PAz1tKWtwxczJehHCo9n2kTrCQ+XxukkvaWEoysbpjfZJKAkl8vGOv9VQE2CkVOLXYlk&#10;scPa+S70FBLecqBksZJKxU1QglgqSw4Me6h8TBHB30QpTZqcTm7GaQR+4wvQ5/tbxfiPPr2rKMRT&#10;GnO+lB4s325bIoucDk+0bKE4IlsWOiE5w1cS4dfM+WdmUTlIEE6Df8KlVIA5QW9RUoH99bfzEI8N&#10;RS8lDSoxp+7nnllBifqmsdWfs9EoSDduRuPbIW7stWd77dH7eglIVIZzZ3g0Q7xXJ7O0UL/i0CzC&#10;q+himuPbOfUnc+m7+cCh42KxiEEoVsP8Wm8MD9ChMYHWl/aVWdO31aMeHuGkWTZ9190uNtzUsNh7&#10;KGVsfeC5Y7WnH4UexdMPZZik632Muvw65r8BAAD//wMAUEsDBBQABgAIAAAAIQB9YAWt2wAAAAgB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwFIR3JP6D9SqxUaeRGqUhTlVQYWGiRcxu/GpbxM+R&#10;7abh3+NOMJ7udPddu53dwCYM0XoSsFoWwJB6ryxpAZ/H18caWEySlBw8oYAfjLDt7u9a2Sh/pQ+c&#10;DkmzXEKxkQJMSmPDeewNOhmXfkTK3tkHJ1OWQXMV5DWXu4GXRVFxJy3lBSNHfDHYfx8uTsD+WW90&#10;X8tg9rWydpq/zu/6TYiHxbx7ApZwTn9huOFndOgy08lfSEU2ZF2VZY4KqFbAbn693gA7CSjXBfCu&#10;5f8PdL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAzUqJJTsCAACCBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAfWAFrdsAAAAIAQAADwAAAAAA&#10;AAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w:rsidR="00E53610" w:rsidP="00B6169E" w:rsidRDefault="00E53610" w14:paraId="0A37501D" w14:textId="77777777"/>
+                          <w:p w14:paraId="72FDAA45" w14:textId="77777777" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="00B6169E"/>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">                No   </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="008B0AC2" w:rsidRDefault="00E53610" w14:paraId="2FC56794" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="6FF5DF8F" w14:textId="24DAFC92">
+          <w:p w14:paraId="2FC56794" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="008B0AC2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6FF5DF8F" w14:textId="24DAFC92" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00730331">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4B21AD5C" wp14:editId="721C02A2">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>1029670</wp:posOffset>
@@ -6433,133 +6390,133 @@
                       <wp:docPr id="5" name="Text Box 5"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1"/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="150607" cy="120316"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:schemeClr val="lt1"/>
                               </a:solidFill>
                               <a:ln w="6350">
                                 <a:solidFill>
                                   <a:prstClr val="black"/>
                                 </a:solidFill>
                               </a:ln>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="6C4D0323" w14:textId="77777777"/>
+                                <w:p w14:paraId="6C4D0323" w14:textId="77777777" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="00730331"/>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict w14:anchorId="36E8123C">
-                    <v:shape id="Text Box 5" style="position:absolute;margin-left:81.1pt;margin-top:3.05pt;width:11.85pt;height:9.45pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1029" fillcolor="white [3201]" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCy+MbwOwIAAIIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2znq50Rp8hSZBhQ&#10;tAXSoWdFlhJjsqhJSuzs14+SnY92Ow27yJRIPZGPj57dtbUiB2FdBbqg2SClRGgOZaW3Bf3+svp0&#10;S4nzTJdMgRYFPQpH7+YfP8wak4sh7ECVwhIE0S5vTEF33ps8SRzfiZq5ARih0SnB1szj1m6T0rIG&#10;0WuVDNN0mjRgS2OBC+fw9L5z0nnEl1Jw/ySlE56ogmJuPq42rpuwJvMZy7eWmV3F+zTYP2RRs0rj&#10;o2eoe+YZ2dvqD6i64hYcSD/gUCcgZcVFrAGrydJ31ax3zIhYC5LjzJkm9/9g+eNhbZ4t8e0XaLGB&#10;gZDGuNzhYainlbYOX8yUoB8pPJ5pE60nPFyapNP0hhKOrmyYjrJpQEkul411/quAmgSjoBa7Esli&#10;hwfnu9BTSHjLgarKVaVU3AQliKWy5MCwh8rHFBH8TZTSpCnodDRJI/AbX4A+398oxn/06V1FIZ7S&#10;mPOl9GD5dtOSqizo6ETLBsojsmWhE5IzfFUh/ANz/plZVA4ShNPgn3CRCjAn6C1KdmB//e08xGND&#10;0UtJg0osqPu5Z1ZQor5pbPXnbDwO0o2b8eRmiBt77dlce/S+XgISleHcGR7NEO/VyZQW6lccmkV4&#10;FV1Mc3y7oP5kLn03Hzh0XCwWMQjFaph/0GvDA3RoTKD1pX1l1vRt9aiHRzhpluXvutvFhpsaFnsP&#10;soqtDzx3rPb0o9CjePqhDJN0vY9Rl1/H/DcAAAD//wMAUEsDBBQABgAIAAAAIQB9YAWt2wAAAAgB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwFIR3JP6D9SqxUaeRGqUhTlVQYWGiRcxu/GpbxM+R&#10;7abh3+NOMJ7udPddu53dwCYM0XoSsFoWwJB6ryxpAZ/H18caWEySlBw8oYAfjLDt7u9a2Sh/pQ+c&#10;DkmzXEKxkQJMSmPDeewNOhmXfkTK3tkHJ1OWQXMV5DWXu4GXRVFxJy3lBSNHfDHYfx8uTsD+WW90&#10;X8tg9rWydpq/zu/6TYiHxbx7ApZwTn9huOFndOgy08lfSEU2ZF2VZY4KqFbAbn693gA7CSjXBfCu&#10;5f8PdL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAsvjG8DsCAACCBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAfWAFrdsAAAAIAQAADwAAAAAA&#10;AAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" w14:anchorId="4B21AD5C">
+                  <w:pict>
+                    <v:shape w14:anchorId="4B21AD5C" id="Text Box 5" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:81.1pt;margin-top:3.05pt;width:11.85pt;height:9.45pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCy+MbwOwIAAIIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2znq50Rp8hSZBhQ&#10;tAXSoWdFlhJjsqhJSuzs14+SnY92Ow27yJRIPZGPj57dtbUiB2FdBbqg2SClRGgOZaW3Bf3+svp0&#10;S4nzTJdMgRYFPQpH7+YfP8wak4sh7ECVwhIE0S5vTEF33ps8SRzfiZq5ARih0SnB1szj1m6T0rIG&#10;0WuVDNN0mjRgS2OBC+fw9L5z0nnEl1Jw/ySlE56ogmJuPq42rpuwJvMZy7eWmV3F+zTYP2RRs0rj&#10;o2eoe+YZ2dvqD6i64hYcSD/gUCcgZcVFrAGrydJ31ax3zIhYC5LjzJkm9/9g+eNhbZ4t8e0XaLGB&#10;gZDGuNzhYainlbYOX8yUoB8pPJ5pE60nPFyapNP0hhKOrmyYjrJpQEkul411/quAmgSjoBa7Esli&#10;hwfnu9BTSHjLgarKVaVU3AQliKWy5MCwh8rHFBH8TZTSpCnodDRJI/AbX4A+398oxn/06V1FIZ7S&#10;mPOl9GD5dtOSqizo6ETLBsojsmWhE5IzfFUh/ANz/plZVA4ShNPgn3CRCjAn6C1KdmB//e08xGND&#10;0UtJg0osqPu5Z1ZQor5pbPXnbDwO0o2b8eRmiBt77dlce/S+XgISleHcGR7NEO/VyZQW6lccmkV4&#10;FV1Mc3y7oP5kLn03Hzh0XCwWMQjFaph/0GvDA3RoTKD1pX1l1vRt9aiHRzhpluXvutvFhpsaFnsP&#10;soqtDzx3rPb0o9CjePqhDJN0vY9Rl1/H/DcAAAD//wMAUEsDBBQABgAIAAAAIQB9YAWt2wAAAAgB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwFIR3JP6D9SqxUaeRGqUhTlVQYWGiRcxu/GpbxM+R&#10;7abh3+NOMJ7udPddu53dwCYM0XoSsFoWwJB6ryxpAZ/H18caWEySlBw8oYAfjLDt7u9a2Sh/pQ+c&#10;DkmzXEKxkQJMSmPDeewNOhmXfkTK3tkHJ1OWQXMV5DWXu4GXRVFxJy3lBSNHfDHYfx8uTsD+WW90&#10;X8tg9rWydpq/zu/6TYiHxbx7ApZwTn9huOFndOgy08lfSEU2ZF2VZY4KqFbAbn693gA7CSjXBfCu&#10;5f8PdL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAsvjG8DsCAACCBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAfWAFrdsAAAAIAQAADwAAAAAA&#10;AAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="5DAB6C7B" w14:textId="77777777"/>
+                          <w:p w14:paraId="6C4D0323" w14:textId="77777777" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="00730331"/>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Website</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="468E6B4F" w14:textId="77777777">
+          <w:p w14:paraId="468E6B4F" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00730331">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">              </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="60B78100" w14:textId="0AA4DEF7">
+          <w:p w14:paraId="60B78100" w14:textId="0AA4DEF7" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00730331">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0386E371" wp14:editId="038DEF56">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>1038406</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
@@ -6571,317 +6528,312 @@
                       <wp:docPr id="4" name="Text Box 4"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1"/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="150607" cy="120316"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:schemeClr val="lt1"/>
                               </a:solidFill>
                               <a:ln w="6350">
                                 <a:solidFill>
                                   <a:prstClr val="black"/>
                                 </a:solidFill>
                               </a:ln>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="1DCBE1C1" w14:textId="77777777"/>
+                                <w:p w14:paraId="1DCBE1C1" w14:textId="77777777" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="00730331"/>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict w14:anchorId="6FAD7823">
-                    <v:shape id="Text Box 4" style="position:absolute;margin-left:81.75pt;margin-top:2.8pt;width:11.85pt;height:9.45pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1030" fillcolor="white [3201]" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAM7bu3OwIAAIIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2ynSdoFcYosRYYB&#10;QVsgHXpWZCk2JouapMTOfv0o2flot9Owi0yJ1BP5+OjZfVsrchDWVaBzmg1SSoTmUFR6l9PvL6tP&#10;d5Q4z3TBFGiR06Nw9H7+8cOsMVMxhBJUISxBEO2mjclp6b2ZJonjpaiZG4ARGp0SbM08bu0uKSxr&#10;EL1WyTBNJ0kDtjAWuHAOTx86J51HfCkF909SOuGJyinm5uNq47oNazKfsenOMlNWvE+D/UMWNas0&#10;PnqGemCekb2t/oCqK27BgfQDDnUCUlZcxBqwmix9V82mZEbEWpAcZ840uf8Hyx8PG/NsiW+/QIsN&#10;DIQ0xk0dHoZ6Wmnr8MVMCfqRwuOZNtF6wsOlcTpJbynh6MqG6U02CSjJ5bKxzn8VUJNg5NRiVyJZ&#10;7LB2vgs9hYS3HKiqWFVKxU1QglgqSw4Me6h8TBHB30QpTZqcTm7GaQR+4wvQ5/tbxfiPPr2rKMRT&#10;GnO+lB4s325bUhU5HZ1o2UJxRLYsdEJyhq8qhF8z55+ZReUgQTgN/gkXqQBzgt6ipAT762/nIR4b&#10;il5KGlRiTt3PPbOCEvVNY6s/Z6NRkG7cjMa3Q9zYa8/22qP39RKQqAznzvBohnivTqa0UL/i0CzC&#10;q+himuPbOfUnc+m7+cCh42KxiEEoVsP8Wm8MD9ChMYHWl/aVWdO31aMeHuGkWTZ9190uNtzUsNh7&#10;kFVsfeC5Y7WnH4UexdMPZZik632Muvw65r8BAAD//wMAUEsDBBQABgAIAAAAIQA5NWam2wAAAAgB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwFIR3JP6D9ZDYqEMgIYQ4FaDCwkRBzK/xq20R25Ht&#10;puHf404wnu509123XuzIZgrReCfgelUAIzd4aZwS8PnxctUAiwmdxNE7EvBDEdb9+VmHrfRH907z&#10;NimWS1xsUYBOaWo5j4Mmi3HlJ3LZ2/tgMWUZFJcBj7ncjrwsippbNC4vaJzoWdPwvT1YAZsnda+G&#10;BoPeNNKYefnav6lXIS4vlscHYImW9BeGE35Ghz4z7fzBycjGrOubKkcFVDWwk9/clcB2AsrbCnjf&#10;8f8H+l8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEADO27tzsCAACCBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAOTVmptsAAAAIAQAADwAAAAAA&#10;AAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" w14:anchorId="0386E371">
+                  <w:pict>
+                    <v:shape w14:anchorId="0386E371" id="Text Box 4" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:81.75pt;margin-top:2.8pt;width:11.85pt;height:9.45pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAM7bu3OwIAAIIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2ynSdoFcYosRYYB&#10;QVsgHXpWZCk2JouapMTOfv0o2flot9Owi0yJ1BP5+OjZfVsrchDWVaBzmg1SSoTmUFR6l9PvL6tP&#10;d5Q4z3TBFGiR06Nw9H7+8cOsMVMxhBJUISxBEO2mjclp6b2ZJonjpaiZG4ARGp0SbM08bu0uKSxr&#10;EL1WyTBNJ0kDtjAWuHAOTx86J51HfCkF909SOuGJyinm5uNq47oNazKfsenOMlNWvE+D/UMWNas0&#10;PnqGemCekb2t/oCqK27BgfQDDnUCUlZcxBqwmix9V82mZEbEWpAcZ840uf8Hyx8PG/NsiW+/QIsN&#10;DIQ0xk0dHoZ6Wmnr8MVMCfqRwuOZNtF6wsOlcTpJbynh6MqG6U02CSjJ5bKxzn8VUJNg5NRiVyJZ&#10;7LB2vgs9hYS3HKiqWFVKxU1QglgqSw4Me6h8TBHB30QpTZqcTm7GaQR+4wvQ5/tbxfiPPr2rKMRT&#10;GnO+lB4s325bUhU5HZ1o2UJxRLYsdEJyhq8qhF8z55+ZReUgQTgN/gkXqQBzgt6ipAT762/nIR4b&#10;il5KGlRiTt3PPbOCEvVNY6s/Z6NRkG7cjMa3Q9zYa8/22qP39RKQqAznzvBohnivTqa0UL/i0CzC&#10;q+himuPbOfUnc+m7+cCh42KxiEEoVsP8Wm8MD9ChMYHWl/aVWdO31aMeHuGkWTZ9190uNtzUsNh7&#10;kFVsfeC5Y7WnH4UexdMPZZik632Muvw65r8BAAD//wMAUEsDBBQABgAIAAAAIQA5NWam2wAAAAgB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwFIR3JP6D9ZDYqEMgIYQ4FaDCwkRBzK/xq20R25Ht&#10;puHf404wnu509123XuzIZgrReCfgelUAIzd4aZwS8PnxctUAiwmdxNE7EvBDEdb9+VmHrfRH907z&#10;NimWS1xsUYBOaWo5j4Mmi3HlJ3LZ2/tgMWUZFJcBj7ncjrwsippbNC4vaJzoWdPwvT1YAZsnda+G&#10;BoPeNNKYefnav6lXIS4vlscHYImW9BeGE35Ghz4z7fzBycjGrOubKkcFVDWwk9/clcB2AsrbCnjf&#10;8f8H+l8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEADO27tzsCAACCBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAOTVmptsAAAAIAQAADwAAAAAA&#10;AAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="02EB378F" w14:textId="77777777"/>
+                          <w:p w14:paraId="1DCBE1C1" w14:textId="77777777" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="00730331"/>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">                 No </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="008B0AC2" w:rsidRDefault="00E53610" w14:paraId="175473BA" w14:textId="7ADCCBE4">
+          <w:p w14:paraId="175473BA" w14:textId="7ADCCBE4" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="008B0AC2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="72DF906B" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="72DF906B" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="25C32816" w14:textId="6F003959">
+          </w:tcPr>
+          <w:p w14:paraId="25C32816" w14:textId="6F003959" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E53610" w:rsidP="225A492B" w:rsidRDefault="00E53610" w14:paraId="6C92841B" w14:textId="168EC0B8">
+          </w:tcPr>
+          <w:p w14:paraId="6C92841B" w14:textId="168EC0B8" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="225A492B">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00A243A1">
+            <w:r w:rsidR="00A243A1" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CC(s)</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> have the Optional Posters </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00D31BA9">
+            <w:r w:rsidR="00D31BA9" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>site and/or on your website</w:t>
             </w:r>
             <w:r w:rsidR="00F17EF3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(s)</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00991C3D" w:rsidP="225A492B" w:rsidRDefault="00991C3D" w14:paraId="139D4FB7" w14:textId="77777777">
+          <w:p w14:paraId="139D4FB7" w14:textId="77777777" w:rsidR="00991C3D" w:rsidRDefault="00991C3D" w:rsidP="225A492B">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00EC2793" w:rsidRDefault="00991C3D" w14:paraId="4AE58B37" w14:textId="0D0D62F8">
+          <w:p w14:paraId="4AE58B37" w14:textId="0D0D62F8" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00991C3D" w:rsidP="00EC2793">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2793">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Reference: </w:t>
             </w:r>
-            <w:hyperlink w:history="1" r:id="rId13">
-[...1 lines deleted...]
-                <w:r w:rsidRPr="00EC2793" w:rsidR="00EC2793">
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:hyperlink r:id="rId14" w:history="1">
+                <w:r w:rsidR="00EC2793" w:rsidRPr="00EC2793">
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                     <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                     <w:b/>
                     <w:bCs/>
                     <w:i/>
                     <w:iCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>https://www.mass.gov/info-details/ajc-posters</w:t>
                 </w:r>
               </w:hyperlink>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="631A91CC" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="631A91CC" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="0D5830A1" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0D5830A1" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="7ED1607A" w14:textId="4D0C8B29">
+          </w:tcPr>
+          <w:p w14:paraId="7ED1607A" w14:textId="4D0C8B29" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00730331">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3B2B7798" wp14:editId="0A262AB9">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>1024597</wp:posOffset>
@@ -6895,133 +6847,133 @@
                       <wp:docPr id="6" name="Text Box 6"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1"/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="150607" cy="120316"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:schemeClr val="lt1"/>
                               </a:solidFill>
                               <a:ln w="6350">
                                 <a:solidFill>
                                   <a:prstClr val="black"/>
                                 </a:solidFill>
                               </a:ln>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="3CE95404" w14:textId="77777777"/>
+                                <w:p w14:paraId="3CE95404" w14:textId="77777777" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="00730331"/>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict w14:anchorId="7E4F0D3E">
-                    <v:shape id="Text Box 6" style="position:absolute;margin-left:80.7pt;margin-top:2.25pt;width:11.85pt;height:9.45pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1031" fillcolor="white [3201]" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBzX/RiOwIAAIIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2ynSdoFcYosRYYB&#10;QVsgHXpWZCk2JouapMTOfv0o2flot9Owi0yJ1BP5+OjZfVsrchDWVaBzmg1SSoTmUFR6l9PvL6tP&#10;d5Q4z3TBFGiR06Nw9H7+8cOsMVMxhBJUISxBEO2mjclp6b2ZJonjpaiZG4ARGp0SbM08bu0uKSxr&#10;EL1WyTBNJ0kDtjAWuHAOTx86J51HfCkF909SOuGJyinm5uNq47oNazKfsenOMlNWvE+D/UMWNas0&#10;PnqGemCekb2t/oCqK27BgfQDDnUCUlZcxBqwmix9V82mZEbEWpAcZ840uf8Hyx8PG/NsiW+/QIsN&#10;DIQ0xk0dHoZ6Wmnr8MVMCfqRwuOZNtF6wsOlcTpJbynh6MqG6U02CSjJ5bKxzn8VUJNg5NRiVyJZ&#10;7LB2vgs9hYS3HKiqWFVKxU1QglgqSw4Me6h8TBHB30QpTZqcTm7GaQR+4wvQ5/tbxfiPPr2rKMRT&#10;GnO+lB4s325bUhU5HZ9o2UJxRLYsdEJyhq8qhF8z55+ZReUgQTgN/gkXqQBzgt6ipAT762/nIR4b&#10;il5KGlRiTt3PPbOCEvVNY6s/Z6NRkG7cjMa3Q9zYa8/22qP39RKQqAznzvBohnivTqa0UL/i0CzC&#10;q+himuPbOfUnc+m7+cCh42KxiEEoVsP8Wm8MD9ChMYHWl/aVWdO31aMeHuGkWTZ9190uNtzUsNh7&#10;kFVsfeC5Y7WnH4UexdMPZZik632Muvw65r8BAAD//wMAUEsDBBQABgAIAAAAIQDVLmzX2wAAAAgB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwFIR3JP6D9ZDYqJOSViHEqQAVFiYKYn6NX22L2I5s&#10;Nw3/Hnei4+lOd9+1m9kObKIQjXcCykUBjFzvpXFKwNfn610NLCZ0EgfvSMAvRdh011ctNtKf3AdN&#10;u6RYLnGxQQE6pbHhPPaaLMaFH8ll7+CDxZRlUFwGPOVyO/BlUay5RePygsaRXjT1P7ujFbB9Vg+q&#10;rzHobS2Nmebvw7t6E+L2Zn56BJZoTv9hOONndOgy094fnYxsyHpdVjkqoFoBO/v1qgS2F7C8r4B3&#10;Lb880P0BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAc1/0YjsCAACCBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA1S5s19sAAAAIAQAADwAAAAAA&#10;AAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" w14:anchorId="3B2B7798">
+                  <w:pict>
+                    <v:shape w14:anchorId="3B2B7798" id="Text Box 6" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:80.7pt;margin-top:2.25pt;width:11.85pt;height:9.45pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBzX/RiOwIAAIIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2ynSdoFcYosRYYB&#10;QVsgHXpWZCk2JouapMTOfv0o2flot9Owi0yJ1BP5+OjZfVsrchDWVaBzmg1SSoTmUFR6l9PvL6tP&#10;d5Q4z3TBFGiR06Nw9H7+8cOsMVMxhBJUISxBEO2mjclp6b2ZJonjpaiZG4ARGp0SbM08bu0uKSxr&#10;EL1WyTBNJ0kDtjAWuHAOTx86J51HfCkF909SOuGJyinm5uNq47oNazKfsenOMlNWvE+D/UMWNas0&#10;PnqGemCekb2t/oCqK27BgfQDDnUCUlZcxBqwmix9V82mZEbEWpAcZ840uf8Hyx8PG/NsiW+/QIsN&#10;DIQ0xk0dHoZ6Wmnr8MVMCfqRwuOZNtF6wsOlcTpJbynh6MqG6U02CSjJ5bKxzn8VUJNg5NRiVyJZ&#10;7LB2vgs9hYS3HKiqWFVKxU1QglgqSw4Me6h8TBHB30QpTZqcTm7GaQR+4wvQ5/tbxfiPPr2rKMRT&#10;GnO+lB4s325bUhU5HZ9o2UJxRLYsdEJyhq8qhF8z55+ZReUgQTgN/gkXqQBzgt6ipAT762/nIR4b&#10;il5KGlRiTt3PPbOCEvVNY6s/Z6NRkG7cjMa3Q9zYa8/22qP39RKQqAznzvBohnivTqa0UL/i0CzC&#10;q+himuPbOfUnc+m7+cCh42KxiEEoVsP8Wm8MD9ChMYHWl/aVWdO31aMeHuGkWTZ9190uNtzUsNh7&#10;kFVsfeC5Y7WnH4UexdMPZZik632Muvw65r8BAAD//wMAUEsDBBQABgAIAAAAIQDVLmzX2wAAAAgB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwFIR3JP6D9ZDYqJOSViHEqQAVFiYKYn6NX22L2I5s&#10;Nw3/Hnei4+lOd9+1m9kObKIQjXcCykUBjFzvpXFKwNfn610NLCZ0EgfvSMAvRdh011ctNtKf3AdN&#10;u6RYLnGxQQE6pbHhPPaaLMaFH8ll7+CDxZRlUFwGPOVyO/BlUay5RePygsaRXjT1P7ujFbB9Vg+q&#10;rzHobS2Nmebvw7t6E+L2Zn56BJZoTv9hOONndOgy094fnYxsyHpdVjkqoFoBO/v1qgS2F7C8r4B3&#10;Lb880P0BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAc1/0YjsCAACCBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA1S5s19sAAAAIAQAADwAAAAAA&#10;AAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="6A05A809" w14:textId="77777777"/>
+                          <w:p w14:paraId="3CE95404" w14:textId="77777777" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="00730331"/>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Onsite</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">   Yes    </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="416F1F88" w14:textId="77777777">
+          <w:p w14:paraId="416F1F88" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00730331">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">              </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="5F197DF2" w14:textId="7F719910">
+          <w:p w14:paraId="5F197DF2" w14:textId="7F719910" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00730331">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="15DF1D41" wp14:editId="5BB25B55">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>1028176</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
@@ -7033,103 +6985,103 @@
                       <wp:docPr id="7" name="Text Box 7"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1"/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="150607" cy="120316"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:schemeClr val="lt1"/>
                               </a:solidFill>
                               <a:ln w="6350">
                                 <a:solidFill>
                                   <a:prstClr val="black"/>
                                 </a:solidFill>
                               </a:ln>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="2F8BD232" w14:textId="77777777"/>
+                                <w:p w14:paraId="2F8BD232" w14:textId="77777777" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="00730331"/>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict w14:anchorId="312664AE">
-                    <v:shape id="Text Box 7" style="position:absolute;margin-left:80.95pt;margin-top:2pt;width:11.85pt;height:9.45pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1032" fillcolor="white [3201]" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzj1XGOgIAAIIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2ynSdoFcYosRYYB&#10;QVsgHXpWZCk2JouapMTOfv0o2flot9Owi0yJ1BP5+OjZfVsrchDWVaBzmg1SSoTmUFR6l9PvL6tP&#10;d5Q4z3TBFGiR06Nw9H7+8cOsMVMxhBJUISxBEO2mjclp6b2ZJonjpaiZG4ARGp0SbM08bu0uKSxr&#10;EL1WyTBNJ0kDtjAWuHAOTx86J51HfCkF909SOuGJyinm5uNq47oNazKfsenOMlNWvE+D/UMWNas0&#10;PnqGemCekb2t/oCqK27BgfQDDnUCUlZcxBqwmix9V82mZEbEWpAcZ840uf8Hyx8PG/NsiW+/QIsN&#10;DIQ0xk0dHoZ6Wmnr8MVMCfqRwuOZNtF6wsOlcTpJbynh6MqG6U02CSjJ5bKxzn8VUJNg5NRiVyJZ&#10;7LB2vgs9hYS3HKiqWFVKxU1QglgqSw4Me6h8TBHB30QpTZqcTm7GaQR+4wvQ5/tbxfiPPr2rKMRT&#10;GnO+lB4s325bUhUIfKJlC8UR2bLQCckZvqoQfs2cf2YWlYME4TT4J1ykAswJeouSEuyvv52HeGwo&#10;eilpUIk5dT/3zApK1DeNrf6cjUZBunEzGt8OcWOvPdtrj97XS0CiMpw7w6MZ4r06mdJC/YpDswiv&#10;ootpjm/n1J/Mpe/mA4eOi8UiBqFYDfNrvTE8QIfGBFpf2ldmTd9Wj3p4hJNm2fRdd7vYcFPDYu9B&#10;VrH1geeO1Z5+FHoUTz+UYZKu9zHq8uuY/wYAAP//AwBQSwMEFAAGAAgAAAAhAGXZ9C/aAAAACAEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMjzFPwzAUhHck/oP1kNio0wiiJMSpABUWJlrE7MavtkX8HNlu&#10;Gv497gTj6U5333WbxY1sxhCtJwHrVQEMafDKkhbwuX+9q4HFJEnJ0RMK+MEIm/76qpOt8mf6wHmX&#10;NMslFFspwKQ0tZzHwaCTceUnpOwdfXAyZRk0V0Gec7kbeVkUFXfSUl4wcsIXg8P37uQEbJ91o4da&#10;BrOtlbXz8nV8129C3N4sT4/AEi7pLwwX/IwOfWY6+BOpyMasq3WTowLu86WLXz9UwA4CyrIB3nf8&#10;/4H+FwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALOPVcY6AgAAggQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGXZ9C/aAAAACAEAAA8AAAAAAAAA&#10;AAAAAAAAlAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" w14:anchorId="15DF1D41">
+                  <w:pict>
+                    <v:shape w14:anchorId="15DF1D41" id="Text Box 7" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:80.95pt;margin-top:2pt;width:11.85pt;height:9.45pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzj1XGOgIAAIIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2ynSdoFcYosRYYB&#10;QVsgHXpWZCk2JouapMTOfv0o2flot9Owi0yJ1BP5+OjZfVsrchDWVaBzmg1SSoTmUFR6l9PvL6tP&#10;d5Q4z3TBFGiR06Nw9H7+8cOsMVMxhBJUISxBEO2mjclp6b2ZJonjpaiZG4ARGp0SbM08bu0uKSxr&#10;EL1WyTBNJ0kDtjAWuHAOTx86J51HfCkF909SOuGJyinm5uNq47oNazKfsenOMlNWvE+D/UMWNas0&#10;PnqGemCekb2t/oCqK27BgfQDDnUCUlZcxBqwmix9V82mZEbEWpAcZ840uf8Hyx8PG/NsiW+/QIsN&#10;DIQ0xk0dHoZ6Wmnr8MVMCfqRwuOZNtF6wsOlcTpJbynh6MqG6U02CSjJ5bKxzn8VUJNg5NRiVyJZ&#10;7LB2vgs9hYS3HKiqWFVKxU1QglgqSw4Me6h8TBHB30QpTZqcTm7GaQR+4wvQ5/tbxfiPPr2rKMRT&#10;GnO+lB4s325bUhUIfKJlC8UR2bLQCckZvqoQfs2cf2YWlYME4TT4J1ykAswJeouSEuyvv52HeGwo&#10;eilpUIk5dT/3zApK1DeNrf6cjUZBunEzGt8OcWOvPdtrj97XS0CiMpw7w6MZ4r06mdJC/YpDswiv&#10;ootpjm/n1J/Mpe/mA4eOi8UiBqFYDfNrvTE8QIfGBFpf2ldmTd9Wj3p4hJNm2fRdd7vYcFPDYu9B&#10;VrH1geeO1Z5+FHoUTz+UYZKu9zHq8uuY/wYAAP//AwBQSwMEFAAGAAgAAAAhAGXZ9C/aAAAACAEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMjzFPwzAUhHck/oP1kNio0wiiJMSpABUWJlrE7MavtkX8HNlu&#10;Gv497gTj6U5333WbxY1sxhCtJwHrVQEMafDKkhbwuX+9q4HFJEnJ0RMK+MEIm/76qpOt8mf6wHmX&#10;NMslFFspwKQ0tZzHwaCTceUnpOwdfXAyZRk0V0Gec7kbeVkUFXfSUl4wcsIXg8P37uQEbJ91o4da&#10;BrOtlbXz8nV8129C3N4sT4/AEi7pLwwX/IwOfWY6+BOpyMasq3WTowLu86WLXz9UwA4CyrIB3nf8&#10;/4H+FwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALOPVcY6AgAAggQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGXZ9C/aAAAACAEAAA8AAAAAAAAA&#10;AAAAAAAAlAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="5A39BBE3" w14:textId="77777777"/>
+                          <w:p w14:paraId="2F8BD232" w14:textId="77777777" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="00730331"/>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">                No </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="70018913" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="05F487C8" w14:textId="77777777">
+          <w:p w14:paraId="70018913" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00730331">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="05F487C8" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00730331">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F20EFB1" wp14:editId="3D982893">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>1029670</wp:posOffset>
@@ -7143,133 +7095,133 @@
                       <wp:docPr id="8" name="Text Box 8"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1"/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="150607" cy="120316"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:schemeClr val="lt1"/>
                               </a:solidFill>
                               <a:ln w="6350">
                                 <a:solidFill>
                                   <a:prstClr val="black"/>
                                 </a:solidFill>
                               </a:ln>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="32899B17" w14:textId="77777777"/>
+                                <w:p w14:paraId="32899B17" w14:textId="77777777" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="00730331"/>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict w14:anchorId="62423C59">
-                    <v:shape id="Text Box 8" style="position:absolute;margin-left:81.1pt;margin-top:3.05pt;width:11.85pt;height:9.45pt;z-index:251658246;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1033" fillcolor="white [3201]" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDMPRoTOwIAAIIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2ynSdoFcYosRYYB&#10;QVsgHXpWZCk2JouapMTOfv0o2flot9Owi0yJ1BP5+OjZfVsrchDWVaBzmg1SSoTmUFR6l9PvL6tP&#10;d5Q4z3TBFGiR06Nw9H7+8cOsMVMxhBJUISxBEO2mjclp6b2ZJonjpaiZG4ARGp0SbM08bu0uKSxr&#10;EL1WyTBNJ0kDtjAWuHAOTx86J51HfCkF909SOuGJyinm5uNq47oNazKfsenOMlNWvE+D/UMWNas0&#10;PnqGemCekb2t/oCqK27BgfQDDnUCUlZcxBqwmix9V82mZEbEWpAcZ840uf8Hyx8PG/NsiW+/QIsN&#10;DIQ0xk0dHoZ6Wmnr8MVMCfqRwuOZNtF6wsOlcTpJbynh6MqG6U02CSjJ5bKxzn8VUJNg5NRiVyJZ&#10;7LB2vgs9hYS3HKiqWFVKxU1QglgqSw4Me6h8TBHB30QpTZqcTm7GaQR+4wvQ5/tbxfiPPr2rKMRT&#10;GnO+lB4s325bUhU5vT3RsoXiiGxZ6ITkDF9VCL9mzj8zi8pBgnAa/BMuUgHmBL1FSQn219/OQzw2&#10;FL2UNKjEnLqfe2YFJeqbxlZ/zkajIN24GY1vh7ix157ttUfv6yUgURnOneHRDPFenUxpoX7FoVmE&#10;V9HFNMe3c+pP5tJ384FDx8ViEYNQrIb5td4YHqBDYwKtL+0rs6Zvq0c9PMJJs2z6rrtdbLipYbH3&#10;IKvY+sBzx2pPPwo9iqcfyjBJ1/sYdfl1zH8DAAD//wMAUEsDBBQABgAIAAAAIQB9YAWt2wAAAAgB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwFIR3JP6D9SqxUaeRGqUhTlVQYWGiRcxu/GpbxM+R&#10;7abh3+NOMJ7udPddu53dwCYM0XoSsFoWwJB6ryxpAZ/H18caWEySlBw8oYAfjLDt7u9a2Sh/pQ+c&#10;DkmzXEKxkQJMSmPDeewNOhmXfkTK3tkHJ1OWQXMV5DWXu4GXRVFxJy3lBSNHfDHYfx8uTsD+WW90&#10;X8tg9rWydpq/zu/6TYiHxbx7ApZwTn9huOFndOgy08lfSEU2ZF2VZY4KqFbAbn693gA7CSjXBfCu&#10;5f8PdL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAzD0aEzsCAACCBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAfWAFrdsAAAAIAQAADwAAAAAA&#10;AAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" w14:anchorId="4F20EFB1">
+                  <w:pict>
+                    <v:shape w14:anchorId="4F20EFB1" id="Text Box 8" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:81.1pt;margin-top:3.05pt;width:11.85pt;height:9.45pt;z-index:251658246;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDMPRoTOwIAAIIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2ynSdoFcYosRYYB&#10;QVsgHXpWZCk2JouapMTOfv0o2flot9Owi0yJ1BP5+OjZfVsrchDWVaBzmg1SSoTmUFR6l9PvL6tP&#10;d5Q4z3TBFGiR06Nw9H7+8cOsMVMxhBJUISxBEO2mjclp6b2ZJonjpaiZG4ARGp0SbM08bu0uKSxr&#10;EL1WyTBNJ0kDtjAWuHAOTx86J51HfCkF909SOuGJyinm5uNq47oNazKfsenOMlNWvE+D/UMWNas0&#10;PnqGemCekb2t/oCqK27BgfQDDnUCUlZcxBqwmix9V82mZEbEWpAcZ840uf8Hyx8PG/NsiW+/QIsN&#10;DIQ0xk0dHoZ6Wmnr8MVMCfqRwuOZNtF6wsOlcTpJbynh6MqG6U02CSjJ5bKxzn8VUJNg5NRiVyJZ&#10;7LB2vgs9hYS3HKiqWFVKxU1QglgqSw4Me6h8TBHB30QpTZqcTm7GaQR+4wvQ5/tbxfiPPr2rKMRT&#10;GnO+lB4s325bUhU5vT3RsoXiiGxZ6ITkDF9VCL9mzj8zi8pBgnAa/BMuUgHmBL1FSQn219/OQzw2&#10;FL2UNKjEnLqfe2YFJeqbxlZ/zkajIN24GY1vh7ix157ttUfv6yUgURnOneHRDPFenUxpoX7FoVmE&#10;V9HFNMe3c+pP5tJ384FDx8ViEYNQrIb5td4YHqBDYwKtL+0rs6Zvq0c9PMJJs2z6rrtdbLipYbH3&#10;IKvY+sBzx2pPPwo9iqcfyjBJ1/sYdfl1zH8DAAD//wMAUEsDBBQABgAIAAAAIQB9YAWt2wAAAAgB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwFIR3JP6D9SqxUaeRGqUhTlVQYWGiRcxu/GpbxM+R&#10;7abh3+NOMJ7udPddu53dwCYM0XoSsFoWwJB6ryxpAZ/H18caWEySlBw8oYAfjLDt7u9a2Sh/pQ+c&#10;DkmzXEKxkQJMSmPDeewNOhmXfkTK3tkHJ1OWQXMV5DWXu4GXRVFxJy3lBSNHfDHYfx8uTsD+WW90&#10;X8tg9rWydpq/zu/6TYiHxbx7ApZwTn9huOFndOgy08lfSEU2ZF2VZY4KqFbAbn693gA7CSjXBfCu&#10;5f8PdL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAzD0aEzsCAACCBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAfWAFrdsAAAAIAQAADwAAAAAA&#10;AAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="41C8F396" w14:textId="77777777"/>
+                          <w:p w14:paraId="32899B17" w14:textId="77777777" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="00730331"/>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Website</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="1109AA19" w14:textId="77777777">
+          <w:p w14:paraId="1109AA19" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00730331">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">              </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="3ACF3B87" w14:textId="77777777">
+          <w:p w14:paraId="3ACF3B87" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00730331">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11596FFD" wp14:editId="348A1CCA">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>1027318</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
@@ -7281,282 +7233,277 @@
                       <wp:docPr id="9" name="Text Box 9"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1"/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="150607" cy="120316"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:schemeClr val="lt1"/>
                               </a:solidFill>
                               <a:ln w="6350">
                                 <a:solidFill>
                                   <a:prstClr val="black"/>
                                 </a:solidFill>
                               </a:ln>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="42ED3F6D" w14:textId="77777777"/>
+                                <w:p w14:paraId="42ED3F6D" w14:textId="77777777" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="00730331"/>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict w14:anchorId="4772F85A">
-                    <v:shape id="Text Box 9" style="position:absolute;margin-left:80.9pt;margin-top:2.8pt;width:11.85pt;height:9.45pt;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1034" fillcolor="white [3201]" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDPpK9IOwIAAIIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2ynSdoFcYosRYYB&#10;QVsgHXpWZCk2JouapMTOfv0o2flot9Owi0yJ1BP5+OjZfVsrchDWVaBzmg1SSoTmUFR6l9PvL6tP&#10;d5Q4z3TBFGiR06Nw9H7+8cOsMVMxhBJUISxBEO2mjclp6b2ZJonjpaiZG4ARGp0SbM08bu0uKSxr&#10;EL1WyTBNJ0kDtjAWuHAOTx86J51HfCkF909SOuGJyinm5uNq47oNazKfsenOMlNWvE+D/UMWNas0&#10;PnqGemCekb2t/oCqK27BgfQDDnUCUlZcxBqwmix9V82mZEbEWpAcZ840uf8Hyx8PG/NsiW+/QIsN&#10;DIQ0xk0dHoZ6Wmnr8MVMCfqRwuOZNtF6wsOlcTpJbynh6MqG6U02CSjJ5bKxzn8VUJNg5NRiVyJZ&#10;7LB2vgs9hYS3HKiqWFVKxU1QglgqSw4Me6h8TBHB30QpTZqcTm7GaQR+4wvQ5/tbxfiPPr2rKMRT&#10;GnO+lB4s325bUhU5vTvRsoXiiGxZ6ITkDF9VCL9mzj8zi8pBgnAa/BMuUgHmBL1FSQn219/OQzw2&#10;FL2UNKjEnLqfe2YFJeqbxlZ/zkajIN24GY1vh7ix157ttUfv6yUgURnOneHRDPFenUxpoX7FoVmE&#10;V9HFNMe3c+pP5tJ384FDx8ViEYNQrIb5td4YHqBDYwKtL+0rs6Zvq0c9PMJJs2z6rrtdbLipYbH3&#10;IKvY+sBzx2pPPwo9iqcfyjBJ1/sYdfl1zH8DAAD//wMAUEsDBBQABgAIAAAAIQAMb6n22wAAAAgB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwFIR3JP6D9SqxUacViUKIUwEqLEy0iPk1dm2r8XNk&#10;u2n497gTjKc73X3XbmY3sEmFaD0JWC0LYIp6Ly1pAV/7t/saWExIEgdPSsCPirDpbm9abKS/0Kea&#10;dkmzXEKxQQEmpbHhPPZGOYxLPyrK3tEHhynLoLkMeMnlbuDroqi4Q0t5weCoXo3qT7uzE7B90Y+6&#10;rzGYbS2tnebv44d+F+JuMT8/AUtqTn9huOJndOgy08GfSUY2ZF2tMnoSUFbArn5dlsAOAtYPJfCu&#10;5f8PdL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAz6SvSDsCAACCBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEADG+p9tsAAAAIAQAADwAAAAAA&#10;AAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" w14:anchorId="11596FFD">
+                  <w:pict>
+                    <v:shape w14:anchorId="11596FFD" id="Text Box 9" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;margin-left:80.9pt;margin-top:2.8pt;width:11.85pt;height:9.45pt;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDPpK9IOwIAAIIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2ynSdoFcYosRYYB&#10;QVsgHXpWZCk2JouapMTOfv0o2flot9Owi0yJ1BP5+OjZfVsrchDWVaBzmg1SSoTmUFR6l9PvL6tP&#10;d5Q4z3TBFGiR06Nw9H7+8cOsMVMxhBJUISxBEO2mjclp6b2ZJonjpaiZG4ARGp0SbM08bu0uKSxr&#10;EL1WyTBNJ0kDtjAWuHAOTx86J51HfCkF909SOuGJyinm5uNq47oNazKfsenOMlNWvE+D/UMWNas0&#10;PnqGemCekb2t/oCqK27BgfQDDnUCUlZcxBqwmix9V82mZEbEWpAcZ840uf8Hyx8PG/NsiW+/QIsN&#10;DIQ0xk0dHoZ6Wmnr8MVMCfqRwuOZNtF6wsOlcTpJbynh6MqG6U02CSjJ5bKxzn8VUJNg5NRiVyJZ&#10;7LB2vgs9hYS3HKiqWFVKxU1QglgqSw4Me6h8TBHB30QpTZqcTm7GaQR+4wvQ5/tbxfiPPr2rKMRT&#10;GnO+lB4s325bUhU5vTvRsoXiiGxZ6ITkDF9VCL9mzj8zi8pBgnAa/BMuUgHmBL1FSQn219/OQzw2&#10;FL2UNKjEnLqfe2YFJeqbxlZ/zkajIN24GY1vh7ix157ttUfv6yUgURnOneHRDPFenUxpoX7FoVmE&#10;V9HFNMe3c+pP5tJ384FDx8ViEYNQrIb5td4YHqBDYwKtL+0rs6Zvq0c9PMJJs2z6rrtdbLipYbH3&#10;IKvY+sBzx2pPPwo9iqcfyjBJ1/sYdfl1zH8DAAD//wMAUEsDBBQABgAIAAAAIQAMb6n22wAAAAgB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwFIR3JP6D9SqxUacViUKIUwEqLEy0iPk1dm2r8XNk&#10;u2n497gTjKc73X3XbmY3sEmFaD0JWC0LYIp6Ly1pAV/7t/saWExIEgdPSsCPirDpbm9abKS/0Kea&#10;dkmzXEKxQQEmpbHhPPZGOYxLPyrK3tEHhynLoLkMeMnlbuDroqi4Q0t5weCoXo3qT7uzE7B90Y+6&#10;rzGYbS2tnebv44d+F+JuMT8/AUtqTn9huOJndOgy08GfSUY2ZF2tMnoSUFbArn5dlsAOAtYPJfCu&#10;5f8PdL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAz6SvSDsCAACCBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEADG+p9tsAAAAIAQAADwAAAAAA&#10;AAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="72A3D3EC" w14:textId="77777777"/>
+                          <w:p w14:paraId="42ED3F6D" w14:textId="77777777" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="00730331"/>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">                 No </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="55A3401E" w14:textId="77777777">
+          <w:p w14:paraId="55A3401E" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="2D1CF0C2" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="2D1CF0C2" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="05B44AB1" w14:textId="13BF4801">
+          </w:tcPr>
+          <w:p w14:paraId="05B44AB1" w14:textId="13BF4801" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="225A492B" w:rsidRDefault="00E53610" w14:paraId="398B3736" w14:textId="787B34D6">
+          </w:tcPr>
+          <w:p w14:paraId="398B3736" w14:textId="787B34D6" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="225A492B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00A243A1">
+            <w:r w:rsidR="00A243A1" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CC(s)</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> have the required MassHire Department of Career Services (MDCS) Posters visible </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>onsite and on your website(s)?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="003C5733" w:rsidP="007B0C59" w:rsidRDefault="003C5733" w14:paraId="11CCF397" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="007B0C59" w:rsidP="007B0C59" w:rsidRDefault="0001620A" w14:paraId="2498EECE" w14:textId="77777777">
+          <w:p w14:paraId="11CCF397" w14:textId="77777777" w:rsidR="003C5733" w:rsidRPr="00881A0F" w:rsidRDefault="003C5733" w:rsidP="007B0C59">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2498EECE" w14:textId="77777777" w:rsidR="007B0C59" w:rsidRDefault="0001620A" w:rsidP="007B0C59">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2793">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Reference: </w:t>
             </w:r>
-            <w:hyperlink w:history="1" r:id="rId15">
-[...1 lines deleted...]
-                <w:r w:rsidRPr="00EC2793" w:rsidR="00EC2793">
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:hyperlink r:id="rId16" w:history="1">
+                <w:r w:rsidR="00EC2793" w:rsidRPr="00EC2793">
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                     <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                     <w:b/>
                     <w:bCs/>
                     <w:i/>
                     <w:iCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>https://www.mass.gov/info-details/ajc-posters</w:t>
                 </w:r>
               </w:hyperlink>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidRPr="00991C3D" w:rsidR="00EC2793" w:rsidP="007B0C59" w:rsidRDefault="00EC2793" w14:paraId="70A2187A" w14:textId="5CF72C46">
+          <w:p w14:paraId="70A2187A" w14:textId="5CF72C46" w:rsidR="00EC2793" w:rsidRPr="00991C3D" w:rsidRDefault="00EC2793" w:rsidP="007B0C59">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="1591F8A8" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1591F8A8" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="1BFD1415" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1BFD1415" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="6A0A741A" w14:textId="055F7131">
+          </w:tcPr>
+          <w:p w14:paraId="6A0A741A" w14:textId="055F7131" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00730331">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09EF1599" wp14:editId="28F6ACC1">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>1042670</wp:posOffset>
@@ -7570,149 +7517,149 @@
                       <wp:docPr id="10" name="Text Box 10"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1"/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="150607" cy="120316"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:schemeClr val="lt1"/>
                               </a:solidFill>
                               <a:ln w="6350">
                                 <a:solidFill>
                                   <a:prstClr val="black"/>
                                 </a:solidFill>
                               </a:ln>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="3A1F10FC" w14:textId="77777777"/>
+                                <w:p w14:paraId="3A1F10FC" w14:textId="77777777" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="00730331"/>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict w14:anchorId="3E6B0BF0">
-                    <v:shape id="Text Box 10" style="position:absolute;margin-left:82.1pt;margin-top:3pt;width:11.85pt;height:9.45pt;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1035" fillcolor="white [3201]" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCwFuCdOwIAAIIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2ynSboGcYosRYYB&#10;QVsgHXpWZCk2JouapMTOfv0o2flot9Owi0yJ1BP5+OjZfVsrchDWVaBzmg1SSoTmUFR6l9PvL6tP&#10;nylxnumCKdAip0fh6P3844dZY6ZiCCWoQliCINpNG5PT0nszTRLHS1EzNwAjNDol2Jp53NpdUljW&#10;IHqtkmGaTpIGbGEscOEcnj50TjqP+FIK7p+kdMITlVPMzcfVxnUb1mQ+Y9OdZaaseJ8G+4csalZp&#10;fPQM9cA8I3tb/QFVV9yCA+kHHOoEpKy4iDVgNVn6rppNyYyItSA5zpxpcv8Plj8eNubZEt9+gRYb&#10;GAhpjJs6PAz1tNLW4YuZEvQjhcczbaL1hIdL43SS3lLC0ZUN05tsElCSy2Vjnf8qoCbByKnFrkSy&#10;2GHtfBd6CglvOVBVsaqUipugBLFUlhwY9lD5mCKCv4lSmjQ5ndyM0wj8xhegz/e3ivEffXpXUYin&#10;NOZ8KT1Yvt22pCpyeneiZQvFEdmy0AnJGb6qEH7NnH9mFpWDBOE0+CdcpALMCXqLkhLsr7+dh3hs&#10;KHopaVCJOXU/98wKStQ3ja2+y0ajIN24GY1vh7ix157ttUfv6yUgURnOneHRDPFenUxpoX7FoVmE&#10;V9HFNMe3c+pP5tJ384FDx8ViEYNQrIb5td4YHqBDYwKtL+0rs6Zvq0c9PMJJs2z6rrtdbLipYbH3&#10;IKvY+sBzx2pPPwo9iqcfyjBJ1/sYdfl1zH8DAAD//wMAUEsDBBQABgAIAAAAIQAFecp82gAAAAgB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwFIR3JP6D9ZDYqENUhSTEqQAVFiZaxPwav9oWsR3Z&#10;bhr+Pe4E4+lOd991m8WObKYQjXcC7lcFMHKDl8YpAZ/717saWEzoJI7ekYAfirDpr686bKU/uw+a&#10;d0mxXOJiiwJ0SlPLeRw0WYwrP5HL3tEHiynLoLgMeM7lduRlUVTconF5QeNEL5qG793JCtg+q0YN&#10;NQa9raUx8/J1fFdvQtzeLE+PwBIt6S8MF/yMDn1mOviTk5GNWVfrMkcFVPnSxa8fGmAHAeW6Ad53&#10;/P+B/hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCwFuCdOwIAAIIEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAFecp82gAAAAgBAAAPAAAAAAAA&#10;AAAAAAAAAJUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;" w14:anchorId="09EF1599">
+                  <w:pict>
+                    <v:shape w14:anchorId="09EF1599" id="Text Box 10" o:spid="_x0000_s1035" type="#_x0000_t202" style="position:absolute;margin-left:82.1pt;margin-top:3pt;width:11.85pt;height:9.45pt;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCwFuCdOwIAAIIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2ynSboGcYosRYYB&#10;QVsgHXpWZCk2JouapMTOfv0o2flot9Owi0yJ1BP5+OjZfVsrchDWVaBzmg1SSoTmUFR6l9PvL6tP&#10;nylxnumCKdAip0fh6P3844dZY6ZiCCWoQliCINpNG5PT0nszTRLHS1EzNwAjNDol2Jp53NpdUljW&#10;IHqtkmGaTpIGbGEscOEcnj50TjqP+FIK7p+kdMITlVPMzcfVxnUb1mQ+Y9OdZaaseJ8G+4csalZp&#10;fPQM9cA8I3tb/QFVV9yCA+kHHOoEpKy4iDVgNVn6rppNyYyItSA5zpxpcv8Plj8eNubZEt9+gRYb&#10;GAhpjJs6PAz1tNLW4YuZEvQjhcczbaL1hIdL43SS3lLC0ZUN05tsElCSy2Vjnf8qoCbByKnFrkSy&#10;2GHtfBd6CglvOVBVsaqUipugBLFUlhwY9lD5mCKCv4lSmjQ5ndyM0wj8xhegz/e3ivEffXpXUYin&#10;NOZ8KT1Yvt22pCpyeneiZQvFEdmy0AnJGb6qEH7NnH9mFpWDBOE0+CdcpALMCXqLkhLsr7+dh3hs&#10;KHopaVCJOXU/98wKStQ3ja2+y0ajIN24GY1vh7ix157ttUfv6yUgURnOneHRDPFenUxpoX7FoVmE&#10;V9HFNMe3c+pP5tJ384FDx8ViEYNQrIb5td4YHqBDYwKtL+0rs6Zvq0c9PMJJs2z6rrtdbLipYbH3&#10;IKvY+sBzx2pPPwo9iqcfyjBJ1/sYdfl1zH8DAAD//wMAUEsDBBQABgAIAAAAIQAFecp82gAAAAgB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwFIR3JP6D9ZDYqENUhSTEqQAVFiZaxPwav9oWsR3Z&#10;bhr+Pe4E4+lOd991m8WObKYQjXcC7lcFMHKDl8YpAZ/717saWEzoJI7ekYAfirDpr686bKU/uw+a&#10;d0mxXOJiiwJ0SlPLeRw0WYwrP5HL3tEHiynLoLgMeM7lduRlUVTconF5QeNEL5qG793JCtg+q0YN&#10;NQa9raUx8/J1fFdvQtzeLE+PwBIt6S8MF/yMDn1mOviTk5GNWVfrMkcFVPnSxa8fGmAHAeW6Ad53&#10;/P+B/hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCwFuCdOwIAAIIEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAFecp82gAAAAgBAAAPAAAAAAAA&#10;AAAAAAAAAJUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="0D0B940D" w14:textId="77777777"/>
+                          <w:p w14:paraId="3A1F10FC" w14:textId="77777777" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="00730331"/>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Onsite</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00BA75EE">
+            <w:r w:rsidR="00BA75EE" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="2E1507C7" w14:textId="363A7B9F">
+          <w:p w14:paraId="2E1507C7" w14:textId="363A7B9F" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00730331">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">              </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00BA75EE" w14:paraId="77D81A35" w14:textId="7CA55FE5">
+          <w:p w14:paraId="77D81A35" w14:textId="7CA55FE5" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00BA75EE" w:rsidP="00730331">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D0D74E1" wp14:editId="11D1E359">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>1040765</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
@@ -7724,135 +7671,135 @@
                       <wp:docPr id="11" name="Text Box 11"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1"/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="150495" cy="120015"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:schemeClr val="lt1"/>
                               </a:solidFill>
                               <a:ln w="6350">
                                 <a:solidFill>
                                   <a:prstClr val="black"/>
                                 </a:solidFill>
                               </a:ln>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="7E8ABCF5" w14:textId="77777777"/>
+                                <w:p w14:paraId="7E8ABCF5" w14:textId="77777777" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="00730331"/>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict w14:anchorId="7582C575">
-                    <v:shape id="Text Box 11" style="position:absolute;margin-left:81.95pt;margin-top:2.05pt;width:11.85pt;height:9.45pt;z-index:251658248;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1036" fillcolor="white [3201]" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7UpejOQIAAIMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2xnSbcGcYosRYYB&#10;QVsgHXpWZCkWJouapMTOfv0oxflot9Owi0yJ1BP5+OjpXddoshfOKzAlLQY5JcJwqJTZlvT78/LD&#10;Z0p8YKZiGowo6UF4ejd7/27a2okYQg26Eo4giPGT1pa0DsFOsszzWjTMD8AKg04JrmEBt26bVY61&#10;iN7obJjnN1kLrrIOuPAeT++PTjpL+FIKHh6l9CIQXVLMLaTVpXUT12w2ZZOtY7ZWvE+D/UMWDVMG&#10;Hz1D3bPAyM6pP6AaxR14kGHAoclASsVFqgGrKfI31axrZkWqBcnx9kyT/3+w/GG/tk+OhO4LdNjA&#10;SEhr/cTjYaynk66JX8yUoB8pPJxpE10gPF4a56PbMSUcXQU2pRhHlOxy2TofvgpoSDRK6rAriSy2&#10;X/lwDD2FxLc8aFUtldZpE5UgFtqRPcMe6pBSRPBXUdqQtqQ3H8d5An7li9Dn+xvN+I8+vasoxNMG&#10;c76UHq3QbTqiKqwqCSUebaA6IF0Ojkryli8V4q+YD0/MoXSQIRyH8IiL1IBJQW9RUoP79bfzGI8d&#10;RS8lLUqxpP7njjlBif5msNe3xWgUtZs2o/GnIW7ctWdz7TG7ZgHIVIGDZ3kyY3zQJ1M6aF5waubx&#10;VXQxw/HtkoaTuQjHAcGp42I+T0GoVsvCyqwtj9CxM5HX5+6FOdv3NaAgHuAkWjZ5095jbLxpYL4L&#10;IFXq/YXVnn9UelJPP5VxlK73Kery75j9BgAA//8DAFBLAwQUAAYACAAAACEAlSGbVtsAAAAIAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPMU/DMBSEdyT+g/WQ2KjTFoU0jVMBKixMLYj5NX61rcZ2ZLtp&#10;+Pe4E4ynO91912wm27ORQjTeCZjPCmDkOi+NUwK+Pt8eKmAxoZPYe0cCfijCpr29abCW/uJ2NO6T&#10;YrnExRoF6JSGmvPYabIYZ34gl72jDxZTlkFxGfCSy23PF0VRcovG5QWNA71q6k77sxWwfVEr1VUY&#10;9LaSxozT9/FDvQtxfzc9r4ElmtJfGK74GR3azHTwZycj67Mul6scFfA4B3b1q6cS2EHAYlkAbxv+&#10;/0D7CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALtSl6M5AgAAgwQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJUhm1bbAAAACAEAAA8AAAAAAAAA&#10;AAAAAAAAkwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" w14:anchorId="3D0D74E1">
+                  <w:pict>
+                    <v:shape w14:anchorId="3D0D74E1" id="Text Box 11" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;margin-left:81.95pt;margin-top:2.05pt;width:11.85pt;height:9.45pt;z-index:251658248;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7UpejOQIAAIMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2xnSbcGcYosRYYB&#10;QVsgHXpWZCkWJouapMTOfv0oxflot9Owi0yJ1BP5+OjpXddoshfOKzAlLQY5JcJwqJTZlvT78/LD&#10;Z0p8YKZiGowo6UF4ejd7/27a2okYQg26Eo4giPGT1pa0DsFOsszzWjTMD8AKg04JrmEBt26bVY61&#10;iN7obJjnN1kLrrIOuPAeT++PTjpL+FIKHh6l9CIQXVLMLaTVpXUT12w2ZZOtY7ZWvE+D/UMWDVMG&#10;Hz1D3bPAyM6pP6AaxR14kGHAoclASsVFqgGrKfI31axrZkWqBcnx9kyT/3+w/GG/tk+OhO4LdNjA&#10;SEhr/cTjYaynk66JX8yUoB8pPJxpE10gPF4a56PbMSUcXQU2pRhHlOxy2TofvgpoSDRK6rAriSy2&#10;X/lwDD2FxLc8aFUtldZpE5UgFtqRPcMe6pBSRPBXUdqQtqQ3H8d5An7li9Dn+xvN+I8+vasoxNMG&#10;c76UHq3QbTqiKqwqCSUebaA6IF0Ojkryli8V4q+YD0/MoXSQIRyH8IiL1IBJQW9RUoP79bfzGI8d&#10;RS8lLUqxpP7njjlBif5msNe3xWgUtZs2o/GnIW7ctWdz7TG7ZgHIVIGDZ3kyY3zQJ1M6aF5waubx&#10;VXQxw/HtkoaTuQjHAcGp42I+T0GoVsvCyqwtj9CxM5HX5+6FOdv3NaAgHuAkWjZ5095jbLxpYL4L&#10;IFXq/YXVnn9UelJPP5VxlK73Kery75j9BgAA//8DAFBLAwQUAAYACAAAACEAlSGbVtsAAAAIAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPMU/DMBSEdyT+g/WQ2KjTFoU0jVMBKixMLYj5NX61rcZ2ZLtp&#10;+Pe4E4ynO91912wm27ORQjTeCZjPCmDkOi+NUwK+Pt8eKmAxoZPYe0cCfijCpr29abCW/uJ2NO6T&#10;YrnExRoF6JSGmvPYabIYZ34gl72jDxZTlkFxGfCSy23PF0VRcovG5QWNA71q6k77sxWwfVEr1VUY&#10;9LaSxozT9/FDvQtxfzc9r4ElmtJfGK74GR3azHTwZycj67Mul6scFfA4B3b1q6cS2EHAYlkAbxv+&#10;/0D7CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALtSl6M5AgAAgwQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJUhm1bbAAAACAEAAA8AAAAAAAAA&#10;AAAAAAAAkwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="0E27B00A" w14:textId="77777777"/>
+                          <w:p w14:paraId="7E8ABCF5" w14:textId="77777777" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="00730331"/>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">               </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="387256F2" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="157E46C7" w14:textId="77777777">
+          <w:p w14:paraId="387256F2" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00730331">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="157E46C7" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00730331">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658251" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4BF920C5" wp14:editId="2F6AF96A">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>1029670</wp:posOffset>
@@ -7866,133 +7813,133 @@
                       <wp:docPr id="12" name="Text Box 12"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1"/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="150607" cy="120316"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:schemeClr val="lt1"/>
                               </a:solidFill>
                               <a:ln w="6350">
                                 <a:solidFill>
                                   <a:prstClr val="black"/>
                                 </a:solidFill>
                               </a:ln>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="663C1A47" w14:textId="77777777"/>
+                                <w:p w14:paraId="663C1A47" w14:textId="77777777" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="00730331"/>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict w14:anchorId="762D2AEF">
-                    <v:shape id="Text Box 12" style="position:absolute;margin-left:81.1pt;margin-top:3.05pt;width:11.85pt;height:9.45pt;z-index:251658251;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1037" fillcolor="white [3201]" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBdxyRXOgIAAIMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2ynSdoFcYosRYYB&#10;QVsgHXpWZCk2JouapMTOfv0o2flot9Owi0yJ1BP5+OjZfVsrchDWVaBzmg1SSoTmUFR6l9PvL6tP&#10;d5Q4z3TBFGiR06Nw9H7+8cOsMVMxhBJUISxBEO2mjclp6b2ZJonjpaiZG4ARGp0SbM08bu0uKSxr&#10;EL1WyTBNJ0kDtjAWuHAOTx86J51HfCkF909SOuGJyinm5uNq47oNazKfsenOMlNWvE+D/UMWNas0&#10;PnqGemCekb2t/oCqK27BgfQDDnUCUlZcxBqwmix9V82mZEbEWpAcZ840uf8Hyx8PG/NsiW+/QIsN&#10;DIQ0xk0dHoZ6Wmnr8MVMCfqRwuOZNtF6wsOlcTpJbynh6MqG6U02CSjJ5bKxzn8VUJNg5NRiVyJZ&#10;7LB2vgs9hYS3HKiqWFVKxU1QglgqSw4Me6h8TBHB30QpTZqcTm7GaQR+4wvQ5/tbxfiPPr2rKMRT&#10;GnO+lB4s325bUhVY1ZmXLRRHpMtCpyRn+KpC/DVz/plZlA4yhOPgn3CRCjAp6C1KSrC//nYe4rGj&#10;6KWkQSnm1P3cMysoUd809vpzNhoF7cbNaHw7xI299myvPXpfLwGZynDwDI9miPfqZEoL9StOzSK8&#10;ii6mOb6dU38yl74bEJw6LhaLGIRqNcyv9cbwAB06E3h9aV+ZNX1fPQriEU6iZdN37e1iw00Ni70H&#10;WcXeB6I7Vnv+UelRPf1UhlG63seoy79j/hsAAP//AwBQSwMEFAAGAAgAAAAhAH1gBa3bAAAACAEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMjzFPwzAUhHck/oP1KrFRp5EapSFOVVBhYaJFzG78alvEz5Ht&#10;puHf404wnu509127nd3AJgzRehKwWhbAkHqvLGkBn8fXxxpYTJKUHDyhgB+MsO3u71rZKH+lD5wO&#10;SbNcQrGRAkxKY8N57A06GZd+RMre2QcnU5ZBcxXkNZe7gZdFUXEnLeUFI0d8Mdh/Hy5OwP5Zb3Rf&#10;y2D2tbJ2mr/O7/pNiIfFvHsClnBOf2G44Wd06DLTyV9IRTZkXZVljgqoVsBufr3eADsJKNcF8K7l&#10;/w90vwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBdxyRXOgIAAIMEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB9YAWt2wAAAAgBAAAPAAAAAAAA&#10;AAAAAAAAAJQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;" w14:anchorId="4BF920C5">
+                  <w:pict>
+                    <v:shape w14:anchorId="4BF920C5" id="Text Box 12" o:spid="_x0000_s1037" type="#_x0000_t202" style="position:absolute;margin-left:81.1pt;margin-top:3.05pt;width:11.85pt;height:9.45pt;z-index:251658251;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBdxyRXOgIAAIMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2ynSdoFcYosRYYB&#10;QVsgHXpWZCk2JouapMTOfv0o2flot9Owi0yJ1BP5+OjZfVsrchDWVaBzmg1SSoTmUFR6l9PvL6tP&#10;d5Q4z3TBFGiR06Nw9H7+8cOsMVMxhBJUISxBEO2mjclp6b2ZJonjpaiZG4ARGp0SbM08bu0uKSxr&#10;EL1WyTBNJ0kDtjAWuHAOTx86J51HfCkF909SOuGJyinm5uNq47oNazKfsenOMlNWvE+D/UMWNas0&#10;PnqGemCekb2t/oCqK27BgfQDDnUCUlZcxBqwmix9V82mZEbEWpAcZ840uf8Hyx8PG/NsiW+/QIsN&#10;DIQ0xk0dHoZ6Wmnr8MVMCfqRwuOZNtF6wsOlcTpJbynh6MqG6U02CSjJ5bKxzn8VUJNg5NRiVyJZ&#10;7LB2vgs9hYS3HKiqWFVKxU1QglgqSw4Me6h8TBHB30QpTZqcTm7GaQR+4wvQ5/tbxfiPPr2rKMRT&#10;GnO+lB4s325bUhVY1ZmXLRRHpMtCpyRn+KpC/DVz/plZlA4yhOPgn3CRCjAp6C1KSrC//nYe4rGj&#10;6KWkQSnm1P3cMysoUd809vpzNhoF7cbNaHw7xI299myvPXpfLwGZynDwDI9miPfqZEoL9StOzSK8&#10;ii6mOb6dU38yl74bEJw6LhaLGIRqNcyv9cbwAB06E3h9aV+ZNX1fPQriEU6iZdN37e1iw00Ni70H&#10;WcXeB6I7Vnv+UelRPf1UhlG63seoy79j/hsAAP//AwBQSwMEFAAGAAgAAAAhAH1gBa3bAAAACAEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMjzFPwzAUhHck/oP1KrFRp5EapSFOVVBhYaJFzG78alvEz5Ht&#10;puHf404wnu509127nd3AJgzRehKwWhbAkHqvLGkBn8fXxxpYTJKUHDyhgB+MsO3u71rZKH+lD5wO&#10;SbNcQrGRAkxKY8N57A06GZd+RMre2QcnU5ZBcxXkNZe7gZdFUXEnLeUFI0d8Mdh/Hy5OwP5Zb3Rf&#10;y2D2tbJ2mr/O7/pNiIfFvHsClnBOf2G44Wd06DLTyV9IRTZkXZVljgqoVsBufr3eADsJKNcF8K7l&#10;/w90vwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBdxyRXOgIAAIMEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB9YAWt2wAAAAgBAAAPAAAAAAAA&#10;AAAAAAAAAJQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="60061E4C" w14:textId="77777777"/>
+                          <w:p w14:paraId="663C1A47" w14:textId="77777777" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="00730331"/>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Website</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="286DF100" w14:textId="77777777">
+          <w:p w14:paraId="286DF100" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00730331">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">              </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="1CC34307" w14:textId="77777777">
+          <w:p w14:paraId="1CC34307" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00730331">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658249" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35EF14CD" wp14:editId="1C04F609">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>1028065</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
@@ -8004,3599 +7951,3537 @@
                       <wp:docPr id="13" name="Text Box 13"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1"/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="150607" cy="120316"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:schemeClr val="lt1"/>
                               </a:solidFill>
                               <a:ln w="6350">
                                 <a:solidFill>
                                   <a:prstClr val="black"/>
                                 </a:solidFill>
                               </a:ln>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="7A3084ED" w14:textId="77777777"/>
+                                <w:p w14:paraId="7A3084ED" w14:textId="77777777" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="00730331"/>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict w14:anchorId="68CE78F7">
-                    <v:shape id="Text Box 13" style="position:absolute;margin-left:80.95pt;margin-top:2.8pt;width:11.85pt;height:9.45pt;z-index:251658249;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1038" fillcolor="white [3201]" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCdF4XzOwIAAIMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2ynSdoFcYosRYYB&#10;QVsgHXpWZCk2JouapMTOfv0o2flot9Owi0yJ1BP5+OjZfVsrchDWVaBzmg1SSoTmUFR6l9PvL6tP&#10;d5Q4z3TBFGiR06Nw9H7+8cOsMVMxhBJUISxBEO2mjclp6b2ZJonjpaiZG4ARGp0SbM08bu0uKSxr&#10;EL1WyTBNJ0kDtjAWuHAOTx86J51HfCkF909SOuGJyinm5uNq47oNazKfsenOMlNWvE+D/UMWNas0&#10;PnqGemCekb2t/oCqK27BgfQDDnUCUlZcxBqwmix9V82mZEbEWpAcZ840uf8Hyx8PG/NsiW+/QIsN&#10;DIQ0xk0dHoZ6Wmnr8MVMCfqRwuOZNtF6wsOlcTpJbynh6MqG6U02CSjJ5bKxzn8VUJNg5NRiVyJZ&#10;7LB2vgs9hYS3HKiqWFVKxU1QglgqSw4Me6h8TBHB30QpTZqcTm7GaQR+4wvQ5/tbxfiPPr2rKMRT&#10;GnO+lB4s325bUhWhqhMvWyiOSJeFTknO8FWF+Gvm/DOzKB1kCMfBP+EiFWBS0FuUlGB//e08xGNH&#10;0UtJg1LMqfu5Z1ZQor5p7PXnbDQK2o2b0fh2iBt77dlee/S+XgIyleHgGR7NEO/VyZQW6lecmkV4&#10;FV1Mc3w7p/5kLn03IDh1XCwWMQjVaphf643hATp0JvD60r4ya/q+ehTEI5xEy6bv2tvFhpsaFnsP&#10;soq9D0R3rPb8o9KjevqpDKN0vY9Rl3/H/DcAAAD//wMAUEsDBBQABgAIAAAAIQA0tC4C2wAAAAgB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtZW4UacVjdIQpwJUuHCiIM7b2LWtxuvI&#10;dtPw9zgnuO1oRrNvmt3kejaqEK0nAatlAUxR56UlLeDr8/W+AhYTksTekxLwoyLs2tubBmvpr/Sh&#10;xkPSLJdQrFGASWmoOY+dUQ7j0g+KsnfywWHKMmguA15zuev5uihK7tBS/mBwUC9GdefDxQnYP+ut&#10;7ioMZl9Ja8fp+/Su34S4W0xPj8CSmtJfGGb8jA5tZjr6C8nI+qzL1TZHBWxKYLNfzcdRwPphA7xt&#10;+P8B7S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAnReF8zsCAACDBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEANLQuAtsAAAAIAQAADwAAAAAA&#10;AAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" w14:anchorId="35EF14CD">
+                  <w:pict>
+                    <v:shape w14:anchorId="35EF14CD" id="Text Box 13" o:spid="_x0000_s1038" type="#_x0000_t202" style="position:absolute;margin-left:80.95pt;margin-top:2.8pt;width:11.85pt;height:9.45pt;z-index:251658249;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCdF4XzOwIAAIMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2ynSdoFcYosRYYB&#10;QVsgHXpWZCk2JouapMTOfv0o2flot9Owi0yJ1BP5+OjZfVsrchDWVaBzmg1SSoTmUFR6l9PvL6tP&#10;d5Q4z3TBFGiR06Nw9H7+8cOsMVMxhBJUISxBEO2mjclp6b2ZJonjpaiZG4ARGp0SbM08bu0uKSxr&#10;EL1WyTBNJ0kDtjAWuHAOTx86J51HfCkF909SOuGJyinm5uNq47oNazKfsenOMlNWvE+D/UMWNas0&#10;PnqGemCekb2t/oCqK27BgfQDDnUCUlZcxBqwmix9V82mZEbEWpAcZ840uf8Hyx8PG/NsiW+/QIsN&#10;DIQ0xk0dHoZ6Wmnr8MVMCfqRwuOZNtF6wsOlcTpJbynh6MqG6U02CSjJ5bKxzn8VUJNg5NRiVyJZ&#10;7LB2vgs9hYS3HKiqWFVKxU1QglgqSw4Me6h8TBHB30QpTZqcTm7GaQR+4wvQ5/tbxfiPPr2rKMRT&#10;GnO+lB4s325bUhWhqhMvWyiOSJeFTknO8FWF+Gvm/DOzKB1kCMfBP+EiFWBS0FuUlGB//e08xGNH&#10;0UtJg1LMqfu5Z1ZQor5p7PXnbDQK2o2b0fh2iBt77dlee/S+XgIyleHgGR7NEO/VyZQW6lecmkV4&#10;FV1Mc3w7p/5kLn03IDh1XCwWMQjVaphf643hATp0JvD60r4ya/q+ehTEI5xEy6bv2tvFhpsaFnsP&#10;soq9D0R3rPb8o9KjevqpDKN0vY9Rl3/H/DcAAAD//wMAUEsDBBQABgAIAAAAIQA0tC4C2wAAAAgB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtZW4UacVjdIQpwJUuHCiIM7b2LWtxuvI&#10;dtPw9zgnuO1oRrNvmt3kejaqEK0nAatlAUxR56UlLeDr8/W+AhYTksTekxLwoyLs2tubBmvpr/Sh&#10;xkPSLJdQrFGASWmoOY+dUQ7j0g+KsnfywWHKMmguA15zuev5uihK7tBS/mBwUC9GdefDxQnYP+ut&#10;7ioMZl9Ja8fp+/Su34S4W0xPj8CSmtJfGGb8jA5tZjr6C8nI+qzL1TZHBWxKYLNfzcdRwPphA7xt&#10;+P8B7S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAnReF8zsCAACDBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEANLQuAtsAAAAIAQAADwAAAAAA&#10;AAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                       <v:textbox>
                         <w:txbxContent>
-                          <w:p w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="44EAFD9C" w14:textId="77777777"/>
+                          <w:p w14:paraId="7A3084ED" w14:textId="77777777" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="00730331"/>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">                 No </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00730331" w:rsidRDefault="00E53610" w14:paraId="0B21DCB6" w14:textId="2EF6E3AD">
+          <w:p w14:paraId="0B21DCB6" w14:textId="2EF6E3AD" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00730331">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="1F288017" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="1F288017" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="003D2AD0" w:rsidP="00E51EFD" w:rsidRDefault="003D2AD0" w14:paraId="5DEA7089" w14:textId="501C0885">
+          </w:tcPr>
+          <w:p w14:paraId="5DEA7089" w14:textId="501C0885" w:rsidR="003D2AD0" w:rsidRPr="006449F8" w:rsidRDefault="003D2AD0" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00243DA1" w:rsidR="003D2AD0" w:rsidP="225A492B" w:rsidRDefault="003D2AD0" w14:paraId="05EC2039" w14:textId="71F74A4B">
+          </w:tcPr>
+          <w:p w14:paraId="05EC2039" w14:textId="71F74A4B" w:rsidR="003D2AD0" w:rsidRPr="00243DA1" w:rsidRDefault="003D2AD0" w:rsidP="225A492B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00243DA1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Does/do the CC(s) also inform customers of the posters and related state/federal laws and resources at any time during the provision of services?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="003D2AD0" w:rsidP="00C33CB9" w:rsidRDefault="003D2AD0" w14:paraId="4E9CE620" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4E9CE620" w14:textId="77777777" w:rsidR="003D2AD0" w:rsidRPr="00881A0F" w:rsidRDefault="003D2AD0" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="003D2AD0" w:rsidP="00C33CB9" w:rsidRDefault="003D2AD0" w14:paraId="74353509" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="74353509" w14:textId="77777777" w:rsidR="003D2AD0" w:rsidRPr="00881A0F" w:rsidRDefault="003D2AD0" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="003D2AD0" w:rsidP="00730331" w:rsidRDefault="003D2AD0" w14:paraId="38408B30" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="38408B30" w14:textId="77777777" w:rsidR="003D2AD0" w:rsidRPr="00881A0F" w:rsidRDefault="003D2AD0" w:rsidP="00730331">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidTr="29850A98" w14:paraId="193CCB1B" w14:textId="77777777">
+      <w:tr w:rsidR="00E53610" w:rsidRPr="00881A0F" w14:paraId="193CCB1B" w14:textId="77777777" w:rsidTr="29850A98">
         <w:trPr>
           <w:trHeight w:val="827"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6396" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="7EAE3AF8" w14:textId="13B81310">
+          </w:tcPr>
+          <w:p w14:paraId="7EAE3AF8" w14:textId="13B81310" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc521323769" w:id="14"/>
+            <w:bookmarkStart w:id="14" w:name="_Toc521323769"/>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Section 3: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="17C00B88" w14:textId="77777777">
+          <w:p w14:paraId="17C00B88" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="6A3B6B1E" w14:textId="398763F0">
+          <w:p w14:paraId="6A3B6B1E" w14:textId="398763F0" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Performance Measures/Common Measure</w:t>
             </w:r>
             <w:bookmarkEnd w:id="14"/>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="4A4D169F" w14:textId="04893DD0">
+          <w:p w14:paraId="4A4D169F" w14:textId="04893DD0" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="0A69AAEE" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0A69AAEE" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc485645929" w:id="15"/>
-[...2 lines deleted...]
-            <w:bookmarkStart w:name="_Toc521323770" w:id="18"/>
+            <w:bookmarkStart w:id="15" w:name="_Toc485645929"/>
+            <w:bookmarkStart w:id="16" w:name="_Toc487093315"/>
+            <w:bookmarkStart w:id="17" w:name="_Toc488150864"/>
+            <w:bookmarkStart w:id="18" w:name="_Toc521323770"/>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:bookmarkEnd w:id="15"/>
             <w:bookmarkEnd w:id="16"/>
             <w:bookmarkEnd w:id="17"/>
             <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="12CF25C9" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="12CF25C9" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc485645930" w:id="19"/>
-[...2 lines deleted...]
-            <w:bookmarkStart w:name="_Toc521323771" w:id="22"/>
+            <w:bookmarkStart w:id="19" w:name="_Toc485645930"/>
+            <w:bookmarkStart w:id="20" w:name="_Toc487093316"/>
+            <w:bookmarkStart w:id="21" w:name="_Toc488150865"/>
+            <w:bookmarkStart w:id="22" w:name="_Toc521323771"/>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:bookmarkEnd w:id="19"/>
             <w:bookmarkEnd w:id="20"/>
             <w:bookmarkEnd w:id="21"/>
             <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="005674DC" w:rsidRDefault="00E53610" w14:paraId="664C3E5E" w14:textId="7E085248">
+          </w:tcPr>
+          <w:p w14:paraId="664C3E5E" w14:textId="7E085248" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="005674DC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="005674DC" w:rsidRDefault="00E53610" w14:paraId="450CC061" w14:textId="153D28A0">
+          <w:p w14:paraId="450CC061" w14:textId="153D28A0" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="005674DC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Comments/Feedback</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="228D13C9" w14:textId="1C31FEE8">
+          <w:p w14:paraId="228D13C9" w14:textId="1C31FEE8" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="0E9D7300" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="0E9D7300" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="006A7002" w:rsidP="00E51EFD" w:rsidRDefault="006A7002" w14:paraId="0BEFD3B4" w14:textId="7F2EF349">
+          </w:tcPr>
+          <w:p w14:paraId="0BEFD3B4" w14:textId="7F2EF349" w:rsidR="006A7002" w:rsidRPr="006449F8" w:rsidRDefault="006A7002" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="006A7002" w:rsidRDefault="006A7002" w14:paraId="0A995F09" w14:textId="1923D92A">
+          </w:tcPr>
+          <w:p w14:paraId="0A995F09" w14:textId="1923D92A" w:rsidR="006A7002" w:rsidRPr="00881A0F" w:rsidRDefault="006A7002">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006449F8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>What report(s) does/do the CC(s) use to review progress on outcomes and goals for performance?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="006A7002" w:rsidP="00C33CB9" w:rsidRDefault="006A7002" w14:paraId="38DF8A0D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="38DF8A0D" w14:textId="77777777" w:rsidR="006A7002" w:rsidRPr="00881A0F" w:rsidRDefault="006A7002" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="006A7002" w:rsidP="00C33CB9" w:rsidRDefault="006A7002" w14:paraId="72BFEDE2" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="72BFEDE2" w14:textId="77777777" w:rsidR="006A7002" w:rsidRPr="00881A0F" w:rsidRDefault="006A7002" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006A7002" w:rsidP="00C33CB9" w:rsidRDefault="006A7002" w14:paraId="3F62227D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3F62227D" w14:textId="77777777" w:rsidR="006A7002" w:rsidRDefault="006A7002" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="001E20F5" w:rsidP="00C33CB9" w:rsidRDefault="001E20F5" w14:paraId="3CEDC3BD" w14:textId="77777777">
+          <w:p w14:paraId="3CEDC3BD" w14:textId="77777777" w:rsidR="001E20F5" w:rsidRDefault="001E20F5" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="001E20F5" w:rsidP="00C33CB9" w:rsidRDefault="001E20F5" w14:paraId="71AF7DC4" w14:textId="77777777">
+          <w:p w14:paraId="71AF7DC4" w14:textId="77777777" w:rsidR="001E20F5" w:rsidRDefault="001E20F5" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="001E20F5" w:rsidP="00C33CB9" w:rsidRDefault="001E20F5" w14:paraId="4815FD26" w14:textId="77777777">
+          <w:p w14:paraId="4815FD26" w14:textId="77777777" w:rsidR="001E20F5" w:rsidRPr="00881A0F" w:rsidRDefault="001E20F5" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="5A61AC30" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="5A61AC30" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="3D189F9F" w14:textId="26340156">
+          </w:tcPr>
+          <w:p w14:paraId="3D189F9F" w14:textId="26340156" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidRDefault="00E53610" w14:paraId="2851DDD2" w14:textId="13ECA7CC">
+          </w:tcPr>
+          <w:p w14:paraId="2851DDD2" w14:textId="13ECA7CC" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">What mechanism does the </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00A243A1">
+            <w:r w:rsidR="00A243A1" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CC(s)</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">/area </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00F3011B">
+            <w:r w:rsidR="00F3011B" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>utilize</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> to collect customer feedback and at what frequency is it collected?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidRDefault="00E53610" w14:paraId="26ED76A6" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="00E53610" w:rsidP="00994BF2" w:rsidRDefault="00E53610" w14:paraId="71334549" w14:textId="77777777">
+          <w:p w14:paraId="26ED76A6" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="71334549" w14:textId="77777777" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="00994BF2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006449F8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Please explain</w:t>
             </w:r>
-            <w:r w:rsidRPr="006449F8" w:rsidR="00121715">
+            <w:r w:rsidR="00121715" w:rsidRPr="006449F8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> and include a copy with your response</w:t>
             </w:r>
             <w:r w:rsidR="006449F8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00553990" w:rsidP="00994BF2" w:rsidRDefault="00553990" w14:paraId="74B06369" w14:textId="00CC762F">
+          <w:p w14:paraId="74B06369" w14:textId="00CC762F" w:rsidR="00553990" w:rsidRPr="006449F8" w:rsidRDefault="00553990" w:rsidP="00994BF2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="2DE2AC61" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2DE2AC61" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="6BFBDB2E" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6BFBDB2E" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="7FE6F569" w14:textId="32E05EB4">
+          </w:tcPr>
+          <w:p w14:paraId="7FE6F569" w14:textId="32E05EB4" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="44820E87" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="44820E87" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...8 lines deleted...]
-                <w:bCs w:val="1"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C17A5A5" w14:textId="62AFFBF7" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="61DD04F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...28 lines deleted...]
-            <w:r w:rsidRPr="4E1A8869" w:rsidR="003D192A">
+          </w:tcPr>
+          <w:p w14:paraId="44B50444" w14:textId="0A63D8AD" w:rsidR="003D192A" w:rsidRDefault="00F3011B" w:rsidP="0037268D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4E1A8869">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Please provide details of any</w:t>
+            </w:r>
+            <w:r w:rsidR="003D192A" w:rsidRPr="4E1A8869">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="4E1A8869" w:rsidR="00F3011B">
+            <w:r w:rsidRPr="4E1A8869">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CC</w:t>
             </w:r>
-            <w:r w:rsidRPr="4E1A8869" w:rsidR="00FD0710">
+            <w:r w:rsidR="00FD0710" w:rsidRPr="4E1A8869">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(s)</w:t>
             </w:r>
-            <w:r w:rsidRPr="4E1A8869" w:rsidR="00F3011B">
+            <w:r w:rsidRPr="4E1A8869">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="4E1A8869" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="4E1A8869">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>success stories and</w:t>
             </w:r>
-            <w:r w:rsidRPr="4E1A8869" w:rsidR="00F3011B">
+            <w:r w:rsidRPr="4E1A8869">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/or</w:t>
             </w:r>
-            <w:r w:rsidRPr="4E1A8869" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="4E1A8869">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> achievements </w:t>
             </w:r>
-            <w:r w:rsidRPr="4E1A8869" w:rsidR="00F3011B">
+            <w:r w:rsidRPr="4E1A8869">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>in FY</w:t>
             </w:r>
-            <w:r w:rsidRPr="4E1A8869" w:rsidR="00907512">
+            <w:r w:rsidR="00907512" w:rsidRPr="4E1A8869">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
-            <w:r w:rsidRPr="4E1A8869" w:rsidR="00F3011B">
+            <w:r w:rsidRPr="4E1A8869">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="4E1A8869" w:rsidR="003D192A">
+            <w:r w:rsidR="003D192A" w:rsidRPr="4E1A8869">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
-            <w:r w:rsidRPr="4E1A8869" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="4E1A8869">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> share as best practices in the provision of job seeker</w:t>
             </w:r>
-            <w:r w:rsidRPr="4E1A8869" w:rsidR="00121715">
+            <w:r w:rsidR="00121715" w:rsidRPr="4E1A8869">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> or business</w:t>
             </w:r>
-            <w:r w:rsidRPr="4E1A8869" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="4E1A8869">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> services? </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FD6B0D" w:rsidP="0037268D" w:rsidRDefault="00FD6B0D" w14:paraId="3B3EACB1" w14:textId="77777777">
-[...26 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="007B0C59" w:rsidRDefault="007B0C59" w14:paraId="023A5D99" w14:textId="77777777">
+          <w:p w14:paraId="3B3EACB1" w14:textId="77777777" w:rsidR="00FD6B0D" w:rsidRDefault="00FD6B0D" w:rsidP="0037268D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="61E65962" w14:textId="77777777" w:rsidR="006A7002" w:rsidRDefault="006A7002" w:rsidP="0037268D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0CA4D0A9" w14:textId="77777777" w:rsidR="00FD6B0D" w:rsidRDefault="00FD6B0D" w:rsidP="0037268D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="023A5D99" w14:textId="77777777" w:rsidR="007B0C59" w:rsidRPr="00881A0F" w:rsidRDefault="007B0C59">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="142561F8" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="142561F8" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="792C2116" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="792C2116" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="33FB06FE" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="33FB06FE" w14:textId="77777777" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00553990" w:rsidP="00C33CB9" w:rsidRDefault="00553990" w14:paraId="288A0571" w14:textId="77777777">
+          <w:p w14:paraId="288A0571" w14:textId="77777777" w:rsidR="00553990" w:rsidRDefault="00553990" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00553990" w:rsidP="00C33CB9" w:rsidRDefault="00553990" w14:paraId="53DF8719" w14:textId="77777777">
+          <w:p w14:paraId="53DF8719" w14:textId="77777777" w:rsidR="00553990" w:rsidRDefault="00553990" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00553990" w:rsidP="00C33CB9" w:rsidRDefault="00553990" w14:paraId="00890B32" w14:textId="77777777">
+          <w:p w14:paraId="00890B32" w14:textId="77777777" w:rsidR="00553990" w:rsidRDefault="00553990" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00553990" w:rsidP="00C33CB9" w:rsidRDefault="00553990" w14:paraId="3E4337B5" w14:textId="77777777">
+          <w:p w14:paraId="3E4337B5" w14:textId="77777777" w:rsidR="00553990" w:rsidRDefault="00553990" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00553990" w:rsidP="00C33CB9" w:rsidRDefault="00553990" w14:paraId="74E4970F" w14:textId="77777777">
+          <w:p w14:paraId="74E4970F" w14:textId="77777777" w:rsidR="00553990" w:rsidRDefault="00553990" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00553990" w:rsidP="00C33CB9" w:rsidRDefault="00553990" w14:paraId="65D457DD" w14:textId="77777777">
+          <w:p w14:paraId="65D457DD" w14:textId="77777777" w:rsidR="00553990" w:rsidRDefault="00553990" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00553990" w:rsidP="00C33CB9" w:rsidRDefault="00553990" w14:paraId="707F1920" w14:textId="77777777">
+          <w:p w14:paraId="707F1920" w14:textId="77777777" w:rsidR="00553990" w:rsidRDefault="00553990" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00553990" w:rsidP="00C33CB9" w:rsidRDefault="00553990" w14:paraId="64E8380E" w14:textId="77777777">
+          <w:p w14:paraId="64E8380E" w14:textId="77777777" w:rsidR="00553990" w:rsidRDefault="00553990" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00553990" w:rsidP="00C33CB9" w:rsidRDefault="00553990" w14:paraId="3361A84B" w14:textId="77777777">
+          <w:p w14:paraId="3361A84B" w14:textId="77777777" w:rsidR="00553990" w:rsidRPr="00881A0F" w:rsidRDefault="00553990" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidTr="29850A98" w14:paraId="2D0E0477" w14:textId="77777777">
+      <w:tr w:rsidR="00E53610" w:rsidRPr="00881A0F" w14:paraId="2D0E0477" w14:textId="77777777" w:rsidTr="29850A98">
         <w:trPr>
           <w:trHeight w:val="647"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6396" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="23AF3EED" w14:textId="7A9E57A1">
+          </w:tcPr>
+          <w:p w14:paraId="23AF3EED" w14:textId="7A9E57A1" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc521323779" w:id="23"/>
+            <w:bookmarkStart w:id="23" w:name="_Toc521323779"/>
             <w:r w:rsidRPr="006449F8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Section 4: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="2794ACC8" w14:textId="07DE56DA">
+          <w:p w14:paraId="2794ACC8" w14:textId="07DE56DA" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="31F337B0" w14:textId="77777777">
+          <w:p w14:paraId="31F337B0" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006449F8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>WIOA Title I – Adult, Dislocated Worker, &amp; Trade Eligibility Determination</w:t>
             </w:r>
             <w:bookmarkEnd w:id="23"/>
             <w:r w:rsidRPr="006449F8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="3409415B" w14:textId="77B6915B">
+          <w:p w14:paraId="3409415B" w14:textId="77B6915B" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="621D042B" w14:textId="49D3774A">
+          </w:tcPr>
+          <w:p w14:paraId="621D042B" w14:textId="49D3774A" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc485645939" w:id="24"/>
-[...2 lines deleted...]
-            <w:bookmarkStart w:name="_Toc521323780" w:id="27"/>
+            <w:bookmarkStart w:id="24" w:name="_Toc485645939"/>
+            <w:bookmarkStart w:id="25" w:name="_Toc487093325"/>
+            <w:bookmarkStart w:id="26" w:name="_Toc488150874"/>
+            <w:bookmarkStart w:id="27" w:name="_Toc521323780"/>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:bookmarkEnd w:id="24"/>
             <w:bookmarkEnd w:id="25"/>
             <w:bookmarkEnd w:id="26"/>
             <w:bookmarkEnd w:id="27"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00DA004C" w:rsidRDefault="00E53610" w14:paraId="0E35C3BC" w14:textId="6AC5C77C">
+          </w:tcPr>
+          <w:p w14:paraId="0E35C3BC" w14:textId="6AC5C77C" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00DA004C">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc485645940" w:id="28"/>
-[...2 lines deleted...]
-            <w:bookmarkStart w:name="_Toc521323781" w:id="31"/>
+            <w:bookmarkStart w:id="28" w:name="_Toc485645940"/>
+            <w:bookmarkStart w:id="29" w:name="_Toc487093326"/>
+            <w:bookmarkStart w:id="30" w:name="_Toc488150875"/>
+            <w:bookmarkStart w:id="31" w:name="_Toc521323781"/>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:bookmarkEnd w:id="28"/>
             <w:bookmarkEnd w:id="29"/>
             <w:bookmarkEnd w:id="30"/>
             <w:bookmarkEnd w:id="31"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="005674DC" w:rsidRDefault="00E53610" w14:paraId="347C1384" w14:textId="19EB0F91">
+          </w:tcPr>
+          <w:p w14:paraId="347C1384" w14:textId="19EB0F91" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="005674DC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="005674DC" w:rsidRDefault="00E53610" w14:paraId="7EA17677" w14:textId="134AB7DB">
+          <w:p w14:paraId="7EA17677" w14:textId="134AB7DB" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="005674DC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Comments/Feedback</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="6119924A" w14:textId="0877FFEA">
+          <w:p w14:paraId="6119924A" w14:textId="0877FFEA" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="5E3D543A" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="5E3D543A" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C5409B" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="2F93412A" w14:textId="61C67E23">
+          </w:tcPr>
+          <w:p w14:paraId="2F93412A" w14:textId="61C67E23" w:rsidR="00E53610" w:rsidRPr="00C5409B" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C5409B" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="002B7A4E" w14:paraId="70FA92C0" w14:textId="65889444">
+          </w:tcPr>
+          <w:p w14:paraId="70FA92C0" w14:textId="65889444" w:rsidR="00E53610" w:rsidRPr="00C5409B" w:rsidRDefault="002B7A4E" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Please d</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5409B" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>escribe the</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5409B" w:rsidR="00F3011B">
+            <w:r w:rsidR="00F3011B" w:rsidRPr="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5409B" w:rsidR="00A243A1">
+            <w:r w:rsidR="00A243A1" w:rsidRPr="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CC</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5409B" w:rsidR="00FD0710">
+            <w:r w:rsidR="00FD0710" w:rsidRPr="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(s)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5409B" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> policy and</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5409B" w:rsidR="00961865">
+            <w:r w:rsidR="00961865" w:rsidRPr="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">/or </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5409B" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Standard Operating procedure </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5409B" w:rsidR="0030455C">
+            <w:r w:rsidR="0030455C" w:rsidRPr="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">(SOP) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5409B" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>regarding the</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5409B" w:rsidR="00F3011B">
+            <w:r w:rsidR="00F3011B" w:rsidRPr="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5409B" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">collection, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5409B" w:rsidR="00F3011B">
+            <w:r w:rsidR="00F3011B" w:rsidRPr="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>verification,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5409B" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> and approval of eligibility documentation for the Adult, Dislocated Worker (DW), and Trade program?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C5409B" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="4BCF64A6" w14:textId="77777777">
-[...17 lines deleted...]
-          <w:p w:rsidRPr="00C5409B" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="3F37B06A" w14:textId="6E550839">
+          <w:p w14:paraId="4BCF64A6" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00C5409B" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4F295D54" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00C5409B" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F37B06A" w14:textId="6E550839" w:rsidR="00E53610" w:rsidRPr="00C5409B" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="5677A946" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5677A946" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="47A5C94E" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="47A5C94E" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00645E30" w:rsidRDefault="00E53610" w14:paraId="374B4907" w14:textId="39CFBC42">
+          </w:tcPr>
+          <w:p w14:paraId="374B4907" w14:textId="39CFBC42" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00645E30">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="52318135" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="52318135" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C5409B" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="71D5283B" w14:textId="1FB5DAA3">
+          </w:tcPr>
+          <w:p w14:paraId="71D5283B" w14:textId="1FB5DAA3" w:rsidR="00E53610" w:rsidRPr="00C5409B" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C5409B" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00994BF2" w14:paraId="50D88A2D" w14:textId="18D2E02E">
+          </w:tcPr>
+          <w:p w14:paraId="50D88A2D" w14:textId="18D2E02E" w:rsidR="00E53610" w:rsidRPr="00C5409B" w:rsidRDefault="00994BF2" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Please describe</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5409B" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> the</w:t>
             </w:r>
             <w:r w:rsidRPr="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5409B" w:rsidR="00A243A1">
+            <w:r w:rsidR="00A243A1" w:rsidRPr="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CC</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5409B" w:rsidR="00FD0710">
+            <w:r w:rsidR="00FD0710" w:rsidRPr="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(s)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5409B" w:rsidR="00020AB5">
+            <w:r w:rsidR="00020AB5" w:rsidRPr="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5409B" w:rsidR="00035C46">
+            <w:r w:rsidR="00035C46" w:rsidRPr="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>process to determine</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5409B" w:rsidR="00020AB5">
+            <w:r w:rsidR="00020AB5" w:rsidRPr="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5409B" w:rsidR="00035C46">
+            <w:r w:rsidR="00035C46" w:rsidRPr="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>whether</w:t>
             </w:r>
             <w:r w:rsidRPr="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5409B" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">a customer meets the priority </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5409B" w:rsidR="00035C46">
+            <w:r w:rsidR="00035C46" w:rsidRPr="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">of service </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5409B" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">and/or the </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5409B" w:rsidR="00035C46">
+            <w:r w:rsidR="00035C46" w:rsidRPr="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">local </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5409B" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>residency restriction requirement</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5409B" w:rsidR="00035C46">
+            <w:r w:rsidR="00035C46" w:rsidRPr="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(s)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5409B" w:rsidR="00D22604">
+            <w:r w:rsidR="00D22604" w:rsidRPr="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> if applicable</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5409B" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">? </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C5409B" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="2C6CF0B2" w14:textId="544097AC">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="00C5409B" w:rsidR="00E53610" w:rsidP="00521D6D" w:rsidRDefault="00D155E1" w14:paraId="1975669B" w14:textId="088B40A3">
+          <w:p w14:paraId="2C6CF0B2" w14:textId="544097AC" w:rsidR="00E53610" w:rsidRPr="00C5409B" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1975669B" w14:textId="088B40A3" w:rsidR="00E53610" w:rsidRPr="00C5409B" w:rsidRDefault="00D155E1" w:rsidP="00521D6D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Is this</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5409B" w:rsidR="00D22604">
+            <w:r w:rsidR="00D22604" w:rsidRPr="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> process</w:t>
             </w:r>
             <w:r w:rsidRPr="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> written in an SOP or policy?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="47EE15DC" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="47EE15DC" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="13C972B0" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="13C972B0" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="18F03517" w14:textId="560AA3A0">
+          </w:tcPr>
+          <w:p w14:paraId="18F03517" w14:textId="560AA3A0" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="658385D0" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="658385D0" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C5409B" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="3535F500" w14:textId="33938A71">
+          </w:tcPr>
+          <w:p w14:paraId="3535F500" w14:textId="33938A71" w:rsidR="00E53610" w:rsidRPr="00C5409B" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="008A77F1" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="00877284" w14:textId="697F0607">
+          </w:tcPr>
+          <w:p w14:paraId="00877284" w14:textId="697F0607" w:rsidR="00E53610" w:rsidRPr="008A77F1" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A77F1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">What is the </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A77F1" w:rsidR="00994BF2">
+            <w:r w:rsidR="00994BF2" w:rsidRPr="008A77F1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CC</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A77F1" w:rsidR="00FD0710">
+            <w:r w:rsidR="00FD0710" w:rsidRPr="008A77F1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(s)</w:t>
             </w:r>
             <w:r w:rsidRPr="008A77F1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> policy regarding services </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A77F1" w:rsidR="00007E92">
+            <w:r w:rsidR="00007E92" w:rsidRPr="008A77F1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
             <w:r w:rsidRPr="008A77F1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A77F1" w:rsidR="00F62B24">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="008A77F1" w:rsidR="006C10F4">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00F62B24" w:rsidRPr="008A77F1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Adult</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00F62B24" w:rsidRPr="008A77F1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> customers</w:t>
+            </w:r>
+            <w:r w:rsidR="006C10F4" w:rsidRPr="008A77F1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> who are low-income</w:t>
             </w:r>
             <w:r w:rsidRPr="008A77F1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">? </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="008A77F1" w:rsidR="00775459" w:rsidP="00C33CB9" w:rsidRDefault="00775459" w14:paraId="5EB8DD68" w14:textId="77777777">
-[...17 lines deleted...]
-          <w:p w:rsidRPr="008A77F1" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="7204CA6D" w14:textId="39C23844">
+          <w:p w14:paraId="5EB8DD68" w14:textId="77777777" w:rsidR="00775459" w:rsidRPr="008A77F1" w:rsidRDefault="00775459" w:rsidP="00C33CB9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D60997B" w14:textId="77777777" w:rsidR="00775459" w:rsidRPr="008A77F1" w:rsidRDefault="00775459" w:rsidP="00C33CB9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7204CA6D" w14:textId="39C23844" w:rsidR="00E53610" w:rsidRPr="008A77F1" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="3CD6B81A" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3CD6B81A" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="146184B5" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="146184B5" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="5B65A54E" w14:textId="771F1A2C">
+          </w:tcPr>
+          <w:p w14:paraId="5B65A54E" w14:textId="771F1A2C" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="61DEEA0D" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="61DEEA0D" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C5409B" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="71862556" w14:textId="15FA2D8B">
+          </w:tcPr>
+          <w:p w14:paraId="71862556" w14:textId="15FA2D8B" w:rsidR="00E53610" w:rsidRPr="00C5409B" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="008A77F1" w:rsidR="00775459" w:rsidP="002940D8" w:rsidRDefault="00FD0710" w14:paraId="67AAB63C" w14:textId="5E876F68">
+          </w:tcPr>
+          <w:p w14:paraId="67AAB63C" w14:textId="5E876F68" w:rsidR="00775459" w:rsidRPr="008A77F1" w:rsidRDefault="00FD0710" w:rsidP="002940D8">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A77F1">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>How does/do</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A77F1" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="008A77F1">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> the CC</w:t>
             </w:r>
             <w:r w:rsidRPr="008A77F1">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(s)</w:t>
             </w:r>
-            <w:r w:rsidRPr="008A77F1" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="008A77F1">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> serve WIOA registered customers who have one or more barriers to employment?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="008A77F1" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="425344C9" w14:textId="77777777">
+          <w:p w14:paraId="425344C9" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="008A77F1" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="0F82A645" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0F82A645" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="223150FA" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="223150FA" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="1C9D879B" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1C9D879B" w14:textId="77777777" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00553990" w:rsidP="00C33CB9" w:rsidRDefault="00553990" w14:paraId="4CF90393" w14:textId="77777777">
+          <w:p w14:paraId="4CF90393" w14:textId="77777777" w:rsidR="00553990" w:rsidRDefault="00553990" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00553990" w:rsidP="00C33CB9" w:rsidRDefault="00553990" w14:paraId="28CB09B9" w14:textId="77777777">
+          <w:p w14:paraId="28CB09B9" w14:textId="77777777" w:rsidR="00553990" w:rsidRDefault="00553990" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00553990" w:rsidP="00C33CB9" w:rsidRDefault="00553990" w14:paraId="1E93E53D" w14:textId="77777777">
+          <w:p w14:paraId="1E93E53D" w14:textId="77777777" w:rsidR="00553990" w:rsidRDefault="00553990" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00553990" w:rsidP="00C33CB9" w:rsidRDefault="00553990" w14:paraId="3E5079D3" w14:textId="77777777">
+          <w:p w14:paraId="3E5079D3" w14:textId="77777777" w:rsidR="00553990" w:rsidRDefault="00553990" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00553990" w:rsidP="00C33CB9" w:rsidRDefault="00553990" w14:paraId="32676344" w14:textId="77777777">
+          <w:p w14:paraId="32676344" w14:textId="77777777" w:rsidR="00553990" w:rsidRDefault="00553990" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00553990" w:rsidP="00C33CB9" w:rsidRDefault="00553990" w14:paraId="58FC4B3B" w14:textId="3BB63853">
+          <w:p w14:paraId="58FC4B3B" w14:textId="3BB63853" w:rsidR="00553990" w:rsidRPr="00881A0F" w:rsidRDefault="00553990" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidTr="29850A98" w14:paraId="48134065" w14:textId="77777777">
+      <w:tr w:rsidR="00E53610" w:rsidRPr="00881A0F" w14:paraId="48134065" w14:textId="77777777" w:rsidTr="29850A98">
         <w:trPr>
           <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6396" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="3429A148" w14:textId="3794123C">
+          </w:tcPr>
+          <w:p w14:paraId="3429A148" w14:textId="3794123C" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc521323784" w:id="32"/>
+            <w:bookmarkStart w:id="32" w:name="_Toc521323784"/>
             <w:r w:rsidRPr="006449F8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Section 5: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="0B4D8280" w14:textId="77777777">
+          <w:p w14:paraId="0B4D8280" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="027B3BC3" w14:textId="6A6B5F08">
+          <w:p w14:paraId="027B3BC3" w14:textId="6A6B5F08" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006449F8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Individual Training Account (ITA)</w:t>
             </w:r>
             <w:bookmarkEnd w:id="32"/>
             <w:r w:rsidRPr="006449F8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; Labor Market Information (LMI)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="01B16CA9" w14:textId="30A9F07A">
+          <w:p w14:paraId="01B16CA9" w14:textId="30A9F07A" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="1F0F472D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1F0F472D" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc485645944" w:id="33"/>
-[...4 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="0EA238AF" w14:textId="2185A4C8">
+            <w:bookmarkStart w:id="33" w:name="_Toc485645944"/>
+            <w:bookmarkStart w:id="34" w:name="_Toc487093330"/>
+            <w:bookmarkStart w:id="35" w:name="_Toc488150879"/>
+            <w:bookmarkStart w:id="36" w:name="_Toc521323785"/>
+          </w:p>
+          <w:p w14:paraId="0EA238AF" w14:textId="2185A4C8" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:bookmarkEnd w:id="33"/>
             <w:bookmarkEnd w:id="34"/>
             <w:bookmarkEnd w:id="35"/>
             <w:bookmarkEnd w:id="36"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="7C5FE34A" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7C5FE34A" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc485645945" w:id="37"/>
-[...4 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="00654847" w14:textId="282A5DDE">
+            <w:bookmarkStart w:id="37" w:name="_Toc485645945"/>
+            <w:bookmarkStart w:id="38" w:name="_Toc487093331"/>
+            <w:bookmarkStart w:id="39" w:name="_Toc488150880"/>
+            <w:bookmarkStart w:id="40" w:name="_Toc521323786"/>
+          </w:p>
+          <w:p w14:paraId="00654847" w14:textId="282A5DDE" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:bookmarkEnd w:id="37"/>
             <w:bookmarkEnd w:id="38"/>
             <w:bookmarkEnd w:id="39"/>
             <w:bookmarkEnd w:id="40"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="009D7161" w:rsidRDefault="00E53610" w14:paraId="07FD7532" w14:textId="6609DA4A">
+          </w:tcPr>
+          <w:p w14:paraId="07FD7532" w14:textId="6609DA4A" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="009D7161">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="009D7161" w:rsidRDefault="00E53610" w14:paraId="7BE5F57E" w14:textId="4007D830">
+          <w:p w14:paraId="7BE5F57E" w14:textId="4007D830" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="009D7161">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Comments/Feedback</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="384B9EAE" w14:textId="71699E2C">
+          <w:p w14:paraId="384B9EAE" w14:textId="71699E2C" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="536AAE7D" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="536AAE7D" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00ED3F90" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="259A2B99" w14:textId="1614972F">
+          </w:tcPr>
+          <w:p w14:paraId="259A2B99" w14:textId="1614972F" w:rsidR="00E53610" w:rsidRPr="00ED3F90" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="10204855" w:rsidRDefault="00E53610" w14:paraId="3939613D" w14:textId="490EFA46">
+          </w:tcPr>
+          <w:p w14:paraId="3939613D" w14:textId="490EFA46" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="10204855">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">What is the </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00A243A1">
+            <w:r w:rsidR="00A243A1" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CC</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00FD0710">
+            <w:r w:rsidR="00FD0710" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(s)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00994BF2">
+            <w:r w:rsidR="00994BF2" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">policy and/or procedure </w:t>
             </w:r>
             <w:r w:rsidR="0074615C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">to </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>trac</w:t>
             </w:r>
             <w:r w:rsidR="0074615C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>k</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ITA related performance and customer satisfaction? </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="10204855" w:rsidRDefault="00E53610" w14:paraId="26875C4F" w14:textId="20A01B05">
+          <w:p w14:paraId="26875C4F" w14:textId="20A01B05" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="10204855">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="31ED005E" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="31ED005E" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="6C33DC6E" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6C33DC6E" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="33C2CE22" w14:textId="0ADB1CDD">
+          </w:tcPr>
+          <w:p w14:paraId="33C2CE22" w14:textId="0ADB1CDD" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="6F23A42A" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="6F23A42A" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00ED3F90" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="357E4F45" w14:textId="53BCA2D5">
+          </w:tcPr>
+          <w:p w14:paraId="357E4F45" w14:textId="53BCA2D5" w:rsidR="00E53610" w:rsidRPr="00ED3F90" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00961865" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="4D343722" w14:textId="7572F5D8">
+          </w:tcPr>
+          <w:p w14:paraId="4D343722" w14:textId="7572F5D8" w:rsidR="00961865" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Has the </w:t>
             </w:r>
             <w:r w:rsidR="008B5CAC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>area</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> established </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00961865">
+            <w:r w:rsidR="00961865" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>restrictions on</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00961865">
+            <w:r w:rsidR="00961865" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>duration</w:t>
             </w:r>
             <w:r w:rsidR="00C5409B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> of</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00961865">
+            <w:r w:rsidR="00961865" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, funding amount</w:t>
             </w:r>
             <w:r w:rsidR="00280816">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>or geograp</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00961865">
+            <w:r w:rsidR="00961865" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>hic location(s)</w:t>
             </w:r>
             <w:r w:rsidR="00AA2D72">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> requirements</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00961865">
+            <w:r w:rsidR="00961865" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> for </w:t>
             </w:r>
             <w:r w:rsidR="00280816">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">customers seeking </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ITAs</w:t>
             </w:r>
             <w:r w:rsidR="00280816">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> in your area</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">? </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00961865" w:rsidP="00C33CB9" w:rsidRDefault="00961865" w14:paraId="4C113A24" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00FD0710" w:rsidRDefault="00E53610" w14:paraId="49B3E601" w14:textId="6737FD68">
+          <w:p w14:paraId="4C113A24" w14:textId="77777777" w:rsidR="00961865" w:rsidRPr="00881A0F" w:rsidRDefault="00961865" w:rsidP="00C33CB9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49B3E601" w14:textId="6737FD68" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00FD0710">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Please explain.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="158B8956" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="158B8956" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="25205AF8" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="25205AF8" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="177B4570" w14:textId="776CDDC8">
+          </w:tcPr>
+          <w:p w14:paraId="177B4570" w14:textId="776CDDC8" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="288226F9" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="288226F9" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00ED3F90" w:rsidR="00312B11" w:rsidP="00E51EFD" w:rsidRDefault="00312B11" w14:paraId="4EED0E9D" w14:textId="6ED8B22E">
+          </w:tcPr>
+          <w:p w14:paraId="4EED0E9D" w14:textId="6ED8B22E" w:rsidR="00312B11" w:rsidRPr="00ED3F90" w:rsidRDefault="00312B11" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00ED3F90" w:rsidR="00312B11" w:rsidP="00C33CB9" w:rsidRDefault="001E6139" w14:paraId="531144E7" w14:textId="65E0154C">
+          </w:tcPr>
+          <w:p w14:paraId="531144E7" w14:textId="65E0154C" w:rsidR="00312B11" w:rsidRPr="00ED3F90" w:rsidRDefault="001E6139" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED3F90">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Please describe the C</w:t>
             </w:r>
-            <w:r w:rsidRPr="00ED3F90" w:rsidR="00FA6D61">
+            <w:r w:rsidR="00FA6D61" w:rsidRPr="00ED3F90">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>C(s’)</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED3F90">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> process to determine whether a customer is approved </w:t>
             </w:r>
-            <w:r w:rsidRPr="00ED3F90" w:rsidR="007B28BE">
+            <w:r w:rsidR="007B28BE" w:rsidRPr="00ED3F90">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>or denied ITA funding.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00ED3F90" w:rsidR="007B28BE" w:rsidP="00C33CB9" w:rsidRDefault="007B28BE" w14:paraId="14823768" w14:textId="77777777">
-[...26 lines deleted...]
-          <w:p w:rsidRPr="00ED3F90" w:rsidR="007B28BE" w:rsidP="00C33CB9" w:rsidRDefault="007B28BE" w14:paraId="77567BAB" w14:textId="312029A0">
+          <w:p w14:paraId="14823768" w14:textId="77777777" w:rsidR="007B28BE" w:rsidRPr="00ED3F90" w:rsidRDefault="007B28BE" w:rsidP="00C33CB9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E0B3E23" w14:textId="77777777" w:rsidR="007B28BE" w:rsidRDefault="007B28BE" w:rsidP="00C33CB9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28FF94F4" w14:textId="77777777" w:rsidR="007452DB" w:rsidRPr="00ED3F90" w:rsidRDefault="007452DB" w:rsidP="00C33CB9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77567BAB" w14:textId="312029A0" w:rsidR="007B28BE" w:rsidRPr="00ED3F90" w:rsidRDefault="007B28BE" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00312B11" w:rsidP="00C33CB9" w:rsidRDefault="00312B11" w14:paraId="4BD338C5" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4BD338C5" w14:textId="77777777" w:rsidR="00312B11" w:rsidRPr="00881A0F" w:rsidRDefault="00312B11" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00312B11" w:rsidP="00C33CB9" w:rsidRDefault="00312B11" w14:paraId="0135BBE8" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0135BBE8" w14:textId="77777777" w:rsidR="00312B11" w:rsidRPr="00881A0F" w:rsidRDefault="00312B11" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00312B11" w:rsidP="00C33CB9" w:rsidRDefault="00312B11" w14:paraId="05765AB3" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="05765AB3" w14:textId="77777777" w:rsidR="00312B11" w:rsidRPr="00881A0F" w:rsidRDefault="00312B11" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="1FFF7A03" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="1FFF7A03" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00ED3F90" w:rsidR="00F307A2" w:rsidP="00E51EFD" w:rsidRDefault="00F307A2" w14:paraId="172A705A" w14:textId="1B7513D6">
+          </w:tcPr>
+          <w:p w14:paraId="172A705A" w14:textId="1B7513D6" w:rsidR="00F307A2" w:rsidRPr="00ED3F90" w:rsidRDefault="00F307A2" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00ED3F90" w:rsidR="00F307A2" w:rsidP="00C33CB9" w:rsidRDefault="00F307A2" w14:paraId="6DC08080" w14:textId="29BF701A">
+          <w:p w14:paraId="6DC08080" w14:textId="29BF701A" w:rsidR="00F307A2" w:rsidRPr="00ED3F90" w:rsidRDefault="00F307A2" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00ED3F90" w:rsidR="00F307A2" w:rsidP="00C33CB9" w:rsidRDefault="00FC3A7B" w14:paraId="7B6BA3A4" w14:textId="524334AA">
+          </w:tcPr>
+          <w:p w14:paraId="7B6BA3A4" w14:textId="524334AA" w:rsidR="00F307A2" w:rsidRPr="00ED3F90" w:rsidRDefault="00FC3A7B" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED3F90">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Are local CC staff/management utilizing the </w:t>
             </w:r>
-            <w:r w:rsidRPr="00ED3F90" w:rsidR="00CC5EB9">
+            <w:r w:rsidR="00CC5EB9" w:rsidRPr="00ED3F90">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>WIOA Program Training Determination Notice</w:t>
             </w:r>
-            <w:r w:rsidRPr="00ED3F90" w:rsidR="00CE497A">
+            <w:r w:rsidR="00CE497A" w:rsidRPr="00ED3F90">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00ED3F90" w:rsidR="000B28DF">
+            <w:r w:rsidR="000B28DF" w:rsidRPr="00ED3F90">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>for every customer who requests ITA funding</w:t>
             </w:r>
-            <w:r w:rsidRPr="00ED3F90" w:rsidR="008A77F1">
+            <w:r w:rsidR="008A77F1" w:rsidRPr="00ED3F90">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> as required in</w:t>
             </w:r>
-            <w:r w:rsidRPr="00ED3F90" w:rsidR="008A77F1">
+            <w:r w:rsidR="008A77F1" w:rsidRPr="00ED3F90">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>100 DCS 18.101.6</w:t>
             </w:r>
             <w:r w:rsidR="007452DB">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> attachment O</w:t>
             </w:r>
-            <w:r w:rsidRPr="00ED3F90" w:rsidR="000B28DF">
+            <w:r w:rsidR="000B28DF" w:rsidRPr="00ED3F90">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00ED3F90" w:rsidR="008A77F1" w:rsidP="00C33CB9" w:rsidRDefault="008A77F1" w14:paraId="6BA4B598" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="00ED3F90" w:rsidR="000B28DF" w:rsidP="00ED3F90" w:rsidRDefault="008A77F1" w14:paraId="0D0E9A07" w14:textId="45E876B7">
+          <w:p w14:paraId="6BA4B598" w14:textId="77777777" w:rsidR="008A77F1" w:rsidRPr="00ED3F90" w:rsidRDefault="008A77F1" w:rsidP="00C33CB9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D0E9A07" w14:textId="45E876B7" w:rsidR="000B28DF" w:rsidRPr="00ED3F90" w:rsidRDefault="008A77F1" w:rsidP="00ED3F90">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED3F90">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>If no, please explain</w:t>
-            </w:r>
+              <w:t xml:space="preserve">If </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00ED3F90">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>no</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00ED3F90">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, please explain</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED3F90">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00F307A2" w:rsidP="00C33CB9" w:rsidRDefault="00F307A2" w14:paraId="0437A4D6" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0437A4D6" w14:textId="77777777" w:rsidR="00F307A2" w:rsidRPr="00881A0F" w:rsidRDefault="00F307A2" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00F307A2" w:rsidP="00C33CB9" w:rsidRDefault="00F307A2" w14:paraId="65BB523F" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="65BB523F" w14:textId="77777777" w:rsidR="00F307A2" w:rsidRPr="00881A0F" w:rsidRDefault="00F307A2" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00F307A2" w:rsidP="00C33CB9" w:rsidRDefault="00F307A2" w14:paraId="5E4F370B" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5E4F370B" w14:textId="77777777" w:rsidR="00F307A2" w:rsidRPr="00881A0F" w:rsidRDefault="00F307A2" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="3D47430C" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="3D47430C" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00AB4362" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="2E984FED" w14:textId="215BA830">
+          </w:tcPr>
+          <w:p w14:paraId="2E984FED" w14:textId="215BA830" w:rsidR="00E53610" w:rsidRPr="00AB4362" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00996598" w:rsidRDefault="00E53610" w14:paraId="243F150F" w14:textId="589CB60E">
+          </w:tcPr>
+          <w:p w14:paraId="243F150F" w14:textId="589CB60E" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00996598">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">What is the </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="006E2AE1">
+            <w:r w:rsidR="006E2AE1" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CC</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00063048">
+            <w:r w:rsidR="00063048" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(s)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="006E2AE1">
+            <w:r w:rsidR="006E2AE1" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> SOP </w:t>
             </w:r>
             <w:r w:rsidR="00F65809">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>to ensure</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> the contract cost of the ITA is consistent with the ITA cost listed in MOSES?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="2317B1C0" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2317B1C0" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="5F0AC94C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5F0AC94C" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="1A2FF7EF" w14:textId="55E468B4">
+          </w:tcPr>
+          <w:p w14:paraId="1A2FF7EF" w14:textId="55E468B4" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="670ABBC3" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="670ABBC3" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00AB4362" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="7BB93CCD" w14:textId="775E296E">
+          </w:tcPr>
+          <w:p w14:paraId="7BB93CCD" w14:textId="775E296E" w:rsidR="00E53610" w:rsidRPr="00AB4362" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="61B6AEB0" w14:textId="6A75D754">
+          </w:tcPr>
+          <w:p w14:paraId="61B6AEB0" w14:textId="6A75D754" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">What are the three (3) most utilized training occupations for the previous four (4) quarters? </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="04DB777D" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00996598" w:rsidRDefault="00E53610" w14:paraId="0C5E6E93" w14:textId="7EEA945C">
+          <w:p w14:paraId="04DB777D" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C5E6E93" w14:textId="7EEA945C" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00996598">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Please also list how many customers are enrolled in each.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="1DC4B8AC" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1DC4B8AC" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="1EED6BF6" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1EED6BF6" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00F406FF" w:rsidRDefault="00E53610" w14:paraId="23CBC17E" w14:textId="0D475DBA">
+          </w:tcPr>
+          <w:p w14:paraId="23CBC17E" w14:textId="0D475DBA" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00F406FF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1815"/>
               </w:tabs>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">              </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
@@ -11625,1102 +11510,1092 @@
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t># of Enrollees</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
-            </w:r>
+              <w:t xml:space="preserve">                                                                                              </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D9E65B9" w14:textId="609DE0F3" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00330A1B">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-[...7 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00330A1B" w:rsidRDefault="00E53610" w14:paraId="7D9E65B9" w14:textId="609DE0F3">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09C78C12" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00330A1B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>1.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00330A1B" w:rsidRDefault="00E53610" w14:paraId="09C78C12" w14:textId="77777777">
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41A80D15" w14:textId="2B59D611" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00330A1B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2.</w:t>
-[...20 lines deleted...]
-              </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidTr="29850A98" w14:paraId="63C25913" w14:textId="77777777">
+      <w:tr w:rsidR="00E53610" w:rsidRPr="00881A0F" w14:paraId="63C25913" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6396" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="138A5061" w14:textId="01C58BEA">
+          </w:tcPr>
+          <w:p w14:paraId="138A5061" w14:textId="01C58BEA" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc521323794" w:id="41"/>
+            <w:bookmarkStart w:id="41" w:name="_Toc521323794"/>
             <w:r w:rsidRPr="006449F8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Section 6: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="1295535F" w14:textId="77777777">
+          <w:p w14:paraId="1295535F" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="7DA9504D" w14:textId="77777777">
+          <w:p w14:paraId="7DA9504D" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006449F8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Career Planning</w:t>
             </w:r>
             <w:bookmarkEnd w:id="41"/>
             <w:r w:rsidRPr="006449F8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="402022E6" w14:textId="37ACDD0F">
+          <w:p w14:paraId="402022E6" w14:textId="37ACDD0F" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="2BE7A480" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2BE7A480" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc485645954" w:id="42"/>
-[...2 lines deleted...]
-            <w:bookmarkStart w:name="_Toc521323795" w:id="45"/>
+            <w:bookmarkStart w:id="42" w:name="_Toc485645954"/>
+            <w:bookmarkStart w:id="43" w:name="_Toc487093340"/>
+            <w:bookmarkStart w:id="44" w:name="_Toc488150889"/>
+            <w:bookmarkStart w:id="45" w:name="_Toc521323795"/>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:bookmarkEnd w:id="42"/>
             <w:bookmarkEnd w:id="43"/>
             <w:bookmarkEnd w:id="44"/>
             <w:bookmarkEnd w:id="45"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="709E9F42" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="709E9F42" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc485645955" w:id="46"/>
-[...2 lines deleted...]
-            <w:bookmarkStart w:name="_Toc521323796" w:id="49"/>
+            <w:bookmarkStart w:id="46" w:name="_Toc485645955"/>
+            <w:bookmarkStart w:id="47" w:name="_Toc487093341"/>
+            <w:bookmarkStart w:id="48" w:name="_Toc488150890"/>
+            <w:bookmarkStart w:id="49" w:name="_Toc521323796"/>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:bookmarkEnd w:id="46"/>
             <w:bookmarkEnd w:id="47"/>
             <w:bookmarkEnd w:id="48"/>
             <w:bookmarkEnd w:id="49"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="006CA9FF" w14:textId="7EBC451D">
+          </w:tcPr>
+          <w:p w14:paraId="006CA9FF" w14:textId="7EBC451D" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc485645957" w:id="50"/>
-[...2 lines deleted...]
-            <w:bookmarkStart w:name="_Toc521323798" w:id="53"/>
+            <w:bookmarkStart w:id="50" w:name="_Toc485645957"/>
+            <w:bookmarkStart w:id="51" w:name="_Toc487093343"/>
+            <w:bookmarkStart w:id="52" w:name="_Toc488150892"/>
+            <w:bookmarkStart w:id="53" w:name="_Toc521323798"/>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Comments</w:t>
             </w:r>
             <w:bookmarkEnd w:id="50"/>
             <w:bookmarkEnd w:id="51"/>
             <w:bookmarkEnd w:id="52"/>
             <w:bookmarkEnd w:id="53"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="01601ADF" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="01601ADF" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00096595" w:rsidP="00E51EFD" w:rsidRDefault="00096595" w14:paraId="4256A565" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4256A565" w14:textId="77777777" w:rsidR="00096595" w:rsidRPr="006449F8" w:rsidRDefault="00096595" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00D05CEC" w:rsidR="00096595" w:rsidP="00C33CB9" w:rsidRDefault="00096595" w14:paraId="4F7EAA27" w14:textId="64879C6E">
+          </w:tcPr>
+          <w:p w14:paraId="4F7EAA27" w14:textId="64879C6E" w:rsidR="00096595" w:rsidRPr="00D05CEC" w:rsidRDefault="00096595" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D05CEC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Have all CC</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D05CEC" w:rsidR="00F76055">
+            <w:r w:rsidR="00F76055" w:rsidRPr="00D05CEC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">(s) local area SOPs and policies been updated to reflect </w:t>
             </w:r>
-            <w:r w:rsidRPr="000D0649" w:rsidR="00EF01CC">
+            <w:r w:rsidR="00EF01CC" w:rsidRPr="000D0649">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>100 DCS 08.112.3</w:t>
             </w:r>
-            <w:r w:rsidRPr="000D0649" w:rsidR="00EF01CC">
+            <w:r w:rsidR="00EF01CC" w:rsidRPr="000D0649">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
-            <w:r w:rsidRPr="000D0649" w:rsidR="00EF01CC">
+            <w:r w:rsidR="00EF01CC" w:rsidRPr="000D0649">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>100 DCS 08.102.1</w:t>
             </w:r>
-            <w:r w:rsidRPr="000D0649" w:rsidR="00EF01CC">
+            <w:r w:rsidR="00EF01CC" w:rsidRPr="000D0649">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, including updates</w:t>
             </w:r>
-            <w:r w:rsidRPr="002C1E04" w:rsidR="00EF01CC">
+            <w:r w:rsidR="00EF01CC" w:rsidRPr="002C1E04">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> to</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D05CEC" w:rsidR="004039B8">
+            <w:r w:rsidR="004039B8" w:rsidRPr="00D05CEC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> MOSES data </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D05CEC" w:rsidR="00EF01CC">
+            <w:r w:rsidR="00EF01CC" w:rsidRPr="00D05CEC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>entry</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D05CEC" w:rsidR="004039B8">
+            <w:r w:rsidR="004039B8" w:rsidRPr="00D05CEC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D05CEC" w:rsidR="00EF01CC">
+            <w:r w:rsidR="00EF01CC" w:rsidRPr="00D05CEC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>time-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D05CEC" w:rsidR="004039B8">
+            <w:r w:rsidR="004039B8" w:rsidRPr="00D05CEC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">limit and </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D05CEC" w:rsidR="00EF01CC">
+            <w:r w:rsidR="00EF01CC" w:rsidRPr="00D05CEC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>follow-up</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D05CEC" w:rsidR="00916AF6">
+            <w:r w:rsidR="00916AF6" w:rsidRPr="00D05CEC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D05CEC" w:rsidR="008A77F1">
+            <w:r w:rsidR="008A77F1" w:rsidRPr="00D05CEC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>guidance</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D05CEC" w:rsidR="00916AF6">
+            <w:r w:rsidR="00916AF6" w:rsidRPr="00D05CEC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D05CEC" w:rsidR="00EF01CC" w:rsidP="00C33CB9" w:rsidRDefault="00EF01CC" w14:paraId="5326AEAA" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="00916AF6" w:rsidP="00C33CB9" w:rsidRDefault="00EF01CC" w14:paraId="79AD74D5" w14:textId="77777777">
+          <w:p w14:paraId="5326AEAA" w14:textId="77777777" w:rsidR="00EF01CC" w:rsidRPr="00D05CEC" w:rsidRDefault="00EF01CC" w:rsidP="00C33CB9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79AD74D5" w14:textId="77777777" w:rsidR="00916AF6" w:rsidRDefault="00EF01CC" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D05CEC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>If no, please explain.</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve">If </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D05CEC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:highlight w:val="yellow"/>
-[...4 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t>no</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D05CEC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, please explain.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="484A62F7" w14:textId="77777777" w:rsidR="000D0649" w:rsidRDefault="000D0649" w:rsidP="00C33CB9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1113E405" w14:textId="41486FCA" w:rsidR="000D0649" w:rsidRPr="00EF01CC" w:rsidRDefault="000D0649" w:rsidP="00C33CB9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00096595" w:rsidP="00C33CB9" w:rsidRDefault="00096595" w14:paraId="431F3C81" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="431F3C81" w14:textId="77777777" w:rsidR="00096595" w:rsidRPr="00881A0F" w:rsidRDefault="00096595" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00096595" w:rsidP="00C33CB9" w:rsidRDefault="00096595" w14:paraId="2060EC8B" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2060EC8B" w14:textId="77777777" w:rsidR="00096595" w:rsidRPr="00881A0F" w:rsidRDefault="00096595" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00096595" w:rsidP="00C33CB9" w:rsidRDefault="00096595" w14:paraId="415F5581" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="415F5581" w14:textId="77777777" w:rsidR="00096595" w:rsidRPr="00881A0F" w:rsidRDefault="00096595" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="5447BCCC" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="5447BCCC" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="3BE42DEB" w14:textId="4BFF5415">
+          </w:tcPr>
+          <w:p w14:paraId="3BE42DEB" w14:textId="4BFF5415" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="37279067" w14:textId="3FED5AC0">
+          </w:tcPr>
+          <w:p w14:paraId="37279067" w14:textId="3FED5AC0" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">What is the </w:t>
             </w:r>
             <w:r w:rsidR="002C1E04">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">CC’s </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">procedure for ensuring quality </w:t>
             </w:r>
             <w:r w:rsidR="006B19F1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>assurance</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> in Career Planning</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00063048">
+            <w:r w:rsidR="00063048" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002C1E04" w:rsidR="00063048">
+            <w:r w:rsidR="00063048" w:rsidRPr="002C1E04">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="002C1E04" w:rsidR="006B1A56">
+            <w:r w:rsidR="006B1A56" w:rsidRPr="002C1E04">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">file </w:t>
             </w:r>
-            <w:r w:rsidRPr="002C1E04" w:rsidR="00063048">
+            <w:r w:rsidR="00063048" w:rsidRPr="002C1E04">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>documentation</w:t>
             </w:r>
-            <w:r w:rsidRPr="002C1E04" w:rsidR="009C61C2">
+            <w:r w:rsidR="009C61C2" w:rsidRPr="002C1E04">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, customer engagement</w:t>
             </w:r>
-            <w:r w:rsidRPr="002C1E04" w:rsidR="00063048">
+            <w:r w:rsidR="00063048" w:rsidRPr="002C1E04">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> and MOSES</w:t>
             </w:r>
-            <w:r w:rsidRPr="002C1E04" w:rsidR="009C61C2">
+            <w:r w:rsidR="009C61C2" w:rsidRPr="002C1E04">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> documentation</w:t>
             </w:r>
             <w:r w:rsidR="009C61C2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, etc.)</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">? </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="44791E81" w14:textId="77777777">
+          <w:p w14:paraId="44791E81" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00996598" w:rsidRDefault="00E53610" w14:paraId="3BC26591" w14:textId="799306C2">
+          <w:p w14:paraId="3BC26591" w14:textId="799306C2" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00996598">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Is this process written in a SOP?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="2BBF334F" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2BBF334F" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="61202A0D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="61202A0D" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="799495E7" w14:textId="7EBF4F9C">
+          </w:tcPr>
+          <w:p w14:paraId="799495E7" w14:textId="7EBF4F9C" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="57677B55" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="57677B55" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="5F22BDF1" w14:textId="64C7EE93">
+          </w:tcPr>
+          <w:p w14:paraId="5F22BDF1" w14:textId="64C7EE93" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00B603E5" w:rsidRDefault="00FD0710" w14:paraId="52DDAC9A" w14:textId="28AB1790">
+          </w:tcPr>
+          <w:p w14:paraId="52DDAC9A" w14:textId="28AB1790" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00FD0710" w:rsidP="00B603E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B603E5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>How does/do</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B603E5" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00B603E5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> the </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B603E5" w:rsidR="00A243A1">
+            <w:r w:rsidR="00A243A1" w:rsidRPr="00B603E5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CC</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B603E5" w:rsidR="00063048">
+            <w:r w:rsidR="00063048" w:rsidRPr="00B603E5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(s)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B603E5" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00B603E5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ensure quality control over customer contact every 30-60 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B603E5" w:rsidR="00080152">
+            <w:r w:rsidR="00080152" w:rsidRPr="00B603E5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>days</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B603E5" w:rsidR="002F086E">
+            <w:r w:rsidR="002F086E" w:rsidRPr="00B603E5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B603E5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B603E5" w:rsidR="002F086E">
+            <w:r w:rsidR="002F086E" w:rsidRPr="00B603E5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>depending on individual program requirements</w:t>
             </w:r>
             <w:r w:rsidR="00B603E5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B603E5" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00B603E5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="1D3378EC" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1D3378EC" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="5AB2BB91" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5AB2BB91" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="49B59D7C" w14:textId="120D549A">
+          </w:tcPr>
+          <w:p w14:paraId="49B59D7C" w14:textId="120D549A" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="2DFF56A4" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="2DFF56A4" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="5093B689" w14:textId="5BA0886D">
+          </w:tcPr>
+          <w:p w14:paraId="5093B689" w14:textId="5BA0886D" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="004D1222" w:rsidRDefault="00E53610" w14:paraId="607DEE48" w14:textId="75C28339">
+          </w:tcPr>
+          <w:p w14:paraId="607DEE48" w14:textId="75C28339" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="004D1222">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Which of the following </w:t>
             </w:r>
             <w:r w:rsidR="009D2944">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>three</w:t>
             </w:r>
             <w:r w:rsidR="00655C03">
               <w:rPr>
@@ -12732,482 +12607,488 @@
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>does</w:t>
             </w:r>
             <w:r w:rsidR="00655C03">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> the</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00A243A1">
+            <w:r w:rsidR="00A243A1" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CC</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">(s) offer? </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="004D1222" w:rsidRDefault="00E53610" w14:paraId="052F623B" w14:textId="77777777">
+          <w:p w14:paraId="052F623B" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="004D1222">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="004D1222" w:rsidRDefault="00E53610" w14:paraId="2D88180B" w14:textId="77777777">
+          <w:p w14:paraId="2D88180B" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="004D1222">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pease list all services available under the appropriate title.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="004D1222" w:rsidRDefault="00E53610" w14:paraId="4DCE9617" w14:textId="515486BB">
+          <w:p w14:paraId="4DCE9617" w14:textId="515486BB" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="004D1222">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="0960C58D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0960C58D" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="608779DA" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="608779DA" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E53610" w:rsidP="004D1222" w:rsidRDefault="00E53610" w14:paraId="260C98B5" w14:textId="4393405E">
+          </w:tcPr>
+          <w:p w14:paraId="260C98B5" w14:textId="4393405E" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="004D1222">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Supportive Services</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="000B42B6" w:rsidR="007A29EE" w:rsidP="004D1222" w:rsidRDefault="007A29EE" w14:paraId="67ABDA8E" w14:textId="77777777">
+          <w:p w14:paraId="67ABDA8E" w14:textId="77777777" w:rsidR="007A29EE" w:rsidRPr="000B42B6" w:rsidRDefault="007A29EE" w:rsidP="004D1222">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00E53610" w:rsidP="004D1222" w:rsidRDefault="00E53610" w14:paraId="5B068D07" w14:textId="7628B203">
+          <w:p w14:paraId="5B068D07" w14:textId="7628B203" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="004D1222">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Needs Related Payments</w:t>
-            </w:r>
+              <w:t>Needs</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Related Payments</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00881A0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="000B42B6" w:rsidR="000B42B6" w:rsidP="004D1222" w:rsidRDefault="000B42B6" w14:paraId="69B3C917" w14:textId="77777777">
+          <w:p w14:paraId="69B3C917" w14:textId="77777777" w:rsidR="000B42B6" w:rsidRPr="000B42B6" w:rsidRDefault="000B42B6" w:rsidP="004D1222">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007A29EE" w:rsidP="007A29EE" w:rsidRDefault="00E53610" w14:paraId="3F04145E" w14:textId="77777777">
+          <w:p w14:paraId="3F04145E" w14:textId="77777777" w:rsidR="007A29EE" w:rsidRDefault="00E53610" w:rsidP="007A29EE">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Customized Training</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="007A29EE" w:rsidR="007A29EE" w:rsidP="007A29EE" w:rsidRDefault="007A29EE" w14:paraId="55C2D201" w14:textId="0B029CDD">
+          <w:p w14:paraId="55C2D201" w14:textId="0B029CDD" w:rsidR="007A29EE" w:rsidRPr="007A29EE" w:rsidRDefault="007A29EE" w:rsidP="007A29EE">
             <w:pPr>
               <w:spacing w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="20DC77DE" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="20DC77DE" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="7FBAD514" w14:textId="3B8511A4">
+          </w:tcPr>
+          <w:p w14:paraId="7FBAD514" w14:textId="3B8511A4" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="006B331A" w:rsidRDefault="00E53610" w14:paraId="7B224ABA" w14:textId="382F6A23">
+          </w:tcPr>
+          <w:p w14:paraId="7B224ABA" w14:textId="382F6A23" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="006B331A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00A243A1">
+            <w:r w:rsidR="00A243A1" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CC</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> utilize On-The-Job Training (OJT) and/or Apprenticeships?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="006B331A" w:rsidRDefault="00E53610" w14:paraId="2CD7C55C" w14:textId="6CBB3741">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="006B331A" w:rsidRDefault="00E53610" w14:paraId="6543BAD6" w14:textId="7B5D90BC">
+          <w:p w14:paraId="2CD7C55C" w14:textId="6CBB3741" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="006B331A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6543BAD6" w14:textId="7B5D90BC" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="006B331A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">If </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>yes</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, please provide current number of participants and industry/occupation.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="006B331A" w:rsidRDefault="00E53610" w14:paraId="4F867E4C" w14:textId="75A80924">
-[...17 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00955388" w:rsidRDefault="00E53610" w14:paraId="3D8D5BF9" w14:textId="433F735B">
+          <w:p w14:paraId="4F867E4C" w14:textId="75A80924" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="006B331A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4A739A9F" w14:textId="4FFF9902" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="006B331A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D8D5BF9" w14:textId="433F735B" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00955388">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">If </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>not</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, please explain any efforts to increase these opportunities.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="730E3519" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="730E3519" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="0317F187" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0317F187" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="4D04C3AC" w14:textId="11442F7F">
+          </w:tcPr>
+          <w:p w14:paraId="4D04C3AC" w14:textId="11442F7F" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00063048" w:rsidP="00063048" w:rsidRDefault="00063048" w14:paraId="432FEE79" w14:textId="37F46E90">
+          <w:p w14:paraId="432FEE79" w14:textId="37F46E90" w:rsidR="00063048" w:rsidRPr="00881A0F" w:rsidRDefault="00063048" w:rsidP="00063048">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Industry/Occupation</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
@@ -13216,2311 +13097,2273 @@
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">              </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Number of Participants</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="1B1992A9" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="1B1992A9" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="0049953D" w14:textId="5CEE2BE3">
+          </w:tcPr>
+          <w:p w14:paraId="0049953D" w14:textId="5CEE2BE3" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="5C12C48A" w14:textId="4D4AC66B">
+          </w:tcPr>
+          <w:p w14:paraId="5C12C48A" w14:textId="4D4AC66B" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Does</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00063048">
+            <w:r w:rsidR="00063048" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">/do the CC(s) </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>provide</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00063048">
+            <w:r w:rsidR="00063048" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">work experiences </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00063048">
+            <w:r w:rsidR="00063048" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>other than OJTS (</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>such as internships or transitional job</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00063048">
+            <w:r w:rsidR="00063048" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>s)</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">? </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="51F11018" w14:textId="1653ACCF">
+          <w:p w14:paraId="51F11018" w14:textId="1653ACCF" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="007B35BF" w:rsidRDefault="00E53610" w14:paraId="21EF0800" w14:textId="080DE747">
+          <w:p w14:paraId="21EF0800" w14:textId="080DE747" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="007B35BF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Please explain.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="6A129C60" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6A129C60" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="6705F5D3" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6705F5D3" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00811501" w:rsidRDefault="00E53610" w14:paraId="2BF2C26D" w14:textId="232D3D40">
+          </w:tcPr>
+          <w:p w14:paraId="2BF2C26D" w14:textId="232D3D40" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00811501">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidTr="29850A98" w14:paraId="498B653A" w14:textId="77777777">
+      <w:tr w:rsidR="00E53610" w:rsidRPr="00881A0F" w14:paraId="498B653A" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6396" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="363ED2D2" w14:textId="290E7AD7">
+          </w:tcPr>
+          <w:p w14:paraId="363ED2D2" w14:textId="290E7AD7" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc521323799" w:id="54"/>
+            <w:bookmarkStart w:id="54" w:name="_Toc521323799"/>
             <w:r w:rsidRPr="006449F8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Section 7: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="2B8B527D" w14:textId="77777777">
+          <w:p w14:paraId="2B8B527D" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="4DFC4015" w14:textId="68C36642">
+          <w:p w14:paraId="4DFC4015" w14:textId="68C36642" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006449F8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">WIOA Title III – Wagner Peyser </w:t>
             </w:r>
             <w:bookmarkEnd w:id="54"/>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="3F1C26AD" w14:textId="5C874F5B">
+          <w:p w14:paraId="3F1C26AD" w14:textId="5C874F5B" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="3604870D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3604870D" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc485645959" w:id="55"/>
-[...2 lines deleted...]
-            <w:bookmarkStart w:name="_Toc521323800" w:id="58"/>
+            <w:bookmarkStart w:id="55" w:name="_Toc485645959"/>
+            <w:bookmarkStart w:id="56" w:name="_Toc487093345"/>
+            <w:bookmarkStart w:id="57" w:name="_Toc488150894"/>
+            <w:bookmarkStart w:id="58" w:name="_Toc521323800"/>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:bookmarkEnd w:id="55"/>
             <w:bookmarkEnd w:id="56"/>
             <w:bookmarkEnd w:id="57"/>
             <w:bookmarkEnd w:id="58"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="66BDCD25" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="66BDCD25" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc485645960" w:id="59"/>
-[...2 lines deleted...]
-            <w:bookmarkStart w:name="_Toc521323801" w:id="62"/>
+            <w:bookmarkStart w:id="59" w:name="_Toc485645960"/>
+            <w:bookmarkStart w:id="60" w:name="_Toc487093346"/>
+            <w:bookmarkStart w:id="61" w:name="_Toc488150895"/>
+            <w:bookmarkStart w:id="62" w:name="_Toc521323801"/>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:bookmarkEnd w:id="59"/>
             <w:bookmarkEnd w:id="60"/>
             <w:bookmarkEnd w:id="61"/>
             <w:bookmarkEnd w:id="62"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="005E4A0F" w:rsidRDefault="00E53610" w14:paraId="0FBDCABB" w14:textId="4B9A17E9">
+          </w:tcPr>
+          <w:p w14:paraId="0FBDCABB" w14:textId="4B9A17E9" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="005E4A0F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="005E4A0F" w:rsidRDefault="00E53610" w14:paraId="6D3C9E22" w14:textId="4CE5320C">
+          <w:p w14:paraId="6D3C9E22" w14:textId="4CE5320C" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="005E4A0F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Comments/Feedback</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="53D4B112" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="53D4B112" w14:textId="77777777" w:rsidTr="29850A98">
         <w:trPr>
           <w:trHeight w:val="50"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="004E714A" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="03B74B0D" w14:textId="086141C7">
+          </w:tcPr>
+          <w:p w14:paraId="03B74B0D" w14:textId="086141C7" w:rsidR="00E53610" w:rsidRPr="004E714A" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00011CAB" w:rsidRDefault="00E53610" w14:paraId="0AE1365E" w14:textId="526876F0">
+          </w:tcPr>
+          <w:p w14:paraId="0AE1365E" w14:textId="526876F0" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00011CAB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Please provide a description of the </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>most utilized</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00A57E6C">
+            <w:r w:rsidR="00A57E6C" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Basic and Individualized career services </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>by Jobseeker and Business customers in your area.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BD0A41" w:rsidP="00011CAB" w:rsidRDefault="00BD0A41" w14:paraId="23D63C3B" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="007B35BF" w:rsidP="00011CAB" w:rsidRDefault="007B35BF" w14:paraId="29C6D132" w14:textId="2D95A44C">
+          <w:p w14:paraId="23D63C3B" w14:textId="77777777" w:rsidR="00BD0A41" w:rsidRDefault="00BD0A41" w:rsidP="00011CAB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="29C6D132" w14:textId="2D95A44C" w:rsidR="007B35BF" w:rsidRPr="00881A0F" w:rsidRDefault="007B35BF" w:rsidP="00011CAB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="4B5429BB" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4B5429BB" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="76D1B81B" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="76D1B81B" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="5C41EF15" w14:textId="5B4C20EC">
+          </w:tcPr>
+          <w:p w14:paraId="5C41EF15" w14:textId="5B4C20EC" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="417B2F2D" w14:textId="77777777">
+          <w:p w14:paraId="417B2F2D" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="446136CD" w14:textId="77777777">
+          <w:p w14:paraId="446136CD" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="31CCF319" w14:textId="77777777">
+          <w:p w14:paraId="31CCF319" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="1930DF6A" w14:textId="77777777">
+          <w:p w14:paraId="1930DF6A" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="71D6F4A5" w14:textId="77777777">
+          <w:p w14:paraId="71D6F4A5" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="2EDFB60D" w14:textId="77777777">
+          <w:p w14:paraId="2EDFB60D" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="628C4AF5" w14:textId="77777777">
+          <w:p w14:paraId="628C4AF5" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00D267A1" w:rsidRDefault="00E53610" w14:paraId="600C52E3" w14:textId="500764C6">
+          <w:p w14:paraId="600C52E3" w14:textId="500764C6" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00D267A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="007B35BF" w:rsidTr="29850A98" w14:paraId="2172DECE" w14:textId="77777777">
+      <w:tr w:rsidR="007B35BF" w:rsidRPr="00881A0F" w14:paraId="2172DECE" w14:textId="77777777" w:rsidTr="29850A98">
         <w:trPr>
           <w:trHeight w:val="50"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="004E714A" w:rsidR="007B35BF" w:rsidP="00E51EFD" w:rsidRDefault="007B35BF" w14:paraId="7DE38EB3" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7DE38EB3" w14:textId="77777777" w:rsidR="007B35BF" w:rsidRPr="004E714A" w:rsidRDefault="007B35BF" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007B35BF" w:rsidP="00011CAB" w:rsidRDefault="009C368D" w14:paraId="41B67927" w14:textId="0C61AFB4">
+          </w:tcPr>
+          <w:p w14:paraId="41B67927" w14:textId="0C61AFB4" w:rsidR="007B35BF" w:rsidRDefault="009C368D" w:rsidP="00011CAB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="363146B5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Please list any </w:t>
             </w:r>
-            <w:r w:rsidRPr="363146B5" w:rsidR="00113F6C">
+            <w:r w:rsidR="00113F6C" w:rsidRPr="363146B5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>best practices in FY25 related to Wagner Peyser services</w:t>
             </w:r>
-            <w:r w:rsidRPr="363146B5" w:rsidR="00A47825">
+            <w:r w:rsidR="00A47825" w:rsidRPr="363146B5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> offer</w:t>
             </w:r>
-            <w:r w:rsidRPr="363146B5" w:rsidR="00955388">
+            <w:r w:rsidR="00955388" w:rsidRPr="363146B5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ed</w:t>
             </w:r>
-            <w:r w:rsidRPr="363146B5" w:rsidR="00A47825">
+            <w:r w:rsidR="00A47825" w:rsidRPr="363146B5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> at your CC(s).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00113F6C" w:rsidP="00011CAB" w:rsidRDefault="00113F6C" w14:paraId="4DF1E87E" w14:textId="77777777">
-[...26 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00113F6C" w:rsidP="00011CAB" w:rsidRDefault="00113F6C" w14:paraId="1DE670A6" w14:textId="62CFA661">
+          <w:p w14:paraId="4DF1E87E" w14:textId="77777777" w:rsidR="00113F6C" w:rsidRDefault="00113F6C" w:rsidP="00011CAB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10004010" w14:textId="77777777" w:rsidR="00113F6C" w:rsidRDefault="00113F6C" w:rsidP="00011CAB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2CADDE34" w14:textId="77777777" w:rsidR="00113F6C" w:rsidRDefault="00113F6C" w:rsidP="00011CAB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1DE670A6" w14:textId="62CFA661" w:rsidR="00113F6C" w:rsidRPr="00881A0F" w:rsidRDefault="00113F6C" w:rsidP="00011CAB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="007B35BF" w:rsidP="00C33CB9" w:rsidRDefault="007B35BF" w14:paraId="2C7C6174" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2C7C6174" w14:textId="77777777" w:rsidR="007B35BF" w:rsidRPr="00881A0F" w:rsidRDefault="007B35BF" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="007B35BF" w:rsidP="00C33CB9" w:rsidRDefault="007B35BF" w14:paraId="3AB36E1E" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3AB36E1E" w14:textId="77777777" w:rsidR="007B35BF" w:rsidRPr="00881A0F" w:rsidRDefault="007B35BF" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="007B35BF" w:rsidP="00C33CB9" w:rsidRDefault="007B35BF" w14:paraId="1094399C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1094399C" w14:textId="77777777" w:rsidR="007B35BF" w:rsidRPr="00881A0F" w:rsidRDefault="007B35BF" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidTr="29850A98" w14:paraId="3E78699E" w14:textId="77777777">
+      <w:tr w:rsidR="00E53610" w:rsidRPr="00881A0F" w14:paraId="3E78699E" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6396" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00B27828" w:rsidRDefault="00E53610" w14:paraId="228E1B6D" w14:textId="77354188">
+          </w:tcPr>
+          <w:p w14:paraId="228E1B6D" w14:textId="77354188" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00B27828">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc521323804" w:id="63"/>
+            <w:bookmarkStart w:id="63" w:name="_Toc521323804"/>
             <w:r w:rsidRPr="006449F8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Section 8: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00B27828" w:rsidRDefault="00E53610" w14:paraId="511FF70A" w14:textId="77777777">
+          <w:p w14:paraId="511FF70A" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00B27828">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00B27828" w:rsidRDefault="00E53610" w14:paraId="65879831" w14:textId="77777777">
+          <w:p w14:paraId="65879831" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00B27828">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006449F8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Veteran Services</w:t>
             </w:r>
             <w:bookmarkEnd w:id="63"/>
             <w:r w:rsidRPr="006449F8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00B27828" w:rsidRDefault="00E53610" w14:paraId="2C6333A5" w14:textId="24BC43F3">
+          <w:p w14:paraId="2C6333A5" w14:textId="24BC43F3" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00B27828">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="74C0FA09" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="74C0FA09" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc485645964" w:id="64"/>
-[...2 lines deleted...]
-            <w:bookmarkStart w:name="_Toc521323805" w:id="67"/>
+            <w:bookmarkStart w:id="64" w:name="_Toc485645964"/>
+            <w:bookmarkStart w:id="65" w:name="_Toc487093350"/>
+            <w:bookmarkStart w:id="66" w:name="_Toc488150899"/>
+            <w:bookmarkStart w:id="67" w:name="_Toc521323805"/>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:bookmarkEnd w:id="64"/>
             <w:bookmarkEnd w:id="65"/>
             <w:bookmarkEnd w:id="66"/>
             <w:bookmarkEnd w:id="67"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="2A4514D8" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2A4514D8" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc485645965" w:id="68"/>
-[...2 lines deleted...]
-            <w:bookmarkStart w:name="_Toc521323806" w:id="71"/>
+            <w:bookmarkStart w:id="68" w:name="_Toc485645965"/>
+            <w:bookmarkStart w:id="69" w:name="_Toc487093351"/>
+            <w:bookmarkStart w:id="70" w:name="_Toc488150900"/>
+            <w:bookmarkStart w:id="71" w:name="_Toc521323806"/>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:bookmarkEnd w:id="68"/>
             <w:bookmarkEnd w:id="69"/>
             <w:bookmarkEnd w:id="70"/>
             <w:bookmarkEnd w:id="71"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="005E4A0F" w:rsidRDefault="00E53610" w14:paraId="241FC1B2" w14:textId="6A29C68D">
+          </w:tcPr>
+          <w:p w14:paraId="241FC1B2" w14:textId="6A29C68D" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="005E4A0F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc485645967" w:id="72"/>
-[...4 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="005E4A0F" w:rsidRDefault="00E53610" w14:paraId="4C74F8C5" w14:textId="715682FB">
+            <w:bookmarkStart w:id="72" w:name="_Toc485645967"/>
+            <w:bookmarkStart w:id="73" w:name="_Toc487093353"/>
+            <w:bookmarkStart w:id="74" w:name="_Toc488150902"/>
+            <w:bookmarkStart w:id="75" w:name="_Toc521323808"/>
+          </w:p>
+          <w:p w14:paraId="4C74F8C5" w14:textId="715682FB" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="005E4A0F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Comments/Feedback</w:t>
             </w:r>
             <w:bookmarkEnd w:id="72"/>
             <w:bookmarkEnd w:id="73"/>
             <w:bookmarkEnd w:id="74"/>
             <w:bookmarkEnd w:id="75"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="0F66C717" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="0F66C717" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00A47825" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="2C78BA40" w14:textId="2FD3C3D3">
+          </w:tcPr>
+          <w:p w14:paraId="2C78BA40" w14:textId="2FD3C3D3" w:rsidR="00E53610" w:rsidRPr="00A47825" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E53610" w:rsidP="007C0302" w:rsidRDefault="00E53610" w14:paraId="51F9F1AB" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="51F9F1AB" w14:textId="77777777" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="007C0302">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">At what point in </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="006E2AE1">
+            <w:r w:rsidR="006E2AE1" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>your area’s</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> customer flow are jobseeker customers asked if they are a Veteran of the United States Armed Forces?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00955388" w:rsidP="007C0302" w:rsidRDefault="00955388" w14:paraId="2E8DF9A6" w14:textId="7FAF6375">
+          <w:p w14:paraId="2E8DF9A6" w14:textId="7FAF6375" w:rsidR="00955388" w:rsidRPr="00881A0F" w:rsidRDefault="00955388" w:rsidP="007C0302">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="17AF2B53" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="17AF2B53" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="361DD6B6" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="361DD6B6" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="002B3269" w:rsidRDefault="00E53610" w14:paraId="18B914FC" w14:textId="6EA690D8">
+          </w:tcPr>
+          <w:p w14:paraId="18B914FC" w14:textId="6EA690D8" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="002B3269">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="0C31CE42" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="0C31CE42" w14:textId="77777777" w:rsidTr="29850A98">
         <w:trPr>
           <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00A47825" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="74F07207" w14:textId="58EBB4DB">
+          </w:tcPr>
+          <w:p w14:paraId="74F07207" w14:textId="58EBB4DB" w:rsidR="00E53610" w:rsidRPr="00A47825" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00143D0F" w:rsidRDefault="00E53610" w14:paraId="03DAA52A" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="03DAA52A" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00143D0F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Please describe the customer flow and priority of services for your Veteran customers.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E53610" w:rsidP="00143D0F" w:rsidRDefault="00E53610" w14:paraId="6055A829" w14:textId="77777777">
+          <w:p w14:paraId="6055A829" w14:textId="77777777" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="00143D0F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Reference</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>: W</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>IOA MA Combined State Plan and/or local Standard Operation Procedure</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00A335B8">
+            <w:r w:rsidR="00A335B8" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>MassWorkforce Issuance</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00881A0F" w:rsidR="006B0BC5">
+              <w:t>MassWorkforce</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>s</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00881A0F">
+              <w:t xml:space="preserve"> Issuance</w:t>
+            </w:r>
+            <w:r w:rsidR="006B0BC5" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00955388">
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">100 DCS 15.100.1, </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00955388">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>15.102</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00955388">
+              <w:t xml:space="preserve">100 DCS 15.100.1, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955388">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00955388">
+              <w:t>15.102</w:t>
+            </w:r>
+            <w:r w:rsidR="00955388">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>15.103</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00955388" w:rsidR="006B0BC5">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00955388">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>, 15.104 and 15.105</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00955388">
+              <w:t>15.103</w:t>
+            </w:r>
+            <w:r w:rsidR="006B0BC5" w:rsidRPr="00955388">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t>, 15.104 and 15.105</w:t>
+            </w:r>
+            <w:r w:rsidR="00955388">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t xml:space="preserve"> and attachments.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00955388" w:rsidP="00143D0F" w:rsidRDefault="00955388" w14:paraId="7C599CF7" w14:textId="77777777">
+          <w:p w14:paraId="7C599CF7" w14:textId="77777777" w:rsidR="00955388" w:rsidRDefault="00955388" w:rsidP="00143D0F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00955388" w:rsidP="00143D0F" w:rsidRDefault="00955388" w14:paraId="149D94DF" w14:textId="77777777">
+          <w:p w14:paraId="149D94DF" w14:textId="77777777" w:rsidR="00955388" w:rsidRDefault="00955388" w:rsidP="00143D0F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00955388" w:rsidP="00143D0F" w:rsidRDefault="00955388" w14:paraId="47536AFB" w14:textId="2AA75B5B">
+          <w:p w14:paraId="47536AFB" w14:textId="2AA75B5B" w:rsidR="00955388" w:rsidRPr="00881A0F" w:rsidRDefault="00955388" w:rsidP="00143D0F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="663C0383" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="663C0383" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="275F9ABF" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="275F9ABF" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00645E30" w:rsidRDefault="00E53610" w14:paraId="0593A51C" w14:textId="7BC47B3C">
+          </w:tcPr>
+          <w:p w14:paraId="0593A51C" w14:textId="7BC47B3C" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00645E30">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="540C12E0" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="540C12E0" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00A47825" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="6DC27E75" w14:textId="5BBB0136">
+          </w:tcPr>
+          <w:p w14:paraId="6DC27E75" w14:textId="5BBB0136" w:rsidR="00E53610" w:rsidRPr="00A47825" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="29128657" w14:textId="5E07BF41">
+          </w:tcPr>
+          <w:p w14:paraId="29128657" w14:textId="5E07BF41" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Does</w:t>
             </w:r>
             <w:r w:rsidR="0043393F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">your </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00A243A1">
+            <w:r w:rsidR="00A243A1" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CC</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="000D75E7">
+            <w:r w:rsidR="000D75E7" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(s)</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> have a Disabled Veterans Outreach Program </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00A335B8">
+            <w:r w:rsidR="00A335B8" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">(DVOP) </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Specialist </w:t>
             </w:r>
             <w:r w:rsidR="00683392">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">onsite </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>to provide services to Veteran eligible customers?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="0018699F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="679B6234" w14:textId="77777777">
+          <w:p w14:paraId="679B6234" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="0018699F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="597A4F74" w14:textId="11767C63">
+          <w:p w14:paraId="597A4F74" w14:textId="11767C63" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">If no, please describe who </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00853AF3">
+              <w:t xml:space="preserve">If </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">provides these services </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A5162D">
+              <w:t>no</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">at your CC </w:t>
+              <w:t xml:space="preserve">, please describe who </w:t>
             </w:r>
             <w:r w:rsidRPr="00853AF3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t xml:space="preserve">provides these services </w:t>
+            </w:r>
+            <w:r w:rsidR="00A5162D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">at your CC </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00853AF3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>to Veteran customers with Significant Barriers to Employment (SBEs).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="44470635" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="44470635" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="73C5FCC3" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="73C5FCC3" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="518E1D6F" w14:textId="343F6870">
+          </w:tcPr>
+          <w:p w14:paraId="518E1D6F" w14:textId="343F6870" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="4848E081" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="4848E081" w14:textId="77777777" w:rsidTr="29850A98">
         <w:trPr>
           <w:trHeight w:val="1106"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00A47825" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="6E3CF643" w14:textId="6F621506">
+          </w:tcPr>
+          <w:p w14:paraId="6E3CF643" w14:textId="6F621506" w:rsidR="00E53610" w:rsidRPr="00A47825" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="0018699F" w:rsidP="00A5162D" w:rsidRDefault="00E53610" w14:paraId="33C04ED8" w14:textId="36B12E78">
+          </w:tcPr>
+          <w:p w14:paraId="33C04ED8" w14:textId="36B12E78" w:rsidR="0018699F" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00A5162D">
             <w:pPr>
               <w:pStyle w:val="xxxmsolistparagraph"/>
               <w:ind w:hanging="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="61DD04F6" w:rsidR="00E53610">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+            <w:r w:rsidRPr="61DD04F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:r w:rsidRPr="61DD04F6" w:rsidR="00FD0710">
+            <w:r w:rsidR="00FD0710" w:rsidRPr="61DD04F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>How does/do</w:t>
             </w:r>
-            <w:r w:rsidRPr="61DD04F6" w:rsidR="00E53610">
+            <w:r w:rsidRPr="61DD04F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> the CC</w:t>
             </w:r>
-            <w:r w:rsidRPr="61DD04F6" w:rsidR="000D75E7">
+            <w:r w:rsidR="000D75E7" w:rsidRPr="61DD04F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>(s)</w:t>
             </w:r>
-            <w:r w:rsidRPr="61DD04F6" w:rsidR="00E53610">
+            <w:r w:rsidRPr="61DD04F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> if a Veteran has a Significant Barrier to Employment (SBE) and is entitled to DVOP services?</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> determine if a Veteran has a Significant Barrier to Employment (SBE) and is entitled to DVOP services?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="739D7A86" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="739D7A86" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="7B726083" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7B726083" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...37 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="002B3269" w:rsidRDefault="00E53610" w14:paraId="47DEC56E" w14:textId="5B0A629E">
+          </w:tcPr>
+          <w:p w14:paraId="32F1072C" w14:textId="4839B1F3" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="002B3269">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DD6830C" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="002B3269">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="087BB942" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="002B3269">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5217CB19" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="002B3269">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="47DEC56E" w14:textId="5B0A629E" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="002B3269">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="698616E4" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="698616E4" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00A47825" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="7BBC8C46" w14:textId="6921F9A5">
+          </w:tcPr>
+          <w:p w14:paraId="7BBC8C46" w14:textId="6921F9A5" w:rsidR="00E53610" w:rsidRPr="00A47825" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00821572" w:rsidRDefault="00821572" w14:paraId="0B5E51FE" w14:textId="58D4071B">
+          </w:tcPr>
+          <w:p w14:paraId="0B5E51FE" w14:textId="58D4071B" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00821572" w:rsidP="00821572">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Who </w:t>
             </w:r>
             <w:r w:rsidR="00F71399">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">at the CC </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">verifies a Veteran customer’s </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DD214</w:t>
             </w:r>
             <w:r w:rsidR="00F71399">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> to provide proof of military service?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="3C7C3ACA" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3C7C3ACA" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="04E83619" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="04E83619" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="09CF885A" w14:textId="262AD30A">
+          </w:tcPr>
+          <w:p w14:paraId="09CF885A" w14:textId="262AD30A" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00D267A1" w:rsidRDefault="00E53610" w14:paraId="72E22A85" w14:textId="6719BD7D">
+          <w:p w14:paraId="72E22A85" w14:textId="6719BD7D" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00D267A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="0B1BC38E" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="0B1BC38E" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00A47825" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="58291C4B" w14:textId="681F5A8A">
+          </w:tcPr>
+          <w:p w14:paraId="58291C4B" w14:textId="681F5A8A" w:rsidR="00E53610" w:rsidRPr="00A47825" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="0075349B" w:rsidRDefault="00E53610" w14:paraId="484D9954" w14:textId="732F1E34">
+          </w:tcPr>
+          <w:p w14:paraId="484D9954" w14:textId="732F1E34" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="0075349B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A47825">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Who provides individualized services to non-SBE Veteran</w:t>
             </w:r>
             <w:r w:rsidR="000D0649">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> customers</w:t>
             </w:r>
             <w:r w:rsidR="00955388">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> at your CC</w:t>
             </w:r>
             <w:r w:rsidRPr="00A47825">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="0075349B" w:rsidRDefault="00E53610" w14:paraId="3C2F3F90" w14:textId="4D992606">
+          <w:p w14:paraId="3C2F3F90" w14:textId="4D992606" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="0075349B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="7BA65ABD" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7BA65ABD" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="37F40649" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="37F40649" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="0D262310" w14:textId="11E97F88">
+          </w:tcPr>
+          <w:p w14:paraId="0D262310" w14:textId="11E97F88" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="7F16448C" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="7F16448C" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00D32027" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="4329CE8A" w14:textId="360000FE">
+          </w:tcPr>
+          <w:p w14:paraId="4329CE8A" w14:textId="360000FE" w:rsidR="00E53610" w:rsidRPr="00D32027" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00D32027" w:rsidR="00E53610" w:rsidP="0075349B" w:rsidRDefault="00E53610" w14:paraId="35E56790" w14:textId="68F214C8">
+          </w:tcPr>
+          <w:p w14:paraId="35E56790" w14:textId="68F214C8" w:rsidR="00E53610" w:rsidRPr="00D32027" w:rsidRDefault="00E53610" w:rsidP="0075349B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32027">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>How often are Career Planning/Case Management services provided to all SBE Veterans?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="3CC2DA93" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3CC2DA93" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="1A481C63" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1A481C63" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="4D70E537" w14:textId="1284F350">
+          </w:tcPr>
+          <w:p w14:paraId="4D70E537" w14:textId="1284F350" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="4425C26C" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="4425C26C" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="000D0649" w:rsidR="00E53610" w:rsidP="000D0649" w:rsidRDefault="00E53610" w14:paraId="14509956" w14:textId="1E69B06E">
+          </w:tcPr>
+          <w:p w14:paraId="14509956" w14:textId="1E69B06E" w:rsidR="00E53610" w:rsidRPr="000D0649" w:rsidRDefault="00E53610" w:rsidP="000D0649">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="006026AB" w:rsidRDefault="00E53610" w14:paraId="73173010" w14:textId="6AC708E6">
+          </w:tcPr>
+          <w:p w14:paraId="73173010" w14:textId="6AC708E6" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="006026AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Is the O</w:t>
             </w:r>
             <w:r w:rsidR="006407FB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>perations</w:t>
@@ -15537,2007 +15380,1991 @@
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Veterans Compliance Data Analysis Sheet” (VCDAS MOSES form)</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> for quality control to verify that all required data has been entered in the MOSES database?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="5B9BBC03" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5B9BBC03" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="0088B601" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0088B601" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="7C46D351" w14:textId="1C7635A2">
+          </w:tcPr>
+          <w:p w14:paraId="7C46D351" w14:textId="1C7635A2" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00DC031A" w:rsidTr="29850A98" w14:paraId="0195B361" w14:textId="77777777">
+      <w:tr w:rsidR="00DC031A" w:rsidRPr="00881A0F" w14:paraId="0195B361" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="000D0649" w:rsidR="00DC031A" w:rsidP="000D0649" w:rsidRDefault="00DC031A" w14:paraId="19BCC1B8" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="19BCC1B8" w14:textId="77777777" w:rsidR="00DC031A" w:rsidRPr="000D0649" w:rsidRDefault="00DC031A" w:rsidP="000D0649">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00DC031A" w:rsidP="006026AB" w:rsidRDefault="00D4249A" w14:paraId="79606A36" w14:textId="72A900D2">
+          </w:tcPr>
+          <w:p w14:paraId="79606A36" w14:textId="72A900D2" w:rsidR="00DC031A" w:rsidRPr="00881A0F" w:rsidRDefault="00D4249A" w:rsidP="006026AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Does the CC Operations manager meet on a regular basis with the </w:t>
+              <w:t xml:space="preserve">Does the CC Operations manager meet on a regular basis with </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidR="00F94886">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>DVOP? What is the purpose of this meeting?</w:t>
+              <w:t>DVOP</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00F94886">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>? What is the purpose of this meeting?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00DC031A" w:rsidP="00C33CB9" w:rsidRDefault="00DC031A" w14:paraId="02D78691" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="02D78691" w14:textId="77777777" w:rsidR="00DC031A" w:rsidRPr="00881A0F" w:rsidRDefault="00DC031A" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00DC031A" w:rsidP="00C33CB9" w:rsidRDefault="00DC031A" w14:paraId="2152205A" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2152205A" w14:textId="77777777" w:rsidR="00DC031A" w:rsidRPr="00881A0F" w:rsidRDefault="00DC031A" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00DC031A" w:rsidP="00C33CB9" w:rsidRDefault="00DC031A" w14:paraId="66AFCE99" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="66AFCE99" w14:textId="77777777" w:rsidR="00DC031A" w:rsidRPr="00881A0F" w:rsidRDefault="00DC031A" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidTr="29850A98" w14:paraId="5052F5C9" w14:textId="77777777">
+      <w:tr w:rsidR="00E53610" w:rsidRPr="00881A0F" w14:paraId="5052F5C9" w14:textId="77777777" w:rsidTr="29850A98">
         <w:trPr>
           <w:trHeight w:val="800"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6396" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00DC5B77" w:rsidRDefault="00E53610" w14:paraId="7C37A792" w14:textId="77D60A18">
+          </w:tcPr>
+          <w:p w14:paraId="7C37A792" w14:textId="77D60A18" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00DC5B77">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc521323809" w:id="76"/>
+            <w:bookmarkStart w:id="76" w:name="_Toc521323809"/>
             <w:r w:rsidRPr="006449F8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Section 9: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00DC5B77" w:rsidRDefault="00E53610" w14:paraId="694E31DA" w14:textId="77777777">
+          <w:p w14:paraId="694E31DA" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00DC5B77">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00DC5B77" w:rsidRDefault="00E53610" w14:paraId="70BBAD9A" w14:textId="77777777">
+          <w:p w14:paraId="70BBAD9A" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00DC5B77">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006449F8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>RESEA (Reemployment Services and Eligibility Assessment)</w:t>
             </w:r>
             <w:bookmarkEnd w:id="76"/>
             <w:r w:rsidRPr="006449F8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00DC5B77" w:rsidRDefault="00E53610" w14:paraId="242704F1" w14:textId="3892BF25">
+          <w:p w14:paraId="242704F1" w14:textId="3892BF25" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00DC5B77">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="07F56121" w14:textId="22C3B0FD">
+          </w:tcPr>
+          <w:p w14:paraId="07F56121" w14:textId="22C3B0FD" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc485645969" w:id="77"/>
-[...2 lines deleted...]
-            <w:bookmarkStart w:name="_Toc521323810" w:id="80"/>
+            <w:bookmarkStart w:id="77" w:name="_Toc485645969"/>
+            <w:bookmarkStart w:id="78" w:name="_Toc487093355"/>
+            <w:bookmarkStart w:id="79" w:name="_Toc488150904"/>
+            <w:bookmarkStart w:id="80" w:name="_Toc521323810"/>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:bookmarkEnd w:id="77"/>
             <w:bookmarkEnd w:id="78"/>
             <w:bookmarkEnd w:id="79"/>
             <w:bookmarkEnd w:id="80"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="6B9BDEB7" w14:textId="16C904F7">
+          </w:tcPr>
+          <w:p w14:paraId="6B9BDEB7" w14:textId="16C904F7" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc485645970" w:id="81"/>
-[...2 lines deleted...]
-            <w:bookmarkStart w:name="_Toc521323811" w:id="84"/>
+            <w:bookmarkStart w:id="81" w:name="_Toc485645970"/>
+            <w:bookmarkStart w:id="82" w:name="_Toc487093356"/>
+            <w:bookmarkStart w:id="83" w:name="_Toc488150905"/>
+            <w:bookmarkStart w:id="84" w:name="_Toc521323811"/>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:bookmarkEnd w:id="81"/>
             <w:bookmarkEnd w:id="82"/>
             <w:bookmarkEnd w:id="83"/>
             <w:bookmarkEnd w:id="84"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="696CD9E9" w14:textId="218E6969">
+          </w:tcPr>
+          <w:p w14:paraId="696CD9E9" w14:textId="218E6969" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Comments/Feedback</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="297388C7" w14:textId="650AC678">
+          <w:p w14:paraId="297388C7" w14:textId="650AC678" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="5A77108A" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="5A77108A" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00291657" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="19AC0267" w14:textId="7024FF4F">
+          </w:tcPr>
+          <w:p w14:paraId="19AC0267" w14:textId="7024FF4F" w:rsidR="00E53610" w:rsidRPr="00291657" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E53610" w:rsidP="0033075A" w:rsidRDefault="00E53610" w14:paraId="233AF396" w14:textId="58B43F2F">
+          </w:tcPr>
+          <w:p w14:paraId="233AF396" w14:textId="58B43F2F" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="0033075A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Have all </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00A243A1">
+            <w:r w:rsidR="00A243A1" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CC</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> staff attended </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00BF6B6F">
+            <w:r w:rsidR="00BF6B6F" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>state-sponsored</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>RESEA training and/or cross-trained to assist a RESEA customer</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="006E2AE1">
+            <w:r w:rsidR="006E2AE1" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BF6B6F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>in FY2</w:t>
             </w:r>
             <w:r w:rsidR="00AF4386">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00955388" w:rsidP="0033075A" w:rsidRDefault="00955388" w14:paraId="30CC20EA" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="00955388" w:rsidR="00955388" w:rsidP="0033075A" w:rsidRDefault="00955388" w14:paraId="76E4EFD9" w14:textId="2205B6CA">
+          <w:p w14:paraId="30CC20EA" w14:textId="77777777" w:rsidR="00955388" w:rsidRDefault="00955388" w:rsidP="0033075A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="76E4EFD9" w14:textId="2205B6CA" w:rsidR="00955388" w:rsidRPr="00955388" w:rsidRDefault="00955388" w:rsidP="0033075A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00955388">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>If no, please explain why.</w:t>
+              <w:t xml:space="preserve">If </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00955388">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>no</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00955388">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, please explain why.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="47D24E25" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="47D24E25" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C33CB9" w:rsidRDefault="00E53610" w14:paraId="6A0CB416" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6A0CB416" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C33CB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00C73631" w:rsidRDefault="00E53610" w14:paraId="48680AE7" w14:textId="000EEC06">
+          </w:tcPr>
+          <w:p w14:paraId="48680AE7" w14:textId="000EEC06" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00C73631">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="292D3B08" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="292D3B08" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00291657" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="64240CC2" w14:textId="481C1122">
+          </w:tcPr>
+          <w:p w14:paraId="64240CC2" w14:textId="481C1122" w:rsidR="00E53610" w:rsidRPr="00291657" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="000531D5" w:rsidRDefault="006E2AE1" w14:paraId="560A5128" w14:textId="15C24F73">
+          </w:tcPr>
+          <w:p w14:paraId="560A5128" w14:textId="15C24F73" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="006E2AE1" w:rsidP="000531D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Which </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00BD53CF">
+            <w:r w:rsidR="00BD53CF" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CAP version does</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> your area’s </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00A243A1">
+            <w:r w:rsidR="00A243A1" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CC</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00BD53CF">
+            <w:r w:rsidR="00BD53CF" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(s)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> utilize</w:t>
             </w:r>
             <w:r w:rsidR="000531D5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">-the </w:t>
             </w:r>
-            <w:r w:rsidRPr="000531D5" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="000531D5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MOSES CAP</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> form</w:t>
             </w:r>
             <w:r w:rsidR="000531D5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, the </w:t>
             </w:r>
-            <w:r w:rsidRPr="000531D5" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="000531D5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MDCS</w:t>
             </w:r>
-            <w:r w:rsidRPr="000531D5" w:rsidR="000531D5">
+            <w:r w:rsidR="000531D5" w:rsidRPr="000531D5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="000531D5" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="000531D5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>issued CAP</w:t>
             </w:r>
             <w:r w:rsidR="000531D5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> or</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000531D5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">a </w:t>
             </w:r>
-            <w:r w:rsidRPr="000531D5" w:rsidR="000531D5">
+            <w:r w:rsidR="000531D5" w:rsidRPr="000531D5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
             <w:r w:rsidRPr="000531D5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ocally created</w:t>
             </w:r>
-            <w:r w:rsidRPr="000531D5" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="000531D5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> CAP</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> form</w:t>
             </w:r>
             <w:r w:rsidR="000531D5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="64D84DD6" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="64D84DD6" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="592EF092" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="592EF092" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="5A95355E" w14:textId="188ED665">
+          </w:tcPr>
+          <w:p w14:paraId="5A95355E" w14:textId="188ED665" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="13859F08" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="13859F08" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00D32027" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="68429F88" w14:textId="39949F44">
+          </w:tcPr>
+          <w:p w14:paraId="68429F88" w14:textId="39949F44" w:rsidR="00E53610" w:rsidRPr="00D32027" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="000531D5" w:rsidP="000531D5" w:rsidRDefault="00E53610" w14:paraId="5EEF01B1" w14:textId="0448D000">
+          </w:tcPr>
+          <w:p w14:paraId="5EEF01B1" w14:textId="0448D000" w:rsidR="000531D5" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="000531D5">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Do</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="006E2AE1">
+            <w:r w:rsidR="006E2AE1" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>es</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00BD53CF">
+            <w:r w:rsidR="00BD53CF" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> every local area </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Initial RESEA include a one-on-one component?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="1220C29D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1220C29D" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="0DD6B650" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0DD6B650" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="4A03EC1B" w14:textId="7F98DEF1">
+          </w:tcPr>
+          <w:p w14:paraId="4A03EC1B" w14:textId="7F98DEF1" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="4D1748EF" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="4D1748EF" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00BF6B6F" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="141BC92A" w14:textId="03FFC370">
+          </w:tcPr>
+          <w:p w14:paraId="141BC92A" w14:textId="03FFC370" w:rsidR="00E53610" w:rsidRPr="00BF6B6F" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E53610" w:rsidP="00704081" w:rsidRDefault="00BD53CF" w14:paraId="7355CA27" w14:textId="64CE1B1B">
+          </w:tcPr>
+          <w:p w14:paraId="7355CA27" w14:textId="64CE1B1B" w:rsidR="00E53610" w:rsidRDefault="00BD53CF" w:rsidP="00704081">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">What goals do RESEA Staff review with RESEA customers </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">during </w:t>
             </w:r>
             <w:r w:rsidR="00EE16B6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>individual RESEA Review appointment</w:t>
             </w:r>
             <w:r w:rsidR="00EE16B6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0018699F" w:rsidP="00704081" w:rsidRDefault="0018699F" w14:paraId="549E6192" w14:textId="77777777">
-[...35 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="0018699F" w:rsidP="00704081" w:rsidRDefault="0018699F" w14:paraId="0900FA39" w14:textId="206B3083">
+          <w:p w14:paraId="549E6192" w14:textId="77777777" w:rsidR="0018699F" w:rsidRDefault="0018699F" w:rsidP="00704081">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B22E720" w14:textId="77777777" w:rsidR="0018699F" w:rsidRDefault="0018699F" w:rsidP="00704081">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C5F46BD" w14:textId="77777777" w:rsidR="0018699F" w:rsidRDefault="0018699F" w:rsidP="00704081">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A922F46" w14:textId="77777777" w:rsidR="0018699F" w:rsidRDefault="0018699F" w:rsidP="00704081">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0900FA39" w14:textId="206B3083" w:rsidR="0018699F" w:rsidRPr="00881A0F" w:rsidRDefault="0018699F" w:rsidP="00704081">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00704081" w:rsidRDefault="00E53610" w14:paraId="058C0566" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="058C0566" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00704081">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00704081" w:rsidRDefault="00E53610" w14:paraId="67B7BF5E" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="67B7BF5E" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00704081">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00704081" w:rsidRDefault="00E53610" w14:paraId="0E5E2753" w14:textId="703377C7">
+          </w:tcPr>
+          <w:p w14:paraId="0E5E2753" w14:textId="703377C7" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00704081">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="6AFFD1BD" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="6AFFD1BD" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00291657" w:rsidR="00E53610" w:rsidP="61DD04F6" w:rsidRDefault="00E53610" w14:paraId="4E79C808" w14:textId="5D1AB740">
+          </w:tcPr>
+          <w:p w14:paraId="4E79C808" w14:textId="5D1AB740" w:rsidR="00E53610" w:rsidRPr="00291657" w:rsidRDefault="00E53610" w:rsidP="61DD04F6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-                <w:bCs w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="454E9E2B" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="61DD04F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E53610" w:rsidP="004C7FB9" w:rsidRDefault="00E53610" w14:paraId="64BE622F" w14:textId="44D33702">
+          </w:tcPr>
+          <w:p w14:paraId="64BE622F" w14:textId="44D33702" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="004C7FB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>When do RESEA Staff provide customers with the UI Eligibility Questionnaire(s) to complete and review together?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="0018699F" w:rsidP="004C7FB9" w:rsidRDefault="0018699F" w14:paraId="6B7C0E35" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="004C7FB9" w:rsidRDefault="00E53610" w14:paraId="7416B07C" w14:textId="12AB3C20">
+          <w:p w14:paraId="6B7C0E35" w14:textId="77777777" w:rsidR="0018699F" w:rsidRPr="00881A0F" w:rsidRDefault="0018699F" w:rsidP="004C7FB9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7416B07C" w14:textId="12AB3C20" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="004C7FB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="257D6F39" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="257D6F39" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="5820A004" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5820A004" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="1A1D2421" w14:textId="305DA984">
+          </w:tcPr>
+          <w:p w14:paraId="1A1D2421" w14:textId="305DA984" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="65A966EC" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="65A966EC" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...15 lines deleted...]
-                <w:bCs w:val="1"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BE4F8F6" w14:textId="0AB6B761" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="170989FC" w:rsidP="61DD04F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="61DD04F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
-            <w:r w:rsidRPr="61DD04F6" w:rsidR="00E53610">
-[...3 lines deleted...]
-                <w:bCs w:val="1"/>
+            <w:r w:rsidR="00E53610" w:rsidRPr="61DD04F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">6. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="004C7FB9" w:rsidRDefault="00E53610" w14:paraId="2B9802DD" w14:textId="1F7E595D">
+          </w:tcPr>
+          <w:p w14:paraId="2B9802DD" w14:textId="1F7E595D" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="004C7FB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">How long does your area maintain the UI Eligibility Questionnaire(s)? </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="004C7FB9" w:rsidRDefault="00E53610" w14:paraId="0A2FC83E" w14:textId="298BC6D1">
+          <w:p w14:paraId="0A2FC83E" w14:textId="298BC6D1" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="004C7FB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="6621A1F3" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6621A1F3" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="334EE6A8" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="334EE6A8" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="3E6C8EA7" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3E6C8EA7" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="6CEA556F" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="6CEA556F" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...15 lines deleted...]
-                <w:bCs w:val="1"/>
+          </w:tcPr>
+          <w:p w14:paraId="731E31FF" w14:textId="0518B8E6" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="28BF26C4" w:rsidP="61DD04F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="61DD04F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
-            <w:r w:rsidRPr="61DD04F6" w:rsidR="00E53610">
-[...3 lines deleted...]
-                <w:bCs w:val="1"/>
+            <w:r w:rsidR="00E53610" w:rsidRPr="61DD04F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">7. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00853AF3" w:rsidR="00E53610" w:rsidP="00505343" w:rsidRDefault="00E53610" w14:paraId="68710B08" w14:textId="2C4885AB">
+          </w:tcPr>
+          <w:p w14:paraId="68710B08" w14:textId="2C4885AB" w:rsidR="00E53610" w:rsidRPr="00853AF3" w:rsidRDefault="00E53610" w:rsidP="00505343">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00853AF3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Please list the title of the designated staff member who </w:t>
             </w:r>
-            <w:r w:rsidRPr="00853AF3" w:rsidR="0018699F">
+            <w:r w:rsidR="0018699F" w:rsidRPr="00853AF3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>manages</w:t>
             </w:r>
             <w:r w:rsidRPr="00853AF3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00853AF3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>RESEA Errors and RESEA Sanctions</w:t>
             </w:r>
             <w:r w:rsidRPr="00853AF3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="53C11470" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="53C11470" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="3139E10F" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3139E10F" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="6B2105D9" w14:textId="00F03CD1">
+          </w:tcPr>
+          <w:p w14:paraId="6B2105D9" w14:textId="00F03CD1" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="54237315" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="54237315" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...15 lines deleted...]
-                <w:bCs w:val="1"/>
+          </w:tcPr>
+          <w:p w14:paraId="578E1BB9" w14:textId="096C1EBF" w:rsidR="00047903" w:rsidRPr="006449F8" w:rsidRDefault="6FDBC3E1" w:rsidP="61DD04F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="61DD04F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
-            <w:r w:rsidRPr="61DD04F6" w:rsidR="00047903">
-[...3 lines deleted...]
-                <w:bCs w:val="1"/>
+            <w:r w:rsidR="00047903" w:rsidRPr="61DD04F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00853AF3" w:rsidR="00047903" w:rsidP="00505343" w:rsidRDefault="00047903" w14:paraId="1B2BC8DB" w14:textId="22943C47">
+          </w:tcPr>
+          <w:p w14:paraId="1B2BC8DB" w14:textId="22943C47" w:rsidR="00047903" w:rsidRPr="00853AF3" w:rsidRDefault="00047903" w:rsidP="00505343">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00853AF3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>How many RESEA Error</w:t>
             </w:r>
-            <w:r w:rsidRPr="00853AF3" w:rsidR="00562D46">
+            <w:r w:rsidR="00562D46" w:rsidRPr="00853AF3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> forms</w:t>
             </w:r>
             <w:r w:rsidRPr="00853AF3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> has the CC submitted to MDCS for review</w:t>
             </w:r>
-            <w:r w:rsidRPr="00853AF3" w:rsidR="00832782">
+            <w:r w:rsidR="00832782" w:rsidRPr="00853AF3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> and resolution in FY2</w:t>
             </w:r>
             <w:r w:rsidR="00AF4386">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="00853AF3" w:rsidR="00832782">
+            <w:r w:rsidR="00832782" w:rsidRPr="00853AF3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="000531D5" w:rsidR="00832782" w:rsidP="00505343" w:rsidRDefault="00832782" w14:paraId="01CA748F" w14:textId="3F5ADBB4">
+          <w:p w14:paraId="01CA748F" w14:textId="3F5ADBB4" w:rsidR="00832782" w:rsidRPr="000531D5" w:rsidRDefault="00832782" w:rsidP="00505343">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00047903" w:rsidP="001C4E3B" w:rsidRDefault="00047903" w14:paraId="4EE63816" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4EE63816" w14:textId="77777777" w:rsidR="00047903" w:rsidRPr="00881A0F" w:rsidRDefault="00047903" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00047903" w:rsidP="001C4E3B" w:rsidRDefault="00047903" w14:paraId="71028F4A" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="71028F4A" w14:textId="77777777" w:rsidR="00047903" w:rsidRPr="00881A0F" w:rsidRDefault="00047903" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00047903" w:rsidP="001C4E3B" w:rsidRDefault="00047903" w14:paraId="0A3FFEED" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0A3FFEED" w14:textId="77777777" w:rsidR="00047903" w:rsidRPr="00881A0F" w:rsidRDefault="00047903" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="4304CCE1" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="4304CCE1" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...15 lines deleted...]
-                <w:bCs w:val="1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B89E0EA" w14:textId="384F3745" w:rsidR="00832782" w:rsidRPr="006449F8" w:rsidRDefault="17DCB034" w:rsidP="61DD04F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="61DD04F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
-            <w:r w:rsidRPr="61DD04F6" w:rsidR="00832782">
-[...3 lines deleted...]
-                <w:bCs w:val="1"/>
+            <w:r w:rsidR="00832782" w:rsidRPr="61DD04F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00853AF3" w:rsidR="00832782" w:rsidP="00505343" w:rsidRDefault="00832782" w14:paraId="38545044" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="38545044" w14:textId="77777777" w:rsidR="00832782" w:rsidRPr="00853AF3" w:rsidRDefault="00832782" w:rsidP="00505343">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00853AF3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">What steps is the CC management taking to minimize </w:t>
             </w:r>
-            <w:r w:rsidRPr="00853AF3" w:rsidR="00562D46">
+            <w:r w:rsidR="00562D46" w:rsidRPr="00853AF3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>RESEA related CC errors to decrease the number of RESEA Error forms submitted?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00853AF3" w:rsidR="0018699F" w:rsidP="00505343" w:rsidRDefault="0018699F" w14:paraId="037943A0" w14:textId="77777777">
-[...35 lines deleted...]
-          <w:p w:rsidRPr="00853AF3" w:rsidR="0018699F" w:rsidP="00505343" w:rsidRDefault="0018699F" w14:paraId="138643BB" w14:textId="6FA49723">
+          <w:p w14:paraId="037943A0" w14:textId="77777777" w:rsidR="0018699F" w:rsidRPr="00853AF3" w:rsidRDefault="0018699F" w:rsidP="00505343">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="274A1430" w14:textId="77777777" w:rsidR="0018699F" w:rsidRPr="00853AF3" w:rsidRDefault="0018699F" w:rsidP="00505343">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5DECCB1F" w14:textId="77777777" w:rsidR="0018699F" w:rsidRPr="00853AF3" w:rsidRDefault="0018699F" w:rsidP="00505343">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77E272CE" w14:textId="77777777" w:rsidR="0018699F" w:rsidRPr="00853AF3" w:rsidRDefault="0018699F" w:rsidP="00505343">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="138643BB" w14:textId="6FA49723" w:rsidR="0018699F" w:rsidRPr="00853AF3" w:rsidRDefault="0018699F" w:rsidP="00505343">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00832782" w:rsidP="001C4E3B" w:rsidRDefault="00832782" w14:paraId="20E124CB" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="20E124CB" w14:textId="77777777" w:rsidR="00832782" w:rsidRPr="00881A0F" w:rsidRDefault="00832782" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00832782" w:rsidP="001C4E3B" w:rsidRDefault="00832782" w14:paraId="784D3AA3" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="784D3AA3" w14:textId="77777777" w:rsidR="00832782" w:rsidRPr="00881A0F" w:rsidRDefault="00832782" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00832782" w:rsidP="001C4E3B" w:rsidRDefault="00832782" w14:paraId="45CF7693" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="45CF7693" w14:textId="77777777" w:rsidR="00832782" w:rsidRPr="00881A0F" w:rsidRDefault="00832782" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidTr="29850A98" w14:paraId="5F7AD742" w14:textId="77777777">
+      <w:tr w:rsidR="00E53610" w:rsidRPr="00881A0F" w14:paraId="5F7AD742" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6396" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00BF6B6F" w:rsidR="00E53610" w:rsidP="00DC5B77" w:rsidRDefault="00E53610" w14:paraId="0AE1DAF6" w14:textId="718C2CE6">
+          </w:tcPr>
+          <w:p w14:paraId="0AE1DAF6" w14:textId="718C2CE6" w:rsidR="00E53610" w:rsidRPr="00BF6B6F" w:rsidRDefault="00E53610" w:rsidP="00DC5B77">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc521323814" w:id="85"/>
-            <w:bookmarkStart w:name="_Hlk177026657" w:id="86"/>
+            <w:bookmarkStart w:id="85" w:name="_Toc521323814"/>
+            <w:bookmarkStart w:id="86" w:name="_Hlk177026657"/>
             <w:r w:rsidRPr="00BF6B6F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Section 10: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BF6B6F" w:rsidR="00E53610" w:rsidP="00DC5B77" w:rsidRDefault="00E53610" w14:paraId="29A35809" w14:textId="77777777">
+          <w:p w14:paraId="29A35809" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00BF6B6F" w:rsidRDefault="00E53610" w:rsidP="00DC5B77">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00BF6B6F" w:rsidR="00E53610" w:rsidP="00DC5B77" w:rsidRDefault="00E53610" w14:paraId="6BEE92CB" w14:textId="4C88313B">
+          <w:p w14:paraId="6BEE92CB" w14:textId="4C88313B" w:rsidR="00E53610" w:rsidRPr="00BF6B6F" w:rsidRDefault="00E53610" w:rsidP="00DC5B77">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF6B6F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -17576,68 +17403,68 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF6B6F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (MSFW) </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00BF6B6F" w:rsidR="00E53610" w:rsidP="00DC5B77" w:rsidRDefault="00E53610" w14:paraId="1234EBBB" w14:textId="77777777">
+          <w:p w14:paraId="1234EBBB" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00BF6B6F" w:rsidRDefault="00E53610" w:rsidP="00DC5B77">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00DC5B77" w:rsidRDefault="00E53610" w14:paraId="26B56121" w14:textId="3A8276B3">
+          <w:p w14:paraId="26B56121" w14:textId="3A8276B3" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00DC5B77">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF6B6F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Please answer each question </w:t>
             </w:r>
             <w:r w:rsidRPr="00145DC9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -17646,204 +17473,199 @@
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>even if you haven’t worked with any MSFW customers this fiscal year</w:t>
             </w:r>
             <w:r w:rsidRPr="00794AA5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="175BFC8B" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="175BFC8B" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc487093360" w:id="87"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:name="_Toc521323815" w:id="89"/>
+            <w:bookmarkStart w:id="87" w:name="_Toc487093360"/>
+            <w:bookmarkStart w:id="88" w:name="_Toc488150909"/>
+            <w:bookmarkStart w:id="89" w:name="_Toc521323815"/>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:bookmarkEnd w:id="87"/>
             <w:bookmarkEnd w:id="88"/>
             <w:bookmarkEnd w:id="89"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="3EF413E6" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3EF413E6" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc487093361" w:id="90"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:name="_Toc521323816" w:id="92"/>
+            <w:bookmarkStart w:id="90" w:name="_Toc487093361"/>
+            <w:bookmarkStart w:id="91" w:name="_Toc488150910"/>
+            <w:bookmarkStart w:id="92" w:name="_Toc521323816"/>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:bookmarkEnd w:id="90"/>
             <w:bookmarkEnd w:id="91"/>
             <w:bookmarkEnd w:id="92"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="4BB7A67D" w14:textId="5EDEA85F">
+          </w:tcPr>
+          <w:p w14:paraId="4BB7A67D" w14:textId="5EDEA85F" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc487093363" w:id="93"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:name="_Toc521323818" w:id="95"/>
+            <w:bookmarkStart w:id="93" w:name="_Toc487093363"/>
+            <w:bookmarkStart w:id="94" w:name="_Toc488150912"/>
+            <w:bookmarkStart w:id="95" w:name="_Toc521323818"/>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Comments</w:t>
             </w:r>
             <w:bookmarkEnd w:id="93"/>
             <w:bookmarkEnd w:id="94"/>
             <w:bookmarkEnd w:id="95"/>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/Feedback</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="296FE14F" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="296FE14F" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E83966" w:rsidP="00E51EFD" w:rsidRDefault="00E83966" w14:paraId="66873639" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="66873639" w14:textId="77777777" w:rsidR="00E83966" w:rsidRPr="006449F8" w:rsidRDefault="00E83966" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E83966" w:rsidP="00FE7A03" w:rsidRDefault="00E83966" w14:paraId="6C381E0B" w14:textId="4210F3E7">
+          </w:tcPr>
+          <w:p w14:paraId="6C381E0B" w14:textId="4210F3E7" w:rsidR="00E83966" w:rsidRPr="00881A0F" w:rsidRDefault="00E83966" w:rsidP="00FE7A03">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Have all CC(s) staff attended </w:t>
             </w:r>
             <w:r w:rsidR="00BA2769">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>state</w:t>
@@ -17858,997 +17680,1011 @@
               <w:t>-sponsored MSFW training within FY2</w:t>
             </w:r>
             <w:r w:rsidR="00F94886">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E83966" w:rsidP="001C4E3B" w:rsidRDefault="00E83966" w14:paraId="3FE57712" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3FE57712" w14:textId="77777777" w:rsidR="00E83966" w:rsidRPr="00881A0F" w:rsidRDefault="00E83966" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E83966" w:rsidP="001C4E3B" w:rsidRDefault="00E83966" w14:paraId="6115B6BE" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6115B6BE" w14:textId="77777777" w:rsidR="00E83966" w:rsidRPr="00881A0F" w:rsidRDefault="00E83966" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E83966" w:rsidP="00811501" w:rsidRDefault="00E83966" w14:paraId="191082A0" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="191082A0" w14:textId="77777777" w:rsidR="00E83966" w:rsidRPr="00881A0F" w:rsidRDefault="00E83966" w:rsidP="00811501">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="614C56DD" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="614C56DD" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="40EA085E" w14:textId="015ACAB9">
+          </w:tcPr>
+          <w:p w14:paraId="40EA085E" w14:textId="015ACAB9" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00255E28" w:rsidRDefault="00E53610" w14:paraId="6D4FD164" w14:textId="4BFF4CBA">
+          </w:tcPr>
+          <w:p w14:paraId="6D4FD164" w14:textId="4BFF4CBA" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00255E28">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">At what point in the customer flow </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00080152">
+            <w:r w:rsidR="00080152" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>are jobseeker</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> customers asked </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="006F32F4">
+            <w:r w:rsidR="006F32F4" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>whether they</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> are a Migrant</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00A60094">
+            <w:r w:rsidR="00A60094" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Seasonal Farmworker</w:t>
             </w:r>
             <w:r w:rsidR="00133485">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (MSFW)</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="2A20E1F7" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2A20E1F7" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="4A89854A" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4A89854A" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00811501" w:rsidRDefault="00E53610" w14:paraId="49CD3A8F" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="49CD3A8F" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00811501">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="739CD9F9" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="739CD9F9" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="2919B4E0" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2919B4E0" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009139D3" w:rsidP="00E83966" w:rsidRDefault="009139D3" w14:paraId="614AF387" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="614AF387" w14:textId="77777777" w:rsidR="009139D3" w:rsidRDefault="009139D3" w:rsidP="00E83966">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Please explain how</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E83966" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00E83966">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> staff utilize the “</w:t>
             </w:r>
-            <w:r w:rsidRPr="00853AF3" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00853AF3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Desk Aid</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E83966" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00E83966">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">” to </w:t>
             </w:r>
             <w:r w:rsidR="00853AF3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">properly </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E83966" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00E83966">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>code MSFW customers</w:t>
             </w:r>
             <w:r w:rsidR="00853AF3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> for data entry</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E83966" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00E83966">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E83966" w:rsidR="00255E28" w:rsidP="00E83966" w:rsidRDefault="00255E28" w14:paraId="5A3CC848" w14:textId="6EE20829">
+          <w:p w14:paraId="5A3CC848" w14:textId="6EE20829" w:rsidR="00255E28" w:rsidRPr="00E83966" w:rsidRDefault="00255E28" w:rsidP="00E83966">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="68DC5E9D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="68DC5E9D" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="69269722" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="69269722" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00811501" w:rsidRDefault="00E53610" w14:paraId="51779506" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="51779506" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00811501">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="7F9FE7FF" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="7F9FE7FF" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="06A0F49E" w14:textId="4354E343">
+          </w:tcPr>
+          <w:p w14:paraId="06A0F49E" w14:textId="4354E343" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="3A4DA546" w14:textId="01F7E66E">
+          </w:tcPr>
+          <w:p w14:paraId="3A4DA546" w14:textId="01F7E66E" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Have </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00A243A1">
+            <w:r w:rsidR="00A243A1" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CC</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> staff registered any MSFW customers this year? </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004B4E21" w:rsidP="001C4E3B" w:rsidRDefault="004B4E21" w14:paraId="00130E06" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00853AF3" w:rsidRDefault="00BF211A" w14:paraId="67D50B9E" w14:textId="37ADB895">
+          <w:p w14:paraId="00130E06" w14:textId="77777777" w:rsidR="004B4E21" w:rsidRDefault="004B4E21" w:rsidP="001C4E3B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67D50B9E" w14:textId="37ADB895" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00BF211A" w:rsidP="00853AF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF211A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>If no, please explain why.</w:t>
+              <w:t xml:space="preserve">If </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BF211A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>no</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BF211A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, please explain why.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="732B8B68" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="732B8B68" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="688FFAE8" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="688FFAE8" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00811501" w:rsidRDefault="00E53610" w14:paraId="7AC200A6" w14:textId="31F21EA4">
+          </w:tcPr>
+          <w:p w14:paraId="7AC200A6" w14:textId="31F21EA4" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00811501">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="50F04571" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="50F04571" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E83966" w:rsidP="00E51EFD" w:rsidRDefault="00E83966" w14:paraId="3494200B" w14:textId="55241DA3">
+          </w:tcPr>
+          <w:p w14:paraId="3494200B" w14:textId="55241DA3" w:rsidR="00E83966" w:rsidRPr="006449F8" w:rsidRDefault="00E83966" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00145DC9" w:rsidRDefault="00853AF3" w14:paraId="319E09F5" w14:textId="52C1DD21">
+          </w:tcPr>
+          <w:p w14:paraId="319E09F5" w14:textId="52C1DD21" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00853AF3" w:rsidP="00145DC9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Please explain </w:t>
             </w:r>
             <w:r w:rsidRPr="00A9083E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>how and when</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00A243A1">
+            <w:r w:rsidR="00A243A1" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CC</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> staff inform </w:t>
             </w:r>
-            <w:r w:rsidRPr="00255E28" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00255E28">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">MSFW customers of </w:t>
             </w:r>
-            <w:r w:rsidRPr="00255E28" w:rsidR="00A9083E">
+            <w:r w:rsidR="00A9083E" w:rsidRPr="00255E28">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>available</w:t>
             </w:r>
             <w:r w:rsidRPr="00255E28">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> services</w:t>
             </w:r>
-            <w:r w:rsidRPr="00255E28" w:rsidR="00B234AA">
+            <w:r w:rsidR="00B234AA" w:rsidRPr="00255E28">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00255E28" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00255E28">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">right to file </w:t>
             </w:r>
-            <w:r w:rsidRPr="00255E28" w:rsidR="00B234AA">
+            <w:r w:rsidR="00B234AA" w:rsidRPr="00255E28">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>formal complaints</w:t>
             </w:r>
             <w:r w:rsidR="00145DC9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00255E28" w:rsidR="00A9083E">
+            <w:r w:rsidR="00A9083E" w:rsidRPr="00255E28">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">related </w:t>
             </w:r>
             <w:r w:rsidR="00145DC9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Unified </w:t>
             </w:r>
-            <w:r w:rsidRPr="00255E28" w:rsidR="00A9083E">
+            <w:r w:rsidR="00A9083E" w:rsidRPr="00255E28">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Complaint</w:t>
             </w:r>
-            <w:r w:rsidRPr="00255E28" w:rsidR="009139D3">
+            <w:r w:rsidR="009139D3" w:rsidRPr="00255E28">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00255E28">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> proces</w:t>
             </w:r>
-            <w:r w:rsidRPr="00255E28" w:rsidR="00A9083E">
+            <w:r w:rsidR="00A9083E" w:rsidRPr="00255E28">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="00255E28" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00255E28">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00255E28">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00255E28" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00255E28">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">and the </w:t>
             </w:r>
-            <w:r w:rsidRPr="00255E28" w:rsidR="00A60094">
+            <w:r w:rsidR="00A60094" w:rsidRPr="00255E28">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CC</w:t>
             </w:r>
-            <w:r w:rsidRPr="00255E28" w:rsidR="00E83966">
+            <w:r w:rsidR="00E83966" w:rsidRPr="00255E28">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
-            <w:r w:rsidRPr="00255E28" w:rsidR="00A60094">
+            <w:r w:rsidR="00A60094" w:rsidRPr="00255E28">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="00255E28" w:rsidR="00E53610">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> availability to provide assistance?</w:t>
+            <w:r w:rsidR="00E53610" w:rsidRPr="00255E28">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> availability to </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00E53610" w:rsidRPr="00255E28">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>provide assistance</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00E53610" w:rsidRPr="00255E28">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="16F0CC2E" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="16F0CC2E" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="2ED5C1D3" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2ED5C1D3" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="2785BEAA" w14:textId="5ECCC56C">
+          </w:tcPr>
+          <w:p w14:paraId="2785BEAA" w14:textId="5ECCC56C" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="175509A5" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="175509A5" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="2CA4D70B" w14:textId="26071956">
+          </w:tcPr>
+          <w:p w14:paraId="2CA4D70B" w14:textId="26071956" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="70A34D2A" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="70A34D2A" w14:textId="77777777" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Did the </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00A243A1">
+            <w:r w:rsidR="00A243A1" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CC</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00070569">
+            <w:r w:rsidR="00070569" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(s)</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> have any MSFW grievances this year?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CD04BD" w:rsidP="00CD04BD" w:rsidRDefault="00CD04BD" w14:paraId="131B791A" w14:textId="77777777">
+          <w:p w14:paraId="131B791A" w14:textId="77777777" w:rsidR="00CD04BD" w:rsidRDefault="00CD04BD" w:rsidP="00CD04BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00CD04BD" w:rsidR="00853AF3" w:rsidP="00CD04BD" w:rsidRDefault="00853AF3" w14:paraId="4ADA966A" w14:textId="31421E59">
+          <w:p w14:paraId="4ADA966A" w14:textId="31421E59" w:rsidR="00853AF3" w:rsidRPr="00CD04BD" w:rsidRDefault="00853AF3" w:rsidP="00CD04BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD04BD">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>If yes, did the CC(s) notify the MDCS State Monitor Advocate?</w:t>
             </w:r>
             <w:r w:rsidR="00CD04BD">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Please explain.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...10 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00853AF3" w14:paraId="3EC93D0B" w14:textId="20018F32">
+          </w:tcPr>
+          <w:p w14:paraId="76DF4634" w14:textId="77777777" w:rsidR="00CD04BD" w:rsidRDefault="00CD04BD" w:rsidP="001C4E3B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3EC93D0B" w14:textId="20018F32" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00853AF3" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658253" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49CBD1C9" wp14:editId="3605800A">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-66040</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>353060</wp:posOffset>
                       </wp:positionV>
@@ -18874,185 +18710,181 @@
                                   <a:schemeClr val="tx1"/>
                                 </a:solidFill>
                               </a:ln>
                             </wps:spPr>
                             <wps:style>
                               <a:lnRef idx="1">
                                 <a:schemeClr val="accent1"/>
                               </a:lnRef>
                               <a:fillRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:fillRef>
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="tx1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+                <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <w:pict w14:anchorId="51E13F02">
                     <v:line id="Straight Connector 18" style="position:absolute;z-index:251665920;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:spid="_x0000_s1026" strokecolor="black [3213]" from="-5.2pt,27.8pt" to="66.8pt,28.3pt" w14:anchorId="15A54853" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBIRIaftQEAANYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P1DAMvSPxH6LcmbTLsoJqOnvY1XJB&#10;sOLjB2RTZxopiaMkTDv/Hicz064ACYG4uLHj92y/uNvb2Vl2gJgM+p63m4Yz8AoH4/c9//b14dVb&#10;zlKWfpAWPfT8CInf7l6+2E6hgysc0Q4QGZH41E2h52POoRMiqRGcTBsM4OlSY3Qykxv3YohyInZn&#10;xVXT3IgJ4xAiKkiJovenS76r/FqDyp+0TpCZ7Tn1lquN1T4VK3Zb2e2jDKNR5zbkP3ThpPFUdKG6&#10;l1my79H8QuWMiphQ541CJ1Bro6DOQNO0zU/TfBllgDoLiZPCIlP6f7Tq4+HOP0aSYQqpS+Exlilm&#10;HV35Un9srmIdF7FgzkxR8F17fd2QpIqubl6/qVKKFRpiyu8BHSuHnlvjyySyk4cPKVM5Sr2klLD1&#10;xSa0Zngw1lan7ADc2cgOkl4vz215LcI9yyKvIMXafD3lo4UT62fQzAzUblur171aOaVS4POF13rK&#10;LjBNHSzA5s/Ac36BQt25vwEviFoZfV7AzniMv6u+SqFP+RcFTnMXCZ5wONZnrdLQ8lTlzotetvO5&#10;X+Hr77j7AQAA//8DAFBLAwQUAAYACAAAACEA3iT3R94AAAAJAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPPU/DMBCGdyT+g3VIbK1T2kZViFMhBAtiSegAmxtf44j4nMZOE/491wm2+3j03nP5fnaduOAQ&#10;Wk8KVssEBFLtTUuNgsPH62IHIkRNRneeUMEPBtgXtze5zoyfqMRLFRvBIRQyrcDG2GdShtqi02Hp&#10;eyTenfzgdOR2aKQZ9MThrpMPSZJKp1viC1b3+Gyx/q5Gp+Dt/B4Om7R8KT/Pu2r6Oo228ajU/d38&#10;9Agi4hz/YLjqszoU7HT0I5kgOgWLVbJhVMF2m4K4Aus1F0cepCnIIpf/Pyh+AQAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAEhEhp+1AQAA1gMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAN4k90feAAAACQEAAA8AAAAAAAAAAAAAAAAADwQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAaBQAAAAA=&#10;"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="4937B559" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4937B559" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="7FC72EA2" w14:textId="5C600E9B">
+          </w:tcPr>
+          <w:p w14:paraId="7FC72EA2" w14:textId="5C600E9B" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="1D0517E2" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="1D0517E2" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="7C05EA00" w14:textId="58BE0D43">
+          </w:tcPr>
+          <w:p w14:paraId="7C05EA00" w14:textId="58BE0D43" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009139D3" w:rsidP="004F29CA" w:rsidRDefault="00E53610" w14:paraId="44B64B2D" w14:textId="49A5A0A1">
+          </w:tcPr>
+          <w:p w14:paraId="44B64B2D" w14:textId="49A5A0A1" w:rsidR="009139D3" w:rsidRDefault="00E53610" w:rsidP="004F29CA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ha</w:t>
             </w:r>
             <w:r w:rsidR="00145DC9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> the</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00A60094">
+            <w:r w:rsidR="00A60094" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> CC</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00070569">
+            <w:r w:rsidR="00070569" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(s)</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, affiliate</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00A60094">
+            <w:r w:rsidR="00A60094" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>and partner staff been trained on the federal requirements for services to MSFWs</w:t>
             </w:r>
             <w:r w:rsidR="0070096D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -19063,930 +18895,908 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>in FY2</w:t>
             </w:r>
             <w:r w:rsidR="00AF4386">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">? </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009139D3" w:rsidP="004F29CA" w:rsidRDefault="009139D3" w14:paraId="576D3C2B" w14:textId="77777777">
+          <w:p w14:paraId="576D3C2B" w14:textId="77777777" w:rsidR="009139D3" w:rsidRDefault="009139D3" w:rsidP="004F29CA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009139D3" w:rsidP="004F29CA" w:rsidRDefault="00E53610" w14:paraId="14D2EB6C" w14:textId="77777777">
+          <w:p w14:paraId="14D2EB6C" w14:textId="77777777" w:rsidR="009139D3" w:rsidRDefault="00E53610" w:rsidP="004F29CA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>If yes, when &amp; by whom?</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00070569">
+            <w:r w:rsidR="00070569" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009139D3" w:rsidP="004F29CA" w:rsidRDefault="009139D3" w14:paraId="27A44E40" w14:textId="77777777">
+          <w:p w14:paraId="27A44E40" w14:textId="77777777" w:rsidR="009139D3" w:rsidRDefault="009139D3" w:rsidP="004F29CA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="009139D3" w:rsidRDefault="00070569" w14:paraId="2DEA1C9B" w14:textId="2C61010C">
+          <w:p w14:paraId="2DEA1C9B" w14:textId="2C61010C" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00070569" w:rsidP="009139D3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">If </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="001F63B0">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="001F63B0" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>no</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, please explain.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="0958397C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0958397C" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="18A1EEFD" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="18A1EEFD" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="78CE4A4B" w14:textId="41A0C7E1">
+          </w:tcPr>
+          <w:p w14:paraId="78CE4A4B" w14:textId="41A0C7E1" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="6F3A1058" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="6F3A1058" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="3DC0166D" w14:textId="230C4898">
+          </w:tcPr>
+          <w:p w14:paraId="3DC0166D" w14:textId="230C4898" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00FD0710" w14:paraId="516D27A3" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="516D27A3" w14:textId="77777777" w:rsidR="00E53610" w:rsidRDefault="00FD0710" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>How does/do</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> the </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00A243A1">
+            <w:r w:rsidR="00A243A1" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CC</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00070569">
+            <w:r w:rsidR="00070569" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(s)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> conduct MSFW referral/follow up services?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009139D3" w:rsidP="001C4E3B" w:rsidRDefault="009139D3" w14:paraId="0B3C5F06" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="004E71A0" w:rsidP="001C4E3B" w:rsidRDefault="004E71A0" w14:paraId="1E278ED1" w14:textId="6E9EA42A">
+          <w:p w14:paraId="0B3C5F06" w14:textId="77777777" w:rsidR="009139D3" w:rsidRDefault="009139D3" w:rsidP="001C4E3B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1E278ED1" w14:textId="6E9EA42A" w:rsidR="004E71A0" w:rsidRDefault="004E71A0" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="009139D3" w:rsidP="001C4E3B" w:rsidRDefault="009139D3" w14:paraId="0D29165D" w14:textId="4039F471">
+          <w:p w14:paraId="0D29165D" w14:textId="4039F471" w:rsidR="009139D3" w:rsidRPr="00881A0F" w:rsidRDefault="009139D3" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="7C4B9B30" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7C4B9B30" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="7B8D837C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7B8D837C" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="5CBA396E" w14:textId="455B9229">
+          </w:tcPr>
+          <w:p w14:paraId="5CBA396E" w14:textId="455B9229" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="3D1110FE" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="3D1110FE" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="051CAFE8" w14:textId="4AC7C8CB">
+          </w:tcPr>
+          <w:p w14:paraId="051CAFE8" w14:textId="4AC7C8CB" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009139D3" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="220F64E5" w14:textId="0FCE8DBB">
+          </w:tcPr>
+          <w:p w14:paraId="220F64E5" w14:textId="0FCE8DBB" w:rsidR="009139D3" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Describe the management review process established to ensure the accuracy and quality of MSFW applications.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004E71A0" w:rsidP="001C4E3B" w:rsidRDefault="004E71A0" w14:paraId="612B7810" w14:textId="77777777">
+          <w:p w14:paraId="612B7810" w14:textId="77777777" w:rsidR="004E71A0" w:rsidRDefault="004E71A0" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="009139D3" w:rsidP="001C4E3B" w:rsidRDefault="009139D3" w14:paraId="38950F41" w14:textId="77777777">
+          <w:p w14:paraId="38950F41" w14:textId="77777777" w:rsidR="009139D3" w:rsidRPr="00881A0F" w:rsidRDefault="009139D3" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="4976FE63" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4976FE63" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="750A0AA2" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="750A0AA2" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="40489F38" w14:textId="3E6D7D3F">
+          </w:tcPr>
+          <w:p w14:paraId="40489F38" w14:textId="3E6D7D3F" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="18212DE9" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="18212DE9" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="52C5BE75" w14:textId="6A00A43C">
+          </w:tcPr>
+          <w:p w14:paraId="52C5BE75" w14:textId="6A00A43C" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="13832861" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="13832861" w14:textId="77777777" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>What actions are taken if it is suspected an agricultural employer has violated WIOA regulations or employment related law?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004E71A0" w:rsidP="001C4E3B" w:rsidRDefault="004E71A0" w14:paraId="49A86771" w14:textId="77777777">
+          <w:p w14:paraId="49A86771" w14:textId="77777777" w:rsidR="004E71A0" w:rsidRDefault="004E71A0" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00A9083E" w:rsidP="001C4E3B" w:rsidRDefault="00A9083E" w14:paraId="072874B6" w14:textId="77777777">
+          <w:p w14:paraId="072874B6" w14:textId="77777777" w:rsidR="00A9083E" w:rsidRPr="00881A0F" w:rsidRDefault="00A9083E" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="3612144E" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3612144E" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="6EA1B1ED" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6EA1B1ED" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="76F7B67F" w14:textId="5F5AE2C6">
+          </w:tcPr>
+          <w:p w14:paraId="76F7B67F" w14:textId="5F5AE2C6" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="472C64C7" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="472C64C7" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="4BEAFC37" w14:textId="1BC00158">
+          </w:tcPr>
+          <w:p w14:paraId="4BEAFC37" w14:textId="1BC00158" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="004E71A0" w:rsidP="001C4E3B" w:rsidRDefault="009139D3" w14:paraId="5227E89B" w14:textId="309C1A5A">
+          </w:tcPr>
+          <w:p w14:paraId="5227E89B" w14:textId="309C1A5A" w:rsidR="004E71A0" w:rsidRDefault="009139D3" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Please list what outreach/actions the CC(s)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> has </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>taken</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> to develop and improve OSCC relationship</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(s)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> with the following</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> entities</w:t>
             </w:r>
             <w:r w:rsidR="004E71A0">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> in FY2</w:t>
             </w:r>
             <w:r w:rsidR="007E4937">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="003E1664">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="11212DF2" w14:textId="367F713C">
+          <w:p w14:paraId="11212DF2" w14:textId="367F713C" w:rsidR="00E53610" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009139D3" w:rsidP="001C4E3B" w:rsidRDefault="009139D3" w14:paraId="449E4075" w14:textId="77777777">
+          <w:p w14:paraId="449E4075" w14:textId="77777777" w:rsidR="009139D3" w:rsidRDefault="009139D3" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="009139D3" w:rsidR="009139D3" w:rsidP="00E51EFD" w:rsidRDefault="009139D3" w14:paraId="6D5AF9B3" w14:textId="32796F66">
+          <w:p w14:paraId="6D5AF9B3" w14:textId="32796F66" w:rsidR="009139D3" w:rsidRPr="009139D3" w:rsidRDefault="009139D3" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009139D3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Public and private community agencies</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="009139D3" w:rsidR="009139D3" w:rsidP="001C4E3B" w:rsidRDefault="009139D3" w14:paraId="2B8CDA5D" w14:textId="77777777">
+          <w:p w14:paraId="2B8CDA5D" w14:textId="77777777" w:rsidR="009139D3" w:rsidRPr="009139D3" w:rsidRDefault="009139D3" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="009139D3" w:rsidR="009139D3" w:rsidP="00E51EFD" w:rsidRDefault="009139D3" w14:paraId="3DF7CC12" w14:textId="17BD91BA">
+          <w:p w14:paraId="3DF7CC12" w14:textId="17BD91BA" w:rsidR="009139D3" w:rsidRPr="009139D3" w:rsidRDefault="009139D3" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009139D3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Employers and/or employer organizations</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="009139D3" w:rsidP="001C4E3B" w:rsidRDefault="009139D3" w14:paraId="10DAA925" w14:textId="77777777">
+          <w:p w14:paraId="10DAA925" w14:textId="77777777" w:rsidR="009139D3" w:rsidRPr="00881A0F" w:rsidRDefault="009139D3" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="2F9797C8" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2F9797C8" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="65A694FE" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="65A694FE" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="44994658" w14:textId="5F760FE4">
+          </w:tcPr>
+          <w:p w14:paraId="44994658" w14:textId="5F760FE4" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="200C6349" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="200C6349" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="3929C16D" w14:textId="5B578D75">
+          </w:tcPr>
+          <w:p w14:paraId="3929C16D" w14:textId="5B578D75" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00D95629" w:rsidRDefault="00E53610" w14:paraId="11EE38A9" w14:textId="03EB6DA9">
+          </w:tcPr>
+          <w:p w14:paraId="11EE38A9" w14:textId="03EB6DA9" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00D95629">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>How do</w:t>
             </w:r>
             <w:r w:rsidR="009139D3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">es </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00A243A1">
+            <w:r w:rsidR="00A243A1" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CC</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> management ensure MSFW</w:t>
             </w:r>
             <w:r w:rsidR="00145DC9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> customers </w:t>
@@ -19994,872 +19804,893 @@
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>receive the</w:t>
             </w:r>
             <w:r w:rsidR="00145DC9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">full range of career, supportive, job and training referral services, </w:t>
+              <w:t xml:space="preserve">full range of career, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00881A0F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>supportive</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00881A0F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, job and training referral services, </w:t>
             </w:r>
             <w:r w:rsidR="00145DC9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">and </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>WIOA benefits and protections</w:t>
             </w:r>
             <w:r w:rsidR="00145DC9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="7B005880" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7B005880" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="57500DAD" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="57500DAD" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="14C68C98" w14:textId="50F31D6A">
+          </w:tcPr>
+          <w:p w14:paraId="14C68C98" w14:textId="50F31D6A" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="21D849E9" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="21D849E9" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="0070096D" w:rsidP="00E51EFD" w:rsidRDefault="0070096D" w14:paraId="0900DAB5" w14:textId="51656F76">
+          </w:tcPr>
+          <w:p w14:paraId="0900DAB5" w14:textId="51656F76" w:rsidR="0070096D" w:rsidRPr="006449F8" w:rsidRDefault="0070096D" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0070096D" w:rsidP="00D95629" w:rsidRDefault="0070096D" w14:paraId="160E5944" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="160E5944" w14:textId="77777777" w:rsidR="0070096D" w:rsidRDefault="0070096D" w:rsidP="00D95629">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the Career Center partner with any local or statewide agricultural </w:t>
             </w:r>
             <w:r w:rsidR="00DA7068">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">organizations to connect with </w:t>
             </w:r>
             <w:r w:rsidR="00BE38CB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>potential MSFW customers?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009938CD" w:rsidP="00D95629" w:rsidRDefault="009938CD" w14:paraId="03EF9B0D" w14:textId="77777777">
+          <w:p w14:paraId="03EF9B0D" w14:textId="77777777" w:rsidR="009938CD" w:rsidRDefault="009938CD" w:rsidP="00D95629">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00BE38CB" w:rsidR="00BE38CB" w:rsidP="00D95629" w:rsidRDefault="00BE38CB" w14:paraId="50C22D99" w14:textId="7196C613">
+          <w:p w14:paraId="50C22D99" w14:textId="7196C613" w:rsidR="00BE38CB" w:rsidRPr="00BE38CB" w:rsidRDefault="00BE38CB" w:rsidP="00D95629">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE38CB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">If </w:t>
             </w:r>
             <w:r w:rsidR="009938CD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>yes</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE38CB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, please list</w:t>
             </w:r>
             <w:r w:rsidR="00145DC9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> those entities.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="009938CD" w:rsidP="009938CD" w:rsidRDefault="00BE38CB" w14:paraId="00D303BD" w14:textId="31004B92">
+          <w:p w14:paraId="00D303BD" w14:textId="31004B92" w:rsidR="009938CD" w:rsidRPr="00881A0F" w:rsidRDefault="00BE38CB" w:rsidP="009938CD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE38CB">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>If no, please explain why.</w:t>
+              <w:t xml:space="preserve">If </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BE38CB">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>no</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BE38CB">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, please explain why.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="0070096D" w:rsidP="001C4E3B" w:rsidRDefault="0070096D" w14:paraId="3A4313B0" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3A4313B0" w14:textId="77777777" w:rsidR="0070096D" w:rsidRPr="00881A0F" w:rsidRDefault="0070096D" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="0070096D" w:rsidP="001C4E3B" w:rsidRDefault="0070096D" w14:paraId="3A570DB3" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3A570DB3" w14:textId="77777777" w:rsidR="0070096D" w:rsidRPr="00881A0F" w:rsidRDefault="0070096D" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="0070096D" w:rsidP="001C4E3B" w:rsidRDefault="0070096D" w14:paraId="38B5645E" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="38B5645E" w14:textId="77777777" w:rsidR="0070096D" w:rsidRPr="00881A0F" w:rsidRDefault="0070096D" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="04524BB2" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="04524BB2" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="0064524C" w:rsidP="00E51EFD" w:rsidRDefault="0064524C" w14:paraId="05C60216" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="05C60216" w14:textId="77777777" w:rsidR="0064524C" w:rsidRPr="006449F8" w:rsidRDefault="0064524C" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="0064524C" w:rsidR="0064524C" w:rsidP="0064524C" w:rsidRDefault="0064524C" w14:paraId="76C8EC5F" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="76C8EC5F" w14:textId="77777777" w:rsidR="0064524C" w:rsidRPr="0064524C" w:rsidRDefault="0064524C" w:rsidP="0064524C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0064524C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Please share any CC or local area best practices or success stories related to the MSFW program. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0064524C" w:rsidP="00D95629" w:rsidRDefault="0064524C" w14:paraId="6D8FE4AB" w14:textId="77777777">
+          <w:p w14:paraId="6D8FE4AB" w14:textId="77777777" w:rsidR="0064524C" w:rsidRDefault="0064524C" w:rsidP="00D95629">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009938CD" w:rsidP="00D95629" w:rsidRDefault="009938CD" w14:paraId="0F869AA0" w14:textId="77777777">
+          <w:p w14:paraId="0F869AA0" w14:textId="77777777" w:rsidR="009938CD" w:rsidRDefault="009938CD" w:rsidP="00D95629">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0064524C" w:rsidP="00D95629" w:rsidRDefault="0064524C" w14:paraId="184ACA54" w14:textId="77777777">
+          <w:p w14:paraId="184ACA54" w14:textId="77777777" w:rsidR="0064524C" w:rsidRDefault="0064524C" w:rsidP="00D95629">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="0064524C" w:rsidP="001C4E3B" w:rsidRDefault="0064524C" w14:paraId="0840C52C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0840C52C" w14:textId="77777777" w:rsidR="0064524C" w:rsidRPr="00881A0F" w:rsidRDefault="0064524C" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="0064524C" w:rsidP="001C4E3B" w:rsidRDefault="0064524C" w14:paraId="37D8D57E" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="37D8D57E" w14:textId="77777777" w:rsidR="0064524C" w:rsidRPr="00881A0F" w:rsidRDefault="0064524C" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="0064524C" w:rsidP="001C4E3B" w:rsidRDefault="0064524C" w14:paraId="14831892" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="14831892" w14:textId="77777777" w:rsidR="0064524C" w:rsidRPr="00881A0F" w:rsidRDefault="0064524C" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidTr="29850A98" w14:paraId="7B9039B9" w14:textId="77777777">
+      <w:tr w:rsidR="00E53610" w:rsidRPr="00881A0F" w14:paraId="7B9039B9" w14:textId="77777777" w:rsidTr="29850A98">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6396" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00103905" w:rsidRDefault="00E53610" w14:paraId="46FD86B3" w14:textId="07B7FCE0">
+          </w:tcPr>
+          <w:p w14:paraId="46FD86B3" w14:textId="07B7FCE0" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00103905">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc521323819" w:id="96"/>
-            <w:bookmarkStart w:name="_Hlk177025392" w:id="97"/>
+            <w:bookmarkStart w:id="96" w:name="_Toc521323819"/>
+            <w:bookmarkStart w:id="97" w:name="_Hlk177025392"/>
             <w:bookmarkEnd w:id="86"/>
             <w:r w:rsidRPr="006449F8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Section 11: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00103905" w:rsidRDefault="00E53610" w14:paraId="386CDF76" w14:textId="77777777">
+          <w:p w14:paraId="386CDF76" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00103905">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="363146B5" w:rsidRDefault="00E53610" w14:paraId="7DF693A0" w14:textId="2B929CA9">
+          <w:p w14:paraId="7DF693A0" w14:textId="2B929CA9" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="363146B5">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="363146B5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Foreign Labor Exchange</w:t>
             </w:r>
-            <w:r w:rsidRPr="363146B5" w:rsidR="00460213">
+            <w:r w:rsidR="00460213" w:rsidRPr="363146B5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/Certification</w:t>
             </w:r>
-            <w:r w:rsidRPr="363146B5" w:rsidR="68E46350">
+            <w:r w:rsidR="68E46350" w:rsidRPr="363146B5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="363146B5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(FLC)</w:t>
             </w:r>
             <w:bookmarkEnd w:id="96"/>
             <w:r w:rsidRPr="363146B5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="00103905" w:rsidRDefault="00E53610" w14:paraId="1649A69D" w14:textId="5246B766">
+          <w:p w14:paraId="1649A69D" w14:textId="5246B766" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="00103905">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="22898644" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="22898644" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc487093365" w:id="98"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:name="_Toc521323820" w:id="100"/>
+            <w:bookmarkStart w:id="98" w:name="_Toc487093365"/>
+            <w:bookmarkStart w:id="99" w:name="_Toc488150914"/>
+            <w:bookmarkStart w:id="100" w:name="_Toc521323820"/>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:bookmarkEnd w:id="98"/>
             <w:bookmarkEnd w:id="99"/>
             <w:bookmarkEnd w:id="100"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="10F09F25" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="10F09F25" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc487093366" w:id="101"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:name="_Toc521323821" w:id="103"/>
+            <w:bookmarkStart w:id="101" w:name="_Toc487093366"/>
+            <w:bookmarkStart w:id="102" w:name="_Toc488150915"/>
+            <w:bookmarkStart w:id="103" w:name="_Toc521323821"/>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:bookmarkEnd w:id="101"/>
             <w:bookmarkEnd w:id="102"/>
             <w:bookmarkEnd w:id="103"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00E15193" w:rsidRDefault="00E53610" w14:paraId="3A8AD814" w14:textId="670235E6">
+          </w:tcPr>
+          <w:p w14:paraId="3A8AD814" w14:textId="670235E6" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00E15193">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc487093368" w:id="104"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:name="_Toc521323823" w:id="106"/>
+            <w:bookmarkStart w:id="104" w:name="_Toc487093368"/>
+            <w:bookmarkStart w:id="105" w:name="_Toc488150917"/>
+            <w:bookmarkStart w:id="106" w:name="_Toc521323823"/>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Comments</w:t>
             </w:r>
             <w:bookmarkEnd w:id="104"/>
             <w:bookmarkEnd w:id="105"/>
             <w:bookmarkEnd w:id="106"/>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/Feedback</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="7A9227FB" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="7A9227FB" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="009938CD" w:rsidR="00460213" w:rsidP="00E51EFD" w:rsidRDefault="00460213" w14:paraId="635CB2F6" w14:textId="0A6CB567">
+          </w:tcPr>
+          <w:p w14:paraId="635CB2F6" w14:textId="0A6CB567" w:rsidR="00460213" w:rsidRPr="009938CD" w:rsidRDefault="00460213" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="009938CD" w:rsidR="00460213" w:rsidP="001C4E3B" w:rsidRDefault="00460213" w14:paraId="764A78BB" w14:textId="280BEA24">
+          </w:tcPr>
+          <w:p w14:paraId="764A78BB" w14:textId="280BEA24" w:rsidR="00460213" w:rsidRPr="009938CD" w:rsidRDefault="00460213" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009938CD">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Please describe local area recruitment practices to help connect US jobseekers with job opportunities from employers seeking to employ foreign workers on supplemental H-2B visas (Agricultural or non-agricultural).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00460213" w:rsidP="001C4E3B" w:rsidRDefault="00460213" w14:paraId="22069752" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="22069752" w14:textId="77777777" w:rsidR="00460213" w:rsidRPr="00881A0F" w:rsidRDefault="00460213" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00460213" w:rsidP="001C4E3B" w:rsidRDefault="00460213" w14:paraId="71E7E227" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="71E7E227" w14:textId="77777777" w:rsidR="00460213" w:rsidRPr="00881A0F" w:rsidRDefault="00460213" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00460213" w:rsidP="0009452F" w:rsidRDefault="00460213" w14:paraId="67DBE94D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="67DBE94D" w14:textId="77777777" w:rsidR="00460213" w:rsidRPr="00881A0F" w:rsidRDefault="00460213" w:rsidP="0009452F">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="7BFFEF6D" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="7BFFEF6D" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="009938CD" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="670372D4" w14:textId="3FEF6B8D">
+          </w:tcPr>
+          <w:p w14:paraId="670372D4" w14:textId="3FEF6B8D" w:rsidR="00E53610" w:rsidRPr="009938CD" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00156226" w14:paraId="1FB6762D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1FB6762D" w14:textId="77777777" w:rsidR="00E53610" w:rsidRDefault="00156226" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E53610">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CC</w:t>
             </w:r>
             <w:r w:rsidRPr="00E53610">
               <w:rPr>
@@ -20896,902 +20727,922 @@
             <w:r w:rsidRPr="00E53610">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> agricultural employer</w:t>
             </w:r>
             <w:r w:rsidR="009345A4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="00A51371">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A51371" w:rsidP="001C4E3B" w:rsidRDefault="00A51371" w14:paraId="79DBDDE4" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="00A51371" w:rsidR="00A51371" w:rsidP="001C4E3B" w:rsidRDefault="00A51371" w14:paraId="2BC7E4B4" w14:textId="77777777">
+          <w:p w14:paraId="79DBDDE4" w14:textId="77777777" w:rsidR="00A51371" w:rsidRDefault="00A51371" w:rsidP="001C4E3B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BC7E4B4" w14:textId="77777777" w:rsidR="00A51371" w:rsidRPr="00A51371" w:rsidRDefault="00A51371" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A51371">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>If yes, please describe.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A51371" w:rsidP="001C4E3B" w:rsidRDefault="00A51371" w14:paraId="673EA392" w14:textId="77777777">
+          <w:p w14:paraId="673EA392" w14:textId="77777777" w:rsidR="00A51371" w:rsidRDefault="00A51371" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A51371">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>If no, please explain.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="009938CD" w:rsidR="00A51371" w:rsidP="001C4E3B" w:rsidRDefault="00A51371" w14:paraId="0A591C57" w14:textId="6695F80B">
+              <w:t xml:space="preserve">If </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A51371">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>no</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A51371">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, please explain.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A591C57" w14:textId="6695F80B" w:rsidR="00A51371" w:rsidRPr="009938CD" w:rsidRDefault="00A51371" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="17A0E99C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="17A0E99C" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="132EBB66" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="132EBB66" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="0009452F" w:rsidRDefault="00E53610" w14:paraId="3E6A35CC" w14:textId="108AA335">
+          </w:tcPr>
+          <w:p w14:paraId="3E6A35CC" w14:textId="108AA335" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="0009452F">
             <w:pPr>
               <w:spacing w:after="160" w:line="254" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00EE7298" w:rsidRDefault="00E53610" w14:paraId="31CF626E" w14:textId="37336532">
+          <w:p w14:paraId="31CF626E" w14:textId="37336532" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00EE7298">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="659BCB6E" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="659BCB6E" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="009938CD" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="249114CC" w14:textId="7701AB34">
+          </w:tcPr>
+          <w:p w14:paraId="249114CC" w14:textId="7701AB34" w:rsidR="00E53610" w:rsidRPr="009938CD" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00FD0710" w14:paraId="6C920AEA" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6C920AEA" w14:textId="77777777" w:rsidR="00E53610" w:rsidRDefault="00FD0710" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009938CD">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>How does/do</w:t>
             </w:r>
-            <w:r w:rsidRPr="009938CD" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="009938CD">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="009938CD" w:rsidR="00A60094">
+            <w:r w:rsidR="00A60094" w:rsidRPr="009938CD">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CC</w:t>
             </w:r>
-            <w:r w:rsidRPr="009938CD" w:rsidR="00E53610">
+            <w:r w:rsidR="00E53610" w:rsidRPr="009938CD">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> staff find job orders in MOSES when the job order number is not immediately known?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="009938CD" w:rsidR="000D0649" w:rsidP="001C4E3B" w:rsidRDefault="000D0649" w14:paraId="6CD794AC" w14:textId="0767E190">
+          <w:p w14:paraId="6CD794AC" w14:textId="0767E190" w:rsidR="000D0649" w:rsidRPr="009938CD" w:rsidRDefault="000D0649" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="256F7E07" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="256F7E07" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="4142899E" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4142899E" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00811501" w:rsidRDefault="00E53610" w14:paraId="73F0528C" w14:textId="78A9CA27">
+          </w:tcPr>
+          <w:p w14:paraId="73F0528C" w14:textId="78A9CA27" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00811501">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="45BBB22F" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="45BBB22F" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="009938CD" w:rsidR="00E53610" w:rsidP="00E51EFD" w:rsidRDefault="00E53610" w14:paraId="24D81D7E" w14:textId="4E845C32">
+          </w:tcPr>
+          <w:p w14:paraId="24D81D7E" w14:textId="4E845C32" w:rsidR="00E53610" w:rsidRPr="009938CD" w:rsidRDefault="00E53610" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="009938CD" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="11F03F25" w14:textId="6241EC6E">
+          </w:tcPr>
+          <w:p w14:paraId="11F03F25" w14:textId="6241EC6E" w:rsidR="00E53610" w:rsidRPr="009938CD" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009938CD">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Have C</w:t>
             </w:r>
-            <w:r w:rsidRPr="009938CD" w:rsidR="00A60094">
+            <w:r w:rsidR="00A60094" w:rsidRPr="009938CD">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidRPr="009938CD">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> staff reported </w:t>
             </w:r>
-            <w:r w:rsidRPr="009938CD" w:rsidR="00054D4E">
+            <w:r w:rsidR="00054D4E" w:rsidRPr="009938CD">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">issues </w:t>
             </w:r>
             <w:r w:rsidRPr="009938CD">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">with the FLC Program (Agricultural and/or Non-agricultural) during this year? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="48B33626" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="48B33626" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="1E312321" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1E312321" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="275A13F0" w14:textId="06C08AF1">
+          </w:tcPr>
+          <w:p w14:paraId="275A13F0" w14:textId="06C08AF1" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidTr="29850A98" w14:paraId="1500A7CE" w14:textId="77777777">
+      <w:tr w:rsidR="00E53610" w:rsidRPr="00881A0F" w14:paraId="1500A7CE" w14:textId="77777777" w:rsidTr="29850A98">
         <w:trPr>
           <w:trHeight w:val="539"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6396" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidRDefault="00E53610" w14:paraId="1434A8A8" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1434A8A8" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc521323824" w:id="107"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:name="_Hlk143862770" w:id="109"/>
+            <w:bookmarkStart w:id="107" w:name="_Toc521323824"/>
+            <w:bookmarkStart w:id="108" w:name="_Hlk143864728"/>
+            <w:bookmarkStart w:id="109" w:name="_Hlk143862770"/>
             <w:bookmarkEnd w:id="97"/>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidRDefault="00E53610" w14:paraId="5FBBBBD8" w14:textId="6EEC9890">
+          <w:p w14:paraId="5FBBBBD8" w14:textId="6EEC9890" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006449F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Section 12: </w:t>
             </w:r>
             <w:r w:rsidRPr="006449F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Youth Programs</w:t>
             </w:r>
             <w:bookmarkEnd w:id="107"/>
             <w:r w:rsidRPr="006449F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00A60094" w:rsidP="00A60094" w:rsidRDefault="00A60094" w14:paraId="426D6F41" w14:textId="77A893CD">
+          <w:p w14:paraId="426D6F41" w14:textId="77A893CD" w:rsidR="00A60094" w:rsidRPr="006449F8" w:rsidRDefault="00A60094" w:rsidP="00A60094">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006449F8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>To be completed by whomever provides services to Youth</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00E53610" w:rsidP="002C6DEF" w:rsidRDefault="00E53610" w14:paraId="13806499" w14:textId="34760899">
+          <w:p w14:paraId="13806499" w14:textId="34760899" w:rsidR="00E53610" w:rsidRPr="006449F8" w:rsidRDefault="00E53610" w:rsidP="002C6DEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="57D913C1" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="57D913C1" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc485645976" w:id="110"/>
-[...4 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="3FA00B03" w14:textId="3298E8F4">
+            <w:bookmarkStart w:id="110" w:name="_Toc485645976"/>
+            <w:bookmarkStart w:id="111" w:name="_Toc487093370"/>
+            <w:bookmarkStart w:id="112" w:name="_Toc488150919"/>
+            <w:bookmarkStart w:id="113" w:name="_Toc521323825"/>
+          </w:p>
+          <w:p w14:paraId="3FA00B03" w14:textId="3298E8F4" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:bookmarkEnd w:id="110"/>
             <w:bookmarkEnd w:id="111"/>
             <w:bookmarkEnd w:id="112"/>
             <w:bookmarkEnd w:id="113"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="1571E58F" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1571E58F" w14:textId="77777777" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc485645977" w:id="114"/>
-[...4 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="001C4E3B" w:rsidRDefault="00E53610" w14:paraId="79D34C3A" w14:textId="3DD7A8C2">
+            <w:bookmarkStart w:id="114" w:name="_Toc485645977"/>
+            <w:bookmarkStart w:id="115" w:name="_Toc487093371"/>
+            <w:bookmarkStart w:id="116" w:name="_Toc488150920"/>
+            <w:bookmarkStart w:id="117" w:name="_Toc521323826"/>
+          </w:p>
+          <w:p w14:paraId="79D34C3A" w14:textId="3DD7A8C2" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="001C4E3B">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:bookmarkEnd w:id="114"/>
             <w:bookmarkEnd w:id="115"/>
             <w:bookmarkEnd w:id="116"/>
             <w:bookmarkEnd w:id="117"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00E15193" w:rsidRDefault="00E53610" w14:paraId="1D92D5BB" w14:textId="21AD9E6F">
+          </w:tcPr>
+          <w:p w14:paraId="1D92D5BB" w14:textId="21AD9E6F" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00E15193">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc485645979" w:id="118"/>
-[...4 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00E53610" w:rsidP="00E15193" w:rsidRDefault="00E53610" w14:paraId="01758875" w14:textId="2FDB7605">
+            <w:bookmarkStart w:id="118" w:name="_Toc485645979"/>
+            <w:bookmarkStart w:id="119" w:name="_Toc487093373"/>
+            <w:bookmarkStart w:id="120" w:name="_Toc488150922"/>
+            <w:bookmarkStart w:id="121" w:name="_Toc521323828"/>
+          </w:p>
+          <w:p w14:paraId="01758875" w14:textId="2FDB7605" w:rsidR="00E53610" w:rsidRPr="00881A0F" w:rsidRDefault="00E53610" w:rsidP="00E15193">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Comments</w:t>
             </w:r>
             <w:bookmarkEnd w:id="118"/>
             <w:bookmarkEnd w:id="119"/>
             <w:bookmarkEnd w:id="120"/>
             <w:bookmarkEnd w:id="121"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="108"/>
       <w:bookmarkEnd w:id="109"/>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="53BD18EE" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="53BD18EE" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00A4584A" w:rsidR="002354FB" w:rsidP="00E51EFD" w:rsidRDefault="002354FB" w14:paraId="0035762C" w14:textId="77593502">
+          </w:tcPr>
+          <w:p w14:paraId="0035762C" w14:textId="77593502" w:rsidR="002354FB" w:rsidRPr="00A4584A" w:rsidRDefault="002354FB" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="002354FB" w:rsidP="002354FB" w:rsidRDefault="002354FB" w14:paraId="56962301" w14:textId="737E853B">
+          <w:p w14:paraId="56962301" w14:textId="737E853B" w:rsidR="002354FB" w:rsidRPr="006449F8" w:rsidRDefault="002354FB" w:rsidP="002354FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="002354FB" w:rsidP="002354FB" w:rsidRDefault="002354FB" w14:paraId="5AA34FA7" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5AA34FA7" w14:textId="77777777" w:rsidR="002354FB" w:rsidRDefault="002354FB" w:rsidP="002354FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Does the area have a separate Standard Operating Procedure (SOP) for the WIOA Title I Youth Program?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0018699F" w:rsidP="002354FB" w:rsidRDefault="0018699F" w14:paraId="470A2D3B" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="0018699F" w:rsidR="0018699F" w:rsidP="002354FB" w:rsidRDefault="0018699F" w14:paraId="58C9AF09" w14:textId="770ED43D">
+          <w:p w14:paraId="470A2D3B" w14:textId="77777777" w:rsidR="0018699F" w:rsidRDefault="0018699F" w:rsidP="002354FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="58C9AF09" w14:textId="770ED43D" w:rsidR="0018699F" w:rsidRPr="0018699F" w:rsidRDefault="0018699F" w:rsidP="002354FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0018699F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>If no, please explain</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00145DC9">
+              <w:t xml:space="preserve">If </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0018699F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t>no</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0018699F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, please explain</w:t>
+            </w:r>
+            <w:r w:rsidR="00145DC9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> why.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="002354FB" w:rsidP="002354FB" w:rsidRDefault="002354FB" w14:paraId="4C4CC5A9" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4C4CC5A9" w14:textId="77777777" w:rsidR="002354FB" w:rsidRPr="00881A0F" w:rsidRDefault="002354FB" w:rsidP="002354FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="002354FB" w:rsidP="002354FB" w:rsidRDefault="002354FB" w14:paraId="3847B29F" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3847B29F" w14:textId="77777777" w:rsidR="002354FB" w:rsidRPr="00881A0F" w:rsidRDefault="002354FB" w:rsidP="002354FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="002354FB" w:rsidP="002354FB" w:rsidRDefault="002354FB" w14:paraId="319C4984" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="319C4984" w14:textId="77777777" w:rsidR="002354FB" w:rsidRPr="00881A0F" w:rsidRDefault="002354FB" w:rsidP="002354FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="103DEF6A" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="103DEF6A" w14:textId="77777777" w:rsidTr="29850A98">
         <w:trPr>
-          <w:trHeight w:val="2160" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="2160"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00A4584A" w:rsidR="002354FB" w:rsidP="00E51EFD" w:rsidRDefault="002354FB" w14:paraId="18508B3A" w14:textId="74CC3F38">
+          </w:tcPr>
+          <w:p w14:paraId="18508B3A" w14:textId="74CC3F38" w:rsidR="002354FB" w:rsidRPr="00A4584A" w:rsidRDefault="002354FB" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="002354FB" w:rsidP="002354FB" w:rsidRDefault="002354FB" w14:paraId="4EECB103" w14:textId="4E5A7B0D">
+          </w:tcPr>
+          <w:p w14:paraId="4EECB103" w14:textId="4E5A7B0D" w:rsidR="002354FB" w:rsidRPr="00881A0F" w:rsidRDefault="002354FB" w:rsidP="002354FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>How do staff refer the following Youth Customers to appropriate CC and Partner programs?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="002354FB" w:rsidP="002354FB" w:rsidRDefault="002354FB" w14:paraId="5FA9E00E" w14:textId="77777777">
+          <w:p w14:paraId="5FA9E00E" w14:textId="77777777" w:rsidR="002354FB" w:rsidRPr="00881A0F" w:rsidRDefault="002354FB" w:rsidP="002354FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="002354FB" w:rsidP="00E51EFD" w:rsidRDefault="002354FB" w14:paraId="2D2CCC40" w14:textId="77777777">
+          <w:p w14:paraId="2D2CCC40" w14:textId="77777777" w:rsidR="002354FB" w:rsidRPr="00881A0F" w:rsidRDefault="002354FB" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">WIOA enrolled Youth </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="002354FB" w:rsidP="00E51EFD" w:rsidRDefault="002354FB" w14:paraId="64FC7C9A" w14:textId="242FF183">
+          <w:p w14:paraId="64FC7C9A" w14:textId="242FF183" w:rsidR="002354FB" w:rsidRPr="00881A0F" w:rsidRDefault="002354FB" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Youth who do not meet </w:t>
             </w:r>
             <w:r w:rsidR="00145DC9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -21814,3216 +21665,3127 @@
               </w:rPr>
               <w:t>or vendor pro</w:t>
             </w:r>
             <w:r w:rsidR="00DF2CB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">gram </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="002354FB" w:rsidP="002354FB" w:rsidRDefault="002354FB" w14:paraId="454512E3" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="454512E3" w14:textId="77777777" w:rsidR="002354FB" w:rsidRPr="00881A0F" w:rsidRDefault="002354FB" w:rsidP="002354FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="002354FB" w:rsidP="002354FB" w:rsidRDefault="002354FB" w14:paraId="05F25A5F" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="05F25A5F" w14:textId="77777777" w:rsidR="002354FB" w:rsidRPr="00881A0F" w:rsidRDefault="002354FB" w:rsidP="002354FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...10 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="002354FB" w:rsidP="002354FB" w:rsidRDefault="002354FB" w14:paraId="6F7F3BE0" w14:textId="3077E296">
+          </w:tcPr>
+          <w:p w14:paraId="23207D69" w14:textId="77777777" w:rsidR="00AE7D46" w:rsidRDefault="00AE7D46" w:rsidP="002354FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F7F3BE0" w14:textId="3077E296" w:rsidR="002354FB" w:rsidRPr="00881A0F" w:rsidRDefault="002354FB" w:rsidP="002354FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>A.</w:t>
             </w:r>
             <w:r w:rsidR="0018699F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0018699F" w:rsidR="0018699F">
+            <w:r w:rsidR="0018699F" w:rsidRPr="0018699F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>WIOA enrolled Youth</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002354FB" w:rsidP="002354FB" w:rsidRDefault="002354FB" w14:paraId="5EEECECA" w14:textId="77777777">
-[...17 lines deleted...]
-          <w:p w:rsidRPr="00A4584A" w:rsidR="002354FB" w:rsidP="002354FB" w:rsidRDefault="002354FB" w14:paraId="25EB5FFB" w14:textId="77777777">
+          <w:p w14:paraId="5EEECECA" w14:textId="77777777" w:rsidR="002354FB" w:rsidRDefault="002354FB" w:rsidP="002354FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="056FAE0A" w14:textId="77777777" w:rsidR="00A4584A" w:rsidRPr="00881A0F" w:rsidRDefault="00A4584A" w:rsidP="002354FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25EB5FFB" w14:textId="77777777" w:rsidR="002354FB" w:rsidRPr="00A4584A" w:rsidRDefault="002354FB" w:rsidP="002354FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="002354FB" w:rsidP="002354FB" w:rsidRDefault="002354FB" w14:paraId="2232B394" w14:textId="77BF4B45">
+          <w:p w14:paraId="2232B394" w14:textId="77BF4B45" w:rsidR="002354FB" w:rsidRDefault="002354FB" w:rsidP="002354FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>B.</w:t>
             </w:r>
             <w:r w:rsidR="0018699F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="0018699F">
+            <w:r w:rsidR="0018699F" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Youth who do not meet enrollment requirements</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0018699F" w:rsidP="002354FB" w:rsidRDefault="0018699F" w14:paraId="7B7BE8E7" w14:textId="77777777">
-[...26 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00C946D1" w:rsidP="002354FB" w:rsidRDefault="00C946D1" w14:paraId="31331874" w14:textId="0216C830">
+          <w:p w14:paraId="7B7BE8E7" w14:textId="77777777" w:rsidR="0018699F" w:rsidRDefault="0018699F" w:rsidP="002354FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E4B7D26" w14:textId="77777777" w:rsidR="0018699F" w:rsidRDefault="0018699F" w:rsidP="002354FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="661E31A0" w14:textId="77777777" w:rsidR="00C946D1" w:rsidRDefault="00C946D1" w:rsidP="002354FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="31331874" w14:textId="0216C830" w:rsidR="00C946D1" w:rsidRPr="00881A0F" w:rsidRDefault="00C946D1" w:rsidP="002354FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="5A9E12FB" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="5A9E12FB" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00A4584A" w:rsidR="002354FB" w:rsidP="00E51EFD" w:rsidRDefault="002354FB" w14:paraId="33165DBF" w14:textId="1BCB4BC6">
+          </w:tcPr>
+          <w:p w14:paraId="33165DBF" w14:textId="1BCB4BC6" w:rsidR="002354FB" w:rsidRPr="00A4584A" w:rsidRDefault="002354FB" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="002354FB" w:rsidP="002354FB" w:rsidRDefault="002354FB" w14:paraId="51D1F198" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="51D1F198" w14:textId="77777777" w:rsidR="002354FB" w:rsidRDefault="002354FB" w:rsidP="002354FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Describe the frequency &amp; process for updating the Individual Service Strategy (ISS) document.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0018699F" w:rsidP="002354FB" w:rsidRDefault="0018699F" w14:paraId="4B9183B1" w14:textId="77777777">
-[...26 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="0018699F" w:rsidP="002354FB" w:rsidRDefault="0018699F" w14:paraId="20B0FB23" w14:textId="441AA429">
+          <w:p w14:paraId="4B9183B1" w14:textId="77777777" w:rsidR="0018699F" w:rsidRDefault="0018699F" w:rsidP="002354FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F3A5F5E" w14:textId="77777777" w:rsidR="0018699F" w:rsidRDefault="0018699F" w:rsidP="002354FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63735CF0" w14:textId="77777777" w:rsidR="0018699F" w:rsidRDefault="0018699F" w:rsidP="002354FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20B0FB23" w14:textId="441AA429" w:rsidR="0018699F" w:rsidRPr="00881A0F" w:rsidRDefault="0018699F" w:rsidP="002354FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="002354FB" w:rsidP="002354FB" w:rsidRDefault="002354FB" w14:paraId="409F2A2F" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="409F2A2F" w14:textId="77777777" w:rsidR="002354FB" w:rsidRPr="00881A0F" w:rsidRDefault="002354FB" w:rsidP="002354FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="002354FB" w:rsidP="002354FB" w:rsidRDefault="002354FB" w14:paraId="352216F4" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="352216F4" w14:textId="77777777" w:rsidR="002354FB" w:rsidRPr="00881A0F" w:rsidRDefault="002354FB" w:rsidP="002354FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="002354FB" w:rsidP="002354FB" w:rsidRDefault="002354FB" w14:paraId="1E5FC1E4" w14:textId="61D91FBA">
+          </w:tcPr>
+          <w:p w14:paraId="1E5FC1E4" w14:textId="61D91FBA" w:rsidR="002354FB" w:rsidRPr="00881A0F" w:rsidRDefault="002354FB" w:rsidP="002354FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="5DA139B7" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="5DA139B7" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...11 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="0D8C2335" w14:textId="2D64C66F" w:rsidR="00680F65" w:rsidRPr="00BB0C95" w:rsidRDefault="00BB0C95" w:rsidP="00C8554E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB0C95">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidR="00B6261F" w:rsidRPr="00BB0C95">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00C8554E" w:rsidRPr="00BB0C95">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...29 lines deleted...]
-          <w:p w:rsidRPr="00C946D1" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="2A9BF95C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7D93CFE8" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00C946D1" w:rsidRDefault="00680F65" w:rsidP="00680F65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2C727EEC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Does the area offer Youth customers all 14 required WIOA youth program elements </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A9BF95C" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00C946D1" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C946D1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">(listed in § 681.460 and in the rows below)? </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C946D1" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="3CB9FE7C" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="00E0220D" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="374F2D13" w14:textId="4664C080">
+          <w:p w14:paraId="3CB9FE7C" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00C946D1" w:rsidRDefault="00680F65" w:rsidP="00680F65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="374F2D13" w14:textId="4664C080" w:rsidR="00680F65" w:rsidRPr="00E0220D" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E0220D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Please provide the name of the entity(ies) that provide each element and if the element is provided via a contract, referral or other. </w:t>
+              <w:t>Please provide the name of the entity(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E0220D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E0220D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) that provide each element and if the element is provided via a contract, referral or other. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="7380F329" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7380F329" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="34FD741D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="34FD741D" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="44B7E38C" w14:textId="48888DFA">
+          </w:tcPr>
+          <w:p w14:paraId="44B7E38C" w14:textId="48888DFA" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="7455828B" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="7455828B" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="0D3002BE" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0D3002BE" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="05E5DDA9" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="05E5DDA9" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Tutoring, study skills training, instruction and dropout prevention and recovery strategies that lead to completion of the requirements for a secondary school diploma or its recognized equivalent or for a recognized postsecondary credential. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="5E755D6E" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5E755D6E" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="578E3846" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="578E3846" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="729FB7A7" w14:textId="68276663">
+          </w:tcPr>
+          <w:p w14:paraId="729FB7A7" w14:textId="68276663" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="61139D51" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="61139D51" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="0F7DF886" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0F7DF886" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="6EB3E10D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6EB3E10D" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Alternative secondary school services, or dropout recovery services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="05CDAEA8" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="05CDAEA8" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="3EB20B1E" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3EB20B1E" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="65755390" w14:textId="0A655780">
+          </w:tcPr>
+          <w:p w14:paraId="65755390" w14:textId="0A655780" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="6235CF66" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="6235CF66" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="48871CBE" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="48871CBE" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="02668995" w14:textId="7B2EAB42">
+          </w:tcPr>
+          <w:p w14:paraId="02668995" w14:textId="7B2EAB42" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Paid</w:t>
             </w:r>
             <w:r w:rsidR="00E64FA6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>unpaid work experiences that have academic and occupational education as a component of the work experience</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="32B8C377" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="32B8C377" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="752F77C2" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="752F77C2" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="0C779257" w14:textId="137545F4">
+          </w:tcPr>
+          <w:p w14:paraId="0C779257" w14:textId="137545F4" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="7414F797" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="7414F797" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="456253F2" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="456253F2" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="683B4739" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="683B4739" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Occupational skill training</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="45284D84" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="45284D84" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="3632ABCD" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3632ABCD" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="7CBCDA70" w14:textId="24E790FB">
+          </w:tcPr>
+          <w:p w14:paraId="7CBCDA70" w14:textId="24E790FB" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="2BDE688E" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="2BDE688E" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="636B5443" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="636B5443" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="278C8AA6" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="278C8AA6" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Education offered concurrently with, and in the same context as, workforce preparation activities and training for a specific occupation or occupational cluster</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="55AFC2E4" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="55AFC2E4" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="52D494B2" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="52D494B2" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="3DA2DBFE" w14:textId="58B44848">
+          </w:tcPr>
+          <w:p w14:paraId="3DA2DBFE" w14:textId="58B44848" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="0187C7C8" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="0187C7C8" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="0E5DDBCB" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0E5DDBCB" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="41C5A3CF" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="41C5A3CF" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Leadership development opportunities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="562A045B" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="562A045B" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="24F5EDD4" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="24F5EDD4" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="7E1B89F0" w14:textId="6E8FA633">
+          </w:tcPr>
+          <w:p w14:paraId="7E1B89F0" w14:textId="6E8FA633" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="15B9A189" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="15B9A189" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="5108066B" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5108066B" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="3BEB0AA5" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3BEB0AA5" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Supportive services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="43041DBB" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="43041DBB" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="0FF554D8" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0FF554D8" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="006DF76C" w14:textId="3566A391">
+          </w:tcPr>
+          <w:p w14:paraId="006DF76C" w14:textId="3566A391" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="7F690D7F" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="7F690D7F" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="0D76BA33" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0D76BA33" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="1ED1E2B3" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1ED1E2B3" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Adult Mentoring for a duration of at least 21 months</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="74F2B6A4" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="74F2B6A4" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="1E55B052" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1E55B052" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="113A29FA" w14:textId="65A46604">
+          </w:tcPr>
+          <w:p w14:paraId="113A29FA" w14:textId="65A46604" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="1C8859DF" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="1C8859DF" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="7C37AB62" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7C37AB62" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="7EB6BE51" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7EB6BE51" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Follow-up services for not less than 12 months after the completion of participation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="43B02309" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="43B02309" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="573CE29D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="573CE29D" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="70E1ABCA" w14:textId="396B5E02">
+          </w:tcPr>
+          <w:p w14:paraId="70E1ABCA" w14:textId="396B5E02" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="2B691FDC" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="2B691FDC" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="35EC92A9" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="35EC92A9" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="4FC31E48" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4FC31E48" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Comprehensive guidance and counseling</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="0B6D958A" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0B6D958A" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="060E7965" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="060E7965" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="503564CE" w14:textId="5D6B71EB">
+          </w:tcPr>
+          <w:p w14:paraId="503564CE" w14:textId="5D6B71EB" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="76455E47" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="76455E47" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="7AF7F969" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7AF7F969" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="16281DB8" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="16281DB8" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Financial literacy education </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="1C08D6F7" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1C08D6F7" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="1A2B8146" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1A2B8146" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="4D4F4CE2" w14:textId="187DD36E">
+          </w:tcPr>
+          <w:p w14:paraId="4D4F4CE2" w14:textId="187DD36E" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="7A7AA68F" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="7A7AA68F" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="5E3EC460" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5E3EC460" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="29007702" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="29007702" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Entrepreneurial skills training</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="11E2634B" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="11E2634B" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="3507E660" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3507E660" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="0E30A019" w14:textId="58BBBBE8">
+          </w:tcPr>
+          <w:p w14:paraId="0E30A019" w14:textId="58BBBBE8" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="67BE5B66" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="67BE5B66" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="4E54C717" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4E54C717" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="2566A309" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2566A309" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Services that provide labor market and employment information about in-demand industry sector or occupations available in the local.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="6D895666" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6D895666" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="48C487DB" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="48C487DB" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="3672A8B1" w14:textId="5851D865">
+          </w:tcPr>
+          <w:p w14:paraId="3672A8B1" w14:textId="5851D865" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="0A924932" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="0A924932" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="0CC554BD" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0CC554BD" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0018699F" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="361A0CFD" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="361A0CFD" w14:textId="77777777" w:rsidR="0018699F" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Activities that help youth prepare for and transition of postsecondary education and </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00680F65" w:rsidP="003655B1" w:rsidRDefault="00680F65" w14:paraId="56C7C8F8" w14:textId="77777777">
+          <w:p w14:paraId="56C7C8F8" w14:textId="77777777" w:rsidR="00680F65" w:rsidRDefault="00680F65" w:rsidP="003655B1">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="360"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655B1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">training. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="003655B1" w:rsidR="003655B1" w:rsidP="003655B1" w:rsidRDefault="003655B1" w14:paraId="095093BB" w14:textId="4E2F9ED8">
+          <w:p w14:paraId="095093BB" w14:textId="4E2F9ED8" w:rsidR="003655B1" w:rsidRPr="003655B1" w:rsidRDefault="003655B1" w:rsidP="003655B1">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="360"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="734021D5" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="734021D5" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="7E5ECB5B" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7E5ECB5B" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="10F7B974" w14:textId="0AF23A1D">
+          </w:tcPr>
+          <w:p w14:paraId="10F7B974" w14:textId="0AF23A1D" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="1A74DE5D" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="1A74DE5D" w14:textId="77777777" w:rsidTr="29850A98">
         <w:trPr>
-          <w:trHeight w:val="1728" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="1728"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E122F9" w:rsidR="009B77F9" w:rsidP="00E51EFD" w:rsidRDefault="009B77F9" w14:paraId="67DF626C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="67DF626C" w14:textId="77777777" w:rsidR="009B77F9" w:rsidRPr="00E122F9" w:rsidRDefault="009B77F9" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00E122F9" w:rsidR="00995E88" w:rsidP="0045249C" w:rsidRDefault="00245AF4" w14:paraId="7FCFB700" w14:textId="526C8040">
+          </w:tcPr>
+          <w:p w14:paraId="7FCFB700" w14:textId="526C8040" w:rsidR="00995E88" w:rsidRPr="00E122F9" w:rsidRDefault="00245AF4" w:rsidP="0045249C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">What process is used to </w:t>
             </w:r>
-            <w:r w:rsidRPr="00145DC9" w:rsidR="00145DC9">
+            <w:r w:rsidR="00145DC9" w:rsidRPr="00145DC9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">ensure that </w:t>
             </w:r>
             <w:r w:rsidR="00145DC9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Youth </w:t>
             </w:r>
-            <w:r w:rsidRPr="00145DC9" w:rsidR="00145DC9">
+            <w:r w:rsidR="00145DC9" w:rsidRPr="00145DC9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vendor’s services and data meet the requirements of the WIOA Program throughout the fiscal/program year?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="009B77F9" w:rsidP="00680F65" w:rsidRDefault="009B77F9" w14:paraId="5EAC7F2C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5EAC7F2C" w14:textId="77777777" w:rsidR="009B77F9" w:rsidRPr="00881A0F" w:rsidRDefault="009B77F9" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="009B77F9" w:rsidP="00680F65" w:rsidRDefault="009B77F9" w14:paraId="1A97A4B6" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1A97A4B6" w14:textId="77777777" w:rsidR="009B77F9" w:rsidRPr="00881A0F" w:rsidRDefault="009B77F9" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009B77F9" w:rsidP="00680F65" w:rsidRDefault="009B77F9" w14:paraId="206E7A49" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="206E7A49" w14:textId="77777777" w:rsidR="009B77F9" w:rsidRDefault="009B77F9" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0018699F" w:rsidP="00680F65" w:rsidRDefault="0018699F" w14:paraId="03353904" w14:textId="77777777">
+          <w:p w14:paraId="03353904" w14:textId="77777777" w:rsidR="0018699F" w:rsidRDefault="0018699F" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0018699F" w:rsidP="00680F65" w:rsidRDefault="0018699F" w14:paraId="41C6BB22" w14:textId="77777777">
+          <w:p w14:paraId="41C6BB22" w14:textId="77777777" w:rsidR="0018699F" w:rsidRDefault="0018699F" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0018699F" w:rsidP="00680F65" w:rsidRDefault="0018699F" w14:paraId="7AB15C96" w14:textId="77777777">
+          <w:p w14:paraId="7AB15C96" w14:textId="77777777" w:rsidR="0018699F" w:rsidRDefault="0018699F" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0018699F" w:rsidP="00680F65" w:rsidRDefault="0018699F" w14:paraId="21A264D3" w14:textId="77777777">
+          <w:p w14:paraId="21A264D3" w14:textId="77777777" w:rsidR="0018699F" w:rsidRDefault="0018699F" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0018699F" w:rsidP="00680F65" w:rsidRDefault="0018699F" w14:paraId="7755B587" w14:textId="77777777">
+          <w:p w14:paraId="7755B587" w14:textId="77777777" w:rsidR="0018699F" w:rsidRDefault="0018699F" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0018699F" w:rsidP="00680F65" w:rsidRDefault="0018699F" w14:paraId="690A8C4E" w14:textId="77777777">
+          <w:p w14:paraId="690A8C4E" w14:textId="77777777" w:rsidR="0018699F" w:rsidRDefault="0018699F" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0018699F" w:rsidP="00680F65" w:rsidRDefault="0018699F" w14:paraId="4F796E5F" w14:textId="77777777">
+          <w:p w14:paraId="4F796E5F" w14:textId="77777777" w:rsidR="0018699F" w:rsidRDefault="0018699F" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0018699F" w:rsidP="00680F65" w:rsidRDefault="0018699F" w14:paraId="17B44B04" w14:textId="77777777">
+          <w:p w14:paraId="17B44B04" w14:textId="77777777" w:rsidR="0018699F" w:rsidRDefault="0018699F" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="0018699F" w:rsidP="00680F65" w:rsidRDefault="0018699F" w14:paraId="469698E8" w14:textId="77777777">
+          <w:p w14:paraId="469698E8" w14:textId="77777777" w:rsidR="0018699F" w:rsidRPr="00881A0F" w:rsidRDefault="0018699F" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="67CD38D3" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="67CD38D3" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="290EC387" w14:textId="39E08FD9">
+          </w:tcPr>
+          <w:p w14:paraId="290EC387" w14:textId="39E08FD9" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003655B1" w:rsidP="00680F65" w:rsidRDefault="00AE7D46" w14:paraId="66FA1288" w14:textId="14BC7A71">
+          </w:tcPr>
+          <w:p w14:paraId="66FA1288" w14:textId="14BC7A71" w:rsidR="003655B1" w:rsidRDefault="00AE7D46" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>H</w:t>
             </w:r>
-            <w:r w:rsidRPr="00881A0F" w:rsidR="00680F65">
+            <w:r w:rsidR="00680F65" w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ow are funding streams tracked to ensure appropriate cost distribution and avoid duplication of services</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> for Title I Youth co-enrolled in other programs (Adult, DW, etc.)?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="003655B1" w:rsidP="00680F65" w:rsidRDefault="003655B1" w14:paraId="366FED02" w14:textId="1297E6A7">
+          <w:p w14:paraId="366FED02" w14:textId="1297E6A7" w:rsidR="003655B1" w:rsidRPr="00881A0F" w:rsidRDefault="003655B1" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="7EE42CD4" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7EE42CD4" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="1298CFAF" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1298CFAF" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="1A486EBE" w14:textId="2A9AEFAD">
+          </w:tcPr>
+          <w:p w14:paraId="1A486EBE" w14:textId="2A9AEFAD" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="30317122" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="30317122" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="25CCF6AE" w14:textId="7D103C5C">
+          </w:tcPr>
+          <w:p w14:paraId="25CCF6AE" w14:textId="7D103C5C" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="4B50CBB8" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4B50CBB8" w14:textId="77777777" w:rsidR="00680F65" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Are supportive services or incentive payments provided to youth participants?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00876CDA" w:rsidR="0045249C" w:rsidP="00E51EFD" w:rsidRDefault="0045249C" w14:paraId="432032D9" w14:textId="003D619E">
+          <w:p w14:paraId="432032D9" w14:textId="003D619E" w:rsidR="0045249C" w:rsidRPr="00876CDA" w:rsidRDefault="0045249C" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E122F9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>If yes, does that include monies</w:t>
             </w:r>
             <w:r w:rsidR="00995E88">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> for</w:t>
             </w:r>
             <w:r w:rsidRPr="00E122F9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> food or groceries?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="454B8D2B" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="454B8D2B" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="7E737865" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7E737865" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="2F141334" w14:textId="612141F4">
+          </w:tcPr>
+          <w:p w14:paraId="2F141334" w14:textId="612141F4" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="76BEC080" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="76BEC080" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="024D35D6" w14:textId="4CEAFA8E">
+          </w:tcPr>
+          <w:p w14:paraId="024D35D6" w14:textId="4CEAFA8E" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="7F4708B3" w14:textId="0A039EDB">
+          </w:tcPr>
+          <w:p w14:paraId="7F4708B3" w14:textId="0A039EDB" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Does your organization pay or issue the following: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="09362BA2" w14:textId="306D1263">
+          <w:p w14:paraId="09362BA2" w14:textId="306D1263" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Classroom-based wages</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="671700E5" w14:textId="1396AA6C">
+          <w:p w14:paraId="671700E5" w14:textId="1396AA6C" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Stipends</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="788A4D32" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="788A4D32" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="6CC07F9B" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6CC07F9B" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="18790B9A" w14:textId="219A0357">
+          </w:tcPr>
+          <w:p w14:paraId="18790B9A" w14:textId="219A0357" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="7B6062CE" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="7B6062CE" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="0059796F" w:rsidP="00E51EFD" w:rsidRDefault="0059796F" w14:paraId="729CB7D5" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="729CB7D5" w14:textId="77777777" w:rsidR="0059796F" w:rsidRPr="006449F8" w:rsidRDefault="0059796F" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0059796F" w:rsidP="00680F65" w:rsidRDefault="0059796F" w14:paraId="08682F25" w14:textId="22CC8D08">
+          </w:tcPr>
+          <w:p w14:paraId="08682F25" w14:textId="22CC8D08" w:rsidR="0059796F" w:rsidRDefault="0059796F" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00995E88">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">When utilizing Applicant statements for WIOA </w:t>
             </w:r>
             <w:r w:rsidRPr="000B3A4F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Youth Eligibility, how does the area document customer efforts to obtain required</w:t>
             </w:r>
-            <w:r w:rsidRPr="000B3A4F" w:rsidR="000B3A4F">
+            <w:r w:rsidR="000B3A4F" w:rsidRPr="000B3A4F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> d</w:t>
             </w:r>
             <w:r w:rsidRPr="000B3A4F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ocumentation and reasons those efforts were unsuccessful?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003655B1" w:rsidP="00680F65" w:rsidRDefault="003655B1" w14:paraId="59494580" w14:textId="77777777">
+          <w:p w14:paraId="59494580" w14:textId="77777777" w:rsidR="003655B1" w:rsidRDefault="003655B1" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="003655B1" w:rsidP="00680F65" w:rsidRDefault="003655B1" w14:paraId="014565FC" w14:textId="3BBB6269">
+          <w:p w14:paraId="014565FC" w14:textId="3BBB6269" w:rsidR="003655B1" w:rsidRPr="00881A0F" w:rsidRDefault="003655B1" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="0059796F" w:rsidP="00680F65" w:rsidRDefault="0059796F" w14:paraId="5E6634E9" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5E6634E9" w14:textId="77777777" w:rsidR="0059796F" w:rsidRPr="00881A0F" w:rsidRDefault="0059796F" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="0059796F" w:rsidP="00680F65" w:rsidRDefault="0059796F" w14:paraId="1208A99D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1208A99D" w14:textId="77777777" w:rsidR="0059796F" w:rsidRPr="00881A0F" w:rsidRDefault="0059796F" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="0059796F" w:rsidP="00680F65" w:rsidRDefault="0059796F" w14:paraId="715F983D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="715F983D" w14:textId="77777777" w:rsidR="0059796F" w:rsidRPr="00881A0F" w:rsidRDefault="0059796F" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="32E26062" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="32E26062" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="01964A93" w14:textId="0193006B">
+          </w:tcPr>
+          <w:p w14:paraId="01964A93" w14:textId="0193006B" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00145DC9" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="7DB7AB69" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7DB7AB69" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00145DC9" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00145DC9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Does your organization ensure the following:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="0A37DC53" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0A37DC53" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="1C0C20DD" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1C0C20DD" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="2438D223" w14:textId="17DD8ACD">
+          </w:tcPr>
+          <w:p w14:paraId="2438D223" w14:textId="17DD8ACD" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="67257E48" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="67257E48" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="31985702" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="31985702" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="3C4EC58A" w14:textId="6BA0F40E">
+          </w:tcPr>
+          <w:p w14:paraId="3C4EC58A" w14:textId="6BA0F40E" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Youth Work Experience Training does not unfavorably affect current employees or impair existing contracts for services or collective bargaining agreements?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="34FD027F" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="34FD027F" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="695580ED" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="695580ED" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="7E6E43A1" w14:textId="304D16B0">
+          </w:tcPr>
+          <w:p w14:paraId="7E6E43A1" w14:textId="304D16B0" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="59EACF50" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="59EACF50" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="246A87AB" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="246A87AB" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="25E37A19" w14:textId="6CE061D7">
+          </w:tcPr>
+          <w:p w14:paraId="25E37A19" w14:textId="6CE061D7" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Participants don’t displace current employees or replace employees that were previously laid off from the worksite?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="22CFD5CB" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="22CFD5CB" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="1A4995E1" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1A4995E1" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="0238D909" w14:textId="09CA28CC">
+          </w:tcPr>
+          <w:p w14:paraId="0238D909" w14:textId="09CA28CC" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="5DF0B444" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="5DF0B444" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="20200DE1" w14:textId="0CCDE77B">
+          </w:tcPr>
+          <w:p w14:paraId="20200DE1" w14:textId="0CCDE77B" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="03C7CEEA" w14:textId="1C1E9794">
+          </w:tcPr>
+          <w:p w14:paraId="03C7CEEA" w14:textId="1C1E9794" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>How does your organization ensure that worksites comply with WIOA requirements?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="4173E29B" w14:textId="77777777">
+          <w:p w14:paraId="4173E29B" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003655B1" w:rsidP="00680F65" w:rsidRDefault="003655B1" w14:paraId="78CC6A5E" w14:textId="77777777">
+          <w:p w14:paraId="78CC6A5E" w14:textId="77777777" w:rsidR="003655B1" w:rsidRDefault="003655B1" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003655B1" w:rsidP="00680F65" w:rsidRDefault="003655B1" w14:paraId="51302F71" w14:textId="77777777">
+          <w:p w14:paraId="51302F71" w14:textId="77777777" w:rsidR="003655B1" w:rsidRDefault="003655B1" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003655B1" w:rsidP="00680F65" w:rsidRDefault="003655B1" w14:paraId="41DCBB26" w14:textId="77777777">
+          <w:p w14:paraId="41DCBB26" w14:textId="77777777" w:rsidR="003655B1" w:rsidRDefault="003655B1" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="0063510E" w:rsidP="00680F65" w:rsidRDefault="0063510E" w14:paraId="26C8D724" w14:textId="77777777">
+          <w:p w14:paraId="26C8D724" w14:textId="77777777" w:rsidR="0063510E" w:rsidRPr="00881A0F" w:rsidRDefault="0063510E" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="08C124BE" w14:textId="24932E08">
+          <w:p w14:paraId="08C124BE" w14:textId="24932E08" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="74AB42BE" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="74AB42BE" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="692C7C4A" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="692C7C4A" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="745AE42E" w14:textId="2E3AFB14">
+          </w:tcPr>
+          <w:p w14:paraId="745AE42E" w14:textId="2E3AFB14" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="52735112" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="52735112" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="000B3A4F" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="050DB8DB" w14:textId="3ACA1B24">
+          </w:tcPr>
+          <w:p w14:paraId="050DB8DB" w14:textId="3ACA1B24" w:rsidR="00680F65" w:rsidRPr="000B3A4F" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="7A795D68" w14:textId="3891865B">
+          </w:tcPr>
+          <w:p w14:paraId="7A795D68" w14:textId="3891865B" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Does your organization conduct an orientation and provide information packet</w:t>
             </w:r>
             <w:r w:rsidR="00AE7D46">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>s</w:t>
@@ -25076,257 +24838,256 @@
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="000D0649">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>, and alternate supervisor</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00881A0F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>and alternate supervisor</w:t>
             </w:r>
             <w:r w:rsidR="000D0649">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="000D0649">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> prior to the participant’s first day of work?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="1D01534C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1D01534C" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="56E54F78" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="56E54F78" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="7EE280C7" w14:textId="6467DF58">
+          </w:tcPr>
+          <w:p w14:paraId="7EE280C7" w14:textId="6467DF58" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="45FF0235" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="45FF0235" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="000B3A4F" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="566EC023" w14:textId="1FD39F21">
+          </w:tcPr>
+          <w:p w14:paraId="566EC023" w14:textId="1FD39F21" w:rsidR="00680F65" w:rsidRPr="000B3A4F" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="71CDD7A7" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="71CDD7A7" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Does your organization have written policies and procedures that are used to implement the time, attendance, check payment system?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="00D712D0" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="00D712D0" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="55F973D4" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="55F973D4" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="11460373" w14:textId="39DFD393">
+          </w:tcPr>
+          <w:p w14:paraId="11460373" w14:textId="39DFD393" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="6D448FB9" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="6D448FB9" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="63048444" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="63048444" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="3F531CD0" w14:textId="79515700">
+          </w:tcPr>
+          <w:p w14:paraId="3F531CD0" w14:textId="79515700" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Are copies of all obtained diploma’s, </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
@@ -25360,1276 +25121,1243 @@
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">licenses, and/or credentials placed in the customer hard copy file and documented in MOSES </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>with correct date.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="728537EB" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="728537EB" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="7BBF22D6" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7BBF22D6" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="4C36CC33" w14:textId="40A004B6">
+          </w:tcPr>
+          <w:p w14:paraId="4C36CC33" w14:textId="40A004B6" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidTr="29850A98" w14:paraId="1F46786C" w14:textId="77777777">
+      <w:tr w:rsidR="00680F65" w:rsidRPr="00881A0F" w14:paraId="1F46786C" w14:textId="77777777" w:rsidTr="29850A98">
         <w:trPr>
           <w:trHeight w:val="620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6396" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="08C64C71" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="08C64C71" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc521323834" w:id="122"/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="354B10AB" w14:textId="0F53468D">
+            <w:bookmarkStart w:id="122" w:name="_Toc521323834"/>
+          </w:p>
+          <w:p w14:paraId="354B10AB" w14:textId="0F53468D" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006449F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Section 13: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="22125E6B" w14:textId="77777777">
+          <w:p w14:paraId="22125E6B" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="2AD6DB69" w14:textId="77777777">
+          <w:p w14:paraId="2AD6DB69" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006449F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MassHire Branding Standard</w:t>
             </w:r>
             <w:bookmarkEnd w:id="122"/>
             <w:r w:rsidRPr="006449F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="02346E41" w14:textId="35BCE62B">
+          <w:p w14:paraId="02346E41" w14:textId="35BCE62B" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="60E1340A" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="60E1340A" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
-[...7 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="7E4922E2" w14:textId="77777777">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="123" w:name="_Toc521323740"/>
+            <w:bookmarkStart w:id="124" w:name="_Toc521323835"/>
+          </w:p>
+          <w:p w14:paraId="7E4922E2" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
-[...5 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="30765B67" w14:textId="605D81CB">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="30765B67" w14:textId="605D81CB" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:bookmarkEnd w:id="123"/>
             <w:bookmarkEnd w:id="124"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="30AFDD68" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="30AFDD68" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
-[...7 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="70CD1A5B" w14:textId="77777777">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="125" w:name="_Toc521323741"/>
+            <w:bookmarkStart w:id="126" w:name="_Toc521323836"/>
+          </w:p>
+          <w:p w14:paraId="70CD1A5B" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
-[...5 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="479D4334" w14:textId="56CC25A5">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="479D4334" w14:textId="56CC25A5" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:bookmarkEnd w:id="125"/>
             <w:bookmarkEnd w:id="126"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="574229AE" w14:textId="4C5D1400">
+          </w:tcPr>
+          <w:p w14:paraId="574229AE" w14:textId="4C5D1400" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
-[...7 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="315031A1" w14:textId="77777777">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="127" w:name="_Toc521323743"/>
+            <w:bookmarkStart w:id="128" w:name="_Toc521323838"/>
+          </w:p>
+          <w:p w14:paraId="315031A1" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
-[...5 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="55EDCFB7" w14:textId="0933F7DC">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55EDCFB7" w14:textId="0933F7DC" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Comments</w:t>
             </w:r>
             <w:bookmarkEnd w:id="127"/>
             <w:bookmarkEnd w:id="128"/>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/Feedback</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="770D2B6C" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="770D2B6C" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="004662BF" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="6D869203" w14:textId="5207FE2E">
+          </w:tcPr>
+          <w:p w14:paraId="6D869203" w14:textId="5207FE2E" w:rsidR="00680F65" w:rsidRPr="004662BF" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="5F2D38EF" w14:textId="4F19CAA4">
+          </w:tcPr>
+          <w:p w14:paraId="5F2D38EF" w14:textId="4F19CAA4" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the formal MassHire logo appear on all </w:t>
             </w:r>
             <w:r w:rsidR="00D06C59">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">internal and external </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CC(s) communications and documents, including brochures, stationery, business cards and websites in accordance with state/federal policy?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="5E9C6191" w14:textId="109B2DCA">
+          <w:p w14:paraId="5E9C6191" w14:textId="109B2DCA" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="3057E7D8" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3057E7D8" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="37662016" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="37662016" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="1A34CF9B" w14:textId="6FE692C6">
+          </w:tcPr>
+          <w:p w14:paraId="1A34CF9B" w14:textId="6FE692C6" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="7CF88EC3" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="7CF88EC3" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="004662BF" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="75351384" w14:textId="709768B7">
+          </w:tcPr>
+          <w:p w14:paraId="75351384" w14:textId="709768B7" w:rsidR="00680F65" w:rsidRPr="004662BF" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="541A1CC8" w14:textId="634213E4">
+          </w:tcPr>
+          <w:p w14:paraId="541A1CC8" w14:textId="634213E4" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>What other ways does your area utilize MassHire branding?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="4AA58947" w14:textId="77777777">
+          <w:p w14:paraId="4AA58947" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="103AAA10" w14:textId="4B905284">
+          <w:p w14:paraId="103AAA10" w14:textId="4B905284" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="359AEC13" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="359AEC13" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="135F5A97" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="135F5A97" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="76498176" w14:textId="52DBC8E0">
+          </w:tcPr>
+          <w:p w14:paraId="76498176" w14:textId="52DBC8E0" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="004A535A" w:rsidTr="29850A98" w14:paraId="7A547E0E" w14:textId="77777777">
+      <w:tr w:rsidR="004A535A" w:rsidRPr="00881A0F" w14:paraId="7A547E0E" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="004A535A" w:rsidR="004A535A" w:rsidP="00E51EFD" w:rsidRDefault="004A535A" w14:paraId="2412D97B" w14:textId="27BDD51C">
+          </w:tcPr>
+          <w:p w14:paraId="2412D97B" w14:textId="27BDD51C" w:rsidR="004A535A" w:rsidRPr="004A535A" w:rsidRDefault="004A535A" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="004A535A" w:rsidP="00680F65" w:rsidRDefault="00204334" w14:paraId="022E0FD1" w14:textId="756D7215">
+          </w:tcPr>
+          <w:p w14:paraId="022E0FD1" w14:textId="756D7215" w:rsidR="004A535A" w:rsidRPr="00881A0F" w:rsidRDefault="00204334" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Does your CC</w:t>
             </w:r>
             <w:r w:rsidR="00A4584A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> or local </w:t>
             </w:r>
             <w:r w:rsidR="000D0649">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>have</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> a MassHire Brand Ambassador?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="004A535A" w:rsidP="00680F65" w:rsidRDefault="004A535A" w14:paraId="3C217285" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3C217285" w14:textId="77777777" w:rsidR="004A535A" w:rsidRPr="00881A0F" w:rsidRDefault="004A535A" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="004A535A" w:rsidP="00680F65" w:rsidRDefault="004A535A" w14:paraId="6A33333E" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6A33333E" w14:textId="77777777" w:rsidR="004A535A" w:rsidRPr="00881A0F" w:rsidRDefault="004A535A" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="004A535A" w:rsidP="00680F65" w:rsidRDefault="004A535A" w14:paraId="4941BF4B" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4941BF4B" w14:textId="77777777" w:rsidR="004A535A" w:rsidRPr="00881A0F" w:rsidRDefault="004A535A" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidTr="29850A98" w14:paraId="3C30B0D4" w14:textId="77777777">
+      <w:tr w:rsidR="00680F65" w:rsidRPr="00881A0F" w14:paraId="3C30B0D4" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6396" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="4320CC08" w14:textId="5C40279F">
+          </w:tcPr>
+          <w:p w14:paraId="4320CC08" w14:textId="5C40279F" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006449F8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Section 14:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="243CDB00" w14:textId="77777777">
+          <w:p w14:paraId="243CDB00" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="0E3A86AE" w14:textId="77777777">
+          <w:p w14:paraId="0E3A86AE" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006449F8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>WIOA Partner Engagement</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="0A504031" w14:textId="72BB15A6">
+          <w:p w14:paraId="0A504031" w14:textId="72BB15A6" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...11 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="43BB443C" w14:textId="764D80F9">
+          </w:tcPr>
+          <w:p w14:paraId="1659C067" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43BB443C" w14:textId="764D80F9" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="32D32409" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="32D32409" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="023580A0" w14:textId="0C36F149">
+          <w:p w14:paraId="023580A0" w14:textId="0C36F149" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="2C7DB901" w14:textId="66FDC2CF">
+          </w:tcPr>
+          <w:p w14:paraId="2C7DB901" w14:textId="66FDC2CF" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="2524B8EE" w14:textId="30A2D88F">
+          <w:p w14:paraId="2524B8EE" w14:textId="30A2D88F" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Comments/Feedback</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="0CD756FC" w14:textId="77777777">
+          <w:p w14:paraId="0CD756FC" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="5F5E0D34" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="5F5E0D34" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="004662BF" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="32FC8018" w14:textId="145A5B71">
+          </w:tcPr>
+          <w:p w14:paraId="32FC8018" w14:textId="145A5B71" w:rsidR="00680F65" w:rsidRPr="004662BF" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="10838BE1" w14:textId="667DAB51">
+          </w:tcPr>
+          <w:p w14:paraId="10838BE1" w14:textId="667DAB51" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Please identify the WIOA Partners that are co-located at the CC and </w:t>
             </w:r>
             <w:r w:rsidR="00145DC9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">on-site </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>frequency.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="27091C2F" w14:textId="77777777">
+          <w:p w14:paraId="27091C2F" w14:textId="77777777" w:rsidR="00680F65" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00F96669" w:rsidP="00680F65" w:rsidRDefault="00F96669" w14:paraId="10C2DD97" w14:textId="77777777">
+          <w:p w14:paraId="10C2DD97" w14:textId="77777777" w:rsidR="00F96669" w:rsidRDefault="00F96669" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="000D0649" w:rsidP="00680F65" w:rsidRDefault="000D0649" w14:paraId="520ABCCB" w14:textId="77777777">
+          <w:p w14:paraId="520ABCCB" w14:textId="77777777" w:rsidR="000D0649" w:rsidRDefault="000D0649" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="000D0649" w:rsidP="00680F65" w:rsidRDefault="000D0649" w14:paraId="7FC08B44" w14:textId="77777777">
+          <w:p w14:paraId="7FC08B44" w14:textId="77777777" w:rsidR="000D0649" w:rsidRDefault="000D0649" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="1BCAF2B6" w14:textId="28954CF0">
+          <w:p w14:paraId="1BCAF2B6" w14:textId="28954CF0" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="53CDE95D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="53CDE95D" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="1D7E65EF" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1D7E65EF" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="073D8D30" w14:textId="710E209D">
+          </w:tcPr>
+          <w:p w14:paraId="073D8D30" w14:textId="710E209D" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="2908ADD7" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="2908ADD7" w14:textId="77777777" w:rsidTr="29850A98">
         <w:trPr>
-          <w:trHeight w:val="1296" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="1296"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="004662BF" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="179BCEDD" w14:textId="26FEE9D6">
+          </w:tcPr>
+          <w:p w14:paraId="179BCEDD" w14:textId="26FEE9D6" w:rsidR="00680F65" w:rsidRPr="004662BF" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="0CCF1807" w14:textId="77777777">
+          <w:p w14:paraId="0CCF1807" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="1203CC1A" w14:textId="5C8B2400">
+          <w:p w14:paraId="1203CC1A" w14:textId="5C8B2400" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="30CADDAF" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="30CADDAF" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Are any CC staff co-located at Partner offices?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0034486B" w:rsidP="00680F65" w:rsidRDefault="0034486B" w14:paraId="45689FF7" w14:textId="77777777">
+          <w:p w14:paraId="45689FF7" w14:textId="77777777" w:rsidR="0034486B" w:rsidRDefault="0034486B" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0034486B" w:rsidP="00680F65" w:rsidRDefault="0034486B" w14:paraId="3DEC915D" w14:textId="77777777">
+          <w:p w14:paraId="3DEC915D" w14:textId="77777777" w:rsidR="0034486B" w:rsidRDefault="0034486B" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="4FD25053" w14:textId="53592EC4">
+          <w:p w14:paraId="4FD25053" w14:textId="53592EC4" w:rsidR="00680F65" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">If yes, please list </w:t>
             </w:r>
             <w:r w:rsidR="0034486B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -26649,207 +26377,202 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:r w:rsidR="0034486B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">on-site </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>frequency.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="0034486B" w:rsidP="00680F65" w:rsidRDefault="0034486B" w14:paraId="36B9AD81" w14:textId="2A37FAA7">
+          <w:p w14:paraId="36B9AD81" w14:textId="2A37FAA7" w:rsidR="0034486B" w:rsidRPr="00881A0F" w:rsidRDefault="0034486B" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="0C420037" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0C420037" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="5B0EE2FE" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5B0EE2FE" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="4DECD76A" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4DECD76A" w14:textId="77777777" w:rsidR="00680F65" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003655B1" w:rsidP="00680F65" w:rsidRDefault="003655B1" w14:paraId="2A3C4D5A" w14:textId="77777777">
+          <w:p w14:paraId="2A3C4D5A" w14:textId="77777777" w:rsidR="003655B1" w:rsidRDefault="003655B1" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003655B1" w:rsidP="00680F65" w:rsidRDefault="003655B1" w14:paraId="7B40E81D" w14:textId="77777777">
+          <w:p w14:paraId="7B40E81D" w14:textId="77777777" w:rsidR="003655B1" w:rsidRDefault="003655B1" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003655B1" w:rsidP="00680F65" w:rsidRDefault="003655B1" w14:paraId="4CA1C5F5" w14:textId="77777777">
+          <w:p w14:paraId="4CA1C5F5" w14:textId="77777777" w:rsidR="003655B1" w:rsidRDefault="003655B1" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003655B1" w:rsidP="00680F65" w:rsidRDefault="003655B1" w14:paraId="6EA6AEBF" w14:textId="77777777">
+          <w:p w14:paraId="6EA6AEBF" w14:textId="77777777" w:rsidR="003655B1" w:rsidRDefault="003655B1" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="003655B1" w:rsidP="00680F65" w:rsidRDefault="003655B1" w14:paraId="65272022" w14:textId="77777777">
+          <w:p w14:paraId="65272022" w14:textId="77777777" w:rsidR="003655B1" w:rsidRPr="00881A0F" w:rsidRDefault="003655B1" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="443C35E6" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="443C35E6" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="004662BF" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="362D6885" w14:textId="1B6A47E6">
+          </w:tcPr>
+          <w:p w14:paraId="362D6885" w14:textId="1B6A47E6" w:rsidR="00680F65" w:rsidRPr="004662BF" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="28995848" w14:textId="3FE9A7FE">
+          </w:tcPr>
+          <w:p w14:paraId="28995848" w14:textId="3FE9A7FE" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>How</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -26858,323 +26581,313 @@
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>are the WIOA Partners engaged in the CC(s) cus</w:t>
             </w:r>
             <w:r w:rsidR="0034486B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>omer flow and integrated service delivery?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="6C971CB7" w14:textId="77777777">
+          <w:p w14:paraId="6C971CB7" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="002C71FE" w:rsidR="00680F65" w:rsidP="002C71FE" w:rsidRDefault="00680F65" w14:paraId="070F8DFC" w14:textId="3470D585">
+          <w:p w14:paraId="070F8DFC" w14:textId="3470D585" w:rsidR="00680F65" w:rsidRPr="002C71FE" w:rsidRDefault="00680F65" w:rsidP="002C71FE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C71FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Please specify each Partners role.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="7AC6C3F3" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7AC6C3F3" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="36584574" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="36584574" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="3FD0B1A7" w14:textId="70DD91CA">
+          </w:tcPr>
+          <w:p w14:paraId="3FD0B1A7" w14:textId="70DD91CA" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="3E77E6A6" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="3E77E6A6" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="004662BF" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="774F1735" w14:textId="70E79554">
+          </w:tcPr>
+          <w:p w14:paraId="774F1735" w14:textId="70E79554" w:rsidR="00680F65" w:rsidRPr="004662BF" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="7495B1B2" w14:textId="33C03D28">
+          </w:tcPr>
+          <w:p w14:paraId="7495B1B2" w14:textId="33C03D28" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Do WIOA Partners and other local area Partners participate in staff meetings on a regular basis?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="7774557B" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="0034486B" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="0034486B" w14:paraId="64D85C7E" w14:textId="6011A409">
+          <w:p w14:paraId="7774557B" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="64D85C7E" w14:textId="6011A409" w:rsidR="00680F65" w:rsidRPr="0034486B" w:rsidRDefault="0034486B" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0034486B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>f yes, how often?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="303A4B2F" w14:textId="69EB2B4E">
+          <w:p w14:paraId="303A4B2F" w14:textId="69EB2B4E" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="47631886" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="47631886" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="3FB0AD56" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3FB0AD56" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="4BBA2059" w14:textId="7DFA0114">
+          </w:tcPr>
+          <w:p w14:paraId="4BBA2059" w14:textId="7DFA0114" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="004662BF" w:rsidTr="29850A98" w14:paraId="0951B24E" w14:textId="77777777">
+      <w:tr w:rsidR="004662BF" w:rsidRPr="00881A0F" w14:paraId="0951B24E" w14:textId="77777777" w:rsidTr="29850A98">
         <w:trPr>
-          <w:trHeight w:val="1728" w:hRule="exact"/>
+          <w:trHeight w:hRule="exact" w:val="1728"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="004662BF" w:rsidR="004662BF" w:rsidP="00E51EFD" w:rsidRDefault="004662BF" w14:paraId="61F98A5E" w14:textId="57AE2DA9">
+          </w:tcPr>
+          <w:p w14:paraId="61F98A5E" w14:textId="57AE2DA9" w:rsidR="004662BF" w:rsidRPr="004662BF" w:rsidRDefault="004662BF" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0005189C" w:rsidP="00680F65" w:rsidRDefault="007A33E9" w14:paraId="2E3B2F3A" w14:textId="45B763C9">
+          </w:tcPr>
+          <w:p w14:paraId="2E3B2F3A" w14:textId="45B763C9" w:rsidR="0005189C" w:rsidRDefault="007A33E9" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Do you have any success</w:t>
             </w:r>
             <w:r w:rsidR="00742E5E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ful</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -27195,1833 +26908,2215 @@
             <w:r w:rsidR="00F66522">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F147BC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>and the working relationship in the CC</w:t>
             </w:r>
             <w:r w:rsidR="00B93F80">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> with staff and management?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00093773" w:rsidP="00680F65" w:rsidRDefault="00093773" w14:paraId="2BC22359" w14:textId="77777777">
-[...35 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00093773" w:rsidP="00680F65" w:rsidRDefault="00093773" w14:paraId="3D3E2D69" w14:textId="2FAE8489">
+          <w:p w14:paraId="2BC22359" w14:textId="77777777" w:rsidR="00093773" w:rsidRDefault="00093773" w:rsidP="00680F65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1EF922D4" w14:textId="77777777" w:rsidR="00093773" w:rsidRDefault="00093773" w:rsidP="00680F65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33BE4713" w14:textId="77777777" w:rsidR="00093773" w:rsidRDefault="00093773" w:rsidP="00680F65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="54ACFB24" w14:textId="77777777" w:rsidR="00093773" w:rsidRDefault="00093773" w:rsidP="00680F65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D3E2D69" w14:textId="2FAE8489" w:rsidR="00093773" w:rsidRPr="00881A0F" w:rsidRDefault="00093773" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="004662BF" w:rsidP="00680F65" w:rsidRDefault="004662BF" w14:paraId="1560F940" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1560F940" w14:textId="77777777" w:rsidR="004662BF" w:rsidRPr="00881A0F" w:rsidRDefault="004662BF" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="004662BF" w:rsidP="00680F65" w:rsidRDefault="004662BF" w14:paraId="4446D980" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4446D980" w14:textId="77777777" w:rsidR="004662BF" w:rsidRPr="00881A0F" w:rsidRDefault="004662BF" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...64 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="000D0649" w:rsidP="00680F65" w:rsidRDefault="000D0649" w14:paraId="6D12E7C0" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0DB072C3" w14:textId="77777777" w:rsidR="004662BF" w:rsidRDefault="004662BF" w:rsidP="00680F65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="41FB6B06" w14:textId="77777777" w:rsidR="000D0649" w:rsidRDefault="000D0649" w:rsidP="00680F65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A263DAC" w14:textId="77777777" w:rsidR="000D0649" w:rsidRDefault="000D0649" w:rsidP="00680F65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17BA004E" w14:textId="77777777" w:rsidR="000D0649" w:rsidRDefault="000D0649" w:rsidP="00680F65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="05A14A48" w14:textId="77777777" w:rsidR="000D0649" w:rsidRDefault="000D0649" w:rsidP="00680F65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22DFCE47" w14:textId="77777777" w:rsidR="000D0649" w:rsidRDefault="000D0649" w:rsidP="00680F65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B893C5D" w14:textId="77777777" w:rsidR="000D0649" w:rsidRDefault="000D0649" w:rsidP="00680F65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D12E7C0" w14:textId="77777777" w:rsidR="000D0649" w:rsidRPr="00881A0F" w:rsidRDefault="000D0649" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidTr="29850A98" w14:paraId="68D493E6" w14:textId="77777777">
+      <w:tr w:rsidR="00680F65" w:rsidRPr="00881A0F" w14:paraId="68D493E6" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6396" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="1D8B8C56" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1D8B8C56" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="6DE7A8C8" w14:textId="195EDCE0">
+          <w:p w14:paraId="6DE7A8C8" w14:textId="195EDCE0" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006449F8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Section 15: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="041D4E54" w14:textId="77777777">
+          <w:p w14:paraId="041D4E54" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="440A225C" w14:textId="77777777">
+          <w:p w14:paraId="440A225C" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006449F8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Virtual Services </w:t>
             </w:r>
             <w:r w:rsidRPr="006449F8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="1519B18A" w14:textId="7352A17D">
+          <w:p w14:paraId="1519B18A" w14:textId="7352A17D" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...21 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="15BCB7E7" w14:textId="53D4F744">
+          </w:tcPr>
+          <w:p w14:paraId="7D42C160" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2C1ECF5C" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="15BCB7E7" w14:textId="53D4F744" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="266D2780" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="266D2780" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="399275B0" w14:textId="77777777">
+          <w:p w14:paraId="399275B0" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="03E7D850" w14:textId="3505C63A">
+          <w:p w14:paraId="03E7D850" w14:textId="3505C63A" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="0C833ACC" w14:textId="0B48F3EA">
+          </w:tcPr>
+          <w:p w14:paraId="0C833ACC" w14:textId="0B48F3EA" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="6A1CB784" w14:textId="77777777">
+          <w:p w14:paraId="6A1CB784" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="7ED15DC9" w14:textId="210FED6F">
+          <w:p w14:paraId="7ED15DC9" w14:textId="210FED6F" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Comments/Feedback</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="4107F1D0" w14:textId="77777777">
+          <w:p w14:paraId="4107F1D0" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="3A8942EF" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="3A8942EF" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="0005189C" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="370F4D95" w14:textId="6F52B8CF">
+          </w:tcPr>
+          <w:p w14:paraId="370F4D95" w14:textId="6F52B8CF" w:rsidR="00680F65" w:rsidRPr="0005189C" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="3ABC7730" w14:textId="4E5D5A20">
+          </w:tcPr>
+          <w:p w14:paraId="3ABC7730" w14:textId="4E5D5A20" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Are core services available virtually to individuals during your CC(s) Initial Intake process?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="1458FF5F" w14:textId="2668D3E9">
-[...8 lines deleted...]
-          <w:p w:rsidRPr="000D0649" w:rsidR="00680F65" w:rsidP="000E33F7" w:rsidRDefault="000D0649" w14:paraId="612022B2" w14:textId="67F8F103">
+          <w:p w14:paraId="1458FF5F" w14:textId="2668D3E9" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="612022B2" w14:textId="67F8F103" w:rsidR="00680F65" w:rsidRPr="000D0649" w:rsidRDefault="000D0649" w:rsidP="000E33F7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D0649">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>If no, please explain why.</w:t>
+              <w:t xml:space="preserve">If </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000D0649">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>no</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000D0649">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, please explain why.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="28DFF124" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="28DFF124" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="3232A9D3" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3232A9D3" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="7C71F321" w14:textId="154B3C39">
+          </w:tcPr>
+          <w:p w14:paraId="7C71F321" w14:textId="154B3C39" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="000D0649" w:rsidTr="29850A98" w14:paraId="7C009DAA" w14:textId="77777777">
+      <w:tr w:rsidR="000D0649" w:rsidRPr="00881A0F" w14:paraId="7C009DAA" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="008F5157" w:rsidR="000D0649" w:rsidP="00E51EFD" w:rsidRDefault="000D0649" w14:paraId="0D617227" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0D617227" w14:textId="77777777" w:rsidR="000D0649" w:rsidRPr="008F5157" w:rsidRDefault="000D0649" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...35 lines deleted...]
-                <w:iCs/>
+          </w:tcPr>
+          <w:p w14:paraId="3CEB4F9C" w14:textId="79BA886E" w:rsidR="00E77BDF" w:rsidRPr="005E213D" w:rsidRDefault="000D0649" w:rsidP="00680F65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E213D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Does the CC offer virtual CC Seminars</w:t>
+            </w:r>
+            <w:r w:rsidR="0034486B" w:rsidRPr="005E213D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (CCS)</w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:iCs/>
+            <w:r w:rsidRPr="005E213D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> to customers?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000A0D12" w:rsidP="00680F65" w:rsidRDefault="000A0D12" w14:paraId="2AF9A6A6" w14:textId="3358421D">
-[...16 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="2AF9A6A6" w14:textId="3358421D" w:rsidR="000A0D12" w:rsidRPr="003F57A0" w:rsidRDefault="000A0D12" w:rsidP="00680F65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F57A0">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Do customers have the choice of attending CCS either in person or virtually?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D0649" w:rsidP="00680F65" w:rsidRDefault="000D0649" w14:paraId="561831A5" w14:textId="77777777">
-[...26 lines deleted...]
-              <w:t>If no, please explain why.</w:t>
+          <w:p w14:paraId="561831A5" w14:textId="77777777" w:rsidR="000D0649" w:rsidRPr="003F57A0" w:rsidRDefault="000D0649" w:rsidP="00680F65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E64F33F" w14:textId="51B8167D" w:rsidR="000D0649" w:rsidRPr="00881A0F" w:rsidRDefault="000D0649" w:rsidP="00A50913">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F57A0">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003F57A0">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>no</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003F57A0">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, please explain why.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="000D0649" w:rsidR="000D0649" w:rsidP="00680F65" w:rsidRDefault="000D0649" w14:paraId="31D49C41" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="31D49C41" w14:textId="77777777" w:rsidR="000D0649" w:rsidRPr="000D0649" w:rsidRDefault="000D0649" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="000D0649" w:rsidR="000D0649" w:rsidP="00680F65" w:rsidRDefault="000D0649" w14:paraId="447B3C1C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="447B3C1C" w14:textId="77777777" w:rsidR="000D0649" w:rsidRPr="000D0649" w:rsidRDefault="000D0649" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="000D0649" w:rsidP="00680F65" w:rsidRDefault="000D0649" w14:paraId="46BDD77C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="46BDD77C" w14:textId="77777777" w:rsidR="000D0649" w:rsidRPr="00881A0F" w:rsidRDefault="000D0649" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="412C65B3" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="412C65B3" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="008F5157" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="13FB234D" w14:textId="5782693D">
+          </w:tcPr>
+          <w:p w14:paraId="13FB234D" w14:textId="5782693D" w:rsidR="00680F65" w:rsidRPr="008F5157" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00881A0F">
+          </w:tcPr>
+          <w:p w14:paraId="58810B56" w14:textId="27B0B77F" w:rsidR="00680F65" w:rsidRPr="003F57A0" w:rsidRDefault="00680F65" w:rsidP="00680F65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F57A0">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Please explain any challenges/barriers the area has encountered providing virtual services to </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="517E6E31" w14:textId="60C64692">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00881A0F">
+          <w:p w14:paraId="517E6E31" w14:textId="60C64692" w:rsidR="00680F65" w:rsidRPr="003F57A0" w:rsidRDefault="00680F65" w:rsidP="00680F65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F57A0">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>customers?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="318E316C" w14:textId="370AC2AB">
-[...20 lines deleted...]
-                <w:iCs/>
+          <w:p w14:paraId="318E316C" w14:textId="370AC2AB" w:rsidR="00680F65" w:rsidRPr="003F57A0" w:rsidRDefault="00680F65" w:rsidP="00680F65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2485FF8A" w14:textId="2706FDE5" w:rsidR="00680F65" w:rsidRPr="003F57A0" w:rsidRDefault="000D0649" w:rsidP="00A50913">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F57A0">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>How has the CC addressed that/those</w:t>
             </w:r>
-            <w:r w:rsidRPr="000D0649" w:rsidR="00680F65">
-[...3 lines deleted...]
-                <w:iCs/>
+            <w:r w:rsidR="00680F65" w:rsidRPr="003F57A0">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> issue(s)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="43A91E4F" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="43A91E4F" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="49FC99FC" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="49FC99FC" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="3BE7A832" w14:textId="2445D1BE">
+          </w:tcPr>
+          <w:p w14:paraId="3BE7A832" w14:textId="2445D1BE" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="046DF028" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="046DF028" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="000E33F7" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="09ECAB7B" w14:textId="4453AC2C">
+          </w:tcPr>
+          <w:p w14:paraId="09ECAB7B" w14:textId="4453AC2C" w:rsidR="00680F65" w:rsidRPr="000E33F7" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="55D414E8" w14:textId="180A0C76">
+          </w:tcPr>
+          <w:p w14:paraId="55D414E8" w14:textId="180A0C76" w:rsidR="00680F65" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Please list one or more local area best practices related to the provision of virtual services to customers. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="2E20B7D6" w14:textId="0B36D729">
+          <w:p w14:paraId="2E20B7D6" w14:textId="0B36D729" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="383954AD" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="383954AD" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="0A7232B7" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0A7232B7" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="3C00C40D" w14:textId="0E364416">
+          </w:tcPr>
+          <w:p w14:paraId="3C00C40D" w14:textId="0E364416" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidTr="29850A98" w14:paraId="371C49C6" w14:textId="77777777">
+      <w:tr w:rsidR="00680F65" w:rsidRPr="00881A0F" w14:paraId="371C49C6" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6396" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-            <w:tcMar/>
-[...12 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="09E16E24" w14:textId="6325030D">
+          </w:tcPr>
+          <w:p w14:paraId="05F98E7E" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09E16E24" w14:textId="6325030D" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006449F8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Section 16: </w:t>
             </w:r>
             <w:r w:rsidRPr="006449F8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Stevens Amendment</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="4A584A90" w14:textId="559FD26C">
+          <w:p w14:paraId="4A584A90" w14:textId="559FD26C" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-            <w:tcMar/>
-[...15 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          </w:tcPr>
+          <w:p w14:paraId="0520D730" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="38316536" w14:textId="409E150A" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="363146B5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="363146B5">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>YES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-            <w:tcMar/>
-[...24 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          </w:tcPr>
+          <w:p w14:paraId="37927A99" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A048C80" w14:textId="2CC90A07" w:rsidR="00680F65" w:rsidRPr="00543423" w:rsidRDefault="00680F65" w:rsidP="00680F65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543423">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>NO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-            <w:tcMar/>
-[...10 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="5F901759" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0F13DFF1" w14:textId="472FD664" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F901759" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="1D7A48D0" w14:textId="67346192">
+          <w:p w14:paraId="1D7A48D0" w14:textId="67346192" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Comments/Feedback</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="7B8EFA11" w14:textId="0882D035">
+          <w:p w14:paraId="7B8EFA11" w14:textId="0882D035" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="0B782436" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="0B782436" w14:textId="77777777" w:rsidTr="29850A98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00A4584A" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="3F07A152" w14:textId="0B6E69CF">
+          </w:tcPr>
+          <w:p w14:paraId="3F07A152" w14:textId="0B6E69CF" w:rsidR="00680F65" w:rsidRPr="00A4584A" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="22C494DE" w14:textId="0377AA62">
+          </w:tcPr>
+          <w:p w14:paraId="22C494DE" w14:textId="0377AA62" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Does/do the CC(s) website include the required Stevens Amendment language?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="6A8FC676" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6A8FC676" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="28BD9774" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="28BD9774" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="0C67F6EA" w14:textId="7680DBC8">
+          </w:tcPr>
+          <w:p w14:paraId="0C67F6EA" w14:textId="7680DBC8" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00A4584A" w:rsidTr="29850A98" w14:paraId="0ACCFCA6" w14:textId="77777777">
+      <w:tr w:rsidR="00A4584A" w:rsidRPr="00881A0F" w14:paraId="0ACCFCA6" w14:textId="77777777" w:rsidTr="29850A98">
         <w:trPr>
           <w:trHeight w:val="1025"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00A4584A" w:rsidR="00680F65" w:rsidP="00E51EFD" w:rsidRDefault="00680F65" w14:paraId="4797647F" w14:textId="79CFA9C3">
+          </w:tcPr>
+          <w:p w14:paraId="4797647F" w14:textId="79CFA9C3" w:rsidR="00680F65" w:rsidRPr="00A4584A" w:rsidRDefault="00680F65" w:rsidP="00E51EFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Hlk178602531" w:id="129"/>
-[...12 lines deleted...]
-          <w:p w:rsidRPr="006449F8" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="12F6DF8E" w14:textId="43579B93">
+            <w:bookmarkStart w:id="129" w:name="_Hlk178602531"/>
+          </w:p>
+          <w:p w14:paraId="12F82E72" w14:textId="06A17363" w:rsidR="00680F65" w:rsidRPr="00A4584A" w:rsidRDefault="00680F65" w:rsidP="00A4584A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12F6DF8E" w14:textId="43579B93" w:rsidR="00680F65" w:rsidRPr="006449F8" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5399" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="467739A8" w14:textId="66EBCBD4">
+          </w:tcPr>
+          <w:p w14:paraId="467739A8" w14:textId="66EBCBD4" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="23EAF61F" w14:textId="09EE364D">
+          <w:p w14:paraId="23EAF61F" w14:textId="09EE364D" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Where else does/do the CC(s) include the required Stevens Amendment</w:t>
             </w:r>
             <w:r w:rsidR="0034486B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00881A0F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>language</w:t>
             </w:r>
             <w:r w:rsidR="0034486B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="07F0CB32" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="07F0CB32" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="3BAFFF07" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3BAFFF07" w14:textId="77777777" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00881A0F" w:rsidR="00680F65" w:rsidP="00680F65" w:rsidRDefault="00680F65" w14:paraId="69D77C6B" w14:textId="692A9AA2">
+          </w:tcPr>
+          <w:p w14:paraId="69D77C6B" w14:textId="692A9AA2" w:rsidR="00680F65" w:rsidRPr="00881A0F" w:rsidRDefault="00680F65" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="129"/>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="009E6E15" w:rsidTr="29850A98" w14:paraId="2DAF93F4" w14:textId="77777777">
+      <w:tr w:rsidR="00602DF5" w:rsidRPr="00881A0F" w14:paraId="231F6E39" w14:textId="77777777" w:rsidTr="006A543D">
         <w:trPr>
           <w:trHeight w:val="1025"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6396" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="009E6E15" w:rsidP="009E6E15" w:rsidRDefault="009E6E15" w14:paraId="2488E319" w14:textId="77777777">
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="6844C9A8" w14:textId="44313016" w:rsidR="00602DF5" w:rsidRPr="000947D5" w:rsidRDefault="00961FE1" w:rsidP="00AA6AC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-            <w:pPr>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D06650">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Section 17:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A50913">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00A50913">
+              <w:t xml:space="preserve"> Diversity, Equity, Inclusion and Accessibility</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Section 1</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:t xml:space="preserve"> (DEIA) Practices</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="31F92340" w14:textId="730B58BC" w:rsidR="00602DF5" w:rsidRPr="00A50913" w:rsidRDefault="00B65BD2" w:rsidP="00AA6AC1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="363146B5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>YES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DCA1356" w14:textId="25ED371F" w:rsidR="00602DF5" w:rsidRPr="00543423" w:rsidRDefault="00896960" w:rsidP="00AA6AC1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543423">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>NO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6493" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A349433" w14:textId="77777777" w:rsidR="008C3281" w:rsidRDefault="008C3281" w:rsidP="000502D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4394E831" w14:textId="3E9C389C" w:rsidR="000502D1" w:rsidRPr="006A543D" w:rsidRDefault="000502D1" w:rsidP="000502D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A543D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Comments/Feedback</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C548FDB" w14:textId="77777777" w:rsidR="00602DF5" w:rsidRPr="00A50913" w:rsidRDefault="00602DF5" w:rsidP="00AA6AC1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>8</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A50913">
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007929AE" w:rsidRPr="00881A0F" w14:paraId="603447E8" w14:textId="77777777" w:rsidTr="007929AE">
+        <w:trPr>
+          <w:trHeight w:val="1025"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C2EE769" w14:textId="17E54DB3" w:rsidR="007929AE" w:rsidRPr="00543423" w:rsidRDefault="00F07040" w:rsidP="00F07040">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543423">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5406" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="650E648C" w14:textId="26F3F180" w:rsidR="007929AE" w:rsidRPr="000947D5" w:rsidRDefault="00993FBE" w:rsidP="009E6E15">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-[...15 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="363146B5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Does the CC currently have a documented DEIA plan that includes outcomes and implementation strategies?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="743431E9" w14:textId="77777777" w:rsidR="007929AE" w:rsidRPr="00A50913" w:rsidRDefault="007929AE" w:rsidP="009E6E15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="116BBCCC" w14:textId="77777777" w:rsidR="007929AE" w:rsidRPr="00A50913" w:rsidRDefault="007929AE" w:rsidP="009E6E15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6493" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D36890A" w14:textId="77777777" w:rsidR="007929AE" w:rsidRPr="00A50913" w:rsidRDefault="007929AE" w:rsidP="009E6E15">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007929AE" w:rsidRPr="00881A0F" w14:paraId="027C41D0" w14:textId="77777777" w:rsidTr="007929AE">
+        <w:trPr>
+          <w:trHeight w:val="1025"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FA70E7F" w14:textId="5222B406" w:rsidR="007929AE" w:rsidRPr="00543423" w:rsidRDefault="00F07040" w:rsidP="00F07040">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00543423">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5406" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="615E16A3" w14:textId="77777777" w:rsidR="0068693C" w:rsidRDefault="0068693C" w:rsidP="0068693C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0034486B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Please list any DEIA related efforts the CC has made in FY25</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and any related best practices.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36A5B700" w14:textId="090BAAE0" w:rsidR="007929AE" w:rsidRPr="000947D5" w:rsidRDefault="007929AE" w:rsidP="009E6E15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E6A3F6A" w14:textId="77777777" w:rsidR="007929AE" w:rsidRPr="00A50913" w:rsidRDefault="007929AE" w:rsidP="009E6E15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D0F72C4" w14:textId="77777777" w:rsidR="007929AE" w:rsidRPr="00A50913" w:rsidRDefault="007929AE" w:rsidP="009E6E15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6493" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="74B297F3" w14:textId="77777777" w:rsidR="007929AE" w:rsidRPr="00A50913" w:rsidRDefault="007929AE" w:rsidP="009E6E15">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="129"/>
+      <w:tr w:rsidR="009E6E15" w:rsidRPr="00881A0F" w14:paraId="2DAF93F4" w14:textId="77777777" w:rsidTr="29850A98">
+        <w:trPr>
+          <w:trHeight w:val="1025"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6396" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
+          </w:tcPr>
+          <w:p w14:paraId="2488E319" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRPr="000947D5" w:rsidRDefault="009E6E15" w:rsidP="009E6E15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D9C1212" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRPr="0068693C" w:rsidRDefault="009E6E15" w:rsidP="009E6E15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0068693C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Section 18: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69360AD4" w14:textId="61BFFEBA" w:rsidR="009E6E15" w:rsidRPr="000947D5" w:rsidRDefault="009E6E15" w:rsidP="009E6E15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0068693C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Personally Identifiable Information (PII)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...12 lines deleted...]
-          <w:p w:rsidRPr="009E6E15" w:rsidR="009E6E15" w:rsidP="009E6E15" w:rsidRDefault="009E6E15" w14:paraId="3150706F" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2DD81D2D" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRPr="00A50913" w:rsidRDefault="009E6E15" w:rsidP="009E6E15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3150706F" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRPr="009E6E15" w:rsidRDefault="009E6E15" w:rsidP="009E6E15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00A50913" w:rsidR="009E6E15" w:rsidP="363146B5" w:rsidRDefault="009E6E15" w14:paraId="594A68CA" w14:textId="18A94889">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:p w14:paraId="594A68CA" w14:textId="18A94889" w:rsidR="009E6E15" w:rsidRPr="00A50913" w:rsidRDefault="009E6E15" w:rsidP="363146B5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="363146B5">
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>YES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...12 lines deleted...]
-          <w:p w:rsidRPr="009E6E15" w:rsidR="009E6E15" w:rsidP="009E6E15" w:rsidRDefault="009E6E15" w14:paraId="7EA1C918" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="07F9CA33" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRPr="00A50913" w:rsidRDefault="009E6E15" w:rsidP="009E6E15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7EA1C918" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRPr="009E6E15" w:rsidRDefault="009E6E15" w:rsidP="009E6E15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00A50913" w:rsidR="009E6E15" w:rsidP="009E6E15" w:rsidRDefault="009E6E15" w14:paraId="16A2FE4D" w14:textId="75F622CB">
-[...11 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:p w14:paraId="16A2FE4D" w14:textId="75F622CB" w:rsidR="009E6E15" w:rsidRPr="0068693C" w:rsidRDefault="009E6E15" w:rsidP="009E6E15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0068693C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>NO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00A50913" w:rsidR="009E6E15" w:rsidP="009E6E15" w:rsidRDefault="009E6E15" w14:paraId="5BDEF1B8" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5BDEF1B8" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRPr="00A50913" w:rsidRDefault="009E6E15" w:rsidP="009E6E15">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="009E6E15" w:rsidR="009E6E15" w:rsidP="009E6E15" w:rsidRDefault="009E6E15" w14:paraId="1486F673" w14:textId="77777777">
+          <w:p w14:paraId="1486F673" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRPr="009E6E15" w:rsidRDefault="009E6E15" w:rsidP="009E6E15">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00A50913" w:rsidR="009E6E15" w:rsidP="009E6E15" w:rsidRDefault="009E6E15" w14:paraId="06029F8D" w14:textId="63537A48">
+          <w:p w14:paraId="06029F8D" w14:textId="63537A48" w:rsidR="009E6E15" w:rsidRPr="00A50913" w:rsidRDefault="009E6E15" w:rsidP="009E6E15">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A50913">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Comments/Feedback</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="009E6E15" w:rsidTr="29850A98" w14:paraId="60798002" w14:textId="77777777">
+      <w:tr w:rsidR="009E6E15" w:rsidRPr="00881A0F" w14:paraId="60798002" w14:textId="77777777" w:rsidTr="29850A98">
         <w:trPr>
           <w:trHeight w:val="1025"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009E6E15" w:rsidP="009E6E15" w:rsidRDefault="009E6E15" w14:paraId="38DA9F05" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="38DA9F05" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRDefault="009E6E15" w:rsidP="009E6E15">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="009E6E15" w:rsidR="009E6E15" w:rsidP="009E6E15" w:rsidRDefault="009E6E15" w14:paraId="662715B0" w14:textId="7A7CC277">
+          <w:p w14:paraId="662715B0" w14:textId="7A7CC277" w:rsidR="009E6E15" w:rsidRPr="009E6E15" w:rsidRDefault="009E6E15" w:rsidP="009E6E15">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5406" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...8 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="7EF78093" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRDefault="009E6E15" w:rsidP="00680F65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009E6E15">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>With the exception of MOSES/JobQuest</w:t>
-            </w:r>
+              <w:t>With the exception of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009E6E15">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> MOSES/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009E6E15">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>JobQuest</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="009E6E15">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> does the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CC(s)</w:t>
             </w:r>
             <w:r w:rsidRPr="009E6E15">
@@ -29035,1035 +29130,1024 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="009E6E15">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> maintain participant personal data</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009E6E15" w:rsidP="00680F65" w:rsidRDefault="009E6E15" w14:paraId="15DD3E7D" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="009E6E15" w:rsidP="00680F65" w:rsidRDefault="009E6E15" w14:paraId="089ED01D" w14:textId="77777777">
+          <w:p w14:paraId="15DD3E7D" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRDefault="009E6E15" w:rsidP="00680F65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="089ED01D" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRDefault="009E6E15" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E6E15">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>If yes, please indicate the system used</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> and who has access to this data.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009E6E15" w:rsidP="00680F65" w:rsidRDefault="009E6E15" w14:paraId="2D47C541" w14:textId="77777777">
+          <w:p w14:paraId="2D47C541" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRDefault="009E6E15" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009E6E15" w:rsidP="00680F65" w:rsidRDefault="009E6E15" w14:paraId="4E3D81B4" w14:textId="77777777">
+          <w:p w14:paraId="4E3D81B4" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRDefault="009E6E15" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009E6E15" w:rsidP="00680F65" w:rsidRDefault="009E6E15" w14:paraId="7A0FDA74" w14:textId="77777777">
+          <w:p w14:paraId="7A0FDA74" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRDefault="009E6E15" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009E6E15" w:rsidP="00680F65" w:rsidRDefault="009E6E15" w14:paraId="255F04F6" w14:textId="77777777">
+          <w:p w14:paraId="255F04F6" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRDefault="009E6E15" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="009E6E15" w:rsidR="009E6E15" w:rsidP="00680F65" w:rsidRDefault="009E6E15" w14:paraId="0477FD79" w14:textId="02DE712D">
+          <w:p w14:paraId="0477FD79" w14:textId="02DE712D" w:rsidR="009E6E15" w:rsidRPr="009E6E15" w:rsidRDefault="009E6E15" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00A50913" w:rsidR="009E6E15" w:rsidP="00680F65" w:rsidRDefault="009E6E15" w14:paraId="0A43BA17" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0A43BA17" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRPr="00A50913" w:rsidRDefault="009E6E15" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00A50913" w:rsidR="009E6E15" w:rsidP="00680F65" w:rsidRDefault="009E6E15" w14:paraId="6346C17F" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6346C17F" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRPr="00A50913" w:rsidRDefault="009E6E15" w:rsidP="00680F65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009E6E15" w:rsidP="00A50913" w:rsidRDefault="009E6E15" w14:paraId="1B69E999" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1B69E999" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRDefault="009E6E15" w:rsidP="00A50913">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009E6E15" w:rsidP="00A50913" w:rsidRDefault="009E6E15" w14:paraId="527D57CE" w14:textId="77777777">
+          <w:p w14:paraId="527D57CE" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRDefault="009E6E15" w:rsidP="00A50913">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009E6E15" w:rsidP="00A50913" w:rsidRDefault="009E6E15" w14:paraId="2FE58F89" w14:textId="77777777">
+          <w:p w14:paraId="2FE58F89" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRDefault="009E6E15" w:rsidP="00A50913">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009E6E15" w:rsidP="00A50913" w:rsidRDefault="009E6E15" w14:paraId="2FE84873" w14:textId="77777777">
+          <w:p w14:paraId="2FE84873" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRDefault="009E6E15" w:rsidP="00A50913">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009E6E15" w:rsidP="00A50913" w:rsidRDefault="009E6E15" w14:paraId="3EE0E643" w14:textId="77777777">
+          <w:p w14:paraId="3EE0E643" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRDefault="009E6E15" w:rsidP="00A50913">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009E6E15" w:rsidP="00A50913" w:rsidRDefault="009E6E15" w14:paraId="57A84286" w14:textId="77777777">
+          <w:p w14:paraId="57A84286" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRDefault="009E6E15" w:rsidP="00A50913">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009E6E15" w:rsidP="00A50913" w:rsidRDefault="009E6E15" w14:paraId="2540B0F8" w14:textId="77777777">
+          <w:p w14:paraId="2540B0F8" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRDefault="009E6E15" w:rsidP="00A50913">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009E6E15" w:rsidP="00A50913" w:rsidRDefault="009E6E15" w14:paraId="39C4724A" w14:textId="77777777">
+          <w:p w14:paraId="39C4724A" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRDefault="009E6E15" w:rsidP="00A50913">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009E6E15" w:rsidP="00A50913" w:rsidRDefault="009E6E15" w14:paraId="7391697A" w14:textId="77777777">
+          <w:p w14:paraId="7391697A" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRDefault="009E6E15" w:rsidP="00A50913">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00A50913" w:rsidR="009E6E15" w:rsidP="00A50913" w:rsidRDefault="009E6E15" w14:paraId="2C7A075F" w14:textId="77777777">
+          <w:p w14:paraId="2C7A075F" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRPr="00A50913" w:rsidRDefault="009E6E15" w:rsidP="00A50913">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="009E6E15" w:rsidTr="29850A98" w14:paraId="67F1D147" w14:textId="77777777">
+      <w:tr w:rsidR="009E6E15" w:rsidRPr="00881A0F" w14:paraId="67F1D147" w14:textId="77777777" w:rsidTr="29850A98">
         <w:trPr>
           <w:trHeight w:val="1025"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00093773" w:rsidR="009E6E15" w:rsidP="009E6E15" w:rsidRDefault="009E6E15" w14:paraId="13B894CA" w14:textId="6A45712D">
+          </w:tcPr>
+          <w:p w14:paraId="13B894CA" w14:textId="6A45712D" w:rsidR="009E6E15" w:rsidRPr="00093773" w:rsidRDefault="009E6E15" w:rsidP="009E6E15">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5406" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009E6E15" w:rsidP="009E6E15" w:rsidRDefault="009E6E15" w14:paraId="146BE4FD" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="146BE4FD" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRDefault="009E6E15" w:rsidP="009E6E15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E6E15">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>What security measures are maintained to protect a participant's personal data?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009E6E15" w:rsidP="009E6E15" w:rsidRDefault="009E6E15" w14:paraId="4D270581" w14:textId="77777777">
-[...62 lines deleted...]
-          <w:p w:rsidRPr="0034486B" w:rsidR="009E6E15" w:rsidP="009E6E15" w:rsidRDefault="009E6E15" w14:paraId="2B30B657" w14:textId="3B60C2DC">
+          <w:p w14:paraId="4D270581" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRDefault="009E6E15" w:rsidP="009E6E15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C6A7242" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRDefault="009E6E15" w:rsidP="009E6E15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="059F1596" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRDefault="009E6E15" w:rsidP="009E6E15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="35D95FBC" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRDefault="009E6E15" w:rsidP="009E6E15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3150308C" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRDefault="009E6E15" w:rsidP="009E6E15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="34B476B4" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRDefault="009E6E15" w:rsidP="009E6E15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="082F7BCD" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRDefault="009E6E15" w:rsidP="009E6E15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2B30B657" w14:textId="3B60C2DC" w:rsidR="009E6E15" w:rsidRPr="0034486B" w:rsidRDefault="009E6E15" w:rsidP="009E6E15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00A50913" w:rsidR="009E6E15" w:rsidP="009E6E15" w:rsidRDefault="009E6E15" w14:paraId="06D000D9" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="06D000D9" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRPr="00A50913" w:rsidRDefault="009E6E15" w:rsidP="009E6E15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00A50913" w:rsidR="009E6E15" w:rsidP="009E6E15" w:rsidRDefault="009E6E15" w14:paraId="74BD451E" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="74BD451E" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRPr="00A50913" w:rsidRDefault="009E6E15" w:rsidP="009E6E15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00A50913" w:rsidR="009E6E15" w:rsidP="009E6E15" w:rsidRDefault="009E6E15" w14:paraId="1C118A42" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1C118A42" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRPr="00A50913" w:rsidRDefault="009E6E15" w:rsidP="009E6E15">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00881A0F" w:rsidR="00E21D0E" w:rsidTr="29850A98" w14:paraId="6CF0A094" w14:textId="77777777">
+      <w:tr w:rsidR="00E21D0E" w:rsidRPr="00881A0F" w14:paraId="6CF0A094" w14:textId="77777777" w:rsidTr="29850A98">
         <w:trPr>
           <w:trHeight w:val="1025"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00093773" w:rsidR="00E21D0E" w:rsidP="009E6E15" w:rsidRDefault="00E21D0E" w14:paraId="65762D87" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="65762D87" w14:textId="77777777" w:rsidR="00E21D0E" w:rsidRPr="00093773" w:rsidRDefault="00E21D0E" w:rsidP="009E6E15">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5406" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="009E6E15" w:rsidR="00E21D0E" w:rsidP="009E6E15" w:rsidRDefault="0074515F" w14:paraId="01BD85DD" w14:textId="19FFE22D">
+          </w:tcPr>
+          <w:p w14:paraId="01BD85DD" w14:textId="19FFE22D" w:rsidR="00E21D0E" w:rsidRPr="009E6E15" w:rsidRDefault="0074515F" w:rsidP="009E6E15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the CC have a </w:t>
             </w:r>
             <w:r w:rsidR="00C772FA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SOP that outlines</w:t>
             </w:r>
             <w:r w:rsidR="00A87DE4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> staff and partners</w:t>
             </w:r>
             <w:r w:rsidR="0050251C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> responsibilities related to PII?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="697" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00A50913" w:rsidR="00E21D0E" w:rsidP="009E6E15" w:rsidRDefault="00E21D0E" w14:paraId="5EC51F63" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5EC51F63" w14:textId="77777777" w:rsidR="00E21D0E" w:rsidRPr="00A50913" w:rsidRDefault="00E21D0E" w:rsidP="009E6E15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="724" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00A50913" w:rsidR="00E21D0E" w:rsidP="009E6E15" w:rsidRDefault="00E21D0E" w14:paraId="4B520A55" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4B520A55" w14:textId="77777777" w:rsidR="00E21D0E" w:rsidRPr="00A50913" w:rsidRDefault="00E21D0E" w:rsidP="009E6E15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6493" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00A50913" w:rsidR="00E21D0E" w:rsidP="009E6E15" w:rsidRDefault="00E21D0E" w14:paraId="256348E8" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="256348E8" w14:textId="77777777" w:rsidR="00E21D0E" w:rsidRPr="00A50913" w:rsidRDefault="00E21D0E" w:rsidP="009E6E15">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00881A0F" w:rsidR="001F3DBC" w:rsidP="001F3DBC" w:rsidRDefault="001F3DBC" w14:paraId="19E63704" w14:textId="77777777">
+    <w:p w14:paraId="19E63704" w14:textId="77777777" w:rsidR="001F3DBC" w:rsidRPr="00881A0F" w:rsidRDefault="001F3DBC" w:rsidP="001F3DBC">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00881A0F">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0001620A" w:rsidR="001F3DBC" w:rsidP="001F3DBC" w:rsidRDefault="001F3DBC" w14:paraId="4149BD5C" w14:textId="23C7F2B5">
+    <w:p w14:paraId="4149BD5C" w14:textId="23C7F2B5" w:rsidR="001F3DBC" w:rsidRPr="0001620A" w:rsidRDefault="001F3DBC" w:rsidP="001F3DBC">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00881A0F">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="0001620A">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0001620A" w:rsidR="001F3DBC" w:rsidP="001F3DBC" w:rsidRDefault="001F3DBC" w14:paraId="44F2576D" w14:textId="77777777">
+    <w:p w14:paraId="44F2576D" w14:textId="77777777" w:rsidR="001F3DBC" w:rsidRPr="0001620A" w:rsidRDefault="001F3DBC" w:rsidP="001F3DBC">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0001620A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>MassHire Programs &amp; Services are funded in full by US Department of Labor (USDOL) Employment and Training Administration grants. Additional details furnished upon request.</w:t>
       </w:r>
       <w:r w:rsidRPr="0001620A">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F3DBC" w:rsidP="001F3DBC" w:rsidRDefault="001F3DBC" w14:paraId="2010C4BF" w14:textId="77777777">
+    <w:p w14:paraId="2010C4BF" w14:textId="77777777" w:rsidR="001F3DBC" w:rsidRDefault="001F3DBC" w:rsidP="001F3DBC">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0001620A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>An equal opportunity employer/program. Auxiliary aids and services are available upon request to individuals with disabilities.</w:t>
       </w:r>
       <w:r w:rsidRPr="0001620A">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C0A3B" w:rsidP="001F3DBC" w:rsidRDefault="004C0A3B" w14:paraId="63ADC26C" w14:textId="77777777">
+    <w:p w14:paraId="63ADC26C" w14:textId="77777777" w:rsidR="004C0A3B" w:rsidRDefault="004C0A3B" w:rsidP="001F3DBC">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC25C1" w:rsidP="1C477BEA" w:rsidRDefault="004A1DC8" w14:paraId="4F51406C" w14:textId="1216C6FF">
+    <w:p w14:paraId="4F51406C" w14:textId="1216C6FF" w:rsidR="00BC25C1" w:rsidRDefault="004A1DC8" w:rsidP="1C477BEA">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
-        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="1C477BEA" w:rsidR="004A1DC8">
+      <w:r w:rsidRPr="1C477BEA">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="1C477BEA" w:rsidR="38BD74D8">
+      <w:r w:rsidR="38BD74D8" w:rsidRPr="1C477BEA">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="1C477BEA" w:rsidR="004C0A3B">
+      <w:r w:rsidR="004C0A3B" w:rsidRPr="1C477BEA">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
-      <w:r w:rsidRPr="1C477BEA" w:rsidR="2F6C5DEB">
+      <w:r w:rsidR="2F6C5DEB" w:rsidRPr="1C477BEA">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C0A3B" w:rsidP="001F3DBC" w:rsidRDefault="004C0A3B" w14:paraId="7FBED4FD" w14:textId="77777777">
+    <w:p w14:paraId="7FBED4FD" w14:textId="77777777" w:rsidR="004C0A3B" w:rsidRDefault="004C0A3B" w:rsidP="001F3DBC">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E6E15" w:rsidP="001F3DBC" w:rsidRDefault="009E6E15" w14:paraId="2CA9BB44" w14:textId="77777777">
+    <w:p w14:paraId="2CA9BB44" w14:textId="77777777" w:rsidR="009E6E15" w:rsidRDefault="009E6E15" w:rsidP="001F3DBC">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00E53610" w:rsidR="009E6E15" w:rsidP="009E6E15" w:rsidRDefault="009E6E15" w14:paraId="412CF3BD" w14:textId="2E8FEC0E">
+    <w:p w14:paraId="412CF3BD" w14:textId="2E8FEC0E" w:rsidR="009E6E15" w:rsidRPr="00E53610" w:rsidRDefault="009E6E15" w:rsidP="009E6E15">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E6E15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="009E6E15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidRPr="00E53610" w:rsidR="009E6E15" w:rsidSect="0037268D">
+    <w:sectPr w:rsidR="009E6E15" w:rsidRPr="00E53610" w:rsidSect="0037268D">
       <w:headerReference w:type="default" r:id="rId17"/>
       <w:footerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="576" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00007F8F" w:rsidP="005C6259" w:rsidRDefault="00007F8F" w14:paraId="4230AB2B" w14:textId="77777777">
+    <w:p w14:paraId="32A80FE6" w14:textId="77777777" w:rsidR="00B31BBF" w:rsidRDefault="00B31BBF" w:rsidP="005C6259">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00007F8F" w:rsidP="005C6259" w:rsidRDefault="00007F8F" w14:paraId="47E3779E" w14:textId="77777777">
+    <w:p w14:paraId="0811CE21" w14:textId="77777777" w:rsidR="00B31BBF" w:rsidRDefault="00B31BBF" w:rsidP="005C6259">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00007F8F" w:rsidRDefault="00007F8F" w14:paraId="0FB56EDB" w14:textId="77777777"/>
+    <w:p w14:paraId="3E273E1B" w14:textId="77777777" w:rsidR="00B31BBF" w:rsidRDefault="00B31BBF"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
+    <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CG Times">
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
+    <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="277768769"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidR="00C67E1E" w:rsidP="00811501" w:rsidRDefault="00C67E1E" w14:paraId="71A08F79" w14:textId="45833B62">
+      <w:p w14:paraId="71A08F79" w14:textId="45833B62" w:rsidR="00C67E1E" w:rsidRDefault="00C67E1E" w:rsidP="00811501">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
         </w:pPr>
         <w:r>
           <w:tab/>
         </w:r>
         <w:r>
           <w:tab/>
         </w:r>
         <w:r>
           <w:tab/>
         </w:r>
         <w:r>
           <w:tab/>
         </w:r>
         <w:r>
           <w:tab/>
         </w:r>
         <w:r>
           <w:tab/>
         </w:r>
         <w:r>
           <w:tab/>
         </w:r>
         <w:r>
@@ -30074,99 +30158,99 @@
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>22</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00007F8F" w:rsidP="005C6259" w:rsidRDefault="00007F8F" w14:paraId="616EDACD" w14:textId="77777777">
+    <w:p w14:paraId="129CA740" w14:textId="77777777" w:rsidR="00B31BBF" w:rsidRDefault="00B31BBF" w:rsidP="005C6259">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00007F8F" w:rsidP="005C6259" w:rsidRDefault="00007F8F" w14:paraId="71B8DE85" w14:textId="77777777">
+    <w:p w14:paraId="1F0BEC4C" w14:textId="77777777" w:rsidR="00B31BBF" w:rsidRDefault="00B31BBF" w:rsidP="005C6259">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00007F8F" w:rsidRDefault="00007F8F" w14:paraId="40F909C1" w14:textId="77777777"/>
+    <w:p w14:paraId="4817C18F" w14:textId="77777777" w:rsidR="00B31BBF" w:rsidRDefault="00B31BBF"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidRPr="0070151B" w:rsidR="0070151B" w:rsidP="006047D1" w:rsidRDefault="0070151B" w14:paraId="374C1669" w14:textId="479484EC">
+  <w:p w14:paraId="374C1669" w14:textId="479484EC" w:rsidR="0070151B" w:rsidRPr="0070151B" w:rsidRDefault="0070151B" w:rsidP="006047D1">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="006F6C42">
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">Attachment </w:t>
     </w:r>
-    <w:r w:rsidRPr="006F6C42" w:rsidR="006F6C42">
+    <w:r w:rsidR="006F6C42" w:rsidRPr="006F6C42">
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>B</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidRPr="00942A41" w:rsidR="00C67E1E" w:rsidP="0069078F" w:rsidRDefault="00C67E1E" w14:paraId="5999E39F" w14:textId="69169E89">
+  <w:p w14:paraId="5999E39F" w14:textId="69169E89" w:rsidR="00C67E1E" w:rsidRPr="00942A41" w:rsidRDefault="00C67E1E" w:rsidP="0069078F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-576"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03517172"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FA4CF1AA"/>
     <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -30238,147 +30322,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09A4075F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CE66CFCE"/>
     <w:lvl w:ilvl="0" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BE9267F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D35851CE"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -30440,147 +30524,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F1C5A08"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="57A02A40"/>
     <w:lvl w:ilvl="0" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F1F4C3B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="908CD850"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -30817,147 +30901,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1CF10671"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6D2E0CE4"/>
     <w:lvl w:ilvl="0" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21F14ABE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6512F5CA"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -31193,264 +31277,264 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DED291F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ACE4313E"/>
     <w:lvl w:ilvl="0" w:tplc="750473A8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2ED2647B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="10563528"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CD7470B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8ED02316"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -32310,147 +32394,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66771EBB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="18A4B8A8"/>
     <w:lvl w:ilvl="0" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66D66A08"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4D9CC294"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -32512,147 +32596,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C1B272B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8F7AE736"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C73482F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="12C094B0"/>
     <w:lvl w:ilvl="0" w:tplc="8362E68C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -32892,147 +32976,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EB1130F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7AD4948E"/>
     <w:lvl w:ilvl="0" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F995ECF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ADEA91AA"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -33179,115 +33263,117 @@
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1783453174">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="507792662">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="273444305">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="322200280">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="702285429">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1878472666">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="25"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:trackRevisions w:val="false"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DB76B0"/>
     <w:rsid w:val="00001AC7"/>
     <w:rsid w:val="00002BBB"/>
     <w:rsid w:val="000052EB"/>
     <w:rsid w:val="00007E92"/>
     <w:rsid w:val="00007F8F"/>
     <w:rsid w:val="00011506"/>
     <w:rsid w:val="00011CAB"/>
     <w:rsid w:val="0001620A"/>
     <w:rsid w:val="00020AB5"/>
     <w:rsid w:val="00022F33"/>
     <w:rsid w:val="000244BC"/>
     <w:rsid w:val="00026989"/>
     <w:rsid w:val="0002731A"/>
     <w:rsid w:val="00027591"/>
     <w:rsid w:val="00032D5B"/>
     <w:rsid w:val="00035C46"/>
     <w:rsid w:val="000371D7"/>
     <w:rsid w:val="00045FE7"/>
     <w:rsid w:val="00047903"/>
     <w:rsid w:val="00047B47"/>
+    <w:rsid w:val="000502D1"/>
     <w:rsid w:val="00051212"/>
     <w:rsid w:val="0005189C"/>
     <w:rsid w:val="000531D5"/>
     <w:rsid w:val="00054D4E"/>
     <w:rsid w:val="00062138"/>
     <w:rsid w:val="00063048"/>
     <w:rsid w:val="00066061"/>
     <w:rsid w:val="00066E3E"/>
     <w:rsid w:val="00067B48"/>
     <w:rsid w:val="00070569"/>
     <w:rsid w:val="00072AB1"/>
     <w:rsid w:val="00073A3B"/>
     <w:rsid w:val="00080152"/>
     <w:rsid w:val="00091282"/>
     <w:rsid w:val="00092DC7"/>
     <w:rsid w:val="00093773"/>
     <w:rsid w:val="0009452F"/>
+    <w:rsid w:val="000947D5"/>
     <w:rsid w:val="00096595"/>
     <w:rsid w:val="000966AC"/>
     <w:rsid w:val="000A0962"/>
     <w:rsid w:val="000A0D12"/>
     <w:rsid w:val="000A1C94"/>
     <w:rsid w:val="000A6509"/>
     <w:rsid w:val="000A7450"/>
     <w:rsid w:val="000B0142"/>
     <w:rsid w:val="000B19F2"/>
     <w:rsid w:val="000B28DF"/>
     <w:rsid w:val="000B3045"/>
     <w:rsid w:val="000B3A4F"/>
     <w:rsid w:val="000B42B6"/>
     <w:rsid w:val="000C4431"/>
     <w:rsid w:val="000D0649"/>
     <w:rsid w:val="000D1B4A"/>
     <w:rsid w:val="000D2DE4"/>
     <w:rsid w:val="000D668F"/>
     <w:rsid w:val="000D75E7"/>
     <w:rsid w:val="000E33F7"/>
     <w:rsid w:val="000E5FFC"/>
     <w:rsid w:val="000F01A2"/>
     <w:rsid w:val="000F07FA"/>
     <w:rsid w:val="000F0DDA"/>
     <w:rsid w:val="000F3EAC"/>
@@ -33343,50 +33429,51 @@
     <w:rsid w:val="001F65BA"/>
     <w:rsid w:val="001F7625"/>
     <w:rsid w:val="001F7964"/>
     <w:rsid w:val="00204334"/>
     <w:rsid w:val="0020617A"/>
     <w:rsid w:val="002064FA"/>
     <w:rsid w:val="00207566"/>
     <w:rsid w:val="00207F5F"/>
     <w:rsid w:val="00210E1C"/>
     <w:rsid w:val="00210EBD"/>
     <w:rsid w:val="00213DAF"/>
     <w:rsid w:val="0021642B"/>
     <w:rsid w:val="002178D1"/>
     <w:rsid w:val="002239BC"/>
     <w:rsid w:val="002276B1"/>
     <w:rsid w:val="002301E8"/>
     <w:rsid w:val="00233C86"/>
     <w:rsid w:val="002354FB"/>
     <w:rsid w:val="00236735"/>
     <w:rsid w:val="00237A77"/>
     <w:rsid w:val="00241257"/>
     <w:rsid w:val="00241B2E"/>
     <w:rsid w:val="00243DA1"/>
     <w:rsid w:val="00244613"/>
     <w:rsid w:val="00245AF4"/>
+    <w:rsid w:val="002477D4"/>
     <w:rsid w:val="00251AAC"/>
     <w:rsid w:val="00253B0B"/>
     <w:rsid w:val="00253F3F"/>
     <w:rsid w:val="00255E28"/>
     <w:rsid w:val="00256856"/>
     <w:rsid w:val="0026147F"/>
     <w:rsid w:val="00267DB7"/>
     <w:rsid w:val="002711E8"/>
     <w:rsid w:val="002716AA"/>
     <w:rsid w:val="00272BFB"/>
     <w:rsid w:val="00273AA2"/>
     <w:rsid w:val="002746D9"/>
     <w:rsid w:val="00280816"/>
     <w:rsid w:val="00285164"/>
     <w:rsid w:val="00286026"/>
     <w:rsid w:val="00291657"/>
     <w:rsid w:val="0029204E"/>
     <w:rsid w:val="00292DD8"/>
     <w:rsid w:val="002940D8"/>
     <w:rsid w:val="002943A8"/>
     <w:rsid w:val="00295AFD"/>
     <w:rsid w:val="0029754F"/>
     <w:rsid w:val="002A1977"/>
     <w:rsid w:val="002A223C"/>
     <w:rsid w:val="002A490C"/>
@@ -33424,80 +33511,83 @@
     <w:rsid w:val="0032570C"/>
     <w:rsid w:val="00326105"/>
     <w:rsid w:val="00330481"/>
     <w:rsid w:val="0033075A"/>
     <w:rsid w:val="00330A1B"/>
     <w:rsid w:val="00332183"/>
     <w:rsid w:val="003341BD"/>
     <w:rsid w:val="0033794A"/>
     <w:rsid w:val="003402B2"/>
     <w:rsid w:val="00340C33"/>
     <w:rsid w:val="00341700"/>
     <w:rsid w:val="00342D03"/>
     <w:rsid w:val="0034486B"/>
     <w:rsid w:val="003529B1"/>
     <w:rsid w:val="00354359"/>
     <w:rsid w:val="00354E98"/>
     <w:rsid w:val="003575C1"/>
     <w:rsid w:val="00357A11"/>
     <w:rsid w:val="00361C9A"/>
     <w:rsid w:val="003655B1"/>
     <w:rsid w:val="00366372"/>
     <w:rsid w:val="00370708"/>
     <w:rsid w:val="0037268D"/>
     <w:rsid w:val="00377185"/>
     <w:rsid w:val="00383896"/>
+    <w:rsid w:val="003846A4"/>
     <w:rsid w:val="00385D9E"/>
     <w:rsid w:val="00385E31"/>
+    <w:rsid w:val="0038613B"/>
     <w:rsid w:val="003871CA"/>
     <w:rsid w:val="00394D0F"/>
     <w:rsid w:val="0039535E"/>
     <w:rsid w:val="00396FAB"/>
     <w:rsid w:val="003A6870"/>
     <w:rsid w:val="003B008B"/>
     <w:rsid w:val="003B4713"/>
     <w:rsid w:val="003C0DC8"/>
     <w:rsid w:val="003C164B"/>
     <w:rsid w:val="003C1D0C"/>
     <w:rsid w:val="003C1DD3"/>
     <w:rsid w:val="003C20AA"/>
     <w:rsid w:val="003C3138"/>
     <w:rsid w:val="003C5733"/>
     <w:rsid w:val="003C7908"/>
     <w:rsid w:val="003C79F5"/>
     <w:rsid w:val="003C7F6C"/>
     <w:rsid w:val="003D192A"/>
     <w:rsid w:val="003D2428"/>
     <w:rsid w:val="003D27E8"/>
     <w:rsid w:val="003D2AD0"/>
     <w:rsid w:val="003D4502"/>
     <w:rsid w:val="003D464F"/>
     <w:rsid w:val="003E1664"/>
     <w:rsid w:val="003E204C"/>
     <w:rsid w:val="003E6A0C"/>
     <w:rsid w:val="003F0D1A"/>
     <w:rsid w:val="003F2E9E"/>
+    <w:rsid w:val="003F57A0"/>
     <w:rsid w:val="003F66F8"/>
     <w:rsid w:val="003F7EA2"/>
     <w:rsid w:val="004039B8"/>
     <w:rsid w:val="00404BA3"/>
     <w:rsid w:val="0040795F"/>
     <w:rsid w:val="004100A0"/>
     <w:rsid w:val="00411BD4"/>
     <w:rsid w:val="00415701"/>
     <w:rsid w:val="00421CBC"/>
     <w:rsid w:val="0042215F"/>
     <w:rsid w:val="0042267B"/>
     <w:rsid w:val="00425845"/>
     <w:rsid w:val="0043125D"/>
     <w:rsid w:val="0043393F"/>
     <w:rsid w:val="00443735"/>
     <w:rsid w:val="004521AE"/>
     <w:rsid w:val="0045249C"/>
     <w:rsid w:val="00455D93"/>
     <w:rsid w:val="0045738A"/>
     <w:rsid w:val="00460213"/>
     <w:rsid w:val="00461593"/>
     <w:rsid w:val="00463481"/>
     <w:rsid w:val="00464116"/>
     <w:rsid w:val="004646EE"/>
     <w:rsid w:val="00465DE8"/>
@@ -33532,321 +33622,338 @@
     <w:rsid w:val="004E1DF7"/>
     <w:rsid w:val="004E1E9F"/>
     <w:rsid w:val="004E251B"/>
     <w:rsid w:val="004E714A"/>
     <w:rsid w:val="004E71A0"/>
     <w:rsid w:val="004F1CC6"/>
     <w:rsid w:val="004F29CA"/>
     <w:rsid w:val="004F3536"/>
     <w:rsid w:val="004F61FD"/>
     <w:rsid w:val="0050251C"/>
     <w:rsid w:val="005040BC"/>
     <w:rsid w:val="005048F2"/>
     <w:rsid w:val="0050526A"/>
     <w:rsid w:val="00505343"/>
     <w:rsid w:val="005078A2"/>
     <w:rsid w:val="00521D6D"/>
     <w:rsid w:val="0052202D"/>
     <w:rsid w:val="00526296"/>
     <w:rsid w:val="0053083E"/>
     <w:rsid w:val="005315D8"/>
     <w:rsid w:val="005333BD"/>
     <w:rsid w:val="0053591E"/>
     <w:rsid w:val="00537D95"/>
     <w:rsid w:val="00540F79"/>
     <w:rsid w:val="005417EE"/>
+    <w:rsid w:val="00543423"/>
     <w:rsid w:val="005509DF"/>
     <w:rsid w:val="00550CC1"/>
     <w:rsid w:val="0055315D"/>
     <w:rsid w:val="00553990"/>
     <w:rsid w:val="005558EE"/>
     <w:rsid w:val="00562D46"/>
     <w:rsid w:val="005638C2"/>
     <w:rsid w:val="00563F1C"/>
     <w:rsid w:val="00564BCC"/>
     <w:rsid w:val="0056701C"/>
     <w:rsid w:val="005674DC"/>
     <w:rsid w:val="00567BE0"/>
     <w:rsid w:val="005724C7"/>
     <w:rsid w:val="00582FD6"/>
     <w:rsid w:val="00584A6E"/>
     <w:rsid w:val="00587215"/>
     <w:rsid w:val="0059796F"/>
     <w:rsid w:val="005A22F8"/>
     <w:rsid w:val="005A5712"/>
+    <w:rsid w:val="005A69B9"/>
     <w:rsid w:val="005B4818"/>
     <w:rsid w:val="005C2724"/>
     <w:rsid w:val="005C3ADB"/>
     <w:rsid w:val="005C6259"/>
+    <w:rsid w:val="005C6836"/>
     <w:rsid w:val="005C7581"/>
     <w:rsid w:val="005D34FA"/>
     <w:rsid w:val="005D52A9"/>
     <w:rsid w:val="005D63B8"/>
     <w:rsid w:val="005E1581"/>
+    <w:rsid w:val="005E213D"/>
     <w:rsid w:val="005E4A0F"/>
     <w:rsid w:val="005E5166"/>
     <w:rsid w:val="005F00DD"/>
     <w:rsid w:val="005F2B57"/>
     <w:rsid w:val="005F338A"/>
     <w:rsid w:val="005F41DC"/>
     <w:rsid w:val="005F4A78"/>
     <w:rsid w:val="006026AB"/>
+    <w:rsid w:val="00602DF5"/>
     <w:rsid w:val="006047D1"/>
     <w:rsid w:val="00605630"/>
     <w:rsid w:val="00611DE3"/>
     <w:rsid w:val="006145E7"/>
     <w:rsid w:val="00616589"/>
     <w:rsid w:val="00625CDC"/>
     <w:rsid w:val="006311F1"/>
     <w:rsid w:val="0063151E"/>
     <w:rsid w:val="0063510E"/>
     <w:rsid w:val="00637A39"/>
     <w:rsid w:val="00637EFC"/>
     <w:rsid w:val="0064004D"/>
     <w:rsid w:val="006407FB"/>
     <w:rsid w:val="00643242"/>
     <w:rsid w:val="006449F8"/>
     <w:rsid w:val="0064524C"/>
     <w:rsid w:val="0064544F"/>
     <w:rsid w:val="00645D3A"/>
     <w:rsid w:val="00645E30"/>
     <w:rsid w:val="00654290"/>
     <w:rsid w:val="00655C03"/>
     <w:rsid w:val="0066237B"/>
     <w:rsid w:val="00665D17"/>
     <w:rsid w:val="00667F5A"/>
     <w:rsid w:val="00670397"/>
     <w:rsid w:val="00674E7C"/>
     <w:rsid w:val="0068086B"/>
     <w:rsid w:val="00680F65"/>
     <w:rsid w:val="006827D5"/>
     <w:rsid w:val="00683392"/>
+    <w:rsid w:val="0068693C"/>
     <w:rsid w:val="00686AE7"/>
     <w:rsid w:val="00687C91"/>
     <w:rsid w:val="0069078F"/>
     <w:rsid w:val="0069278C"/>
     <w:rsid w:val="00695387"/>
     <w:rsid w:val="006A0FC0"/>
     <w:rsid w:val="006A499A"/>
+    <w:rsid w:val="006A543D"/>
     <w:rsid w:val="006A6626"/>
     <w:rsid w:val="006A7002"/>
     <w:rsid w:val="006B0BC5"/>
     <w:rsid w:val="006B0FBC"/>
     <w:rsid w:val="006B19F1"/>
     <w:rsid w:val="006B1A56"/>
     <w:rsid w:val="006B331A"/>
     <w:rsid w:val="006B74B8"/>
     <w:rsid w:val="006C10F4"/>
     <w:rsid w:val="006C2047"/>
     <w:rsid w:val="006C2583"/>
     <w:rsid w:val="006C2A60"/>
     <w:rsid w:val="006C387B"/>
     <w:rsid w:val="006C6062"/>
     <w:rsid w:val="006C7184"/>
     <w:rsid w:val="006C757A"/>
     <w:rsid w:val="006D0789"/>
     <w:rsid w:val="006D311D"/>
     <w:rsid w:val="006E274E"/>
     <w:rsid w:val="006E2AE1"/>
     <w:rsid w:val="006E63E1"/>
     <w:rsid w:val="006F192E"/>
     <w:rsid w:val="006F221F"/>
     <w:rsid w:val="006F32F4"/>
     <w:rsid w:val="006F6C42"/>
     <w:rsid w:val="00700150"/>
     <w:rsid w:val="0070096D"/>
     <w:rsid w:val="0070151B"/>
     <w:rsid w:val="007032BE"/>
     <w:rsid w:val="00704081"/>
     <w:rsid w:val="00704B1B"/>
     <w:rsid w:val="00707C32"/>
     <w:rsid w:val="00710A8F"/>
     <w:rsid w:val="0071163C"/>
     <w:rsid w:val="0071317D"/>
     <w:rsid w:val="007172F2"/>
     <w:rsid w:val="00722439"/>
     <w:rsid w:val="00723581"/>
     <w:rsid w:val="00730331"/>
+    <w:rsid w:val="00731E7E"/>
     <w:rsid w:val="00734B52"/>
     <w:rsid w:val="007364D0"/>
     <w:rsid w:val="00736A05"/>
     <w:rsid w:val="0073715A"/>
     <w:rsid w:val="00737379"/>
     <w:rsid w:val="00737BD3"/>
     <w:rsid w:val="00737D08"/>
     <w:rsid w:val="00741CAA"/>
     <w:rsid w:val="00742794"/>
     <w:rsid w:val="00742E5E"/>
     <w:rsid w:val="00743909"/>
     <w:rsid w:val="0074515F"/>
     <w:rsid w:val="007452DB"/>
     <w:rsid w:val="0074615C"/>
     <w:rsid w:val="007469E9"/>
     <w:rsid w:val="00747207"/>
     <w:rsid w:val="0075086A"/>
     <w:rsid w:val="0075349B"/>
     <w:rsid w:val="00754C13"/>
     <w:rsid w:val="00755C1D"/>
     <w:rsid w:val="00757B84"/>
     <w:rsid w:val="00757CEB"/>
     <w:rsid w:val="0076178E"/>
     <w:rsid w:val="0076453E"/>
     <w:rsid w:val="00764590"/>
     <w:rsid w:val="007734E9"/>
     <w:rsid w:val="00774710"/>
     <w:rsid w:val="00775459"/>
     <w:rsid w:val="00780D4C"/>
     <w:rsid w:val="00782FC8"/>
     <w:rsid w:val="0078327D"/>
     <w:rsid w:val="0078515C"/>
+    <w:rsid w:val="007929AE"/>
     <w:rsid w:val="00794AA5"/>
     <w:rsid w:val="007A1B7B"/>
     <w:rsid w:val="007A29EE"/>
     <w:rsid w:val="007A33E9"/>
     <w:rsid w:val="007A3C63"/>
     <w:rsid w:val="007B0C59"/>
     <w:rsid w:val="007B28BE"/>
     <w:rsid w:val="007B35BF"/>
     <w:rsid w:val="007B45E0"/>
     <w:rsid w:val="007B5152"/>
     <w:rsid w:val="007B56EB"/>
     <w:rsid w:val="007B704D"/>
     <w:rsid w:val="007C0302"/>
     <w:rsid w:val="007C04A0"/>
     <w:rsid w:val="007C32A7"/>
     <w:rsid w:val="007C3F20"/>
     <w:rsid w:val="007C7927"/>
     <w:rsid w:val="007D3288"/>
     <w:rsid w:val="007D6CD5"/>
     <w:rsid w:val="007E0F74"/>
     <w:rsid w:val="007E4937"/>
     <w:rsid w:val="007E65D9"/>
     <w:rsid w:val="007E69B7"/>
     <w:rsid w:val="007E79E2"/>
     <w:rsid w:val="0080320D"/>
     <w:rsid w:val="0081052A"/>
     <w:rsid w:val="00811501"/>
     <w:rsid w:val="00814D8A"/>
     <w:rsid w:val="00815D13"/>
     <w:rsid w:val="008165BD"/>
     <w:rsid w:val="008175F7"/>
     <w:rsid w:val="00817C31"/>
     <w:rsid w:val="00821572"/>
     <w:rsid w:val="00826C24"/>
     <w:rsid w:val="00826CA7"/>
     <w:rsid w:val="0082714D"/>
     <w:rsid w:val="00830592"/>
+    <w:rsid w:val="00830809"/>
     <w:rsid w:val="00830948"/>
     <w:rsid w:val="008313F1"/>
     <w:rsid w:val="008314E4"/>
     <w:rsid w:val="008317CC"/>
     <w:rsid w:val="00832782"/>
     <w:rsid w:val="0083592B"/>
     <w:rsid w:val="0084126F"/>
     <w:rsid w:val="008441BE"/>
     <w:rsid w:val="00844554"/>
+    <w:rsid w:val="00846134"/>
     <w:rsid w:val="00846F0E"/>
     <w:rsid w:val="00850E3C"/>
     <w:rsid w:val="00852C85"/>
     <w:rsid w:val="00853AF3"/>
     <w:rsid w:val="008548BA"/>
     <w:rsid w:val="008548E9"/>
     <w:rsid w:val="008600E9"/>
     <w:rsid w:val="008632FF"/>
     <w:rsid w:val="008644FF"/>
     <w:rsid w:val="00864F71"/>
     <w:rsid w:val="00867063"/>
     <w:rsid w:val="008670AF"/>
     <w:rsid w:val="00873277"/>
     <w:rsid w:val="008758BC"/>
     <w:rsid w:val="00875A89"/>
     <w:rsid w:val="00876CDA"/>
     <w:rsid w:val="00880398"/>
     <w:rsid w:val="0088051E"/>
     <w:rsid w:val="008810F1"/>
     <w:rsid w:val="0088177B"/>
     <w:rsid w:val="00881A0F"/>
     <w:rsid w:val="008853D4"/>
     <w:rsid w:val="00893334"/>
+    <w:rsid w:val="00896960"/>
     <w:rsid w:val="008A0BE2"/>
     <w:rsid w:val="008A0C3B"/>
     <w:rsid w:val="008A379E"/>
     <w:rsid w:val="008A77F1"/>
     <w:rsid w:val="008B0AC2"/>
     <w:rsid w:val="008B202B"/>
     <w:rsid w:val="008B236B"/>
     <w:rsid w:val="008B2525"/>
     <w:rsid w:val="008B5CAC"/>
     <w:rsid w:val="008B6D45"/>
     <w:rsid w:val="008B73E3"/>
+    <w:rsid w:val="008C3281"/>
     <w:rsid w:val="008C3BAD"/>
     <w:rsid w:val="008C4CC2"/>
     <w:rsid w:val="008C70D7"/>
     <w:rsid w:val="008C7634"/>
     <w:rsid w:val="008D33D7"/>
     <w:rsid w:val="008E1A77"/>
     <w:rsid w:val="008F0862"/>
     <w:rsid w:val="008F5157"/>
     <w:rsid w:val="008F7067"/>
     <w:rsid w:val="008F75AE"/>
     <w:rsid w:val="008F7D05"/>
     <w:rsid w:val="0090277D"/>
     <w:rsid w:val="0090715C"/>
     <w:rsid w:val="00907512"/>
     <w:rsid w:val="00911CC6"/>
     <w:rsid w:val="009139D3"/>
+    <w:rsid w:val="00914D9B"/>
     <w:rsid w:val="00916AF6"/>
     <w:rsid w:val="00924416"/>
     <w:rsid w:val="00925E80"/>
     <w:rsid w:val="00930596"/>
     <w:rsid w:val="00933002"/>
     <w:rsid w:val="009341CA"/>
     <w:rsid w:val="009345A4"/>
     <w:rsid w:val="00942A41"/>
     <w:rsid w:val="00946556"/>
     <w:rsid w:val="00946D1A"/>
     <w:rsid w:val="009479EB"/>
     <w:rsid w:val="00953C09"/>
     <w:rsid w:val="009542FB"/>
     <w:rsid w:val="00955388"/>
     <w:rsid w:val="0095555D"/>
     <w:rsid w:val="00961865"/>
+    <w:rsid w:val="00961FE1"/>
     <w:rsid w:val="0096333D"/>
     <w:rsid w:val="00964ACB"/>
+    <w:rsid w:val="009672CD"/>
     <w:rsid w:val="009674F8"/>
     <w:rsid w:val="00967F94"/>
     <w:rsid w:val="009719C6"/>
     <w:rsid w:val="009720C5"/>
     <w:rsid w:val="00972749"/>
     <w:rsid w:val="00974B1E"/>
     <w:rsid w:val="00976DA9"/>
     <w:rsid w:val="00977E4E"/>
     <w:rsid w:val="009800E6"/>
     <w:rsid w:val="00986628"/>
     <w:rsid w:val="00991C3D"/>
     <w:rsid w:val="0099238B"/>
     <w:rsid w:val="009938CD"/>
+    <w:rsid w:val="00993FBE"/>
     <w:rsid w:val="0099456F"/>
     <w:rsid w:val="00994BF2"/>
     <w:rsid w:val="00995910"/>
     <w:rsid w:val="00995E88"/>
     <w:rsid w:val="00996598"/>
     <w:rsid w:val="009A1D21"/>
     <w:rsid w:val="009A5E73"/>
     <w:rsid w:val="009A6A16"/>
     <w:rsid w:val="009A7583"/>
     <w:rsid w:val="009A7AE0"/>
     <w:rsid w:val="009B07CB"/>
     <w:rsid w:val="009B77F9"/>
     <w:rsid w:val="009C1464"/>
     <w:rsid w:val="009C3323"/>
     <w:rsid w:val="009C368D"/>
     <w:rsid w:val="009C4041"/>
     <w:rsid w:val="009C426E"/>
     <w:rsid w:val="009C596C"/>
     <w:rsid w:val="009C61C2"/>
     <w:rsid w:val="009D1764"/>
     <w:rsid w:val="009D2944"/>
     <w:rsid w:val="009D4114"/>
     <w:rsid w:val="009D7161"/>
     <w:rsid w:val="009E1BDE"/>
     <w:rsid w:val="009E48B0"/>
@@ -33897,255 +34004,265 @@
     <w:rsid w:val="00AB6DC1"/>
     <w:rsid w:val="00AC3210"/>
     <w:rsid w:val="00AC374A"/>
     <w:rsid w:val="00AD6766"/>
     <w:rsid w:val="00AD6F33"/>
     <w:rsid w:val="00AE0FE3"/>
     <w:rsid w:val="00AE20E2"/>
     <w:rsid w:val="00AE3985"/>
     <w:rsid w:val="00AE5088"/>
     <w:rsid w:val="00AE6AB2"/>
     <w:rsid w:val="00AE7D46"/>
     <w:rsid w:val="00AF4386"/>
     <w:rsid w:val="00AF6D49"/>
     <w:rsid w:val="00B00623"/>
     <w:rsid w:val="00B018E1"/>
     <w:rsid w:val="00B04142"/>
     <w:rsid w:val="00B0497E"/>
     <w:rsid w:val="00B0683B"/>
     <w:rsid w:val="00B075C8"/>
     <w:rsid w:val="00B12C66"/>
     <w:rsid w:val="00B17B88"/>
     <w:rsid w:val="00B21E3D"/>
     <w:rsid w:val="00B234AA"/>
     <w:rsid w:val="00B27828"/>
     <w:rsid w:val="00B27A3B"/>
+    <w:rsid w:val="00B31BBF"/>
     <w:rsid w:val="00B326DD"/>
     <w:rsid w:val="00B34042"/>
     <w:rsid w:val="00B34A62"/>
     <w:rsid w:val="00B34FC7"/>
     <w:rsid w:val="00B3566E"/>
     <w:rsid w:val="00B37471"/>
     <w:rsid w:val="00B37CDD"/>
     <w:rsid w:val="00B405A4"/>
     <w:rsid w:val="00B42691"/>
     <w:rsid w:val="00B4481B"/>
     <w:rsid w:val="00B4520D"/>
     <w:rsid w:val="00B467FD"/>
     <w:rsid w:val="00B5177C"/>
     <w:rsid w:val="00B5483B"/>
     <w:rsid w:val="00B54D6B"/>
     <w:rsid w:val="00B603E5"/>
     <w:rsid w:val="00B6169E"/>
+    <w:rsid w:val="00B6261F"/>
     <w:rsid w:val="00B63BF6"/>
     <w:rsid w:val="00B64D31"/>
     <w:rsid w:val="00B6531F"/>
+    <w:rsid w:val="00B65BD2"/>
     <w:rsid w:val="00B65FFB"/>
     <w:rsid w:val="00B67151"/>
     <w:rsid w:val="00B7350A"/>
     <w:rsid w:val="00B73864"/>
     <w:rsid w:val="00B73F2B"/>
     <w:rsid w:val="00B84133"/>
     <w:rsid w:val="00B8476C"/>
     <w:rsid w:val="00B87BB0"/>
     <w:rsid w:val="00B90836"/>
     <w:rsid w:val="00B90F47"/>
     <w:rsid w:val="00B91A7B"/>
     <w:rsid w:val="00B9328F"/>
     <w:rsid w:val="00B93F80"/>
     <w:rsid w:val="00B94F34"/>
     <w:rsid w:val="00B97C9F"/>
     <w:rsid w:val="00BA20F7"/>
     <w:rsid w:val="00BA2366"/>
     <w:rsid w:val="00BA2769"/>
     <w:rsid w:val="00BA3F19"/>
     <w:rsid w:val="00BA75EE"/>
     <w:rsid w:val="00BA7FAD"/>
     <w:rsid w:val="00BB0C10"/>
+    <w:rsid w:val="00BB0C95"/>
     <w:rsid w:val="00BB13DB"/>
     <w:rsid w:val="00BB303A"/>
     <w:rsid w:val="00BB549C"/>
     <w:rsid w:val="00BB643A"/>
     <w:rsid w:val="00BC25C1"/>
     <w:rsid w:val="00BC6752"/>
     <w:rsid w:val="00BD0A41"/>
     <w:rsid w:val="00BD45F9"/>
     <w:rsid w:val="00BD53CF"/>
     <w:rsid w:val="00BD5E35"/>
     <w:rsid w:val="00BD7FBE"/>
     <w:rsid w:val="00BE06F6"/>
     <w:rsid w:val="00BE2E4F"/>
     <w:rsid w:val="00BE38CB"/>
     <w:rsid w:val="00BE5E7E"/>
     <w:rsid w:val="00BE78C0"/>
     <w:rsid w:val="00BF211A"/>
     <w:rsid w:val="00BF6B6F"/>
     <w:rsid w:val="00BF7C12"/>
     <w:rsid w:val="00C0655D"/>
     <w:rsid w:val="00C0662C"/>
     <w:rsid w:val="00C070FA"/>
     <w:rsid w:val="00C079F4"/>
     <w:rsid w:val="00C07FBA"/>
     <w:rsid w:val="00C10D0F"/>
     <w:rsid w:val="00C115FA"/>
     <w:rsid w:val="00C11FDC"/>
     <w:rsid w:val="00C127B6"/>
     <w:rsid w:val="00C13EBA"/>
     <w:rsid w:val="00C166A6"/>
     <w:rsid w:val="00C17E33"/>
     <w:rsid w:val="00C27A71"/>
     <w:rsid w:val="00C31CF2"/>
     <w:rsid w:val="00C33CB9"/>
     <w:rsid w:val="00C34282"/>
     <w:rsid w:val="00C377E9"/>
+    <w:rsid w:val="00C37D02"/>
     <w:rsid w:val="00C42EBA"/>
     <w:rsid w:val="00C434ED"/>
     <w:rsid w:val="00C44065"/>
     <w:rsid w:val="00C44D95"/>
     <w:rsid w:val="00C45713"/>
     <w:rsid w:val="00C45A46"/>
     <w:rsid w:val="00C45D25"/>
     <w:rsid w:val="00C46FEB"/>
     <w:rsid w:val="00C51EF8"/>
     <w:rsid w:val="00C53709"/>
     <w:rsid w:val="00C5409B"/>
     <w:rsid w:val="00C56512"/>
     <w:rsid w:val="00C56652"/>
     <w:rsid w:val="00C57B6A"/>
     <w:rsid w:val="00C61FB2"/>
     <w:rsid w:val="00C6481F"/>
     <w:rsid w:val="00C64C98"/>
     <w:rsid w:val="00C659B4"/>
     <w:rsid w:val="00C65CC5"/>
     <w:rsid w:val="00C65D71"/>
     <w:rsid w:val="00C66753"/>
     <w:rsid w:val="00C67E1E"/>
     <w:rsid w:val="00C705F7"/>
     <w:rsid w:val="00C73631"/>
     <w:rsid w:val="00C7464F"/>
     <w:rsid w:val="00C76709"/>
     <w:rsid w:val="00C772FA"/>
     <w:rsid w:val="00C83769"/>
+    <w:rsid w:val="00C8554E"/>
     <w:rsid w:val="00C85602"/>
     <w:rsid w:val="00C86421"/>
     <w:rsid w:val="00C872EC"/>
     <w:rsid w:val="00C91A15"/>
     <w:rsid w:val="00C92B47"/>
     <w:rsid w:val="00C93D2F"/>
     <w:rsid w:val="00C946D1"/>
     <w:rsid w:val="00C960FC"/>
     <w:rsid w:val="00CA1134"/>
     <w:rsid w:val="00CA1B35"/>
     <w:rsid w:val="00CA413E"/>
     <w:rsid w:val="00CA6CEF"/>
     <w:rsid w:val="00CB1A41"/>
     <w:rsid w:val="00CB3A64"/>
     <w:rsid w:val="00CC0BC6"/>
     <w:rsid w:val="00CC1558"/>
     <w:rsid w:val="00CC4D2B"/>
     <w:rsid w:val="00CC5EB9"/>
     <w:rsid w:val="00CC783C"/>
     <w:rsid w:val="00CD04BD"/>
     <w:rsid w:val="00CD5F2C"/>
     <w:rsid w:val="00CD78F9"/>
     <w:rsid w:val="00CE2045"/>
     <w:rsid w:val="00CE46E9"/>
     <w:rsid w:val="00CE497A"/>
     <w:rsid w:val="00CF17DA"/>
     <w:rsid w:val="00CF45C3"/>
     <w:rsid w:val="00CF7367"/>
     <w:rsid w:val="00D02835"/>
     <w:rsid w:val="00D05CEC"/>
     <w:rsid w:val="00D06C59"/>
     <w:rsid w:val="00D07FEB"/>
     <w:rsid w:val="00D12E44"/>
     <w:rsid w:val="00D133B8"/>
     <w:rsid w:val="00D155E1"/>
     <w:rsid w:val="00D22604"/>
     <w:rsid w:val="00D2474C"/>
     <w:rsid w:val="00D248F9"/>
     <w:rsid w:val="00D258B7"/>
     <w:rsid w:val="00D25CA5"/>
     <w:rsid w:val="00D267A1"/>
     <w:rsid w:val="00D26C1B"/>
     <w:rsid w:val="00D3056B"/>
     <w:rsid w:val="00D31020"/>
+    <w:rsid w:val="00D31A39"/>
     <w:rsid w:val="00D31BA9"/>
     <w:rsid w:val="00D32027"/>
     <w:rsid w:val="00D32F55"/>
     <w:rsid w:val="00D338AA"/>
     <w:rsid w:val="00D35E55"/>
     <w:rsid w:val="00D366FC"/>
     <w:rsid w:val="00D36E52"/>
     <w:rsid w:val="00D4249A"/>
     <w:rsid w:val="00D53810"/>
     <w:rsid w:val="00D5604D"/>
     <w:rsid w:val="00D572F8"/>
     <w:rsid w:val="00D61BB0"/>
     <w:rsid w:val="00D62499"/>
     <w:rsid w:val="00D64A33"/>
     <w:rsid w:val="00D67109"/>
     <w:rsid w:val="00D67440"/>
     <w:rsid w:val="00D71F7A"/>
     <w:rsid w:val="00D72437"/>
+    <w:rsid w:val="00D745ED"/>
     <w:rsid w:val="00D7791C"/>
     <w:rsid w:val="00D80729"/>
     <w:rsid w:val="00D80A6E"/>
     <w:rsid w:val="00D81684"/>
     <w:rsid w:val="00D901FF"/>
     <w:rsid w:val="00D90EE2"/>
     <w:rsid w:val="00D915E0"/>
+    <w:rsid w:val="00D935A0"/>
     <w:rsid w:val="00D949EB"/>
     <w:rsid w:val="00D94E27"/>
     <w:rsid w:val="00D95629"/>
     <w:rsid w:val="00D959AD"/>
     <w:rsid w:val="00DA004C"/>
     <w:rsid w:val="00DA0A12"/>
     <w:rsid w:val="00DA1B49"/>
     <w:rsid w:val="00DA2560"/>
     <w:rsid w:val="00DA5E83"/>
     <w:rsid w:val="00DA664C"/>
     <w:rsid w:val="00DA7068"/>
     <w:rsid w:val="00DA742A"/>
     <w:rsid w:val="00DB1F0C"/>
     <w:rsid w:val="00DB261F"/>
     <w:rsid w:val="00DB4E82"/>
     <w:rsid w:val="00DB5F7C"/>
     <w:rsid w:val="00DB76B0"/>
     <w:rsid w:val="00DC031A"/>
     <w:rsid w:val="00DC5B77"/>
     <w:rsid w:val="00DD0085"/>
     <w:rsid w:val="00DD1CA8"/>
     <w:rsid w:val="00DD2450"/>
     <w:rsid w:val="00DD3F3D"/>
     <w:rsid w:val="00DD4182"/>
     <w:rsid w:val="00DD608B"/>
     <w:rsid w:val="00DE2FA9"/>
     <w:rsid w:val="00DE380A"/>
     <w:rsid w:val="00DE440B"/>
     <w:rsid w:val="00DE4696"/>
     <w:rsid w:val="00DE5F17"/>
+    <w:rsid w:val="00DF1C7C"/>
     <w:rsid w:val="00DF1CCF"/>
     <w:rsid w:val="00DF2CB7"/>
     <w:rsid w:val="00DF5BFF"/>
     <w:rsid w:val="00DF67DE"/>
     <w:rsid w:val="00DF77D0"/>
     <w:rsid w:val="00E00BCF"/>
     <w:rsid w:val="00E0220D"/>
     <w:rsid w:val="00E04B23"/>
     <w:rsid w:val="00E11412"/>
     <w:rsid w:val="00E11477"/>
     <w:rsid w:val="00E11588"/>
     <w:rsid w:val="00E11F9A"/>
     <w:rsid w:val="00E122F9"/>
     <w:rsid w:val="00E15193"/>
     <w:rsid w:val="00E166EC"/>
     <w:rsid w:val="00E16D30"/>
     <w:rsid w:val="00E21C1E"/>
     <w:rsid w:val="00E21D0E"/>
     <w:rsid w:val="00E248C9"/>
     <w:rsid w:val="00E26152"/>
     <w:rsid w:val="00E30EDC"/>
     <w:rsid w:val="00E3113F"/>
     <w:rsid w:val="00E35DF8"/>
     <w:rsid w:val="00E40013"/>
     <w:rsid w:val="00E409C7"/>
@@ -34174,50 +34291,51 @@
     <w:rsid w:val="00EA5D16"/>
     <w:rsid w:val="00EA6BBD"/>
     <w:rsid w:val="00EA75FC"/>
     <w:rsid w:val="00EB369D"/>
     <w:rsid w:val="00EB4130"/>
     <w:rsid w:val="00EB51F3"/>
     <w:rsid w:val="00EB7AFF"/>
     <w:rsid w:val="00EC1224"/>
     <w:rsid w:val="00EC2793"/>
     <w:rsid w:val="00EC2922"/>
     <w:rsid w:val="00EC4F55"/>
     <w:rsid w:val="00EC7FCB"/>
     <w:rsid w:val="00ED18E0"/>
     <w:rsid w:val="00ED3AA8"/>
     <w:rsid w:val="00ED3F90"/>
     <w:rsid w:val="00ED7B6A"/>
     <w:rsid w:val="00EE1615"/>
     <w:rsid w:val="00EE16B6"/>
     <w:rsid w:val="00EE2ACE"/>
     <w:rsid w:val="00EE7298"/>
     <w:rsid w:val="00EF01CC"/>
     <w:rsid w:val="00EF1CE2"/>
     <w:rsid w:val="00EF39A5"/>
     <w:rsid w:val="00EF4891"/>
     <w:rsid w:val="00EF5EDB"/>
+    <w:rsid w:val="00F07040"/>
     <w:rsid w:val="00F07788"/>
     <w:rsid w:val="00F0780E"/>
     <w:rsid w:val="00F147BC"/>
     <w:rsid w:val="00F16A9A"/>
     <w:rsid w:val="00F17EF3"/>
     <w:rsid w:val="00F207D3"/>
     <w:rsid w:val="00F20A99"/>
     <w:rsid w:val="00F21E06"/>
     <w:rsid w:val="00F23544"/>
     <w:rsid w:val="00F26239"/>
     <w:rsid w:val="00F26D95"/>
     <w:rsid w:val="00F27E99"/>
     <w:rsid w:val="00F3011B"/>
     <w:rsid w:val="00F306C9"/>
     <w:rsid w:val="00F307A2"/>
     <w:rsid w:val="00F31865"/>
     <w:rsid w:val="00F3525F"/>
     <w:rsid w:val="00F36FBE"/>
     <w:rsid w:val="00F37DAD"/>
     <w:rsid w:val="00F406FF"/>
     <w:rsid w:val="00F41F5E"/>
     <w:rsid w:val="00F433FD"/>
     <w:rsid w:val="00F46A84"/>
     <w:rsid w:val="00F5357B"/>
     <w:rsid w:val="00F56218"/>
@@ -34237,50 +34355,51 @@
     <w:rsid w:val="00F96010"/>
     <w:rsid w:val="00F96669"/>
     <w:rsid w:val="00FA32A9"/>
     <w:rsid w:val="00FA4581"/>
     <w:rsid w:val="00FA4F00"/>
     <w:rsid w:val="00FA6D61"/>
     <w:rsid w:val="00FB0061"/>
     <w:rsid w:val="00FB0C59"/>
     <w:rsid w:val="00FB1E53"/>
     <w:rsid w:val="00FB240E"/>
     <w:rsid w:val="00FB363D"/>
     <w:rsid w:val="00FB6795"/>
     <w:rsid w:val="00FB7824"/>
     <w:rsid w:val="00FC29E0"/>
     <w:rsid w:val="00FC3A7B"/>
     <w:rsid w:val="00FC7C29"/>
     <w:rsid w:val="00FC7DE1"/>
     <w:rsid w:val="00FD0710"/>
     <w:rsid w:val="00FD1AB5"/>
     <w:rsid w:val="00FD205B"/>
     <w:rsid w:val="00FD3226"/>
     <w:rsid w:val="00FD6B0D"/>
     <w:rsid w:val="00FE3201"/>
     <w:rsid w:val="00FE356C"/>
     <w:rsid w:val="00FE7A03"/>
+    <w:rsid w:val="00FF1268"/>
     <w:rsid w:val="00FF43FC"/>
     <w:rsid w:val="00FF475E"/>
     <w:rsid w:val="00FF5A66"/>
     <w:rsid w:val="078D0FC4"/>
     <w:rsid w:val="095FCF11"/>
     <w:rsid w:val="0D2A2BE7"/>
     <w:rsid w:val="10204855"/>
     <w:rsid w:val="170989FC"/>
     <w:rsid w:val="17DCB034"/>
     <w:rsid w:val="19391D0E"/>
     <w:rsid w:val="1953FCA2"/>
     <w:rsid w:val="1ADC9172"/>
     <w:rsid w:val="1C477BEA"/>
     <w:rsid w:val="1ED37E5A"/>
     <w:rsid w:val="2257A652"/>
     <w:rsid w:val="225A492B"/>
     <w:rsid w:val="23267BA4"/>
     <w:rsid w:val="25701489"/>
     <w:rsid w:val="27A02470"/>
     <w:rsid w:val="28BF26C4"/>
     <w:rsid w:val="29850A98"/>
     <w:rsid w:val="2BA588D3"/>
     <w:rsid w:val="2BDF80C1"/>
     <w:rsid w:val="2C727EEC"/>
     <w:rsid w:val="2F6C5DEB"/>
@@ -34314,179 +34433,179 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1FA8308C"/>
-  <w15:docId w15:val="{F5D35CA8-5D96-4B7A-9282-4389A38DA622}"/>
+  <w15:docId w15:val="{0FFFCC24-5638-42D0-84FD-EEAED550993E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="endnote text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toa heading" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Body Text Indent" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text 3" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Body Text Indent 3" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="FollowedHyperlink" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
-    <w:lsdException w:name="Document Map" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation subject" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -34601,52 +34720,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -34713,59 +34832,59 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00DB76B0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00DB76B0"/>
     <w:pPr>
       <w:keepNext/>
       <w:tabs>
         <w:tab w:val="left" w:pos="720"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="3600"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="5040"/>
         <w:tab w:val="left" w:pos="5760"/>
         <w:tab w:val="left" w:pos="6480"/>
         <w:tab w:val="left" w:pos="7200"/>
         <w:tab w:val="left" w:pos="7920"/>
@@ -34868,331 +34987,331 @@
       <w:snapToGrid w:val="0"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00DB76B0"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00DB76B0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Times New Roman"/>
       <w:b/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00DB76B0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:rsid w:val="00DB76B0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="56"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:rsid w:val="00DB76B0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="56"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading6Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
     <w:name w:val="Heading 6 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:rsid w:val="00DB76B0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading7Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
     <w:name w:val="Heading 7 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:rsid w:val="00DB76B0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:snapToGrid w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading8Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
     <w:name w:val="Heading 8 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:semiHidden/>
     <w:rsid w:val="00DB76B0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00DB76B0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00DB76B0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00DB76B0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00DB76B0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Style2" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style2">
     <w:name w:val="Style2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Heading4"/>
     <w:rsid w:val="00DB76B0"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextIndentChar"/>
     <w:rsid w:val="00DB76B0"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BodyTextIndentChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
     <w:name w:val="Body Text Indent Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyTextIndent"/>
     <w:rsid w:val="00DB76B0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText3">
     <w:name w:val="Body Text 3"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyText3Char"/>
     <w:rsid w:val="00DB76B0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="-720"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="CG Times" w:hAnsi="CG Times"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BodyText3Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText3Char">
     <w:name w:val="Body Text 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText3"/>
     <w:rsid w:val="00DB76B0"/>
     <w:rPr>
-      <w:rFonts w:ascii="CG Times" w:hAnsi="CG Times" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="CG Times" w:eastAsia="Times New Roman" w:hAnsi="CG Times" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
     <w:name w:val="Body Text Indent 2"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextIndent2Char"/>
     <w:rsid w:val="00DB76B0"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BodyTextIndent2Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent2Char">
     <w:name w:val="Body Text Indent 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyTextIndent2"/>
     <w:rsid w:val="00DB76B0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="EndnoteText">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EndnoteTextChar"/>
     <w:semiHidden/>
     <w:rsid w:val="00DB76B0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="CG Times" w:hAnsi="CG Times"/>
       <w:snapToGrid w:val="0"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="EndnoteTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
     <w:name w:val="Endnote Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="EndnoteText"/>
     <w:semiHidden/>
     <w:rsid w:val="00DB76B0"/>
     <w:rPr>
-      <w:rFonts w:ascii="CG Times" w:hAnsi="CG Times" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="CG Times" w:eastAsia="Times New Roman" w:hAnsi="CG Times" w:cs="Times New Roman"/>
       <w:snapToGrid w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="wfxRecipient" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="wfxRecipient">
     <w:name w:val="wfxRecipient"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00DB76B0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:snapToGrid w:val="0"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOAHeading">
     <w:name w:val="toa heading"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00DB76B0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
     </w:pPr>
@@ -35212,293 +35331,293 @@
     <w:link w:val="BodyTextIndent3Char"/>
     <w:rsid w:val="00DB76B0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="720"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2430"/>
         <w:tab w:val="left" w:pos="3600"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="5040"/>
         <w:tab w:val="left" w:pos="5760"/>
         <w:tab w:val="left" w:pos="6480"/>
         <w:tab w:val="left" w:pos="7200"/>
         <w:tab w:val="left" w:pos="7920"/>
         <w:tab w:val="left" w:pos="8640"/>
         <w:tab w:val="left" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="exact"/>
       <w:ind w:left="2430" w:hanging="2880"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BodyTextIndent3Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent3Char">
     <w:name w:val="Body Text Indent 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyTextIndent3"/>
     <w:rsid w:val="00DB76B0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocumentMap">
     <w:name w:val="Document Map"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="DocumentMapChar"/>
     <w:semiHidden/>
     <w:rsid w:val="00DB76B0"/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="000080"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DocumentMapChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="DocumentMapChar">
     <w:name w:val="Document Map Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="DocumentMap"/>
     <w:semiHidden/>
     <w:rsid w:val="00DB76B0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
       <w:shd w:val="clear" w:color="auto" w:fill="000080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00DB76B0"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
     <w:rsid w:val="00DB76B0"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BodyTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
     <w:rsid w:val="00DB76B0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Style0" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style0">
     <w:name w:val="Style0"/>
     <w:rsid w:val="00DB76B0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:snapToGrid w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00DB76B0"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00DB76B0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Default" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00DB76B0"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00DB76B0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGridLight1" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGridLight1">
     <w:name w:val="Table Grid Light1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="40"/>
     <w:rsid w:val="00DB76B0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="BFBFBF" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="BFBFBF" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable1Light1" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable1Light1">
     <w:name w:val="Grid Table 1 Light1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="46"/>
     <w:rsid w:val="00DB76B0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="999999" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="999999" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="999999"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="999999"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="999999"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="999999"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="666666" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="666666"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="666666" w:sz="2" w:space="0"/>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="666666"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable31" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable31">
     <w:name w:val="Grid Table 31"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="48"/>
     <w:rsid w:val="00DB76B0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="666666" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="666666" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="666666"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="666666"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="666666"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="666666"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
@@ -35544,115 +35663,115 @@
           <w:top w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="666666" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="666666" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="666666" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="666666"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="666666" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="666666"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid1" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
     <w:name w:val="Table Grid1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:next w:val="TableGrid"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00DB76B0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00DB76B0"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00DB76B0"/>
     <w:pPr>
       <w:keepLines/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="720"/>
         <w:tab w:val="clear" w:pos="1440"/>
         <w:tab w:val="clear" w:pos="2160"/>
         <w:tab w:val="clear" w:pos="2880"/>
         <w:tab w:val="clear" w:pos="3600"/>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="5040"/>
         <w:tab w:val="clear" w:pos="5760"/>
         <w:tab w:val="clear" w:pos="6480"/>
         <w:tab w:val="clear" w:pos="7200"/>
         <w:tab w:val="clear" w:pos="7920"/>
@@ -35708,403 +35827,403 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DB76B0"/>
     <w:pPr>
       <w:spacing w:after="100" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="440"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:link w:val="NoSpacingChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00DB76B0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="NoSpacingChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
     <w:name w:val="No Spacing Char"/>
     <w:link w:val="NoSpacing"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00DB76B0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:qFormat/>
     <w:rsid w:val="00DB76B0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:u w:val="double"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:rsid w:val="00DB76B0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:u w:val="double"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DB76B0"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DB76B0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00DB76B0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid2" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid2">
     <w:name w:val="Table Grid2"/>
     <w:basedOn w:val="TableNormal"/>
     <w:next w:val="TableGrid"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00DB76B0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DB76B0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid3" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid3">
     <w:name w:val="Table Grid3"/>
     <w:basedOn w:val="TableNormal"/>
     <w:next w:val="TableGrid"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00DB76B0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00DB76B0"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:rsid w:val="00DB76B0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="00DB76B0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00DB76B0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00654290"/>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
     <w:name w:val="Footnote Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00654290"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00654290"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00654290"/>
     <w:pPr>
       <w:spacing w:after="100" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="660"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00654290"/>
     <w:pPr>
       <w:spacing w:after="100" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="880"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00654290"/>
     <w:pPr>
       <w:spacing w:after="100" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="1100"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00654290"/>
     <w:pPr>
       <w:spacing w:after="100" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="1320"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00654290"/>
     <w:pPr>
       <w:spacing w:after="100" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="1540"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00654290"/>
     <w:pPr>
       <w:spacing w:after="100" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="1760"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="xxxmsolistparagraph" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xxxmsolistparagraph">
     <w:name w:val="x_x_xmsolistparagraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00143D0F"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="normaltextrun" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00B67151"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="paragraph" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="001F3DBC"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="eop" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="001F3DBC"/>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0001620A"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="106438521">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
@@ -36423,51 +36542,52 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2133011427">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/ajc-posters" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/ajc-posters" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/ajc-posters" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/ajc-posters" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/ajc-posters" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/ajc-posters" TargetMode="External" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/ajc-posters" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/ajc-posters" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/ajc-posters" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/ajc-posters" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/ajc-posters" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/ajc-posters" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -36728,76 +36848,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...24 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f8197ce3-f327-445f-9ae6-74b08f5a20a9" xmlns:ns3="69eef59b-4fb6-4551-80fa-880d5adf8c10" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9918fa709a77541c7a733ebd3538a2f4" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A95036446F218841831E389EE0ED1EE2" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6151f0571e7ae9a1eae29ca63b11f225">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f8197ce3-f327-445f-9ae6-74b08f5a20a9" xmlns:ns3="69eef59b-4fb6-4551-80fa-880d5adf8c10" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="73640304bb77ae64b651e328f036bc53" ns2:_="" ns3:_="">
     <xsd:import namespace="f8197ce3-f327-445f-9ae6-74b08f5a20a9"/>
     <xsd:import namespace="69eef59b-4fb6-4551-80fa-880d5adf8c10"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
@@ -36952,99 +37048,491 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="69eef59b-4fb6-4551-80fa-880d5adf8c10" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f8197ce3-f327-445f-9ae6-74b08f5a20a9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{29723809-C6C9-420D-B975-A1C9A9C973AA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="f8197ce3-f327-445f-9ae6-74b08f5a20a9"/>
+    <ds:schemaRef ds:uri="69eef59b-4fb6-4551-80fa-880d5adf8c10"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6BB123D-BE0E-43ED-9F23-6E70C0AAF742}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92DBC23D-0B54-4ED9-8C10-C1FCC974B594}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3AF0938-ED45-44EA-9A5D-09F3594BB8DE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="69eef59b-4fb6-4551-80fa-880d5adf8c10"/>
     <ds:schemaRef ds:uri="f8197ce3-f327-445f-9ae6-74b08f5a20a9"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>22</Pages>
+  <Words>3276</Words>
+  <Characters>18678</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>155</Lines>
+  <Paragraphs>43</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company>EOLWD</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>21911</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="114" baseType="variant">
+      <vt:variant>
+        <vt:i4>95</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>56</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/info-details/ajc-posters</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>95</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>54</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/info-details/ajc-posters</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>95</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>50</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/info-details/ajc-posters</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>95</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>48</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/info-details/ajc-posters</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>95</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>44</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/info-details/ajc-posters</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>95</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>42</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/info-details/ajc-posters</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441854</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>38</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc521323834</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507390</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>35</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc521323824</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310782</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>32</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc521323819</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310782</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>29</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc521323814</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1376318</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>26</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc521323809</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1376318</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>23</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc521323804</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1835057</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>20</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc521323799</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1835057</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>17</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc521323794</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1900593</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>14</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc521323784</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1179697</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>11</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc521323779</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1245233</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc521323769</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1245233</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc521323764</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1114161</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc521323747</vt:lpwstr>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Erin Fallon</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A95036446F218841831E389EE0ED1EE2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
     <vt:r8>14386000</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">