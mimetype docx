--- v0 (2025-11-09)
+++ v1 (2026-03-29)
@@ -14,147 +14,147 @@
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidRPr="00900BB0" w:rsidR="00900BB0" w:rsidP="00571167" w:rsidRDefault="00900BB0" w14:paraId="680480CD" w14:textId="641DB09F">
+    <w:p w14:paraId="680480CD" w14:textId="641DB09F" w:rsidR="00900BB0" w:rsidRPr="00900BB0" w:rsidRDefault="00900BB0" w:rsidP="00571167">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00900BB0">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Attachment G</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00481832" w:rsidP="009E160A" w:rsidRDefault="009E160A" w14:paraId="707420FD" w14:textId="11759C93">
+    <w:p w14:paraId="707420FD" w14:textId="11759C93" w:rsidR="00481832" w:rsidRDefault="009E160A" w:rsidP="009E160A">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E160A">
         <w:rPr>
           <w:b/>
           <w:color w:val="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>JVSG Program Overview Case Management Criteria</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E160A" w:rsidP="009E160A" w:rsidRDefault="009E160A" w14:paraId="32226DCA" w14:textId="77777777">
+    <w:p w14:paraId="32226DCA" w14:textId="77777777" w:rsidR="009E160A" w:rsidRDefault="009E160A" w:rsidP="009E160A">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Veterans Caseload Data Analysis Sheet (VCDAS) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009E160A" w:rsidR="00C40316" w:rsidP="686D4378" w:rsidRDefault="00F97AB0" w14:paraId="6DDABD2A" w14:textId="1D50A20D">
+    <w:p w14:paraId="6DDABD2A" w14:textId="1D50A20D" w:rsidR="00C40316" w:rsidRPr="009E160A" w:rsidRDefault="00F97AB0" w:rsidP="686D4378">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7FB43AC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FY2</w:t>
       </w:r>
       <w:r w:rsidR="00A71D43">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4F6228" w:themeColor="accent3" w:themeShade="80"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00834D2A" w:rsidP="008F76A2" w:rsidRDefault="00AD4EFA" w14:paraId="3AC2D360" w14:textId="5BA62D61">
+    <w:p w14:paraId="3AC2D360" w14:textId="5BA62D61" w:rsidR="00834D2A" w:rsidRDefault="00AD4EFA" w:rsidP="008F76A2">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00A17879">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Purpose</w:t>
       </w:r>
       <w:r w:rsidRPr="00A17879">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A17879">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C40316">
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidR="009E160A">
         <w:t xml:space="preserve"> Veterans </w:t>
       </w:r>
@@ -196,491 +196,502 @@
       </w:r>
       <w:r w:rsidR="005F1FEA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A42F34">
         <w:t xml:space="preserve"> VCDAS’ </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">should be completed </w:t>
       </w:r>
       <w:r w:rsidR="00C40316">
         <w:t xml:space="preserve">with the enrollment of each Barrier to Employment (SBE) Veteran.  DVOP’s direct supervisor </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">periodically </w:t>
       </w:r>
       <w:r w:rsidR="00C40316">
         <w:t xml:space="preserve">reviews </w:t>
       </w:r>
       <w:r>
         <w:t>to ensure that the customer case plan is in accordan</w:t>
       </w:r>
       <w:r w:rsidR="004313A4">
         <w:t xml:space="preserve">ce with </w:t>
       </w:r>
-      <w:r w:rsidRPr="00513FF3" w:rsidR="004313A4">
+      <w:r w:rsidR="004313A4" w:rsidRPr="00513FF3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Workforce Issuance 100 DCS 08.112</w:t>
       </w:r>
-      <w:r w:rsidRPr="00513FF3" w:rsidR="005B5DA1">
+      <w:r w:rsidR="005B5DA1" w:rsidRPr="00513FF3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00570063">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="004313A4">
         <w:t xml:space="preserve"> for Career Planning</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and the program requirements for</w:t>
       </w:r>
       <w:r w:rsidR="00916413">
         <w:t xml:space="preserve"> WIOA, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the Jobs for Veterans </w:t>
       </w:r>
       <w:r w:rsidR="00A17879">
         <w:t>State Grant (JVSG)</w:t>
       </w:r>
       <w:r w:rsidR="009052C4">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00916413">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00C40316">
         <w:t xml:space="preserve">DOL TEGL’s/VPL’s.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00834D2A" w:rsidP="008F76A2" w:rsidRDefault="00834D2A" w14:paraId="7AB9B85E" w14:textId="77777777">
+    <w:p w14:paraId="7AB9B85E" w14:textId="77777777" w:rsidR="00834D2A" w:rsidRDefault="00834D2A" w:rsidP="008F76A2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="001757FF" w:rsidR="00AD4EFA" w:rsidP="26B8635A" w:rsidRDefault="00A17879" w14:paraId="7B97EBD7" w14:textId="442A63B5">
+    <w:p w14:paraId="7B97EBD7" w14:textId="442A63B5" w:rsidR="00AD4EFA" w:rsidRPr="001757FF" w:rsidRDefault="00A17879" w:rsidP="26B8635A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="26B8635A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">This form </w:t>
       </w:r>
-      <w:r w:rsidRPr="26B8635A" w:rsidR="008C4818">
+      <w:r w:rsidR="008C4818" w:rsidRPr="26B8635A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>has been revised according to VPL No. 05-24</w:t>
       </w:r>
-      <w:r w:rsidRPr="26B8635A" w:rsidR="00834D2A">
+      <w:r w:rsidR="00834D2A" w:rsidRPr="26B8635A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00657E4D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">MassWorkforce </w:t>
+        <w:t>MassWorkforce</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00657E4D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B17611">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Issuance</w:t>
       </w:r>
       <w:r w:rsidR="00657E4D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> 100 DCS 1</w:t>
       </w:r>
       <w:r w:rsidR="00B17611">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">5.105.1 and </w:t>
       </w:r>
-      <w:r w:rsidRPr="26B8635A" w:rsidR="00834D2A">
+      <w:r w:rsidR="00834D2A" w:rsidRPr="26B8635A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidRPr="26B8635A" w:rsidR="00DC0A41">
+      <w:r w:rsidR="00DC0A41" w:rsidRPr="26B8635A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="26B8635A" w:rsidR="00AD4EFA">
+      <w:r w:rsidR="00AD4EFA" w:rsidRPr="26B8635A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>subject</w:t>
       </w:r>
-      <w:r w:rsidRPr="26B8635A" w:rsidR="004A062E">
+      <w:r w:rsidR="004A062E" w:rsidRPr="26B8635A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> to change when new guidance is </w:t>
       </w:r>
-      <w:r w:rsidRPr="26B8635A" w:rsidR="00AD4EFA">
+      <w:r w:rsidR="00AD4EFA" w:rsidRPr="26B8635A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>issued under the Workforce Innovatio</w:t>
       </w:r>
-      <w:r w:rsidRPr="26B8635A" w:rsidR="00C40316">
+      <w:r w:rsidR="00C40316" w:rsidRPr="26B8635A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>n and Opportunit</w:t>
       </w:r>
-      <w:r w:rsidRPr="26B8635A" w:rsidR="1E16F647">
+      <w:r w:rsidR="1E16F647" w:rsidRPr="26B8635A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidRPr="26B8635A" w:rsidR="00C40316">
+      <w:r w:rsidR="00C40316" w:rsidRPr="26B8635A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Act (WIOA) or DOL specific regulations.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005F1FEA" w:rsidR="00E977CC" w:rsidP="008F76A2" w:rsidRDefault="00E977CC" w14:paraId="0E3F936A" w14:textId="77777777">
+    <w:p w14:paraId="0E3F936A" w14:textId="77777777" w:rsidR="00E977CC" w:rsidRPr="005F1FEA" w:rsidRDefault="00E977CC" w:rsidP="008F76A2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15263" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1168"/>
         <w:gridCol w:w="1175"/>
         <w:gridCol w:w="446"/>
         <w:gridCol w:w="10"/>
         <w:gridCol w:w="365"/>
         <w:gridCol w:w="436"/>
         <w:gridCol w:w="1585"/>
         <w:gridCol w:w="15"/>
         <w:gridCol w:w="20"/>
         <w:gridCol w:w="16"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="358"/>
         <w:gridCol w:w="76"/>
         <w:gridCol w:w="1239"/>
         <w:gridCol w:w="37"/>
         <w:gridCol w:w="1154"/>
         <w:gridCol w:w="160"/>
         <w:gridCol w:w="936"/>
         <w:gridCol w:w="504"/>
         <w:gridCol w:w="576"/>
         <w:gridCol w:w="594"/>
         <w:gridCol w:w="1146"/>
         <w:gridCol w:w="690"/>
         <w:gridCol w:w="1784"/>
         <w:gridCol w:w="53"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00C467C3" w:rsidR="00ED6F0A" w:rsidTr="26B8635A" w14:paraId="011E0A76" w14:textId="77777777">
+      <w:tr w:rsidR="00ED6F0A" w:rsidRPr="00C467C3" w14:paraId="011E0A76" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15210" w:type="dxa"/>
             <w:gridSpan w:val="24"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="00782ACE" w:rsidR="00ED6F0A" w:rsidP="00AD4EFA" w:rsidRDefault="00ED6F0A" w14:paraId="38070A2C" w14:textId="77777777">
+          <w:p w14:paraId="38070A2C" w14:textId="77777777" w:rsidR="00ED6F0A" w:rsidRPr="00782ACE" w:rsidRDefault="00ED6F0A" w:rsidP="00AD4EFA">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00FD1A3F" w:rsidTr="26B8635A" w14:paraId="7C203035" w14:textId="77777777">
+      <w:tr w:rsidR="00FD1A3F" w:rsidRPr="00FD1A3F" w14:paraId="7C203035" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
           <w:trHeight w:val="314"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15210" w:type="dxa"/>
             <w:gridSpan w:val="24"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="004B4EBC" w:rsidP="004B4EBC" w:rsidRDefault="0053360F" w14:paraId="7884077D" w14:textId="77777777">
+          <w:p w14:paraId="7884077D" w14:textId="77777777" w:rsidR="004B4EBC" w:rsidRPr="00FD1A3F" w:rsidRDefault="0053360F" w:rsidP="004B4EBC">
             <w:pPr>
               <w:pStyle w:val="Label"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>GENERAL</w:t>
             </w:r>
             <w:r w:rsidR="00AD4EFA">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD1A3F" w:rsidR="004B4EBC">
+            <w:r w:rsidR="004B4EBC" w:rsidRPr="00FD1A3F">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>INFORMATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00825C6E" w:rsidTr="26B8635A" w14:paraId="1ADCA562" w14:textId="77777777">
+      <w:tr w:rsidR="00825C6E" w:rsidRPr="00FD1A3F" w14:paraId="1ADCA562" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1168" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00825C6E" w:rsidP="00B475DD" w:rsidRDefault="00825C6E" w14:paraId="79E658E9" w14:textId="77777777">
+          <w:p w14:paraId="79E658E9" w14:textId="77777777" w:rsidR="00825C6E" w:rsidRPr="00FD1A3F" w:rsidRDefault="00825C6E" w:rsidP="00B475DD">
             <w:pPr>
               <w:pStyle w:val="Label"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>MOSES ID:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1175" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00825C6E" w:rsidP="00675772" w:rsidRDefault="00825C6E" w14:paraId="14EDE5FF" w14:textId="77777777">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14EDE5FF" w14:textId="77777777" w:rsidR="00825C6E" w:rsidRPr="00FD1A3F" w:rsidRDefault="00825C6E" w:rsidP="00675772">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="821" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00825C6E" w:rsidP="00AD4EFA" w:rsidRDefault="00825C6E" w14:paraId="059D2B27" w14:textId="1D7C18FF">
+          <w:p w14:paraId="059D2B27" w14:textId="1D7C18FF" w:rsidR="00825C6E" w:rsidRPr="00FD1A3F" w:rsidRDefault="00825C6E" w:rsidP="00AD4EFA">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3226" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00825C6E" w:rsidP="00675772" w:rsidRDefault="00825C6E" w14:paraId="798D1D87" w14:textId="77777777">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="798D1D87" w14:textId="77777777" w:rsidR="00825C6E" w:rsidRPr="00FD1A3F" w:rsidRDefault="00825C6E" w:rsidP="00675772">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00825C6E" w:rsidP="00825C6E" w:rsidRDefault="00825C6E" w14:paraId="35B2C43F" w14:textId="16A81DC7">
+          <w:p w14:paraId="35B2C43F" w14:textId="16A81DC7" w:rsidR="00825C6E" w:rsidRPr="00FD1A3F" w:rsidRDefault="00825C6E" w:rsidP="00825C6E">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Case M</w:t>
             </w:r>
             <w:r w:rsidR="005F1FEA">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>ana</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -692,329 +703,329 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidRPr="00FD1A3F">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00825C6E" w:rsidP="00675772" w:rsidRDefault="00825C6E" w14:paraId="261F76A3" w14:textId="77777777">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="261F76A3" w14:textId="77777777" w:rsidR="00825C6E" w:rsidRPr="00FD1A3F" w:rsidRDefault="00825C6E" w:rsidP="00675772">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00825C6E" w:rsidP="00675772" w:rsidRDefault="00825C6E" w14:paraId="20170536" w14:textId="77777777">
+          <w:p w14:paraId="20170536" w14:textId="77777777" w:rsidR="00825C6E" w:rsidRPr="00FD1A3F" w:rsidRDefault="00825C6E" w:rsidP="00675772">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reviewer: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00825C6E" w:rsidP="00675772" w:rsidRDefault="00825C6E" w14:paraId="2E2FB2B9" w14:textId="77777777">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E2FB2B9" w14:textId="77777777" w:rsidR="00825C6E" w:rsidRPr="00FD1A3F" w:rsidRDefault="00825C6E" w:rsidP="00675772">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="690" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00825C6E" w:rsidP="00675772" w:rsidRDefault="00825C6E" w14:paraId="76E82F55" w14:textId="77777777">
+          <w:p w14:paraId="76E82F55" w14:textId="77777777" w:rsidR="00825C6E" w:rsidRPr="00FD1A3F" w:rsidRDefault="00825C6E" w:rsidP="00675772">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1784" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00825C6E" w:rsidP="00675772" w:rsidRDefault="00825C6E" w14:paraId="446CBEB3" w14:textId="77777777">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="446CBEB3" w14:textId="77777777" w:rsidR="00825C6E" w:rsidRPr="00FD1A3F" w:rsidRDefault="00825C6E" w:rsidP="00675772">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00FD1A3F" w:rsidTr="26B8635A" w14:paraId="1D4A6EDD" w14:textId="77777777">
+      <w:tr w:rsidR="00FD1A3F" w:rsidRPr="00FD1A3F" w14:paraId="1D4A6EDD" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15210" w:type="dxa"/>
             <w:gridSpan w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="008F79F7" w:rsidP="008F79F7" w:rsidRDefault="0027032F" w14:paraId="1DC1579A" w14:textId="46104F43">
+          <w:p w14:paraId="1DC1579A" w14:textId="46104F43" w:rsidR="008F79F7" w:rsidRPr="00FD1A3F" w:rsidRDefault="0027032F" w:rsidP="008F79F7">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>JVSG / BE CRITERIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00386154" w:rsidTr="26B8635A" w14:paraId="6773C41F" w14:textId="77777777">
+      <w:tr w:rsidR="00386154" w:rsidRPr="00FD1A3F" w14:paraId="6773C41F" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2789" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00386154" w:rsidP="00782ACE" w:rsidRDefault="00386154" w14:paraId="4B8BC570" w14:textId="3CD7A423">
+          <w:p w14:paraId="4B8BC570" w14:textId="3CD7A423" w:rsidR="00386154" w:rsidRPr="00FD1A3F" w:rsidRDefault="00386154" w:rsidP="00782ACE">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Meets JVSG (Veteran or Eligible Spouse) Definition?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2431" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00386154" w:rsidP="0027032F" w:rsidRDefault="00B51B3D" w14:paraId="4C223985" w14:textId="4ABEEF42">
+          <w:p w14:paraId="4C223985" w14:textId="4ABEEF42" w:rsidR="00386154" w:rsidRPr="00FD1A3F" w:rsidRDefault="007D5AE0" w:rsidP="0027032F">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-76062416"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008B729D">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="009F7844" w:rsidR="00386154">
+            <w:r w:rsidR="00386154" w:rsidRPr="009F7844">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1264833584"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="009F7844" w:rsidR="00386154">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00386154" w:rsidRPr="009F7844">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="009F7844" w:rsidR="00386154">
+            <w:r w:rsidR="00386154" w:rsidRPr="009F7844">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9990" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E71DFF" w:rsidP="00782ACE" w:rsidRDefault="00386154" w14:paraId="1D95D5BD" w14:textId="180C75EB">
+          <w:p w14:paraId="1D95D5BD" w14:textId="180C75EB" w:rsidR="00E71DFF" w:rsidRDefault="00386154" w:rsidP="00782ACE">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0053360F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">DD-214 </w:t>
             </w:r>
             <w:r w:rsidR="00037A83">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">for Veteran </w:t>
             </w:r>
             <w:r w:rsidRPr="0053360F">
               <w:rPr>
                 <w:b/>
@@ -1033,491 +1044,547 @@
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="587505029"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00693CDF">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="009F7844" w:rsidR="00693CDF">
+            <w:r w:rsidR="00693CDF" w:rsidRPr="009F7844">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1675606684"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00693CDF">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="009F7844" w:rsidR="00693CDF">
+            <w:r w:rsidR="00693CDF" w:rsidRPr="009F7844">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007A0786" w:rsidP="00782ACE" w:rsidRDefault="00CE38A0" w14:paraId="3EA1452F" w14:textId="1D8C60CA">
+          <w:p w14:paraId="3EA1452F" w14:textId="1D8C60CA" w:rsidR="007A0786" w:rsidRDefault="00CE38A0" w:rsidP="00782ACE">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
-            <w:r w:rsidRPr="00274439" w:rsidR="00670982">
+            <w:r w:rsidR="00670982" w:rsidRPr="00274439">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Referral </w:t>
             </w:r>
             <w:r w:rsidR="00CE1EDF">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>(from front desk</w:t>
             </w:r>
             <w:r w:rsidR="007A0786">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t xml:space="preserve"> staff or other non-vet staff) </w:t>
+              <w:t xml:space="preserve"> staff or other non-vet </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="007A0786">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">staff) </w:t>
             </w:r>
             <w:r w:rsidR="00D859A2">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t xml:space="preserve">    </w:t>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00D859A2">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-325290150"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00693CDF">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="009F7844" w:rsidR="00D859A2">
+            <w:r w:rsidR="00D859A2" w:rsidRPr="009F7844">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="248327103"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="009F7844" w:rsidR="00D859A2">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00D859A2" w:rsidRPr="009F7844">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="009F7844" w:rsidR="00D859A2">
+            <w:r w:rsidR="00D859A2" w:rsidRPr="009F7844">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00386154" w:rsidP="00782ACE" w:rsidRDefault="00CE1EDF" w14:paraId="5805895E" w14:textId="77F69726">
+          <w:p w14:paraId="5805895E" w14:textId="77F69726" w:rsidR="00386154" w:rsidRPr="00FD1A3F" w:rsidRDefault="00CE1EDF" w:rsidP="00782ACE">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008B729D">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                                                    </w:t>
             </w:r>
             <w:r w:rsidR="00D6150C">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">                                         </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="0027032F" w:rsidTr="26B8635A" w14:paraId="678AB7EF" w14:textId="77777777">
+      <w:tr w:rsidR="0027032F" w:rsidRPr="00FD1A3F" w14:paraId="678AB7EF" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2789" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0027032F" w:rsidP="00B475DD" w:rsidRDefault="0027032F" w14:paraId="5F37C575" w14:textId="1152C883">
+          <w:p w14:paraId="5F37C575" w14:textId="1152C883" w:rsidR="0027032F" w:rsidRDefault="0027032F" w:rsidP="00B475DD">
             <w:pPr>
               <w:pStyle w:val="Label"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>BE (Check all that apply)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="0053360F" w:rsidP="00B475DD" w:rsidRDefault="0053360F" w14:paraId="799EFE6E" w14:textId="20D3FB96">
+          <w:p w14:paraId="799EFE6E" w14:textId="20D3FB96" w:rsidR="0053360F" w:rsidRPr="00FD1A3F" w:rsidRDefault="0053360F" w:rsidP="00B475DD">
             <w:pPr>
               <w:pStyle w:val="Label"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0053360F">
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>NOTE</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">: If </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="003965AB">
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>an Eligible</w:t>
+              <w:t>an</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="003965AB">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Eligible</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> Spouse, he/she</w:t>
             </w:r>
             <w:r w:rsidRPr="0053360F">
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> m</w:t>
             </w:r>
             <w:r w:rsidR="008624EF">
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>ust have</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> the SBE, not the qualifying ser</w:t>
             </w:r>
             <w:r w:rsidR="008624EF">
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>vice member. MUST be documented.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12421" w:type="dxa"/>
             <w:gridSpan w:val="21"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="009F7844" w:rsidP="004B257D" w:rsidRDefault="00B51B3D" w14:paraId="6393B580" w14:textId="23BEFA65">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6393B580" w14:textId="23BEFA65" w:rsidR="009F7844" w:rsidRDefault="007D5AE0" w:rsidP="004B257D">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1386715825"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00FD1A3F" w:rsidR="0027032F">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="0027032F" w:rsidRPr="00FD1A3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0027032F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Service Connected Disability</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="0027032F">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Service Connected</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="0027032F">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Disability</w:t>
             </w:r>
             <w:r w:rsidR="005C6806">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD1A3F" w:rsidR="0027032F">
+            <w:r w:rsidR="0027032F" w:rsidRPr="00FD1A3F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-343932173"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00FD1A3F" w:rsidR="0027032F">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="0027032F" w:rsidRPr="00FD1A3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0027032F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Homeless (or At Risk)</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FD1A3F" w:rsidR="0027032F">
+              <w:t xml:space="preserve"> Homeless (or At </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="0027032F">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Risk)</w:t>
+            </w:r>
+            <w:r w:rsidR="0027032F" w:rsidRPr="00FD1A3F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0027032F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005C6806">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">    </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="005C6806">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidR="0027032F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1810052418"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0027032F">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0027032F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00562EE5">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Justice involved</w:t>
             </w:r>
             <w:r w:rsidR="00381C95">
               <w:rPr>
@@ -1528,141 +1595,141 @@
             </w:r>
             <w:r w:rsidR="0053360F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1928803694"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00FD1A3F" w:rsidR="0053360F">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="0053360F" w:rsidRPr="00FD1A3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0053360F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Lacks HS Diploma / Hi-Set</w:t>
             </w:r>
             <w:r w:rsidR="005C6806">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1192379614"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005C6806">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005C6806">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> 18-24 Years Old</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0053360F" w:rsidP="0053360F" w:rsidRDefault="00B51B3D" w14:paraId="34A6CCF0" w14:textId="4E26D46E">
+          <w:p w14:paraId="34A6CCF0" w14:textId="4E26D46E" w:rsidR="0053360F" w:rsidRDefault="007D5AE0" w:rsidP="0053360F">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1519592262"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00FD1A3F" w:rsidR="009F7844">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="009F7844" w:rsidRPr="00FD1A3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009F7844">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Left Service within </w:t>
             </w:r>
             <w:r w:rsidR="001A4473">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3 years</w:t>
             </w:r>
             <w:r w:rsidR="0053360F">
               <w:rPr>
@@ -1680,110 +1747,126 @@
             </w:r>
             <w:r w:rsidR="0053360F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-913083542"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00FD1A3F" w:rsidR="0053360F">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="0053360F" w:rsidRPr="00FD1A3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0053360F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Low Income (MOSES)</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FD1A3F" w:rsidR="0053360F">
+              <w:t xml:space="preserve"> Low Income (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="0053360F">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>MOSES)</w:t>
+            </w:r>
+            <w:r w:rsidR="0053360F" w:rsidRPr="00FD1A3F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0053360F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">    </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FD1A3F" w:rsidR="0053360F">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="0053360F">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="0053360F" w:rsidRPr="00FD1A3F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="264044667"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002038C0">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0053360F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00FF5474">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>U</w:t>
             </w:r>
             <w:r w:rsidR="00EC6822">
               <w:rPr>
@@ -1796,11753 +1879,11913 @@
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="195123831"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002038C0">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002038C0">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Low Income (</w:t>
             </w:r>
             <w:r w:rsidR="009A1FFA">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Head of single household)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="0027032F" w:rsidP="005C6806" w:rsidRDefault="00B51B3D" w14:paraId="7E10DA11" w14:textId="76A005C8">
+          <w:p w14:paraId="7E10DA11" w14:textId="76A005C8" w:rsidR="0027032F" w:rsidRPr="00FD1A3F" w:rsidRDefault="007D5AE0" w:rsidP="005C6806">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="976334925"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00FD1A3F" w:rsidR="009F7844">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="009F7844" w:rsidRPr="00FD1A3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009F7844">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Transitioning service member in need of Intensive Services</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD1A3F" w:rsidR="009F7844">
+            <w:r w:rsidR="009F7844" w:rsidRPr="00FD1A3F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="005C6806">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-545448128"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00FD1A3F" w:rsidR="009F7844">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="009F7844" w:rsidRPr="00FD1A3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009F7844">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Wounded Warrior in MTF</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD1A3F" w:rsidR="009F7844">
+            <w:r w:rsidR="009F7844" w:rsidRPr="00FD1A3F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0053360F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">(or Family </w:t>
+              <w:t>(or Family Care-</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="0053360F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Care-giver</w:t>
+              <w:t>giver)</w:t>
+            </w:r>
+            <w:r w:rsidR="007D6772">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="0053360F">
-[...5 lines deleted...]
-            </w:r>
             <w:r w:rsidR="007D6772">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">     </w:t>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1047141343"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007D6772">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="007D6772">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Vietnam ERA Veteran</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="009F7844" w:rsidTr="26B8635A" w14:paraId="740BF14E" w14:textId="77777777">
+      <w:tr w:rsidR="009F7844" w:rsidRPr="00FD1A3F" w14:paraId="740BF14E" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15210" w:type="dxa"/>
             <w:gridSpan w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009F7844" w:rsidP="009F7844" w:rsidRDefault="009F7844" w14:paraId="4FBF2C1B" w14:textId="77777777">
+          <w:p w14:paraId="4FBF2C1B" w14:textId="77777777" w:rsidR="009F7844" w:rsidRDefault="009F7844" w:rsidP="009F7844">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="1F497D" w:themeColor="text2"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MOSES DATA – BASIC TAB</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="005C6806" w:rsidTr="26B8635A" w14:paraId="02BE59DD" w14:textId="77777777">
+      <w:tr w:rsidR="005C6806" w:rsidRPr="00FD1A3F" w14:paraId="02BE59DD" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2789" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="005C6806" w:rsidP="00E65E2B" w:rsidRDefault="005C6806" w14:paraId="093533F3" w14:textId="3ED95EE6">
+          <w:p w14:paraId="093533F3" w14:textId="3ED95EE6" w:rsidR="005C6806" w:rsidRPr="00FD1A3F" w:rsidRDefault="005C6806" w:rsidP="00E65E2B">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Last Reportable Service Date (LRSD):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="005C6806" w:rsidP="00C07257" w:rsidRDefault="005C6806" w14:paraId="5916B96F" w14:textId="77777777">
+          <w:p w14:paraId="5916B96F" w14:textId="77777777" w:rsidR="005C6806" w:rsidRPr="00FD1A3F" w:rsidRDefault="005C6806" w:rsidP="00C07257">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3744" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="005C6806" w:rsidP="009F7844" w:rsidRDefault="009052C4" w14:paraId="57D4AE17" w14:textId="77777777">
+          <w:p w14:paraId="57D4AE17" w14:textId="77777777" w:rsidR="005C6806" w:rsidRPr="00FD1A3F" w:rsidRDefault="009052C4" w:rsidP="009F7844">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>LRSD w/in 30 Days of VCDAS</w:t>
             </w:r>
             <w:r w:rsidR="005C6806">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> review?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="005C6806" w:rsidP="26B8635A" w:rsidRDefault="00B51B3D" w14:paraId="15278F3C" w14:textId="7E94EDA2">
+          <w:p w14:paraId="15278F3C" w14:textId="7E94EDA2" w:rsidR="005C6806" w:rsidRPr="00FD1A3F" w:rsidRDefault="007D5AE0" w:rsidP="26B8635A">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1244253909"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="26B8635A" w:rsidR="005C6806">
-[...1 lines deleted...]
-                    <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="005C6806" w:rsidRPr="26B8635A">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:b/>
                     <w:bCs/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="26B8635A" w:rsidR="005C6806">
+            <w:r w:rsidR="005C6806" w:rsidRPr="26B8635A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="690037680"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="26B8635A" w:rsidR="005C6806">
-[...1 lines deleted...]
-                    <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="005C6806" w:rsidRPr="26B8635A">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:b/>
                     <w:bCs/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="26B8635A" w:rsidR="005C6806">
+            <w:r w:rsidR="005C6806" w:rsidRPr="26B8635A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="005C6806" w:rsidP="00C07257" w:rsidRDefault="005C6806" w14:paraId="29AEB356" w14:textId="77777777">
+          <w:p w14:paraId="29AEB356" w14:textId="77777777" w:rsidR="005C6806" w:rsidRPr="00FD1A3F" w:rsidRDefault="005C6806" w:rsidP="00C07257">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3620" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="005C6806" w:rsidP="00C07257" w:rsidRDefault="005C6806" w14:paraId="2E22A91C" w14:textId="77777777">
+          <w:p w14:paraId="2E22A91C" w14:textId="77777777" w:rsidR="005C6806" w:rsidRPr="00FD1A3F" w:rsidRDefault="005C6806" w:rsidP="00C07257">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="008D5548" w:rsidTr="26B8635A" w14:paraId="6A754A6C" w14:textId="77777777">
+      <w:tr w:rsidR="008D5548" w:rsidRPr="00FD1A3F" w14:paraId="6A754A6C" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D5548" w:rsidP="00B475DD" w:rsidRDefault="008D5548" w14:paraId="5B8A19B9" w14:textId="74106A00">
+          <w:p w14:paraId="5B8A19B9" w14:textId="74106A00" w:rsidR="008D5548" w:rsidRDefault="008D5548" w:rsidP="00B475DD">
             <w:pPr>
               <w:pStyle w:val="Label"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Is Veteran identified with a </w:t>
             </w:r>
             <w:r w:rsidR="00862455">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>star with flag?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="008B37C4" w:rsidR="008D5548" w:rsidP="0059107E" w:rsidRDefault="00B51B3D" w14:paraId="5C09AF04" w14:textId="0786FC77">
+          <w:p w14:paraId="5C09AF04" w14:textId="0786FC77" w:rsidR="008D5548" w:rsidRPr="008B37C4" w:rsidRDefault="007D5AE0" w:rsidP="0059107E">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1600532601"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C10020">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="008B37C4" w:rsidR="008D5548">
+            <w:r w:rsidR="008D5548" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-675037348"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="008B37C4" w:rsidR="008D5548">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="008D5548" w:rsidRPr="008B37C4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="008B37C4" w:rsidR="008D5548">
+            <w:r w:rsidR="008D5548" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9974" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00A87B0E" w:rsidR="008D5548" w:rsidP="00BA58BF" w:rsidRDefault="008D5548" w14:paraId="7A8C1101" w14:textId="1E5A75E3">
+          <w:p w14:paraId="7A8C1101" w14:textId="1E5A75E3" w:rsidR="008D5548" w:rsidRPr="00A87B0E" w:rsidRDefault="008D5548" w:rsidP="00BA58BF">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>*IF star</w:t>
             </w:r>
             <w:r w:rsidR="00A746DF">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> with </w:t>
             </w:r>
             <w:r w:rsidR="003E62FA">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">flag </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>would appear on the BE report – DVOP follows up</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="008D5548" w:rsidTr="26B8635A" w14:paraId="6C028C42" w14:textId="77777777">
+      <w:tr w:rsidR="008D5548" w:rsidRPr="00FD1A3F" w14:paraId="6C028C42" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D5548" w:rsidP="00B475DD" w:rsidRDefault="008D5548" w14:paraId="30B50334" w14:textId="77777777">
+          <w:p w14:paraId="30B50334" w14:textId="77777777" w:rsidR="008D5548" w:rsidRDefault="008D5548" w:rsidP="00B475DD">
             <w:pPr>
               <w:pStyle w:val="Label"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Check birthdate: is Veteran a targeted Veterans between the age of 18-24?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="008B37C4" w:rsidR="008D5548" w:rsidP="0059107E" w:rsidRDefault="00B51B3D" w14:paraId="2B489FEF" w14:textId="77777777">
+          <w:p w14:paraId="2B489FEF" w14:textId="77777777" w:rsidR="008D5548" w:rsidRPr="008B37C4" w:rsidRDefault="007D5AE0" w:rsidP="0059107E">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-347640246"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="008B37C4" w:rsidR="008D5548">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="008D5548" w:rsidRPr="008B37C4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="008B37C4" w:rsidR="008D5548">
+            <w:r w:rsidR="008D5548" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1887364746"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="008B37C4" w:rsidR="008D5548">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="008D5548" w:rsidRPr="008B37C4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="008B37C4" w:rsidR="008D5548">
+            <w:r w:rsidR="008D5548" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9974" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00A87B0E" w:rsidR="008D5548" w:rsidP="00BA58BF" w:rsidRDefault="008D5548" w14:paraId="1C2C5696" w14:textId="77777777">
+          <w:p w14:paraId="1C2C5696" w14:textId="77777777" w:rsidR="008D5548" w:rsidRPr="00A87B0E" w:rsidRDefault="008D5548" w:rsidP="00BA58BF">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Birthdate:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00E72B07" w:rsidTr="26B8635A" w14:paraId="64EAFE7A" w14:textId="77777777">
+      <w:tr w:rsidR="00E72B07" w:rsidRPr="00FD1A3F" w14:paraId="64EAFE7A" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E65E2B" w:rsidR="00E72B07" w:rsidP="00B475DD" w:rsidRDefault="00E72B07" w14:paraId="38CBC307" w14:textId="77777777">
+          <w:p w14:paraId="38CBC307" w14:textId="77777777" w:rsidR="00E72B07" w:rsidRPr="00E65E2B" w:rsidRDefault="00E72B07" w:rsidP="00B475DD">
             <w:pPr>
               <w:pStyle w:val="Label"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Is data complete on Basic tab?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="008B37C4" w:rsidR="00E72B07" w:rsidP="0059107E" w:rsidRDefault="00B51B3D" w14:paraId="7C05B18A" w14:textId="6910EB63">
+          <w:p w14:paraId="7C05B18A" w14:textId="6910EB63" w:rsidR="00E72B07" w:rsidRPr="008B37C4" w:rsidRDefault="007D5AE0" w:rsidP="0059107E">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1313398486"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="008B37C4" w:rsidR="00037DB7">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00037DB7" w:rsidRPr="008B37C4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="008B37C4" w:rsidR="00E72B07">
+            <w:r w:rsidR="00E72B07" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1857575375"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="008B37C4" w:rsidR="00E72B07">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00E72B07" w:rsidRPr="008B37C4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="008B37C4" w:rsidR="00E72B07">
+            <w:r w:rsidR="00E72B07" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
-            <w:r w:rsidRPr="008B37C4" w:rsidR="00E977CC">
+            <w:r w:rsidR="00E977CC" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008B37C4" w:rsidR="00E72B07">
+            <w:r w:rsidR="00E72B07" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1919754392"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="008B37C4" w:rsidR="00E977CC">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00E977CC" w:rsidRPr="008B37C4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="008B37C4" w:rsidR="00E977CC">
+            <w:r w:rsidR="00E977CC" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="00E72B07" w:rsidP="0059107E" w:rsidRDefault="005C6806" w14:paraId="0178FEB6" w14:textId="77777777">
+          <w:p w14:paraId="0178FEB6" w14:textId="77777777" w:rsidR="00E72B07" w:rsidRPr="00E72B07" w:rsidRDefault="005C6806" w:rsidP="0059107E">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Comment</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E72B07" w:rsidR="00E72B07">
+            <w:r w:rsidR="00E72B07" w:rsidRPr="00E72B07">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00A87B0E" w:rsidR="00E72B07" w:rsidP="00BA58BF" w:rsidRDefault="00E72B07" w14:paraId="19D03E19" w14:textId="77777777">
+          <w:p w14:paraId="19D03E19" w14:textId="77777777" w:rsidR="00E72B07" w:rsidRPr="00A87B0E" w:rsidRDefault="00E72B07" w:rsidP="00BA58BF">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="005C6806" w:rsidTr="26B8635A" w14:paraId="6D656839" w14:textId="77777777">
+      <w:tr w:rsidR="005C6806" w:rsidRPr="00FD1A3F" w14:paraId="6D656839" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C6806" w:rsidP="00FF4FF6" w:rsidRDefault="005C6806" w14:paraId="263178E8" w14:textId="77777777">
+          <w:p w14:paraId="263178E8" w14:textId="77777777" w:rsidR="005C6806" w:rsidRDefault="005C6806" w:rsidP="00FF4FF6">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Enrolled in </w:t>
             </w:r>
             <w:r w:rsidR="00CF0A79">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Career Planning/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Case Management?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="008B37C4" w:rsidR="005C6806" w:rsidP="00FF4FF6" w:rsidRDefault="00B51B3D" w14:paraId="52F831B3" w14:textId="64E9D93E">
+          <w:p w14:paraId="52F831B3" w14:textId="64E9D93E" w:rsidR="005C6806" w:rsidRPr="008B37C4" w:rsidRDefault="007D5AE0" w:rsidP="00FF4FF6">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1765800267"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="008B37C4" w:rsidR="005C6806">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="008B37C4" w:rsidR="005C6806">
+            <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="841735588"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="008B37C4" w:rsidR="005C6806">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="008B37C4" w:rsidR="005C6806">
+            <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1330244687"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="008B37C4" w:rsidR="005C6806">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="008B37C4" w:rsidR="005C6806">
+            <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="005C6806" w:rsidP="00FF4FF6" w:rsidRDefault="005C6806" w14:paraId="16977C91" w14:textId="77777777">
+          <w:p w14:paraId="16977C91" w14:textId="77777777" w:rsidR="005C6806" w:rsidRPr="00E72B07" w:rsidRDefault="005C6806" w:rsidP="00FF4FF6">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="005C6806" w:rsidP="00FF4FF6" w:rsidRDefault="005C6806" w14:paraId="4C9286AA" w14:textId="77777777">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C9286AA" w14:textId="77777777" w:rsidR="005C6806" w:rsidRPr="00FD1A3F" w:rsidRDefault="005C6806" w:rsidP="00FF4FF6">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidR="005C6806" w:rsidRDefault="005C6806" w14:paraId="2C45063E" w14:textId="77777777">
+          <w:p w14:paraId="2C45063E" w14:textId="77777777" w:rsidR="005C6806" w:rsidRDefault="005C6806">
             <w:r w:rsidRPr="00BC1CA9">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="005C6806" w:rsidP="00FF4FF6" w:rsidRDefault="005C6806" w14:paraId="6F0D543C" w14:textId="77777777">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F0D543C" w14:textId="77777777" w:rsidR="005C6806" w:rsidRPr="00FD1A3F" w:rsidRDefault="005C6806" w:rsidP="00FF4FF6">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="005C6806" w:rsidTr="26B8635A" w14:paraId="01AB8738" w14:textId="77777777">
+      <w:tr w:rsidR="005C6806" w:rsidRPr="00FD1A3F" w14:paraId="01AB8738" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C6806" w:rsidP="00E72B07" w:rsidRDefault="009052C4" w14:paraId="665C383C" w14:textId="77777777">
+          <w:p w14:paraId="665C383C" w14:textId="77777777" w:rsidR="005C6806" w:rsidRDefault="009052C4" w:rsidP="00E72B07">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Enrolled in Veterans Program?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidRPr="008B37C4" w:rsidR="005C6806" w:rsidRDefault="00B51B3D" w14:paraId="7AE6346E" w14:textId="058D1C99">
+          <w:p w14:paraId="7AE6346E" w14:textId="058D1C99" w:rsidR="005C6806" w:rsidRPr="008B37C4" w:rsidRDefault="007D5AE0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1811975583"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="008B37C4" w:rsidR="005C6806">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="008B37C4" w:rsidR="005C6806">
+            <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="2020342429"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="008B37C4" w:rsidR="005C6806">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="008B37C4" w:rsidR="005C6806">
+            <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="690108905"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="008B37C4" w:rsidR="005C6806">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="008B37C4" w:rsidR="005C6806">
+            <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="005C6806" w:rsidP="00E72B07" w:rsidRDefault="005C6806" w14:paraId="6C76499C" w14:textId="77777777">
+          <w:p w14:paraId="6C76499C" w14:textId="77777777" w:rsidR="005C6806" w:rsidRPr="00E72B07" w:rsidRDefault="005C6806" w:rsidP="00E72B07">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="005C6806" w:rsidP="00E72B07" w:rsidRDefault="005C6806" w14:paraId="10F2C403" w14:textId="77777777">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10F2C403" w14:textId="77777777" w:rsidR="005C6806" w:rsidRPr="00FD1A3F" w:rsidRDefault="005C6806" w:rsidP="00E72B07">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidR="005C6806" w:rsidRDefault="005C6806" w14:paraId="4C564E94" w14:textId="77777777">
+          <w:p w14:paraId="4C564E94" w14:textId="77777777" w:rsidR="005C6806" w:rsidRDefault="005C6806">
             <w:r w:rsidRPr="00BC1CA9">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="005C6806" w:rsidP="00E72B07" w:rsidRDefault="005C6806" w14:paraId="2611530B" w14:textId="77777777">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2611530B" w14:textId="77777777" w:rsidR="005C6806" w:rsidRPr="00FD1A3F" w:rsidRDefault="005C6806" w:rsidP="00E72B07">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="005C6806" w:rsidTr="26B8635A" w14:paraId="5D8EFF90" w14:textId="77777777">
+      <w:tr w:rsidR="005C6806" w:rsidRPr="00FD1A3F" w14:paraId="5D8EFF90" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C6806" w:rsidP="00E72B07" w:rsidRDefault="005C6806" w14:paraId="2C6F27FE" w14:textId="77777777">
+          <w:p w14:paraId="2C6F27FE" w14:textId="77777777" w:rsidR="005C6806" w:rsidRDefault="005C6806" w:rsidP="00E72B07">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Enrolled in Job Match?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidRPr="008B37C4" w:rsidR="005C6806" w:rsidRDefault="00B51B3D" w14:paraId="3F5DFB0A" w14:textId="2B892AB6">
+          <w:p w14:paraId="3F5DFB0A" w14:textId="2B892AB6" w:rsidR="005C6806" w:rsidRPr="008B37C4" w:rsidRDefault="007D5AE0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1659215636"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="008B37C4" w:rsidR="005C6806">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="008B37C4" w:rsidR="005C6806">
+            <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1689524369"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="008B37C4" w:rsidR="005C6806">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="008B37C4" w:rsidR="005C6806">
+            <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-354424287"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="008B37C4" w:rsidR="005C6806">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="008B37C4" w:rsidR="005C6806">
+            <w:r w:rsidR="005C6806" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="005C6806" w:rsidP="00E72B07" w:rsidRDefault="005C6806" w14:paraId="13748F38" w14:textId="77777777">
+          <w:p w14:paraId="13748F38" w14:textId="77777777" w:rsidR="005C6806" w:rsidRPr="00E72B07" w:rsidRDefault="005C6806" w:rsidP="00E72B07">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="005C6806" w:rsidP="00E72B07" w:rsidRDefault="005C6806" w14:paraId="79A70FFD" w14:textId="77777777">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79A70FFD" w14:textId="77777777" w:rsidR="005C6806" w:rsidRPr="00FD1A3F" w:rsidRDefault="005C6806" w:rsidP="00E72B07">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidR="005C6806" w:rsidRDefault="005C6806" w14:paraId="191D430A" w14:textId="77777777">
+          <w:p w14:paraId="191D430A" w14:textId="77777777" w:rsidR="005C6806" w:rsidRDefault="005C6806">
             <w:r w:rsidRPr="00BC1CA9">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...13 lines deleted...]
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00CB4E04" w:rsidP="00E72B07" w:rsidRDefault="00CB4E04" w14:paraId="12A1A04A" w14:textId="6FC39DA5">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E83C6F7" w14:textId="77777777" w:rsidR="005C6806" w:rsidRDefault="005C6806" w:rsidP="00E72B07">
+            <w:pPr>
+              <w:pStyle w:val="Details"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12A1A04A" w14:textId="6FC39DA5" w:rsidR="00CB4E04" w:rsidRPr="00FD1A3F" w:rsidRDefault="00CB4E04" w:rsidP="00E72B07">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="20B1E0D8" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="20B1E0D8" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="36552931" w14:textId="77777777">
+          <w:p w14:paraId="36552931" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Enrolled in Career Center Specific (if applicable)?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="7E78BA90" w14:textId="77777777">
+          <w:p w14:paraId="7E78BA90" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="789A1D25" w14:textId="3C182800">
+          <w:p w14:paraId="789A1D25" w14:textId="3C182800" w:rsidR="00876C56" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-662231847"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="008B37C4" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-211815893"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="008B37C4" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="008B37C4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="008B37C4" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-822501350"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="008B37C4" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="008B37C4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="008B37C4" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="4B5D17F1" w14:textId="292BDEFF">
+          <w:p w14:paraId="4B5D17F1" w14:textId="292BDEFF" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="4D6C49FF" w14:textId="77777777">
+          <w:p w14:paraId="4D6C49FF" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00FD79DA" w14:paraId="4E5FA67C" w14:textId="4831C8A1">
+          <w:p w14:paraId="4E5FA67C" w14:textId="4831C8A1" w:rsidR="00876C56" w:rsidRDefault="00FD79DA" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Program Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="4682BDA3" w14:textId="77777777">
+          <w:p w14:paraId="4682BDA3" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="61DFA7D7" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="61DFA7D7" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="009B6882" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="008A2068" w14:paraId="6805B407" w14:textId="77777777">
+          <w:p w14:paraId="6805B407" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009B6882" w:rsidRDefault="008A2068" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
-            <w:r w:rsidRPr="009B6882" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="009B6882">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eligibility Criteria Tab activated?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00E81C2A" w:rsidP="00876C56" w:rsidRDefault="00C20C27" w14:paraId="51EF187E" w14:textId="1395FD82">
+          <w:p w14:paraId="51EF187E" w14:textId="1395FD82" w:rsidR="00E81C2A" w:rsidRPr="00FD1A3F" w:rsidRDefault="00C20C27" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Eligibility Tab - </w:t>
             </w:r>
             <w:r w:rsidR="009B6882">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>General Tab</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Selective Service &amp; Citizenship complete?  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B04A36" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="0A2CBA28" w14:textId="50EC8D29">
+          <w:p w14:paraId="0A2CBA28" w14:textId="50EC8D29" w:rsidR="00B04A36" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="177002275"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B04A36">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="008B37C4" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1164543312"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="008B37C4" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="008B37C4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="008B37C4" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="008B37C4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B04A36" w:rsidP="00876C56" w:rsidRDefault="00B04A36" w14:paraId="7FF5EF6C" w14:textId="77777777">
+          <w:p w14:paraId="7FF5EF6C" w14:textId="77777777" w:rsidR="00B04A36" w:rsidRDefault="00B04A36" w:rsidP="00876C56">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00B30905" w:rsidR="00876C56" w:rsidP="00B30905" w:rsidRDefault="00B51B3D" w14:paraId="5C8B8A2A" w14:textId="3772F4CC">
+          <w:p w14:paraId="5C8B8A2A" w14:textId="3772F4CC" w:rsidR="00876C56" w:rsidRPr="00B30905" w:rsidRDefault="007D5AE0" w:rsidP="00B30905">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:id w:val="1386226249"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C10086">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00B30905" w:rsidR="00B04A36">
+            <w:r w:rsidR="00B04A36" w:rsidRPr="00B30905">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="EE0000"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-1938365954"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B30905">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:color w:val="EE0000"/>
                     <w:sz w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00B30905" w:rsidR="00B04A36">
+            <w:r w:rsidR="00B04A36" w:rsidRPr="00B30905">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="EE0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="704058C7" w14:textId="77777777">
+          <w:p w14:paraId="704058C7" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="6F9ABD3B" w14:textId="77777777">
+          <w:p w14:paraId="6F9ABD3B" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00FD79DA" w14:paraId="1E5A72DA" w14:textId="5D0E3F4C">
+          <w:p w14:paraId="1E5A72DA" w14:textId="5D0E3F4C" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00FD79DA" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="66DA66F9" w14:textId="77777777">
-[...9 lines deleted...]
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="0EF4D6C3" w14:textId="63AD4ABA">
+          <w:p w14:paraId="66DA66F9" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
+            <w:pPr>
+              <w:pStyle w:val="Details"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0EF4D6C3" w14:textId="63AD4ABA" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="3F8A6D14" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w14:paraId="3F8A6D14" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15210" w:type="dxa"/>
             <w:gridSpan w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="5C36DB5D" w14:textId="77777777">
+          <w:p w14:paraId="5C36DB5D" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="1F497D" w:themeColor="text2"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MOSES DATA – FULL TAB</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00A87B0E" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="5B52DA96" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00A87B0E" w14:paraId="5B52DA96" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E65E2B" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="3C87807E" w14:textId="77777777">
+          <w:p w14:paraId="3C87807E" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00E65E2B" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Label"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Career Objective? Professionally written – especially if checked off </w:t>
             </w:r>
             <w:r w:rsidRPr="00D2230B">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>viewed by Employer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="35592EA7" w14:textId="70CB6F20">
+          <w:p w14:paraId="35592EA7" w14:textId="70CB6F20" w:rsidR="00876C56" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1509325107"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-121700792"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="2075468365"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1114" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="00876C56" w:rsidP="26B8635A" w:rsidRDefault="00876C56" w14:paraId="395F7E15" w14:textId="77777777">
+          <w:p w14:paraId="395F7E15" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00E72B07" w:rsidRDefault="00876C56" w:rsidP="26B8635A">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="26B8635A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8896" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00A87B0E" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="1F74B510" w14:textId="77777777">
+          <w:p w14:paraId="1F74B510" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00A87B0E" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="0B436F24" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="0B436F24" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="14989A0A" w14:textId="77777777">
+          <w:p w14:paraId="14989A0A" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Disability?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="3D5A3A8A" w14:textId="77777777">
+          <w:p w14:paraId="3D5A3A8A" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="65460062"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1596849443"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="772751090"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1114" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="00876C56" w:rsidP="26B8635A" w:rsidRDefault="00876C56" w14:paraId="49848FDB" w14:textId="77777777">
+          <w:p w14:paraId="49848FDB" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00E72B07" w:rsidRDefault="00876C56" w:rsidP="26B8635A">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="26B8635A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8896" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="7D8FA896" w14:textId="77777777">
+          <w:p w14:paraId="7D8FA896" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="145D5EEA" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="145D5EEA" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15210" w:type="dxa"/>
             <w:gridSpan w:val="24"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00AF1430" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="350B7A3E" w14:textId="77777777">
+          <w:p w14:paraId="350B7A3E" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00AF1430" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="1F497D" w:themeColor="text2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF1430">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MILITARY TAB</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="65FD0762" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="65FD0762" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="5D0EE7EF" w14:textId="329917B3">
+          <w:p w14:paraId="5D0EE7EF" w14:textId="329917B3" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Service-Connected Disability?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="1FE4AD1E" w14:textId="77777777">
+          <w:p w14:paraId="1FE4AD1E" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1898476564"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1999151061"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="417986518"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1114" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="22D223F4" w14:textId="77777777">
+          <w:p w14:paraId="22D223F4" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00E72B07" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Percent:</w:t>
             </w:r>
             <w:r w:rsidRPr="00E65E2B">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8896" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="72BA0920" w14:textId="77777777">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72BA0920" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="1F497D" w:themeColor="text2"/>
                 </w:rPr>
                 <w:alias w:val="Click to select"/>
                 <w:tag w:val="Click to select"/>
                 <w:id w:val="408967135"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Click to select" w:value="Click to select"/>
                   <w:listItem w:displayText="0%" w:value="0%"/>
                   <w:listItem w:displayText="10%" w:value="10%"/>
                   <w:listItem w:displayText="20%" w:value="20%"/>
                   <w:listItem w:displayText="30%" w:value="30%"/>
                   <w:listItem w:displayText="40%" w:value="40%"/>
                   <w:listItem w:displayText="50%" w:value="50%"/>
                   <w:listItem w:displayText="60%" w:value="60%"/>
                   <w:listItem w:displayText="70%" w:value="70%"/>
                   <w:listItem w:displayText="80%" w:value="80%"/>
                   <w:listItem w:displayText="90%" w:value="90%"/>
                   <w:listItem w:displayText="100%" w:value="100%"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
                     <w:b/>
                     <w:color w:val="1F497D" w:themeColor="text2"/>
                   </w:rPr>
                   <w:t>Click to select</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="21899C65" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="21899C65" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="3711370F" w14:textId="77777777">
+          <w:p w14:paraId="3711370F" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>DD-214 Verified PRIOR to enrollment in the Veterans Program?</w:t>
+              <w:t xml:space="preserve">DD-214 Verified PRIOR to </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>enrollment</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in the Veterans Program?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="2A7A08FA" w14:textId="77777777">
+          <w:p w14:paraId="2A7A08FA" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1122218352"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1136065122"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-9602986"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1114" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="26B8635A" w:rsidRDefault="00876C56" w14:paraId="26B72016" w14:textId="77777777">
+          <w:p w14:paraId="26B72016" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="26B8635A">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="26B8635A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="00876C56" w:rsidP="26B8635A" w:rsidRDefault="00876C56" w14:paraId="5A56A77C" w14:textId="77777777">
+          <w:p w14:paraId="5A56A77C" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00E72B07" w:rsidRDefault="00876C56" w:rsidP="26B8635A">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="26B8635A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8896" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="4964226D" w14:textId="77777777">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4964226D" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="51D170E4" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="51D170E4" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="59D6EA2D" w14:textId="77777777">
+          <w:p w14:paraId="59D6EA2D" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Homeless Veteran checked?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="008E4F95" w:rsidP="00876C56" w:rsidRDefault="008E4F95" w14:paraId="37419EA4" w14:textId="66E5E635">
+          <w:p w14:paraId="37419EA4" w14:textId="66E5E635" w:rsidR="008E4F95" w:rsidRPr="00FD1A3F" w:rsidRDefault="008E4F95" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Enrolled in HVRP Grant?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="2F3EE3EE" w14:textId="058225BA">
+          <w:p w14:paraId="2F3EE3EE" w14:textId="058225BA" w:rsidR="00876C56" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1074121881"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0047478A">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1365632625"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-574351993"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
             <w:r w:rsidR="00EB1A20">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F2047E" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="11B6017A" w14:textId="77777777">
+          <w:p w14:paraId="11B6017A" w14:textId="77777777" w:rsidR="00F2047E" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1992669829"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F2047E">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00F2047E">
+            <w:r w:rsidR="00F2047E" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-348334795"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="003D53FC" w:rsidR="00F2047E">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00F2047E" w:rsidRPr="003D53FC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00F2047E">
+            <w:r w:rsidR="00F2047E" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-842700854"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="003D53FC" w:rsidR="00F2047E">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00F2047E" w:rsidRPr="003D53FC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00F2047E">
+            <w:r w:rsidR="00F2047E" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F2047E" w:rsidP="00876C56" w:rsidRDefault="00F2047E" w14:paraId="6B6FCC26" w14:textId="0CA27B72">
+          <w:p w14:paraId="6B6FCC26" w14:textId="0CA27B72" w:rsidR="00F2047E" w:rsidRDefault="00F2047E" w:rsidP="00876C56">
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">If yes, Grant Code </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1114" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="26B8635A" w:rsidRDefault="00876C56" w14:paraId="3AF7AE17" w14:textId="77777777">
+          <w:p w14:paraId="3AF7AE17" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="26B8635A">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="26B8635A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8896" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="4ADE6B91" w14:textId="77777777">
+          <w:p w14:paraId="4ADE6B91" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="6B628443" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="6B628443" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="6AE4C526" w14:textId="77777777">
+          <w:p w14:paraId="6AE4C526" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Campaign badge?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="656C3957" w14:textId="77777777">
+          <w:p w14:paraId="656C3957" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1403679463"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1766188958"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-241108313"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1114" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="26B8635A" w:rsidRDefault="00876C56" w14:paraId="03E0A63C" w14:textId="77777777">
+          <w:p w14:paraId="03E0A63C" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="26B8635A">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="26B8635A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8896" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="5C56074A" w14:textId="77777777">
+          <w:p w14:paraId="5C56074A" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="68AC26AE" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="68AC26AE" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="3D78EB23" w14:textId="77777777">
+          <w:p w14:paraId="3D78EB23" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Recently released offender?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="62E16DA9" w14:textId="77777777">
+          <w:p w14:paraId="62E16DA9" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1145707114"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1854410886"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1884549571"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1114" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="26B8635A" w:rsidRDefault="00876C56" w14:paraId="7D38E553" w14:textId="77777777">
+          <w:p w14:paraId="7D38E553" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="26B8635A">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="26B8635A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8896" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="0AC2A7CD" w14:textId="77777777">
+          <w:p w14:paraId="0AC2A7CD" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="65F3D5B4" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="65F3D5B4" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15210" w:type="dxa"/>
             <w:gridSpan w:val="24"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00AF1430" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="2F54DECB" w14:textId="77777777">
+          <w:p w14:paraId="2F54DECB" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00AF1430" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF1430">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>BARRIERS TAB</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="027EE632" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="027EE632" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00117714" w14:paraId="565A50ED" w14:textId="665D2768">
+          <w:p w14:paraId="565A50ED" w14:textId="665D2768" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00117714" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidR="00876C56">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Barriers Checked</w:t>
             </w:r>
             <w:r w:rsidR="001E76D8">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> AND match military Tab </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>information</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="61DF7B92" w14:textId="77777777">
+          <w:p w14:paraId="61DF7B92" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="2091806502"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1337651500"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1738085670"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1114" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="26B8635A" w:rsidRDefault="00876C56" w14:paraId="55948A52" w14:textId="77777777">
+          <w:p w14:paraId="55948A52" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="26B8635A">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="26B8635A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8896" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="3E8B566A" w14:textId="77777777">
+          <w:p w14:paraId="3E8B566A" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="593DC400" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="593DC400" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="5951BCCB" w14:textId="0E85CFC5">
+          <w:p w14:paraId="5951BCCB" w14:textId="0E85CFC5" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Barriers notes are dated </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="2FC48D2B" w14:textId="77777777">
+          <w:p w14:paraId="2FC48D2B" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1814622834"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1101222789"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1842501651"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1114" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="26B8635A" w:rsidRDefault="00876C56" w14:paraId="226877CD" w14:textId="77777777">
+          <w:p w14:paraId="226877CD" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="26B8635A">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="26B8635A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8896" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="1CC8AA66" w14:textId="77777777">
+          <w:p w14:paraId="1CC8AA66" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="010A4D16" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="010A4D16" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="31950FA3" w14:textId="77777777">
+          <w:p w14:paraId="31950FA3" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Barriers notes include a method to resolve?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="3E85BFAD" w14:textId="77777777">
+          <w:p w14:paraId="3E85BFAD" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1970782439"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-695379486"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1732614557"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1114" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="26B8635A" w:rsidRDefault="00876C56" w14:paraId="2C17130F" w14:textId="77777777">
+          <w:p w14:paraId="2C17130F" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="26B8635A">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="26B8635A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8896" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="0C42FDAB" w14:textId="77777777">
+          <w:p w14:paraId="0C42FDAB" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="34FBEFF3" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="34FBEFF3" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="033BEECE" w14:textId="77777777">
+          <w:p w14:paraId="033BEECE" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Barriers notes include resolution (if resolved)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="2D4515F4" w14:textId="77777777">
+          <w:p w14:paraId="2D4515F4" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-872381397"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-799918260"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1526005042"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1114" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="00876C56" w:rsidP="26B8635A" w:rsidRDefault="00876C56" w14:paraId="4E67EAB2" w14:textId="77777777">
+          <w:p w14:paraId="4E67EAB2" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00E72B07" w:rsidRDefault="00876C56" w:rsidP="26B8635A">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="26B8635A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8896" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="03A390F0" w14:textId="77777777">
+          <w:p w14:paraId="03A390F0" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="0F247CC5" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="0F247CC5" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
           <w:trHeight w:val="872"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="40310FEC" w14:textId="4156982E">
+          <w:p w14:paraId="40310FEC" w14:textId="4156982E" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Other: Full Tab info is complete (i.e., Additional Languages, Education, Economically Disadvantaged)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="353CB7FD" w14:textId="77777777">
+          <w:p w14:paraId="353CB7FD" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2064551354"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1278142559"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-578524262"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1114" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="26B8635A" w:rsidRDefault="00876C56" w14:paraId="756B23EC" w14:textId="77777777">
+          <w:p w14:paraId="756B23EC" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="26B8635A">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="26B8635A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8896" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="2A4E0BB9" w14:textId="77777777">
+          <w:p w14:paraId="2A4E0BB9" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="16349B5A" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w14:paraId="16349B5A" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15210" w:type="dxa"/>
             <w:gridSpan w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="05D34CC3" w14:textId="77777777">
+          <w:p w14:paraId="05D34CC3" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="1F497D" w:themeColor="text2"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MOSES DATA – EDUCATION TAB</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="7BE4701E" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="7BE4701E" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="7B387C3F" w14:textId="77777777">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7B387C3F" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
+            <w:pPr>
+              <w:pStyle w:val="Details"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>All entries are complete?</w:t>
+              <w:t>All entries are</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> complete?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="009F7844" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="410371B3" w14:textId="77777777">
+          <w:p w14:paraId="410371B3" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="191511097"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-229764069"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1577892461"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="3C2DC0C3" w14:textId="77777777">
+          <w:p w14:paraId="3C2DC0C3" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00E72B07" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Comment</w:t>
             </w:r>
             <w:r w:rsidRPr="00E72B07">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="4248BF6C" w14:textId="77777777">
+          <w:p w14:paraId="4248BF6C" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="03FEC4E4" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w14:paraId="03FEC4E4" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
           <w:trHeight w:val="377"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15210" w:type="dxa"/>
             <w:gridSpan w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="05AE1F98" w14:textId="77777777">
+          <w:p w14:paraId="05AE1F98" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="1F497D" w:themeColor="text2"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MOSES DATA – WORK HISTORY TAB</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="6AD561CF" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="6AD561CF" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="5FD41AEB" w14:textId="77777777">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5FD41AEB" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
+            <w:pPr>
+              <w:pStyle w:val="Details"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>All entries are complete?</w:t>
+              <w:t>All entries are</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> complete?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="009F7844" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="67199D22" w14:textId="77777777">
+          <w:p w14:paraId="67199D22" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="938403940"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1483697357"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1574934964"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="5CAE138A" w14:textId="77777777">
+          <w:p w14:paraId="5CAE138A" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00E72B07" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Comment</w:t>
             </w:r>
             <w:r w:rsidRPr="00E72B07">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="1D308E72" w14:textId="77777777">
+          <w:p w14:paraId="1D308E72" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="646CBFA3" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="646CBFA3" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="17163D76" w14:textId="0405C003">
+          <w:p w14:paraId="17163D76" w14:textId="0405C003" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>At least 5 yrs. Work History?</w:t>
+              <w:t xml:space="preserve">At least 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>yrs</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. Work History?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="009F7844" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="4B4083B3" w14:textId="77777777">
+          <w:p w14:paraId="4B4083B3" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1017659924"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1191723215"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1537652630"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="05094DD6" w14:textId="77777777">
+          <w:p w14:paraId="05094DD6" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00E72B07" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72B07">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="50FBBC1F" w14:textId="77777777">
+          <w:p w14:paraId="50FBBC1F" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="2382ED05" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w14:paraId="2382ED05" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15210" w:type="dxa"/>
             <w:gridSpan w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="3B00A9E8" w14:textId="77777777">
+          <w:p w14:paraId="3B00A9E8" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="1F497D" w:themeColor="text2"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MOSES DATA – CASE PLAN TAB/Goals, Assessment, &amp; Training tabs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="60B85715" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="60B85715" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="70CB9415" w14:textId="77777777">
+          <w:p w14:paraId="70CB9415" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Case Plan complete?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="009F7844" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="4CFCDD78" w14:textId="77777777">
+          <w:p w14:paraId="4CFCDD78" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1690557528"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2101401608"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1639708556"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="1BC9178B" w14:textId="77777777">
+          <w:p w14:paraId="1BC9178B" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00E72B07" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Date Enrolled in CM:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="0C98E5E6" w14:textId="77777777">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C98E5E6" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="36B1C896" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="36B1C896" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="1AF1B91E" w14:textId="77777777">
+          <w:p w14:paraId="1AF1B91E" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Employment Goal in Case Plan?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="009F7844" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="46576A5F" w14:textId="77777777">
+          <w:p w14:paraId="46576A5F" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2130465940"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1500659423"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2021384150"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="22989A60" w14:textId="77777777">
+          <w:p w14:paraId="22989A60" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00E72B07" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Comment</w:t>
             </w:r>
             <w:r w:rsidRPr="00E72B07">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="536722E0" w14:textId="77777777">
+          <w:p w14:paraId="536722E0" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="491FAFB6" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="491FAFB6" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="5D68FAD5" w14:textId="77777777">
+          <w:p w14:paraId="5D68FAD5" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Other Goal(s) in Case Plan?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="009F7844" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="1F6B9D24" w14:textId="77777777">
+          <w:p w14:paraId="1F6B9D24" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="566532686"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="259267341"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="85816260"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="7E7826CC" w14:textId="77777777">
+          <w:p w14:paraId="7E7826CC" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00E72B07" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72B07">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="62754D34" w14:textId="77777777">
+          <w:p w14:paraId="62754D34" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="576F08AC" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="576F08AC" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="5FA4C191" w14:textId="77777777">
+          <w:p w14:paraId="5FA4C191" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Goal Related Task(s) present?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="009F7844" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="4EA2B975" w14:textId="5A6F786B">
+          <w:p w14:paraId="4EA2B975" w14:textId="5A6F786B" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2074188308"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C10086">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1594053743"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1926646834"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="53B198EA" w14:textId="77777777">
+          <w:p w14:paraId="53B198EA" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00E72B07" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72B07">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="5F4439EC" w14:textId="77777777">
+          <w:p w14:paraId="5F4439EC" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="717EEF02" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="717EEF02" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="59AC8493" w14:textId="77777777">
+          <w:p w14:paraId="59AC8493" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Assessment Tab Complete?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="009F7844" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="4A66F04A" w14:textId="77777777">
+          <w:p w14:paraId="4A66F04A" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-399061970"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1663897116"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1508817130"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="6A1D2E82" w14:textId="77777777">
+          <w:p w14:paraId="6A1D2E82" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00E72B07" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72B07">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="7C8E1314" w14:textId="77777777">
+          <w:p w14:paraId="7C8E1314" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="061E6502" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="061E6502" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="2DA40C99" w14:textId="77777777">
+          <w:p w14:paraId="2DA40C99" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LMI Data (Current Skills)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="009F7844" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="09842094" w14:textId="77777777">
+          <w:p w14:paraId="09842094" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1966236798"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2142102139"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-720598395"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="2CE27CD2" w14:textId="77777777">
+          <w:p w14:paraId="2CE27CD2" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00E72B07" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72B07">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="07DB60D4" w14:textId="77777777">
+          <w:p w14:paraId="07DB60D4" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="2ECCEEE7" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="2ECCEEE7" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="5715B5D9" w14:textId="64D8FC0D">
+          <w:p w14:paraId="5715B5D9" w14:textId="64D8FC0D" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LMI includes source?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="009F7844" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="76EE218B" w14:textId="77777777">
+          <w:p w14:paraId="76EE218B" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1661497779"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1503280979"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="186563731"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="2889B7ED" w14:textId="77777777">
+          <w:p w14:paraId="2889B7ED" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00E72B07" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Comment</w:t>
             </w:r>
             <w:r w:rsidRPr="00E72B07">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="4661BE43" w14:textId="77777777">
+          <w:p w14:paraId="4661BE43" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="577900B2" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="577900B2" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="06F5D03D" w14:textId="526C775B">
+          <w:p w14:paraId="06F5D03D" w14:textId="526C775B" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LOCAL LMI as per area.  LMI includes wage/outlook?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="009F7844" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="1F42701B" w14:textId="77777777">
+          <w:p w14:paraId="1F42701B" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1389489429"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="57138348"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="308294502"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="52D37B46" w14:textId="77777777">
+          <w:p w14:paraId="52D37B46" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00E72B07" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72B07">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="162D0081" w14:textId="77777777">
+          <w:p w14:paraId="162D0081" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="23EBE918" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="23EBE918" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="581C9078" w14:textId="77777777">
+          <w:p w14:paraId="581C9078" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LMI on proposed skills (Training referral only)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="009F7844" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="5ADF2355" w14:textId="77777777">
+          <w:p w14:paraId="5ADF2355" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="726726491"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-757130943"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="321398557"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="3D5B689E" w14:textId="77777777">
+          <w:p w14:paraId="3D5B689E" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00E72B07" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72B07">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="76C94F16" w14:textId="77777777">
+          <w:p w14:paraId="76C94F16" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="2664D4E5" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="2664D4E5" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="2C59F8FD" w14:textId="77777777">
+          <w:p w14:paraId="2C59F8FD" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Training Tab complete (Training referral only)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="009F7844" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="12B1CF64" w14:textId="77777777">
+          <w:p w14:paraId="12B1CF64" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1396007695"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1646575635"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1119445185"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="4A6DDBC3" w14:textId="77777777">
+          <w:p w14:paraId="4A6DDBC3" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00E72B07" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E72B07">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="739496A9" w14:textId="77777777">
+          <w:p w14:paraId="739496A9" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="3BFF2610" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w14:paraId="3BFF2610" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15210" w:type="dxa"/>
             <w:gridSpan w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="054826A4" w14:textId="77777777">
+          <w:p w14:paraId="054826A4" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="1F497D" w:themeColor="text2"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MOSES DATA – GENERAL SERVICES TAB</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="4C2A0EBA" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="4C2A0EBA" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2789" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="46640E67" w14:textId="77777777">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="46640E67" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
+            <w:pPr>
+              <w:pStyle w:val="Details"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>EEO is Current (within 1 year)?</w:t>
+              <w:t>EEO is</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Current (within 1 year)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="009F7844" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="0789500D" w14:textId="77777777">
+          <w:p w14:paraId="0789500D" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1932386752"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-250895087"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-266848067"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="39D0B2E7" w14:textId="77777777">
+          <w:p w14:paraId="39D0B2E7" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00E72B07" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Last EEO Service Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="166C19E4" w14:textId="77777777">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="166C19E4" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="5E1723F9" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="5E1723F9" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2789" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="0483D9AE" w14:textId="77777777">
+          <w:p w14:paraId="0483D9AE" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Initial Assessment by Non-Veteran Staff?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="009F7844" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="51428F19" w14:textId="77777777">
+          <w:p w14:paraId="51428F19" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1408841687"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="635917215"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1189572754"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="01789657" w14:textId="77777777">
+          <w:p w14:paraId="01789657" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00E72B07" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>IA Service Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="0A2C3C6F" w14:textId="77777777">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A2C3C6F" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="6A9BC252" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="6A9BC252" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2789" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="38CBEEE5" w14:textId="77777777">
+          <w:p w14:paraId="38CBEEE5" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Comprehensive Assessment by DVOP?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="009F7844" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="0298AADA" w14:textId="77777777">
+          <w:p w14:paraId="0298AADA" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1770117156"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1477099909"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1735117457"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="35DF10A3" w14:textId="77777777">
+          <w:p w14:paraId="35DF10A3" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00E72B07" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>CA Service Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="498E13D6" w14:textId="77777777">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="498E13D6" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="15DA9E40" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="15DA9E40" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2789" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="747AABDD" w14:textId="77777777">
+          <w:p w14:paraId="747AABDD" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Service every 30 days with corresponding MOSES note OR a note stating why no service occurred</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="21202297" w14:textId="77777777">
+          <w:p w14:paraId="21202297" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1199900246"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1847052139"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1024390831"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="68DBC482" w14:textId="77777777">
+          <w:p w14:paraId="68DBC482" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="520E9E45" w14:textId="77777777">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="520E9E45" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="3EA81082" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="3EA81082" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2789" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="7EF5C747" w14:textId="77777777">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7EF5C747" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
+            <w:pPr>
+              <w:pStyle w:val="Details"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>All Reportable Services have a MOSES Note?</w:t>
+              <w:t>All</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Reportable Services have a MOSES Note?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="009F7844" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="35EADA51" w14:textId="77777777">
+          <w:p w14:paraId="35EADA51" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="2049634324"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1968265735"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1240632667"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="0DC62215" w14:textId="77777777">
+          <w:p w14:paraId="0DC62215" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00E72B07" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="05162C24" w14:textId="77777777">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05162C24" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="78113044" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w14:paraId="78113044" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
           <w:trHeight w:val="467"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15210" w:type="dxa"/>
             <w:gridSpan w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="508E243E" w14:textId="77777777">
+          <w:p w14:paraId="508E243E" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="1F497D" w:themeColor="text2"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MOSES DATA – EMPLOYMENT SERVICES TAB</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="125BD59E" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="125BD59E" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2789" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="4675A76D" w14:textId="77777777">
+          <w:p w14:paraId="4675A76D" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Job Referrals / Job Developments present?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="009F7844" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="2AA4CADA" w14:textId="77777777">
+          <w:p w14:paraId="2AA4CADA" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2120681894"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="933090407"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-814021013"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="0F06E743" w14:textId="77777777">
+          <w:p w14:paraId="0F06E743" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00E72B07" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="16E2B58E" w14:textId="77777777">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16E2B58E" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="0D7ECECA" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="0D7ECECA" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2789" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="681EB762" w14:textId="77777777">
+          <w:p w14:paraId="681EB762" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>All staff referrals have a service result</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="7D6E1226" w14:textId="77777777">
+          <w:p w14:paraId="7D6E1226" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1419714250"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="854233141"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1915391954"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="02BB3D0F" w14:textId="77777777">
+          <w:p w14:paraId="02BB3D0F" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00E72B07" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="642228A9" w14:textId="77777777">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="642228A9" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="36A33301" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="36A33301" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2789" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="54CFDB5F" w14:textId="77777777">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="54CFDB5F" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
+            <w:pPr>
+              <w:pStyle w:val="Details"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>All Reportable Services have a MOSES Note?</w:t>
+              <w:t>All</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Reportable Services have a MOSES Note?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="009F7844" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="451FA9FF" w14:textId="77777777">
+          <w:p w14:paraId="451FA9FF" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1174991417"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-504278212"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="2029142855"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="6AC97759" w14:textId="77777777">
+          <w:p w14:paraId="6AC97759" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00E72B07" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="4DF477C2" w14:textId="77777777">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF477C2" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="4D4CBF6A" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w14:paraId="4D4CBF6A" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
           <w:trHeight w:val="449"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15210" w:type="dxa"/>
             <w:gridSpan w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="2DE88BED" w14:textId="77777777">
+          <w:p w14:paraId="2DE88BED" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="1F497D" w:themeColor="text2"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MOSES DATA – ADMINISTRATIVE SERVICES TAB</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="0D81C60F" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="0D81C60F" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2789" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="145827D1" w14:textId="77777777">
+          <w:p w14:paraId="145827D1" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Administrative Services are recorded (when applicable) with corresponding MOSES note</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="009F7844" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="14FC3C65" w14:textId="77777777">
+          <w:p w14:paraId="14FC3C65" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1928149086"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1120065442"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-177819575"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="2BA59C66" w14:textId="77777777">
+          <w:p w14:paraId="2BA59C66" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00E72B07" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="0B6DC741" w14:textId="77777777">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B6DC741" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="705ABCDA" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="705ABCDA" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2789" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="4697DED4" w14:textId="77777777">
+          <w:p w14:paraId="4697DED4" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>If SBE Veteran declines services; MUST be documented under this tab: DVOP/LVER services to Veterans were offered and declined</w:t>
+              <w:t xml:space="preserve">If SBE Veteran declines </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>services;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> MUST be documented under this tab: DVOP/LVER services to Veterans were offered and declined</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="4B4C3964" w14:textId="77777777">
+          <w:p w14:paraId="4B4C3964" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="2097590175"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-809548096"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2126837599"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="46428B04" w14:textId="77777777">
+          <w:p w14:paraId="46428B04" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="01DC028E" w14:textId="77777777">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01DC028E" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="3844A225" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w14:paraId="3844A225" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15210" w:type="dxa"/>
             <w:gridSpan w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="640BEB09" w14:textId="77777777">
+          <w:p w14:paraId="640BEB09" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="1F497D" w:themeColor="text2"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MOSES DATA – MOSES NOTES SECTION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="40A7B6E8" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="40A7B6E8" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2789" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="3C0D322B" w14:textId="77777777">
+          <w:p w14:paraId="3C0D322B" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>NOTES include reference to SBE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="009F7844" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="614A7575" w14:textId="77777777">
+          <w:p w14:paraId="614A7575" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1193033485"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="787860018"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1252085508"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="0089018B" w14:textId="77777777">
+          <w:p w14:paraId="0089018B" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00E72B07" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="230CE486" w14:textId="77777777">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="230CE486" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="28A73288" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="28A73288" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
           <w:trHeight w:val="645"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2789" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="7D20B988" w14:textId="77777777">
+          <w:p w14:paraId="7D20B988" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Notes tell a continuous story of services and next steps?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="009F7844" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="6B7A976E" w14:textId="1AEB79AE">
+          <w:p w14:paraId="6B7A976E" w14:textId="1AEB79AE" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-497339536"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00061418">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1539422078"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="15353873"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="59104F12" w14:textId="77777777">
+          <w:p w14:paraId="59104F12" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00E72B07" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="61B645F8" w14:textId="77777777">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61B645F8" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="0B6ED257" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w14:paraId="0B6ED257" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15210" w:type="dxa"/>
             <w:gridSpan w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="314A536A" w14:textId="77777777">
+          <w:p w14:paraId="314A536A" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="1F497D" w:themeColor="text2"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ADDITIONAL ITEMS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="4ECA76A3" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="4ECA76A3" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2789" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="35881C5D" w14:textId="77777777">
+          <w:p w14:paraId="35881C5D" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Membership is current per CC policy?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="009F7844" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="41B4DD93" w14:textId="77777777">
+          <w:p w14:paraId="41B4DD93" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1726409833"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-615825957"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1537459387"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="52A5164F" w14:textId="77777777">
+          <w:p w14:paraId="52A5164F" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00E72B07" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="2255C099" w14:textId="77777777">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2255C099" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="283C18F3" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="283C18F3" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2789" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="483628E0" w14:textId="77777777">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="483628E0" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
+            <w:pPr>
+              <w:pStyle w:val="Details"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ALERTS are cleared?</w:t>
+              <w:t>ALERTS are</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> cleared?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="009F7844" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="60CAF529" w14:textId="77777777">
+          <w:p w14:paraId="60CAF529" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2110112086"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1358852805"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1555274520"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="652C134A" w14:textId="77777777">
+          <w:p w14:paraId="652C134A" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00E72B07" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="66ECDF36" w14:textId="77777777">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66ECDF36" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="3B7278C2" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="3B7278C2" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2789" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="26B8635A" w:rsidRDefault="00876C56" w14:paraId="2495DF32" w14:textId="2DE14999">
+          <w:p w14:paraId="2495DF32" w14:textId="2DE14999" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="26B8635A">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="26B8635A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Veteran has been serviced at no less than 30</w:t>
             </w:r>
-            <w:r w:rsidRPr="26B8635A" w:rsidR="3CD82072">
+            <w:r w:rsidR="3CD82072" w:rsidRPr="26B8635A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="26B8635A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>day intervals?**</w:t>
+              <w:t xml:space="preserve">day </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="26B8635A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>intervals?*</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="26B8635A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="009F7844" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="24A04E7E" w14:textId="4EDB0FEF">
+          <w:p w14:paraId="24A04E7E" w14:textId="4EDB0FEF" w:rsidR="00876C56" w:rsidRPr="009F7844" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="453532981"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00441949">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="403655603"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1919899924"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00876C56">
+            <w:r w:rsidR="00876C56" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E72B07" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="34EFFCA2" w14:textId="77777777">
+          <w:p w14:paraId="34EFFCA2" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00E72B07" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="75BBA9EA" w14:textId="77777777">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75BBA9EA" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00D361FF" w:rsidTr="26B8635A" w14:paraId="156BA427" w14:textId="77777777">
+      <w:tr w:rsidR="00D361FF" w:rsidRPr="00FD1A3F" w14:paraId="156BA427" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2789" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="26B8635A" w:rsidR="00D361FF" w:rsidP="26B8635A" w:rsidRDefault="008016B9" w14:paraId="4F9F213C" w14:textId="03796D0B">
+          <w:p w14:paraId="4F9F213C" w14:textId="03796D0B" w:rsidR="00D361FF" w:rsidRPr="26B8635A" w:rsidRDefault="008016B9" w:rsidP="26B8635A">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Follow-up services are being conducted </w:t>
             </w:r>
             <w:r w:rsidR="00AB45B2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">up to 1 year and in </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>accord</w:t>
             </w:r>
             <w:r w:rsidR="00AB45B2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ance with </w:t>
+              <w:t xml:space="preserve">ance </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00AB45B2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">with </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> MassWorkforce Issuance</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>MassWorkforce</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Issuance</w:t>
             </w:r>
             <w:r w:rsidR="00AB45B2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="15263" w:type="dxa"/>
               <w:tblBorders>
-                <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-                <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+                <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="10372"/>
               <w:gridCol w:w="4891"/>
             </w:tblGrid>
-            <w:tr w:rsidRPr="00E72B07" w:rsidR="007527C2" w:rsidTr="00061418" w14:paraId="1217B5A9" w14:textId="77777777">
+            <w:tr w:rsidR="007527C2" w:rsidRPr="00E72B07" w14:paraId="1217B5A9" w14:textId="77777777" w:rsidTr="00061418">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="10372" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidRPr="009F7844" w:rsidR="007527C2" w:rsidP="00C10020" w:rsidRDefault="00B51B3D" w14:paraId="57ED687E" w14:textId="3A39C6A0">
+                <w:p w14:paraId="57ED687E" w14:textId="3A39C6A0" w:rsidR="007527C2" w:rsidRPr="009F7844" w:rsidRDefault="007D5AE0" w:rsidP="00C10020">
                   <w:pPr>
                     <w:pStyle w:val="Details"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="00B050"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:id w:val="-947933498"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r w:rsidR="00441949">
                         <w:rPr>
-                          <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="00B050"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
-                  <w:r w:rsidRPr="00441949" w:rsidR="007527C2">
+                  <w:r w:rsidR="007527C2" w:rsidRPr="00441949">
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="00B050"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>Yes</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00441949" w:rsidR="007527C2">
+                  <w:r w:rsidR="007527C2" w:rsidRPr="00441949">
                     <w:rPr>
                       <w:color w:val="00B050"/>
                     </w:rPr>
                     <w:t xml:space="preserve">    </w:t>
                   </w:r>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:color w:val="FF0000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:id w:val="937109322"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r w:rsidR="007527C2">
                         <w:rPr>
-                          <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
-                  <w:r w:rsidRPr="003D53FC" w:rsidR="007527C2">
+                  <w:r w:rsidR="007527C2" w:rsidRPr="003D53FC">
                     <w:rPr>
                       <w:color w:val="FF0000"/>
                     </w:rPr>
                     <w:t xml:space="preserve">No   </w:t>
                   </w:r>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:id w:val="-2028408247"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r w:rsidR="007527C2">
                         <w:rPr>
-                          <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
-                  <w:r w:rsidRPr="003D53FC" w:rsidR="007527C2">
+                  <w:r w:rsidR="007527C2" w:rsidRPr="003D53FC">
                     <w:t>N/A</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4891" w:type="dxa"/>
                   <w:tcBorders>
                     <w:left w:val="nil"/>
-                    <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidRPr="00E72B07" w:rsidR="007527C2" w:rsidP="007527C2" w:rsidRDefault="007527C2" w14:paraId="49CE802A" w14:textId="77777777">
+                <w:p w14:paraId="49CE802A" w14:textId="77777777" w:rsidR="007527C2" w:rsidRPr="00E72B07" w:rsidRDefault="007527C2" w:rsidP="007527C2">
                   <w:pPr>
                     <w:pStyle w:val="Details"/>
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                     </w:rPr>
                     <w:t>Comment:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="00D361FF" w:rsidP="00876C56" w:rsidRDefault="00D361FF" w14:paraId="26CAE3EC" w14:textId="77777777">
+          <w:p w14:paraId="26CAE3EC" w14:textId="77777777" w:rsidR="00D361FF" w:rsidRDefault="00D361FF" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D361FF" w:rsidP="00876C56" w:rsidRDefault="00AB45B2" w14:paraId="5096A881" w14:textId="05405DCD">
+          <w:p w14:paraId="5096A881" w14:textId="05405DCD" w:rsidR="00D361FF" w:rsidRDefault="00AB45B2" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00D361FF" w:rsidP="00876C56" w:rsidRDefault="003A3D1B" w14:paraId="3ECB398D" w14:textId="017F3BA8">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ECB398D" w14:textId="017F3BA8" w:rsidR="00D361FF" w:rsidRPr="00FD1A3F" w:rsidRDefault="003A3D1B" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidR="00057F2A">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Follow-up is not required if Veteran does not want DVOP services – </w:t>
             </w:r>
             <w:r w:rsidR="005603FF">
@@ -13550,634 +13793,680 @@
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">MUST have a </w:t>
             </w:r>
             <w:r w:rsidR="00057F2A">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MOSES note</w:t>
             </w:r>
             <w:r w:rsidR="005603FF">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> to support</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00061418" w:rsidTr="26B8635A" w14:paraId="5D1949C9" w14:textId="77777777">
+      <w:tr w:rsidR="00061418" w:rsidRPr="00FD1A3F" w14:paraId="5D1949C9" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2789" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00061418" w:rsidP="00061418" w:rsidRDefault="00061418" w14:paraId="48E2BA35" w14:textId="7D630F19">
+          <w:p w14:paraId="48E2BA35" w14:textId="7D630F19" w:rsidR="00061418" w:rsidRDefault="00061418" w:rsidP="00061418">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>DVOP is conducting Veteran RESEA?</w:t>
             </w:r>
             <w:r w:rsidR="00FA77C9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">  If so, how many hr./week? </w:t>
+              <w:t xml:space="preserve">  If so, how many hr./</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00FA77C9">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>week</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00FA77C9">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00061418" w:rsidP="00061418" w:rsidRDefault="00B51B3D" w14:paraId="3D0E500E" w14:textId="06CF1E7A">
+          <w:p w14:paraId="3D0E500E" w14:textId="06CF1E7A" w:rsidR="00061418" w:rsidRDefault="007D5AE0" w:rsidP="00061418">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="00B050"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-51780186"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00061418">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="00B050"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00061418">
+            <w:r w:rsidR="00061418" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="00B050"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2065017996"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00061418">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00061418">
+            <w:r w:rsidR="00061418" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">No   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-694691599"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00061418">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="003D53FC" w:rsidR="00061418">
+            <w:r w:rsidR="00061418" w:rsidRPr="003D53FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1154" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00061418" w:rsidP="00061418" w:rsidRDefault="00517E21" w14:paraId="692209E4" w14:textId="7E04A40A">
+          <w:p w14:paraId="692209E4" w14:textId="7E04A40A" w:rsidR="00061418" w:rsidRDefault="00517E21" w:rsidP="00061418">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00061418" w:rsidP="00061418" w:rsidRDefault="00061418" w14:paraId="59E263BE" w14:textId="5C88C98B">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59E263BE" w14:textId="5C88C98B" w:rsidR="00061418" w:rsidRDefault="00061418" w:rsidP="00061418">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="69A02B6C" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="69A02B6C" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15210" w:type="dxa"/>
             <w:gridSpan w:val="24"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="318F82F8" w14:textId="4EF01D9A">
+          <w:p w14:paraId="318F82F8" w14:textId="4EF01D9A" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">** NOTE: WIOA Communication </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007D4F63">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>MassWorkforce Issuance 100 DCS 08.112.</w:t>
+              <w:t>MassWorkforce</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D4F63">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Issuance 100 DCS 08.112.</w:t>
             </w:r>
             <w:r w:rsidR="006D4D2B">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> states “no less than 60 days”, however, the JVSG Program has been identified as 30 Days. 30 Day interval includes outreach attempts with no contact, but these services must be recorded in the Administrative Tab.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="0CBF7589" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w14:paraId="0CBF7589" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15210" w:type="dxa"/>
             <w:gridSpan w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="40AECB71" w14:textId="77777777">
+          <w:p w14:paraId="40AECB71" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="1F497D" w:themeColor="text2"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CASE CLOSURE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="49922B01" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="49922B01" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2789" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="280CC730" w14:textId="128D8A6A">
+          <w:p w14:paraId="280CC730" w14:textId="128D8A6A" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Current Case Management Status:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4840" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="0D423BAE" w14:textId="51284FE3">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D423BAE" w14:textId="51284FE3" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1666592756"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> OPEN   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="646475078"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> CLOSED   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="2147469281"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00876C56">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> PENDING CLOSURE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1351" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="40F84160" w14:textId="77777777">
+          <w:p w14:paraId="40F84160" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date Closed:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6230" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...3 lines deleted...]
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="0EF0DE70" w14:textId="77777777">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EF0DE70" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="209530F3" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="209530F3" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15210" w:type="dxa"/>
             <w:gridSpan w:val="24"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="0788A7AC" w14:textId="4B5B0576">
+          <w:p w14:paraId="0788A7AC" w14:textId="4B5B0576" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>NOTE: Per WIOA Communication 100 DCS 08.112.</w:t>
             </w:r>
             <w:r w:rsidR="00092874">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Case Closure should be requested by DVOP when one of the following conditions listed below occur (MOSES Notes are required to document the reason why the case is being closed):</w:t>
+              <w:t xml:space="preserve"> Case Closure should be requested by DVOP when one of the following conditions listed below </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>occur</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (MOSES Notes are required to document the reason why the case is being closed):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="0B6B6F8F" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="0B6B6F8F" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
           <w:trHeight w:val="720"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15210" w:type="dxa"/>
             <w:gridSpan w:val="24"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00136314" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="47FE8CC6" w14:textId="5D7440BA">
+          <w:p w14:paraId="47FE8CC6" w14:textId="5D7440BA" w:rsidR="00876C56" w:rsidRPr="00136314" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="00FF01B8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Case Plan Closure Authorized By</w:t>
@@ -14187,806 +14476,774 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r w:rsidRPr="00FF01B8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Managers Signature and date required:</w:t>
             </w:r>
             <w:r w:rsidRPr="00136314">
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="31319CFC" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="31319CFC" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2789" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="1683AE5A" w14:textId="77777777">
+          <w:p w14:paraId="1683AE5A" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Label"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Case Closed due to:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12421" w:type="dxa"/>
             <w:gridSpan w:val="21"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="54C45E87" w14:textId="77777777">
+          <w:p w14:paraId="54C45E87" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-93556953"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00FD1A3F" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="00FD1A3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Customer met all Case Management Goals and appropriate follow up period is completed (90 days)</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="0C6B44DA" w14:textId="77777777">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00876C56">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Customer</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00876C56">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> met all Case Management Goals and appropriate follow up period is completed (90 days)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C6B44DA" w14:textId="77777777" w:rsidR="00876C56" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="239527886"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00FD1A3F" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="00FD1A3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Customer has moved from SDA and can/will no longer be able to participate in Case Management</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="6C569B1C" w14:textId="04E239FD">
+          <w:p w14:paraId="6C569B1C" w14:textId="04E239FD" w:rsidR="00876C56" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-543133783"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00FD1A3F" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="00FD1A3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Customer has self-elected to no longer participate in Case Management</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="63B1A5C7" w14:textId="77777777">
+          <w:p w14:paraId="63B1A5C7" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1794939383"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00FD1A3F" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="00FD1A3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> 90 days with no contact or services – customer </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="35FEDFAB" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="35FEDFAB" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2789" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="57603348" w14:textId="77777777">
+          <w:p w14:paraId="57603348" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="811" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00B51B3D" w14:paraId="209C32CA" w14:textId="77777777">
+          <w:p w14:paraId="209C32CA" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="007D5AE0" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1384439541"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00FD1A3F" w:rsidR="00876C56">
-[...1 lines deleted...]
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic"/>
+                <w:r w:rsidR="00876C56" w:rsidRPr="00FD1A3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00876C56">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Other: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1585" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="23553CDC" w14:textId="77777777">
+          <w:p w14:paraId="23553CDC" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>List reason case closed:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10078" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="180C96B8" w14:textId="77777777">
+          <w:p w14:paraId="180C96B8" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="1F60355A" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w14:paraId="1F60355A" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15210" w:type="dxa"/>
             <w:gridSpan w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="0DD78043" w14:textId="5B03BAE8">
+          <w:p w14:paraId="0DD78043" w14:textId="5B03BAE8" w:rsidR="00876C56" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="1F497D" w:themeColor="text2"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CASE REVIEWER – ADDITIONAL NOTES / RECOMMENDATIONS / COMMENTS SECTION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidTr="26B8635A" w14:paraId="0CE2A554" w14:textId="77777777">
+      <w:tr w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w14:paraId="0CE2A554" w14:textId="77777777" w:rsidTr="26B8635A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="53" w:type="dxa"/>
           <w:trHeight w:val="1457"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15210" w:type="dxa"/>
             <w:gridSpan w:val="24"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00FD1A3F" w:rsidR="00876C56" w:rsidP="00876C56" w:rsidRDefault="00876C56" w14:paraId="48EB7B36" w14:textId="77777777">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48EB7B36" w14:textId="77777777" w:rsidR="00876C56" w:rsidRPr="00FD1A3F" w:rsidRDefault="00876C56" w:rsidP="00876C56">
             <w:pPr>
               <w:pStyle w:val="Details"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00592664">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0089781E" w:rsidP="26B8635A" w:rsidRDefault="0089781E" w14:paraId="7984D637" w14:textId="77777777">
+    <w:p w14:paraId="7984D637" w14:textId="77777777" w:rsidR="0089781E" w:rsidRDefault="0089781E" w:rsidP="26B8635A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="26B8635A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>MassHire Programs &amp; Services are funded in full by US Department of Labor (USDOL) Employment and Training Administration grants. Additional details furnished upon request.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0089781E" w:rsidP="0089781E" w:rsidRDefault="0089781E" w14:paraId="781AFC41" w14:textId="77777777">
+    <w:p w14:paraId="781AFC41" w14:textId="77777777" w:rsidR="0089781E" w:rsidRDefault="0089781E" w:rsidP="0089781E">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="1C246408">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>An equal opportunity employer/program. Auxiliary aids and services are available upon request to individuals with disabilities.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0089781E" w:rsidP="0089781E" w:rsidRDefault="0089781E" w14:paraId="3E4C489E" w14:textId="77777777">
+    <w:p w14:paraId="3E4C489E" w14:textId="77777777" w:rsidR="0089781E" w:rsidRDefault="0089781E" w:rsidP="0089781E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0089781E" w:rsidP="0089781E" w:rsidRDefault="00874AA5" w14:paraId="0F8AAABF" w14:textId="2338284F">
+    <w:p w14:paraId="0F8AAABF" w14:textId="2338284F" w:rsidR="0089781E" w:rsidRDefault="5389E372" w:rsidP="0089781E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="4F703ACD" w:rsidR="5389E372">
+      <w:r w:rsidRPr="4F703ACD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidRPr="4F703ACD" w:rsidR="003F6906">
+      <w:r w:rsidR="003F6906" w:rsidRPr="4F703ACD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>/2025</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="17DB84EB" w:rsidP="17DB84EB" w:rsidRDefault="17DB84EB" w14:paraId="4D3A840D" w14:textId="19374CA7">
+    <w:p w14:paraId="4D3A840D" w14:textId="19374CA7" w:rsidR="17DB84EB" w:rsidRDefault="17DB84EB" w:rsidP="17DB84EB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="17DB84EB" w:rsidSect="00481832">
       <w:headerReference w:type="even" r:id="rId11"/>
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="even" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="432" w:right="432" w:bottom="432" w:left="432" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="002F38D4" w:rsidP="00037D55" w:rsidRDefault="002F38D4" w14:paraId="0A851804" w14:textId="77777777">
+    <w:p w14:paraId="1FC62DF4" w14:textId="77777777" w:rsidR="007D5AE0" w:rsidRDefault="007D5AE0" w:rsidP="00037D55">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="002F38D4" w:rsidP="00037D55" w:rsidRDefault="002F38D4" w14:paraId="57CF55C0" w14:textId="77777777">
+    <w:p w14:paraId="2143152D" w14:textId="77777777" w:rsidR="007D5AE0" w:rsidRDefault="007D5AE0" w:rsidP="00037D55">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidR="007E6310" w:rsidRDefault="007E6310" w14:paraId="669B867D" w14:textId="77777777">
+  <w:p w14:paraId="669B867D" w14:textId="77777777" w:rsidR="007E6310" w:rsidRDefault="007E6310">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="727421830"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidR="007E6310" w:rsidRDefault="007E6310" w14:paraId="063E2BCF" w14:textId="77777777">
+      <w:p w14:paraId="063E2BCF" w14:textId="77777777" w:rsidR="007E6310" w:rsidRDefault="007E6310">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="007E6310" w:rsidRDefault="007E6310" w14:paraId="1A234C23" w14:textId="77777777">
+  <w:p w14:paraId="1A234C23" w14:textId="77777777" w:rsidR="007E6310" w:rsidRDefault="007E6310">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidR="007E6310" w:rsidRDefault="007E6310" w14:paraId="36D3EF1D" w14:textId="77777777">
+  <w:p w14:paraId="36D3EF1D" w14:textId="77777777" w:rsidR="007E6310" w:rsidRDefault="007E6310">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="002F38D4" w:rsidP="00037D55" w:rsidRDefault="002F38D4" w14:paraId="4E3DDD7F" w14:textId="77777777">
+    <w:p w14:paraId="178C76FA" w14:textId="77777777" w:rsidR="007D5AE0" w:rsidRDefault="007D5AE0" w:rsidP="00037D55">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="002F38D4" w:rsidP="00037D55" w:rsidRDefault="002F38D4" w14:paraId="31DF685A" w14:textId="77777777">
+    <w:p w14:paraId="2AD427AF" w14:textId="77777777" w:rsidR="007D5AE0" w:rsidRDefault="007D5AE0" w:rsidP="00037D55">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidR="007E6310" w:rsidRDefault="007E6310" w14:paraId="24D066E9" w14:textId="77777777">
+  <w:p w14:paraId="24D066E9" w14:textId="77777777" w:rsidR="007E6310" w:rsidRDefault="007E6310">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:sdt>
-[...51 lines deleted...]
-  </w:sdt>
+  <w:p w14:paraId="6A190EEC" w14:textId="79A5E4C7" w:rsidR="007E6310" w:rsidRDefault="007E6310">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidR="007E6310" w:rsidRDefault="007E6310" w14:paraId="6806698B" w14:textId="77777777">
+  <w:p w14:paraId="6806698B" w14:textId="77777777" w:rsidR="007E6310" w:rsidRDefault="007E6310">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="061A38E7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B8C017BA"/>
     <w:lvl w:ilvl="0" w:tplc="D2303996">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="NumberedList"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
@@ -15052,147 +15309,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0674518E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B6E299BA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F1F6A82"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="72CA3EAC"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -15252,182 +15509,179 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59C81E46"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4CA2656C"/>
     <w:lvl w:ilvl="0" w:tplc="38684168">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="BulletedList"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="48652832">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="855272579">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="236283574">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="121732614">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
-  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
-    <o:shapelayout v:ext="edit">
-[...1 lines deleted...]
-    </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004D0C4B"/>
     <w:rsid w:val="000149BA"/>
     <w:rsid w:val="0002161B"/>
     <w:rsid w:val="000255A3"/>
     <w:rsid w:val="00032464"/>
     <w:rsid w:val="00033297"/>
     <w:rsid w:val="00035AA4"/>
@@ -15452,50 +15706,51 @@
     <w:rsid w:val="000B0B42"/>
     <w:rsid w:val="000B1382"/>
     <w:rsid w:val="000C17AB"/>
     <w:rsid w:val="000C35AE"/>
     <w:rsid w:val="000C5A46"/>
     <w:rsid w:val="000E43A5"/>
     <w:rsid w:val="000F0378"/>
     <w:rsid w:val="000F6B6D"/>
     <w:rsid w:val="0010371B"/>
     <w:rsid w:val="00114FAC"/>
     <w:rsid w:val="00117714"/>
     <w:rsid w:val="00120AE6"/>
     <w:rsid w:val="001227CD"/>
     <w:rsid w:val="00124CAB"/>
     <w:rsid w:val="0012566B"/>
     <w:rsid w:val="00136314"/>
     <w:rsid w:val="0014076C"/>
     <w:rsid w:val="00146B76"/>
     <w:rsid w:val="00147A54"/>
     <w:rsid w:val="001614F6"/>
     <w:rsid w:val="00167996"/>
     <w:rsid w:val="001757FF"/>
     <w:rsid w:val="00186C7E"/>
     <w:rsid w:val="001949A7"/>
     <w:rsid w:val="00195272"/>
+    <w:rsid w:val="00196AE3"/>
     <w:rsid w:val="001A24F2"/>
     <w:rsid w:val="001A3647"/>
     <w:rsid w:val="001A4473"/>
     <w:rsid w:val="001B1902"/>
     <w:rsid w:val="001C38FE"/>
     <w:rsid w:val="001D013A"/>
     <w:rsid w:val="001E76D8"/>
     <w:rsid w:val="00201D1A"/>
     <w:rsid w:val="002038C0"/>
     <w:rsid w:val="00253B30"/>
     <w:rsid w:val="00263010"/>
     <w:rsid w:val="0027032F"/>
     <w:rsid w:val="00274439"/>
     <w:rsid w:val="00276A6F"/>
     <w:rsid w:val="00285BE7"/>
     <w:rsid w:val="00291A45"/>
     <w:rsid w:val="002F38D4"/>
     <w:rsid w:val="002F6FDD"/>
     <w:rsid w:val="00314B0F"/>
     <w:rsid w:val="003213C0"/>
     <w:rsid w:val="00323F41"/>
     <w:rsid w:val="00330918"/>
     <w:rsid w:val="00351992"/>
     <w:rsid w:val="003531F6"/>
     <w:rsid w:val="00353680"/>
@@ -15578,62 +15833,64 @@
     <w:rsid w:val="005F1FEA"/>
     <w:rsid w:val="0060216F"/>
     <w:rsid w:val="00603B29"/>
     <w:rsid w:val="00653237"/>
     <w:rsid w:val="00657367"/>
     <w:rsid w:val="00657E4D"/>
     <w:rsid w:val="0066031D"/>
     <w:rsid w:val="00665F82"/>
     <w:rsid w:val="00670982"/>
     <w:rsid w:val="00672378"/>
     <w:rsid w:val="006727C2"/>
     <w:rsid w:val="00675772"/>
     <w:rsid w:val="00693CDF"/>
     <w:rsid w:val="006B253D"/>
     <w:rsid w:val="006B7CF9"/>
     <w:rsid w:val="006C3597"/>
     <w:rsid w:val="006C5001"/>
     <w:rsid w:val="006C5CCB"/>
     <w:rsid w:val="006D165A"/>
     <w:rsid w:val="006D2070"/>
     <w:rsid w:val="006D4D2B"/>
     <w:rsid w:val="006F4190"/>
     <w:rsid w:val="00721259"/>
     <w:rsid w:val="007462E3"/>
     <w:rsid w:val="007527C2"/>
+    <w:rsid w:val="007552DD"/>
     <w:rsid w:val="00761F00"/>
     <w:rsid w:val="00774232"/>
     <w:rsid w:val="00782ACE"/>
     <w:rsid w:val="0079152D"/>
     <w:rsid w:val="00797825"/>
     <w:rsid w:val="007A0786"/>
     <w:rsid w:val="007B5567"/>
     <w:rsid w:val="007B6A52"/>
     <w:rsid w:val="007B7690"/>
     <w:rsid w:val="007C092D"/>
     <w:rsid w:val="007D2DF2"/>
     <w:rsid w:val="007D4F63"/>
+    <w:rsid w:val="007D5AE0"/>
     <w:rsid w:val="007D6772"/>
     <w:rsid w:val="007E3E45"/>
     <w:rsid w:val="007E6310"/>
     <w:rsid w:val="007F2C82"/>
     <w:rsid w:val="008016B9"/>
     <w:rsid w:val="008036DF"/>
     <w:rsid w:val="00805510"/>
     <w:rsid w:val="0080619B"/>
     <w:rsid w:val="008073CB"/>
     <w:rsid w:val="008123E7"/>
     <w:rsid w:val="00825C6E"/>
     <w:rsid w:val="008322BF"/>
     <w:rsid w:val="00834D2A"/>
     <w:rsid w:val="008516C1"/>
     <w:rsid w:val="00851E78"/>
     <w:rsid w:val="00853BA7"/>
     <w:rsid w:val="00857B5E"/>
     <w:rsid w:val="00862455"/>
     <w:rsid w:val="008624EF"/>
     <w:rsid w:val="008628D0"/>
     <w:rsid w:val="0086741B"/>
     <w:rsid w:val="00874AA5"/>
     <w:rsid w:val="00876C56"/>
     <w:rsid w:val="00882A7A"/>
     <w:rsid w:val="008961A2"/>
@@ -15864,143 +16121,143 @@
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7684833A"/>
   <w15:docId w15:val="{9009D335-3793-4866-BD29-4C21CA666669}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -16136,52 +16393,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -16248,445 +16505,446 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00BA58BF"/>
     <w:pPr>
       <w:spacing w:before="60" w:after="20"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:rsid w:val="0079152D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="7185"/>
       </w:tabs>
       <w:spacing w:before="200" w:after="0"/>
       <w:ind w:left="450"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman" w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0079152D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="006C5CCB"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00851E78"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Label" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Label">
     <w:name w:val="Label"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="LabelChar"/>
     <w:qFormat/>
     <w:rsid w:val="0079152D"/>
     <w:pPr>
       <w:spacing w:before="40"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:color w:val="262626"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Details" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Details">
     <w:name w:val="Details"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="DetailsChar"/>
     <w:qFormat/>
     <w:rsid w:val="00E25F48"/>
     <w:rPr>
       <w:color w:val="262626"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BulletedList" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BulletedList">
     <w:name w:val="Bulleted List"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BulletedListChar"/>
     <w:qFormat/>
     <w:rsid w:val="00D57E96"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:color w:val="262626"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NumberedList" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NumberedList">
     <w:name w:val="Numbered List"/>
     <w:basedOn w:val="Details"/>
     <w:link w:val="NumberedListChar"/>
     <w:qFormat/>
     <w:rsid w:val="00D57E96"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Notes" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Notes">
     <w:name w:val="Notes"/>
     <w:basedOn w:val="Details"/>
     <w:link w:val="NotesChar"/>
     <w:qFormat/>
     <w:rsid w:val="00DC2EEE"/>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Descriptionlabels" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Descriptionlabels">
     <w:name w:val="Description labels"/>
     <w:basedOn w:val="Label"/>
     <w:link w:val="DescriptionlabelsChar"/>
     <w:qFormat/>
     <w:rsid w:val="0079152D"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:smallCaps/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00037D55"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00037D55"/>
     <w:rPr>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00037D55"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00037D55"/>
     <w:rPr>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:rsid w:val="0079152D"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman" w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00037D55"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00037D55"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Companyname" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Companyname">
     <w:name w:val="Company name"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F0505B"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000E43A5"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="LabelChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="LabelChar">
     <w:name w:val="Label Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Label"/>
     <w:rsid w:val="0079152D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:color w:val="262626"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DetailsChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="DetailsChar">
     <w:name w:val="Details Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Details"/>
     <w:rsid w:val="000E43A5"/>
     <w:rPr>
       <w:color w:val="262626"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BulletedListChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BulletedListChar">
     <w:name w:val="Bulleted List Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BulletedList"/>
     <w:rsid w:val="000E43A5"/>
     <w:rPr>
       <w:color w:val="262626"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="NotesChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="NotesChar">
     <w:name w:val="Notes Char"/>
     <w:basedOn w:val="DetailsChar"/>
     <w:link w:val="Notes"/>
     <w:rsid w:val="000E43A5"/>
     <w:rPr>
       <w:i/>
       <w:color w:val="262626"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="NumberedListChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="NumberedListChar">
     <w:name w:val="Numbered List Char"/>
     <w:basedOn w:val="DetailsChar"/>
     <w:link w:val="NumberedList"/>
     <w:rsid w:val="000E43A5"/>
     <w:rPr>
       <w:color w:val="262626"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DescriptionlabelsChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="DescriptionlabelsChar">
     <w:name w:val="Description labels Char"/>
     <w:basedOn w:val="LabelChar"/>
     <w:link w:val="Descriptionlabels"/>
     <w:rsid w:val="0079152D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:smallCaps/>
       <w:color w:val="262626"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="0079152D"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\enelson\AppData\Roaming\Microsoft\Templates\JobDescriptionForm.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -17092,122 +17350,144 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="69eef59b-4fb6-4551-80fa-880d5adf8c10" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f8197ce3-f327-445f-9ae6-74b08f5a20a9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28876037-F77E-498E-9A4A-3E98FD7215E5}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28876037-F77E-498E-9A4A-3E98FD7215E5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="f8197ce3-f327-445f-9ae6-74b08f5a20a9"/>
+    <ds:schemaRef ds:uri="69eef59b-4fb6-4551-80fa-880d5adf8c10"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1244861-086B-474C-BAA8-CBA819028047}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EEF4E18C-6EE1-483E-AA4E-7F19B885F6BE}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="69eef59b-4fb6-4551-80fa-880d5adf8c10"/>
+    <ds:schemaRef ds:uri="f8197ce3-f327-445f-9ae6-74b08f5a20a9"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{974AD741-63A5-455F-8921-2B3ED17A7DBE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EEF4E18C-6EE1-483E-AA4E-7F19B885F6BE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1244861-086B-474C-BAA8-CBA819028047}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="a543ae4e-6060-48c8-a421-709023b87e3c"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>JobDescriptionForm</Template>
+  <TotalTime></TotalTime>
+  <Pages>5</Pages>
+  <Words>1229</Words>
+  <Characters>7010</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>58</Lines>
+  <Paragraphs>16</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company>Microsoft</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>8223</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Job description form</dc:title>
   <dc:creator>Nelson, Eric (DWD)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:version/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_TemplateID">
     <vt:lpwstr>TC103571649990</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x010100A95036446F218841831E389EE0ED1EE2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>