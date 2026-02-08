--- v0 (2025-10-31)
+++ v1 (2026-02-08)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov-my.sharepoint.com/personal/wesley_ho_mass_gov/Documents/Desktop/quater license lists/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov-my.sharepoint.com/personal/wesley_ho_mass_gov/Documents/Desktop/Website 2025 licenseee list/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="56" documentId="8_{69241538-5605-46D7-8799-FDD2CC5A81AC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{43B8D5A3-8F83-4CEE-B7C1-22A49F0146A7}"/>
+  <xr:revisionPtr revIDLastSave="59" documentId="8_{69241538-5605-46D7-8799-FDD2CC5A81AC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{25D2243A-9972-4139-922D-6C358CC6F7E0}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{0C7C8AFC-404C-4267-B6CC-2B07C3312AE0}"/>
   </bookViews>
   <sheets>
     <sheet name="Debt Collectors" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3988" uniqueCount="2047">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3889" uniqueCount="2002">
   <si>
     <t>MA Debt Collector</t>
   </si>
   <si>
     <t>DC1359207</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Aberdeen</t>
   </si>
   <si>
     <t xml:space="preserve">105 1st Ave SW </t>
   </si>
   <si>
     <t>ZuntaFi Corp</t>
   </si>
   <si>
     <t>DC1009851</t>
   </si>
   <si>
     <t>VA</t>
   </si>
   <si>
@@ -156,59 +156,50 @@
   <si>
     <t>DC1745247</t>
   </si>
   <si>
     <t>Los Angeles</t>
   </si>
   <si>
     <t xml:space="preserve">4751 Wilshire Blvd., Suite 100 </t>
   </si>
   <si>
     <t>Westlake Portfolio Management, LLC</t>
   </si>
   <si>
     <t>DC0727</t>
   </si>
   <si>
     <t>WILBRAHAM</t>
   </si>
   <si>
     <t xml:space="preserve">2040 BOSTON ROAD </t>
   </si>
   <si>
     <t>WESTERN MASS CREDIT CORP.</t>
   </si>
   <si>
-    <t>DC150525</t>
-[...7 lines deleted...]
-  <si>
     <t>West Coast Servicing, Inc.</t>
   </si>
   <si>
     <t>DC1329</t>
   </si>
   <si>
     <t>Huntington Beach</t>
   </si>
   <si>
     <t xml:space="preserve">7911 Warner Ave. </t>
   </si>
   <si>
     <t>DC1021</t>
   </si>
   <si>
     <t>OH</t>
   </si>
   <si>
     <t>Weltman, Weinberg &amp; Reis Co., L.P.A.</t>
   </si>
   <si>
     <t>DC1019</t>
   </si>
   <si>
     <t>Cincinnati</t>
@@ -339,59 +330,50 @@
   <si>
     <t>Maryville</t>
   </si>
   <si>
     <t xml:space="preserve">500 Alcoa Trail </t>
   </si>
   <si>
     <t>Vanderbilt Mortgage and Finance, Inc.</t>
   </si>
   <si>
     <t>DC1800659</t>
   </si>
   <si>
     <t>Jacksonville</t>
   </si>
   <si>
     <t>Valor Intelligent Processing, LLC</t>
   </si>
   <si>
     <t>DC1907140</t>
   </si>
   <si>
     <t>Valon Mortgage, Inc.</t>
   </si>
   <si>
-    <t>DC1399637</t>
-[...7 lines deleted...]
-  <si>
     <t>DC112632-100</t>
   </si>
   <si>
     <t>Eynon</t>
   </si>
   <si>
     <t>761 Scranton Carbondale Highway Hillside Plaza Unit 6</t>
   </si>
   <si>
     <t>USCB Corporation</t>
   </si>
   <si>
     <t>DC3707</t>
   </si>
   <si>
     <t>Westlake Village</t>
   </si>
   <si>
     <t xml:space="preserve">30870 Russell Ranch Road, Suite 100 </t>
   </si>
   <si>
     <t>Highlands Ranch</t>
   </si>
   <si>
     <t>8744 Lucent Blvd. Second Floor</t>
@@ -450,53 +432,50 @@
   <si>
     <t xml:space="preserve">9078 State Road 84 </t>
   </si>
   <si>
     <t>DC0670</t>
   </si>
   <si>
     <t>Toledo</t>
   </si>
   <si>
     <t xml:space="preserve">5620 Southwyck Blvd </t>
   </si>
   <si>
     <t>DC0587</t>
   </si>
   <si>
     <t xml:space="preserve">119 East Maple Street </t>
   </si>
   <si>
     <t>Unique Management Services, Inc</t>
   </si>
   <si>
     <t>DC1185</t>
   </si>
   <si>
-    <t xml:space="preserve">10625 Techwoods Circle </t>
-[...1 lines deleted...]
-  <si>
     <t>Unifund Corporation</t>
   </si>
   <si>
     <t>DC976731</t>
   </si>
   <si>
     <t>Niles</t>
   </si>
   <si>
     <t xml:space="preserve">5996 W Touhy Ave., Ste 2000 </t>
   </si>
   <si>
     <t>Unifin Inc.</t>
   </si>
   <si>
     <t>DC986335</t>
   </si>
   <si>
     <t>Sioux Falls</t>
   </si>
   <si>
     <t>Turnstile Capital Management, LLC</t>
   </si>
   <si>
     <t>402 West Broadway Suite 2000</t>
@@ -693,53 +672,50 @@
   <si>
     <t>44444-1321</t>
   </si>
   <si>
     <t>Newton Falls</t>
   </si>
   <si>
     <t xml:space="preserve">100 North Center Street </t>
   </si>
   <si>
     <t>The Cadle Company</t>
   </si>
   <si>
     <t>DC0080</t>
   </si>
   <si>
     <t>Waltham</t>
   </si>
   <si>
     <t>The Allen Daniel Associates, Inc.</t>
   </si>
   <si>
     <t>DC1169295</t>
   </si>
   <si>
-    <t>Elk Grove</t>
-[...1 lines deleted...]
-  <si>
     <t>Terrill Outsourcing Group, LLC</t>
   </si>
   <si>
     <t>DC934023</t>
   </si>
   <si>
     <t>TCS e-Serve International Limited</t>
   </si>
   <si>
     <t>Pune</t>
   </si>
   <si>
     <t>Gandhinagar Gujarat</t>
   </si>
   <si>
     <t xml:space="preserve">South Side, Block-2, Garima Park IT  SEZ, </t>
   </si>
   <si>
     <t>Gurgaon, Haryana</t>
   </si>
   <si>
     <t>VATIKA Business Park, Tower B, 3rd Floor Section 49, Sohna Road</t>
   </si>
   <si>
     <t>DC112042-100</t>
@@ -786,80 +762,68 @@
   <si>
     <t>SUNRISE CREDIT SERVICES, INC</t>
   </si>
   <si>
     <t>DC937350</t>
   </si>
   <si>
     <t>Tucson</t>
   </si>
   <si>
     <t xml:space="preserve">5447 E. 5th St #110 </t>
   </si>
   <si>
     <t>Stuart-Lippman and Associates, Inc.</t>
   </si>
   <si>
     <t>Lowell</t>
   </si>
   <si>
     <t>DC0721</t>
   </si>
   <si>
     <t>Rancho Cordova</t>
   </si>
   <si>
-    <t xml:space="preserve">2491 Sunrise Blvd </t>
-[...1 lines deleted...]
-  <si>
     <t>States Recovery Systems, Inc.</t>
   </si>
   <si>
     <t>DC1301</t>
   </si>
   <si>
     <t>Greenwood Village</t>
   </si>
   <si>
     <t>6061 South Willow Drive Suite 300</t>
   </si>
   <si>
     <t>Statebridge Company, LLC</t>
   </si>
   <si>
-    <t>DC948017</t>
-[...1 lines deleted...]
-  <si>
     <t>State Collection Service, Inc.</t>
   </si>
   <si>
-    <t>Beloit</t>
-[...4 lines deleted...]
-  <si>
     <t>DC0858</t>
   </si>
   <si>
     <t>Madison</t>
   </si>
   <si>
     <t xml:space="preserve">2509 S.Stoughton Rd. </t>
   </si>
   <si>
     <t>DC1916692</t>
   </si>
   <si>
     <t xml:space="preserve">1400 Crossways Blvd, Ste. 100B </t>
   </si>
   <si>
     <t>Spring Oaks Capital, LLC</t>
   </si>
   <si>
     <t>DC89599</t>
   </si>
   <si>
     <t>Chandler</t>
   </si>
   <si>
     <t>Southwest Stage Funding, LLC</t>
@@ -1197,62 +1161,50 @@
   <si>
     <t>MI</t>
   </si>
   <si>
     <t>Detroit</t>
   </si>
   <si>
     <t xml:space="preserve">1050 Woodward Avenue </t>
   </si>
   <si>
     <t>Rocket Mortgage, LLC</t>
   </si>
   <si>
     <t>DC112671-100</t>
   </si>
   <si>
     <t>Warrenville</t>
   </si>
   <si>
     <t xml:space="preserve">4200 Cantera Drive, Suite 211 </t>
   </si>
   <si>
     <t>RMS - Recovery Management Services, Inc.</t>
   </si>
   <si>
-    <t>DC0950</t>
-[...10 lines deleted...]
-  <si>
     <t>DC237755</t>
   </si>
   <si>
     <t>Durham</t>
   </si>
   <si>
     <t xml:space="preserve">2700 Meridian Parkway, Suite 200 </t>
   </si>
   <si>
     <t>Revco Solutions, Inc.</t>
   </si>
   <si>
     <t>DC111050-106</t>
   </si>
   <si>
     <t>Dayton</t>
   </si>
   <si>
     <t>6450 Poe Avenue Suite 301</t>
   </si>
   <si>
     <t>DC1285</t>
   </si>
   <si>
     <t>Dewitt</t>
@@ -1650,59 +1602,50 @@
   <si>
     <t>5020 Riverside Drive Suite 300</t>
   </si>
   <si>
     <t>Planet Home Lending, LLC</t>
   </si>
   <si>
     <t>Rochester</t>
   </si>
   <si>
     <t>120 Erie Canal Drive Suite 240</t>
   </si>
   <si>
     <t>Dublin</t>
   </si>
   <si>
     <t>4120 Dublin Boulevard Suite 150</t>
   </si>
   <si>
     <t>DC112046-100</t>
   </si>
   <si>
     <t>321 Research Parkway STE 303</t>
   </si>
   <si>
-    <t>DC1037</t>
-[...7 lines deleted...]
-  <si>
     <t>Pioneer Credit Recovery, Inc.</t>
   </si>
   <si>
     <t>DC1035</t>
   </si>
   <si>
     <t>Moorestown</t>
   </si>
   <si>
     <t xml:space="preserve">308 W. Route 38 </t>
   </si>
   <si>
     <t>DC110989-108</t>
   </si>
   <si>
     <t>Horseheads</t>
   </si>
   <si>
     <t xml:space="preserve">325 Daniel Zenker Drive, Suite 1 </t>
   </si>
   <si>
     <t>DC0397</t>
   </si>
   <si>
     <t>Arcade</t>
@@ -1749,53 +1692,50 @@
   <si>
     <t>1661  Worthington Road Suite 100</t>
   </si>
   <si>
     <t>DC0440</t>
   </si>
   <si>
     <t>Milford</t>
   </si>
   <si>
     <t xml:space="preserve">231 East Main Street, Suite 201 </t>
   </si>
   <si>
     <t>Peter Roberts &amp; Associates, Inc.</t>
   </si>
   <si>
     <t>DC1473260</t>
   </si>
   <si>
     <t>Peritus Portfolio Services II, LLC</t>
   </si>
   <si>
     <t>DC35953</t>
   </si>
   <si>
-    <t>2201 West Plano Parkway Suites 150 and 300</t>
-[...1 lines deleted...]
-  <si>
     <t>PennyMac Loan Services, LLC</t>
   </si>
   <si>
     <t>Moorpark</t>
   </si>
   <si>
     <t>6101 Condor Drive Suite 200</t>
   </si>
   <si>
     <t>Fort Worth</t>
   </si>
   <si>
     <t>3043 Townsgate Road Suite 200</t>
   </si>
   <si>
     <t>DC943582</t>
   </si>
   <si>
     <t>85034-7411</t>
   </si>
   <si>
     <t>4636 E. University Drive Suite 200</t>
   </si>
   <si>
     <t>Penn Credit Corporation</t>
@@ -1893,152 +1833,119 @@
   <si>
     <t>DC1418242</t>
   </si>
   <si>
     <t>One Advantage, LLC</t>
   </si>
   <si>
     <t>LaPorte</t>
   </si>
   <si>
     <t>DC1849337</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>William D. Roebuck Industrial Park Bldg. 1, Suite 1-103A, 1 Estate Negro Bay</t>
   </si>
   <si>
     <t>Ocwen USVI Services, LLC</t>
   </si>
   <si>
     <t>DC15877</t>
   </si>
   <si>
-    <t>5th Floor, Marisoft Annex, Wing ‘C’, Kalyani Nagar Survey No.15/1/2/3/4/5/6, Plot No.1, Vadgaon Sheri</t>
-[...1 lines deleted...]
-  <si>
     <t>Ocwen Financial Solutions Private Limited</t>
   </si>
   <si>
-    <t>Paradigm Tower, A Wing, 8th Floor, Mindspace Malad Goregaon Link Road, Malad West</t>
-[...10 lines deleted...]
-  <si>
     <t>DC952185</t>
   </si>
   <si>
     <t>Olean</t>
   </si>
   <si>
     <t>Northstar Location Services, LLC</t>
   </si>
   <si>
     <t>DC0878</t>
   </si>
   <si>
     <t xml:space="preserve">4285 Genesee Street </t>
   </si>
   <si>
     <t>DC3013</t>
   </si>
   <si>
     <t>NewRez LLC</t>
   </si>
   <si>
     <t>55 Beattie Place Suite 600</t>
   </si>
   <si>
     <t>75 Beattie Place Suite 300</t>
   </si>
   <si>
     <t>Fort Washington</t>
   </si>
   <si>
     <t>DC0305</t>
   </si>
   <si>
-    <t>Nashua</t>
-[...4 lines deleted...]
-  <si>
     <t>New Hampshire/Northeast Credit Services, Inc.</t>
   </si>
   <si>
     <t>DC209072</t>
   </si>
   <si>
     <t>Lot M12-18 Southern Cross Blvd, Suite A4</t>
   </si>
   <si>
     <t>NCB Management Services, Inc.</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
-    <t>Lincoln</t>
-[...4 lines deleted...]
-  <si>
     <t>1 Mangrove Way Freeport, St James</t>
   </si>
   <si>
     <t xml:space="preserve">8653 Baypine Rd, Ste 110 </t>
   </si>
   <si>
-    <t xml:space="preserve">2517 E 54th St North </t>
-[...1 lines deleted...]
-  <si>
     <t>DC0616</t>
   </si>
   <si>
     <t>Trevose</t>
   </si>
   <si>
     <t xml:space="preserve">One Allied Drive </t>
   </si>
   <si>
     <t>DC945413</t>
   </si>
   <si>
-    <t xml:space="preserve">545 W. Inman St. </t>
-[...1 lines deleted...]
-  <si>
     <t>Nationwide Recovery Service, Inc.</t>
   </si>
   <si>
     <t>Navi Mumbai, Maharashtra</t>
   </si>
   <si>
     <t>DC0863</t>
   </si>
   <si>
     <t>Alexandria</t>
   </si>
   <si>
     <t xml:space="preserve">5503 Cherokee Ave. </t>
   </si>
   <si>
     <t>Nationwide Credit Corporation</t>
   </si>
   <si>
     <t>DC2119</t>
   </si>
   <si>
     <t>Nationstar Mortgage LLC</t>
   </si>
   <si>
     <t>Longview</t>
@@ -2310,236 +2217,200 @@
   <si>
     <t>DC1323</t>
   </si>
   <si>
     <t>Melbourne</t>
   </si>
   <si>
     <t xml:space="preserve">755 W. Nasa Blvd. </t>
   </si>
   <si>
     <t>DC1324</t>
   </si>
   <si>
     <t>Gadsden</t>
   </si>
   <si>
     <t xml:space="preserve">645 Walnut Street, Suite 5 </t>
   </si>
   <si>
     <t>DC1321</t>
   </si>
   <si>
     <t>Vero Beach</t>
   </si>
   <si>
-    <t>2001 9th Avenue Suite 312</t>
-[...1 lines deleted...]
-  <si>
     <t>DC950663</t>
   </si>
   <si>
     <t>Brookpark</t>
   </si>
   <si>
     <t xml:space="preserve">2001 Aerospace Pkwy #201 </t>
   </si>
   <si>
     <t>Media Collections, Inc</t>
   </si>
   <si>
     <t>DC0943</t>
   </si>
   <si>
     <t xml:space="preserve">8948 Canyon Falls Blvd. #200 </t>
   </si>
   <si>
-    <t>DC931010</t>
-[...1 lines deleted...]
-  <si>
     <t>Tulsa</t>
   </si>
   <si>
-    <t>Pawnee Building 9910 E 42nd St. Suite 201</t>
-[...1 lines deleted...]
-  <si>
     <t>McCarthy, Burgess &amp; Wolff, Inc.</t>
   </si>
   <si>
-    <t>Middleburg Heights</t>
-[...4 lines deleted...]
-  <si>
     <t>DC1221</t>
   </si>
   <si>
     <t xml:space="preserve">26000 Cannon Road </t>
   </si>
   <si>
     <t>DC185724</t>
   </si>
   <si>
     <t>Reno</t>
   </si>
   <si>
     <t>Madison Management Services, LLC</t>
   </si>
   <si>
     <t>DC0751</t>
   </si>
   <si>
     <t>New York</t>
   </si>
   <si>
     <t>Lyon Collection Services, Inc</t>
   </si>
   <si>
     <t>DC957935</t>
   </si>
   <si>
     <t>Longbridge Financial, LLC</t>
   </si>
   <si>
     <t>DC2916</t>
   </si>
   <si>
     <t>LoanCare, LLC</t>
   </si>
   <si>
     <t>Virginia Beach</t>
   </si>
   <si>
     <t xml:space="preserve">3637 Sentara Way </t>
   </si>
   <si>
     <t>DC1563468</t>
   </si>
   <si>
-    <t>54982-5267</t>
-[...7 lines deleted...]
-  <si>
     <t>Life Line Billing Systems, LLC</t>
   </si>
   <si>
     <t>DC1424139</t>
   </si>
   <si>
     <t>Kennesaw</t>
   </si>
   <si>
     <t>1201 Roberts Blvd. Suite 200</t>
   </si>
   <si>
     <t>LendingPoint LLC</t>
   </si>
   <si>
     <t>DC1303</t>
   </si>
   <si>
     <t>CENTENNIAL</t>
   </si>
   <si>
     <t>6782 S. POTOMAC STREET SUITE 100</t>
   </si>
   <si>
     <t>LCS FINANCIAL SERVICES CORPORATION</t>
   </si>
   <si>
     <t>DC1766839</t>
   </si>
   <si>
     <t>Launch Servicing, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">402 West Broadway, 20th Floor </t>
   </si>
   <si>
     <t>DC1796</t>
   </si>
   <si>
     <t>139 Fulton Street Room 809</t>
   </si>
   <si>
     <t>Land Home Financial Services, Inc.</t>
   </si>
   <si>
-    <t>3611 S. Harbor Blvd Suite 100</t>
-[...1 lines deleted...]
-  <si>
     <t>Concord</t>
   </si>
   <si>
     <t xml:space="preserve">1355 Willow Way, Suite 250 </t>
   </si>
   <si>
     <t>DC0254</t>
   </si>
   <si>
     <t>DC113809-100</t>
   </si>
   <si>
     <t xml:space="preserve">4 Universal Way </t>
   </si>
   <si>
     <t>L J Ross Associates, Inc.</t>
   </si>
   <si>
     <t>DC4328</t>
   </si>
   <si>
     <t>Farmington Hills</t>
   </si>
   <si>
     <t xml:space="preserve">39303 Country Club Drive, Ste. A-1 </t>
   </si>
   <si>
     <t>DC112039-100</t>
   </si>
   <si>
     <t>Orange</t>
   </si>
   <si>
     <t xml:space="preserve">333 So. Anita Drive, Ste. 400 </t>
   </si>
   <si>
-    <t>DC0938</t>
-[...7 lines deleted...]
-  <si>
     <t>JNR Adjustment Company Inc</t>
   </si>
   <si>
     <t>DC0906</t>
   </si>
   <si>
     <t>Plymouth</t>
   </si>
   <si>
     <t xml:space="preserve">3300 Fernbrook Lane North, Ste. 225 </t>
   </si>
   <si>
     <t>DC969968</t>
   </si>
   <si>
     <t>Denver</t>
   </si>
   <si>
     <t>Jefferson Capital Systems, LLC</t>
   </si>
   <si>
     <t>St. Cloud</t>
   </si>
   <si>
     <t>DC112708-100</t>
@@ -2826,53 +2697,50 @@
   <si>
     <t>Fredericksburg</t>
   </si>
   <si>
     <t xml:space="preserve">4936 South Point Parkway </t>
   </si>
   <si>
     <t>Gatestone &amp; Co. International Inc.</t>
   </si>
   <si>
     <t>Omaha</t>
   </si>
   <si>
     <t xml:space="preserve">7015 L Street </t>
   </si>
   <si>
     <t>Toronto</t>
   </si>
   <si>
     <t>DC0639</t>
   </si>
   <si>
     <t>DC1124656</t>
   </si>
   <si>
-    <t>2105 Elm Hill Pike Suite #200</t>
-[...1 lines deleted...]
-  <si>
     <t>Frost-Arnett Company</t>
   </si>
   <si>
     <t>Roseville</t>
   </si>
   <si>
     <t>DC2767</t>
   </si>
   <si>
     <t>Freedom Mortgage Corporation</t>
   </si>
   <si>
     <t>Beaverton</t>
   </si>
   <si>
     <t>Marlton</t>
   </si>
   <si>
     <t>20 Lake Center 401 Route 73</t>
   </si>
   <si>
     <t>Conshohocken</t>
   </si>
   <si>
     <t>625 W. Ridge Pike Building C</t>
@@ -2898,53 +2766,50 @@
   <si>
     <t>Franklin Credit Management Corporation</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>DC953582</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>FMS Inc.</t>
   </si>
   <si>
     <t>DC0810</t>
   </si>
   <si>
     <t xml:space="preserve">4915 S. Union Ave. </t>
   </si>
   <si>
     <t>DC0649</t>
   </si>
   <si>
-    <t xml:space="preserve">12339 Cutten Road </t>
-[...1 lines deleted...]
-  <si>
     <t>FMA Alliance, Ltd.</t>
   </si>
   <si>
     <t>DC954078</t>
   </si>
   <si>
     <t>400 064</t>
   </si>
   <si>
     <t>Firstsource Advantage, LLC</t>
   </si>
   <si>
     <t>DC0463</t>
   </si>
   <si>
     <t xml:space="preserve">205 Bryant Woods South </t>
   </si>
   <si>
     <t>DC0869</t>
   </si>
   <si>
     <t xml:space="preserve">225 Commerce Place </t>
   </si>
   <si>
     <t>FirstPoint Collection Resources, Inc.</t>
@@ -2988,59 +2853,53 @@
   <si>
     <t>2601 Cross Country Drive Building E</t>
   </si>
   <si>
     <t>First Credit Services Inc.</t>
   </si>
   <si>
     <t>Piscataway</t>
   </si>
   <si>
     <t>9 Wills Way Building 3</t>
   </si>
   <si>
     <t>DC935742</t>
   </si>
   <si>
     <t>Dakota Dunes</t>
   </si>
   <si>
     <t>870 Cottonwood Lane Suite 600</t>
   </si>
   <si>
     <t>Financial Recovery Services, Inc.</t>
   </si>
   <si>
-    <t>DC1786339</t>
-[...1 lines deleted...]
-  <si>
     <t>JMCJS12</t>
   </si>
   <si>
-    <t>30-30 4 Market Street Third Floor</t>
-[...1 lines deleted...]
-  <si>
     <t>Superior</t>
   </si>
   <si>
     <t>823 Belknap Street Suite 205</t>
   </si>
   <si>
     <t>DC0679</t>
   </si>
   <si>
     <t>DC0870</t>
   </si>
   <si>
     <t>Bellevue</t>
   </si>
   <si>
     <t>1130 140th Ave NE Suite 100A</t>
   </si>
   <si>
     <t>Financial Assistance, Inc</t>
   </si>
   <si>
     <t>DC0594</t>
   </si>
   <si>
     <t>Woodstock</t>
@@ -3048,53 +2907,50 @@
   <si>
     <t>Financial Asset Management Systems, Inc.</t>
   </si>
   <si>
     <t>DC4920</t>
   </si>
   <si>
     <t>Anaheim Hills</t>
   </si>
   <si>
     <t xml:space="preserve">8180 East Kaiser Blvd. </t>
   </si>
   <si>
     <t>FCI Lender Services, Inc.</t>
   </si>
   <si>
     <t>DC88244</t>
   </si>
   <si>
     <t>425 S Financial Place Suite 2000</t>
   </si>
   <si>
     <t>Fay Servicing, LLC</t>
   </si>
   <si>
-    <t>Oakbrook Terrace</t>
-[...1 lines deleted...]
-  <si>
     <t>Farmers Branch</t>
   </si>
   <si>
     <t>DC112380-100</t>
   </si>
   <si>
     <t>DC1222</t>
   </si>
   <si>
     <t>Makati City</t>
   </si>
   <si>
     <t>Rcbc Plaza - Yuchengco Tower 6819 Ayala Ave, 27th Floor</t>
   </si>
   <si>
     <t>Fair Collections &amp; Outsourcing of New England, Inc.</t>
   </si>
   <si>
     <t>DC0973</t>
   </si>
   <si>
     <t>DC959428</t>
   </si>
   <si>
     <t>F.H. Cann &amp; Associates, Inc.</t>
@@ -3258,53 +3114,50 @@
   <si>
     <t>Syosset</t>
   </si>
   <si>
     <t xml:space="preserve">6800 Jericho Turnpike ste. 113E </t>
   </si>
   <si>
     <t>Debt Recovery Solutions, LLC</t>
   </si>
   <si>
     <t>DC1091</t>
   </si>
   <si>
     <t>Bloomington</t>
   </si>
   <si>
     <t>DCM Services, LLC</t>
   </si>
   <si>
     <t>DC1002061</t>
   </si>
   <si>
     <t>St. Petersburg</t>
   </si>
   <si>
-    <t>570 Carillon Parkway Suite 103</t>
-[...1 lines deleted...]
-  <si>
     <t>D &amp; A Services, LLC</t>
   </si>
   <si>
     <t>11111 Wilcrest Green Suite 225</t>
   </si>
   <si>
     <t>Des Plaines</t>
   </si>
   <si>
     <t>1400 E. Touhy Avenue Suite G2</t>
   </si>
   <si>
     <t>DC997459</t>
   </si>
   <si>
     <t>DC0092</t>
   </si>
   <si>
     <t>237 Lexington St Suite 10</t>
   </si>
   <si>
     <t>CTI, Inc</t>
   </si>
   <si>
     <t>DC0927</t>
@@ -3684,56 +3537,50 @@
   <si>
     <t>Calabasas</t>
   </si>
   <si>
     <t>5230 Las Virgenes Road Suite 210</t>
   </si>
   <si>
     <t>Cedars Business Services, LLC</t>
   </si>
   <si>
     <t>DC1126424</t>
   </si>
   <si>
     <t>CBE Customer Solutions, Inc.</t>
   </si>
   <si>
     <t>DC942695</t>
   </si>
   <si>
     <t>4050 E. Cotton Center Blvd Bldg. 2, Ste. 20</t>
   </si>
   <si>
     <t>Cavalry Portfolio Services, LLC</t>
   </si>
   <si>
-    <t>DC0955</t>
-[...4 lines deleted...]
-  <si>
     <t>DC0954</t>
   </si>
   <si>
     <t>4500 South 129th Avenue Ste. 165</t>
   </si>
   <si>
     <t>DC0956</t>
   </si>
   <si>
     <t>DC933075</t>
   </si>
   <si>
     <t>Ossipee</t>
   </si>
   <si>
     <t xml:space="preserve">21 Courthouse Square </t>
   </si>
   <si>
     <t>Carter Business Service, Inc.</t>
   </si>
   <si>
     <t>DC0006</t>
   </si>
   <si>
     <t>Danvers</t>
@@ -3747,53 +3594,50 @@
   <si>
     <t>225 W. Station Square Drive 4th Floor</t>
   </si>
   <si>
     <t>Carson Smithfield, LLC</t>
   </si>
   <si>
     <t>DC937467</t>
   </si>
   <si>
     <t>Woodbury</t>
   </si>
   <si>
     <t xml:space="preserve">101 Crossways Park Drive </t>
   </si>
   <si>
     <t>DC2600</t>
   </si>
   <si>
     <t>Carrington Mortgage Services, LLC</t>
   </si>
   <si>
     <t>Westfield</t>
   </si>
   <si>
-    <t xml:space="preserve">1600 South Douglass Road, Suites 110 &amp; 200-A </t>
-[...1 lines deleted...]
-  <si>
     <t>DC276717</t>
   </si>
   <si>
     <t>Wallingford</t>
   </si>
   <si>
     <t xml:space="preserve">10 Alexander Dr. </t>
   </si>
   <si>
     <t>Capital For Change, Inc.</t>
   </si>
   <si>
     <t>DC1631249</t>
   </si>
   <si>
     <t>Syracuse</t>
   </si>
   <si>
     <t>318 S. Clinton Street Suite 400</t>
   </si>
   <si>
     <t>Capital Collection Management LLC</t>
   </si>
   <si>
     <t>Franklin</t>
@@ -3822,56 +3666,50 @@
   <si>
     <t xml:space="preserve">5805 Sepulveda Blvd Fl 4 </t>
   </si>
   <si>
     <t>DC1182</t>
   </si>
   <si>
     <t>West Chester</t>
   </si>
   <si>
     <t xml:space="preserve">301 Lacey Street </t>
   </si>
   <si>
     <t>DC1313005</t>
   </si>
   <si>
     <t xml:space="preserve">2609 N. Duke St., Ste. 500 </t>
   </si>
   <si>
     <t>Bull City Financial Solutions, Inc.</t>
   </si>
   <si>
     <t>DC1716869</t>
   </si>
   <si>
-    <t>Coraopolis</t>
-[...4 lines deleted...]
-  <si>
     <t>Brown &amp; Joseph, LLC</t>
   </si>
   <si>
     <t>Itasca</t>
   </si>
   <si>
     <t>1 Pierce Place Suite 700W</t>
   </si>
   <si>
     <t>DC6606</t>
   </si>
   <si>
     <t>Tustin</t>
   </si>
   <si>
     <t xml:space="preserve">14511 Myford Road, Suite 100 </t>
   </si>
   <si>
     <t>DC1262</t>
   </si>
   <si>
     <t>Topeka</t>
   </si>
   <si>
     <t xml:space="preserve">2942 A SW Wanamaker Dr. #200 </t>
@@ -3906,80 +3744,68 @@
   <si>
     <t>BCA Financial Services, Inc.</t>
   </si>
   <si>
     <t>DC977918</t>
   </si>
   <si>
     <t>3936 E. Ft. Lowell Rd. Suite 200</t>
   </si>
   <si>
     <t>Bass &amp; Associates, A Professional Corporation</t>
   </si>
   <si>
     <t>DC1109</t>
   </si>
   <si>
     <t>NASHUA</t>
   </si>
   <si>
     <t>164 BURKE STREET SUITE 201</t>
   </si>
   <si>
     <t>BALANCED HEALTHCARE RECEIVABLES, LLC</t>
   </si>
   <si>
-    <t>DC112081-100</t>
-[...4 lines deleted...]
-  <si>
     <t>DC112040-101</t>
   </si>
   <si>
     <t>Automated Collection Services, Inc</t>
   </si>
   <si>
     <t>DC0641</t>
   </si>
   <si>
     <t>Largo</t>
   </si>
   <si>
     <t>1301 Seminole Boulevard Suite 155-157</t>
   </si>
   <si>
     <t>AUDIT SYSTEMS,INC</t>
   </si>
   <si>
-    <t>DC1079</t>
-[...4 lines deleted...]
-  <si>
     <t>DC1172914</t>
   </si>
   <si>
     <t>East Lyme</t>
   </si>
   <si>
     <t xml:space="preserve">194 Boston Post Road </t>
   </si>
   <si>
     <t>Atlantic Collection Agency, Inc.</t>
   </si>
   <si>
     <t>Tewksbury</t>
   </si>
   <si>
     <t>Associated Credit Services, Inc.</t>
   </si>
   <si>
     <t>DC0279</t>
   </si>
   <si>
     <t>DC1260</t>
   </si>
   <si>
     <t>Asset Recovery Solutions, LLC</t>
@@ -4674,53 +4500,50 @@
   <si>
     <t>Goodlettsville</t>
   </si>
   <si>
     <t>Cawley &amp; Bergmann, LLC</t>
   </si>
   <si>
     <t>DC1306118</t>
   </si>
   <si>
     <t>4425 Ponce De Leon Blvd. Suite 300</t>
   </si>
   <si>
     <t>Concord Servicing LLC</t>
   </si>
   <si>
     <t xml:space="preserve">100 Domain Drive </t>
   </si>
   <si>
     <t>Exeter</t>
   </si>
   <si>
     <t>1601 Lyndon B. Johnson Freeway Suite 150, 400 &amp; 500</t>
   </si>
   <si>
-    <t>1801 S Meyers Rd Suite 400</t>
-[...1 lines deleted...]
-  <si>
     <t>1345 Mendota Heights Road Suite 100</t>
   </si>
   <si>
     <t>Mendota Heights</t>
   </si>
   <si>
     <t>5th Floor PNB Building 6754 Ayala Avenue corner, Legazpi Village</t>
   </si>
   <si>
     <t>Makati City,Metro Manila</t>
   </si>
   <si>
     <t>LOCKHART, MORRIS &amp; MONTGOMERY, INC.</t>
   </si>
   <si>
     <t xml:space="preserve">1401 N Central Expy Suite 225 </t>
   </si>
   <si>
     <t>DC1191130</t>
   </si>
   <si>
     <t>945 Bunker Hill Road Suite 500</t>
   </si>
   <si>
     <t>2ECBO060002, 6th floor Two E-com Bldg., Tower B. Harbor Drive Mall of Asia Complex</t>
@@ -4746,152 +4569,137 @@
   <si>
     <t>Sartell</t>
   </si>
   <si>
     <t xml:space="preserve">4135 South Stream Blvd, Suite 400 </t>
   </si>
   <si>
     <t>Resident Advocate, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">4620 Woodland Corporate Boulevard </t>
   </si>
   <si>
     <t>DC2073234</t>
   </si>
   <si>
     <t>3501 Olympus Blvd. Suite 500, 5th Floor</t>
   </si>
   <si>
     <t>Statewide Credit Services Corp.</t>
   </si>
   <si>
     <t>DC1423878</t>
   </si>
   <si>
-    <t>15 Union St Suite 202</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">14647 S. 50th Street, Suite A-150 </t>
   </si>
   <si>
     <t>15-16 F Three World Square Bldg Upper McKinley Rd McKinley Hill, Fort Bonifacio, Taguig City</t>
   </si>
   <si>
     <t>Metro Manila</t>
   </si>
   <si>
     <t>DC933103</t>
   </si>
   <si>
     <t>BC SERVICES, INC.</t>
   </si>
   <si>
     <t xml:space="preserve">550 Disc Dr </t>
   </si>
   <si>
     <t>Longmont</t>
   </si>
   <si>
     <t>DC1096500</t>
   </si>
   <si>
     <t>347 Riverside Ave. Bldg. 3-1018</t>
   </si>
   <si>
     <t>DC932663</t>
   </si>
   <si>
     <t xml:space="preserve">Calle 90 </t>
   </si>
   <si>
     <t>1600 Osgood Street Suite 3058</t>
   </si>
   <si>
     <t>FirstCredit, Inc.</t>
   </si>
   <si>
     <t>3250 W. Market Street Suite 304</t>
   </si>
   <si>
     <t>Akron</t>
   </si>
   <si>
     <t>DC1516963</t>
   </si>
   <si>
-    <t xml:space="preserve">4th Dimension, Mindspace, Link Road </t>
-[...1 lines deleted...]
-  <si>
     <t>Moder Solutions, LLC</t>
   </si>
   <si>
-    <t xml:space="preserve">10639 Professional Circle </t>
-[...1 lines deleted...]
-  <si>
     <t>127 E Shore Parkway Suite A</t>
   </si>
   <si>
     <t>325 Daniel Zenker Drive Suite 4</t>
   </si>
   <si>
     <t>77 Hartland Street Suite 403</t>
   </si>
   <si>
     <t xml:space="preserve">5045 Franklin Ave </t>
   </si>
   <si>
     <t xml:space="preserve">28632 Roadside Drive, Suite 115 </t>
   </si>
   <si>
     <t>eNtec 2 Tower, Lots 1-18, Block 24, Plaridel St., Corner Catalina St., Nepo Center</t>
   </si>
   <si>
     <t>Angeles City</t>
   </si>
   <si>
     <t xml:space="preserve">4800 Street Road, Suite 170 </t>
   </si>
   <si>
     <t>Feasterville-Trevose</t>
   </si>
   <si>
     <t xml:space="preserve">158 Lexington Street </t>
   </si>
   <si>
     <t>10900 Corporate Centre Drive Suite 100C</t>
   </si>
   <si>
     <t>Universal Component Lender Services, Inc.</t>
   </si>
   <si>
-    <t>101 Corporate Place Third Floor, Suite 300</t>
-[...4 lines deleted...]
-  <si>
     <t>DC2269497</t>
   </si>
   <si>
     <t>9655 Granite Ridge Drive Suite 200, Office #2078</t>
   </si>
   <si>
     <t>Edificio Concentrix, 100m sur 200m oeste de la Embajada Americanacostado Oeste de Sylvannia</t>
   </si>
   <si>
     <t>San Jose, Pavas</t>
   </si>
   <si>
     <t xml:space="preserve">3947 N Oak Street Extension </t>
   </si>
   <si>
     <t>Valdosta</t>
   </si>
   <si>
     <t>9330 LBJ Freeway Suite 900, Office 974</t>
   </si>
   <si>
     <t>Halsted Financial Services, LLC</t>
   </si>
   <si>
     <t>8001 N. Lincoln Ave Suite 500</t>
@@ -4911,137 +4719,119 @@
   <si>
     <t xml:space="preserve">7924 West Sahara Avenue </t>
   </si>
   <si>
     <t>Main Line Recovery Solutions, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">29 Regency Plaza </t>
   </si>
   <si>
     <t>Glen Mills</t>
   </si>
   <si>
     <t>DC1733064</t>
   </si>
   <si>
     <t>Ground Floor to Third Floor Tower 8, Candor TechSpace, IT/TES SEZ, Sector 48, Tikri, Gurgaon</t>
   </si>
   <si>
     <t>Haryana PN</t>
   </si>
   <si>
     <t xml:space="preserve">637 W Yellowstone Highway </t>
   </si>
   <si>
-    <t xml:space="preserve">25500 Commercentre Drive </t>
-[...1 lines deleted...]
-  <si>
     <t>5th Floor, South Block, Vaishnavi Tech Park Ambalipura Village, Varthur Hobli, Sarjapur Road</t>
   </si>
   <si>
     <t>Bengaluru</t>
   </si>
   <si>
     <t>2000 Midlantic Drive Suite 410-A</t>
   </si>
   <si>
     <t xml:space="preserve">1600 Terrell Mill Rd </t>
   </si>
   <si>
-    <t xml:space="preserve">1400 Ravello Ste N210 </t>
-[...4 lines deleted...]
-  <si>
     <t>Wakefield &amp; Associates, LLC</t>
   </si>
   <si>
     <t>830 E. Platte Ave Suite A</t>
   </si>
   <si>
     <t>Fort Morgan</t>
   </si>
   <si>
     <t>DC1048033</t>
   </si>
   <si>
     <t>3033 South Parker Rd Suite 1010</t>
   </si>
   <si>
     <t xml:space="preserve">6200 Tennyson Parkway, Suite 110-B </t>
   </si>
   <si>
     <t xml:space="preserve">28820 Mound Road </t>
   </si>
   <si>
     <t>Warren</t>
   </si>
   <si>
     <t>Continental Service Group, LLC</t>
   </si>
   <si>
     <t>5426 Bay Center Drive Suite 300</t>
   </si>
   <si>
     <t>30 Lake Center 401 Route 73, Suite 110</t>
   </si>
   <si>
     <t>New American Funding, LLC</t>
   </si>
   <si>
     <t>1525 South Belt Line Road Suite 200</t>
   </si>
   <si>
-    <t xml:space="preserve">130 Corporate Blvd. </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">7016 A.C. Skinner Parkway  Suite 160 </t>
   </si>
   <si>
     <t>Jacksonville, FL 32256</t>
   </si>
   <si>
     <t>2000 N Classen Blvd. Suite N3400</t>
   </si>
   <si>
     <t xml:space="preserve">4200 Regent Blvd Suite B200 </t>
   </si>
   <si>
     <t xml:space="preserve">950 Glenn Drive, Suite 150 </t>
   </si>
   <si>
     <t>Chengalpet District, Chennai</t>
   </si>
   <si>
-    <t>601 Union Street Suite 1723</t>
-[...4 lines deleted...]
-  <si>
     <t>Sun West Mortgage Company, Inc.</t>
   </si>
   <si>
     <t>DC3277</t>
   </si>
   <si>
     <t>8 Corporate Ctr Drive Suite 300</t>
   </si>
   <si>
     <t>2101 West Peoria Avenue Suite 150B</t>
   </si>
   <si>
     <t>2 N Central Ave 10th Floor</t>
   </si>
   <si>
     <t>Capio Partners, LLC</t>
   </si>
   <si>
     <t>3400 Texoma Parkway Suite 100</t>
   </si>
   <si>
     <t>Sherman</t>
   </si>
   <si>
     <t>DC1134374</t>
@@ -5052,86 +4842,80 @@
   <si>
     <t>DC70377</t>
   </si>
   <si>
     <t>Ocala</t>
   </si>
   <si>
     <t>Educational Computer Systems, Inc.</t>
   </si>
   <si>
     <t>1200 Cherrington Parkway Suite 200</t>
   </si>
   <si>
     <t>Moon Township</t>
   </si>
   <si>
     <t>DC1489841</t>
   </si>
   <si>
     <t>Unit #401, 4th Floor Nitco Biz Park Plot No C-19, Road No. 16</t>
   </si>
   <si>
     <t>Thane (West) Maharashtra</t>
   </si>
   <si>
-    <t xml:space="preserve">3800 Howard Hughes Pkwy, Ste 930 </t>
-[...1 lines deleted...]
-  <si>
     <t>Insight One Recovery Solutions, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">176 Grand Street, 4th Floor </t>
   </si>
   <si>
     <t>Pavilion Payments Check Services, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">5807 N 102nd Street </t>
   </si>
   <si>
     <t>RoundPoint Mortgage Servicing LLC</t>
   </si>
   <si>
     <t>Rozlin Financial Group, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">1628 DeKalb Ave </t>
   </si>
   <si>
     <t>Sycamore</t>
   </si>
   <si>
     <t>DC1135103</t>
   </si>
   <si>
     <t>No. 33 Old Mahabalipuram Road Navallur Village and Panchayat, Thiruporur Taluk</t>
   </si>
   <si>
-    <t xml:space="preserve">9370 Studio Ct, Suite 110 </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Vishwaroop IT Park, 7th Floor, Sector-30A, Vashi </t>
   </si>
   <si>
     <t xml:space="preserve">4000 Coral Ridge Drive </t>
   </si>
   <si>
     <t>Coral Springs</t>
   </si>
   <si>
     <t>DC920823</t>
   </si>
   <si>
     <t>Besides Alembic Admin Building Alembic Premises, Alembic Road, Gorwa</t>
   </si>
   <si>
     <t>Vadodara</t>
   </si>
   <si>
     <t xml:space="preserve">4410 E. Claiborne Square Ste 235 </t>
   </si>
   <si>
     <t xml:space="preserve">55 Mulcaster St </t>
   </si>
   <si>
     <t>Barrie</t>
@@ -5283,53 +5067,50 @@
   <si>
     <t>2401 W. Bay Dr 122</t>
   </si>
   <si>
     <t>DC931242</t>
   </si>
   <si>
     <t xml:space="preserve">444 Highway 96 East </t>
   </si>
   <si>
     <t>55127-2557</t>
   </si>
   <si>
     <t xml:space="preserve">186 Granite Street </t>
   </si>
   <si>
     <t>Manchester</t>
   </si>
   <si>
     <t>1980 N Atlantic Ave, Suite 216</t>
   </si>
   <si>
     <t>Cocoa Beach</t>
   </si>
   <si>
-    <t>140 N. Arizona Avenue Suite 200</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">3300 Rider Trail South, Suite 600 </t>
   </si>
   <si>
     <t>Security Credit Services, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">306 Enterprise Drive </t>
   </si>
   <si>
     <t>Oxford</t>
   </si>
   <si>
     <t>DC1009856</t>
   </si>
   <si>
     <t xml:space="preserve">5300 Kings Island Drive </t>
   </si>
   <si>
     <t xml:space="preserve">5640 Southwyck Blvd </t>
   </si>
   <si>
     <t xml:space="preserve">1201 Wilson Boulevard </t>
   </si>
   <si>
     <t>08854</t>
@@ -5550,107 +5331,98 @@
   <si>
     <t>02210</t>
   </si>
   <si>
     <t>06470</t>
   </si>
   <si>
     <t xml:space="preserve">101 San Patricio Avenue, Maramar Building Suite G1 </t>
   </si>
   <si>
     <t>00968</t>
   </si>
   <si>
     <t>02452</t>
   </si>
   <si>
     <t xml:space="preserve">6330 Sprint Parkway, Suite 200 </t>
   </si>
   <si>
     <t>Overland Park</t>
   </si>
   <si>
     <t>00000</t>
   </si>
   <si>
-    <t>06067</t>
-[...4 lines deleted...]
-  <si>
     <t>12005 Ford Road Suite 700 and 800</t>
   </si>
   <si>
     <t>07719</t>
   </si>
   <si>
     <t xml:space="preserve">Calle 50, Piso 32 Global Bank </t>
   </si>
   <si>
     <t>01095</t>
   </si>
   <si>
     <t>02649</t>
   </si>
   <si>
     <t xml:space="preserve">12 N Point Dr. </t>
   </si>
   <si>
     <t>Streator</t>
   </si>
   <si>
     <t>DC441662</t>
   </si>
   <si>
     <t>2415 S AUSTIN AVE STE 104</t>
   </si>
   <si>
     <t>DENISON</t>
   </si>
   <si>
     <t xml:space="preserve">4343 N. Scottsdale Road, Suite 270 </t>
   </si>
   <si>
     <t>One Huntington Quadrangle Suite 4N15</t>
   </si>
   <si>
     <t>Exit Five 4 11988 Exit Five Parkway</t>
   </si>
   <si>
     <t>Loan Science, LLC</t>
   </si>
   <si>
     <t>DC1443915</t>
   </si>
   <si>
     <t>27th Floor, IBM Plaza Eastwood City, Bagumbayan</t>
   </si>
   <si>
-    <t>RGS Financial, LLC</t>
-[...1 lines deleted...]
-  <si>
     <t>Shepherd Outsourcing, LLC</t>
   </si>
   <si>
     <t>777 Lowndes Hill Road Building 1, 1st floor</t>
   </si>
   <si>
     <t>DC2287759</t>
   </si>
   <si>
     <t>2nd Floor, Science Hub Tower 2, Campus Avenue, McKinley Hill Cyberpark</t>
   </si>
   <si>
     <t>Taguig</t>
   </si>
   <si>
     <t>7900 Triad Center Drive Suite 400</t>
   </si>
   <si>
     <t>Taylorsville</t>
   </si>
   <si>
     <t xml:space="preserve">5151 E Broadway Blvd Suite 600 </t>
   </si>
   <si>
     <t>Block Capital Services LLC</t>
@@ -5685,104 +5457,92 @@
   <si>
     <t>DC2001109</t>
   </si>
   <si>
     <t>492 Old Connecticut Path Suite 101</t>
   </si>
   <si>
     <t>01701</t>
   </si>
   <si>
     <t xml:space="preserve">1389 Center Drive, Suite 200 </t>
   </si>
   <si>
     <t>Park City</t>
   </si>
   <si>
     <t xml:space="preserve">631 S. Royal Lane Suite 100 </t>
   </si>
   <si>
     <t xml:space="preserve">204 West Pitman Suite D </t>
   </si>
   <si>
     <t>O'Fallon</t>
   </si>
   <si>
-    <t>Insight Financial, LLC</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">328 2nd Street SW </t>
   </si>
   <si>
     <t>Hamilton</t>
   </si>
   <si>
     <t>601 Riverside Ave. Building 5, 5th Floor</t>
   </si>
   <si>
     <t>Member First Mortgage, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">616 44th Street SE </t>
   </si>
   <si>
     <t>Grand Rapids</t>
   </si>
   <si>
     <t>DC149532</t>
   </si>
   <si>
     <t>2F JDN Square, P. Remedio Street, Banilad, Mandaue City</t>
   </si>
   <si>
     <t>Cebu</t>
   </si>
   <si>
     <t>2116 E. Achieve Way 2nd Floor</t>
   </si>
   <si>
     <t>MA Debt Collector Other Trade Name #4</t>
   </si>
   <si>
     <t>3343 Capital Center Drive Suite 101</t>
   </si>
   <si>
     <t>4902 Eisenhower Blvd South Suite 310</t>
   </si>
   <si>
     <t xml:space="preserve">9339 Priority Way West Drive, Suite 120 </t>
   </si>
   <si>
-    <t xml:space="preserve">12515 Research Blvd, Bldg 2 Suite 200 </t>
-[...1 lines deleted...]
-  <si>
     <t>2330 Commerce Park Dr NE Suite 2</t>
   </si>
   <si>
     <t xml:space="preserve">4420 The 25 Way N.E. </t>
   </si>
   <si>
     <t>Albuquerque</t>
   </si>
   <si>
     <t>NM</t>
   </si>
   <si>
     <t xml:space="preserve">4343 N Scottsdale Rd – Ste 150, Ofc 104 </t>
   </si>
   <si>
     <t>PENTA SOFTWARE PVT. LTD. 387, UDYOG VIHAR PHASE – IV</t>
   </si>
   <si>
     <t>GURUGRAM, HARYANA</t>
   </si>
   <si>
     <t>122 015</t>
   </si>
   <si>
     <t>2460 Paseo Verde Parkway Suite 110</t>
@@ -5829,59 +5589,50 @@
   <si>
     <t>Noida, Uttar Pradesh</t>
   </si>
   <si>
     <t>Ultrapark II Building 4, 4th Floor</t>
   </si>
   <si>
     <t>Lagunilla Heredia</t>
   </si>
   <si>
     <t>9th Floor, JELP Building #409 Shaw Boulevard, Brgy Addition Hills</t>
   </si>
   <si>
     <t>Mandaluyong City</t>
   </si>
   <si>
     <t>Hollis Cobb Associates, LLC</t>
   </si>
   <si>
     <t>99 Wood Avenue South Suite 301</t>
   </si>
   <si>
     <t xml:space="preserve">2240 W South Airport Road, Suite A </t>
   </si>
   <si>
-    <t xml:space="preserve">11511 Luna Road, Suite 200 </t>
-[...7 lines deleted...]
-  <si>
     <t>Omega RMS, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">603 East Street, Suite 302 </t>
   </si>
   <si>
     <t>Parkville</t>
   </si>
   <si>
     <t>DC1115600</t>
   </si>
   <si>
     <t xml:space="preserve">1349 Empire Central Drive, Suite 1300 </t>
   </si>
   <si>
     <t xml:space="preserve">102 Tamarack Cir </t>
   </si>
   <si>
     <t>Skillman</t>
   </si>
   <si>
     <t>08558</t>
   </si>
   <si>
     <t>6651 Gate Parkway Suite 300</t>
@@ -5949,53 +5700,50 @@
   <si>
     <t>DC282701</t>
   </si>
   <si>
     <t>1100 Virginia Drive Suite 125</t>
   </si>
   <si>
     <t>8505 Freeport Parkway, Suite 250</t>
   </si>
   <si>
     <t>14405 Walters Road Suite 250</t>
   </si>
   <si>
     <t>R&amp;B Corporation of Virginia</t>
   </si>
   <si>
     <t>11821 Rock Landing Drive Suite # 1A</t>
   </si>
   <si>
     <t>Newport News</t>
   </si>
   <si>
     <t>DC1414177</t>
   </si>
   <si>
-    <t xml:space="preserve">Calle 42 y 43 Bella Vista, BAC Tower 20th Fl </t>
-[...1 lines deleted...]
-  <si>
     <t>Panama City</t>
   </si>
   <si>
     <t>3702 W. Truman Blvd. Suite 115</t>
   </si>
   <si>
     <t>Jefferson City, MO</t>
   </si>
   <si>
     <t>Edificio Invermosa, Rotonda Jean Paul Genie 2c. Oeste 80vrs Norte Managua</t>
   </si>
   <si>
     <t>2297 HIGHWAY 33 Suite 910</t>
   </si>
   <si>
     <t>08690</t>
   </si>
   <si>
     <t>5475 Rings Road Suite 200</t>
   </si>
   <si>
     <t>3 Valley Square 512 Township Line Road Ste. 301</t>
   </si>
   <si>
     <t>Blue Bell</t>
@@ -6003,59 +5751,53 @@
   <si>
     <t>Americollect, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">645 Penn Street 4th Floor Suite 401 </t>
   </si>
   <si>
     <t xml:space="preserve">2222 W Dunlap Avenue Suite 200 </t>
   </si>
   <si>
     <t>2875 Union Rd. Ste 28-29</t>
   </si>
   <si>
     <t xml:space="preserve">Calle Paseo de los Locutores #28 </t>
   </si>
   <si>
     <t>Woodmead Country Club Estate 21 Woodlands Drive Bldg. 2</t>
   </si>
   <si>
     <t>Johannesburg, Gauteng</t>
   </si>
   <si>
     <t xml:space="preserve">1250 W 14 Mile Rd </t>
   </si>
   <si>
-    <t xml:space="preserve">6917 Vista Drive </t>
-[...1 lines deleted...]
-  <si>
     <t>Unit GF-02, 1 NITO Tower Archbishop Reyes Ave., Brgy. Lahug</t>
   </si>
   <si>
-    <t>5440 Corporate Drive Suite 200</t>
-[...1 lines deleted...]
-  <si>
     <t>Nationwide Credit and Collection Inc.</t>
   </si>
   <si>
     <t>815 Commerce Drive,  Ste. 270</t>
   </si>
   <si>
     <t>Oak Brook</t>
   </si>
   <si>
     <t>DC1057803</t>
   </si>
   <si>
     <t xml:space="preserve">2608 W. State Street Suite 100 </t>
   </si>
   <si>
     <t>7505 Metro Blvd. Suite 400</t>
   </si>
   <si>
     <t>Avenida Calle #7A-77 Edificio Yacare, Piso 6</t>
   </si>
   <si>
     <t xml:space="preserve">250 14th Avenue East </t>
   </si>
   <si>
     <t xml:space="preserve">6408 Parkland Drive Suite 105 </t>
@@ -6066,53 +5808,50 @@
   <si>
     <t xml:space="preserve">Unit 10A, Jimmy Cliff Blvd. </t>
   </si>
   <si>
     <t>Montego Bay, St. James</t>
   </si>
   <si>
     <t>Top Line Collectors LLC</t>
   </si>
   <si>
     <t xml:space="preserve">900 National Parkway Suite 310 </t>
   </si>
   <si>
     <t>DC2681398</t>
   </si>
   <si>
     <t>Zendable, LLC</t>
   </si>
   <si>
     <t>413 West 14th Street Spaces Suite 208</t>
   </si>
   <si>
     <t>DC2297754</t>
   </si>
   <si>
-    <t>Debt Collector licensee data as of September 30, 2025</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">7450 Tilghman St, Suite 100 </t>
   </si>
   <si>
     <t>3700 Corporate Drive Suite 165</t>
   </si>
   <si>
     <t>Columbia Debt Recovery LLC</t>
   </si>
   <si>
     <t>906 SE Everett Mall Way Suite 301</t>
   </si>
   <si>
     <t>DC1603096</t>
   </si>
   <si>
     <t>16605 N 28th Ave Suite 106</t>
   </si>
   <si>
     <t xml:space="preserve">2 Ncondo Place, The Ridge, Block A, 3rd Floor </t>
   </si>
   <si>
     <t>Durban</t>
   </si>
   <si>
     <t>04001</t>
@@ -6175,50 +5914,176 @@
     <t>10845 Griffith Peak Drive, Suite 200A Office 03-116 and 03-119</t>
   </si>
   <si>
     <t>400 International Way Suite 100</t>
   </si>
   <si>
     <t xml:space="preserve">500 Main Street, Suite 200 </t>
   </si>
   <si>
     <t>La Crosse</t>
   </si>
   <si>
     <t xml:space="preserve">4950 Amon Carter Blvd. Ste 100 </t>
   </si>
   <si>
     <t>5011 Gate Pkwy Bldg. 200, Suite 150</t>
   </si>
   <si>
     <t>9024 Town Center Pkwy Suite 201</t>
   </si>
   <si>
     <t>Lakewood Ranch</t>
   </si>
   <si>
     <t>300 Chatham Avenue Suite 200</t>
+  </si>
+  <si>
+    <t>Debt Collector licensee data as of December 31, 2025</t>
+  </si>
+  <si>
+    <t>Asset Recovery Bureau LLC</t>
+  </si>
+  <si>
+    <t>1212 Abbott Road Suite C</t>
+  </si>
+  <si>
+    <t>Lackawanna</t>
+  </si>
+  <si>
+    <t>DC2241217</t>
+  </si>
+  <si>
+    <t>500 North State College Boulevard Suites 1030, 1300 and 1400</t>
+  </si>
+  <si>
+    <t>3rd FL., Paradigm Towers Wing A Mindspace, Malad West</t>
+  </si>
+  <si>
+    <t>2600 MCCORMICK DRIVE SUITE 120</t>
+  </si>
+  <si>
+    <t>CLEARWATER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mindspace, New Link Road </t>
+  </si>
+  <si>
+    <t xml:space="preserve">11410 Greens Crossing Boulevard </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1321 Murfreesboro Pike, Ste 611 </t>
+  </si>
+  <si>
+    <t>3621 S. Harbor Blvd. Suite 125</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6919 Vista Drive </t>
+  </si>
+  <si>
+    <t>W62 N248 Washington Avenue #204</t>
+  </si>
+  <si>
+    <t>Cedarburg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">958 20th Place 3rd Floor </t>
+  </si>
+  <si>
+    <t xml:space="preserve">2601 Main St #1050 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">205 2nd St NW </t>
+  </si>
+  <si>
+    <t>170 Commerce Way Suite 200</t>
+  </si>
+  <si>
+    <t>6th Floor, 601/02, 4th Dimension Building Mindspace, Malad West</t>
+  </si>
+  <si>
+    <t>AP81, S. 83 N. Main Rd Near Hard Rock Cafe, Mundhwa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5025 Plano Parkway, Suite 300 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">150 Corporate Blvd </t>
+  </si>
+  <si>
+    <t>1 N. Central Ave Suite 2000</t>
+  </si>
+  <si>
+    <t>DC3030</t>
+  </si>
+  <si>
+    <t>8950 Cypress Waters Boulevard Suite 200, 2nd Floor</t>
+  </si>
+  <si>
+    <t>25500 Commercentre Drive Suite 200</t>
+  </si>
+  <si>
+    <t>5301 Blue Lagoon Drive Suite 700</t>
+  </si>
+  <si>
+    <t>Via Espana Plaza Regency 177 10th Floor</t>
+  </si>
+  <si>
+    <t>10933 Trade Center Drive Ste 108</t>
+  </si>
+  <si>
+    <t>9999 Carver Road Suite 150</t>
+  </si>
+  <si>
+    <t>Blue Ash</t>
+  </si>
+  <si>
+    <t>United Wholesale Mortgage, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">585 South Boulevard E </t>
+  </si>
+  <si>
+    <t>Pontiac</t>
+  </si>
+  <si>
+    <t>DC3038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">700 South Boulevard E </t>
+  </si>
+  <si>
+    <t>11414 W. Park Place Suite 202, Office 230</t>
+  </si>
+  <si>
+    <t>Milwaukee</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17320 Katy Freeway ste 125 </t>
+  </si>
+  <si>
+    <t>77094-1304</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="00000"/>
   </numFmts>
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -6565,17891 +6430,17419 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E7CC3156-ACDF-4B90-A0B8-6C76834BCC61}">
-  <dimension ref="A1:I664"/>
+  <dimension ref="A1:I648"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.7109375" customWidth="1"/>
     <col min="2" max="2" width="41.7109375" customWidth="1"/>
     <col min="3" max="3" width="9.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="17.5703125" customWidth="1"/>
     <col min="7" max="7" width="14.140625" style="7" customWidth="1"/>
     <col min="8" max="8" width="18.140625" customWidth="1"/>
     <col min="9" max="9" width="26.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>2010</v>
+        <v>1960</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="3"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="3"/>
       <c r="G1" s="4"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="5" t="s">
-        <v>1461</v>
+        <v>1403</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>1460</v>
+        <v>1402</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>1462</v>
+        <v>1404</v>
       </c>
       <c r="D2" s="5" t="s">
-        <v>1463</v>
+        <v>1405</v>
       </c>
       <c r="E2" s="5" t="s">
-        <v>1459</v>
+        <v>1401</v>
       </c>
       <c r="F2" s="5" t="s">
-        <v>1458</v>
+        <v>1400</v>
       </c>
       <c r="G2" s="6" t="s">
-        <v>1457</v>
+        <v>1399</v>
       </c>
       <c r="H2" s="5" t="s">
-        <v>1456</v>
+        <v>1398</v>
       </c>
       <c r="I2" s="5" t="s">
-        <v>1455</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3">
         <v>2280</v>
       </c>
       <c r="B3" t="s">
-        <v>1453</v>
+        <v>1395</v>
       </c>
       <c r="D3" t="s">
-        <v>1454</v>
+        <v>1396</v>
       </c>
       <c r="E3" t="s">
-        <v>917</v>
+        <v>874</v>
       </c>
       <c r="F3" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="G3">
         <v>37902</v>
       </c>
       <c r="H3" t="s">
-        <v>1451</v>
+        <v>1393</v>
       </c>
       <c r="I3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4">
         <v>2280</v>
       </c>
       <c r="B4" t="s">
-        <v>1453</v>
+        <v>1395</v>
       </c>
       <c r="C4">
         <v>1675234</v>
       </c>
       <c r="D4" t="s">
-        <v>1452</v>
+        <v>1394</v>
       </c>
       <c r="E4" t="s">
-        <v>917</v>
+        <v>874</v>
       </c>
       <c r="F4" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="G4">
         <v>37932</v>
       </c>
       <c r="H4" t="s">
-        <v>1451</v>
+        <v>1393</v>
       </c>
       <c r="I4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5">
         <v>937594</v>
       </c>
       <c r="B5" t="s">
-        <v>1947</v>
+        <v>1864</v>
       </c>
       <c r="D5" t="s">
-        <v>1450</v>
+        <v>1392</v>
       </c>
       <c r="E5" t="s">
-        <v>1355</v>
+        <v>1297</v>
       </c>
       <c r="F5" t="s">
         <v>17</v>
       </c>
       <c r="G5">
         <v>91320</v>
       </c>
       <c r="H5" t="s">
-        <v>1449</v>
+        <v>1391</v>
       </c>
       <c r="I5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6">
         <v>1033955</v>
       </c>
       <c r="B6" t="s">
-        <v>1448</v>
+        <v>1390</v>
       </c>
       <c r="D6" t="s">
-        <v>1447</v>
+        <v>1389</v>
       </c>
       <c r="E6" t="s">
-        <v>1446</v>
+        <v>1388</v>
       </c>
       <c r="F6" t="s">
         <v>18</v>
       </c>
       <c r="G6">
         <v>18641</v>
       </c>
       <c r="H6" t="s">
-        <v>1445</v>
+        <v>1387</v>
       </c>
       <c r="I6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7">
         <v>952162</v>
       </c>
       <c r="B7" t="s">
-        <v>1442</v>
+        <v>1384</v>
       </c>
       <c r="D7" t="s">
-        <v>1444</v>
+        <v>1386</v>
       </c>
       <c r="E7" t="s">
-        <v>472</v>
+        <v>456</v>
       </c>
       <c r="G7">
         <v>400079</v>
       </c>
       <c r="H7" t="s">
-        <v>1443</v>
+        <v>1385</v>
       </c>
       <c r="I7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8">
         <v>952162</v>
       </c>
       <c r="B8" t="s">
-        <v>1442</v>
+        <v>1384</v>
       </c>
       <c r="C8">
         <v>1608592</v>
       </c>
       <c r="D8" t="s">
-        <v>1441</v>
+        <v>1383</v>
       </c>
       <c r="E8" t="s">
-        <v>472</v>
+        <v>456</v>
       </c>
       <c r="G8">
         <v>400072</v>
       </c>
       <c r="H8" t="s">
-        <v>1440</v>
+        <v>1382</v>
       </c>
       <c r="I8" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9">
         <v>931957</v>
       </c>
       <c r="B9" t="s">
-        <v>1439</v>
+        <v>1381</v>
       </c>
       <c r="D9" t="s">
-        <v>1438</v>
+        <v>1380</v>
       </c>
       <c r="E9" t="s">
-        <v>1437</v>
+        <v>1379</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" s="8" t="s">
-        <v>1759</v>
+        <v>1686</v>
       </c>
       <c r="H9" t="s">
-        <v>1436</v>
+        <v>1378</v>
       </c>
       <c r="I9" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10">
         <v>988275</v>
       </c>
       <c r="B10" t="s">
-        <v>1435</v>
+        <v>1377</v>
       </c>
       <c r="D10" t="s">
-        <v>1760</v>
+        <v>1687</v>
       </c>
       <c r="E10" t="s">
-        <v>815</v>
+        <v>775</v>
       </c>
       <c r="F10" t="s">
         <v>17</v>
       </c>
       <c r="G10">
         <v>92867</v>
       </c>
       <c r="H10" t="s">
-        <v>1434</v>
+        <v>1376</v>
       </c>
       <c r="I10" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11">
         <v>1103081</v>
       </c>
       <c r="B11" t="s">
-        <v>1433</v>
+        <v>1375</v>
       </c>
       <c r="D11" t="s">
-        <v>1432</v>
+        <v>1374</v>
       </c>
       <c r="E11" t="s">
-        <v>421</v>
+        <v>405</v>
       </c>
       <c r="F11" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G11">
         <v>14221</v>
       </c>
       <c r="H11" t="s">
-        <v>1431</v>
+        <v>1373</v>
       </c>
       <c r="I11" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12">
         <v>3078</v>
       </c>
       <c r="B12" t="s">
-        <v>1430</v>
+        <v>1372</v>
       </c>
       <c r="D12" t="s">
-        <v>1429</v>
+        <v>1371</v>
       </c>
       <c r="E12" t="s">
-        <v>1428</v>
+        <v>1370</v>
       </c>
       <c r="F12" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="G12">
         <v>37601</v>
       </c>
       <c r="H12" t="s">
-        <v>1427</v>
+        <v>1369</v>
       </c>
       <c r="I12" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13">
         <v>244947</v>
       </c>
       <c r="B13" t="s">
-        <v>1426</v>
+        <v>1368</v>
       </c>
       <c r="D13" t="s">
-        <v>1914</v>
+        <v>1834</v>
       </c>
       <c r="E13" t="s">
-        <v>1124</v>
+        <v>1075</v>
       </c>
       <c r="F13" t="s">
         <v>17</v>
       </c>
       <c r="G13">
         <v>92008</v>
       </c>
       <c r="H13" t="s">
-        <v>1425</v>
+        <v>1367</v>
       </c>
       <c r="I13" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14">
         <v>244947</v>
       </c>
       <c r="B14" t="s">
-        <v>1426</v>
+        <v>1368</v>
       </c>
       <c r="C14">
         <v>2481451</v>
       </c>
       <c r="D14" t="s">
-        <v>1864</v>
+        <v>1788</v>
       </c>
       <c r="E14" t="s">
-        <v>244</v>
+        <v>236</v>
       </c>
       <c r="F14" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="G14">
         <v>85711</v>
       </c>
       <c r="H14" t="s">
-        <v>1425</v>
+        <v>1367</v>
       </c>
       <c r="I14" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15">
         <v>939588</v>
       </c>
       <c r="B15" t="s">
-        <v>1424</v>
+        <v>1366</v>
       </c>
       <c r="D15" t="s">
-        <v>1423</v>
+        <v>1365</v>
       </c>
       <c r="E15" t="s">
-        <v>1070</v>
+        <v>1022</v>
       </c>
       <c r="F15" t="s">
         <v>28</v>
       </c>
       <c r="G15">
         <v>61701</v>
       </c>
       <c r="H15" t="s">
-        <v>1422</v>
+        <v>1364</v>
       </c>
       <c r="I15" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16">
         <v>921364</v>
       </c>
       <c r="B16" t="s">
-        <v>1420</v>
+        <v>1362</v>
       </c>
       <c r="D16" t="s">
-        <v>1421</v>
+        <v>1363</v>
       </c>
       <c r="E16" t="s">
-        <v>312</v>
+        <v>300</v>
       </c>
       <c r="F16" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G16">
         <v>75038</v>
       </c>
       <c r="H16" t="s">
-        <v>1419</v>
+        <v>1361</v>
       </c>
       <c r="I16" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17">
         <v>921364</v>
       </c>
       <c r="B17" t="s">
-        <v>1420</v>
+        <v>1362</v>
       </c>
       <c r="C17">
         <v>1591397</v>
       </c>
       <c r="D17" t="s">
-        <v>1688</v>
+        <v>1616</v>
       </c>
       <c r="E17" t="s">
-        <v>1689</v>
+        <v>1617</v>
       </c>
       <c r="G17">
         <v>390003</v>
       </c>
       <c r="H17" t="s">
-        <v>1419</v>
+        <v>1361</v>
       </c>
       <c r="I17" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18">
         <v>1401770</v>
       </c>
       <c r="B18" t="s">
-        <v>1418</v>
+        <v>1360</v>
       </c>
       <c r="D18" t="s">
-        <v>1417</v>
+        <v>1359</v>
       </c>
       <c r="E18" t="s">
-        <v>1416</v>
+        <v>1358</v>
       </c>
       <c r="F18" t="s">
-        <v>335</v>
+        <v>323</v>
       </c>
       <c r="G18">
         <v>84117</v>
       </c>
       <c r="H18" t="s">
-        <v>1415</v>
+        <v>1357</v>
       </c>
       <c r="I18" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19">
         <v>929077</v>
       </c>
       <c r="B19" t="s">
-        <v>1414</v>
+        <v>1356</v>
       </c>
       <c r="D19" t="s">
-        <v>1413</v>
+        <v>1355</v>
       </c>
       <c r="E19" t="s">
-        <v>1412</v>
+        <v>1354</v>
       </c>
       <c r="F19" t="s">
-        <v>159</v>
+        <v>152</v>
       </c>
       <c r="G19">
         <v>54449</v>
       </c>
       <c r="H19" t="s">
-        <v>1411</v>
+        <v>1353</v>
       </c>
       <c r="I19" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20">
         <v>441662</v>
       </c>
       <c r="B20" t="s">
-        <v>1401</v>
+        <v>1343</v>
       </c>
       <c r="D20" t="s">
-        <v>1979</v>
+        <v>1895</v>
       </c>
       <c r="E20" t="s">
-        <v>1980</v>
+        <v>1896</v>
       </c>
       <c r="F20" t="s">
         <v>18</v>
       </c>
       <c r="G20">
         <v>19422</v>
       </c>
       <c r="H20" t="s">
-        <v>1410</v>
+        <v>1352</v>
       </c>
       <c r="I20" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21">
         <v>441662</v>
       </c>
       <c r="B21" t="s">
-        <v>1401</v>
+        <v>1343</v>
       </c>
       <c r="C21">
         <v>951445</v>
       </c>
       <c r="D21" t="s">
-        <v>1409</v>
+        <v>1351</v>
       </c>
       <c r="E21" t="s">
-        <v>1408</v>
+        <v>1350</v>
       </c>
       <c r="F21" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="G21">
         <v>98367</v>
       </c>
       <c r="H21" t="s">
-        <v>1407</v>
+        <v>1349</v>
       </c>
       <c r="I21" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22">
         <v>441662</v>
       </c>
       <c r="B22" t="s">
-        <v>1401</v>
+        <v>1343</v>
       </c>
       <c r="C22">
         <v>951698</v>
       </c>
       <c r="D22" t="s">
-        <v>1406</v>
+        <v>1348</v>
       </c>
       <c r="E22" t="s">
-        <v>464</v>
+        <v>448</v>
       </c>
       <c r="G22" t="s">
-        <v>1405</v>
+        <v>1347</v>
       </c>
       <c r="H22" t="s">
-        <v>1404</v>
+        <v>1346</v>
       </c>
       <c r="I22" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23">
         <v>441662</v>
       </c>
       <c r="B23" t="s">
-        <v>1401</v>
+        <v>1343</v>
       </c>
       <c r="C23">
         <v>951801</v>
       </c>
       <c r="D23" t="s">
-        <v>1403</v>
+        <v>1345</v>
       </c>
       <c r="E23" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="F23" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="G23">
         <v>43537</v>
       </c>
       <c r="H23" t="s">
-        <v>1402</v>
+        <v>1344</v>
       </c>
       <c r="I23" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24">
         <v>441662</v>
       </c>
       <c r="B24" t="s">
-        <v>1401</v>
+        <v>1343</v>
       </c>
       <c r="C24">
         <v>2248755</v>
       </c>
       <c r="D24" t="s">
-        <v>1845</v>
+        <v>1770</v>
       </c>
       <c r="E24" t="s">
-        <v>1846</v>
+        <v>1771</v>
       </c>
       <c r="F24" t="s">
         <v>28</v>
       </c>
       <c r="G24">
         <v>61364</v>
       </c>
       <c r="H24" t="s">
-        <v>1847</v>
+        <v>1772</v>
       </c>
       <c r="I24" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25">
         <v>1679170</v>
       </c>
       <c r="B25" t="s">
-        <v>1400</v>
+        <v>1342</v>
       </c>
       <c r="D25" t="s">
-        <v>1399</v>
+        <v>1341</v>
       </c>
       <c r="E25" t="s">
-        <v>344</v>
+        <v>332</v>
       </c>
       <c r="F25" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G25">
         <v>14223</v>
       </c>
       <c r="H25" t="s">
-        <v>1398</v>
+        <v>1340</v>
       </c>
       <c r="I25" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26">
         <v>934694</v>
       </c>
       <c r="B26" t="s">
-        <v>1397</v>
+        <v>1339</v>
       </c>
       <c r="D26" t="s">
-        <v>1464</v>
+        <v>1406</v>
       </c>
       <c r="E26" t="s">
-        <v>1465</v>
+        <v>1407</v>
       </c>
       <c r="F26" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G26">
         <v>11714</v>
       </c>
       <c r="H26" t="s">
-        <v>1396</v>
+        <v>1338</v>
       </c>
       <c r="I26" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27">
         <v>934303</v>
       </c>
       <c r="B27" t="s">
-        <v>1393</v>
+        <v>1335</v>
       </c>
       <c r="D27" t="s">
-        <v>1690</v>
+        <v>1618</v>
       </c>
       <c r="E27" t="s">
-        <v>526</v>
+        <v>510</v>
       </c>
       <c r="F27" t="s">
         <v>7</v>
       </c>
       <c r="G27">
         <v>23666</v>
       </c>
       <c r="H27" t="s">
-        <v>1394</v>
+        <v>1336</v>
       </c>
       <c r="I27" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28">
         <v>934303</v>
       </c>
       <c r="B28" t="s">
-        <v>1393</v>
+        <v>1335</v>
       </c>
       <c r="C28">
         <v>943913</v>
       </c>
       <c r="D28" t="s">
-        <v>1691</v>
+        <v>1619</v>
       </c>
       <c r="E28" t="s">
-        <v>1692</v>
+        <v>1620</v>
       </c>
       <c r="G28" t="s">
-        <v>1693</v>
+        <v>1621</v>
       </c>
       <c r="H28" t="s">
-        <v>1390</v>
+        <v>1332</v>
       </c>
       <c r="I28" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29">
         <v>934303</v>
       </c>
       <c r="B29" t="s">
-        <v>1393</v>
+        <v>1335</v>
       </c>
       <c r="C29">
         <v>1003942</v>
       </c>
       <c r="D29" t="s">
-        <v>1572</v>
+        <v>1512</v>
       </c>
       <c r="E29" t="s">
-        <v>1573</v>
+        <v>1513</v>
       </c>
       <c r="G29">
         <v>1634</v>
       </c>
       <c r="H29" t="s">
-        <v>1390</v>
+        <v>1332</v>
       </c>
       <c r="I29" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30">
         <v>934303</v>
       </c>
       <c r="B30" t="s">
-        <v>1393</v>
+        <v>1335</v>
       </c>
       <c r="C30">
         <v>1930217</v>
       </c>
       <c r="D30" t="s">
-        <v>1392</v>
+        <v>1334</v>
       </c>
       <c r="E30" t="s">
-        <v>1391</v>
+        <v>1333</v>
       </c>
       <c r="G30"/>
       <c r="H30" t="s">
-        <v>1390</v>
+        <v>1332</v>
       </c>
       <c r="I30" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31">
         <v>928901</v>
       </c>
       <c r="B31" t="s">
-        <v>1386</v>
+        <v>1328</v>
       </c>
       <c r="D31" t="s">
-        <v>2011</v>
+        <v>1924</v>
       </c>
       <c r="E31" t="s">
-        <v>1556</v>
+        <v>1497</v>
       </c>
       <c r="F31" t="s">
         <v>18</v>
       </c>
       <c r="G31">
         <v>18106</v>
       </c>
       <c r="H31" t="s">
-        <v>1389</v>
+        <v>1331</v>
       </c>
       <c r="I31" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32">
         <v>928901</v>
       </c>
       <c r="B32" t="s">
-        <v>1386</v>
+        <v>1328</v>
       </c>
       <c r="C32">
         <v>1078182</v>
       </c>
       <c r="D32" t="s">
-        <v>1388</v>
+        <v>1330</v>
       </c>
       <c r="E32" t="s">
-        <v>1387</v>
+        <v>1329</v>
       </c>
       <c r="G32">
         <v>2009</v>
       </c>
       <c r="H32" t="s">
-        <v>1384</v>
+        <v>1326</v>
       </c>
       <c r="I32" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33">
         <v>928901</v>
       </c>
       <c r="B33" t="s">
-        <v>1386</v>
+        <v>1328</v>
       </c>
       <c r="C33">
         <v>1084442</v>
       </c>
       <c r="D33" t="s">
-        <v>1492</v>
+        <v>1434</v>
       </c>
       <c r="E33" t="s">
-        <v>344</v>
+        <v>332</v>
       </c>
       <c r="F33" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G33">
         <v>14210</v>
       </c>
       <c r="H33" t="s">
-        <v>1384</v>
+        <v>1326</v>
       </c>
       <c r="I33" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34">
         <v>928901</v>
       </c>
       <c r="B34" t="s">
-        <v>1386</v>
+        <v>1328</v>
       </c>
       <c r="C34">
         <v>1084444</v>
       </c>
       <c r="D34" t="s">
-        <v>440</v>
+        <v>424</v>
       </c>
       <c r="E34" t="s">
-        <v>1385</v>
+        <v>1327</v>
       </c>
       <c r="G34" t="s">
-        <v>438</v>
+        <v>422</v>
       </c>
       <c r="H34" t="s">
-        <v>1384</v>
+        <v>1326</v>
       </c>
       <c r="I34" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35">
         <v>1512719</v>
       </c>
       <c r="B35" t="s">
-        <v>1383</v>
+        <v>1325</v>
       </c>
       <c r="D35" t="s">
-        <v>1382</v>
+        <v>1324</v>
       </c>
       <c r="E35" t="s">
-        <v>421</v>
+        <v>405</v>
       </c>
       <c r="F35" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G35">
         <v>14221</v>
       </c>
       <c r="H35" t="s">
-        <v>1381</v>
+        <v>1323</v>
       </c>
       <c r="I35" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36">
         <v>929734</v>
       </c>
       <c r="B36" t="s">
-        <v>1380</v>
+        <v>1322</v>
       </c>
       <c r="D36" t="s">
-        <v>1379</v>
+        <v>1321</v>
       </c>
       <c r="E36" t="s">
-        <v>1378</v>
+        <v>1320</v>
       </c>
       <c r="F36" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="G36" s="8" t="s">
-        <v>1762</v>
+        <v>1689</v>
       </c>
       <c r="H36" t="s">
-        <v>1377</v>
+        <v>1319</v>
       </c>
       <c r="I36" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37">
         <v>816187</v>
       </c>
       <c r="B37" t="s">
-        <v>1374</v>
+        <v>1316</v>
       </c>
       <c r="D37" t="s">
-        <v>1376</v>
+        <v>1318</v>
       </c>
       <c r="E37" t="s">
-        <v>169</v>
+        <v>162</v>
       </c>
       <c r="F37" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G37">
         <v>14228</v>
       </c>
       <c r="H37" t="s">
-        <v>1375</v>
+        <v>1317</v>
       </c>
       <c r="I37" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38">
         <v>345863</v>
       </c>
       <c r="B38" t="s">
-        <v>1373</v>
+        <v>1315</v>
       </c>
       <c r="D38" t="s">
-        <v>1372</v>
+        <v>1314</v>
       </c>
       <c r="E38" t="s">
-        <v>1371</v>
+        <v>1313</v>
       </c>
       <c r="F38" t="s">
         <v>24</v>
       </c>
       <c r="G38">
         <v>29302</v>
       </c>
       <c r="H38" t="s">
-        <v>1370</v>
+        <v>1312</v>
       </c>
       <c r="I38" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39">
         <v>954544</v>
       </c>
       <c r="B39" t="s">
-        <v>1763</v>
+        <v>1690</v>
       </c>
       <c r="D39" t="s">
-        <v>1369</v>
+        <v>1311</v>
       </c>
       <c r="E39" t="s">
-        <v>318</v>
+        <v>306</v>
       </c>
       <c r="F39" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="G39">
         <v>33432</v>
       </c>
       <c r="H39" t="s">
-        <v>1368</v>
+        <v>1310</v>
       </c>
       <c r="I39" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40">
         <v>951467</v>
       </c>
       <c r="B40" t="s">
-        <v>1367</v>
+        <v>1309</v>
       </c>
       <c r="D40" t="s">
-        <v>1366</v>
+        <v>1308</v>
       </c>
       <c r="E40" t="s">
-        <v>1304</v>
+        <v>1246</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" s="8" t="s">
-        <v>1764</v>
+        <v>1691</v>
       </c>
       <c r="H40" t="s">
-        <v>1365</v>
+        <v>1307</v>
       </c>
       <c r="I40" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41">
         <v>338923</v>
       </c>
       <c r="B41" t="s">
-        <v>1364</v>
+        <v>1306</v>
       </c>
       <c r="D41" t="s">
-        <v>1363</v>
+        <v>1305</v>
       </c>
       <c r="E41" t="s">
-        <v>1362</v>
+        <v>1304</v>
       </c>
       <c r="F41" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="G41" s="8" t="s">
-        <v>1765</v>
+        <v>1692</v>
       </c>
       <c r="H41" t="s">
-        <v>1361</v>
+        <v>1303</v>
       </c>
       <c r="I41" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42">
         <v>945971</v>
       </c>
       <c r="B42" t="s">
-        <v>1360</v>
+        <v>1302</v>
       </c>
       <c r="D42" t="s">
-        <v>1359</v>
+        <v>1301</v>
       </c>
       <c r="E42" t="s">
-        <v>812</v>
+        <v>772</v>
       </c>
       <c r="F42" t="s">
-        <v>379</v>
+        <v>367</v>
       </c>
       <c r="G42">
         <v>48331</v>
       </c>
       <c r="H42" t="s">
-        <v>1358</v>
+        <v>1300</v>
       </c>
       <c r="I42" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43">
         <v>933103</v>
       </c>
       <c r="B43" t="s">
-        <v>1357</v>
+        <v>1299</v>
       </c>
       <c r="D43" t="s">
-        <v>1356</v>
+        <v>1298</v>
       </c>
       <c r="E43" t="s">
-        <v>1355</v>
+        <v>1297</v>
       </c>
       <c r="F43" t="s">
         <v>17</v>
       </c>
       <c r="G43">
         <v>91360</v>
       </c>
       <c r="H43" t="s">
-        <v>1354</v>
+        <v>1296</v>
       </c>
       <c r="I43" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44">
         <v>933103</v>
       </c>
       <c r="B44" t="s">
-        <v>1357</v>
+        <v>1299</v>
       </c>
       <c r="C44">
         <v>2402475</v>
       </c>
       <c r="D44" t="s">
-        <v>960</v>
+        <v>915</v>
       </c>
       <c r="E44" t="s">
-        <v>169</v>
+        <v>162</v>
       </c>
       <c r="F44" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G44">
         <v>14228</v>
       </c>
       <c r="H44" t="s">
-        <v>1574</v>
+        <v>1514</v>
       </c>
       <c r="I44" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45">
         <v>908759</v>
       </c>
       <c r="B45" t="s">
-        <v>1981</v>
+        <v>1897</v>
       </c>
       <c r="D45" t="s">
-        <v>1353</v>
+        <v>1295</v>
       </c>
       <c r="E45" t="s">
-        <v>1352</v>
+        <v>1294</v>
       </c>
       <c r="F45" t="s">
-        <v>159</v>
+        <v>152</v>
       </c>
       <c r="G45">
         <v>54220</v>
       </c>
       <c r="H45" t="s">
-        <v>1351</v>
+        <v>1293</v>
       </c>
       <c r="I45" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46">
         <v>1111855</v>
       </c>
       <c r="B46" t="s">
-        <v>1350</v>
+        <v>1292</v>
       </c>
       <c r="D46" t="s">
-        <v>1349</v>
+        <v>1291</v>
       </c>
       <c r="E46" t="s">
-        <v>1348</v>
+        <v>1290</v>
       </c>
       <c r="F46" t="s">
         <v>28</v>
       </c>
       <c r="G46">
         <v>60035</v>
       </c>
       <c r="H46" t="s">
-        <v>1347</v>
+        <v>1289</v>
       </c>
       <c r="I46" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47">
         <v>922863</v>
       </c>
       <c r="B47" t="s">
-        <v>1346</v>
+        <v>1288</v>
       </c>
       <c r="D47" t="s">
-        <v>1345</v>
+        <v>1287</v>
       </c>
       <c r="E47" t="s">
-        <v>1344</v>
+        <v>1286</v>
       </c>
       <c r="F47" t="s">
-        <v>522</v>
+        <v>506</v>
       </c>
       <c r="G47">
         <v>35244</v>
       </c>
       <c r="H47" t="s">
-        <v>1343</v>
+        <v>1285</v>
       </c>
       <c r="I47" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48">
         <v>1289659</v>
       </c>
       <c r="B48" t="s">
-        <v>1493</v>
+        <v>1435</v>
       </c>
       <c r="D48" t="s">
-        <v>1494</v>
+        <v>1436</v>
       </c>
       <c r="E48" t="s">
-        <v>1495</v>
+        <v>1437</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" s="8" t="s">
-        <v>1766</v>
+        <v>1693</v>
       </c>
       <c r="H48" t="s">
-        <v>1496</v>
+        <v>1438</v>
       </c>
       <c r="I48" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49">
         <v>791182</v>
       </c>
       <c r="B49" t="s">
-        <v>1342</v>
+        <v>1284</v>
       </c>
       <c r="D49" t="s">
-        <v>2012</v>
+        <v>1925</v>
       </c>
       <c r="E49" t="s">
-        <v>167</v>
+        <v>160</v>
       </c>
       <c r="F49" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="G49">
         <v>43231</v>
       </c>
       <c r="H49" t="s">
-        <v>1341</v>
+        <v>1283</v>
       </c>
       <c r="I49" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50">
         <v>1194760</v>
       </c>
       <c r="B50" t="s">
-        <v>1339</v>
+        <v>1281</v>
       </c>
       <c r="D50" t="s">
-        <v>1982</v>
+        <v>1898</v>
       </c>
       <c r="E50" t="s">
-        <v>1340</v>
+        <v>1282</v>
       </c>
       <c r="F50" t="s">
         <v>18</v>
       </c>
       <c r="G50">
         <v>19601</v>
       </c>
       <c r="H50" t="s">
-        <v>1338</v>
+        <v>1280</v>
       </c>
       <c r="I50" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51">
         <v>1982870</v>
       </c>
       <c r="B51" t="s">
-        <v>1466</v>
+        <v>1408</v>
       </c>
       <c r="D51" t="s">
-        <v>1467</v>
+        <v>1409</v>
       </c>
       <c r="E51" t="s">
-        <v>1232</v>
+        <v>1181</v>
       </c>
       <c r="F51" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="G51">
         <v>55125</v>
       </c>
       <c r="H51" t="s">
-        <v>1468</v>
+        <v>1410</v>
       </c>
       <c r="I51" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52">
         <v>934304</v>
       </c>
       <c r="B52" t="s">
-        <v>1335</v>
+        <v>1277</v>
       </c>
       <c r="D52" t="s">
-        <v>1948</v>
+        <v>1865</v>
       </c>
       <c r="E52" t="s">
-        <v>1337</v>
+        <v>1279</v>
       </c>
       <c r="F52" t="s">
         <v>17</v>
       </c>
       <c r="G52">
         <v>92025</v>
       </c>
       <c r="H52" t="s">
-        <v>1336</v>
+        <v>1278</v>
       </c>
       <c r="I52" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53">
         <v>934304</v>
       </c>
       <c r="B53" t="s">
-        <v>1335</v>
+        <v>1277</v>
       </c>
       <c r="C53">
         <v>2228887</v>
       </c>
       <c r="D53" t="s">
-        <v>1497</v>
+        <v>1439</v>
       </c>
       <c r="E53" t="s">
-        <v>1395</v>
+        <v>1337</v>
       </c>
       <c r="F53" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G53">
         <v>77406</v>
       </c>
       <c r="H53" t="s">
-        <v>1334</v>
+        <v>1276</v>
       </c>
       <c r="I53" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54">
         <v>197476</v>
       </c>
       <c r="B54" t="s">
-        <v>1333</v>
+        <v>1275</v>
       </c>
       <c r="D54" t="s">
-        <v>1332</v>
+        <v>1274</v>
       </c>
       <c r="E54" t="s">
-        <v>421</v>
+        <v>405</v>
       </c>
       <c r="F54" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G54">
         <v>14221</v>
       </c>
       <c r="H54" t="s">
-        <v>1331</v>
+        <v>1273</v>
       </c>
       <c r="I54" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55">
         <v>1456896</v>
       </c>
       <c r="B55" t="s">
-        <v>1328</v>
+        <v>1270</v>
       </c>
       <c r="D55" t="s">
-        <v>1330</v>
+        <v>1272</v>
       </c>
       <c r="E55" t="s">
-        <v>1329</v>
+        <v>1271</v>
       </c>
       <c r="F55" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G55">
         <v>77478</v>
       </c>
       <c r="H55" t="s">
-        <v>1326</v>
+        <v>1268</v>
       </c>
       <c r="I55" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56">
         <v>1456896</v>
       </c>
       <c r="B56" t="s">
-        <v>1328</v>
+        <v>1270</v>
       </c>
       <c r="C56">
         <v>1754347</v>
       </c>
       <c r="D56" t="s">
-        <v>1915</v>
+        <v>1835</v>
       </c>
       <c r="E56" t="s">
-        <v>1327</v>
+        <v>1269</v>
       </c>
       <c r="F56" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G56">
         <v>75020</v>
       </c>
       <c r="H56" t="s">
-        <v>1326</v>
+        <v>1268</v>
       </c>
       <c r="I56" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57">
         <v>934277</v>
       </c>
       <c r="B57" t="s">
-        <v>1323</v>
+        <v>1265</v>
       </c>
       <c r="D57" t="s">
-        <v>1325</v>
+        <v>1267</v>
       </c>
       <c r="E57" t="s">
-        <v>1054</v>
+        <v>1006</v>
       </c>
       <c r="F57" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="G57">
         <v>55433</v>
       </c>
       <c r="H57" t="s">
-        <v>1324</v>
+        <v>1266</v>
       </c>
       <c r="I57" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58">
         <v>934277</v>
       </c>
       <c r="B58" t="s">
-        <v>1323</v>
+        <v>1265</v>
       </c>
       <c r="C58">
         <v>947917</v>
       </c>
       <c r="D58" t="s">
-        <v>1322</v>
+        <v>1264</v>
       </c>
       <c r="E58" t="s">
-        <v>1321</v>
+        <v>1263</v>
       </c>
       <c r="F58" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="G58">
         <v>55426</v>
       </c>
       <c r="H58" t="s">
-        <v>1320</v>
+        <v>1262</v>
       </c>
       <c r="I58" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59">
         <v>934555</v>
       </c>
       <c r="B59" t="s">
-        <v>1316</v>
+        <v>1258</v>
       </c>
       <c r="D59" t="s">
-        <v>1319</v>
+        <v>1261</v>
       </c>
       <c r="E59" t="s">
-        <v>1318</v>
+        <v>1260</v>
       </c>
       <c r="F59" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="G59">
         <v>81501</v>
       </c>
       <c r="H59" t="s">
-        <v>1317</v>
+        <v>1259</v>
       </c>
       <c r="I59" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60">
         <v>934555</v>
       </c>
       <c r="B60" t="s">
-        <v>1316</v>
+        <v>1258</v>
       </c>
       <c r="C60">
         <v>939624</v>
       </c>
       <c r="D60" t="s">
-        <v>1315</v>
+        <v>1257</v>
       </c>
       <c r="E60" t="s">
-        <v>1314</v>
+        <v>1256</v>
       </c>
       <c r="F60" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="G60">
         <v>34604</v>
       </c>
       <c r="H60" t="s">
-        <v>1313</v>
+        <v>1255</v>
       </c>
       <c r="I60" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61">
         <v>1006118</v>
       </c>
       <c r="B61" t="s">
-        <v>1312</v>
+        <v>1254</v>
       </c>
       <c r="D61" t="s">
-        <v>1311</v>
+        <v>1253</v>
       </c>
       <c r="E61" t="s">
-        <v>1310</v>
+        <v>1252</v>
       </c>
       <c r="F61" t="s">
-        <v>207</v>
+        <v>200</v>
       </c>
       <c r="G61">
         <v>50266</v>
       </c>
       <c r="H61" t="s">
-        <v>1309</v>
+        <v>1251</v>
       </c>
       <c r="I61" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62">
-        <v>947923</v>
+        <v>2241217</v>
       </c>
       <c r="B62" t="s">
-        <v>1308</v>
+        <v>1961</v>
       </c>
       <c r="D62" t="s">
-        <v>1949</v>
+        <v>1962</v>
       </c>
       <c r="E62" t="s">
-        <v>1613</v>
+        <v>1963</v>
       </c>
       <c r="F62" t="s">
-        <v>28</v>
+        <v>161</v>
       </c>
       <c r="G62">
-        <v>60077</v>
+        <v>14218</v>
       </c>
       <c r="H62" t="s">
-        <v>1307</v>
+        <v>1964</v>
       </c>
       <c r="I62" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63">
-        <v>1130708</v>
+        <v>947923</v>
       </c>
       <c r="B63" t="s">
-        <v>1950</v>
+        <v>1250</v>
       </c>
       <c r="D63" t="s">
-        <v>1951</v>
+        <v>1866</v>
       </c>
       <c r="E63" t="s">
-        <v>1952</v>
+        <v>1549</v>
       </c>
       <c r="F63" t="s">
-        <v>602</v>
+        <v>28</v>
       </c>
       <c r="G63">
-        <v>40223</v>
+        <v>60077</v>
       </c>
       <c r="H63" t="s">
-        <v>1953</v>
+        <v>1249</v>
       </c>
       <c r="I63" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64">
-        <v>221718</v>
+        <v>1130708</v>
       </c>
       <c r="B64" t="s">
-        <v>1305</v>
+        <v>1867</v>
       </c>
       <c r="D64" t="s">
-        <v>1498</v>
+        <v>1868</v>
       </c>
       <c r="E64" t="s">
-        <v>1304</v>
+        <v>1869</v>
       </c>
       <c r="F64" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>1764</v>
+        <v>582</v>
+      </c>
+      <c r="G64">
+        <v>40223</v>
       </c>
       <c r="H64" t="s">
-        <v>1306</v>
+        <v>1870</v>
       </c>
       <c r="I64" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65">
-        <v>1172914</v>
+        <v>221718</v>
       </c>
       <c r="B65" t="s">
-        <v>1303</v>
+        <v>1247</v>
       </c>
       <c r="D65" t="s">
-        <v>1302</v>
+        <v>1440</v>
       </c>
       <c r="E65" t="s">
-        <v>1301</v>
+        <v>1246</v>
       </c>
       <c r="F65" t="s">
-        <v>193</v>
+        <v>11</v>
       </c>
       <c r="G65" s="8" t="s">
-        <v>1767</v>
+        <v>1691</v>
       </c>
       <c r="H65" t="s">
-        <v>1300</v>
+        <v>1248</v>
       </c>
       <c r="I65" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66">
-        <v>940558</v>
+        <v>1172914</v>
       </c>
       <c r="B66" t="s">
-        <v>1299</v>
+        <v>1245</v>
       </c>
       <c r="D66" t="s">
-        <v>715</v>
+        <v>1244</v>
       </c>
       <c r="E66" t="s">
-        <v>714</v>
+        <v>1243</v>
       </c>
       <c r="F66" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>24011</v>
+        <v>186</v>
+      </c>
+      <c r="G66" s="8" t="s">
+        <v>1694</v>
       </c>
       <c r="H66" t="s">
-        <v>1298</v>
+        <v>1242</v>
       </c>
       <c r="I66" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67">
         <v>953138</v>
       </c>
       <c r="B67" t="s">
-        <v>1297</v>
+        <v>1241</v>
       </c>
       <c r="D67" t="s">
-        <v>1296</v>
+        <v>1240</v>
       </c>
       <c r="E67" t="s">
-        <v>1295</v>
+        <v>1239</v>
       </c>
       <c r="F67" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="G67">
         <v>33770</v>
       </c>
       <c r="H67" t="s">
-        <v>1294</v>
+        <v>1238</v>
       </c>
       <c r="I67" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68">
         <v>933125</v>
       </c>
       <c r="B68" t="s">
-        <v>1293</v>
+        <v>1237</v>
       </c>
       <c r="D68" t="s">
-        <v>1537</v>
+        <v>1479</v>
       </c>
       <c r="E68" t="s">
-        <v>1538</v>
+        <v>1480</v>
       </c>
       <c r="F68" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="G68">
         <v>37072</v>
       </c>
       <c r="H68" t="s">
-        <v>1292</v>
+        <v>1236</v>
       </c>
       <c r="I68" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69">
-        <v>939463</v>
+        <v>948399</v>
       </c>
       <c r="B69" t="s">
-        <v>1291</v>
+        <v>1235</v>
       </c>
       <c r="D69" t="s">
-        <v>553</v>
+        <v>1234</v>
       </c>
       <c r="E69" t="s">
-        <v>552</v>
+        <v>1233</v>
       </c>
       <c r="F69" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>92009</v>
+        <v>21</v>
+      </c>
+      <c r="G69" s="8" t="s">
+        <v>1695</v>
       </c>
       <c r="H69" t="s">
-        <v>1290</v>
+        <v>1232</v>
       </c>
       <c r="I69" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70">
-        <v>948399</v>
+        <v>977918</v>
       </c>
       <c r="B70" t="s">
-        <v>1289</v>
+        <v>1231</v>
       </c>
       <c r="D70" t="s">
-        <v>1288</v>
+        <v>1230</v>
       </c>
       <c r="E70" t="s">
-        <v>1287</v>
+        <v>236</v>
       </c>
       <c r="F70" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>1768</v>
+        <v>64</v>
+      </c>
+      <c r="G70">
+        <v>85712</v>
       </c>
       <c r="H70" t="s">
-        <v>1286</v>
+        <v>1229</v>
       </c>
       <c r="I70" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71">
-        <v>977918</v>
+        <v>1096500</v>
       </c>
       <c r="B71" t="s">
-        <v>1285</v>
+        <v>1515</v>
       </c>
       <c r="D71" t="s">
-        <v>1284</v>
+        <v>1516</v>
       </c>
       <c r="E71" t="s">
-        <v>244</v>
+        <v>1517</v>
       </c>
       <c r="F71" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="G71">
-        <v>85712</v>
+        <v>80503</v>
       </c>
       <c r="H71" t="s">
-        <v>1283</v>
+        <v>1518</v>
       </c>
       <c r="I71" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72">
-        <v>1096500</v>
+        <v>1187737</v>
       </c>
       <c r="B72" t="s">
-        <v>1575</v>
+        <v>1228</v>
       </c>
       <c r="D72" t="s">
-        <v>1576</v>
+        <v>1227</v>
       </c>
       <c r="E72" t="s">
-        <v>1577</v>
+        <v>1226</v>
       </c>
       <c r="F72" t="s">
-        <v>69</v>
+        <v>83</v>
       </c>
       <c r="G72">
-        <v>80503</v>
+        <v>33157</v>
       </c>
       <c r="H72" t="s">
-        <v>1578</v>
+        <v>1225</v>
       </c>
       <c r="I72" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73">
-        <v>1187737</v>
+        <v>977708</v>
       </c>
       <c r="B73" t="s">
-        <v>1282</v>
+        <v>1441</v>
       </c>
       <c r="D73" t="s">
-        <v>1281</v>
+        <v>1442</v>
       </c>
       <c r="E73" t="s">
-        <v>1280</v>
+        <v>1443</v>
       </c>
       <c r="F73" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>33157</v>
+        <v>21</v>
+      </c>
+      <c r="G73" s="8" t="s">
+        <v>1696</v>
       </c>
       <c r="H73" t="s">
-        <v>1279</v>
+        <v>1444</v>
       </c>
       <c r="I73" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74">
-        <v>977708</v>
+        <v>931908</v>
       </c>
       <c r="B74" t="s">
-        <v>1499</v>
+        <v>1223</v>
       </c>
       <c r="D74" t="s">
-        <v>1500</v>
+        <v>1222</v>
       </c>
       <c r="E74" t="s">
-        <v>1501</v>
+        <v>1221</v>
       </c>
       <c r="F74" t="s">
         <v>21</v>
       </c>
       <c r="G74" s="8" t="s">
-        <v>1769</v>
+        <v>1697</v>
       </c>
       <c r="H74" t="s">
-        <v>1502</v>
+        <v>1220</v>
       </c>
       <c r="I74" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75">
-        <v>931908</v>
+        <v>937468</v>
       </c>
       <c r="B75" t="s">
-        <v>1277</v>
+        <v>1219</v>
       </c>
       <c r="D75" t="s">
-        <v>1276</v>
+        <v>1218</v>
       </c>
       <c r="E75" t="s">
-        <v>1275</v>
+        <v>1217</v>
       </c>
       <c r="F75" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>1770</v>
+        <v>142</v>
+      </c>
+      <c r="G75">
+        <v>66614</v>
       </c>
       <c r="H75" t="s">
-        <v>1274</v>
+        <v>1216</v>
       </c>
       <c r="I75" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76">
-        <v>937468</v>
+        <v>1901142</v>
       </c>
       <c r="B76" t="s">
-        <v>1273</v>
+        <v>1789</v>
       </c>
       <c r="D76" t="s">
-        <v>1272</v>
+        <v>1790</v>
       </c>
       <c r="E76" t="s">
-        <v>1271</v>
+        <v>1791</v>
       </c>
       <c r="F76" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>66614</v>
+        <v>11</v>
+      </c>
+      <c r="G76" s="8" t="s">
+        <v>1792</v>
       </c>
       <c r="H76" t="s">
-        <v>1270</v>
+        <v>1793</v>
       </c>
       <c r="I76" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77">
-        <v>1901142</v>
+        <v>1716869</v>
       </c>
       <c r="B77" t="s">
-        <v>1865</v>
+        <v>1210</v>
       </c>
       <c r="D77" t="s">
-        <v>1866</v>
+        <v>1212</v>
       </c>
       <c r="E77" t="s">
-        <v>1867</v>
+        <v>1211</v>
       </c>
       <c r="F77" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>1868</v>
+        <v>28</v>
+      </c>
+      <c r="G77">
+        <v>60143</v>
       </c>
       <c r="H77" t="s">
-        <v>1869</v>
+        <v>1209</v>
       </c>
       <c r="I77" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78">
-        <v>1716869</v>
+        <v>1313005</v>
       </c>
       <c r="B78" t="s">
-        <v>1264</v>
+        <v>1208</v>
       </c>
       <c r="D78" t="s">
-        <v>1266</v>
+        <v>1207</v>
       </c>
       <c r="E78" t="s">
-        <v>1265</v>
+        <v>376</v>
       </c>
       <c r="F78" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="G78">
-        <v>60143</v>
+        <v>27704</v>
       </c>
       <c r="H78" t="s">
-        <v>1261</v>
+        <v>1206</v>
       </c>
       <c r="I78" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79">
-        <v>1716869</v>
+        <v>931902</v>
       </c>
       <c r="B79" t="s">
-        <v>1264</v>
+        <v>1412</v>
       </c>
       <c r="D79" t="s">
-        <v>1266</v>
+        <v>1205</v>
       </c>
       <c r="E79" t="s">
-        <v>1265</v>
+        <v>1204</v>
       </c>
       <c r="F79" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="G79">
-        <v>60143</v>
-[...2 lines deleted...]
-        <v>1716869</v>
+        <v>19382</v>
+      </c>
+      <c r="H79" t="s">
+        <v>1203</v>
       </c>
       <c r="I79" t="s">
-        <v>1469</v>
+        <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80">
-        <v>1716869</v>
+        <v>953717</v>
       </c>
       <c r="B80" t="s">
-        <v>1264</v>
-[...2 lines deleted...]
-        <v>2158460</v>
+        <v>1196</v>
       </c>
       <c r="D80" t="s">
-        <v>1263</v>
+        <v>1202</v>
       </c>
       <c r="E80" t="s">
-        <v>1262</v>
+        <v>1201</v>
       </c>
       <c r="F80" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>15108</v>
+        <v>17</v>
+      </c>
+      <c r="G80" t="s">
+        <v>1200</v>
       </c>
       <c r="H80" t="s">
-        <v>1261</v>
+        <v>1199</v>
       </c>
       <c r="I80" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81">
-        <v>1313005</v>
+        <v>953717</v>
       </c>
       <c r="B81" t="s">
-        <v>1260</v>
+        <v>1196</v>
+      </c>
+      <c r="C81">
+        <v>2131802</v>
       </c>
       <c r="D81" t="s">
-        <v>1259</v>
+        <v>1198</v>
       </c>
       <c r="E81" t="s">
-        <v>392</v>
+        <v>221</v>
       </c>
       <c r="F81" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>27704</v>
+        <v>57</v>
+      </c>
+      <c r="G81" t="s">
+        <v>1197</v>
       </c>
       <c r="H81" t="s">
-        <v>1258</v>
+        <v>1195</v>
       </c>
       <c r="I81" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82">
-        <v>931902</v>
+        <v>953717</v>
       </c>
       <c r="B82" t="s">
-        <v>1470</v>
+        <v>1196</v>
+      </c>
+      <c r="C82">
+        <v>2131850</v>
       </c>
       <c r="D82" t="s">
-        <v>1257</v>
+        <v>1413</v>
       </c>
       <c r="E82" t="s">
-        <v>1256</v>
+        <v>843</v>
       </c>
       <c r="F82" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="G82">
-        <v>19382</v>
+        <v>60173</v>
       </c>
       <c r="H82" t="s">
-        <v>1255</v>
+        <v>1195</v>
       </c>
       <c r="I82" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83">
         <v>953717</v>
       </c>
       <c r="B83" t="s">
-        <v>1248</v>
+        <v>1196</v>
+      </c>
+      <c r="C83">
+        <v>2576127</v>
       </c>
       <c r="D83" t="s">
-        <v>1254</v>
+        <v>1773</v>
       </c>
       <c r="E83" t="s">
-        <v>1253</v>
+        <v>1774</v>
       </c>
       <c r="F83" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>1252</v>
+        <v>57</v>
+      </c>
+      <c r="G83">
+        <v>75020</v>
       </c>
       <c r="H83" t="s">
-        <v>1251</v>
+        <v>1195</v>
       </c>
       <c r="I83" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84">
-        <v>953717</v>
+        <v>1134374</v>
       </c>
       <c r="B84" t="s">
-        <v>1248</v>
-[...2 lines deleted...]
-        <v>2131802</v>
+        <v>1589</v>
       </c>
       <c r="D84" t="s">
-        <v>1250</v>
+        <v>1590</v>
       </c>
       <c r="E84" t="s">
-        <v>229</v>
+        <v>1591</v>
       </c>
       <c r="F84" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>1249</v>
+        <v>57</v>
+      </c>
+      <c r="G84">
+        <v>75090</v>
       </c>
       <c r="H84" t="s">
-        <v>1247</v>
+        <v>1592</v>
       </c>
       <c r="I84" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85">
-        <v>953717</v>
+        <v>1631249</v>
       </c>
       <c r="B85" t="s">
-        <v>1248</v>
-[...2 lines deleted...]
-        <v>2131850</v>
+        <v>1193</v>
       </c>
       <c r="D85" t="s">
-        <v>1471</v>
+        <v>1192</v>
       </c>
       <c r="E85" t="s">
-        <v>886</v>
+        <v>1191</v>
       </c>
       <c r="F85" t="s">
-        <v>28</v>
+        <v>161</v>
       </c>
       <c r="G85">
-        <v>60173</v>
+        <v>13202</v>
       </c>
       <c r="H85" t="s">
-        <v>1247</v>
+        <v>1190</v>
       </c>
       <c r="I85" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86">
-        <v>953717</v>
+        <v>276717</v>
       </c>
       <c r="B86" t="s">
-        <v>1248</v>
-[...2 lines deleted...]
-        <v>2576127</v>
+        <v>1189</v>
       </c>
       <c r="D86" t="s">
-        <v>1848</v>
+        <v>1188</v>
       </c>
       <c r="E86" t="s">
-        <v>1849</v>
+        <v>1187</v>
       </c>
       <c r="F86" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>75020</v>
+        <v>186</v>
+      </c>
+      <c r="G86" s="8" t="s">
+        <v>1698</v>
       </c>
       <c r="H86" t="s">
-        <v>1247</v>
+        <v>1186</v>
       </c>
       <c r="I86" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87">
-        <v>1134374</v>
+        <v>954074</v>
       </c>
       <c r="B87" t="s">
-        <v>1659</v>
+        <v>1445</v>
       </c>
       <c r="D87" t="s">
-        <v>1660</v>
+        <v>1446</v>
       </c>
       <c r="E87" t="s">
-        <v>1661</v>
+        <v>332</v>
       </c>
       <c r="F87" t="s">
-        <v>60</v>
+        <v>161</v>
       </c>
       <c r="G87">
-        <v>75090</v>
+        <v>14206</v>
       </c>
       <c r="H87" t="s">
-        <v>1662</v>
+        <v>1447</v>
       </c>
       <c r="I87" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88">
-        <v>1631249</v>
+        <v>2600</v>
       </c>
       <c r="B88" t="s">
-        <v>1245</v>
+        <v>1184</v>
       </c>
       <c r="D88" t="s">
-        <v>1244</v>
+        <v>1965</v>
       </c>
       <c r="E88" t="s">
-        <v>1243</v>
+        <v>775</v>
       </c>
       <c r="F88" t="s">
-        <v>168</v>
+        <v>17</v>
       </c>
       <c r="G88">
-        <v>13202</v>
+        <v>92868</v>
       </c>
       <c r="H88" t="s">
-        <v>1242</v>
+        <v>1183</v>
       </c>
       <c r="I88" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89">
-        <v>276717</v>
+        <v>2600</v>
       </c>
       <c r="B89" t="s">
-        <v>1241</v>
+        <v>1184</v>
+      </c>
+      <c r="C89">
+        <v>13319</v>
       </c>
       <c r="D89" t="s">
-        <v>1240</v>
+        <v>1794</v>
       </c>
       <c r="E89" t="s">
-        <v>1239</v>
+        <v>1185</v>
       </c>
       <c r="F89" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>1771</v>
+        <v>114</v>
+      </c>
+      <c r="G89">
+        <v>46074</v>
       </c>
       <c r="H89" t="s">
-        <v>1238</v>
+        <v>1183</v>
       </c>
       <c r="I89" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90">
-        <v>954074</v>
+        <v>2600</v>
       </c>
       <c r="B90" t="s">
-        <v>1503</v>
+        <v>1184</v>
+      </c>
+      <c r="C90">
+        <v>1433720</v>
       </c>
       <c r="D90" t="s">
-        <v>1504</v>
+        <v>1570</v>
       </c>
       <c r="E90" t="s">
-        <v>344</v>
+        <v>270</v>
       </c>
       <c r="F90" t="s">
-        <v>168</v>
+        <v>57</v>
       </c>
       <c r="G90">
-        <v>14206</v>
+        <v>75024</v>
       </c>
       <c r="H90" t="s">
-        <v>1505</v>
+        <v>1183</v>
       </c>
       <c r="I90" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91">
         <v>2600</v>
       </c>
       <c r="B91" t="s">
-        <v>1235</v>
+        <v>1184</v>
+      </c>
+      <c r="C91">
+        <v>1439501</v>
       </c>
       <c r="D91" t="s">
-        <v>1237</v>
+        <v>1414</v>
       </c>
       <c r="E91" t="s">
-        <v>83</v>
+        <v>1194</v>
       </c>
       <c r="F91" t="s">
-        <v>17</v>
+        <v>89</v>
       </c>
       <c r="G91">
-        <v>92806</v>
+        <v>37067</v>
       </c>
       <c r="H91" t="s">
-        <v>1234</v>
+        <v>1183</v>
       </c>
       <c r="I91" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92">
-        <v>2600</v>
+        <v>937467</v>
       </c>
       <c r="B92" t="s">
-        <v>1235</v>
-[...2 lines deleted...]
-        <v>13319</v>
+        <v>1179</v>
       </c>
       <c r="D92" t="s">
-        <v>1870</v>
+        <v>1182</v>
       </c>
       <c r="E92" t="s">
-        <v>1236</v>
+        <v>1181</v>
       </c>
       <c r="F92" t="s">
-        <v>120</v>
+        <v>161</v>
       </c>
       <c r="G92">
-        <v>46074</v>
+        <v>11797</v>
       </c>
       <c r="H92" t="s">
-        <v>1234</v>
+        <v>1180</v>
       </c>
       <c r="I92" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93">
-        <v>2600</v>
+        <v>937467</v>
       </c>
       <c r="B93" t="s">
-        <v>1235</v>
+        <v>1179</v>
       </c>
       <c r="C93">
-        <v>1433720</v>
+        <v>956632</v>
       </c>
       <c r="D93" t="s">
-        <v>1637</v>
+        <v>1178</v>
       </c>
       <c r="E93" t="s">
-        <v>282</v>
+        <v>163</v>
       </c>
       <c r="F93" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="G93">
-        <v>75024</v>
+        <v>15219</v>
       </c>
       <c r="H93" t="s">
-        <v>1234</v>
+        <v>1177</v>
       </c>
       <c r="I93" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94">
-        <v>2600</v>
+        <v>933075</v>
       </c>
       <c r="B94" t="s">
-        <v>1235</v>
-[...2 lines deleted...]
-        <v>1439501</v>
+        <v>1173</v>
       </c>
       <c r="D94" t="s">
-        <v>1472</v>
+        <v>1176</v>
       </c>
       <c r="E94" t="s">
-        <v>1246</v>
+        <v>1175</v>
       </c>
       <c r="F94" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>37067</v>
+        <v>11</v>
+      </c>
+      <c r="G94" s="8" t="s">
+        <v>1699</v>
       </c>
       <c r="H94" t="s">
-        <v>1234</v>
+        <v>1174</v>
       </c>
       <c r="I94" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95">
-        <v>937467</v>
+        <v>933075</v>
       </c>
       <c r="B95" t="s">
-        <v>1230</v>
+        <v>1173</v>
+      </c>
+      <c r="C95">
+        <v>1573356</v>
       </c>
       <c r="D95" t="s">
-        <v>1233</v>
+        <v>1172</v>
       </c>
       <c r="E95" t="s">
-        <v>1232</v>
+        <v>1171</v>
       </c>
       <c r="F95" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-        <v>11797</v>
+        <v>21</v>
+      </c>
+      <c r="G95" s="8" t="s">
+        <v>1700</v>
       </c>
       <c r="H95" t="s">
-        <v>1231</v>
+        <v>1170</v>
       </c>
       <c r="I95" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96">
-        <v>937467</v>
+        <v>942695</v>
       </c>
       <c r="B96" t="s">
-        <v>1230</v>
-[...2 lines deleted...]
-        <v>956632</v>
+        <v>1166</v>
       </c>
       <c r="D96" t="s">
-        <v>1229</v>
+        <v>1448</v>
       </c>
       <c r="E96" t="s">
-        <v>170</v>
+        <v>1449</v>
       </c>
       <c r="F96" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>15219</v>
+        <v>186</v>
+      </c>
+      <c r="G96" s="8" t="s">
+        <v>1701</v>
       </c>
       <c r="H96" t="s">
-        <v>1228</v>
+        <v>1169</v>
       </c>
       <c r="I96" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97">
-        <v>933075</v>
+        <v>942695</v>
       </c>
       <c r="B97" t="s">
-        <v>1224</v>
+        <v>1166</v>
+      </c>
+      <c r="C97">
+        <v>954029</v>
       </c>
       <c r="D97" t="s">
-        <v>1227</v>
+        <v>1168</v>
       </c>
       <c r="E97" t="s">
-        <v>1226</v>
+        <v>733</v>
       </c>
       <c r="F97" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>1772</v>
+        <v>362</v>
+      </c>
+      <c r="G97">
+        <v>74134</v>
       </c>
       <c r="H97" t="s">
-        <v>1225</v>
+        <v>1167</v>
       </c>
       <c r="I97" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98">
-        <v>933075</v>
+        <v>942695</v>
       </c>
       <c r="B98" t="s">
-        <v>1224</v>
+        <v>1166</v>
       </c>
       <c r="C98">
-        <v>1573356</v>
+        <v>997882</v>
       </c>
       <c r="D98" t="s">
-        <v>1223</v>
+        <v>1165</v>
       </c>
       <c r="E98" t="s">
-        <v>1222</v>
+        <v>188</v>
       </c>
       <c r="F98" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>1773</v>
+        <v>64</v>
+      </c>
+      <c r="G98">
+        <v>85040</v>
       </c>
       <c r="H98" t="s">
-        <v>1221</v>
+        <v>1164</v>
       </c>
       <c r="I98" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99">
         <v>942695</v>
       </c>
       <c r="B99" t="s">
-        <v>1215</v>
+        <v>1166</v>
+      </c>
+      <c r="C99">
+        <v>2455989</v>
       </c>
       <c r="D99" t="s">
-        <v>1506</v>
+        <v>1622</v>
       </c>
       <c r="E99" t="s">
-        <v>1507</v>
+        <v>1110</v>
       </c>
       <c r="F99" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>1774</v>
+        <v>83</v>
+      </c>
+      <c r="G99">
+        <v>33394</v>
       </c>
       <c r="H99" t="s">
-        <v>1220</v>
+        <v>1164</v>
       </c>
       <c r="I99" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100">
-        <v>942695</v>
+        <v>1306118</v>
       </c>
       <c r="B100" t="s">
-        <v>1215</v>
-[...2 lines deleted...]
-        <v>954029</v>
+        <v>1481</v>
       </c>
       <c r="D100" t="s">
-        <v>1219</v>
+        <v>1623</v>
       </c>
       <c r="E100" t="s">
-        <v>766</v>
+        <v>284</v>
       </c>
       <c r="F100" t="s">
-        <v>374</v>
-[...2 lines deleted...]
-        <v>74134</v>
+        <v>60</v>
+      </c>
+      <c r="G100" s="8" t="s">
+        <v>1702</v>
       </c>
       <c r="H100" t="s">
-        <v>1218</v>
+        <v>1482</v>
       </c>
       <c r="I100" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101">
-        <v>942695</v>
+        <v>1126424</v>
       </c>
       <c r="B101" t="s">
-        <v>1215</v>
-[...2 lines deleted...]
-        <v>954043</v>
+        <v>1163</v>
       </c>
       <c r="D101" t="s">
-        <v>1217</v>
+        <v>202</v>
       </c>
       <c r="E101" t="s">
-        <v>932</v>
+        <v>201</v>
       </c>
       <c r="F101" t="s">
-        <v>74</v>
+        <v>200</v>
       </c>
       <c r="G101">
-        <v>55113</v>
+        <v>50613</v>
       </c>
       <c r="H101" t="s">
-        <v>1216</v>
+        <v>1162</v>
       </c>
       <c r="I101" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102">
-        <v>942695</v>
+        <v>1126424</v>
       </c>
       <c r="B102" t="s">
-        <v>1215</v>
+        <v>1163</v>
       </c>
       <c r="C102">
-        <v>997882</v>
+        <v>1178645</v>
       </c>
       <c r="D102" t="s">
-        <v>1214</v>
+        <v>198</v>
       </c>
       <c r="E102" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-        <v>67</v>
+        <v>197</v>
       </c>
       <c r="G102">
-        <v>85040</v>
+        <v>1634</v>
       </c>
       <c r="H102" t="s">
-        <v>1213</v>
+        <v>1162</v>
       </c>
       <c r="I102" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103">
-        <v>942695</v>
+        <v>1126424</v>
       </c>
       <c r="B103" t="s">
-        <v>1215</v>
+        <v>1163</v>
       </c>
       <c r="C103">
-        <v>2455989</v>
+        <v>2400105</v>
       </c>
       <c r="D103" t="s">
-        <v>1694</v>
+        <v>195</v>
       </c>
       <c r="E103" t="s">
-        <v>1159</v>
+        <v>194</v>
       </c>
       <c r="F103" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="G103">
-        <v>33394</v>
+        <v>37042</v>
       </c>
       <c r="H103" t="s">
-        <v>1213</v>
+        <v>1162</v>
       </c>
       <c r="I103" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104">
-        <v>1306118</v>
+        <v>959560</v>
       </c>
       <c r="B104" t="s">
-        <v>1539</v>
+        <v>1161</v>
       </c>
       <c r="D104" t="s">
-        <v>1695</v>
+        <v>1160</v>
       </c>
       <c r="E104" t="s">
-        <v>296</v>
+        <v>1159</v>
       </c>
       <c r="F104" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>1775</v>
+        <v>17</v>
+      </c>
+      <c r="G104">
+        <v>91302</v>
       </c>
       <c r="H104" t="s">
-        <v>1540</v>
+        <v>1158</v>
       </c>
       <c r="I104" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105">
-        <v>1126424</v>
+        <v>929038</v>
       </c>
       <c r="B105" t="s">
-        <v>1212</v>
+        <v>1157</v>
       </c>
       <c r="D105" t="s">
-        <v>209</v>
+        <v>1156</v>
       </c>
       <c r="E105" t="s">
-        <v>208</v>
+        <v>1155</v>
       </c>
       <c r="F105" t="s">
-        <v>207</v>
+        <v>71</v>
       </c>
       <c r="G105">
-        <v>50613</v>
+        <v>55343</v>
       </c>
       <c r="H105" t="s">
-        <v>1211</v>
+        <v>1154</v>
       </c>
       <c r="I105" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106">
-        <v>1126424</v>
+        <v>1215163</v>
       </c>
       <c r="B106" t="s">
-        <v>1212</v>
-[...2 lines deleted...]
-        <v>1178645</v>
+        <v>1703</v>
       </c>
       <c r="D106" t="s">
-        <v>205</v>
+        <v>1153</v>
       </c>
       <c r="E106" t="s">
-        <v>204</v>
+        <v>239</v>
+      </c>
+      <c r="F106" t="s">
+        <v>793</v>
       </c>
       <c r="G106">
-        <v>1634</v>
+        <v>72745</v>
       </c>
       <c r="H106" t="s">
-        <v>1211</v>
+        <v>1152</v>
       </c>
       <c r="I106" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107">
-        <v>1126424</v>
+        <v>1805652</v>
       </c>
       <c r="B107" t="s">
-        <v>1212</v>
-[...2 lines deleted...]
-        <v>2400105</v>
+        <v>1151</v>
       </c>
       <c r="D107" t="s">
-        <v>202</v>
+        <v>1571</v>
       </c>
       <c r="E107" t="s">
-        <v>201</v>
+        <v>1572</v>
       </c>
       <c r="F107" t="s">
-        <v>92</v>
+        <v>367</v>
       </c>
       <c r="G107">
-        <v>37042</v>
+        <v>48092</v>
       </c>
       <c r="H107" t="s">
-        <v>1211</v>
+        <v>1150</v>
       </c>
       <c r="I107" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108">
-        <v>959560</v>
+        <v>1134223</v>
       </c>
       <c r="B108" t="s">
-        <v>1210</v>
+        <v>1149</v>
       </c>
       <c r="D108" t="s">
-        <v>1209</v>
+        <v>1148</v>
       </c>
       <c r="E108" t="s">
-        <v>1208</v>
+        <v>1037</v>
       </c>
       <c r="F108" t="s">
-        <v>17</v>
+        <v>582</v>
       </c>
       <c r="G108">
-        <v>91302</v>
+        <v>40511</v>
       </c>
       <c r="H108" t="s">
-        <v>1207</v>
+        <v>1147</v>
       </c>
       <c r="I108" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109">
-        <v>929038</v>
+        <v>934561</v>
       </c>
       <c r="B109" t="s">
-        <v>1206</v>
+        <v>1143</v>
       </c>
       <c r="D109" t="s">
-        <v>1205</v>
+        <v>1836</v>
       </c>
       <c r="E109" t="s">
-        <v>1204</v>
+        <v>714</v>
       </c>
       <c r="F109" t="s">
-        <v>74</v>
+        <v>165</v>
       </c>
       <c r="G109">
-        <v>55343</v>
+        <v>63045</v>
       </c>
       <c r="H109" t="s">
-        <v>1203</v>
+        <v>1146</v>
       </c>
       <c r="I109" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110">
-        <v>1215163</v>
+        <v>934561</v>
       </c>
       <c r="B110" t="s">
-        <v>1776</v>
+        <v>1143</v>
+      </c>
+      <c r="C110">
+        <v>1098474</v>
       </c>
       <c r="D110" t="s">
-        <v>1202</v>
+        <v>1145</v>
       </c>
       <c r="E110" t="s">
-        <v>247</v>
-[...6 lines deleted...]
-      </c>
+        <v>1144</v>
+      </c>
+      <c r="G110"/>
       <c r="H110" t="s">
-        <v>1201</v>
+        <v>1142</v>
       </c>
       <c r="I110" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111">
-        <v>1805652</v>
+        <v>1820</v>
       </c>
       <c r="B111" t="s">
-        <v>1200</v>
+        <v>1871</v>
       </c>
       <c r="D111" t="s">
-        <v>1638</v>
+        <v>1872</v>
       </c>
       <c r="E111" t="s">
-        <v>1639</v>
+        <v>1873</v>
       </c>
       <c r="F111" t="s">
-        <v>379</v>
+        <v>17</v>
       </c>
       <c r="G111">
-        <v>48092</v>
+        <v>94583</v>
       </c>
       <c r="H111" t="s">
-        <v>1199</v>
+        <v>1874</v>
       </c>
       <c r="I111" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112">
-        <v>1134223</v>
+        <v>1820</v>
       </c>
       <c r="B112" t="s">
-        <v>1198</v>
+        <v>1871</v>
       </c>
       <c r="D112" t="s">
-        <v>1197</v>
+        <v>1872</v>
       </c>
       <c r="E112" t="s">
-        <v>1086</v>
+        <v>1873</v>
       </c>
       <c r="F112" t="s">
-        <v>602</v>
+        <v>17</v>
       </c>
       <c r="G112">
-        <v>40511</v>
+        <v>94583</v>
       </c>
       <c r="H112" t="s">
-        <v>1196</v>
+        <v>1874</v>
       </c>
       <c r="I112" t="s">
-        <v>0</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113">
-        <v>934561</v>
+        <v>967350</v>
       </c>
       <c r="B113" t="s">
-        <v>1192</v>
+        <v>1875</v>
       </c>
       <c r="D113" t="s">
-        <v>1916</v>
+        <v>1141</v>
       </c>
       <c r="E113" t="s">
-        <v>745</v>
+        <v>1140</v>
       </c>
       <c r="F113" t="s">
-        <v>172</v>
+        <v>161</v>
       </c>
       <c r="G113">
-        <v>63045</v>
+        <v>14454</v>
       </c>
       <c r="H113" t="s">
-        <v>1195</v>
+        <v>1135</v>
       </c>
       <c r="I113" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114">
-        <v>934561</v>
+        <v>967350</v>
       </c>
       <c r="B114" t="s">
-        <v>1192</v>
+        <v>1875</v>
       </c>
       <c r="C114">
-        <v>1098474</v>
+        <v>1875541</v>
       </c>
       <c r="D114" t="s">
-        <v>1194</v>
+        <v>1139</v>
       </c>
       <c r="E114" t="s">
-        <v>1193</v>
-[...1 lines deleted...]
-      <c r="G114"/>
+        <v>1138</v>
+      </c>
+      <c r="F114" t="s">
+        <v>275</v>
+      </c>
+      <c r="G114">
+        <v>71292</v>
+      </c>
       <c r="H114" t="s">
-        <v>1191</v>
+        <v>1135</v>
       </c>
       <c r="I114" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115">
-        <v>1820</v>
+        <v>967350</v>
       </c>
       <c r="B115" t="s">
-        <v>1954</v>
+        <v>1875</v>
+      </c>
+      <c r="C115">
+        <v>1906763</v>
       </c>
       <c r="D115" t="s">
-        <v>1955</v>
+        <v>1137</v>
       </c>
       <c r="E115" t="s">
-        <v>1956</v>
+        <v>1136</v>
       </c>
       <c r="F115" t="s">
-        <v>17</v>
+        <v>161</v>
       </c>
       <c r="G115">
-        <v>94583</v>
+        <v>14052</v>
       </c>
       <c r="H115" t="s">
-        <v>1957</v>
+        <v>1135</v>
       </c>
       <c r="I115" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116">
-        <v>1820</v>
+        <v>952163</v>
       </c>
       <c r="B116" t="s">
-        <v>1954</v>
+        <v>1134</v>
       </c>
       <c r="D116" t="s">
-        <v>1955</v>
+        <v>1133</v>
       </c>
       <c r="E116" t="s">
-        <v>1956</v>
+        <v>1132</v>
       </c>
       <c r="F116" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>94583</v>
+        <v>11</v>
+      </c>
+      <c r="G116" s="8" t="s">
+        <v>1704</v>
       </c>
       <c r="H116" t="s">
-        <v>1957</v>
+        <v>1131</v>
       </c>
       <c r="I116" t="s">
-        <v>1484</v>
+        <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117">
-        <v>967350</v>
+        <v>1687735</v>
       </c>
       <c r="B117" t="s">
-        <v>1958</v>
+        <v>1130</v>
       </c>
       <c r="D117" t="s">
-        <v>1190</v>
+        <v>1624</v>
       </c>
       <c r="E117" t="s">
-        <v>1189</v>
+        <v>270</v>
       </c>
       <c r="F117" t="s">
-        <v>168</v>
+        <v>57</v>
       </c>
       <c r="G117">
-        <v>14454</v>
+        <v>75024</v>
       </c>
       <c r="H117" t="s">
-        <v>1184</v>
+        <v>1129</v>
       </c>
       <c r="I117" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118">
-        <v>967350</v>
+        <v>1687735</v>
       </c>
       <c r="B118" t="s">
-        <v>1958</v>
+        <v>1130</v>
       </c>
       <c r="C118">
-        <v>1875541</v>
+        <v>2586636</v>
       </c>
       <c r="D118" t="s">
-        <v>1188</v>
+        <v>1837</v>
       </c>
       <c r="E118" t="s">
-        <v>1187</v>
-[...2 lines deleted...]
-        <v>287</v>
+        <v>170</v>
       </c>
       <c r="G118">
-        <v>71292</v>
+        <v>1110</v>
       </c>
       <c r="H118" t="s">
-        <v>1184</v>
+        <v>1129</v>
       </c>
       <c r="I118" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119">
-        <v>967350</v>
+        <v>934255</v>
       </c>
       <c r="B119" t="s">
-        <v>1958</v>
-[...2 lines deleted...]
-        <v>1906763</v>
+        <v>1128</v>
       </c>
       <c r="D119" t="s">
-        <v>1186</v>
+        <v>1127</v>
       </c>
       <c r="E119" t="s">
-        <v>1185</v>
+        <v>1126</v>
       </c>
       <c r="F119" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-        <v>14052</v>
+        <v>17</v>
+      </c>
+      <c r="G119" t="s">
+        <v>1125</v>
       </c>
       <c r="H119" t="s">
-        <v>1184</v>
+        <v>1124</v>
       </c>
       <c r="I119" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120">
-        <v>952163</v>
+        <v>929063</v>
       </c>
       <c r="B120" t="s">
-        <v>1183</v>
+        <v>1123</v>
       </c>
       <c r="D120" t="s">
-        <v>1182</v>
+        <v>1122</v>
       </c>
       <c r="E120" t="s">
-        <v>1181</v>
+        <v>1121</v>
       </c>
       <c r="F120" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>1777</v>
+        <v>161</v>
+      </c>
+      <c r="G120">
+        <v>12550</v>
       </c>
       <c r="H120" t="s">
-        <v>1180</v>
+        <v>1120</v>
       </c>
       <c r="I120" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121">
-        <v>1687735</v>
+        <v>1668768</v>
       </c>
       <c r="B121" t="s">
-        <v>1179</v>
+        <v>1119</v>
       </c>
       <c r="D121" t="s">
-        <v>1696</v>
+        <v>1118</v>
       </c>
       <c r="E121" t="s">
-        <v>282</v>
+        <v>1117</v>
       </c>
       <c r="F121" t="s">
-        <v>60</v>
+        <v>28</v>
       </c>
       <c r="G121">
-        <v>75024</v>
+        <v>60506</v>
       </c>
       <c r="H121" t="s">
-        <v>1178</v>
+        <v>1116</v>
       </c>
       <c r="I121" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122">
-        <v>1687735</v>
+        <v>1025901</v>
       </c>
       <c r="B122" t="s">
-        <v>1179</v>
-[...2 lines deleted...]
-        <v>2586636</v>
+        <v>1450</v>
       </c>
       <c r="D122" t="s">
-        <v>1917</v>
+        <v>1451</v>
       </c>
       <c r="E122" t="s">
-        <v>177</v>
+        <v>163</v>
+      </c>
+      <c r="F122" t="s">
+        <v>18</v>
       </c>
       <c r="G122">
-        <v>1110</v>
+        <v>15220</v>
       </c>
       <c r="H122" t="s">
-        <v>1178</v>
+        <v>1454</v>
       </c>
       <c r="I122" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123">
-        <v>934255</v>
+        <v>1025901</v>
       </c>
       <c r="B123" t="s">
-        <v>1177</v>
+        <v>1450</v>
+      </c>
+      <c r="C123">
+        <v>2294005</v>
       </c>
       <c r="D123" t="s">
-        <v>1176</v>
+        <v>1452</v>
       </c>
       <c r="E123" t="s">
-        <v>1175</v>
-[...5 lines deleted...]
-        <v>1174</v>
+        <v>1453</v>
+      </c>
+      <c r="G123">
+        <v>121003</v>
       </c>
       <c r="H123" t="s">
-        <v>1173</v>
+        <v>1454</v>
       </c>
       <c r="I123" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124">
-        <v>929063</v>
+        <v>1603096</v>
       </c>
       <c r="B124" t="s">
-        <v>1172</v>
+        <v>1926</v>
       </c>
       <c r="D124" t="s">
-        <v>1171</v>
+        <v>1927</v>
       </c>
       <c r="E124" t="s">
-        <v>1170</v>
+        <v>315</v>
       </c>
       <c r="F124" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="G124">
-        <v>12550</v>
+        <v>98208</v>
       </c>
       <c r="H124" t="s">
-        <v>1169</v>
+        <v>1928</v>
       </c>
       <c r="I124" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125">
-        <v>1668768</v>
+        <v>1603096</v>
       </c>
       <c r="B125" t="s">
-        <v>1168</v>
+        <v>1926</v>
       </c>
       <c r="D125" t="s">
-        <v>1167</v>
+        <v>1927</v>
       </c>
       <c r="E125" t="s">
-        <v>1166</v>
+        <v>315</v>
       </c>
       <c r="F125" t="s">
-        <v>28</v>
+        <v>167</v>
       </c>
       <c r="G125">
-        <v>60506</v>
+        <v>98208</v>
       </c>
       <c r="H125" t="s">
-        <v>1165</v>
+        <v>1928</v>
       </c>
       <c r="I125" t="s">
-        <v>0</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126">
-        <v>1025901</v>
+        <v>1603096</v>
       </c>
       <c r="B126" t="s">
-        <v>1508</v>
+        <v>1926</v>
+      </c>
+      <c r="C126">
+        <v>2276891</v>
       </c>
       <c r="D126" t="s">
-        <v>1509</v>
+        <v>1929</v>
       </c>
       <c r="E126" t="s">
-        <v>170</v>
+        <v>188</v>
       </c>
       <c r="F126" t="s">
-        <v>18</v>
+        <v>64</v>
       </c>
       <c r="G126">
-        <v>15220</v>
+        <v>85053</v>
       </c>
       <c r="H126" t="s">
-        <v>1512</v>
+        <v>1928</v>
       </c>
       <c r="I126" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127">
-        <v>1025901</v>
+        <v>940544</v>
       </c>
       <c r="B127" t="s">
-        <v>1508</v>
-[...2 lines deleted...]
-        <v>2294005</v>
+        <v>1115</v>
       </c>
       <c r="D127" t="s">
-        <v>1510</v>
+        <v>1876</v>
       </c>
       <c r="E127" t="s">
-        <v>1511</v>
-[...2 lines deleted...]
-        <v>121003</v>
+        <v>516</v>
+      </c>
+      <c r="F127" t="s">
+        <v>21</v>
+      </c>
+      <c r="G127" s="8" t="s">
+        <v>1705</v>
       </c>
       <c r="H127" t="s">
-        <v>1512</v>
+        <v>1114</v>
       </c>
       <c r="I127" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128">
-        <v>1603096</v>
+        <v>947717</v>
       </c>
       <c r="B128" t="s">
-        <v>2013</v>
+        <v>1106</v>
       </c>
       <c r="D128" t="s">
-        <v>2014</v>
+        <v>1108</v>
       </c>
       <c r="E128" t="s">
-        <v>327</v>
+        <v>1025</v>
       </c>
       <c r="F128" t="s">
-        <v>174</v>
+        <v>83</v>
       </c>
       <c r="G128">
-        <v>98208</v>
+        <v>33716</v>
       </c>
       <c r="H128" t="s">
-        <v>2015</v>
+        <v>1107</v>
       </c>
       <c r="I128" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129">
-        <v>1603096</v>
+        <v>947717</v>
       </c>
       <c r="B129" t="s">
-        <v>2013</v>
+        <v>1106</v>
+      </c>
+      <c r="C129">
+        <v>951336</v>
       </c>
       <c r="D129" t="s">
-        <v>2014</v>
+        <v>1519</v>
       </c>
       <c r="E129" t="s">
-        <v>327</v>
+        <v>94</v>
       </c>
       <c r="F129" t="s">
-        <v>174</v>
+        <v>83</v>
       </c>
       <c r="G129">
-        <v>98208</v>
+        <v>32202</v>
       </c>
       <c r="H129" t="s">
-        <v>2015</v>
+        <v>1105</v>
       </c>
       <c r="I129" t="s">
-        <v>1469</v>
+        <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130">
-        <v>1603096</v>
+        <v>3020</v>
       </c>
       <c r="B130" t="s">
-        <v>2013</v>
-[...2 lines deleted...]
-        <v>2276891</v>
+        <v>1102</v>
       </c>
       <c r="D130" t="s">
-        <v>2016</v>
+        <v>1104</v>
       </c>
       <c r="E130" t="s">
-        <v>195</v>
+        <v>1103</v>
       </c>
       <c r="F130" t="s">
-        <v>67</v>
+        <v>367</v>
       </c>
       <c r="G130">
-        <v>85053</v>
+        <v>48906</v>
       </c>
       <c r="H130" t="s">
-        <v>2015</v>
+        <v>1101</v>
       </c>
       <c r="I130" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131">
-        <v>940544</v>
+        <v>934772</v>
       </c>
       <c r="B131" t="s">
-        <v>1164</v>
+        <v>1100</v>
       </c>
       <c r="D131" t="s">
-        <v>1959</v>
+        <v>1099</v>
       </c>
       <c r="E131" t="s">
-        <v>532</v>
+        <v>1098</v>
       </c>
       <c r="F131" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>1778</v>
+        <v>15</v>
+      </c>
+      <c r="G131">
+        <v>27106</v>
       </c>
       <c r="H131" t="s">
-        <v>1163</v>
+        <v>1097</v>
       </c>
       <c r="I131" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132">
-        <v>947717</v>
+        <v>1202454</v>
       </c>
       <c r="B132" t="s">
-        <v>1155</v>
+        <v>1096</v>
       </c>
       <c r="D132" t="s">
-        <v>1157</v>
+        <v>1095</v>
       </c>
       <c r="E132" t="s">
-        <v>1073</v>
+        <v>1094</v>
       </c>
       <c r="F132" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>33716</v>
+        <v>11</v>
+      </c>
+      <c r="G132" s="8" t="s">
+        <v>1706</v>
       </c>
       <c r="H132" t="s">
-        <v>1156</v>
+        <v>1093</v>
       </c>
       <c r="I132" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133">
-        <v>947717</v>
+        <v>1000538</v>
       </c>
       <c r="B133" t="s">
-        <v>1155</v>
-[...2 lines deleted...]
-        <v>951336</v>
+        <v>1625</v>
       </c>
       <c r="D133" t="s">
-        <v>1579</v>
+        <v>1626</v>
       </c>
       <c r="E133" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>1627</v>
       </c>
       <c r="G133">
-        <v>32202</v>
+        <v>122002</v>
       </c>
       <c r="H133" t="s">
-        <v>1154</v>
+        <v>1628</v>
       </c>
       <c r="I133" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134">
-        <v>3020</v>
+        <v>1000538</v>
       </c>
       <c r="B134" t="s">
-        <v>1151</v>
+        <v>1625</v>
+      </c>
+      <c r="C134">
+        <v>2273428</v>
       </c>
       <c r="D134" t="s">
-        <v>1153</v>
+        <v>1629</v>
       </c>
       <c r="E134" t="s">
-        <v>1152</v>
-[...2 lines deleted...]
-        <v>379</v>
+        <v>1630</v>
       </c>
       <c r="G134">
-        <v>48906</v>
+        <v>560045</v>
       </c>
       <c r="H134" t="s">
-        <v>1150</v>
+        <v>1628</v>
       </c>
       <c r="I134" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135">
-        <v>934772</v>
+        <v>1000538</v>
       </c>
       <c r="B135" t="s">
-        <v>1149</v>
+        <v>1625</v>
+      </c>
+      <c r="C135">
+        <v>2669726</v>
       </c>
       <c r="D135" t="s">
-        <v>1148</v>
+        <v>1966</v>
       </c>
       <c r="E135" t="s">
-        <v>1147</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>456</v>
       </c>
       <c r="G135">
-        <v>27106</v>
+        <v>400064</v>
       </c>
       <c r="H135" t="s">
-        <v>1146</v>
+        <v>1628</v>
       </c>
       <c r="I135" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136">
-        <v>1202454</v>
+        <v>365917</v>
       </c>
       <c r="B136" t="s">
-        <v>1145</v>
+        <v>1484</v>
       </c>
       <c r="D136" t="s">
-        <v>1144</v>
+        <v>1775</v>
       </c>
       <c r="E136" t="s">
-        <v>1143</v>
+        <v>1092</v>
       </c>
       <c r="F136" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>1779</v>
+        <v>64</v>
+      </c>
+      <c r="G136">
+        <v>85251</v>
       </c>
       <c r="H136" t="s">
-        <v>1142</v>
+        <v>1091</v>
       </c>
       <c r="I136" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137">
-        <v>1000538</v>
+        <v>1608597</v>
       </c>
       <c r="B137" t="s">
-        <v>1697</v>
+        <v>1088</v>
       </c>
       <c r="D137" t="s">
-        <v>1698</v>
+        <v>1090</v>
       </c>
       <c r="E137" t="s">
-        <v>1699</v>
+        <v>1089</v>
+      </c>
+      <c r="F137" t="s">
+        <v>28</v>
       </c>
       <c r="G137">
-        <v>122002</v>
+        <v>60035</v>
       </c>
       <c r="H137" t="s">
-        <v>1700</v>
+        <v>1085</v>
       </c>
       <c r="I137" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138">
-        <v>1000538</v>
+        <v>1608597</v>
       </c>
       <c r="B138" t="s">
-        <v>1697</v>
+        <v>1088</v>
       </c>
       <c r="C138">
-        <v>2273428</v>
+        <v>1678058</v>
       </c>
       <c r="D138" t="s">
-        <v>1701</v>
+        <v>1087</v>
       </c>
       <c r="E138" t="s">
-        <v>1702</v>
+        <v>1086</v>
       </c>
       <c r="G138">
-        <v>560045</v>
+        <v>33166</v>
       </c>
       <c r="H138" t="s">
-        <v>1700</v>
+        <v>1085</v>
       </c>
       <c r="I138" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139">
-        <v>365917</v>
+        <v>931244</v>
       </c>
       <c r="B139" t="s">
-        <v>1542</v>
+        <v>1084</v>
       </c>
       <c r="D139" t="s">
-        <v>1850</v>
+        <v>1083</v>
       </c>
       <c r="E139" t="s">
-        <v>1141</v>
+        <v>1082</v>
       </c>
       <c r="F139" t="s">
-        <v>67</v>
+        <v>17</v>
       </c>
       <c r="G139">
-        <v>85251</v>
+        <v>92025</v>
       </c>
       <c r="H139" t="s">
-        <v>1140</v>
+        <v>1081</v>
       </c>
       <c r="I139" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140">
-        <v>1608597</v>
+        <v>943494</v>
       </c>
       <c r="B140" t="s">
-        <v>1137</v>
+        <v>1080</v>
       </c>
       <c r="D140" t="s">
-        <v>1139</v>
+        <v>1899</v>
       </c>
       <c r="E140" t="s">
-        <v>1138</v>
+        <v>188</v>
       </c>
       <c r="F140" t="s">
-        <v>28</v>
+        <v>64</v>
       </c>
       <c r="G140">
-        <v>60035</v>
+        <v>85021</v>
       </c>
       <c r="H140" t="s">
-        <v>1134</v>
+        <v>1079</v>
       </c>
       <c r="I140" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141">
-        <v>1608597</v>
+        <v>1775977</v>
       </c>
       <c r="B141" t="s">
-        <v>1137</v>
-[...2 lines deleted...]
-        <v>1678058</v>
+        <v>1078</v>
       </c>
       <c r="D141" t="s">
-        <v>1136</v>
+        <v>1415</v>
       </c>
       <c r="E141" t="s">
-        <v>1135</v>
+        <v>1077</v>
       </c>
       <c r="G141">
-        <v>33166</v>
+        <v>22424</v>
       </c>
       <c r="H141" t="s">
-        <v>1134</v>
+        <v>1076</v>
       </c>
       <c r="I141" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142">
-        <v>931244</v>
+        <v>2001109</v>
       </c>
       <c r="B142" t="s">
-        <v>1133</v>
+        <v>1795</v>
       </c>
       <c r="D142" t="s">
-        <v>1132</v>
+        <v>1796</v>
       </c>
       <c r="E142" t="s">
-        <v>1131</v>
-[...5 lines deleted...]
-        <v>92025</v>
+        <v>1797</v>
+      </c>
+      <c r="G142" s="8" t="s">
+        <v>1798</v>
       </c>
       <c r="H142" t="s">
-        <v>1130</v>
+        <v>1799</v>
       </c>
       <c r="I142" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143">
-        <v>943494</v>
+        <v>931208</v>
       </c>
       <c r="B143" t="s">
-        <v>1129</v>
+        <v>1573</v>
       </c>
       <c r="D143" t="s">
-        <v>1983</v>
+        <v>1074</v>
       </c>
       <c r="E143" t="s">
-        <v>195</v>
+        <v>1073</v>
       </c>
       <c r="F143" t="s">
-        <v>67</v>
+        <v>161</v>
       </c>
       <c r="G143">
-        <v>85021</v>
+        <v>14450</v>
       </c>
       <c r="H143" t="s">
-        <v>1128</v>
+        <v>1072</v>
       </c>
       <c r="I143" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144">
-        <v>1775977</v>
+        <v>931208</v>
       </c>
       <c r="B144" t="s">
-        <v>1127</v>
+        <v>1573</v>
+      </c>
+      <c r="C144">
+        <v>951142</v>
       </c>
       <c r="D144" t="s">
-        <v>1473</v>
+        <v>1900</v>
       </c>
       <c r="E144" t="s">
-        <v>1126</v>
+        <v>409</v>
+      </c>
+      <c r="F144" t="s">
+        <v>161</v>
       </c>
       <c r="G144">
-        <v>22424</v>
+        <v>14227</v>
       </c>
       <c r="H144" t="s">
-        <v>1125</v>
+        <v>1071</v>
       </c>
       <c r="I144" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145">
-        <v>2001109</v>
+        <v>954069</v>
       </c>
       <c r="B145" t="s">
-        <v>1871</v>
+        <v>1070</v>
       </c>
       <c r="D145" t="s">
-        <v>1872</v>
+        <v>1069</v>
       </c>
       <c r="E145" t="s">
-        <v>1873</v>
-[...2 lines deleted...]
-        <v>1874</v>
+        <v>1068</v>
+      </c>
+      <c r="F145" t="s">
+        <v>63</v>
+      </c>
+      <c r="G145">
+        <v>30901</v>
       </c>
       <c r="H145" t="s">
-        <v>1875</v>
+        <v>1067</v>
       </c>
       <c r="I145" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146">
-        <v>931208</v>
+        <v>1134094</v>
       </c>
       <c r="B146" t="s">
-        <v>1640</v>
+        <v>1065</v>
       </c>
       <c r="D146" t="s">
-        <v>1123</v>
+        <v>1066</v>
       </c>
       <c r="E146" t="s">
-        <v>1122</v>
+        <v>221</v>
       </c>
       <c r="F146" t="s">
-        <v>168</v>
+        <v>57</v>
       </c>
       <c r="G146">
-        <v>14450</v>
+        <v>75287</v>
       </c>
       <c r="H146" t="s">
-        <v>1121</v>
+        <v>1061</v>
       </c>
       <c r="I146" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147">
-        <v>931208</v>
+        <v>1134094</v>
       </c>
       <c r="B147" t="s">
-        <v>1640</v>
+        <v>1065</v>
       </c>
       <c r="C147">
-        <v>951142</v>
+        <v>1410896</v>
       </c>
       <c r="D147" t="s">
-        <v>1984</v>
+        <v>1064</v>
       </c>
       <c r="E147" t="s">
-        <v>425</v>
-[...5 lines deleted...]
-        <v>14227</v>
+        <v>1063</v>
+      </c>
+      <c r="G147" t="s">
+        <v>1062</v>
       </c>
       <c r="H147" t="s">
-        <v>1120</v>
+        <v>1061</v>
       </c>
       <c r="I147" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148">
-        <v>954069</v>
+        <v>932663</v>
       </c>
       <c r="B148" t="s">
-        <v>1119</v>
+        <v>1055</v>
       </c>
       <c r="D148" t="s">
-        <v>1118</v>
+        <v>1060</v>
       </c>
       <c r="E148" t="s">
-        <v>1117</v>
+        <v>1059</v>
       </c>
       <c r="F148" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>30901</v>
+        <v>11</v>
+      </c>
+      <c r="G148" s="8" t="s">
+        <v>1707</v>
       </c>
       <c r="H148" t="s">
-        <v>1116</v>
+        <v>1058</v>
       </c>
       <c r="I148" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149">
-        <v>1134094</v>
+        <v>932663</v>
       </c>
       <c r="B149" t="s">
-        <v>1114</v>
+        <v>1055</v>
+      </c>
+      <c r="C149">
+        <v>950654</v>
       </c>
       <c r="D149" t="s">
-        <v>1115</v>
+        <v>1057</v>
       </c>
       <c r="E149" t="s">
-        <v>229</v>
+        <v>22</v>
       </c>
       <c r="F149" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>75287</v>
+        <v>21</v>
+      </c>
+      <c r="G149" s="8" t="s">
+        <v>1708</v>
       </c>
       <c r="H149" t="s">
-        <v>1110</v>
+        <v>1056</v>
       </c>
       <c r="I149" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150">
-        <v>1134094</v>
+        <v>932663</v>
       </c>
       <c r="B150" t="s">
-        <v>1114</v>
+        <v>1055</v>
       </c>
       <c r="C150">
-        <v>1410896</v>
+        <v>950671</v>
       </c>
       <c r="D150" t="s">
-        <v>1113</v>
+        <v>1054</v>
       </c>
       <c r="E150" t="s">
-        <v>1112</v>
-[...2 lines deleted...]
-        <v>1111</v>
+        <v>1053</v>
+      </c>
+      <c r="F150" t="s">
+        <v>21</v>
+      </c>
+      <c r="G150" s="8" t="s">
+        <v>1709</v>
       </c>
       <c r="H150" t="s">
-        <v>1110</v>
+        <v>1052</v>
       </c>
       <c r="I150" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151">
         <v>932663</v>
       </c>
       <c r="B151" t="s">
-        <v>1104</v>
+        <v>1055</v>
+      </c>
+      <c r="C151">
+        <v>2333541</v>
       </c>
       <c r="D151" t="s">
-        <v>1109</v>
+        <v>1901</v>
       </c>
       <c r="E151" t="s">
-        <v>1108</v>
-[...5 lines deleted...]
-        <v>1780</v>
+        <v>980</v>
+      </c>
+      <c r="G151">
+        <v>10105</v>
       </c>
       <c r="H151" t="s">
-        <v>1107</v>
+        <v>1520</v>
       </c>
       <c r="I151" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152">
-        <v>932663</v>
+        <v>870875</v>
       </c>
       <c r="B152" t="s">
-        <v>1104</v>
-[...2 lines deleted...]
-        <v>950654</v>
+        <v>1047</v>
       </c>
       <c r="D152" t="s">
-        <v>1106</v>
+        <v>1416</v>
       </c>
       <c r="E152" t="s">
-        <v>22</v>
+        <v>714</v>
       </c>
       <c r="F152" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>1781</v>
+        <v>165</v>
+      </c>
+      <c r="G152">
+        <v>63045</v>
       </c>
       <c r="H152" t="s">
-        <v>1105</v>
+        <v>1051</v>
       </c>
       <c r="I152" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153">
-        <v>932663</v>
+        <v>870875</v>
       </c>
       <c r="B153" t="s">
-        <v>1104</v>
+        <v>1047</v>
       </c>
       <c r="C153">
-        <v>950671</v>
+        <v>991798</v>
       </c>
       <c r="D153" t="s">
-        <v>1103</v>
+        <v>1050</v>
       </c>
       <c r="E153" t="s">
-        <v>1102</v>
+        <v>480</v>
       </c>
       <c r="F153" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>1782</v>
+        <v>83</v>
+      </c>
+      <c r="G153">
+        <v>33626</v>
       </c>
       <c r="H153" t="s">
-        <v>1101</v>
+        <v>1049</v>
       </c>
       <c r="I153" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154">
-        <v>932663</v>
+        <v>870875</v>
       </c>
       <c r="B154" t="s">
-        <v>1104</v>
+        <v>1047</v>
       </c>
       <c r="C154">
-        <v>2333541</v>
+        <v>1120166</v>
       </c>
       <c r="D154" t="s">
-        <v>1985</v>
+        <v>1048</v>
       </c>
       <c r="E154" t="s">
-        <v>1028</v>
+        <v>480</v>
+      </c>
+      <c r="F154" t="s">
+        <v>83</v>
       </c>
       <c r="G154">
-        <v>10105</v>
+        <v>33614</v>
       </c>
       <c r="H154" t="s">
-        <v>1580</v>
+        <v>1046</v>
       </c>
       <c r="I154" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155">
-        <v>870875</v>
+        <v>1113194</v>
       </c>
       <c r="B155" t="s">
-        <v>1096</v>
+        <v>1043</v>
       </c>
       <c r="D155" t="s">
-        <v>1474</v>
+        <v>1045</v>
       </c>
       <c r="E155" t="s">
-        <v>745</v>
+        <v>1044</v>
       </c>
       <c r="F155" t="s">
-        <v>172</v>
+        <v>323</v>
       </c>
       <c r="G155">
-        <v>63045</v>
+        <v>84020</v>
       </c>
       <c r="H155" t="s">
-        <v>1100</v>
+        <v>1041</v>
       </c>
       <c r="I155" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156">
-        <v>870875</v>
+        <v>1113194</v>
       </c>
       <c r="B156" t="s">
-        <v>1096</v>
+        <v>1043</v>
       </c>
       <c r="C156">
-        <v>991798</v>
+        <v>1929966</v>
       </c>
       <c r="D156" t="s">
-        <v>1099</v>
+        <v>1042</v>
       </c>
       <c r="E156" t="s">
-        <v>496</v>
+        <v>168</v>
       </c>
       <c r="F156" t="s">
-        <v>86</v>
+        <v>167</v>
       </c>
       <c r="G156">
-        <v>33626</v>
+        <v>98003</v>
       </c>
       <c r="H156" t="s">
-        <v>1098</v>
+        <v>1041</v>
       </c>
       <c r="I156" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157">
-        <v>870875</v>
+        <v>1134368</v>
       </c>
       <c r="B157" t="s">
-        <v>1096</v>
-[...2 lines deleted...]
-        <v>1120166</v>
+        <v>1455</v>
       </c>
       <c r="D157" t="s">
-        <v>1097</v>
+        <v>1456</v>
       </c>
       <c r="E157" t="s">
-        <v>496</v>
+        <v>1457</v>
       </c>
       <c r="F157" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>33614</v>
+        <v>186</v>
+      </c>
+      <c r="G157" t="s">
+        <v>1458</v>
       </c>
       <c r="H157" t="s">
-        <v>1095</v>
+        <v>1459</v>
       </c>
       <c r="I157" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158">
-        <v>1113194</v>
+        <v>1001962</v>
       </c>
       <c r="B158" t="s">
-        <v>1092</v>
+        <v>1039</v>
       </c>
       <c r="D158" t="s">
-        <v>1094</v>
+        <v>1038</v>
       </c>
       <c r="E158" t="s">
-        <v>1093</v>
+        <v>1037</v>
       </c>
       <c r="F158" t="s">
-        <v>335</v>
+        <v>582</v>
       </c>
       <c r="G158">
-        <v>84020</v>
+        <v>40505</v>
       </c>
       <c r="H158" t="s">
-        <v>1090</v>
+        <v>1036</v>
       </c>
       <c r="I158" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159">
-        <v>1113194</v>
+        <v>1671989</v>
       </c>
       <c r="B159" t="s">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>1929966</v>
+        <v>1651</v>
       </c>
       <c r="D159" t="s">
-        <v>1091</v>
+        <v>1652</v>
       </c>
       <c r="E159" t="s">
-        <v>175</v>
+        <v>555</v>
       </c>
       <c r="F159" t="s">
-        <v>174</v>
+        <v>57</v>
       </c>
       <c r="G159">
-        <v>98003</v>
+        <v>76112</v>
       </c>
       <c r="H159" t="s">
-        <v>1090</v>
+        <v>1653</v>
       </c>
       <c r="I159" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160">
-        <v>1134368</v>
+        <v>935745</v>
       </c>
       <c r="B160" t="s">
-        <v>1513</v>
+        <v>1035</v>
       </c>
       <c r="D160" t="s">
-        <v>1514</v>
+        <v>1877</v>
       </c>
       <c r="E160" t="s">
-        <v>1515</v>
+        <v>1763</v>
       </c>
       <c r="F160" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>1516</v>
+        <v>142</v>
+      </c>
+      <c r="G160">
+        <v>66202</v>
       </c>
       <c r="H160" t="s">
-        <v>1517</v>
+        <v>1034</v>
       </c>
       <c r="I160" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161">
-        <v>1001962</v>
+        <v>937505</v>
       </c>
       <c r="B161" t="s">
-        <v>1088</v>
+        <v>1033</v>
       </c>
       <c r="D161" t="s">
-        <v>1087</v>
+        <v>1032</v>
       </c>
       <c r="E161" t="s">
-        <v>1086</v>
+        <v>436</v>
       </c>
       <c r="F161" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>40505</v>
+        <v>11</v>
+      </c>
+      <c r="G161" s="8" t="s">
+        <v>1710</v>
       </c>
       <c r="H161" t="s">
-        <v>1085</v>
+        <v>1031</v>
       </c>
       <c r="I161" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162">
-        <v>1671989</v>
+        <v>1002061</v>
       </c>
       <c r="B162" t="s">
-        <v>1723</v>
+        <v>1026</v>
       </c>
       <c r="D162" t="s">
-        <v>1724</v>
+        <v>1029</v>
       </c>
       <c r="E162" t="s">
-        <v>575</v>
+        <v>1028</v>
       </c>
       <c r="F162" t="s">
-        <v>60</v>
+        <v>28</v>
       </c>
       <c r="G162">
-        <v>76112</v>
+        <v>60018</v>
       </c>
       <c r="H162" t="s">
-        <v>1725</v>
+        <v>1024</v>
       </c>
       <c r="I162" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163">
-        <v>935745</v>
+        <v>1002061</v>
       </c>
       <c r="B163" t="s">
-        <v>1084</v>
+        <v>1026</v>
+      </c>
+      <c r="C163">
+        <v>1277923</v>
       </c>
       <c r="D163" t="s">
-        <v>1960</v>
+        <v>1027</v>
       </c>
       <c r="E163" t="s">
-        <v>1836</v>
+        <v>155</v>
       </c>
       <c r="F163" t="s">
-        <v>149</v>
+        <v>57</v>
       </c>
       <c r="G163">
-        <v>66202</v>
+        <v>77042</v>
       </c>
       <c r="H163" t="s">
-        <v>1083</v>
+        <v>1024</v>
       </c>
       <c r="I163" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164">
-        <v>937505</v>
+        <v>1002061</v>
       </c>
       <c r="B164" t="s">
-        <v>1082</v>
+        <v>1026</v>
+      </c>
+      <c r="C164">
+        <v>1901948</v>
       </c>
       <c r="D164" t="s">
-        <v>1081</v>
+        <v>1967</v>
       </c>
       <c r="E164" t="s">
-        <v>452</v>
+        <v>1968</v>
       </c>
       <c r="F164" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>1783</v>
+        <v>83</v>
+      </c>
+      <c r="G164">
+        <v>33759</v>
       </c>
       <c r="H164" t="s">
-        <v>1080</v>
+        <v>1024</v>
       </c>
       <c r="I164" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165">
-        <v>1002061</v>
+        <v>70377</v>
       </c>
       <c r="B165" t="s">
-        <v>1075</v>
+        <v>1593</v>
       </c>
       <c r="D165" t="s">
-        <v>1078</v>
+        <v>1654</v>
       </c>
       <c r="E165" t="s">
-        <v>1077</v>
+        <v>1595</v>
       </c>
       <c r="F165" t="s">
-        <v>28</v>
+        <v>83</v>
       </c>
       <c r="G165">
-        <v>60018</v>
+        <v>34475</v>
       </c>
       <c r="H165" t="s">
-        <v>1072</v>
+        <v>1594</v>
       </c>
       <c r="I165" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166">
-        <v>1002061</v>
+        <v>207709</v>
       </c>
       <c r="B166" t="s">
-        <v>1075</v>
-[...2 lines deleted...]
-        <v>1277923</v>
+        <v>1023</v>
       </c>
       <c r="D166" t="s">
-        <v>1076</v>
+        <v>1460</v>
       </c>
       <c r="E166" t="s">
-        <v>162</v>
+        <v>1022</v>
       </c>
       <c r="F166" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>77042</v>
+        <v>71</v>
+      </c>
+      <c r="G166" t="s">
+        <v>1461</v>
       </c>
       <c r="H166" t="s">
-        <v>1072</v>
+        <v>1021</v>
       </c>
       <c r="I166" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167">
-        <v>1002061</v>
+        <v>934307</v>
       </c>
       <c r="B167" t="s">
-        <v>1075</v>
-[...2 lines deleted...]
-        <v>1901948</v>
+        <v>1020</v>
       </c>
       <c r="D167" t="s">
-        <v>1074</v>
+        <v>1019</v>
       </c>
       <c r="E167" t="s">
-        <v>1073</v>
+        <v>1018</v>
       </c>
       <c r="F167" t="s">
-        <v>86</v>
+        <v>161</v>
       </c>
       <c r="G167">
-        <v>33716</v>
+        <v>11791</v>
       </c>
       <c r="H167" t="s">
-        <v>1072</v>
+        <v>1017</v>
       </c>
       <c r="I167" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168">
-        <v>70377</v>
+        <v>967590</v>
       </c>
       <c r="B168" t="s">
-        <v>1663</v>
+        <v>1012</v>
       </c>
       <c r="D168" t="s">
-        <v>1726</v>
+        <v>1015</v>
       </c>
       <c r="E168" t="s">
-        <v>1665</v>
+        <v>1014</v>
       </c>
       <c r="F168" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>34475</v>
+        <v>11</v>
+      </c>
+      <c r="G168" s="8" t="s">
+        <v>1711</v>
       </c>
       <c r="H168" t="s">
-        <v>1664</v>
+        <v>1013</v>
       </c>
       <c r="I168" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169">
-        <v>207709</v>
+        <v>967590</v>
       </c>
       <c r="B169" t="s">
-        <v>1071</v>
+        <v>1012</v>
+      </c>
+      <c r="C169">
+        <v>1020530</v>
       </c>
       <c r="D169" t="s">
-        <v>1518</v>
+        <v>1011</v>
       </c>
       <c r="E169" t="s">
-        <v>1070</v>
+        <v>1010</v>
       </c>
       <c r="F169" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>1519</v>
+        <v>21</v>
+      </c>
+      <c r="G169" s="8" t="s">
+        <v>1712</v>
       </c>
       <c r="H169" t="s">
-        <v>1069</v>
+        <v>1009</v>
       </c>
       <c r="I169" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170">
-        <v>934307</v>
+        <v>920378</v>
       </c>
       <c r="B170" t="s">
-        <v>1068</v>
+        <v>1008</v>
       </c>
       <c r="D170" t="s">
-        <v>1067</v>
+        <v>1007</v>
       </c>
       <c r="E170" t="s">
-        <v>1066</v>
+        <v>1006</v>
       </c>
       <c r="F170" t="s">
-        <v>168</v>
+        <v>71</v>
       </c>
       <c r="G170">
-        <v>11791</v>
+        <v>55433</v>
       </c>
       <c r="H170" t="s">
-        <v>1065</v>
+        <v>1005</v>
       </c>
       <c r="I170" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171">
-        <v>967590</v>
+        <v>954553</v>
       </c>
       <c r="B171" t="s">
-        <v>1060</v>
+        <v>1001</v>
       </c>
       <c r="D171" t="s">
-        <v>1063</v>
+        <v>1776</v>
       </c>
       <c r="E171" t="s">
-        <v>1062</v>
+        <v>164</v>
       </c>
       <c r="F171" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>1784</v>
+        <v>161</v>
+      </c>
+      <c r="G171">
+        <v>11747</v>
       </c>
       <c r="H171" t="s">
-        <v>1061</v>
+        <v>1000</v>
       </c>
       <c r="I171" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172">
-        <v>967590</v>
+        <v>1587682</v>
       </c>
       <c r="B172" t="s">
-        <v>1060</v>
-[...2 lines deleted...]
-        <v>1020530</v>
+        <v>1878</v>
       </c>
       <c r="D172" t="s">
-        <v>1059</v>
+        <v>1004</v>
       </c>
       <c r="E172" t="s">
-        <v>1058</v>
+        <v>1003</v>
       </c>
       <c r="F172" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>1785</v>
+        <v>161</v>
+      </c>
+      <c r="G172">
+        <v>14224</v>
       </c>
       <c r="H172" t="s">
-        <v>1057</v>
+        <v>1002</v>
       </c>
       <c r="I172" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173">
-        <v>920378</v>
+        <v>938351</v>
       </c>
       <c r="B173" t="s">
-        <v>1056</v>
+        <v>999</v>
       </c>
       <c r="D173" t="s">
-        <v>1055</v>
+        <v>998</v>
       </c>
       <c r="E173" t="s">
-        <v>1054</v>
+        <v>294</v>
       </c>
       <c r="F173" t="s">
-        <v>74</v>
+        <v>293</v>
       </c>
       <c r="G173">
-        <v>55433</v>
+        <v>21031</v>
       </c>
       <c r="H173" t="s">
-        <v>1053</v>
+        <v>997</v>
       </c>
       <c r="I173" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174">
-        <v>954553</v>
+        <v>116356</v>
       </c>
       <c r="B174" t="s">
-        <v>1049</v>
+        <v>996</v>
       </c>
       <c r="D174" t="s">
-        <v>1851</v>
+        <v>995</v>
       </c>
       <c r="E174" t="s">
-        <v>171</v>
+        <v>221</v>
       </c>
       <c r="F174" t="s">
-        <v>168</v>
+        <v>57</v>
       </c>
       <c r="G174">
-        <v>11747</v>
+        <v>75205</v>
       </c>
       <c r="H174" t="s">
-        <v>1048</v>
+        <v>994</v>
       </c>
       <c r="I174" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175">
-        <v>1587682</v>
+        <v>934918</v>
       </c>
       <c r="B175" t="s">
-        <v>1961</v>
+        <v>993</v>
       </c>
       <c r="D175" t="s">
-        <v>1052</v>
+        <v>992</v>
       </c>
       <c r="E175" t="s">
-        <v>1051</v>
+        <v>991</v>
       </c>
       <c r="F175" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-        <v>14224</v>
+        <v>186</v>
+      </c>
+      <c r="G175" s="8" t="s">
+        <v>1713</v>
       </c>
       <c r="H175" t="s">
-        <v>1050</v>
+        <v>990</v>
       </c>
       <c r="I175" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176">
-        <v>938351</v>
+        <v>934918</v>
       </c>
       <c r="B176" t="s">
-        <v>1047</v>
+        <v>993</v>
       </c>
       <c r="D176" t="s">
-        <v>1046</v>
+        <v>992</v>
       </c>
       <c r="E176" t="s">
-        <v>306</v>
+        <v>991</v>
       </c>
       <c r="F176" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-        <v>21031</v>
+        <v>186</v>
+      </c>
+      <c r="G176" s="8" t="s">
+        <v>1713</v>
       </c>
       <c r="H176" t="s">
-        <v>1045</v>
+        <v>990</v>
       </c>
       <c r="I176" t="s">
-        <v>0</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177">
-        <v>116356</v>
+        <v>1489841</v>
       </c>
       <c r="B177" t="s">
-        <v>1044</v>
+        <v>1596</v>
       </c>
       <c r="D177" t="s">
-        <v>1043</v>
+        <v>1597</v>
       </c>
       <c r="E177" t="s">
-        <v>229</v>
+        <v>1598</v>
       </c>
       <c r="F177" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="G177">
-        <v>75205</v>
+        <v>15108</v>
       </c>
       <c r="H177" t="s">
-        <v>1042</v>
+        <v>1599</v>
       </c>
       <c r="I177" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178">
-        <v>934918</v>
+        <v>1489841</v>
       </c>
       <c r="B178" t="s">
-        <v>1041</v>
+        <v>1596</v>
+      </c>
+      <c r="C178">
+        <v>2163761</v>
       </c>
       <c r="D178" t="s">
-        <v>1040</v>
+        <v>1631</v>
       </c>
       <c r="E178" t="s">
-        <v>1039</v>
+        <v>1098</v>
       </c>
       <c r="F178" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>1786</v>
+        <v>15</v>
+      </c>
+      <c r="G178">
+        <v>27104</v>
       </c>
       <c r="H178" t="s">
-        <v>1038</v>
+        <v>1599</v>
       </c>
       <c r="I178" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179">
-        <v>934918</v>
+        <v>1489841</v>
       </c>
       <c r="B179" t="s">
-        <v>1041</v>
+        <v>1596</v>
+      </c>
+      <c r="C179">
+        <v>2499845</v>
       </c>
       <c r="D179" t="s">
-        <v>1040</v>
+        <v>1714</v>
       </c>
       <c r="E179" t="s">
-        <v>1039</v>
-[...5 lines deleted...]
-        <v>1786</v>
+        <v>1715</v>
+      </c>
+      <c r="G179">
+        <v>1105</v>
       </c>
       <c r="H179" t="s">
-        <v>1038</v>
+        <v>1599</v>
       </c>
       <c r="I179" t="s">
-        <v>1469</v>
+        <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180">
-        <v>1489841</v>
+        <v>950415</v>
       </c>
       <c r="B180" t="s">
-        <v>1666</v>
+        <v>1655</v>
       </c>
       <c r="D180" t="s">
-        <v>1667</v>
+        <v>1656</v>
       </c>
       <c r="E180" t="s">
-        <v>1668</v>
+        <v>290</v>
       </c>
       <c r="F180" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G180">
-        <v>15108</v>
+        <v>92617</v>
       </c>
       <c r="H180" t="s">
-        <v>1669</v>
+        <v>1657</v>
       </c>
       <c r="I180" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181">
-        <v>1489841</v>
+        <v>950415</v>
       </c>
       <c r="B181" t="s">
-        <v>1666</v>
+        <v>1655</v>
       </c>
       <c r="C181">
-        <v>2163761</v>
+        <v>2439630</v>
       </c>
       <c r="D181" t="s">
-        <v>1703</v>
+        <v>1658</v>
       </c>
       <c r="E181" t="s">
-        <v>1147</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>1659</v>
       </c>
       <c r="G181">
-        <v>27104</v>
+        <v>72440</v>
       </c>
       <c r="H181" t="s">
-        <v>1669</v>
+        <v>1657</v>
       </c>
       <c r="I181" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182">
-        <v>1489841</v>
+        <v>181265</v>
       </c>
       <c r="B182" t="s">
-        <v>1666</v>
-[...2 lines deleted...]
-        <v>2499845</v>
+        <v>984</v>
       </c>
       <c r="D182" t="s">
-        <v>1787</v>
+        <v>989</v>
       </c>
       <c r="E182" t="s">
-        <v>1788</v>
+        <v>988</v>
+      </c>
+      <c r="F182" t="s">
+        <v>83</v>
       </c>
       <c r="G182">
-        <v>1105</v>
+        <v>32746</v>
       </c>
       <c r="H182" t="s">
-        <v>1669</v>
+        <v>987</v>
       </c>
       <c r="I182" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183">
-        <v>950415</v>
+        <v>181265</v>
       </c>
       <c r="B183" t="s">
-        <v>1727</v>
+        <v>984</v>
+      </c>
+      <c r="C183">
+        <v>953699</v>
       </c>
       <c r="D183" t="s">
-        <v>1728</v>
+        <v>986</v>
       </c>
       <c r="E183" t="s">
-        <v>302</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>960</v>
       </c>
       <c r="G183">
-        <v>92617</v>
+        <v>1224</v>
       </c>
       <c r="H183" t="s">
-        <v>1729</v>
+        <v>981</v>
       </c>
       <c r="I183" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184">
-        <v>950415</v>
+        <v>181265</v>
       </c>
       <c r="B184" t="s">
-        <v>1727</v>
+        <v>984</v>
       </c>
       <c r="C184">
-        <v>2439630</v>
+        <v>2061414</v>
       </c>
       <c r="D184" t="s">
-        <v>1730</v>
+        <v>983</v>
       </c>
       <c r="E184" t="s">
-        <v>1731</v>
+        <v>982</v>
       </c>
       <c r="G184">
-        <v>72440</v>
+        <v>6000</v>
       </c>
       <c r="H184" t="s">
-        <v>1729</v>
+        <v>981</v>
       </c>
       <c r="I184" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185">
         <v>181265</v>
       </c>
       <c r="B185" t="s">
-        <v>1032</v>
+        <v>984</v>
+      </c>
+      <c r="C185">
+        <v>2257799</v>
       </c>
       <c r="D185" t="s">
-        <v>1037</v>
+        <v>1417</v>
       </c>
       <c r="E185" t="s">
-        <v>1036</v>
+        <v>94</v>
       </c>
       <c r="F185" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="G185">
-        <v>32746</v>
+        <v>32256</v>
       </c>
       <c r="H185" t="s">
-        <v>1035</v>
+        <v>981</v>
       </c>
       <c r="I185" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186">
         <v>181265</v>
       </c>
       <c r="B186" t="s">
-        <v>1032</v>
+        <v>984</v>
       </c>
       <c r="C186">
-        <v>953699</v>
+        <v>2293638</v>
       </c>
       <c r="D186" t="s">
-        <v>1034</v>
+        <v>1542</v>
       </c>
       <c r="E186" t="s">
-        <v>1008</v>
+        <v>1543</v>
       </c>
       <c r="G186">
-        <v>1224</v>
+        <v>10109</v>
       </c>
       <c r="H186" t="s">
-        <v>1029</v>
+        <v>981</v>
       </c>
       <c r="I186" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187">
         <v>181265</v>
       </c>
       <c r="B187" t="s">
-        <v>1032</v>
+        <v>984</v>
       </c>
       <c r="C187">
-        <v>2061414</v>
+        <v>2334394</v>
       </c>
       <c r="D187" t="s">
-        <v>1031</v>
+        <v>1521</v>
       </c>
       <c r="E187" t="s">
-        <v>1030</v>
+        <v>985</v>
       </c>
       <c r="G187">
-        <v>6000</v>
+        <v>110221</v>
       </c>
       <c r="H187" t="s">
-        <v>1029</v>
+        <v>981</v>
       </c>
       <c r="I187" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188">
         <v>181265</v>
       </c>
       <c r="B188" t="s">
-        <v>1032</v>
+        <v>984</v>
       </c>
       <c r="C188">
-        <v>2257799</v>
+        <v>2410960</v>
       </c>
       <c r="D188" t="s">
-        <v>1475</v>
+        <v>1544</v>
       </c>
       <c r="E188" t="s">
-        <v>97</v>
+        <v>1545</v>
       </c>
       <c r="F188" t="s">
-        <v>86</v>
+        <v>63</v>
       </c>
       <c r="G188">
-        <v>32256</v>
+        <v>31605</v>
       </c>
       <c r="H188" t="s">
-        <v>1029</v>
+        <v>981</v>
       </c>
       <c r="I188" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189">
         <v>181265</v>
       </c>
       <c r="B189" t="s">
-        <v>1032</v>
+        <v>984</v>
       </c>
       <c r="C189">
-        <v>2293638</v>
+        <v>2572356</v>
       </c>
       <c r="D189" t="s">
-        <v>1606</v>
+        <v>1838</v>
       </c>
       <c r="E189" t="s">
-        <v>1607</v>
+        <v>170</v>
       </c>
       <c r="G189">
-        <v>10109</v>
+        <v>1101</v>
       </c>
       <c r="H189" t="s">
-        <v>1029</v>
+        <v>981</v>
       </c>
       <c r="I189" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190">
         <v>181265</v>
       </c>
       <c r="B190" t="s">
-        <v>1032</v>
+        <v>984</v>
       </c>
       <c r="C190">
-        <v>2334394</v>
+        <v>2576047</v>
       </c>
       <c r="D190" t="s">
-        <v>1581</v>
+        <v>1839</v>
       </c>
       <c r="E190" t="s">
-        <v>1033</v>
+        <v>170</v>
       </c>
       <c r="G190">
-        <v>110221</v>
+        <v>1110</v>
       </c>
       <c r="H190" t="s">
-        <v>1029</v>
+        <v>981</v>
       </c>
       <c r="I190" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191">
         <v>181265</v>
       </c>
       <c r="B191" t="s">
-        <v>1032</v>
+        <v>984</v>
       </c>
       <c r="C191">
-        <v>2410960</v>
+        <v>2708331</v>
       </c>
       <c r="D191" t="s">
-        <v>1608</v>
+        <v>1930</v>
       </c>
       <c r="E191" t="s">
-        <v>1609</v>
-[...5 lines deleted...]
-        <v>31605</v>
+        <v>1931</v>
+      </c>
+      <c r="G191" s="8" t="s">
+        <v>1932</v>
       </c>
       <c r="H191" t="s">
-        <v>1029</v>
+        <v>981</v>
       </c>
       <c r="I191" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192">
-        <v>181265</v>
+        <v>934565</v>
       </c>
       <c r="B192" t="s">
-        <v>1032</v>
-[...2 lines deleted...]
-        <v>2572356</v>
+        <v>977</v>
       </c>
       <c r="D192" t="s">
-        <v>1918</v>
+        <v>976</v>
       </c>
       <c r="E192" t="s">
-        <v>177</v>
+        <v>403</v>
+      </c>
+      <c r="F192" t="s">
+        <v>45</v>
       </c>
       <c r="G192">
-        <v>1101</v>
+        <v>43230</v>
       </c>
       <c r="H192" t="s">
-        <v>1029</v>
+        <v>975</v>
       </c>
       <c r="I192" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193">
-        <v>181265</v>
+        <v>926201</v>
       </c>
       <c r="B193" t="s">
-        <v>1032</v>
-[...2 lines deleted...]
-        <v>2576047</v>
+        <v>974</v>
       </c>
       <c r="D193" t="s">
-        <v>1919</v>
+        <v>973</v>
       </c>
       <c r="E193" t="s">
-        <v>177</v>
+        <v>972</v>
+      </c>
+      <c r="F193" t="s">
+        <v>161</v>
       </c>
       <c r="G193">
-        <v>1110</v>
+        <v>14068</v>
       </c>
       <c r="H193" t="s">
-        <v>1029</v>
+        <v>971</v>
       </c>
       <c r="I193" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194">
-        <v>181265</v>
+        <v>967404</v>
       </c>
       <c r="B194" t="s">
-        <v>1032</v>
-[...2 lines deleted...]
-        <v>2708331</v>
+        <v>970</v>
       </c>
       <c r="D194" t="s">
-        <v>2017</v>
+        <v>969</v>
       </c>
       <c r="E194" t="s">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>300</v>
+      </c>
+      <c r="F194" t="s">
+        <v>57</v>
+      </c>
+      <c r="G194">
+        <v>75063</v>
       </c>
       <c r="H194" t="s">
-        <v>1029</v>
+        <v>968</v>
       </c>
       <c r="I194" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195">
-        <v>934565</v>
+        <v>1083681</v>
       </c>
       <c r="B195" t="s">
-        <v>1025</v>
+        <v>1660</v>
       </c>
       <c r="D195" t="s">
-        <v>1024</v>
+        <v>1661</v>
       </c>
       <c r="E195" t="s">
-        <v>419</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>542</v>
       </c>
       <c r="G195">
-        <v>43230</v>
+        <v>1308</v>
       </c>
       <c r="H195" t="s">
-        <v>1023</v>
+        <v>1662</v>
       </c>
       <c r="I195" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196">
-        <v>926201</v>
+        <v>1083681</v>
       </c>
       <c r="B196" t="s">
-        <v>1022</v>
+        <v>1660</v>
+      </c>
+      <c r="C196">
+        <v>2500238</v>
       </c>
       <c r="D196" t="s">
-        <v>1021</v>
+        <v>1663</v>
       </c>
       <c r="E196" t="s">
-        <v>1020</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>849</v>
       </c>
       <c r="G196">
-        <v>14068</v>
+        <v>1781</v>
       </c>
       <c r="H196" t="s">
-        <v>1019</v>
+        <v>1662</v>
       </c>
       <c r="I196" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197">
-        <v>967404</v>
+        <v>959428</v>
       </c>
       <c r="B197" t="s">
-        <v>1018</v>
+        <v>965</v>
       </c>
       <c r="D197" t="s">
-        <v>1017</v>
+        <v>1522</v>
       </c>
       <c r="E197" t="s">
-        <v>312</v>
+        <v>967</v>
       </c>
       <c r="F197" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>75063</v>
+        <v>11</v>
+      </c>
+      <c r="G197" s="8" t="s">
+        <v>1716</v>
       </c>
       <c r="H197" t="s">
-        <v>1016</v>
+        <v>966</v>
       </c>
       <c r="I197" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198">
-        <v>1083681</v>
+        <v>959428</v>
       </c>
       <c r="B198" t="s">
-        <v>1732</v>
+        <v>965</v>
+      </c>
+      <c r="C198">
+        <v>2219172</v>
       </c>
       <c r="D198" t="s">
-        <v>1733</v>
+        <v>1485</v>
       </c>
       <c r="E198" t="s">
-        <v>561</v>
-[...2 lines deleted...]
-        <v>1308</v>
+        <v>1486</v>
+      </c>
+      <c r="F198" t="s">
+        <v>21</v>
+      </c>
+      <c r="G198" s="8" t="s">
+        <v>1717</v>
       </c>
       <c r="H198" t="s">
-        <v>1734</v>
+        <v>964</v>
       </c>
       <c r="I198" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199">
-        <v>1083681</v>
+        <v>934298</v>
       </c>
       <c r="B199" t="s">
-        <v>1732</v>
-[...2 lines deleted...]
-        <v>2500238</v>
+        <v>962</v>
       </c>
       <c r="D199" t="s">
-        <v>1735</v>
+        <v>1718</v>
       </c>
       <c r="E199" t="s">
-        <v>892</v>
+        <v>1719</v>
+      </c>
+      <c r="F199" t="s">
+        <v>293</v>
       </c>
       <c r="G199">
-        <v>1781</v>
+        <v>20707</v>
       </c>
       <c r="H199" t="s">
-        <v>1734</v>
+        <v>963</v>
       </c>
       <c r="I199" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200">
-        <v>959428</v>
+        <v>934298</v>
       </c>
       <c r="B200" t="s">
-        <v>1013</v>
+        <v>962</v>
+      </c>
+      <c r="C200">
+        <v>939132</v>
       </c>
       <c r="D200" t="s">
-        <v>1582</v>
+        <v>961</v>
       </c>
       <c r="E200" t="s">
-        <v>1015</v>
-[...5 lines deleted...]
-        <v>1789</v>
+        <v>960</v>
+      </c>
+      <c r="G200">
+        <v>1200</v>
       </c>
       <c r="H200" t="s">
-        <v>1014</v>
+        <v>959</v>
       </c>
       <c r="I200" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201">
-        <v>959428</v>
+        <v>88244</v>
       </c>
       <c r="B201" t="s">
-        <v>1013</v>
-[...2 lines deleted...]
-        <v>2219172</v>
+        <v>956</v>
       </c>
       <c r="D201" t="s">
-        <v>1543</v>
+        <v>1574</v>
       </c>
       <c r="E201" t="s">
-        <v>1544</v>
+        <v>480</v>
       </c>
       <c r="F201" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>1790</v>
+        <v>83</v>
+      </c>
+      <c r="G201">
+        <v>33609</v>
       </c>
       <c r="H201" t="s">
-        <v>1012</v>
+        <v>958</v>
       </c>
       <c r="I201" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202">
-        <v>934298</v>
+        <v>88244</v>
       </c>
       <c r="B202" t="s">
-        <v>1010</v>
+        <v>956</v>
+      </c>
+      <c r="C202">
+        <v>349963</v>
       </c>
       <c r="D202" t="s">
-        <v>1791</v>
+        <v>1487</v>
       </c>
       <c r="E202" t="s">
-        <v>1792</v>
+        <v>957</v>
       </c>
       <c r="F202" t="s">
-        <v>305</v>
+        <v>57</v>
       </c>
       <c r="G202">
-        <v>20707</v>
+        <v>75234</v>
       </c>
       <c r="H202" t="s">
-        <v>1011</v>
+        <v>954</v>
       </c>
       <c r="I202" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203">
-        <v>934298</v>
+        <v>88244</v>
       </c>
       <c r="B203" t="s">
-        <v>1010</v>
+        <v>956</v>
       </c>
       <c r="C203">
-        <v>939132</v>
+        <v>1578923</v>
       </c>
       <c r="D203" t="s">
-        <v>1009</v>
+        <v>955</v>
       </c>
       <c r="E203" t="s">
-        <v>1008</v>
+        <v>391</v>
+      </c>
+      <c r="F203" t="s">
+        <v>28</v>
       </c>
       <c r="G203">
-        <v>1200</v>
+        <v>60605</v>
       </c>
       <c r="H203" t="s">
-        <v>1007</v>
+        <v>954</v>
       </c>
       <c r="I203" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204">
-        <v>88244</v>
+        <v>4920</v>
       </c>
       <c r="B204" t="s">
-        <v>1003</v>
+        <v>953</v>
       </c>
       <c r="D204" t="s">
-        <v>1641</v>
+        <v>952</v>
       </c>
       <c r="E204" t="s">
-        <v>496</v>
+        <v>951</v>
       </c>
       <c r="F204" t="s">
-        <v>86</v>
+        <v>17</v>
       </c>
       <c r="G204">
-        <v>33609</v>
+        <v>92808</v>
       </c>
       <c r="H204" t="s">
-        <v>1006</v>
+        <v>950</v>
       </c>
       <c r="I204" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205">
-        <v>88244</v>
+        <v>922812</v>
       </c>
       <c r="B205" t="s">
-        <v>1003</v>
-[...2 lines deleted...]
-        <v>349963</v>
+        <v>949</v>
       </c>
       <c r="D205" t="s">
-        <v>1545</v>
+        <v>1840</v>
       </c>
       <c r="E205" t="s">
-        <v>1005</v>
+        <v>948</v>
       </c>
       <c r="F205" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="G205">
-        <v>75234</v>
+        <v>30188</v>
       </c>
       <c r="H205" t="s">
-        <v>1001</v>
+        <v>947</v>
       </c>
       <c r="I205" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206">
-        <v>88244</v>
+        <v>950721</v>
       </c>
       <c r="B206" t="s">
-        <v>1003</v>
-[...2 lines deleted...]
-        <v>1026442</v>
+        <v>946</v>
       </c>
       <c r="D206" t="s">
-        <v>1546</v>
+        <v>945</v>
       </c>
       <c r="E206" t="s">
-        <v>1004</v>
+        <v>944</v>
       </c>
       <c r="F206" t="s">
-        <v>28</v>
+        <v>167</v>
       </c>
       <c r="G206">
-        <v>60181</v>
+        <v>98005</v>
       </c>
       <c r="H206" t="s">
-        <v>1001</v>
+        <v>943</v>
       </c>
       <c r="I206" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207">
-        <v>88244</v>
+        <v>935742</v>
       </c>
       <c r="B207" t="s">
-        <v>1003</v>
-[...2 lines deleted...]
-        <v>1578923</v>
+        <v>938</v>
       </c>
       <c r="D207" t="s">
-        <v>1002</v>
+        <v>1488</v>
       </c>
       <c r="E207" t="s">
-        <v>407</v>
+        <v>1489</v>
       </c>
       <c r="F207" t="s">
-        <v>28</v>
+        <v>71</v>
       </c>
       <c r="G207">
-        <v>60605</v>
+        <v>55120</v>
       </c>
       <c r="H207" t="s">
-        <v>1001</v>
+        <v>942</v>
       </c>
       <c r="I207" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208">
-        <v>4920</v>
+        <v>935742</v>
       </c>
       <c r="B208" t="s">
-        <v>1000</v>
+        <v>938</v>
+      </c>
+      <c r="C208">
+        <v>942075</v>
       </c>
       <c r="D208" t="s">
-        <v>999</v>
+        <v>941</v>
       </c>
       <c r="E208" t="s">
-        <v>998</v>
+        <v>940</v>
       </c>
       <c r="F208" t="s">
-        <v>17</v>
+        <v>152</v>
       </c>
       <c r="G208">
-        <v>92808</v>
+        <v>55480</v>
       </c>
       <c r="H208" t="s">
-        <v>997</v>
+        <v>935</v>
       </c>
       <c r="I208" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209">
-        <v>922812</v>
+        <v>935742</v>
       </c>
       <c r="B209" t="s">
-        <v>996</v>
+        <v>938</v>
+      </c>
+      <c r="C209">
+        <v>2037057</v>
       </c>
       <c r="D209" t="s">
-        <v>1920</v>
+        <v>937</v>
       </c>
       <c r="E209" t="s">
-        <v>995</v>
+        <v>936</v>
       </c>
       <c r="F209" t="s">
-        <v>66</v>
+        <v>2</v>
       </c>
       <c r="G209">
-        <v>30188</v>
+        <v>57049</v>
       </c>
       <c r="H209" t="s">
-        <v>994</v>
+        <v>935</v>
       </c>
       <c r="I209" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210">
-        <v>950721</v>
+        <v>921357</v>
       </c>
       <c r="B210" t="s">
-        <v>993</v>
+        <v>932</v>
       </c>
       <c r="D210" t="s">
-        <v>992</v>
+        <v>934</v>
       </c>
       <c r="E210" t="s">
-        <v>991</v>
+        <v>933</v>
       </c>
       <c r="F210" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-        <v>98005</v>
+        <v>60</v>
+      </c>
+      <c r="G210" s="8" t="s">
+        <v>1685</v>
       </c>
       <c r="H210" t="s">
-        <v>990</v>
+        <v>930</v>
       </c>
       <c r="I210" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211">
-        <v>935742</v>
+        <v>921357</v>
       </c>
       <c r="B211" t="s">
-        <v>983</v>
+        <v>932</v>
+      </c>
+      <c r="C211">
+        <v>1126057</v>
       </c>
       <c r="D211" t="s">
-        <v>1547</v>
+        <v>1600</v>
       </c>
       <c r="E211" t="s">
-        <v>1548</v>
-[...2 lines deleted...]
-        <v>74</v>
+        <v>1601</v>
       </c>
       <c r="G211">
-        <v>55120</v>
+        <v>400604</v>
       </c>
       <c r="H211" t="s">
-        <v>989</v>
+        <v>930</v>
       </c>
       <c r="I211" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212">
-        <v>935742</v>
+        <v>921357</v>
       </c>
       <c r="B212" t="s">
-        <v>983</v>
+        <v>932</v>
       </c>
       <c r="C212">
-        <v>942075</v>
+        <v>1992971</v>
       </c>
       <c r="D212" t="s">
-        <v>988</v>
+        <v>931</v>
       </c>
       <c r="E212" t="s">
-        <v>987</v>
+        <v>160</v>
       </c>
       <c r="F212" t="s">
-        <v>159</v>
+        <v>63</v>
       </c>
       <c r="G212">
-        <v>55480</v>
+        <v>31906</v>
       </c>
       <c r="H212" t="s">
-        <v>980</v>
+        <v>930</v>
       </c>
       <c r="I212" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213">
-        <v>935742</v>
+        <v>934308</v>
       </c>
       <c r="B213" t="s">
-        <v>983</v>
-[...2 lines deleted...]
-        <v>1786339</v>
+        <v>927</v>
       </c>
       <c r="D213" t="s">
-        <v>986</v>
+        <v>929</v>
       </c>
       <c r="E213" t="s">
-        <v>464</v>
-[...2 lines deleted...]
-        <v>985</v>
+        <v>817</v>
+      </c>
+      <c r="F213" t="s">
+        <v>63</v>
+      </c>
+      <c r="G213">
+        <v>30071</v>
       </c>
       <c r="H213" t="s">
-        <v>984</v>
+        <v>928</v>
       </c>
       <c r="I213" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214">
-        <v>935742</v>
+        <v>934308</v>
       </c>
       <c r="B214" t="s">
-        <v>983</v>
+        <v>927</v>
       </c>
       <c r="C214">
-        <v>2037057</v>
+        <v>945274</v>
       </c>
       <c r="D214" t="s">
-        <v>982</v>
+        <v>926</v>
       </c>
       <c r="E214" t="s">
-        <v>981</v>
+        <v>188</v>
       </c>
       <c r="F214" t="s">
-        <v>2</v>
+        <v>64</v>
       </c>
       <c r="G214">
-        <v>57049</v>
+        <v>85014</v>
       </c>
       <c r="H214" t="s">
-        <v>980</v>
+        <v>925</v>
       </c>
       <c r="I214" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215">
-        <v>921357</v>
+        <v>951453</v>
       </c>
       <c r="B215" t="s">
-        <v>977</v>
+        <v>924</v>
       </c>
       <c r="D215" t="s">
-        <v>979</v>
+        <v>1800</v>
       </c>
       <c r="E215" t="s">
-        <v>978</v>
+        <v>923</v>
       </c>
       <c r="F215" t="s">
-        <v>63</v>
+        <v>11</v>
       </c>
       <c r="G215" s="8" t="s">
-        <v>1758</v>
+        <v>1801</v>
       </c>
       <c r="H215" t="s">
-        <v>975</v>
+        <v>922</v>
       </c>
       <c r="I215" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216">
-        <v>921357</v>
+        <v>934310</v>
       </c>
       <c r="B216" t="s">
-        <v>977</v>
-[...2 lines deleted...]
-        <v>1126057</v>
+        <v>921</v>
       </c>
       <c r="D216" t="s">
-        <v>1670</v>
+        <v>920</v>
       </c>
       <c r="E216" t="s">
-        <v>1671</v>
+        <v>738</v>
+      </c>
+      <c r="F216" t="s">
+        <v>19</v>
       </c>
       <c r="G216">
-        <v>400604</v>
+        <v>89501</v>
       </c>
       <c r="H216" t="s">
-        <v>975</v>
+        <v>919</v>
       </c>
       <c r="I216" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217">
-        <v>921357</v>
+        <v>1516963</v>
       </c>
       <c r="B217" t="s">
-        <v>977</v>
-[...2 lines deleted...]
-        <v>1992971</v>
+        <v>1523</v>
       </c>
       <c r="D217" t="s">
-        <v>976</v>
+        <v>1524</v>
       </c>
       <c r="E217" t="s">
-        <v>167</v>
+        <v>1525</v>
       </c>
       <c r="F217" t="s">
-        <v>66</v>
+        <v>45</v>
       </c>
       <c r="G217">
-        <v>31906</v>
+        <v>44333</v>
       </c>
       <c r="H217" t="s">
-        <v>975</v>
+        <v>1526</v>
       </c>
       <c r="I217" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218">
-        <v>934308</v>
+        <v>939550</v>
       </c>
       <c r="B218" t="s">
-        <v>972</v>
+        <v>918</v>
       </c>
       <c r="D218" t="s">
-        <v>974</v>
+        <v>917</v>
       </c>
       <c r="E218" t="s">
-        <v>860</v>
+        <v>266</v>
       </c>
       <c r="F218" t="s">
-        <v>66</v>
+        <v>15</v>
       </c>
       <c r="G218">
-        <v>30071</v>
+        <v>27401</v>
       </c>
       <c r="H218" t="s">
-        <v>973</v>
+        <v>916</v>
       </c>
       <c r="I218" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219">
-        <v>934308</v>
+        <v>954078</v>
       </c>
       <c r="B219" t="s">
-        <v>972</v>
-[...2 lines deleted...]
-        <v>945274</v>
+        <v>913</v>
       </c>
       <c r="D219" t="s">
-        <v>971</v>
+        <v>915</v>
       </c>
       <c r="E219" t="s">
-        <v>195</v>
+        <v>162</v>
       </c>
       <c r="F219" t="s">
-        <v>67</v>
+        <v>161</v>
       </c>
       <c r="G219">
-        <v>85014</v>
+        <v>14228</v>
       </c>
       <c r="H219" t="s">
-        <v>970</v>
+        <v>914</v>
       </c>
       <c r="I219" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220">
-        <v>951453</v>
+        <v>954078</v>
       </c>
       <c r="B220" t="s">
-        <v>969</v>
+        <v>913</v>
+      </c>
+      <c r="C220">
+        <v>973091</v>
       </c>
       <c r="D220" t="s">
-        <v>1876</v>
+        <v>1969</v>
       </c>
       <c r="E220" t="s">
-        <v>968</v>
-[...5 lines deleted...]
-        <v>1877</v>
+        <v>456</v>
+      </c>
+      <c r="G220" t="s">
+        <v>912</v>
       </c>
       <c r="H220" t="s">
-        <v>967</v>
+        <v>911</v>
       </c>
       <c r="I220" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221">
-        <v>934310</v>
+        <v>931140</v>
       </c>
       <c r="B221" t="s">
-        <v>966</v>
+        <v>910</v>
       </c>
       <c r="D221" t="s">
-        <v>965</v>
+        <v>1970</v>
       </c>
       <c r="E221" t="s">
-        <v>774</v>
+        <v>155</v>
       </c>
       <c r="F221" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="G221">
-        <v>89501</v>
+        <v>77067</v>
       </c>
       <c r="H221" t="s">
-        <v>964</v>
+        <v>909</v>
       </c>
       <c r="I221" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222">
-        <v>1516963</v>
+        <v>953582</v>
       </c>
       <c r="B222" t="s">
-        <v>1583</v>
+        <v>906</v>
       </c>
       <c r="D222" t="s">
-        <v>1584</v>
+        <v>908</v>
       </c>
       <c r="E222" t="s">
-        <v>1585</v>
+        <v>733</v>
       </c>
       <c r="F222" t="s">
-        <v>48</v>
+        <v>362</v>
       </c>
       <c r="G222">
-        <v>44333</v>
+        <v>74107</v>
       </c>
       <c r="H222" t="s">
-        <v>1586</v>
+        <v>907</v>
       </c>
       <c r="I222" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223">
-        <v>939550</v>
+        <v>953582</v>
       </c>
       <c r="B223" t="s">
-        <v>963</v>
+        <v>906</v>
+      </c>
+      <c r="C223">
+        <v>1712900</v>
       </c>
       <c r="D223" t="s">
-        <v>962</v>
+        <v>1664</v>
       </c>
       <c r="E223" t="s">
-        <v>278</v>
+        <v>1665</v>
       </c>
       <c r="F223" t="s">
-        <v>15</v>
+        <v>905</v>
       </c>
       <c r="G223">
-        <v>27401</v>
+        <v>83642</v>
       </c>
       <c r="H223" t="s">
-        <v>961</v>
+        <v>904</v>
       </c>
       <c r="I223" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224">
-        <v>954078</v>
+        <v>2102</v>
       </c>
       <c r="B224" t="s">
-        <v>958</v>
+        <v>902</v>
       </c>
       <c r="D224" t="s">
-        <v>960</v>
+        <v>901</v>
       </c>
       <c r="E224" t="s">
-        <v>169</v>
+        <v>900</v>
       </c>
       <c r="F224" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-        <v>14228</v>
+        <v>60</v>
+      </c>
+      <c r="G224" s="8" t="s">
+        <v>1720</v>
       </c>
       <c r="H224" t="s">
-        <v>959</v>
+        <v>899</v>
       </c>
       <c r="I224" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225">
-        <v>954078</v>
+        <v>948786</v>
       </c>
       <c r="B225" t="s">
-        <v>958</v>
-[...2 lines deleted...]
-        <v>973091</v>
+        <v>1933</v>
       </c>
       <c r="D225" t="s">
-        <v>1587</v>
+        <v>1934</v>
       </c>
       <c r="E225" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-        <v>957</v>
+        <v>1935</v>
+      </c>
+      <c r="F225" t="s">
+        <v>903</v>
+      </c>
+      <c r="G225">
+        <v>38801</v>
       </c>
       <c r="H225" t="s">
-        <v>956</v>
+        <v>1936</v>
       </c>
       <c r="I225" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226">
-        <v>931140</v>
+        <v>2767</v>
       </c>
       <c r="B226" t="s">
-        <v>955</v>
+        <v>890</v>
       </c>
       <c r="D226" t="s">
-        <v>954</v>
+        <v>897</v>
       </c>
       <c r="E226" t="s">
-        <v>162</v>
+        <v>306</v>
       </c>
       <c r="F226" t="s">
-        <v>60</v>
+        <v>83</v>
       </c>
       <c r="G226">
-        <v>77066</v>
+        <v>33431</v>
       </c>
       <c r="H226" t="s">
-        <v>953</v>
+        <v>889</v>
       </c>
       <c r="I226" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227">
-        <v>953582</v>
+        <v>2767</v>
       </c>
       <c r="B227" t="s">
-        <v>950</v>
+        <v>890</v>
+      </c>
+      <c r="C227">
+        <v>7069</v>
       </c>
       <c r="D227" t="s">
-        <v>952</v>
+        <v>1777</v>
       </c>
       <c r="E227" t="s">
-        <v>766</v>
+        <v>896</v>
       </c>
       <c r="F227" t="s">
-        <v>374</v>
+        <v>114</v>
       </c>
       <c r="G227">
-        <v>74107</v>
+        <v>46037</v>
       </c>
       <c r="H227" t="s">
-        <v>951</v>
+        <v>889</v>
       </c>
       <c r="I227" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228">
-        <v>953582</v>
+        <v>2767</v>
       </c>
       <c r="B228" t="s">
-        <v>950</v>
+        <v>890</v>
       </c>
       <c r="C228">
-        <v>1712900</v>
+        <v>1319583</v>
       </c>
       <c r="D228" t="s">
-        <v>1736</v>
+        <v>1841</v>
       </c>
       <c r="E228" t="s">
-        <v>1737</v>
+        <v>656</v>
       </c>
       <c r="F228" t="s">
-        <v>949</v>
+        <v>293</v>
       </c>
       <c r="G228">
-        <v>83642</v>
+        <v>21046</v>
       </c>
       <c r="H228" t="s">
-        <v>948</v>
+        <v>889</v>
       </c>
       <c r="I228" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229">
-        <v>2102</v>
+        <v>2767</v>
       </c>
       <c r="B229" t="s">
-        <v>946</v>
+        <v>890</v>
+      </c>
+      <c r="C229">
+        <v>1392951</v>
       </c>
       <c r="D229" t="s">
-        <v>945</v>
+        <v>895</v>
       </c>
       <c r="E229" t="s">
-        <v>944</v>
+        <v>894</v>
       </c>
       <c r="F229" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>1793</v>
+        <v>18</v>
+      </c>
+      <c r="G229">
+        <v>19428</v>
       </c>
       <c r="H229" t="s">
-        <v>943</v>
+        <v>889</v>
       </c>
       <c r="I229" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230">
-        <v>948786</v>
+        <v>2767</v>
       </c>
       <c r="B230" t="s">
-        <v>2020</v>
+        <v>890</v>
+      </c>
+      <c r="C230">
+        <v>1578806</v>
       </c>
       <c r="D230" t="s">
-        <v>2021</v>
+        <v>893</v>
       </c>
       <c r="E230" t="s">
-        <v>2022</v>
+        <v>892</v>
       </c>
       <c r="F230" t="s">
-        <v>947</v>
-[...2 lines deleted...]
-        <v>38801</v>
+        <v>60</v>
+      </c>
+      <c r="G230" s="8" t="s">
+        <v>1721</v>
       </c>
       <c r="H230" t="s">
-        <v>2023</v>
+        <v>889</v>
       </c>
       <c r="I230" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231">
         <v>2767</v>
       </c>
       <c r="B231" t="s">
-        <v>934</v>
+        <v>890</v>
+      </c>
+      <c r="C231">
+        <v>1767931</v>
       </c>
       <c r="D231" t="s">
-        <v>941</v>
+        <v>1722</v>
       </c>
       <c r="E231" t="s">
-        <v>318</v>
+        <v>1723</v>
       </c>
       <c r="F231" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="G231">
-        <v>33431</v>
+        <v>32082</v>
       </c>
       <c r="H231" t="s">
-        <v>933</v>
+        <v>889</v>
       </c>
       <c r="I231" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232">
         <v>2767</v>
       </c>
       <c r="B232" t="s">
-        <v>934</v>
+        <v>890</v>
       </c>
       <c r="C232">
-        <v>7069</v>
+        <v>1902345</v>
       </c>
       <c r="D232" t="s">
-        <v>1852</v>
+        <v>1546</v>
       </c>
       <c r="E232" t="s">
-        <v>940</v>
+        <v>221</v>
       </c>
       <c r="F232" t="s">
-        <v>120</v>
+        <v>57</v>
       </c>
       <c r="G232">
-        <v>46037</v>
+        <v>75243</v>
       </c>
       <c r="H232" t="s">
-        <v>933</v>
+        <v>889</v>
       </c>
       <c r="I232" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233">
         <v>2767</v>
       </c>
       <c r="B233" t="s">
-        <v>934</v>
+        <v>890</v>
       </c>
       <c r="C233">
-        <v>1319583</v>
+        <v>1902379</v>
       </c>
       <c r="D233" t="s">
-        <v>1921</v>
+        <v>1575</v>
       </c>
       <c r="E233" t="s">
-        <v>687</v>
+        <v>892</v>
       </c>
       <c r="F233" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-        <v>21046</v>
+        <v>60</v>
+      </c>
+      <c r="G233" s="8" t="s">
+        <v>1721</v>
       </c>
       <c r="H233" t="s">
-        <v>933</v>
+        <v>889</v>
       </c>
       <c r="I233" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234">
         <v>2767</v>
       </c>
       <c r="B234" t="s">
-        <v>934</v>
+        <v>890</v>
       </c>
       <c r="C234">
-        <v>1392951</v>
+        <v>1962889</v>
       </c>
       <c r="D234" t="s">
-        <v>939</v>
+        <v>1462</v>
       </c>
       <c r="E234" t="s">
-        <v>938</v>
+        <v>891</v>
       </c>
       <c r="F234" t="s">
-        <v>18</v>
+        <v>263</v>
       </c>
       <c r="G234">
-        <v>19428</v>
+        <v>97008</v>
       </c>
       <c r="H234" t="s">
-        <v>933</v>
+        <v>889</v>
       </c>
       <c r="I234" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235">
-        <v>2767</v>
+        <v>1124656</v>
       </c>
       <c r="B235" t="s">
-        <v>934</v>
-[...2 lines deleted...]
-        <v>1578806</v>
+        <v>887</v>
       </c>
       <c r="D235" t="s">
-        <v>937</v>
+        <v>1971</v>
       </c>
       <c r="E235" t="s">
-        <v>936</v>
+        <v>395</v>
       </c>
       <c r="F235" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>1794</v>
+        <v>89</v>
+      </c>
+      <c r="G235">
+        <v>37217</v>
       </c>
       <c r="H235" t="s">
-        <v>933</v>
+        <v>886</v>
       </c>
       <c r="I235" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236">
-        <v>2767</v>
+        <v>934278</v>
       </c>
       <c r="B236" t="s">
-        <v>934</v>
-[...2 lines deleted...]
-        <v>1767931</v>
+        <v>1666</v>
       </c>
       <c r="D236" t="s">
-        <v>1795</v>
+        <v>1667</v>
       </c>
       <c r="E236" t="s">
-        <v>1796</v>
+        <v>480</v>
       </c>
       <c r="F236" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="G236">
-        <v>32082</v>
+        <v>33626</v>
       </c>
       <c r="H236" t="s">
-        <v>933</v>
+        <v>1668</v>
       </c>
       <c r="I236" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237">
-        <v>2767</v>
+        <v>937172</v>
       </c>
       <c r="B237" t="s">
-        <v>934</v>
-[...2 lines deleted...]
-        <v>1902345</v>
+        <v>881</v>
       </c>
       <c r="D237" t="s">
-        <v>1610</v>
+        <v>883</v>
       </c>
       <c r="E237" t="s">
-        <v>229</v>
+        <v>882</v>
       </c>
       <c r="F237" t="s">
-        <v>60</v>
+        <v>615</v>
       </c>
       <c r="G237">
-        <v>75243</v>
+        <v>68117</v>
       </c>
       <c r="H237" t="s">
-        <v>933</v>
+        <v>885</v>
       </c>
       <c r="I237" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238">
-        <v>2767</v>
+        <v>937172</v>
       </c>
       <c r="B238" t="s">
-        <v>934</v>
+        <v>881</v>
       </c>
       <c r="C238">
-        <v>1902379</v>
+        <v>1010505</v>
       </c>
       <c r="D238" t="s">
-        <v>1642</v>
+        <v>1937</v>
       </c>
       <c r="E238" t="s">
-        <v>936</v>
-[...5 lines deleted...]
-        <v>1794</v>
+        <v>884</v>
+      </c>
+      <c r="G238" t="s">
+        <v>1938</v>
       </c>
       <c r="H238" t="s">
-        <v>933</v>
+        <v>878</v>
       </c>
       <c r="I238" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239">
-        <v>2767</v>
+        <v>937172</v>
       </c>
       <c r="B239" t="s">
-        <v>934</v>
+        <v>881</v>
       </c>
       <c r="C239">
-        <v>1962889</v>
+        <v>1675503</v>
       </c>
       <c r="D239" t="s">
-        <v>1520</v>
+        <v>880</v>
       </c>
       <c r="E239" t="s">
-        <v>935</v>
+        <v>879</v>
       </c>
       <c r="F239" t="s">
-        <v>275</v>
+        <v>7</v>
       </c>
       <c r="G239">
-        <v>97008</v>
+        <v>22407</v>
       </c>
       <c r="H239" t="s">
-        <v>933</v>
+        <v>878</v>
       </c>
       <c r="I239" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240">
-        <v>1124656</v>
+        <v>191713</v>
       </c>
       <c r="B240" t="s">
-        <v>931</v>
+        <v>875</v>
       </c>
       <c r="D240" t="s">
-        <v>930</v>
+        <v>1802</v>
       </c>
       <c r="E240" t="s">
-        <v>411</v>
+        <v>1803</v>
       </c>
       <c r="F240" t="s">
-        <v>92</v>
+        <v>323</v>
       </c>
       <c r="G240">
-        <v>37210</v>
+        <v>84098</v>
       </c>
       <c r="H240" t="s">
-        <v>929</v>
+        <v>873</v>
       </c>
       <c r="I240" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241">
-        <v>934278</v>
+        <v>191713</v>
       </c>
       <c r="B241" t="s">
-        <v>1738</v>
+        <v>875</v>
       </c>
       <c r="D241" t="s">
-        <v>1739</v>
+        <v>1802</v>
       </c>
       <c r="E241" t="s">
-        <v>496</v>
+        <v>1803</v>
       </c>
       <c r="F241" t="s">
-        <v>86</v>
+        <v>323</v>
       </c>
       <c r="G241">
-        <v>33626</v>
+        <v>84098</v>
       </c>
       <c r="H241" t="s">
-        <v>1740</v>
+        <v>873</v>
       </c>
       <c r="I241" t="s">
-        <v>0</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242">
-        <v>937172</v>
+        <v>191713</v>
       </c>
       <c r="B242" t="s">
-        <v>924</v>
+        <v>875</v>
+      </c>
+      <c r="C242">
+        <v>1003929</v>
       </c>
       <c r="D242" t="s">
-        <v>926</v>
+        <v>877</v>
       </c>
       <c r="E242" t="s">
-        <v>925</v>
+        <v>876</v>
       </c>
       <c r="F242" t="s">
-        <v>642</v>
+        <v>57</v>
       </c>
       <c r="G242">
-        <v>68117</v>
+        <v>76522</v>
       </c>
       <c r="H242" t="s">
-        <v>928</v>
+        <v>873</v>
       </c>
       <c r="I242" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243">
-        <v>937172</v>
+        <v>951918</v>
       </c>
       <c r="B243" t="s">
-        <v>924</v>
-[...2 lines deleted...]
-        <v>1010505</v>
+        <v>872</v>
       </c>
       <c r="D243" t="s">
-        <v>2024</v>
+        <v>871</v>
       </c>
       <c r="E243" t="s">
-        <v>927</v>
-[...2 lines deleted...]
-        <v>2025</v>
+        <v>870</v>
+      </c>
+      <c r="F243" t="s">
+        <v>45</v>
+      </c>
+      <c r="G243">
+        <v>45040</v>
       </c>
       <c r="H243" t="s">
-        <v>921</v>
+        <v>869</v>
       </c>
       <c r="I243" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244">
-        <v>937172</v>
+        <v>1739063</v>
       </c>
       <c r="B244" t="s">
-        <v>924</v>
-[...2 lines deleted...]
-        <v>1675503</v>
+        <v>864</v>
       </c>
       <c r="D244" t="s">
-        <v>923</v>
+        <v>868</v>
       </c>
       <c r="E244" t="s">
-        <v>922</v>
+        <v>867</v>
       </c>
       <c r="F244" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="G244">
-        <v>22407</v>
+        <v>18706</v>
       </c>
       <c r="H244" t="s">
-        <v>921</v>
+        <v>863</v>
       </c>
       <c r="I244" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245">
-        <v>191713</v>
+        <v>1739063</v>
       </c>
       <c r="B245" t="s">
-        <v>918</v>
+        <v>864</v>
+      </c>
+      <c r="C245">
+        <v>1879881</v>
       </c>
       <c r="D245" t="s">
-        <v>1878</v>
+        <v>866</v>
       </c>
       <c r="E245" t="s">
-        <v>1879</v>
+        <v>865</v>
       </c>
       <c r="F245" t="s">
-        <v>335</v>
+        <v>57</v>
       </c>
       <c r="G245">
-        <v>84098</v>
+        <v>75082</v>
       </c>
       <c r="H245" t="s">
-        <v>916</v>
+        <v>863</v>
       </c>
       <c r="I245" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246">
-        <v>191713</v>
+        <v>1739063</v>
       </c>
       <c r="B246" t="s">
-        <v>918</v>
+        <v>864</v>
+      </c>
+      <c r="C246">
+        <v>1879889</v>
       </c>
       <c r="D246" t="s">
-        <v>1878</v>
+        <v>1463</v>
       </c>
       <c r="E246" t="s">
-        <v>1879</v>
+        <v>1464</v>
       </c>
       <c r="F246" t="s">
-        <v>335</v>
+        <v>152</v>
       </c>
       <c r="G246">
-        <v>84098</v>
+        <v>53226</v>
       </c>
       <c r="H246" t="s">
-        <v>916</v>
+        <v>863</v>
       </c>
       <c r="I246" t="s">
-        <v>1469</v>
+        <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247">
-        <v>191713</v>
+        <v>934264</v>
       </c>
       <c r="B247" t="s">
-        <v>918</v>
-[...2 lines deleted...]
-        <v>1003929</v>
+        <v>847</v>
       </c>
       <c r="D247" t="s">
-        <v>920</v>
+        <v>1632</v>
       </c>
       <c r="E247" t="s">
-        <v>919</v>
+        <v>865</v>
       </c>
       <c r="F247" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G247">
-        <v>76522</v>
+        <v>75082</v>
       </c>
       <c r="H247" t="s">
-        <v>916</v>
+        <v>862</v>
       </c>
       <c r="I247" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248">
-        <v>951918</v>
+        <v>934264</v>
       </c>
       <c r="B248" t="s">
-        <v>915</v>
+        <v>847</v>
+      </c>
+      <c r="C248">
+        <v>989611</v>
       </c>
       <c r="D248" t="s">
-        <v>914</v>
+        <v>861</v>
       </c>
       <c r="E248" t="s">
-        <v>913</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>860</v>
       </c>
       <c r="G248">
-        <v>45040</v>
+        <v>1780</v>
       </c>
       <c r="H248" t="s">
-        <v>912</v>
+        <v>844</v>
       </c>
       <c r="I248" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249">
-        <v>1739063</v>
+        <v>934264</v>
       </c>
       <c r="B249" t="s">
-        <v>907</v>
+        <v>847</v>
+      </c>
+      <c r="C249">
+        <v>989614</v>
       </c>
       <c r="D249" t="s">
-        <v>911</v>
+        <v>859</v>
       </c>
       <c r="E249" t="s">
-        <v>910</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>218</v>
       </c>
       <c r="G249">
-        <v>18706</v>
+        <v>122015</v>
       </c>
       <c r="H249" t="s">
-        <v>906</v>
+        <v>844</v>
       </c>
       <c r="I249" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250">
-        <v>1739063</v>
+        <v>934264</v>
       </c>
       <c r="B250" t="s">
-        <v>907</v>
+        <v>847</v>
       </c>
       <c r="C250">
-        <v>1879881</v>
+        <v>989619</v>
       </c>
       <c r="D250" t="s">
-        <v>909</v>
+        <v>858</v>
       </c>
       <c r="E250" t="s">
-        <v>908</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>857</v>
       </c>
       <c r="G250">
-        <v>75082</v>
+        <v>500039</v>
       </c>
       <c r="H250" t="s">
-        <v>906</v>
+        <v>844</v>
       </c>
       <c r="I250" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251">
-        <v>1739063</v>
+        <v>934264</v>
       </c>
       <c r="B251" t="s">
-        <v>907</v>
+        <v>847</v>
       </c>
       <c r="C251">
-        <v>1879889</v>
+        <v>989621</v>
       </c>
       <c r="D251" t="s">
-        <v>1521</v>
+        <v>1633</v>
       </c>
       <c r="E251" t="s">
-        <v>1522</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>1634</v>
       </c>
       <c r="G251">
-        <v>53226</v>
+        <v>32330</v>
       </c>
       <c r="H251" t="s">
-        <v>906</v>
+        <v>844</v>
       </c>
       <c r="I251" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252">
         <v>934264</v>
       </c>
       <c r="B252" t="s">
-        <v>890</v>
+        <v>847</v>
+      </c>
+      <c r="C252">
+        <v>989623</v>
       </c>
       <c r="D252" t="s">
-        <v>1704</v>
+        <v>1842</v>
       </c>
       <c r="E252" t="s">
-        <v>908</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>1843</v>
       </c>
       <c r="G252">
-        <v>75082</v>
+        <v>201304</v>
       </c>
       <c r="H252" t="s">
-        <v>905</v>
+        <v>844</v>
       </c>
       <c r="I252" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253">
         <v>934264</v>
       </c>
       <c r="B253" t="s">
-        <v>890</v>
+        <v>847</v>
       </c>
       <c r="C253">
-        <v>989611</v>
+        <v>993279</v>
       </c>
       <c r="D253" t="s">
-        <v>904</v>
+        <v>856</v>
       </c>
       <c r="E253" t="s">
-        <v>903</v>
+        <v>855</v>
       </c>
       <c r="G253">
         <v>1780</v>
       </c>
       <c r="H253" t="s">
-        <v>887</v>
+        <v>844</v>
       </c>
       <c r="I253" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254">
         <v>934264</v>
       </c>
       <c r="B254" t="s">
-        <v>890</v>
+        <v>847</v>
       </c>
       <c r="C254">
-        <v>989614</v>
+        <v>993281</v>
       </c>
       <c r="D254" t="s">
-        <v>902</v>
+        <v>854</v>
       </c>
       <c r="E254" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>122015</v>
+        <v>853</v>
+      </c>
+      <c r="G254" s="8" t="s">
+        <v>1724</v>
       </c>
       <c r="H254" t="s">
-        <v>887</v>
+        <v>844</v>
       </c>
       <c r="I254" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255">
         <v>934264</v>
       </c>
       <c r="B255" t="s">
-        <v>890</v>
+        <v>847</v>
       </c>
       <c r="C255">
-        <v>989619</v>
+        <v>1112545</v>
       </c>
       <c r="D255" t="s">
-        <v>901</v>
+        <v>852</v>
       </c>
       <c r="E255" t="s">
-        <v>900</v>
-[...3 lines deleted...]
-      </c>
+        <v>851</v>
+      </c>
+      <c r="G255"/>
       <c r="H255" t="s">
-        <v>887</v>
+        <v>844</v>
       </c>
       <c r="I255" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256">
         <v>934264</v>
       </c>
       <c r="B256" t="s">
-        <v>890</v>
+        <v>847</v>
       </c>
       <c r="C256">
-        <v>989621</v>
+        <v>1185952</v>
       </c>
       <c r="D256" t="s">
-        <v>1705</v>
+        <v>850</v>
       </c>
       <c r="E256" t="s">
-        <v>1706</v>
+        <v>849</v>
       </c>
       <c r="G256">
-        <v>32330</v>
+        <v>1780</v>
       </c>
       <c r="H256" t="s">
-        <v>887</v>
+        <v>844</v>
       </c>
       <c r="I256" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257">
         <v>934264</v>
       </c>
       <c r="B257" t="s">
-        <v>890</v>
+        <v>847</v>
       </c>
       <c r="C257">
-        <v>989623</v>
+        <v>1185992</v>
       </c>
       <c r="D257" t="s">
-        <v>1922</v>
+        <v>848</v>
       </c>
       <c r="E257" t="s">
-        <v>1923</v>
+        <v>170</v>
       </c>
       <c r="G257">
-        <v>201304</v>
+        <v>1100</v>
       </c>
       <c r="H257" t="s">
-        <v>887</v>
+        <v>844</v>
       </c>
       <c r="I257" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258">
         <v>934264</v>
       </c>
       <c r="B258" t="s">
-        <v>890</v>
+        <v>847</v>
       </c>
       <c r="C258">
-        <v>993279</v>
+        <v>1525801</v>
       </c>
       <c r="D258" t="s">
-        <v>899</v>
+        <v>846</v>
       </c>
       <c r="E258" t="s">
-        <v>898</v>
+        <v>845</v>
       </c>
       <c r="G258">
-        <v>1780</v>
+        <v>2100</v>
       </c>
       <c r="H258" t="s">
-        <v>887</v>
+        <v>844</v>
       </c>
       <c r="I258" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259">
         <v>934264</v>
       </c>
       <c r="B259" t="s">
-        <v>890</v>
+        <v>847</v>
       </c>
       <c r="C259">
-        <v>993281</v>
+        <v>2498322</v>
       </c>
       <c r="D259" t="s">
-        <v>897</v>
+        <v>1635</v>
       </c>
       <c r="E259" t="s">
-        <v>896</v>
-[...2 lines deleted...]
-        <v>1797</v>
+        <v>1636</v>
+      </c>
+      <c r="G259">
+        <v>45116</v>
       </c>
       <c r="H259" t="s">
-        <v>887</v>
+        <v>844</v>
       </c>
       <c r="I259" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260">
         <v>934264</v>
       </c>
       <c r="B260" t="s">
-        <v>890</v>
+        <v>847</v>
       </c>
       <c r="C260">
-        <v>1112545</v>
+        <v>2575513</v>
       </c>
       <c r="D260" t="s">
-        <v>895</v>
+        <v>1844</v>
       </c>
       <c r="E260" t="s">
-        <v>894</v>
-[...1 lines deleted...]
-      <c r="G260"/>
+        <v>1845</v>
+      </c>
+      <c r="G260">
+        <v>40104</v>
+      </c>
       <c r="H260" t="s">
-        <v>887</v>
+        <v>844</v>
       </c>
       <c r="I260" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261">
         <v>934264</v>
       </c>
       <c r="B261" t="s">
-        <v>890</v>
+        <v>847</v>
       </c>
       <c r="C261">
-        <v>1185952</v>
+        <v>2689281</v>
       </c>
       <c r="D261" t="s">
-        <v>893</v>
+        <v>1902</v>
       </c>
       <c r="E261" t="s">
-        <v>892</v>
+        <v>1903</v>
       </c>
       <c r="G261">
-        <v>1780</v>
+        <v>2191</v>
       </c>
       <c r="H261" t="s">
-        <v>887</v>
+        <v>844</v>
       </c>
       <c r="I261" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262">
-        <v>934264</v>
+        <v>4328</v>
       </c>
       <c r="B262" t="s">
-        <v>890</v>
-[...2 lines deleted...]
-        <v>1185992</v>
+        <v>1418</v>
       </c>
       <c r="D262" t="s">
-        <v>891</v>
+        <v>776</v>
       </c>
       <c r="E262" t="s">
-        <v>177</v>
+        <v>775</v>
+      </c>
+      <c r="F262" t="s">
+        <v>17</v>
       </c>
       <c r="G262">
-        <v>1100</v>
+        <v>92868</v>
       </c>
       <c r="H262" t="s">
-        <v>887</v>
+        <v>774</v>
       </c>
       <c r="I262" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263">
-        <v>934264</v>
+        <v>4328</v>
       </c>
       <c r="B263" t="s">
-        <v>890</v>
+        <v>1418</v>
       </c>
       <c r="C263">
-        <v>1525801</v>
+        <v>957732</v>
       </c>
       <c r="D263" t="s">
-        <v>889</v>
+        <v>773</v>
       </c>
       <c r="E263" t="s">
-        <v>888</v>
+        <v>772</v>
+      </c>
+      <c r="F263" t="s">
+        <v>367</v>
       </c>
       <c r="G263">
-        <v>2100</v>
+        <v>48331</v>
       </c>
       <c r="H263" t="s">
-        <v>887</v>
+        <v>771</v>
       </c>
       <c r="I263" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264">
-        <v>934264</v>
+        <v>442028</v>
       </c>
       <c r="B264" t="s">
-        <v>890</v>
-[...2 lines deleted...]
-        <v>2498322</v>
+        <v>840</v>
       </c>
       <c r="D264" t="s">
-        <v>1707</v>
+        <v>839</v>
       </c>
       <c r="E264" t="s">
-        <v>1708</v>
+        <v>838</v>
+      </c>
+      <c r="F264" t="s">
+        <v>83</v>
       </c>
       <c r="G264">
-        <v>45116</v>
+        <v>32835</v>
       </c>
       <c r="H264" t="s">
-        <v>887</v>
+        <v>837</v>
       </c>
       <c r="I264" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265">
-        <v>934264</v>
+        <v>1679220</v>
       </c>
       <c r="B265" t="s">
-        <v>890</v>
-[...2 lines deleted...]
-        <v>2575513</v>
+        <v>836</v>
       </c>
       <c r="D265" t="s">
-        <v>1924</v>
+        <v>1419</v>
       </c>
       <c r="E265" t="s">
-        <v>1925</v>
-[...2 lines deleted...]
-        <v>40104</v>
+        <v>668</v>
+      </c>
+      <c r="F265" t="s">
+        <v>60</v>
+      </c>
+      <c r="G265" s="8" t="s">
+        <v>1725</v>
       </c>
       <c r="H265" t="s">
-        <v>887</v>
+        <v>835</v>
       </c>
       <c r="I265" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266">
-        <v>934264</v>
+        <v>931242</v>
       </c>
       <c r="B266" t="s">
-        <v>890</v>
-[...2 lines deleted...]
-        <v>2689281</v>
+        <v>834</v>
       </c>
       <c r="D266" t="s">
-        <v>1986</v>
+        <v>833</v>
       </c>
       <c r="E266" t="s">
-        <v>1987</v>
+        <v>340</v>
+      </c>
+      <c r="F266" t="s">
+        <v>83</v>
       </c>
       <c r="G266">
-        <v>2191</v>
+        <v>34243</v>
       </c>
       <c r="H266" t="s">
-        <v>887</v>
+        <v>832</v>
       </c>
       <c r="I266" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267">
-        <v>4328</v>
+        <v>931242</v>
       </c>
       <c r="B267" t="s">
-        <v>1476</v>
+        <v>834</v>
+      </c>
+      <c r="C267">
+        <v>2480520</v>
       </c>
       <c r="D267" t="s">
-        <v>816</v>
+        <v>1669</v>
       </c>
       <c r="E267" t="s">
-        <v>815</v>
+        <v>1239</v>
       </c>
       <c r="F267" t="s">
-        <v>17</v>
+        <v>83</v>
       </c>
       <c r="G267">
-        <v>92868</v>
+        <v>33770</v>
       </c>
       <c r="H267" t="s">
-        <v>814</v>
+        <v>1670</v>
       </c>
       <c r="I267" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268">
-        <v>4328</v>
+        <v>1197823</v>
       </c>
       <c r="B268" t="s">
-        <v>1476</v>
-[...2 lines deleted...]
-        <v>957732</v>
+        <v>1547</v>
       </c>
       <c r="D268" t="s">
-        <v>813</v>
+        <v>1548</v>
       </c>
       <c r="E268" t="s">
-        <v>812</v>
+        <v>1549</v>
       </c>
       <c r="F268" t="s">
-        <v>379</v>
+        <v>28</v>
       </c>
       <c r="G268">
-        <v>48331</v>
+        <v>60077</v>
       </c>
       <c r="H268" t="s">
-        <v>811</v>
+        <v>1550</v>
       </c>
       <c r="I268" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269">
-        <v>442028</v>
+        <v>1197823</v>
       </c>
       <c r="B269" t="s">
-        <v>883</v>
+        <v>1547</v>
+      </c>
+      <c r="C269">
+        <v>1857312</v>
       </c>
       <c r="D269" t="s">
-        <v>882</v>
+        <v>1846</v>
       </c>
       <c r="E269" t="s">
-        <v>881</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>1847</v>
       </c>
       <c r="G269">
-        <v>32835</v>
+        <v>1550</v>
       </c>
       <c r="H269" t="s">
-        <v>880</v>
+        <v>1550</v>
       </c>
       <c r="I269" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270">
-        <v>1679220</v>
+        <v>1197823</v>
       </c>
       <c r="B270" t="s">
-        <v>879</v>
+        <v>1547</v>
+      </c>
+      <c r="C270">
+        <v>2684723</v>
       </c>
       <c r="D270" t="s">
-        <v>1477</v>
+        <v>1939</v>
       </c>
       <c r="E270" t="s">
-        <v>699</v>
-[...6 lines deleted...]
-      </c>
+        <v>1940</v>
+      </c>
+      <c r="G270"/>
       <c r="H270" t="s">
-        <v>878</v>
+        <v>1550</v>
       </c>
       <c r="I270" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271">
-        <v>931242</v>
+        <v>2038270</v>
       </c>
       <c r="B271" t="s">
-        <v>877</v>
+        <v>1420</v>
       </c>
       <c r="D271" t="s">
-        <v>876</v>
+        <v>1726</v>
       </c>
       <c r="E271" t="s">
-        <v>352</v>
+        <v>391</v>
       </c>
       <c r="F271" t="s">
-        <v>86</v>
+        <v>28</v>
       </c>
       <c r="G271">
-        <v>34243</v>
+        <v>60604</v>
       </c>
       <c r="H271" t="s">
-        <v>875</v>
+        <v>1421</v>
       </c>
       <c r="I271" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272">
-        <v>931242</v>
+        <v>2038270</v>
       </c>
       <c r="B272" t="s">
-        <v>877</v>
+        <v>1420</v>
       </c>
       <c r="C272">
-        <v>2480520</v>
+        <v>2632788</v>
       </c>
       <c r="D272" t="s">
-        <v>1741</v>
+        <v>1804</v>
       </c>
       <c r="E272" t="s">
-        <v>1295</v>
+        <v>1040</v>
       </c>
       <c r="F272" t="s">
-        <v>86</v>
+        <v>57</v>
       </c>
       <c r="G272">
-        <v>33770</v>
+        <v>75019</v>
       </c>
       <c r="H272" t="s">
-        <v>1742</v>
+        <v>1421</v>
       </c>
       <c r="I272" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273">
-        <v>1197823</v>
+        <v>3707</v>
       </c>
       <c r="B273" t="s">
-        <v>1611</v>
+        <v>1727</v>
       </c>
       <c r="D273" t="s">
-        <v>1612</v>
+        <v>106</v>
       </c>
       <c r="E273" t="s">
-        <v>1613</v>
+        <v>105</v>
       </c>
       <c r="F273" t="s">
-        <v>28</v>
+        <v>66</v>
       </c>
       <c r="G273">
-        <v>60077</v>
+        <v>80129</v>
       </c>
       <c r="H273" t="s">
-        <v>1614</v>
+        <v>102</v>
       </c>
       <c r="I273" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274">
-        <v>1197823</v>
+        <v>3707</v>
       </c>
       <c r="B274" t="s">
-        <v>1611</v>
+        <v>1727</v>
       </c>
       <c r="C274">
-        <v>1857312</v>
+        <v>1176952</v>
       </c>
       <c r="D274" t="s">
-        <v>1926</v>
+        <v>104</v>
       </c>
       <c r="E274" t="s">
-        <v>1927</v>
+        <v>103</v>
+      </c>
+      <c r="F274" t="s">
+        <v>17</v>
       </c>
       <c r="G274">
-        <v>1550</v>
+        <v>91361</v>
       </c>
       <c r="H274" t="s">
-        <v>1614</v>
+        <v>102</v>
       </c>
       <c r="I274" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275">
-        <v>1197823</v>
+        <v>960124</v>
       </c>
       <c r="B275" t="s">
-        <v>1611</v>
-[...2 lines deleted...]
-        <v>2684723</v>
+        <v>828</v>
       </c>
       <c r="D275" t="s">
-        <v>2026</v>
+        <v>831</v>
       </c>
       <c r="E275" t="s">
-        <v>2027</v>
-[...1 lines deleted...]
-      <c r="G275"/>
+        <v>830</v>
+      </c>
+      <c r="F275" t="s">
+        <v>83</v>
+      </c>
+      <c r="G275">
+        <v>33323</v>
+      </c>
       <c r="H275" t="s">
-        <v>1614</v>
+        <v>829</v>
       </c>
       <c r="I275" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276">
-        <v>2038270</v>
+        <v>1148013</v>
       </c>
       <c r="B276" t="s">
-        <v>1478</v>
+        <v>825</v>
       </c>
       <c r="D276" t="s">
-        <v>1799</v>
+        <v>827</v>
       </c>
       <c r="E276" t="s">
-        <v>407</v>
+        <v>826</v>
       </c>
       <c r="F276" t="s">
-        <v>28</v>
+        <v>114</v>
       </c>
       <c r="G276">
-        <v>60604</v>
+        <v>46580</v>
       </c>
       <c r="H276" t="s">
-        <v>1479</v>
+        <v>824</v>
       </c>
       <c r="I276" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277">
-        <v>2038270</v>
+        <v>1442770</v>
       </c>
       <c r="B277" t="s">
-        <v>1478</v>
-[...2 lines deleted...]
-        <v>2632788</v>
+        <v>1465</v>
       </c>
       <c r="D277" t="s">
-        <v>1880</v>
+        <v>1466</v>
       </c>
       <c r="E277" t="s">
-        <v>1089</v>
+        <v>1467</v>
       </c>
       <c r="F277" t="s">
-        <v>60</v>
+        <v>165</v>
       </c>
       <c r="G277">
-        <v>75019</v>
+        <v>63005</v>
       </c>
       <c r="H277" t="s">
-        <v>1479</v>
+        <v>1468</v>
       </c>
       <c r="I277" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278">
-        <v>3707</v>
+        <v>1224682</v>
       </c>
       <c r="B278" t="s">
-        <v>1800</v>
+        <v>1848</v>
       </c>
       <c r="D278" t="s">
-        <v>112</v>
+        <v>823</v>
       </c>
       <c r="E278" t="s">
-        <v>111</v>
+        <v>822</v>
       </c>
       <c r="F278" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="G278">
-        <v>80129</v>
+        <v>30096</v>
       </c>
       <c r="H278" t="s">
-        <v>108</v>
+        <v>821</v>
       </c>
       <c r="I278" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279">
-        <v>3707</v>
+        <v>6521</v>
       </c>
       <c r="B279" t="s">
-        <v>1800</v>
-[...2 lines deleted...]
-        <v>1176952</v>
+        <v>820</v>
       </c>
       <c r="D279" t="s">
-        <v>110</v>
+        <v>1849</v>
       </c>
       <c r="E279" t="s">
-        <v>109</v>
+        <v>819</v>
       </c>
       <c r="F279" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>91361</v>
+        <v>60</v>
+      </c>
+      <c r="G279" s="8" t="s">
+        <v>1728</v>
       </c>
       <c r="H279" t="s">
-        <v>108</v>
+        <v>818</v>
       </c>
       <c r="I279" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280">
-        <v>960124</v>
+        <v>945496</v>
       </c>
       <c r="B280" t="s">
-        <v>871</v>
+        <v>815</v>
       </c>
       <c r="D280" t="s">
-        <v>874</v>
+        <v>1904</v>
       </c>
       <c r="E280" t="s">
-        <v>873</v>
+        <v>681</v>
       </c>
       <c r="F280" t="s">
-        <v>86</v>
+        <v>367</v>
       </c>
       <c r="G280">
-        <v>33323</v>
+        <v>48083</v>
       </c>
       <c r="H280" t="s">
-        <v>872</v>
+        <v>816</v>
       </c>
       <c r="I280" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281">
-        <v>1148013</v>
+        <v>1982626</v>
       </c>
       <c r="B281" t="s">
-        <v>868</v>
+        <v>814</v>
       </c>
       <c r="D281" t="s">
-        <v>870</v>
+        <v>813</v>
       </c>
       <c r="E281" t="s">
-        <v>869</v>
+        <v>290</v>
       </c>
       <c r="F281" t="s">
-        <v>120</v>
+        <v>17</v>
       </c>
       <c r="G281">
-        <v>46580</v>
+        <v>92618</v>
       </c>
       <c r="H281" t="s">
-        <v>867</v>
+        <v>812</v>
       </c>
       <c r="I281" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282">
-        <v>1442770</v>
+        <v>988277</v>
       </c>
       <c r="B282" t="s">
-        <v>1523</v>
+        <v>1422</v>
       </c>
       <c r="D282" t="s">
-        <v>1524</v>
+        <v>811</v>
       </c>
       <c r="E282" t="s">
-        <v>1525</v>
+        <v>480</v>
       </c>
       <c r="F282" t="s">
-        <v>172</v>
+        <v>83</v>
       </c>
       <c r="G282">
-        <v>63005</v>
+        <v>33614</v>
       </c>
       <c r="H282" t="s">
-        <v>1526</v>
+        <v>1423</v>
       </c>
       <c r="I282" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283">
-        <v>1224682</v>
+        <v>988277</v>
       </c>
       <c r="B283" t="s">
-        <v>1928</v>
+        <v>1422</v>
+      </c>
+      <c r="C283">
+        <v>1126452</v>
       </c>
       <c r="D283" t="s">
-        <v>866</v>
+        <v>1637</v>
       </c>
       <c r="E283" t="s">
-        <v>865</v>
-[...5 lines deleted...]
-        <v>30096</v>
+        <v>853</v>
+      </c>
+      <c r="G283" s="8" t="s">
+        <v>1729</v>
       </c>
       <c r="H283" t="s">
-        <v>864</v>
+        <v>1423</v>
       </c>
       <c r="I283" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284">
-        <v>6521</v>
+        <v>937158</v>
       </c>
       <c r="B284" t="s">
-        <v>863</v>
+        <v>808</v>
       </c>
       <c r="D284" t="s">
-        <v>1929</v>
+        <v>1671</v>
       </c>
       <c r="E284" t="s">
-        <v>862</v>
+        <v>810</v>
       </c>
       <c r="F284" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>1801</v>
+        <v>71</v>
+      </c>
+      <c r="G284" t="s">
+        <v>1672</v>
       </c>
       <c r="H284" t="s">
-        <v>861</v>
+        <v>809</v>
       </c>
       <c r="I284" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285">
-        <v>945496</v>
+        <v>937158</v>
       </c>
       <c r="B285" t="s">
-        <v>858</v>
+        <v>808</v>
+      </c>
+      <c r="C285">
+        <v>960279</v>
       </c>
       <c r="D285" t="s">
-        <v>1988</v>
+        <v>807</v>
       </c>
       <c r="E285" t="s">
-        <v>712</v>
+        <v>806</v>
       </c>
       <c r="F285" t="s">
-        <v>379</v>
+        <v>152</v>
       </c>
       <c r="G285">
-        <v>48083</v>
+        <v>54650</v>
       </c>
       <c r="H285" t="s">
-        <v>859</v>
+        <v>805</v>
       </c>
       <c r="I285" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286">
-        <v>1982626</v>
+        <v>971181</v>
       </c>
       <c r="B286" t="s">
-        <v>857</v>
+        <v>804</v>
       </c>
       <c r="D286" t="s">
-        <v>856</v>
+        <v>1730</v>
       </c>
       <c r="E286" t="s">
-        <v>302</v>
+        <v>803</v>
       </c>
       <c r="F286" t="s">
-        <v>17</v>
+        <v>167</v>
       </c>
       <c r="G286">
-        <v>92618</v>
+        <v>98021</v>
       </c>
       <c r="H286" t="s">
-        <v>855</v>
+        <v>802</v>
       </c>
       <c r="I286" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287">
-        <v>988277</v>
+        <v>908487</v>
       </c>
       <c r="B287" t="s">
-        <v>1480</v>
+        <v>801</v>
       </c>
       <c r="D287" t="s">
-        <v>854</v>
+        <v>1805</v>
       </c>
       <c r="E287" t="s">
-        <v>496</v>
+        <v>1806</v>
       </c>
       <c r="F287" t="s">
-        <v>86</v>
+        <v>165</v>
       </c>
       <c r="G287">
-        <v>33614</v>
+        <v>63366</v>
       </c>
       <c r="H287" t="s">
-        <v>1481</v>
+        <v>800</v>
       </c>
       <c r="I287" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288">
-        <v>988277</v>
+        <v>908487</v>
       </c>
       <c r="B288" t="s">
-        <v>1480</v>
+        <v>801</v>
       </c>
       <c r="C288">
-        <v>1126452</v>
+        <v>2154362</v>
       </c>
       <c r="D288" t="s">
-        <v>1709</v>
+        <v>1490</v>
       </c>
       <c r="E288" t="s">
-        <v>896</v>
-[...2 lines deleted...]
-        <v>1802</v>
+        <v>1491</v>
+      </c>
+      <c r="G288">
+        <v>1229</v>
       </c>
       <c r="H288" t="s">
-        <v>1481</v>
+        <v>800</v>
       </c>
       <c r="I288" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289">
-        <v>937158</v>
+        <v>908487</v>
       </c>
       <c r="B289" t="s">
-        <v>851</v>
+        <v>801</v>
+      </c>
+      <c r="C289">
+        <v>2479593</v>
       </c>
       <c r="D289" t="s">
-        <v>1743</v>
+        <v>449</v>
       </c>
       <c r="E289" t="s">
-        <v>853</v>
-[...5 lines deleted...]
-        <v>1744</v>
+        <v>448</v>
+      </c>
+      <c r="G289" s="8" t="s">
+        <v>1764</v>
       </c>
       <c r="H289" t="s">
-        <v>852</v>
+        <v>800</v>
       </c>
       <c r="I289" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290">
-        <v>937158</v>
+        <v>3761</v>
       </c>
       <c r="B290" t="s">
-        <v>851</v>
-[...2 lines deleted...]
-        <v>960279</v>
+        <v>1602</v>
       </c>
       <c r="D290" t="s">
-        <v>850</v>
+        <v>1476</v>
       </c>
       <c r="E290" t="s">
-        <v>849</v>
+        <v>555</v>
       </c>
       <c r="F290" t="s">
-        <v>159</v>
+        <v>57</v>
       </c>
       <c r="G290">
-        <v>54650</v>
+        <v>76244</v>
       </c>
       <c r="H290" t="s">
-        <v>848</v>
+        <v>269</v>
       </c>
       <c r="I290" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291">
-        <v>971181</v>
+        <v>1020904</v>
       </c>
       <c r="B291" t="s">
-        <v>847</v>
+        <v>799</v>
       </c>
       <c r="D291" t="s">
-        <v>1803</v>
+        <v>1551</v>
       </c>
       <c r="E291" t="s">
-        <v>846</v>
+        <v>798</v>
       </c>
       <c r="F291" t="s">
-        <v>174</v>
+        <v>19</v>
       </c>
       <c r="G291">
-        <v>98021</v>
+        <v>89119</v>
       </c>
       <c r="H291" t="s">
-        <v>845</v>
+        <v>797</v>
       </c>
       <c r="I291" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292">
-        <v>908487</v>
+        <v>1014325</v>
       </c>
       <c r="B292" t="s">
-        <v>844</v>
+        <v>1941</v>
       </c>
       <c r="D292" t="s">
-        <v>1881</v>
+        <v>1942</v>
       </c>
       <c r="E292" t="s">
-        <v>1882</v>
+        <v>1943</v>
       </c>
       <c r="F292" t="s">
-        <v>172</v>
+        <v>66</v>
       </c>
       <c r="G292">
-        <v>63366</v>
+        <v>80110</v>
       </c>
       <c r="H292" t="s">
-        <v>843</v>
+        <v>1944</v>
       </c>
       <c r="I292" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293">
-        <v>908487</v>
+        <v>936677</v>
       </c>
       <c r="B293" t="s">
-        <v>844</v>
-[...2 lines deleted...]
-        <v>2154362</v>
+        <v>796</v>
       </c>
       <c r="D293" t="s">
-        <v>1549</v>
+        <v>795</v>
       </c>
       <c r="E293" t="s">
-        <v>1550</v>
+        <v>794</v>
+      </c>
+      <c r="F293" t="s">
+        <v>793</v>
       </c>
       <c r="G293">
-        <v>1229</v>
+        <v>72103</v>
       </c>
       <c r="H293" t="s">
-        <v>843</v>
+        <v>792</v>
       </c>
       <c r="I293" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294">
-        <v>908487</v>
+        <v>937604</v>
       </c>
       <c r="B294" t="s">
-        <v>844</v>
-[...2 lines deleted...]
-        <v>2479593</v>
+        <v>791</v>
       </c>
       <c r="D294" t="s">
-        <v>1672</v>
+        <v>790</v>
       </c>
       <c r="E294" t="s">
-        <v>20</v>
+        <v>387</v>
       </c>
       <c r="F294" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="G294">
-        <v>89169</v>
+        <v>29609</v>
       </c>
       <c r="H294" t="s">
-        <v>843</v>
+        <v>789</v>
       </c>
       <c r="I294" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295">
-        <v>2021417</v>
+        <v>934189</v>
       </c>
       <c r="B295" t="s">
-        <v>1883</v>
+        <v>788</v>
       </c>
       <c r="D295" t="s">
-        <v>1884</v>
+        <v>787</v>
       </c>
       <c r="E295" t="s">
-        <v>1073</v>
+        <v>786</v>
       </c>
       <c r="F295" t="s">
-        <v>86</v>
+        <v>367</v>
       </c>
       <c r="G295">
-        <v>33710</v>
+        <v>48313</v>
       </c>
       <c r="H295" t="s">
-        <v>1885</v>
+        <v>785</v>
       </c>
       <c r="I295" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296">
-        <v>3761</v>
+        <v>1644298</v>
       </c>
       <c r="B296" t="s">
-        <v>1673</v>
+        <v>1469</v>
       </c>
       <c r="D296" t="s">
-        <v>1534</v>
+        <v>1603</v>
       </c>
       <c r="E296" t="s">
-        <v>575</v>
+        <v>741</v>
       </c>
       <c r="F296" t="s">
-        <v>60</v>
+        <v>161</v>
       </c>
       <c r="G296">
-        <v>76244</v>
+        <v>10013</v>
       </c>
       <c r="H296" t="s">
-        <v>281</v>
+        <v>1016</v>
       </c>
       <c r="I296" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297">
-        <v>1020904</v>
+        <v>969968</v>
       </c>
       <c r="B297" t="s">
-        <v>842</v>
+        <v>783</v>
       </c>
       <c r="D297" t="s">
-        <v>1615</v>
+        <v>1638</v>
       </c>
       <c r="E297" t="s">
-        <v>841</v>
+        <v>1503</v>
       </c>
       <c r="F297" t="s">
-        <v>19</v>
+        <v>71</v>
       </c>
       <c r="G297">
-        <v>89119</v>
+        <v>56377</v>
       </c>
       <c r="H297" t="s">
-        <v>840</v>
+        <v>781</v>
       </c>
       <c r="I297" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A298">
-        <v>1014325</v>
+        <v>969968</v>
       </c>
       <c r="B298" t="s">
-        <v>2028</v>
+        <v>783</v>
+      </c>
+      <c r="C298">
+        <v>1416654</v>
       </c>
       <c r="D298" t="s">
-        <v>2029</v>
+        <v>1552</v>
       </c>
       <c r="E298" t="s">
-        <v>2030</v>
+        <v>782</v>
       </c>
       <c r="F298" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="G298">
-        <v>80110</v>
+        <v>80222</v>
       </c>
       <c r="H298" t="s">
-        <v>2031</v>
+        <v>781</v>
       </c>
       <c r="I298" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299">
-        <v>936677</v>
+        <v>935646</v>
       </c>
       <c r="B299" t="s">
-        <v>839</v>
+        <v>777</v>
       </c>
       <c r="D299" t="s">
-        <v>838</v>
+        <v>780</v>
       </c>
       <c r="E299" t="s">
-        <v>837</v>
+        <v>779</v>
       </c>
       <c r="F299" t="s">
-        <v>836</v>
+        <v>71</v>
       </c>
       <c r="G299">
-        <v>72103</v>
+        <v>55447</v>
       </c>
       <c r="H299" t="s">
-        <v>835</v>
+        <v>778</v>
       </c>
       <c r="I299" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300">
-        <v>937604</v>
+        <v>1011841</v>
       </c>
       <c r="B300" t="s">
-        <v>834</v>
+        <v>1639</v>
       </c>
       <c r="D300" t="s">
-        <v>833</v>
+        <v>1640</v>
       </c>
       <c r="E300" t="s">
-        <v>403</v>
+        <v>747</v>
       </c>
       <c r="F300" t="s">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="G300">
-        <v>29609</v>
+        <v>23452</v>
       </c>
       <c r="H300" t="s">
-        <v>832</v>
+        <v>1641</v>
       </c>
       <c r="I300" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301">
-        <v>934189</v>
+        <v>1011841</v>
       </c>
       <c r="B301" t="s">
-        <v>831</v>
+        <v>1639</v>
+      </c>
+      <c r="C301">
+        <v>1018349</v>
       </c>
       <c r="D301" t="s">
-        <v>830</v>
+        <v>1642</v>
       </c>
       <c r="E301" t="s">
-        <v>829</v>
+        <v>494</v>
       </c>
       <c r="F301" t="s">
-        <v>379</v>
+        <v>114</v>
       </c>
       <c r="G301">
-        <v>48313</v>
+        <v>46240</v>
       </c>
       <c r="H301" t="s">
-        <v>828</v>
+        <v>1641</v>
       </c>
       <c r="I301" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302">
-        <v>1644298</v>
+        <v>931903</v>
       </c>
       <c r="B302" t="s">
-        <v>1527</v>
+        <v>770</v>
       </c>
       <c r="D302" t="s">
-        <v>1674</v>
+        <v>769</v>
       </c>
       <c r="E302" t="s">
-        <v>777</v>
+        <v>508</v>
       </c>
       <c r="F302" t="s">
-        <v>168</v>
+        <v>367</v>
       </c>
       <c r="G302">
-        <v>10013</v>
+        <v>49202</v>
       </c>
       <c r="H302" t="s">
-        <v>1064</v>
+        <v>768</v>
       </c>
       <c r="I302" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A303">
-        <v>969968</v>
+        <v>938920</v>
       </c>
       <c r="B303" t="s">
-        <v>826</v>
+        <v>1470</v>
       </c>
       <c r="D303" t="s">
-        <v>1710</v>
+        <v>1673</v>
       </c>
       <c r="E303" t="s">
-        <v>1562</v>
+        <v>1674</v>
       </c>
       <c r="F303" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>56377</v>
+        <v>21</v>
+      </c>
+      <c r="G303" s="8" t="s">
+        <v>1731</v>
       </c>
       <c r="H303" t="s">
-        <v>824</v>
+        <v>767</v>
       </c>
       <c r="I303" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A304">
-        <v>969968</v>
+        <v>1796</v>
       </c>
       <c r="B304" t="s">
-        <v>826</v>
-[...2 lines deleted...]
-        <v>1416654</v>
+        <v>764</v>
       </c>
       <c r="D304" t="s">
-        <v>1616</v>
+        <v>766</v>
       </c>
       <c r="E304" t="s">
-        <v>825</v>
+        <v>765</v>
       </c>
       <c r="F304" t="s">
-        <v>69</v>
+        <v>17</v>
       </c>
       <c r="G304">
-        <v>80222</v>
+        <v>94520</v>
       </c>
       <c r="H304" t="s">
-        <v>824</v>
+        <v>762</v>
       </c>
       <c r="I304" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305">
-        <v>935646</v>
+        <v>1796</v>
       </c>
       <c r="B305" t="s">
-        <v>820</v>
+        <v>764</v>
+      </c>
+      <c r="C305">
+        <v>1584746</v>
       </c>
       <c r="D305" t="s">
-        <v>823</v>
+        <v>1972</v>
       </c>
       <c r="E305" t="s">
-        <v>822</v>
+        <v>632</v>
       </c>
       <c r="F305" t="s">
-        <v>74</v>
+        <v>17</v>
       </c>
       <c r="G305">
-        <v>55447</v>
+        <v>92704</v>
       </c>
       <c r="H305" t="s">
-        <v>821</v>
+        <v>762</v>
       </c>
       <c r="I305" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A306">
-        <v>935646</v>
+        <v>1796</v>
       </c>
       <c r="B306" t="s">
-        <v>820</v>
+        <v>764</v>
       </c>
       <c r="C306">
-        <v>957916</v>
+        <v>1650924</v>
       </c>
       <c r="D306" t="s">
-        <v>819</v>
+        <v>1973</v>
       </c>
       <c r="E306" t="s">
-        <v>818</v>
+        <v>1252</v>
       </c>
       <c r="F306" t="s">
-        <v>86</v>
+        <v>200</v>
       </c>
       <c r="G306">
-        <v>32751</v>
+        <v>50266</v>
       </c>
       <c r="H306" t="s">
-        <v>817</v>
+        <v>762</v>
       </c>
       <c r="I306" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A307">
-        <v>1011841</v>
+        <v>1796</v>
       </c>
       <c r="B307" t="s">
-        <v>1711</v>
+        <v>764</v>
+      </c>
+      <c r="C307">
+        <v>2010488</v>
       </c>
       <c r="D307" t="s">
-        <v>1712</v>
+        <v>763</v>
       </c>
       <c r="E307" t="s">
-        <v>783</v>
+        <v>741</v>
       </c>
       <c r="F307" t="s">
-        <v>7</v>
+        <v>161</v>
       </c>
       <c r="G307">
-        <v>23452</v>
+        <v>10038</v>
       </c>
       <c r="H307" t="s">
-        <v>1713</v>
+        <v>762</v>
       </c>
       <c r="I307" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308">
-        <v>1011841</v>
+        <v>1796</v>
       </c>
       <c r="B308" t="s">
-        <v>1711</v>
+        <v>764</v>
       </c>
       <c r="C308">
-        <v>1018349</v>
+        <v>2577324</v>
       </c>
       <c r="D308" t="s">
-        <v>1714</v>
+        <v>1807</v>
       </c>
       <c r="E308" t="s">
-        <v>510</v>
+        <v>1808</v>
       </c>
       <c r="F308" t="s">
-        <v>120</v>
+        <v>506</v>
       </c>
       <c r="G308">
-        <v>46240</v>
+        <v>35570</v>
       </c>
       <c r="H308" t="s">
-        <v>1713</v>
+        <v>762</v>
       </c>
       <c r="I308" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A309">
-        <v>931903</v>
+        <v>1766839</v>
       </c>
       <c r="B309" t="s">
-        <v>810</v>
+        <v>760</v>
       </c>
       <c r="D309" t="s">
-        <v>809</v>
+        <v>761</v>
       </c>
       <c r="E309" t="s">
-        <v>524</v>
+        <v>76</v>
       </c>
       <c r="F309" t="s">
-        <v>379</v>
+        <v>17</v>
       </c>
       <c r="G309">
-        <v>49202</v>
+        <v>92101</v>
       </c>
       <c r="H309" t="s">
-        <v>808</v>
+        <v>759</v>
       </c>
       <c r="I309" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A310">
-        <v>938920</v>
+        <v>1766839</v>
       </c>
       <c r="B310" t="s">
-        <v>1528</v>
+        <v>760</v>
+      </c>
+      <c r="C310">
+        <v>1776356</v>
       </c>
       <c r="D310" t="s">
-        <v>1745</v>
+        <v>1471</v>
       </c>
       <c r="E310" t="s">
-        <v>1746</v>
+        <v>138</v>
       </c>
       <c r="F310" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>1804</v>
+        <v>2</v>
+      </c>
+      <c r="G310">
+        <v>57108</v>
       </c>
       <c r="H310" t="s">
-        <v>807</v>
+        <v>759</v>
       </c>
       <c r="I310" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311">
-        <v>1796</v>
+        <v>878400</v>
       </c>
       <c r="B311" t="s">
-        <v>803</v>
+        <v>758</v>
       </c>
       <c r="D311" t="s">
-        <v>806</v>
+        <v>757</v>
       </c>
       <c r="E311" t="s">
-        <v>805</v>
+        <v>756</v>
       </c>
       <c r="F311" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="G311">
-        <v>94520</v>
+        <v>80112</v>
       </c>
       <c r="H311" t="s">
-        <v>801</v>
+        <v>755</v>
       </c>
       <c r="I311" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A312">
-        <v>1796</v>
+        <v>1424139</v>
       </c>
       <c r="B312" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>1584746</v>
+        <v>754</v>
       </c>
       <c r="D312" t="s">
-        <v>804</v>
+        <v>753</v>
       </c>
       <c r="E312" t="s">
-        <v>663</v>
+        <v>752</v>
       </c>
       <c r="F312" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="G312">
-        <v>92704</v>
+        <v>30144</v>
       </c>
       <c r="H312" t="s">
-        <v>801</v>
+        <v>751</v>
       </c>
       <c r="I312" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313">
-        <v>1796</v>
+        <v>1563468</v>
       </c>
       <c r="B313" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>1650924</v>
+        <v>750</v>
       </c>
       <c r="D313" t="s">
-        <v>1989</v>
+        <v>1974</v>
       </c>
       <c r="E313" t="s">
-        <v>1310</v>
+        <v>1975</v>
       </c>
       <c r="F313" t="s">
-        <v>207</v>
+        <v>152</v>
       </c>
       <c r="G313">
-        <v>50266</v>
+        <v>53012</v>
       </c>
       <c r="H313" t="s">
-        <v>801</v>
+        <v>749</v>
       </c>
       <c r="I313" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="314" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A314">
-        <v>1796</v>
+        <v>1443915</v>
       </c>
       <c r="B314" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>2010488</v>
+        <v>1778</v>
       </c>
       <c r="D314" t="s">
-        <v>802</v>
+        <v>1945</v>
       </c>
       <c r="E314" t="s">
-        <v>777</v>
+        <v>336</v>
       </c>
       <c r="F314" t="s">
-        <v>168</v>
+        <v>57</v>
       </c>
       <c r="G314">
-        <v>10038</v>
+        <v>78731</v>
       </c>
       <c r="H314" t="s">
-        <v>801</v>
+        <v>1779</v>
       </c>
       <c r="I314" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="315" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A315">
-        <v>1796</v>
+        <v>2916</v>
       </c>
       <c r="B315" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>2577324</v>
+        <v>746</v>
       </c>
       <c r="D315" t="s">
-        <v>1886</v>
+        <v>748</v>
       </c>
       <c r="E315" t="s">
-        <v>1887</v>
+        <v>747</v>
       </c>
       <c r="F315" t="s">
-        <v>522</v>
+        <v>7</v>
       </c>
       <c r="G315">
-        <v>35570</v>
+        <v>23452</v>
       </c>
       <c r="H315" t="s">
-        <v>801</v>
+        <v>745</v>
       </c>
       <c r="I315" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="316" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A316">
-        <v>1766839</v>
+        <v>2916</v>
       </c>
       <c r="B316" t="s">
-        <v>799</v>
+        <v>746</v>
+      </c>
+      <c r="C316">
+        <v>1104653</v>
       </c>
       <c r="D316" t="s">
-        <v>800</v>
+        <v>1809</v>
       </c>
       <c r="E316" t="s">
-        <v>79</v>
+        <v>94</v>
       </c>
       <c r="F316" t="s">
-        <v>17</v>
+        <v>83</v>
       </c>
       <c r="G316">
-        <v>92101</v>
+        <v>32204</v>
       </c>
       <c r="H316" t="s">
-        <v>798</v>
+        <v>745</v>
       </c>
       <c r="I316" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="317" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A317">
-        <v>1766839</v>
+        <v>1191130</v>
       </c>
       <c r="B317" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>1776356</v>
+        <v>1492</v>
       </c>
       <c r="D317" t="s">
-        <v>1529</v>
+        <v>1493</v>
       </c>
       <c r="E317" t="s">
-        <v>145</v>
+        <v>865</v>
       </c>
       <c r="F317" t="s">
-        <v>2</v>
+        <v>57</v>
       </c>
       <c r="G317">
-        <v>57108</v>
+        <v>75080</v>
       </c>
       <c r="H317" t="s">
-        <v>798</v>
+        <v>1494</v>
       </c>
       <c r="I317" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="318" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A318">
-        <v>878400</v>
+        <v>957935</v>
       </c>
       <c r="B318" t="s">
-        <v>797</v>
+        <v>744</v>
       </c>
       <c r="D318" t="s">
-        <v>796</v>
+        <v>1732</v>
       </c>
       <c r="E318" t="s">
-        <v>795</v>
+        <v>1733</v>
       </c>
       <c r="F318" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>80112</v>
+        <v>60</v>
+      </c>
+      <c r="G318" s="8" t="s">
+        <v>1734</v>
       </c>
       <c r="H318" t="s">
-        <v>794</v>
+        <v>743</v>
       </c>
       <c r="I318" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="319" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A319">
-        <v>1424139</v>
+        <v>957935</v>
       </c>
       <c r="B319" t="s">
-        <v>793</v>
+        <v>744</v>
+      </c>
+      <c r="C319">
+        <v>1594241</v>
       </c>
       <c r="D319" t="s">
-        <v>792</v>
+        <v>1495</v>
       </c>
       <c r="E319" t="s">
-        <v>791</v>
+        <v>155</v>
       </c>
       <c r="F319" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="G319">
-        <v>30144</v>
+        <v>77024</v>
       </c>
       <c r="H319" t="s">
-        <v>790</v>
+        <v>743</v>
       </c>
       <c r="I319" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="320" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A320">
-        <v>1563468</v>
+        <v>947794</v>
       </c>
       <c r="B320" t="s">
-        <v>789</v>
+        <v>742</v>
       </c>
       <c r="D320" t="s">
-        <v>788</v>
+        <v>1553</v>
       </c>
       <c r="E320" t="s">
-        <v>787</v>
+        <v>20</v>
       </c>
       <c r="F320" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>786</v>
+        <v>19</v>
+      </c>
+      <c r="G320">
+        <v>89117</v>
       </c>
       <c r="H320" t="s">
-        <v>785</v>
+        <v>740</v>
       </c>
       <c r="I320" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="321" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A321">
-        <v>1443915</v>
+        <v>185724</v>
       </c>
       <c r="B321" t="s">
-        <v>1853</v>
+        <v>739</v>
       </c>
       <c r="D321" t="s">
-        <v>2032</v>
+        <v>1946</v>
       </c>
       <c r="E321" t="s">
-        <v>348</v>
+        <v>738</v>
       </c>
       <c r="F321" t="s">
-        <v>60</v>
+        <v>19</v>
       </c>
       <c r="G321">
-        <v>78731</v>
+        <v>89502</v>
       </c>
       <c r="H321" t="s">
-        <v>1854</v>
+        <v>737</v>
       </c>
       <c r="I321" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="322" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A322">
-        <v>2916</v>
+        <v>1733064</v>
       </c>
       <c r="B322" t="s">
-        <v>782</v>
+        <v>1554</v>
       </c>
       <c r="D322" t="s">
-        <v>784</v>
+        <v>1555</v>
       </c>
       <c r="E322" t="s">
-        <v>783</v>
+        <v>1556</v>
       </c>
       <c r="F322" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="G322">
-        <v>23452</v>
+        <v>19342</v>
       </c>
       <c r="H322" t="s">
-        <v>781</v>
+        <v>1557</v>
       </c>
       <c r="I322" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="323" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A323">
-        <v>2916</v>
+        <v>931010</v>
       </c>
       <c r="B323" t="s">
-        <v>782</v>
-[...2 lines deleted...]
-        <v>1104653</v>
+        <v>734</v>
       </c>
       <c r="D323" t="s">
-        <v>1888</v>
+        <v>736</v>
       </c>
       <c r="E323" t="s">
-        <v>97</v>
+        <v>54</v>
       </c>
       <c r="F323" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="G323">
-        <v>32204</v>
+        <v>44146</v>
       </c>
       <c r="H323" t="s">
-        <v>781</v>
+        <v>735</v>
       </c>
       <c r="I323" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="324" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A324">
-        <v>1191130</v>
+        <v>950663</v>
       </c>
       <c r="B324" t="s">
-        <v>1551</v>
+        <v>730</v>
       </c>
       <c r="D324" t="s">
-        <v>1552</v>
+        <v>732</v>
       </c>
       <c r="E324" t="s">
-        <v>908</v>
+        <v>639</v>
       </c>
       <c r="F324" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="G324">
-        <v>75080</v>
+        <v>44087</v>
       </c>
       <c r="H324" t="s">
-        <v>1553</v>
+        <v>731</v>
       </c>
       <c r="I324" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="325" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A325">
-        <v>957935</v>
+        <v>950663</v>
       </c>
       <c r="B325" t="s">
-        <v>780</v>
+        <v>730</v>
+      </c>
+      <c r="C325">
+        <v>1269014</v>
       </c>
       <c r="D325" t="s">
-        <v>1805</v>
+        <v>729</v>
       </c>
       <c r="E325" t="s">
-        <v>1806</v>
+        <v>728</v>
       </c>
       <c r="F325" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>1807</v>
+        <v>45</v>
+      </c>
+      <c r="G325">
+        <v>44142</v>
       </c>
       <c r="H325" t="s">
-        <v>779</v>
+        <v>727</v>
       </c>
       <c r="I325" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="326" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A326">
-        <v>957935</v>
+        <v>934576</v>
       </c>
       <c r="B326" t="s">
-        <v>780</v>
-[...2 lines deleted...]
-        <v>1594241</v>
+        <v>718</v>
       </c>
       <c r="D326" t="s">
-        <v>1554</v>
+        <v>1976</v>
       </c>
       <c r="E326" t="s">
-        <v>162</v>
+        <v>726</v>
       </c>
       <c r="F326" t="s">
-        <v>60</v>
+        <v>83</v>
       </c>
       <c r="G326">
-        <v>77024</v>
+        <v>32960</v>
       </c>
       <c r="H326" t="s">
-        <v>779</v>
+        <v>725</v>
       </c>
       <c r="I326" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="327" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A327">
-        <v>947794</v>
+        <v>934576</v>
       </c>
       <c r="B327" t="s">
-        <v>778</v>
+        <v>718</v>
+      </c>
+      <c r="C327">
+        <v>950421</v>
       </c>
       <c r="D327" t="s">
-        <v>1617</v>
+        <v>724</v>
       </c>
       <c r="E327" t="s">
-        <v>20</v>
+        <v>723</v>
       </c>
       <c r="F327" t="s">
-        <v>19</v>
+        <v>506</v>
       </c>
       <c r="G327">
-        <v>89117</v>
+        <v>35901</v>
       </c>
       <c r="H327" t="s">
-        <v>776</v>
+        <v>722</v>
       </c>
       <c r="I327" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A328">
-        <v>185724</v>
+        <v>934576</v>
       </c>
       <c r="B328" t="s">
-        <v>775</v>
+        <v>718</v>
+      </c>
+      <c r="C328">
+        <v>950425</v>
       </c>
       <c r="D328" t="s">
-        <v>2033</v>
+        <v>721</v>
       </c>
       <c r="E328" t="s">
-        <v>774</v>
+        <v>720</v>
       </c>
       <c r="F328" t="s">
-        <v>19</v>
+        <v>83</v>
       </c>
       <c r="G328">
-        <v>89502</v>
+        <v>32901</v>
       </c>
       <c r="H328" t="s">
-        <v>773</v>
+        <v>719</v>
       </c>
       <c r="I328" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A329">
-        <v>1733064</v>
+        <v>934576</v>
       </c>
       <c r="B329" t="s">
-        <v>1618</v>
+        <v>718</v>
+      </c>
+      <c r="C329">
+        <v>950428</v>
       </c>
       <c r="D329" t="s">
-        <v>1619</v>
+        <v>717</v>
       </c>
       <c r="E329" t="s">
-        <v>1620</v>
+        <v>716</v>
       </c>
       <c r="F329" t="s">
-        <v>18</v>
+        <v>83</v>
       </c>
       <c r="G329">
-        <v>19342</v>
+        <v>33870</v>
       </c>
       <c r="H329" t="s">
-        <v>1621</v>
+        <v>715</v>
       </c>
       <c r="I329" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="330" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A330">
-        <v>931010</v>
+        <v>149532</v>
       </c>
       <c r="B330" t="s">
-        <v>768</v>
+        <v>1810</v>
       </c>
       <c r="D330" t="s">
-        <v>772</v>
+        <v>1811</v>
       </c>
       <c r="E330" t="s">
-        <v>57</v>
+        <v>1812</v>
       </c>
       <c r="F330" t="s">
-        <v>48</v>
+        <v>367</v>
       </c>
       <c r="G330">
-        <v>44146</v>
+        <v>49548</v>
       </c>
       <c r="H330" t="s">
-        <v>771</v>
+        <v>1813</v>
       </c>
       <c r="I330" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="331" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A331">
-        <v>931010</v>
+        <v>1292</v>
       </c>
       <c r="B331" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>1599885</v>
+        <v>713</v>
       </c>
       <c r="D331" t="s">
-        <v>770</v>
+        <v>712</v>
       </c>
       <c r="E331" t="s">
-        <v>769</v>
+        <v>711</v>
       </c>
       <c r="F331" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>44130</v>
+        <v>11</v>
+      </c>
+      <c r="G331" s="8" t="s">
+        <v>1735</v>
       </c>
       <c r="H331" t="s">
-        <v>765</v>
+        <v>710</v>
       </c>
       <c r="I331" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="332" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A332">
-        <v>931010</v>
+        <v>929060</v>
       </c>
       <c r="B332" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>1599893</v>
+        <v>709</v>
       </c>
       <c r="D332" t="s">
-        <v>767</v>
+        <v>708</v>
       </c>
       <c r="E332" t="s">
-        <v>766</v>
+        <v>16</v>
       </c>
       <c r="F332" t="s">
-        <v>374</v>
+        <v>15</v>
       </c>
       <c r="G332">
-        <v>74146</v>
+        <v>28803</v>
       </c>
       <c r="H332" t="s">
-        <v>765</v>
+        <v>707</v>
       </c>
       <c r="I332" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="333" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A333">
-        <v>950663</v>
+        <v>932674</v>
       </c>
       <c r="B333" t="s">
-        <v>762</v>
+        <v>706</v>
       </c>
       <c r="D333" t="s">
-        <v>764</v>
+        <v>705</v>
       </c>
       <c r="E333" t="s">
-        <v>670</v>
+        <v>704</v>
       </c>
       <c r="F333" t="s">
-        <v>48</v>
+        <v>367</v>
       </c>
       <c r="G333">
-        <v>44087</v>
+        <v>48507</v>
       </c>
       <c r="H333" t="s">
-        <v>763</v>
+        <v>703</v>
       </c>
       <c r="I333" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="334" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A334">
-        <v>950663</v>
+        <v>1115207</v>
       </c>
       <c r="B334" t="s">
-        <v>762</v>
-[...2 lines deleted...]
-        <v>1269014</v>
+        <v>701</v>
       </c>
       <c r="D334" t="s">
-        <v>761</v>
+        <v>702</v>
       </c>
       <c r="E334" t="s">
-        <v>760</v>
+        <v>480</v>
       </c>
       <c r="F334" t="s">
-        <v>48</v>
+        <v>83</v>
       </c>
       <c r="G334">
-        <v>44142</v>
+        <v>33602</v>
       </c>
       <c r="H334" t="s">
-        <v>759</v>
+        <v>699</v>
       </c>
       <c r="I334" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="335" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A335">
-        <v>934576</v>
+        <v>1115207</v>
       </c>
       <c r="B335" t="s">
-        <v>749</v>
+        <v>701</v>
+      </c>
+      <c r="C335">
+        <v>1487134</v>
       </c>
       <c r="D335" t="s">
-        <v>758</v>
+        <v>1850</v>
       </c>
       <c r="E335" t="s">
-        <v>757</v>
+        <v>700</v>
       </c>
       <c r="F335" t="s">
-        <v>86</v>
+        <v>367</v>
       </c>
       <c r="G335">
-        <v>32960</v>
+        <v>49684</v>
       </c>
       <c r="H335" t="s">
-        <v>756</v>
+        <v>699</v>
       </c>
       <c r="I335" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="336" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A336">
-        <v>934576</v>
+        <v>931239</v>
       </c>
       <c r="B336" t="s">
-        <v>749</v>
-[...2 lines deleted...]
-        <v>950421</v>
+        <v>698</v>
       </c>
       <c r="D336" t="s">
-        <v>755</v>
+        <v>697</v>
       </c>
       <c r="E336" t="s">
-        <v>754</v>
+        <v>391</v>
       </c>
       <c r="F336" t="s">
-        <v>522</v>
+        <v>28</v>
       </c>
       <c r="G336">
-        <v>35901</v>
+        <v>60604</v>
       </c>
       <c r="H336" t="s">
-        <v>753</v>
+        <v>696</v>
       </c>
       <c r="I336" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="337" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A337">
-        <v>934576</v>
+        <v>943168</v>
       </c>
       <c r="B337" t="s">
-        <v>749</v>
-[...2 lines deleted...]
-        <v>950425</v>
+        <v>695</v>
       </c>
       <c r="D337" t="s">
-        <v>752</v>
+        <v>694</v>
       </c>
       <c r="E337" t="s">
-        <v>751</v>
+        <v>693</v>
       </c>
       <c r="F337" t="s">
-        <v>86</v>
+        <v>367</v>
       </c>
       <c r="G337">
-        <v>32901</v>
+        <v>48076</v>
       </c>
       <c r="H337" t="s">
-        <v>750</v>
+        <v>692</v>
       </c>
       <c r="I337" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="338" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A338">
-        <v>934576</v>
+        <v>934164</v>
       </c>
       <c r="B338" t="s">
-        <v>749</v>
-[...2 lines deleted...]
-        <v>950428</v>
+        <v>680</v>
       </c>
       <c r="D338" t="s">
-        <v>748</v>
+        <v>691</v>
       </c>
       <c r="E338" t="s">
-        <v>747</v>
+        <v>76</v>
       </c>
       <c r="F338" t="s">
-        <v>86</v>
+        <v>17</v>
       </c>
       <c r="G338">
-        <v>33870</v>
+        <v>92108</v>
       </c>
       <c r="H338" t="s">
-        <v>746</v>
+        <v>690</v>
       </c>
       <c r="I338" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="339" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A339">
-        <v>149532</v>
+        <v>934164</v>
       </c>
       <c r="B339" t="s">
-        <v>1889</v>
+        <v>680</v>
+      </c>
+      <c r="C339">
+        <v>944390</v>
       </c>
       <c r="D339" t="s">
-        <v>1890</v>
+        <v>1643</v>
       </c>
       <c r="E339" t="s">
-        <v>1891</v>
+        <v>784</v>
       </c>
       <c r="F339" t="s">
-        <v>379</v>
+        <v>71</v>
       </c>
       <c r="G339">
-        <v>49548</v>
+        <v>56301</v>
       </c>
       <c r="H339" t="s">
-        <v>1892</v>
+        <v>689</v>
       </c>
       <c r="I339" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="340" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A340">
-        <v>1292</v>
+        <v>934164</v>
       </c>
       <c r="B340" t="s">
-        <v>744</v>
+        <v>680</v>
+      </c>
+      <c r="C340">
+        <v>944394</v>
       </c>
       <c r="D340" t="s">
-        <v>743</v>
+        <v>688</v>
       </c>
       <c r="E340" t="s">
-        <v>742</v>
+        <v>188</v>
       </c>
       <c r="F340" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>1808</v>
+        <v>64</v>
+      </c>
+      <c r="G340">
+        <v>85040</v>
       </c>
       <c r="H340" t="s">
-        <v>741</v>
+        <v>687</v>
       </c>
       <c r="I340" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="341" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A341">
-        <v>929060</v>
+        <v>934164</v>
       </c>
       <c r="B341" t="s">
-        <v>740</v>
+        <v>680</v>
+      </c>
+      <c r="C341">
+        <v>1103335</v>
       </c>
       <c r="D341" t="s">
-        <v>739</v>
+        <v>686</v>
       </c>
       <c r="E341" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>685</v>
       </c>
       <c r="G341">
-        <v>28803</v>
+        <v>10102</v>
       </c>
       <c r="H341" t="s">
-        <v>738</v>
+        <v>677</v>
       </c>
       <c r="I341" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="342" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A342">
-        <v>932674</v>
+        <v>934164</v>
       </c>
       <c r="B342" t="s">
-        <v>737</v>
+        <v>680</v>
+      </c>
+      <c r="C342">
+        <v>1387283</v>
       </c>
       <c r="D342" t="s">
-        <v>736</v>
+        <v>684</v>
       </c>
       <c r="E342" t="s">
-        <v>735</v>
+        <v>683</v>
       </c>
       <c r="F342" t="s">
-        <v>379</v>
+        <v>7</v>
       </c>
       <c r="G342">
-        <v>48507</v>
+        <v>24011</v>
       </c>
       <c r="H342" t="s">
-        <v>734</v>
+        <v>677</v>
       </c>
       <c r="I342" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="343" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A343">
-        <v>1115207</v>
+        <v>934164</v>
       </c>
       <c r="B343" t="s">
-        <v>732</v>
+        <v>680</v>
+      </c>
+      <c r="C343">
+        <v>1397172</v>
       </c>
       <c r="D343" t="s">
-        <v>733</v>
+        <v>682</v>
       </c>
       <c r="E343" t="s">
-        <v>496</v>
+        <v>681</v>
       </c>
       <c r="F343" t="s">
-        <v>86</v>
+        <v>367</v>
       </c>
       <c r="G343">
-        <v>33602</v>
+        <v>48083</v>
       </c>
       <c r="H343" t="s">
-        <v>730</v>
+        <v>677</v>
       </c>
       <c r="I343" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="344" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A344">
-        <v>1115207</v>
+        <v>934164</v>
       </c>
       <c r="B344" t="s">
-        <v>732</v>
+        <v>680</v>
       </c>
       <c r="C344">
-        <v>1487134</v>
+        <v>1517025</v>
       </c>
       <c r="D344" t="s">
-        <v>1930</v>
+        <v>1558</v>
       </c>
       <c r="E344" t="s">
-        <v>731</v>
-[...2 lines deleted...]
-        <v>379</v>
+        <v>1559</v>
       </c>
       <c r="G344">
-        <v>49684</v>
+        <v>122018</v>
       </c>
       <c r="H344" t="s">
-        <v>730</v>
+        <v>677</v>
       </c>
       <c r="I344" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="345" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A345">
-        <v>931239</v>
+        <v>934164</v>
       </c>
       <c r="B345" t="s">
-        <v>729</v>
+        <v>680</v>
+      </c>
+      <c r="C345">
+        <v>1692055</v>
       </c>
       <c r="D345" t="s">
-        <v>728</v>
+        <v>679</v>
       </c>
       <c r="E345" t="s">
-        <v>407</v>
+        <v>678</v>
       </c>
       <c r="F345" t="s">
-        <v>28</v>
+        <v>293</v>
       </c>
       <c r="G345">
-        <v>60604</v>
+        <v>21228</v>
       </c>
       <c r="H345" t="s">
-        <v>727</v>
+        <v>677</v>
       </c>
       <c r="I345" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="346" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A346">
-        <v>943168</v>
+        <v>1186374</v>
       </c>
       <c r="B346" t="s">
-        <v>726</v>
+        <v>1527</v>
       </c>
       <c r="D346" t="s">
-        <v>725</v>
+        <v>1675</v>
       </c>
       <c r="E346" t="s">
-        <v>724</v>
+        <v>1676</v>
       </c>
       <c r="F346" t="s">
-        <v>379</v>
+        <v>83</v>
       </c>
       <c r="G346">
-        <v>48076</v>
+        <v>32931</v>
       </c>
       <c r="H346" t="s">
-        <v>723</v>
+        <v>898</v>
       </c>
       <c r="I346" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="347" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A347">
-        <v>934164</v>
+        <v>1186374</v>
       </c>
       <c r="B347" t="s">
-        <v>711</v>
+        <v>1527</v>
+      </c>
+      <c r="C347">
+        <v>2478630</v>
       </c>
       <c r="D347" t="s">
-        <v>722</v>
+        <v>1814</v>
       </c>
       <c r="E347" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1815</v>
       </c>
       <c r="G347">
-        <v>92108</v>
+        <v>6014</v>
       </c>
       <c r="H347" t="s">
-        <v>721</v>
+        <v>898</v>
       </c>
       <c r="I347" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="348" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A348">
-        <v>934164</v>
+        <v>1186374</v>
       </c>
       <c r="B348" t="s">
-        <v>711</v>
+        <v>1527</v>
       </c>
       <c r="C348">
-        <v>944390</v>
+        <v>2687373</v>
       </c>
       <c r="D348" t="s">
-        <v>1715</v>
+        <v>1947</v>
       </c>
       <c r="E348" t="s">
-        <v>827</v>
-[...2 lines deleted...]
-        <v>74</v>
+        <v>1948</v>
       </c>
       <c r="G348">
-        <v>56301</v>
+        <v>600119</v>
       </c>
       <c r="H348" t="s">
-        <v>720</v>
+        <v>898</v>
       </c>
       <c r="I348" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="349" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A349">
-        <v>934164</v>
+        <v>1186374</v>
       </c>
       <c r="B349" t="s">
-        <v>711</v>
+        <v>1527</v>
       </c>
       <c r="C349">
-        <v>944394</v>
+        <v>2716588</v>
       </c>
       <c r="D349" t="s">
-        <v>719</v>
+        <v>1905</v>
       </c>
       <c r="E349" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-        <v>67</v>
+        <v>982</v>
       </c>
       <c r="G349">
-        <v>85040</v>
+        <v>6000</v>
       </c>
       <c r="H349" t="s">
-        <v>718</v>
+        <v>898</v>
       </c>
       <c r="I349" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="350" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A350">
-        <v>934164</v>
+        <v>948959</v>
       </c>
       <c r="B350" t="s">
-        <v>711</v>
-[...2 lines deleted...]
-        <v>1103335</v>
+        <v>676</v>
       </c>
       <c r="D350" t="s">
-        <v>717</v>
+        <v>675</v>
       </c>
       <c r="E350" t="s">
-        <v>716</v>
+        <v>674</v>
+      </c>
+      <c r="F350" t="s">
+        <v>18</v>
       </c>
       <c r="G350">
-        <v>10102</v>
+        <v>19020</v>
       </c>
       <c r="H350" t="s">
-        <v>708</v>
+        <v>673</v>
       </c>
       <c r="I350" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="351" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A351">
-        <v>934164</v>
+        <v>253155</v>
       </c>
       <c r="B351" t="s">
-        <v>711</v>
-[...2 lines deleted...]
-        <v>1387283</v>
+        <v>672</v>
       </c>
       <c r="D351" t="s">
-        <v>715</v>
+        <v>671</v>
       </c>
       <c r="E351" t="s">
-        <v>714</v>
+        <v>670</v>
       </c>
       <c r="F351" t="s">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="G351">
-        <v>24011</v>
+        <v>92056</v>
       </c>
       <c r="H351" t="s">
-        <v>708</v>
+        <v>669</v>
       </c>
       <c r="I351" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="352" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A352">
-        <v>934164</v>
+        <v>282701</v>
       </c>
       <c r="B352" t="s">
-        <v>711</v>
-[...2 lines deleted...]
-        <v>1397172</v>
+        <v>1879</v>
       </c>
       <c r="D352" t="s">
-        <v>713</v>
+        <v>1949</v>
       </c>
       <c r="E352" t="s">
-        <v>712</v>
+        <v>693</v>
       </c>
       <c r="F352" t="s">
-        <v>379</v>
+        <v>367</v>
       </c>
       <c r="G352">
-        <v>48083</v>
+        <v>48076</v>
       </c>
       <c r="H352" t="s">
-        <v>708</v>
+        <v>1880</v>
       </c>
       <c r="I352" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="353" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A353">
-        <v>934164</v>
+        <v>944131</v>
       </c>
       <c r="B353" t="s">
-        <v>711</v>
-[...2 lines deleted...]
-        <v>1517025</v>
+        <v>664</v>
       </c>
       <c r="D353" t="s">
-        <v>1622</v>
+        <v>1950</v>
       </c>
       <c r="E353" t="s">
-        <v>1623</v>
-[...2 lines deleted...]
-        <v>122018</v>
+        <v>892</v>
+      </c>
+      <c r="F353" t="s">
+        <v>60</v>
+      </c>
+      <c r="G353" s="8" t="s">
+        <v>1721</v>
       </c>
       <c r="H353" t="s">
-        <v>708</v>
+        <v>667</v>
       </c>
       <c r="I353" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="354" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A354">
-        <v>934164</v>
+        <v>944131</v>
       </c>
       <c r="B354" t="s">
-        <v>711</v>
+        <v>664</v>
       </c>
       <c r="C354">
-        <v>1692055</v>
+        <v>1711630</v>
       </c>
       <c r="D354" t="s">
-        <v>710</v>
+        <v>666</v>
       </c>
       <c r="E354" t="s">
-        <v>709</v>
+        <v>665</v>
       </c>
       <c r="F354" t="s">
-        <v>305</v>
+        <v>506</v>
       </c>
       <c r="G354">
-        <v>21228</v>
+        <v>36305</v>
       </c>
       <c r="H354" t="s">
-        <v>708</v>
+        <v>663</v>
       </c>
       <c r="I354" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="355" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A355">
-        <v>1186374</v>
+        <v>1137104</v>
       </c>
       <c r="B355" t="s">
-        <v>1588</v>
+        <v>662</v>
       </c>
       <c r="D355" t="s">
-        <v>1747</v>
+        <v>1560</v>
       </c>
       <c r="E355" t="s">
-        <v>1748</v>
+        <v>661</v>
       </c>
       <c r="F355" t="s">
-        <v>86</v>
+        <v>660</v>
       </c>
       <c r="G355">
-        <v>32931</v>
+        <v>82601</v>
       </c>
       <c r="H355" t="s">
-        <v>942</v>
+        <v>659</v>
       </c>
       <c r="I355" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="356" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A356">
-        <v>1186374</v>
+        <v>836952</v>
       </c>
       <c r="B356" t="s">
-        <v>1588</v>
-[...2 lines deleted...]
-        <v>2478630</v>
+        <v>658</v>
       </c>
       <c r="D356" t="s">
-        <v>1893</v>
+        <v>657</v>
       </c>
       <c r="E356" t="s">
-        <v>1894</v>
+        <v>656</v>
+      </c>
+      <c r="F356" t="s">
+        <v>24</v>
       </c>
       <c r="G356">
-        <v>6014</v>
+        <v>29210</v>
       </c>
       <c r="H356" t="s">
-        <v>942</v>
+        <v>655</v>
       </c>
       <c r="I356" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="357" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A357">
-        <v>1186374</v>
+        <v>929741</v>
       </c>
       <c r="B357" t="s">
-        <v>1588</v>
-[...2 lines deleted...]
-        <v>2687373</v>
+        <v>654</v>
       </c>
       <c r="D357" t="s">
-        <v>2034</v>
+        <v>653</v>
       </c>
       <c r="E357" t="s">
-        <v>2035</v>
+        <v>652</v>
+      </c>
+      <c r="F357" t="s">
+        <v>165</v>
       </c>
       <c r="G357">
-        <v>600119</v>
+        <v>63141</v>
       </c>
       <c r="H357" t="s">
-        <v>942</v>
+        <v>651</v>
       </c>
       <c r="I357" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="358" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A358">
-        <v>1186374</v>
+        <v>931967</v>
       </c>
       <c r="B358" t="s">
-        <v>1588</v>
-[...2 lines deleted...]
-        <v>2716588</v>
+        <v>650</v>
       </c>
       <c r="D358" t="s">
-        <v>1990</v>
+        <v>649</v>
       </c>
       <c r="E358" t="s">
-        <v>1030</v>
+        <v>648</v>
+      </c>
+      <c r="F358" t="s">
+        <v>17</v>
       </c>
       <c r="G358">
-        <v>6000</v>
+        <v>91406</v>
       </c>
       <c r="H358" t="s">
-        <v>942</v>
+        <v>647</v>
       </c>
       <c r="I358" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="359" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A359">
-        <v>948959</v>
+        <v>939618</v>
       </c>
       <c r="B359" t="s">
-        <v>707</v>
+        <v>646</v>
       </c>
       <c r="D359" t="s">
-        <v>706</v>
+        <v>1472</v>
       </c>
       <c r="E359" t="s">
-        <v>705</v>
+        <v>398</v>
       </c>
       <c r="F359" t="s">
-        <v>18</v>
+        <v>63</v>
       </c>
       <c r="G359">
-        <v>19020</v>
+        <v>30339</v>
       </c>
       <c r="H359" t="s">
-        <v>704</v>
+        <v>645</v>
       </c>
       <c r="I359" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="360" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A360">
-        <v>253155</v>
+        <v>985520</v>
       </c>
       <c r="B360" t="s">
-        <v>703</v>
+        <v>644</v>
       </c>
       <c r="D360" t="s">
-        <v>702</v>
+        <v>1977</v>
       </c>
       <c r="E360" t="s">
-        <v>701</v>
+        <v>290</v>
       </c>
       <c r="F360" t="s">
         <v>17</v>
       </c>
       <c r="G360">
-        <v>92056</v>
+        <v>92614</v>
       </c>
       <c r="H360" t="s">
-        <v>700</v>
+        <v>643</v>
       </c>
       <c r="I360" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="361" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A361">
-        <v>282701</v>
+        <v>942637</v>
       </c>
       <c r="B361" t="s">
-        <v>1962</v>
+        <v>638</v>
       </c>
       <c r="D361" t="s">
-        <v>2036</v>
+        <v>642</v>
       </c>
       <c r="E361" t="s">
-        <v>724</v>
+        <v>641</v>
       </c>
       <c r="F361" t="s">
-        <v>379</v>
+        <v>45</v>
       </c>
       <c r="G361">
-        <v>48076</v>
+        <v>44139</v>
       </c>
       <c r="H361" t="s">
-        <v>1963</v>
+        <v>640</v>
       </c>
       <c r="I361" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="362" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A362">
-        <v>944131</v>
+        <v>934169</v>
       </c>
       <c r="B362" t="s">
-        <v>695</v>
+        <v>635</v>
       </c>
       <c r="D362" t="s">
-        <v>2037</v>
+        <v>637</v>
       </c>
       <c r="E362" t="s">
-        <v>936</v>
+        <v>634</v>
       </c>
       <c r="F362" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>1794</v>
+        <v>161</v>
+      </c>
+      <c r="G362">
+        <v>14094</v>
       </c>
       <c r="H362" t="s">
-        <v>698</v>
+        <v>636</v>
       </c>
       <c r="I362" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="363" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A363">
-        <v>944131</v>
+        <v>2119</v>
       </c>
       <c r="B363" t="s">
-        <v>695</v>
-[...2 lines deleted...]
-        <v>1711630</v>
+        <v>629</v>
       </c>
       <c r="D363" t="s">
-        <v>697</v>
+        <v>633</v>
       </c>
       <c r="E363" t="s">
-        <v>696</v>
+        <v>221</v>
       </c>
       <c r="F363" t="s">
-        <v>522</v>
+        <v>57</v>
       </c>
       <c r="G363">
-        <v>36305</v>
+        <v>75019</v>
       </c>
       <c r="H363" t="s">
-        <v>694</v>
+        <v>628</v>
       </c>
       <c r="I363" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="364" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A364">
-        <v>1137104</v>
+        <v>2119</v>
       </c>
       <c r="B364" t="s">
-        <v>693</v>
+        <v>629</v>
       </c>
       <c r="D364" t="s">
-        <v>1624</v>
+        <v>633</v>
       </c>
       <c r="E364" t="s">
-        <v>692</v>
+        <v>221</v>
       </c>
       <c r="F364" t="s">
-        <v>691</v>
+        <v>57</v>
       </c>
       <c r="G364">
-        <v>82601</v>
+        <v>75019</v>
       </c>
       <c r="H364" t="s">
-        <v>690</v>
+        <v>628</v>
       </c>
       <c r="I364" t="s">
-        <v>0</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="365" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A365">
-        <v>836952</v>
+        <v>2119</v>
       </c>
       <c r="B365" t="s">
-        <v>689</v>
+        <v>629</v>
       </c>
       <c r="D365" t="s">
-        <v>688</v>
+        <v>633</v>
       </c>
       <c r="E365" t="s">
-        <v>687</v>
+        <v>221</v>
       </c>
       <c r="F365" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="G365">
-        <v>29210</v>
+        <v>75019</v>
       </c>
       <c r="H365" t="s">
-        <v>686</v>
+        <v>628</v>
       </c>
       <c r="I365" t="s">
-        <v>0</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="366" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A366">
-        <v>929741</v>
+        <v>1057803</v>
       </c>
       <c r="B366" t="s">
-        <v>685</v>
+        <v>1906</v>
       </c>
       <c r="D366" t="s">
-        <v>684</v>
+        <v>1907</v>
       </c>
       <c r="E366" t="s">
-        <v>683</v>
+        <v>1908</v>
       </c>
       <c r="F366" t="s">
-        <v>172</v>
+        <v>28</v>
       </c>
       <c r="G366">
-        <v>63141</v>
+        <v>60523</v>
       </c>
       <c r="H366" t="s">
-        <v>682</v>
+        <v>1909</v>
       </c>
       <c r="I366" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="367" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A367">
-        <v>931967</v>
+        <v>944152</v>
       </c>
       <c r="B367" t="s">
-        <v>681</v>
+        <v>627</v>
       </c>
       <c r="D367" t="s">
-        <v>680</v>
+        <v>626</v>
       </c>
       <c r="E367" t="s">
-        <v>679</v>
+        <v>625</v>
       </c>
       <c r="F367" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="G367">
-        <v>91406</v>
+        <v>22312</v>
       </c>
       <c r="H367" t="s">
-        <v>678</v>
+        <v>624</v>
       </c>
       <c r="I367" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="368" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A368">
-        <v>939618</v>
+        <v>945413</v>
       </c>
       <c r="B368" t="s">
-        <v>677</v>
+        <v>622</v>
       </c>
       <c r="D368" t="s">
-        <v>1530</v>
+        <v>1978</v>
       </c>
       <c r="E368" t="s">
-        <v>414</v>
+        <v>54</v>
       </c>
       <c r="F368" t="s">
-        <v>66</v>
+        <v>89</v>
       </c>
       <c r="G368">
-        <v>30339</v>
+        <v>37311</v>
       </c>
       <c r="H368" t="s">
-        <v>676</v>
+        <v>621</v>
       </c>
       <c r="I368" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="369" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A369">
-        <v>985520</v>
+        <v>209072</v>
       </c>
       <c r="B369" t="s">
-        <v>675</v>
+        <v>614</v>
       </c>
       <c r="D369" t="s">
-        <v>1589</v>
+        <v>620</v>
       </c>
       <c r="E369" t="s">
-        <v>774</v>
+        <v>619</v>
       </c>
       <c r="F369" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G369">
-        <v>89521</v>
+        <v>19053</v>
       </c>
       <c r="H369" t="s">
-        <v>674</v>
+        <v>618</v>
       </c>
       <c r="I369" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="370" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A370">
-        <v>942637</v>
+        <v>209072</v>
       </c>
       <c r="B370" t="s">
-        <v>669</v>
+        <v>614</v>
+      </c>
+      <c r="C370">
+        <v>1010169</v>
       </c>
       <c r="D370" t="s">
-        <v>673</v>
+        <v>617</v>
       </c>
       <c r="E370" t="s">
-        <v>672</v>
+        <v>94</v>
       </c>
       <c r="F370" t="s">
-        <v>48</v>
+        <v>83</v>
       </c>
       <c r="G370">
-        <v>44139</v>
+        <v>32256</v>
       </c>
       <c r="H370" t="s">
-        <v>671</v>
+        <v>612</v>
       </c>
       <c r="I370" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="371" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A371">
-        <v>934169</v>
+        <v>209072</v>
       </c>
       <c r="B371" t="s">
-        <v>666</v>
+        <v>614</v>
+      </c>
+      <c r="C371">
+        <v>1721976</v>
       </c>
       <c r="D371" t="s">
-        <v>668</v>
+        <v>616</v>
       </c>
       <c r="E371" t="s">
-        <v>665</v>
-[...6 lines deleted...]
-      </c>
+        <v>448</v>
+      </c>
+      <c r="G371"/>
       <c r="H371" t="s">
-        <v>667</v>
+        <v>612</v>
       </c>
       <c r="I371" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="372" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A372">
-        <v>2119</v>
+        <v>209072</v>
       </c>
       <c r="B372" t="s">
-        <v>660</v>
+        <v>614</v>
+      </c>
+      <c r="C372">
+        <v>2095298</v>
       </c>
       <c r="D372" t="s">
-        <v>664</v>
+        <v>613</v>
       </c>
       <c r="E372" t="s">
-        <v>229</v>
-[...6 lines deleted...]
-      </c>
+        <v>448</v>
+      </c>
+      <c r="G372"/>
       <c r="H372" t="s">
-        <v>659</v>
+        <v>612</v>
       </c>
       <c r="I372" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="373" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A373">
-        <v>2119</v>
+        <v>6606</v>
       </c>
       <c r="B373" t="s">
-        <v>660</v>
+        <v>1576</v>
       </c>
       <c r="D373" t="s">
-        <v>664</v>
+        <v>1215</v>
       </c>
       <c r="E373" t="s">
-        <v>229</v>
+        <v>1214</v>
       </c>
       <c r="F373" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="G373">
-        <v>75019</v>
+        <v>92780</v>
       </c>
       <c r="H373" t="s">
-        <v>659</v>
+        <v>1213</v>
       </c>
       <c r="I373" t="s">
-        <v>1469</v>
+        <v>0</v>
       </c>
     </row>
     <row r="374" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A374">
-        <v>2119</v>
+        <v>6606</v>
       </c>
       <c r="B374" t="s">
-        <v>660</v>
+        <v>1576</v>
       </c>
       <c r="D374" t="s">
-        <v>664</v>
+        <v>1215</v>
       </c>
       <c r="E374" t="s">
-        <v>229</v>
+        <v>1214</v>
       </c>
       <c r="F374" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="G374">
-        <v>75019</v>
+        <v>92780</v>
       </c>
       <c r="H374" t="s">
-        <v>659</v>
+        <v>1213</v>
       </c>
       <c r="I374" t="s">
-        <v>1485</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="375" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A375">
-        <v>2119</v>
+        <v>933108</v>
       </c>
       <c r="B375" t="s">
-        <v>660</v>
-[...2 lines deleted...]
-        <v>1059564</v>
+        <v>611</v>
       </c>
       <c r="D375" t="s">
-        <v>1749</v>
+        <v>1979</v>
       </c>
       <c r="E375" t="s">
-        <v>267</v>
+        <v>1053</v>
       </c>
       <c r="F375" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>85225</v>
+        <v>21</v>
+      </c>
+      <c r="G375" s="8" t="s">
+        <v>1709</v>
       </c>
       <c r="H375" t="s">
-        <v>659</v>
+        <v>610</v>
       </c>
       <c r="I375" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="376" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A376">
-        <v>2119</v>
+        <v>3013</v>
       </c>
       <c r="B376" t="s">
-        <v>660</v>
-[...2 lines deleted...]
-        <v>1070512</v>
+        <v>606</v>
       </c>
       <c r="D376" t="s">
-        <v>1625</v>
+        <v>1881</v>
       </c>
       <c r="E376" t="s">
-        <v>181</v>
+        <v>609</v>
       </c>
       <c r="F376" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G376">
-        <v>92630</v>
+        <v>19034</v>
       </c>
       <c r="H376" t="s">
-        <v>659</v>
+        <v>605</v>
       </c>
       <c r="I376" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="377" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A377">
-        <v>2119</v>
+        <v>3013</v>
       </c>
       <c r="B377" t="s">
-        <v>660</v>
+        <v>606</v>
       </c>
       <c r="C377">
-        <v>1520199</v>
+        <v>1105391</v>
       </c>
       <c r="D377" t="s">
-        <v>662</v>
+        <v>608</v>
       </c>
       <c r="E377" t="s">
-        <v>661</v>
+        <v>387</v>
       </c>
       <c r="F377" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="G377">
-        <v>75601</v>
+        <v>29601</v>
       </c>
       <c r="H377" t="s">
-        <v>659</v>
+        <v>605</v>
       </c>
       <c r="I377" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="378" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A378">
-        <v>2119</v>
+        <v>3013</v>
       </c>
       <c r="B378" t="s">
-        <v>660</v>
+        <v>606</v>
       </c>
       <c r="C378">
-        <v>1949490</v>
+        <v>1105392</v>
       </c>
       <c r="D378" t="s">
-        <v>1931</v>
+        <v>1424</v>
       </c>
       <c r="E378" t="s">
-        <v>1005</v>
+        <v>155</v>
       </c>
       <c r="F378" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G378">
-        <v>75234</v>
+        <v>77094</v>
       </c>
       <c r="H378" t="s">
-        <v>659</v>
+        <v>605</v>
       </c>
       <c r="I378" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="379" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A379">
-        <v>2119</v>
+        <v>3013</v>
       </c>
       <c r="B379" t="s">
-        <v>660</v>
+        <v>606</v>
       </c>
       <c r="C379">
-        <v>2331007</v>
+        <v>1678604</v>
       </c>
       <c r="D379" t="s">
-        <v>1932</v>
+        <v>607</v>
       </c>
       <c r="E379" t="s">
-        <v>1280</v>
+        <v>387</v>
       </c>
       <c r="F379" t="s">
-        <v>86</v>
+        <v>24</v>
       </c>
       <c r="G379">
-        <v>33126</v>
+        <v>29601</v>
       </c>
       <c r="H379" t="s">
-        <v>659</v>
+        <v>605</v>
       </c>
       <c r="I379" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="380" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A380">
-        <v>2119</v>
+        <v>3013</v>
       </c>
       <c r="B380" t="s">
-        <v>660</v>
+        <v>606</v>
       </c>
       <c r="C380">
-        <v>2486713</v>
+        <v>1879565</v>
       </c>
       <c r="D380" t="s">
-        <v>1648</v>
+        <v>1816</v>
       </c>
       <c r="E380" t="s">
-        <v>375</v>
+        <v>65</v>
       </c>
       <c r="F380" t="s">
-        <v>374</v>
+        <v>64</v>
       </c>
       <c r="G380">
-        <v>73106</v>
+        <v>85288</v>
       </c>
       <c r="H380" t="s">
-        <v>659</v>
+        <v>605</v>
       </c>
       <c r="I380" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="381" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A381">
-        <v>2119</v>
+        <v>3013</v>
       </c>
       <c r="B381" t="s">
-        <v>660</v>
+        <v>606</v>
       </c>
       <c r="C381">
-        <v>2637971</v>
+        <v>2433062</v>
       </c>
       <c r="D381" t="s">
-        <v>1933</v>
+        <v>1577</v>
       </c>
       <c r="E381" t="s">
-        <v>97</v>
+        <v>1040</v>
       </c>
       <c r="F381" t="s">
-        <v>86</v>
+        <v>57</v>
       </c>
       <c r="G381">
-        <v>32256</v>
+        <v>75019</v>
       </c>
       <c r="H381" t="s">
-        <v>659</v>
+        <v>605</v>
       </c>
       <c r="I381" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="382" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A382">
-        <v>2119</v>
+        <v>3013</v>
       </c>
       <c r="B382" t="s">
-        <v>660</v>
+        <v>606</v>
       </c>
       <c r="C382">
-        <v>2637978</v>
+        <v>2549205</v>
       </c>
       <c r="D382" t="s">
-        <v>1991</v>
+        <v>1541</v>
       </c>
       <c r="E382" t="s">
-        <v>712</v>
+        <v>76</v>
       </c>
       <c r="F382" t="s">
-        <v>379</v>
+        <v>17</v>
       </c>
       <c r="G382">
-        <v>48098</v>
+        <v>92123</v>
       </c>
       <c r="H382" t="s">
-        <v>659</v>
+        <v>605</v>
       </c>
       <c r="I382" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="383" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A383">
-        <v>1057803</v>
+        <v>3013</v>
       </c>
       <c r="B383" t="s">
-        <v>1992</v>
+        <v>606</v>
+      </c>
+      <c r="C383">
+        <v>2567645</v>
       </c>
       <c r="D383" t="s">
-        <v>1993</v>
+        <v>1736</v>
       </c>
       <c r="E383" t="s">
-        <v>1994</v>
+        <v>244</v>
       </c>
       <c r="F383" t="s">
-        <v>28</v>
+        <v>66</v>
       </c>
       <c r="G383">
-        <v>60523</v>
+        <v>80111</v>
       </c>
       <c r="H383" t="s">
-        <v>1995</v>
+        <v>605</v>
       </c>
       <c r="I383" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="384" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A384">
-        <v>944152</v>
+        <v>952185</v>
       </c>
       <c r="B384" t="s">
-        <v>658</v>
+        <v>602</v>
       </c>
       <c r="D384" t="s">
-        <v>657</v>
+        <v>604</v>
       </c>
       <c r="E384" t="s">
-        <v>656</v>
+        <v>409</v>
       </c>
       <c r="F384" t="s">
-        <v>7</v>
+        <v>161</v>
       </c>
       <c r="G384">
-        <v>22312</v>
+        <v>14225</v>
       </c>
       <c r="H384" t="s">
-        <v>655</v>
+        <v>603</v>
       </c>
       <c r="I384" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="385" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A385">
-        <v>945413</v>
+        <v>952185</v>
       </c>
       <c r="B385" t="s">
-        <v>653</v>
+        <v>602</v>
+      </c>
+      <c r="C385">
+        <v>1914034</v>
       </c>
       <c r="D385" t="s">
-        <v>652</v>
+        <v>1910</v>
       </c>
       <c r="E385" t="s">
-        <v>57</v>
+        <v>601</v>
       </c>
       <c r="F385" t="s">
-        <v>92</v>
+        <v>161</v>
       </c>
       <c r="G385">
-        <v>37311</v>
+        <v>14760</v>
       </c>
       <c r="H385" t="s">
-        <v>651</v>
+        <v>600</v>
       </c>
       <c r="I385" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="386" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A386">
-        <v>209072</v>
+        <v>15877</v>
       </c>
       <c r="B386" t="s">
-        <v>641</v>
+        <v>599</v>
       </c>
       <c r="D386" t="s">
-        <v>650</v>
+        <v>1561</v>
       </c>
       <c r="E386" t="s">
-        <v>649</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>1562</v>
       </c>
       <c r="G386">
-        <v>19053</v>
+        <v>560103</v>
       </c>
       <c r="H386" t="s">
-        <v>648</v>
+        <v>598</v>
       </c>
       <c r="I386" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="387" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A387">
-        <v>209072</v>
+        <v>15877</v>
       </c>
       <c r="B387" t="s">
-        <v>641</v>
+        <v>599</v>
       </c>
       <c r="C387">
-        <v>894588</v>
+        <v>263383</v>
       </c>
       <c r="D387" t="s">
-        <v>647</v>
+        <v>1980</v>
       </c>
       <c r="E387" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>456</v>
       </c>
       <c r="G387">
-        <v>57104</v>
+        <v>400604</v>
       </c>
       <c r="H387" t="s">
-        <v>639</v>
+        <v>598</v>
       </c>
       <c r="I387" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="388" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A388">
-        <v>209072</v>
+        <v>15877</v>
       </c>
       <c r="B388" t="s">
-        <v>641</v>
+        <v>599</v>
       </c>
       <c r="C388">
-        <v>1010169</v>
+        <v>1467776</v>
       </c>
       <c r="D388" t="s">
-        <v>646</v>
+        <v>1981</v>
       </c>
       <c r="E388" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>215</v>
       </c>
       <c r="G388">
-        <v>32256</v>
+        <v>411036</v>
       </c>
       <c r="H388" t="s">
-        <v>639</v>
+        <v>598</v>
       </c>
       <c r="I388" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="389" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A389">
-        <v>209072</v>
+        <v>1849337</v>
       </c>
       <c r="B389" t="s">
-        <v>641</v>
-[...2 lines deleted...]
-        <v>1721976</v>
+        <v>597</v>
       </c>
       <c r="D389" t="s">
-        <v>645</v>
+        <v>596</v>
       </c>
       <c r="E389" t="s">
-        <v>464</v>
-[...1 lines deleted...]
-      <c r="G389"/>
+        <v>1644</v>
+      </c>
+      <c r="F389" t="s">
+        <v>595</v>
+      </c>
+      <c r="G389" s="8" t="s">
+        <v>1737</v>
+      </c>
       <c r="H389" t="s">
-        <v>639</v>
+        <v>594</v>
       </c>
       <c r="I389" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="390" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A390">
-        <v>209072</v>
+        <v>1115600</v>
       </c>
       <c r="B390" t="s">
-        <v>641</v>
-[...2 lines deleted...]
-        <v>1840916</v>
+        <v>1851</v>
       </c>
       <c r="D390" t="s">
-        <v>644</v>
+        <v>1852</v>
       </c>
       <c r="E390" t="s">
-        <v>643</v>
+        <v>1853</v>
       </c>
       <c r="F390" t="s">
-        <v>642</v>
+        <v>165</v>
       </c>
       <c r="G390">
-        <v>68521</v>
+        <v>64152</v>
       </c>
       <c r="H390" t="s">
-        <v>639</v>
+        <v>1854</v>
       </c>
       <c r="I390" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="391" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A391">
-        <v>209072</v>
+        <v>1418242</v>
       </c>
       <c r="B391" t="s">
-        <v>641</v>
-[...2 lines deleted...]
-        <v>2095298</v>
+        <v>592</v>
       </c>
       <c r="D391" t="s">
-        <v>640</v>
+        <v>1528</v>
       </c>
       <c r="E391" t="s">
-        <v>464</v>
-[...1 lines deleted...]
-      <c r="G391"/>
+        <v>593</v>
+      </c>
+      <c r="F391" t="s">
+        <v>114</v>
+      </c>
+      <c r="G391">
+        <v>46350</v>
+      </c>
       <c r="H391" t="s">
-        <v>639</v>
+        <v>591</v>
       </c>
       <c r="I391" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="392" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A392">
-        <v>6606</v>
+        <v>937358</v>
       </c>
       <c r="B392" t="s">
-        <v>1643</v>
+        <v>590</v>
       </c>
       <c r="D392" t="s">
-        <v>1269</v>
+        <v>587</v>
       </c>
       <c r="E392" t="s">
-        <v>1268</v>
+        <v>586</v>
       </c>
       <c r="F392" t="s">
-        <v>17</v>
+        <v>114</v>
       </c>
       <c r="G392">
-        <v>92780</v>
+        <v>47708</v>
       </c>
       <c r="H392" t="s">
-        <v>1267</v>
+        <v>588</v>
       </c>
       <c r="I392" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="393" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A393">
-        <v>6606</v>
+        <v>937358</v>
       </c>
       <c r="B393" t="s">
-        <v>1643</v>
+        <v>590</v>
+      </c>
+      <c r="C393">
+        <v>1054465</v>
       </c>
       <c r="D393" t="s">
-        <v>1269</v>
+        <v>584</v>
       </c>
       <c r="E393" t="s">
-        <v>1268</v>
+        <v>583</v>
       </c>
       <c r="F393" t="s">
-        <v>17</v>
+        <v>582</v>
       </c>
       <c r="G393">
-        <v>92780</v>
+        <v>40741</v>
       </c>
       <c r="H393" t="s">
-        <v>1267</v>
+        <v>588</v>
       </c>
       <c r="I393" t="s">
-        <v>1469</v>
+        <v>0</v>
       </c>
     </row>
     <row r="394" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A394">
-        <v>933108</v>
+        <v>937358</v>
       </c>
       <c r="B394" t="s">
-        <v>638</v>
+        <v>590</v>
+      </c>
+      <c r="C394">
+        <v>1280260</v>
       </c>
       <c r="D394" t="s">
-        <v>637</v>
+        <v>589</v>
       </c>
       <c r="E394" t="s">
-        <v>636</v>
+        <v>65</v>
       </c>
       <c r="F394" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>1768</v>
+        <v>64</v>
+      </c>
+      <c r="G394">
+        <v>85282</v>
       </c>
       <c r="H394" t="s">
-        <v>635</v>
+        <v>588</v>
       </c>
       <c r="I394" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="395" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A395">
-        <v>3013</v>
+        <v>931153</v>
       </c>
       <c r="B395" t="s">
-        <v>631</v>
+        <v>585</v>
       </c>
       <c r="D395" t="s">
-        <v>1964</v>
+        <v>587</v>
       </c>
       <c r="E395" t="s">
-        <v>634</v>
+        <v>586</v>
       </c>
       <c r="F395" t="s">
-        <v>18</v>
+        <v>114</v>
       </c>
       <c r="G395">
-        <v>19034</v>
+        <v>47708</v>
       </c>
       <c r="H395" t="s">
-        <v>630</v>
+        <v>581</v>
       </c>
       <c r="I395" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="396" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A396">
-        <v>3013</v>
+        <v>931153</v>
       </c>
       <c r="B396" t="s">
-        <v>631</v>
+        <v>585</v>
       </c>
       <c r="C396">
-        <v>1105391</v>
+        <v>1057006</v>
       </c>
       <c r="D396" t="s">
-        <v>633</v>
+        <v>584</v>
       </c>
       <c r="E396" t="s">
-        <v>403</v>
+        <v>583</v>
       </c>
       <c r="F396" t="s">
-        <v>24</v>
+        <v>582</v>
       </c>
       <c r="G396">
-        <v>29601</v>
+        <v>40741</v>
       </c>
       <c r="H396" t="s">
-        <v>630</v>
+        <v>581</v>
       </c>
       <c r="I396" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="397" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A397">
-        <v>3013</v>
+        <v>934287</v>
       </c>
       <c r="B397" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-        <v>1105392</v>
+        <v>580</v>
       </c>
       <c r="D397" t="s">
-        <v>1482</v>
+        <v>579</v>
       </c>
       <c r="E397" t="s">
-        <v>162</v>
+        <v>578</v>
       </c>
       <c r="F397" t="s">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="G397">
-        <v>77094</v>
+        <v>28590</v>
       </c>
       <c r="H397" t="s">
-        <v>630</v>
+        <v>577</v>
       </c>
       <c r="I397" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="398" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A398">
-        <v>3013</v>
+        <v>948477</v>
       </c>
       <c r="B398" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-        <v>1678604</v>
+        <v>576</v>
       </c>
       <c r="D398" t="s">
-        <v>632</v>
+        <v>575</v>
       </c>
       <c r="E398" t="s">
-        <v>403</v>
+        <v>574</v>
       </c>
       <c r="F398" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="G398">
-        <v>29601</v>
+        <v>27616</v>
       </c>
       <c r="H398" t="s">
-        <v>630</v>
+        <v>573</v>
       </c>
       <c r="I398" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="399" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A399">
-        <v>3013</v>
+        <v>934039</v>
       </c>
       <c r="B399" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-        <v>1879565</v>
+        <v>569</v>
       </c>
       <c r="D399" t="s">
-        <v>1895</v>
+        <v>572</v>
       </c>
       <c r="E399" t="s">
-        <v>68</v>
+        <v>571</v>
       </c>
       <c r="F399" t="s">
-        <v>67</v>
+        <v>17</v>
       </c>
       <c r="G399">
-        <v>85288</v>
+        <v>94954</v>
       </c>
       <c r="H399" t="s">
-        <v>630</v>
+        <v>570</v>
       </c>
       <c r="I399" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="400" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A400">
-        <v>3013</v>
+        <v>934039</v>
       </c>
       <c r="B400" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-        <v>2433062</v>
+        <v>569</v>
       </c>
       <c r="D400" t="s">
-        <v>1644</v>
+        <v>572</v>
       </c>
       <c r="E400" t="s">
-        <v>1089</v>
+        <v>571</v>
       </c>
       <c r="F400" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="G400">
-        <v>75019</v>
+        <v>94954</v>
       </c>
       <c r="H400" t="s">
-        <v>630</v>
+        <v>568</v>
       </c>
       <c r="I400" t="s">
-        <v>0</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="401" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A401">
-        <v>3013</v>
+        <v>954491</v>
       </c>
       <c r="B401" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-        <v>2549205</v>
+        <v>567</v>
       </c>
       <c r="D401" t="s">
-        <v>1605</v>
+        <v>566</v>
       </c>
       <c r="E401" t="s">
-        <v>79</v>
+        <v>565</v>
       </c>
       <c r="F401" t="s">
-        <v>17</v>
+        <v>161</v>
       </c>
       <c r="G401">
-        <v>92123</v>
+        <v>14224</v>
       </c>
       <c r="H401" t="s">
-        <v>630</v>
+        <v>564</v>
       </c>
       <c r="I401" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="402" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A402">
-        <v>3013</v>
+        <v>953436</v>
       </c>
       <c r="B402" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-        <v>2567645</v>
+        <v>1604</v>
       </c>
       <c r="D402" t="s">
-        <v>1809</v>
+        <v>842</v>
       </c>
       <c r="E402" t="s">
-        <v>253</v>
+        <v>134</v>
       </c>
       <c r="F402" t="s">
-        <v>69</v>
+        <v>28</v>
       </c>
       <c r="G402">
-        <v>80111</v>
+        <v>60714</v>
       </c>
       <c r="H402" t="s">
-        <v>630</v>
+        <v>841</v>
       </c>
       <c r="I402" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="403" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A403">
-        <v>952185</v>
+        <v>943582</v>
       </c>
       <c r="B403" t="s">
-        <v>627</v>
+        <v>560</v>
       </c>
       <c r="D403" t="s">
-        <v>629</v>
+        <v>563</v>
       </c>
       <c r="E403" t="s">
-        <v>425</v>
+        <v>562</v>
       </c>
       <c r="F403" t="s">
-        <v>168</v>
+        <v>18</v>
       </c>
       <c r="G403">
-        <v>14225</v>
+        <v>17110</v>
       </c>
       <c r="H403" t="s">
-        <v>628</v>
+        <v>561</v>
       </c>
       <c r="I403" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="404" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A404">
-        <v>952185</v>
+        <v>943582</v>
       </c>
       <c r="B404" t="s">
-        <v>627</v>
+        <v>560</v>
       </c>
       <c r="C404">
-        <v>1914034</v>
+        <v>1215666</v>
       </c>
       <c r="D404" t="s">
-        <v>1996</v>
+        <v>559</v>
       </c>
       <c r="E404" t="s">
-        <v>626</v>
+        <v>188</v>
       </c>
       <c r="F404" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-        <v>14760</v>
+        <v>64</v>
+      </c>
+      <c r="G404" t="s">
+        <v>558</v>
       </c>
       <c r="H404" t="s">
-        <v>625</v>
+        <v>557</v>
       </c>
       <c r="I404" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="405" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A405">
-        <v>934681</v>
+        <v>35953</v>
       </c>
       <c r="B405" t="s">
-        <v>624</v>
+        <v>552</v>
       </c>
       <c r="D405" t="s">
-        <v>623</v>
+        <v>556</v>
       </c>
       <c r="E405" t="s">
-        <v>582</v>
+        <v>103</v>
       </c>
       <c r="F405" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G405">
-        <v>17111</v>
+        <v>91361</v>
       </c>
       <c r="H405" t="s">
-        <v>622</v>
+        <v>551</v>
       </c>
       <c r="I405" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="406" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A406">
-        <v>15877</v>
+        <v>35953</v>
       </c>
       <c r="B406" t="s">
-        <v>620</v>
+        <v>552</v>
       </c>
       <c r="D406" t="s">
-        <v>1626</v>
+        <v>556</v>
       </c>
       <c r="E406" t="s">
-        <v>1627</v>
+        <v>103</v>
+      </c>
+      <c r="F406" t="s">
+        <v>17</v>
       </c>
       <c r="G406">
-        <v>560103</v>
+        <v>91361</v>
       </c>
       <c r="H406" t="s">
-        <v>618</v>
+        <v>551</v>
       </c>
       <c r="I406" t="s">
-        <v>0</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="407" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A407">
-        <v>15877</v>
+        <v>35953</v>
       </c>
       <c r="B407" t="s">
-        <v>620</v>
+        <v>552</v>
       </c>
       <c r="C407">
-        <v>263383</v>
+        <v>364187</v>
       </c>
       <c r="D407" t="s">
-        <v>621</v>
+        <v>1951</v>
       </c>
       <c r="E407" t="s">
-        <v>472</v>
+        <v>20</v>
+      </c>
+      <c r="F407" t="s">
+        <v>19</v>
       </c>
       <c r="G407">
-        <v>400064</v>
+        <v>89135</v>
       </c>
       <c r="H407" t="s">
-        <v>618</v>
+        <v>551</v>
       </c>
       <c r="I407" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="408" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A408">
-        <v>15877</v>
+        <v>35953</v>
       </c>
       <c r="B408" t="s">
-        <v>620</v>
+        <v>552</v>
       </c>
       <c r="C408">
-        <v>1467776</v>
+        <v>1065684</v>
       </c>
       <c r="D408" t="s">
-        <v>619</v>
+        <v>1738</v>
       </c>
       <c r="E408" t="s">
-        <v>223</v>
+        <v>555</v>
+      </c>
+      <c r="F408" t="s">
+        <v>57</v>
       </c>
       <c r="G408">
-        <v>411014</v>
+        <v>76155</v>
       </c>
       <c r="H408" t="s">
-        <v>618</v>
+        <v>551</v>
       </c>
       <c r="I408" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="409" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A409">
-        <v>1849337</v>
+        <v>35953</v>
       </c>
       <c r="B409" t="s">
-        <v>617</v>
+        <v>552</v>
+      </c>
+      <c r="C409">
+        <v>1166419</v>
       </c>
       <c r="D409" t="s">
-        <v>616</v>
+        <v>554</v>
       </c>
       <c r="E409" t="s">
-        <v>1716</v>
+        <v>553</v>
       </c>
       <c r="F409" t="s">
-        <v>615</v>
-[...2 lines deleted...]
-        <v>1810</v>
+        <v>17</v>
+      </c>
+      <c r="G409">
+        <v>93021</v>
       </c>
       <c r="H409" t="s">
-        <v>614</v>
+        <v>551</v>
       </c>
       <c r="I409" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="410" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A410">
-        <v>1115600</v>
+        <v>35953</v>
       </c>
       <c r="B410" t="s">
-        <v>1934</v>
+        <v>552</v>
+      </c>
+      <c r="C410">
+        <v>1481509</v>
       </c>
       <c r="D410" t="s">
-        <v>1935</v>
+        <v>1982</v>
       </c>
       <c r="E410" t="s">
-        <v>1936</v>
+        <v>258</v>
       </c>
       <c r="F410" t="s">
-        <v>172</v>
+        <v>57</v>
       </c>
       <c r="G410">
-        <v>64152</v>
+        <v>75010</v>
       </c>
       <c r="H410" t="s">
-        <v>1937</v>
+        <v>551</v>
       </c>
       <c r="I410" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="411" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A411">
-        <v>1418242</v>
+        <v>1908478</v>
       </c>
       <c r="B411" t="s">
-        <v>612</v>
+        <v>1425</v>
       </c>
       <c r="D411" t="s">
-        <v>1590</v>
+        <v>1739</v>
       </c>
       <c r="E411" t="s">
-        <v>613</v>
+        <v>353</v>
       </c>
       <c r="F411" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-        <v>46350</v>
+        <v>11</v>
+      </c>
+      <c r="G411" s="8" t="s">
+        <v>1740</v>
       </c>
       <c r="H411" t="s">
-        <v>611</v>
+        <v>1224</v>
       </c>
       <c r="I411" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="412" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A412">
-        <v>937358</v>
+        <v>1473260</v>
       </c>
       <c r="B412" t="s">
-        <v>610</v>
+        <v>550</v>
       </c>
       <c r="D412" t="s">
-        <v>607</v>
+        <v>1882</v>
       </c>
       <c r="E412" t="s">
-        <v>606</v>
+        <v>300</v>
       </c>
       <c r="F412" t="s">
-        <v>120</v>
+        <v>57</v>
       </c>
       <c r="G412">
-        <v>47708</v>
+        <v>75063</v>
       </c>
       <c r="H412" t="s">
-        <v>608</v>
+        <v>549</v>
       </c>
       <c r="I412" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="413" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A413">
-        <v>937358</v>
+        <v>928903</v>
       </c>
       <c r="B413" t="s">
-        <v>610</v>
-[...2 lines deleted...]
-        <v>1054465</v>
+        <v>548</v>
       </c>
       <c r="D413" t="s">
-        <v>604</v>
+        <v>547</v>
       </c>
       <c r="E413" t="s">
-        <v>603</v>
+        <v>546</v>
       </c>
       <c r="F413" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>40741</v>
+        <v>11</v>
+      </c>
+      <c r="G413" s="8" t="s">
+        <v>1688</v>
       </c>
       <c r="H413" t="s">
-        <v>608</v>
+        <v>545</v>
       </c>
       <c r="I413" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="414" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A414">
-        <v>937358</v>
+        <v>2726</v>
       </c>
       <c r="B414" t="s">
-        <v>610</v>
-[...2 lines deleted...]
-        <v>1280260</v>
+        <v>541</v>
       </c>
       <c r="D414" t="s">
-        <v>609</v>
+        <v>1563</v>
       </c>
       <c r="E414" t="s">
-        <v>68</v>
+        <v>1304</v>
       </c>
       <c r="F414" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>85282</v>
+        <v>60</v>
+      </c>
+      <c r="G414" s="8" t="s">
+        <v>1692</v>
       </c>
       <c r="H414" t="s">
-        <v>608</v>
+        <v>540</v>
       </c>
       <c r="I414" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="415" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A415">
-        <v>931153</v>
+        <v>2726</v>
       </c>
       <c r="B415" t="s">
-        <v>605</v>
+        <v>541</v>
       </c>
       <c r="D415" t="s">
-        <v>607</v>
+        <v>1563</v>
       </c>
       <c r="E415" t="s">
-        <v>606</v>
+        <v>1304</v>
       </c>
       <c r="F415" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-        <v>47708</v>
+        <v>60</v>
+      </c>
+      <c r="G415" s="8" t="s">
+        <v>1692</v>
       </c>
       <c r="H415" t="s">
-        <v>601</v>
+        <v>540</v>
       </c>
       <c r="I415" t="s">
-        <v>0</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="416" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A416">
-        <v>931153</v>
+        <v>2726</v>
       </c>
       <c r="B416" t="s">
-        <v>605</v>
+        <v>541</v>
       </c>
       <c r="C416">
-        <v>1057006</v>
+        <v>1837743</v>
       </c>
       <c r="D416" t="s">
-        <v>604</v>
+        <v>544</v>
       </c>
       <c r="E416" t="s">
-        <v>603</v>
+        <v>543</v>
       </c>
       <c r="F416" t="s">
-        <v>602</v>
+        <v>83</v>
       </c>
       <c r="G416">
-        <v>40741</v>
+        <v>33409</v>
       </c>
       <c r="H416" t="s">
-        <v>601</v>
+        <v>540</v>
       </c>
       <c r="I416" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="417" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A417">
-        <v>934287</v>
+        <v>2726</v>
       </c>
       <c r="B417" t="s">
-        <v>600</v>
+        <v>541</v>
+      </c>
+      <c r="C417">
+        <v>1866508</v>
       </c>
       <c r="D417" t="s">
-        <v>599</v>
+        <v>1818</v>
       </c>
       <c r="E417" t="s">
-        <v>598</v>
+        <v>241</v>
       </c>
       <c r="F417" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G417">
-        <v>28590</v>
+        <v>95670</v>
       </c>
       <c r="H417" t="s">
-        <v>597</v>
+        <v>540</v>
       </c>
       <c r="I417" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="418" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A418">
-        <v>948477</v>
+        <v>2726</v>
       </c>
       <c r="B418" t="s">
-        <v>596</v>
+        <v>541</v>
+      </c>
+      <c r="C418">
+        <v>2154031</v>
       </c>
       <c r="D418" t="s">
-        <v>595</v>
+        <v>1496</v>
       </c>
       <c r="E418" t="s">
-        <v>594</v>
-[...5 lines deleted...]
-        <v>27616</v>
+        <v>542</v>
+      </c>
+      <c r="G418" s="8" t="s">
+        <v>1741</v>
       </c>
       <c r="H418" t="s">
-        <v>593</v>
+        <v>540</v>
       </c>
       <c r="I418" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="419" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A419">
-        <v>934039</v>
+        <v>2726</v>
       </c>
       <c r="B419" t="s">
-        <v>589</v>
+        <v>541</v>
+      </c>
+      <c r="C419">
+        <v>2214480</v>
       </c>
       <c r="D419" t="s">
-        <v>592</v>
+        <v>1883</v>
       </c>
       <c r="E419" t="s">
-        <v>591</v>
+        <v>155</v>
       </c>
       <c r="F419" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="G419">
-        <v>94954</v>
+        <v>77014</v>
       </c>
       <c r="H419" t="s">
-        <v>590</v>
+        <v>540</v>
       </c>
       <c r="I419" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="420" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A420">
-        <v>934039</v>
+        <v>934578</v>
       </c>
       <c r="B420" t="s">
-        <v>589</v>
+        <v>539</v>
       </c>
       <c r="D420" t="s">
-        <v>592</v>
+        <v>538</v>
       </c>
       <c r="E420" t="s">
-        <v>591</v>
+        <v>537</v>
       </c>
       <c r="F420" t="s">
-        <v>17</v>
+        <v>283</v>
       </c>
       <c r="G420">
-        <v>94954</v>
+        <v>19801</v>
       </c>
       <c r="H420" t="s">
-        <v>588</v>
+        <v>536</v>
       </c>
       <c r="I420" t="s">
-        <v>1469</v>
+        <v>0</v>
       </c>
     </row>
     <row r="421" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A421">
-        <v>954491</v>
+        <v>939459</v>
       </c>
       <c r="B421" t="s">
-        <v>587</v>
+        <v>535</v>
       </c>
       <c r="D421" t="s">
-        <v>586</v>
+        <v>534</v>
       </c>
       <c r="E421" t="s">
-        <v>585</v>
+        <v>533</v>
       </c>
       <c r="F421" t="s">
-        <v>168</v>
+        <v>17</v>
       </c>
       <c r="G421">
-        <v>14224</v>
+        <v>92009</v>
       </c>
       <c r="H421" t="s">
-        <v>584</v>
+        <v>532</v>
       </c>
       <c r="I421" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="422" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A422">
-        <v>953436</v>
+        <v>951914</v>
       </c>
       <c r="B422" t="s">
-        <v>1675</v>
+        <v>522</v>
       </c>
       <c r="D422" t="s">
-        <v>885</v>
+        <v>531</v>
       </c>
       <c r="E422" t="s">
-        <v>141</v>
+        <v>530</v>
       </c>
       <c r="F422" t="s">
-        <v>28</v>
+        <v>161</v>
       </c>
       <c r="G422">
-        <v>60714</v>
+        <v>14009</v>
       </c>
       <c r="H422" t="s">
-        <v>884</v>
+        <v>529</v>
       </c>
       <c r="I422" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="423" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A423">
-        <v>943582</v>
+        <v>951914</v>
       </c>
       <c r="B423" t="s">
-        <v>580</v>
+        <v>522</v>
+      </c>
+      <c r="C423">
+        <v>952789</v>
       </c>
       <c r="D423" t="s">
-        <v>583</v>
+        <v>528</v>
       </c>
       <c r="E423" t="s">
-        <v>582</v>
+        <v>527</v>
       </c>
       <c r="F423" t="s">
-        <v>18</v>
+        <v>161</v>
       </c>
       <c r="G423">
-        <v>17110</v>
+        <v>14845</v>
       </c>
       <c r="H423" t="s">
-        <v>581</v>
+        <v>526</v>
       </c>
       <c r="I423" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="424" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A424">
-        <v>943582</v>
+        <v>951914</v>
       </c>
       <c r="B424" t="s">
-        <v>580</v>
+        <v>522</v>
       </c>
       <c r="C424">
-        <v>1215666</v>
+        <v>953707</v>
       </c>
       <c r="D424" t="s">
-        <v>579</v>
+        <v>525</v>
       </c>
       <c r="E424" t="s">
-        <v>195</v>
+        <v>524</v>
       </c>
       <c r="F424" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>578</v>
+        <v>60</v>
+      </c>
+      <c r="G424" s="8" t="s">
+        <v>1742</v>
       </c>
       <c r="H424" t="s">
-        <v>577</v>
+        <v>523</v>
       </c>
       <c r="I424" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="425" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A425">
-        <v>35953</v>
+        <v>17022</v>
       </c>
       <c r="B425" t="s">
-        <v>572</v>
+        <v>515</v>
       </c>
       <c r="D425" t="s">
-        <v>576</v>
+        <v>521</v>
       </c>
       <c r="E425" t="s">
-        <v>109</v>
+        <v>187</v>
       </c>
       <c r="F425" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>91361</v>
+        <v>186</v>
+      </c>
+      <c r="G425" s="8" t="s">
+        <v>1743</v>
       </c>
       <c r="H425" t="s">
-        <v>570</v>
+        <v>520</v>
       </c>
       <c r="I425" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="426" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A426">
-        <v>35953</v>
+        <v>17022</v>
       </c>
       <c r="B426" t="s">
-        <v>572</v>
-[...2 lines deleted...]
-        <v>364187</v>
+        <v>515</v>
       </c>
       <c r="D426" t="s">
-        <v>2038</v>
+        <v>521</v>
       </c>
       <c r="E426" t="s">
-        <v>20</v>
+        <v>187</v>
       </c>
       <c r="F426" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>89135</v>
+        <v>186</v>
+      </c>
+      <c r="G426" s="8" t="s">
+        <v>1743</v>
       </c>
       <c r="H426" t="s">
-        <v>570</v>
+        <v>520</v>
       </c>
       <c r="I426" t="s">
-        <v>0</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="427" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A427">
-        <v>35953</v>
+        <v>17022</v>
       </c>
       <c r="B427" t="s">
-        <v>572</v>
-[...2 lines deleted...]
-        <v>1065684</v>
+        <v>515</v>
       </c>
       <c r="D427" t="s">
-        <v>1811</v>
+        <v>521</v>
       </c>
       <c r="E427" t="s">
-        <v>575</v>
+        <v>187</v>
       </c>
       <c r="F427" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>76155</v>
+        <v>186</v>
+      </c>
+      <c r="G427" s="8" t="s">
+        <v>1743</v>
       </c>
       <c r="H427" t="s">
-        <v>570</v>
+        <v>520</v>
       </c>
       <c r="I427" t="s">
-        <v>0</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="428" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A428">
-        <v>35953</v>
+        <v>17022</v>
       </c>
       <c r="B428" t="s">
-        <v>572</v>
+        <v>515</v>
       </c>
       <c r="C428">
-        <v>1166419</v>
+        <v>957081</v>
       </c>
       <c r="D428" t="s">
-        <v>574</v>
+        <v>1744</v>
       </c>
       <c r="E428" t="s">
-        <v>573</v>
+        <v>480</v>
       </c>
       <c r="F428" t="s">
-        <v>17</v>
+        <v>83</v>
       </c>
       <c r="G428">
-        <v>93021</v>
+        <v>33607</v>
       </c>
       <c r="H428" t="s">
-        <v>570</v>
+        <v>513</v>
       </c>
       <c r="I428" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="429" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A429">
-        <v>35953</v>
+        <v>17022</v>
       </c>
       <c r="B429" t="s">
-        <v>572</v>
+        <v>515</v>
       </c>
       <c r="C429">
-        <v>1481509</v>
+        <v>1281046</v>
       </c>
       <c r="D429" t="s">
-        <v>571</v>
+        <v>519</v>
       </c>
       <c r="E429" t="s">
-        <v>282</v>
+        <v>518</v>
       </c>
       <c r="F429" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="G429">
-        <v>75075</v>
+        <v>94568</v>
       </c>
       <c r="H429" t="s">
-        <v>570</v>
+        <v>513</v>
       </c>
       <c r="I429" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="430" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A430">
-        <v>1908478</v>
+        <v>17022</v>
       </c>
       <c r="B430" t="s">
-        <v>1483</v>
+        <v>515</v>
+      </c>
+      <c r="C430">
+        <v>1539736</v>
       </c>
       <c r="D430" t="s">
-        <v>1812</v>
+        <v>517</v>
       </c>
       <c r="E430" t="s">
-        <v>365</v>
+        <v>516</v>
       </c>
       <c r="F430" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>1813</v>
+        <v>161</v>
+      </c>
+      <c r="G430">
+        <v>14626</v>
       </c>
       <c r="H430" t="s">
-        <v>1278</v>
+        <v>513</v>
       </c>
       <c r="I430" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="431" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A431">
-        <v>1473260</v>
+        <v>17022</v>
       </c>
       <c r="B431" t="s">
-        <v>569</v>
+        <v>515</v>
+      </c>
+      <c r="C431">
+        <v>1648330</v>
       </c>
       <c r="D431" t="s">
-        <v>1965</v>
+        <v>514</v>
       </c>
       <c r="E431" t="s">
-        <v>312</v>
+        <v>300</v>
       </c>
       <c r="F431" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G431">
-        <v>75063</v>
+        <v>75039</v>
       </c>
       <c r="H431" t="s">
-        <v>568</v>
+        <v>513</v>
       </c>
       <c r="I431" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="432" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A432">
-        <v>928903</v>
+        <v>934179</v>
       </c>
       <c r="B432" t="s">
-        <v>567</v>
+        <v>504</v>
       </c>
       <c r="D432" t="s">
-        <v>566</v>
+        <v>512</v>
       </c>
       <c r="E432" t="s">
-        <v>565</v>
+        <v>499</v>
       </c>
       <c r="F432" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>1761</v>
+        <v>7</v>
+      </c>
+      <c r="G432">
+        <v>23502</v>
       </c>
       <c r="H432" t="s">
-        <v>564</v>
+        <v>511</v>
       </c>
       <c r="I432" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="433" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A433">
-        <v>2726</v>
+        <v>934179</v>
       </c>
       <c r="B433" t="s">
-        <v>560</v>
+        <v>504</v>
+      </c>
+      <c r="C433">
+        <v>946853</v>
       </c>
       <c r="D433" t="s">
-        <v>1628</v>
+        <v>509</v>
       </c>
       <c r="E433" t="s">
-        <v>1362</v>
+        <v>508</v>
       </c>
       <c r="F433" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>1765</v>
+        <v>89</v>
+      </c>
+      <c r="G433">
+        <v>38305</v>
       </c>
       <c r="H433" t="s">
-        <v>559</v>
+        <v>507</v>
       </c>
       <c r="I433" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="434" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A434">
-        <v>2726</v>
+        <v>934179</v>
       </c>
       <c r="B434" t="s">
-        <v>560</v>
+        <v>504</v>
+      </c>
+      <c r="C434">
+        <v>1141623</v>
       </c>
       <c r="D434" t="s">
-        <v>1628</v>
+        <v>505</v>
       </c>
       <c r="E434" t="s">
-        <v>1362</v>
+        <v>350</v>
       </c>
       <c r="F434" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>1765</v>
+        <v>57</v>
+      </c>
+      <c r="G434">
+        <v>76118</v>
       </c>
       <c r="H434" t="s">
-        <v>559</v>
+        <v>503</v>
       </c>
       <c r="I434" t="s">
-        <v>1485</v>
+        <v>0</v>
       </c>
     </row>
     <row r="435" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A435">
-        <v>2726</v>
+        <v>934179</v>
       </c>
       <c r="B435" t="s">
-        <v>560</v>
+        <v>504</v>
+      </c>
+      <c r="C435">
+        <v>1714816</v>
       </c>
       <c r="D435" t="s">
-        <v>1628</v>
+        <v>1983</v>
       </c>
       <c r="E435" t="s">
-        <v>1362</v>
+        <v>499</v>
       </c>
       <c r="F435" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>1765</v>
+        <v>7</v>
+      </c>
+      <c r="G435">
+        <v>23502</v>
       </c>
       <c r="H435" t="s">
-        <v>559</v>
+        <v>503</v>
       </c>
       <c r="I435" t="s">
-        <v>1896</v>
+        <v>0</v>
       </c>
     </row>
     <row r="436" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A436">
-        <v>2726</v>
+        <v>391089</v>
       </c>
       <c r="B436" t="s">
-        <v>560</v>
-[...2 lines deleted...]
-        <v>1837743</v>
+        <v>498</v>
       </c>
       <c r="D436" t="s">
-        <v>563</v>
+        <v>502</v>
       </c>
       <c r="E436" t="s">
-        <v>562</v>
+        <v>499</v>
       </c>
       <c r="F436" t="s">
-        <v>86</v>
+        <v>7</v>
       </c>
       <c r="G436">
-        <v>33409</v>
+        <v>23502</v>
       </c>
       <c r="H436" t="s">
-        <v>559</v>
+        <v>501</v>
       </c>
       <c r="I436" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="437" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A437">
-        <v>2726</v>
+        <v>391089</v>
       </c>
       <c r="B437" t="s">
-        <v>560</v>
+        <v>498</v>
       </c>
       <c r="C437">
-        <v>1866508</v>
+        <v>1069466</v>
       </c>
       <c r="D437" t="s">
-        <v>1897</v>
+        <v>500</v>
       </c>
       <c r="E437" t="s">
-        <v>249</v>
+        <v>174</v>
       </c>
       <c r="F437" t="s">
         <v>17</v>
       </c>
       <c r="G437">
-        <v>95670</v>
+        <v>92630</v>
       </c>
       <c r="H437" t="s">
-        <v>559</v>
+        <v>495</v>
       </c>
       <c r="I437" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="438" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A438">
-        <v>2726</v>
+        <v>391089</v>
       </c>
       <c r="B438" t="s">
-        <v>560</v>
+        <v>498</v>
       </c>
       <c r="C438">
-        <v>2154031</v>
+        <v>1828101</v>
       </c>
       <c r="D438" t="s">
-        <v>1555</v>
+        <v>497</v>
       </c>
       <c r="E438" t="s">
-        <v>561</v>
-[...2 lines deleted...]
-        <v>1814</v>
+        <v>496</v>
+      </c>
+      <c r="F438" t="s">
+        <v>89</v>
+      </c>
+      <c r="G438">
+        <v>38125</v>
       </c>
       <c r="H438" t="s">
-        <v>559</v>
+        <v>495</v>
       </c>
       <c r="I438" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="439" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A439">
-        <v>2726</v>
+        <v>391089</v>
       </c>
       <c r="B439" t="s">
-        <v>560</v>
+        <v>498</v>
       </c>
       <c r="C439">
-        <v>2214480</v>
+        <v>2745341</v>
       </c>
       <c r="D439" t="s">
-        <v>1966</v>
+        <v>505</v>
       </c>
       <c r="E439" t="s">
-        <v>162</v>
+        <v>350</v>
       </c>
       <c r="F439" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G439">
-        <v>77014</v>
+        <v>76180</v>
       </c>
       <c r="H439" t="s">
-        <v>559</v>
+        <v>495</v>
       </c>
       <c r="I439" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="440" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A440">
-        <v>934578</v>
+        <v>995554</v>
       </c>
       <c r="B440" t="s">
-        <v>558</v>
+        <v>492</v>
       </c>
       <c r="D440" t="s">
-        <v>557</v>
+        <v>1529</v>
       </c>
       <c r="E440" t="s">
-        <v>556</v>
+        <v>527</v>
       </c>
       <c r="F440" t="s">
-        <v>295</v>
+        <v>161</v>
       </c>
       <c r="G440">
-        <v>19801</v>
+        <v>14845</v>
       </c>
       <c r="H440" t="s">
-        <v>555</v>
+        <v>491</v>
       </c>
       <c r="I440" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="441" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A441">
-        <v>939459</v>
+        <v>903771</v>
       </c>
       <c r="B441" t="s">
-        <v>554</v>
+        <v>1473</v>
       </c>
       <c r="D441" t="s">
-        <v>553</v>
+        <v>1474</v>
       </c>
       <c r="E441" t="s">
-        <v>552</v>
+        <v>94</v>
       </c>
       <c r="F441" t="s">
-        <v>17</v>
+        <v>83</v>
       </c>
       <c r="G441">
-        <v>92009</v>
+        <v>32256</v>
       </c>
       <c r="H441" t="s">
-        <v>551</v>
+        <v>1475</v>
       </c>
       <c r="I441" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="442" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A442">
-        <v>951914</v>
+        <v>936788</v>
       </c>
       <c r="B442" t="s">
-        <v>541</v>
+        <v>490</v>
       </c>
       <c r="D442" t="s">
-        <v>550</v>
+        <v>489</v>
       </c>
       <c r="E442" t="s">
-        <v>549</v>
+        <v>488</v>
       </c>
       <c r="F442" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-        <v>14009</v>
+        <v>66</v>
+      </c>
+      <c r="G442" t="s">
+        <v>487</v>
       </c>
       <c r="H442" t="s">
-        <v>548</v>
+        <v>486</v>
       </c>
       <c r="I442" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="443" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A443">
-        <v>951914</v>
+        <v>1120080</v>
       </c>
       <c r="B443" t="s">
-        <v>541</v>
-[...2 lines deleted...]
-        <v>952789</v>
+        <v>485</v>
       </c>
       <c r="D443" t="s">
-        <v>547</v>
+        <v>484</v>
       </c>
       <c r="E443" t="s">
-        <v>546</v>
+        <v>483</v>
       </c>
       <c r="F443" t="s">
-        <v>168</v>
+        <v>71</v>
       </c>
       <c r="G443">
-        <v>14845</v>
+        <v>55303</v>
       </c>
       <c r="H443" t="s">
-        <v>545</v>
+        <v>482</v>
       </c>
       <c r="I443" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="444" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A444">
-        <v>951914</v>
+        <v>1273</v>
       </c>
       <c r="B444" t="s">
-        <v>541</v>
-[...2 lines deleted...]
-        <v>953707</v>
+        <v>481</v>
       </c>
       <c r="D444" t="s">
-        <v>544</v>
+        <v>1819</v>
       </c>
       <c r="E444" t="s">
-        <v>543</v>
+        <v>480</v>
       </c>
       <c r="F444" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>1815</v>
+        <v>83</v>
+      </c>
+      <c r="G444">
+        <v>33634</v>
       </c>
       <c r="H444" t="s">
-        <v>542</v>
+        <v>479</v>
       </c>
       <c r="I444" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="445" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A445">
-        <v>951914</v>
+        <v>1414177</v>
       </c>
       <c r="B445" t="s">
-        <v>541</v>
-[...2 lines deleted...]
-        <v>953784</v>
+        <v>1884</v>
       </c>
       <c r="D445" t="s">
-        <v>540</v>
+        <v>1885</v>
       </c>
       <c r="E445" t="s">
-        <v>539</v>
+        <v>1886</v>
       </c>
       <c r="F445" t="s">
-        <v>168</v>
+        <v>7</v>
       </c>
       <c r="G445">
-        <v>14530</v>
+        <v>23606</v>
       </c>
       <c r="H445" t="s">
-        <v>538</v>
+        <v>1887</v>
       </c>
       <c r="I445" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="446" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A446">
-        <v>17022</v>
+        <v>920364</v>
       </c>
       <c r="B446" t="s">
-        <v>531</v>
+        <v>478</v>
       </c>
       <c r="D446" t="s">
-        <v>537</v>
+        <v>477</v>
       </c>
       <c r="E446" t="s">
-        <v>194</v>
+        <v>476</v>
       </c>
       <c r="F446" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>1816</v>
+        <v>293</v>
+      </c>
+      <c r="G446" t="s">
+        <v>475</v>
       </c>
       <c r="H446" t="s">
-        <v>536</v>
+        <v>474</v>
       </c>
       <c r="I446" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="447" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A447">
-        <v>17022</v>
+        <v>934272</v>
       </c>
       <c r="B447" t="s">
-        <v>531</v>
+        <v>470</v>
       </c>
       <c r="D447" t="s">
-        <v>537</v>
+        <v>473</v>
       </c>
       <c r="E447" t="s">
-        <v>194</v>
+        <v>472</v>
       </c>
       <c r="F447" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>1816</v>
+        <v>17</v>
+      </c>
+      <c r="G447">
+        <v>91790</v>
       </c>
       <c r="H447" t="s">
-        <v>536</v>
+        <v>471</v>
       </c>
       <c r="I447" t="s">
-        <v>1469</v>
+        <v>0</v>
       </c>
     </row>
     <row r="448" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A448">
-        <v>17022</v>
+        <v>934272</v>
       </c>
       <c r="B448" t="s">
-        <v>531</v>
+        <v>470</v>
+      </c>
+      <c r="C448">
+        <v>1126460</v>
       </c>
       <c r="D448" t="s">
-        <v>537</v>
+        <v>469</v>
       </c>
       <c r="E448" t="s">
-        <v>194</v>
+        <v>468</v>
       </c>
       <c r="F448" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>1816</v>
+        <v>19</v>
+      </c>
+      <c r="G448">
+        <v>89120</v>
       </c>
       <c r="H448" t="s">
-        <v>536</v>
+        <v>467</v>
       </c>
       <c r="I448" t="s">
-        <v>1484</v>
+        <v>0</v>
       </c>
     </row>
     <row r="449" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A449">
-        <v>17022</v>
+        <v>1390120</v>
       </c>
       <c r="B449" t="s">
-        <v>531</v>
-[...2 lines deleted...]
-        <v>957081</v>
+        <v>466</v>
       </c>
       <c r="D449" t="s">
-        <v>1817</v>
+        <v>465</v>
       </c>
       <c r="E449" t="s">
-        <v>496</v>
+        <v>464</v>
       </c>
       <c r="F449" t="s">
-        <v>86</v>
+        <v>161</v>
       </c>
       <c r="G449">
-        <v>33607</v>
+        <v>10311</v>
       </c>
       <c r="H449" t="s">
-        <v>529</v>
+        <v>463</v>
       </c>
       <c r="I449" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="450" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A450">
-        <v>17022</v>
+        <v>936423</v>
       </c>
       <c r="B450" t="s">
-        <v>531</v>
-[...2 lines deleted...]
-        <v>1281046</v>
+        <v>450</v>
       </c>
       <c r="D450" t="s">
-        <v>535</v>
+        <v>1911</v>
       </c>
       <c r="E450" t="s">
-        <v>534</v>
+        <v>462</v>
       </c>
       <c r="F450" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="G450">
-        <v>94568</v>
+        <v>55439</v>
       </c>
       <c r="H450" t="s">
-        <v>529</v>
+        <v>461</v>
       </c>
       <c r="I450" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="451" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A451">
-        <v>17022</v>
+        <v>936423</v>
       </c>
       <c r="B451" t="s">
-        <v>531</v>
+        <v>450</v>
       </c>
       <c r="C451">
-        <v>1539736</v>
+        <v>1757649</v>
       </c>
       <c r="D451" t="s">
-        <v>533</v>
+        <v>460</v>
       </c>
       <c r="E451" t="s">
-        <v>532</v>
+        <v>459</v>
       </c>
       <c r="F451" t="s">
-        <v>168</v>
+        <v>200</v>
       </c>
       <c r="G451">
-        <v>14626</v>
+        <v>52101</v>
       </c>
       <c r="H451" t="s">
-        <v>529</v>
+        <v>447</v>
       </c>
       <c r="I451" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="452" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A452">
-        <v>17022</v>
+        <v>936423</v>
       </c>
       <c r="B452" t="s">
-        <v>531</v>
+        <v>450</v>
       </c>
       <c r="C452">
-        <v>1648330</v>
+        <v>1757655</v>
       </c>
       <c r="D452" t="s">
-        <v>530</v>
+        <v>458</v>
       </c>
       <c r="E452" t="s">
-        <v>312</v>
+        <v>94</v>
       </c>
       <c r="F452" t="s">
-        <v>60</v>
+        <v>83</v>
       </c>
       <c r="G452">
-        <v>75039</v>
+        <v>32225</v>
       </c>
       <c r="H452" t="s">
-        <v>529</v>
+        <v>447</v>
       </c>
       <c r="I452" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="453" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A453">
-        <v>934179</v>
+        <v>936423</v>
       </c>
       <c r="B453" t="s">
-        <v>520</v>
+        <v>450</v>
+      </c>
+      <c r="C453">
+        <v>1757666</v>
       </c>
       <c r="D453" t="s">
-        <v>528</v>
+        <v>457</v>
       </c>
       <c r="E453" t="s">
-        <v>515</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>456</v>
       </c>
       <c r="G453">
-        <v>23502</v>
+        <v>40076</v>
       </c>
       <c r="H453" t="s">
-        <v>527</v>
+        <v>447</v>
       </c>
       <c r="I453" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="454" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A454">
-        <v>934179</v>
+        <v>936423</v>
       </c>
       <c r="B454" t="s">
-        <v>520</v>
+        <v>450</v>
       </c>
       <c r="C454">
-        <v>946853</v>
+        <v>1757667</v>
       </c>
       <c r="D454" t="s">
-        <v>525</v>
+        <v>455</v>
       </c>
       <c r="E454" t="s">
-        <v>524</v>
+        <v>143</v>
       </c>
       <c r="F454" t="s">
-        <v>92</v>
+        <v>142</v>
       </c>
       <c r="G454">
-        <v>38305</v>
+        <v>66219</v>
       </c>
       <c r="H454" t="s">
-        <v>523</v>
+        <v>447</v>
       </c>
       <c r="I454" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="455" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A455">
-        <v>934179</v>
+        <v>936423</v>
       </c>
       <c r="B455" t="s">
-        <v>520</v>
+        <v>450</v>
       </c>
       <c r="C455">
-        <v>1141623</v>
+        <v>1757675</v>
       </c>
       <c r="D455" t="s">
-        <v>521</v>
+        <v>454</v>
       </c>
       <c r="E455" t="s">
-        <v>362</v>
-[...6 lines deleted...]
-      </c>
+        <v>453</v>
+      </c>
+      <c r="G455"/>
       <c r="H455" t="s">
-        <v>519</v>
+        <v>447</v>
       </c>
       <c r="I455" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="456" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A456">
-        <v>934179</v>
+        <v>936423</v>
       </c>
       <c r="B456" t="s">
-        <v>520</v>
+        <v>450</v>
       </c>
       <c r="C456">
-        <v>1714816</v>
+        <v>1757676</v>
       </c>
       <c r="D456" t="s">
-        <v>1645</v>
+        <v>452</v>
       </c>
       <c r="E456" t="s">
-        <v>515</v>
+        <v>451</v>
       </c>
       <c r="F456" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>23502</v>
+        <v>60</v>
+      </c>
+      <c r="G456" s="8" t="s">
+        <v>1745</v>
       </c>
       <c r="H456" t="s">
-        <v>519</v>
+        <v>447</v>
       </c>
       <c r="I456" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="457" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A457">
-        <v>391089</v>
+        <v>936423</v>
       </c>
       <c r="B457" t="s">
-        <v>514</v>
+        <v>450</v>
+      </c>
+      <c r="C457">
+        <v>1829794</v>
       </c>
       <c r="D457" t="s">
-        <v>518</v>
+        <v>449</v>
       </c>
       <c r="E457" t="s">
-        <v>515</v>
-[...6 lines deleted...]
-      </c>
+        <v>448</v>
+      </c>
+      <c r="G457"/>
       <c r="H457" t="s">
-        <v>517</v>
+        <v>447</v>
       </c>
       <c r="I457" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="458" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A458">
-        <v>391089</v>
+        <v>936423</v>
       </c>
       <c r="B458" t="s">
-        <v>514</v>
+        <v>450</v>
       </c>
       <c r="C458">
-        <v>1069466</v>
+        <v>2516917</v>
       </c>
       <c r="D458" t="s">
-        <v>516</v>
+        <v>1780</v>
       </c>
       <c r="E458" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>170</v>
       </c>
       <c r="G458">
-        <v>92630</v>
+        <v>1110</v>
       </c>
       <c r="H458" t="s">
-        <v>511</v>
+        <v>447</v>
       </c>
       <c r="I458" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="459" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A459">
-        <v>391089</v>
+        <v>936423</v>
       </c>
       <c r="B459" t="s">
-        <v>514</v>
+        <v>450</v>
       </c>
       <c r="C459">
-        <v>1828101</v>
+        <v>2516919</v>
       </c>
       <c r="D459" t="s">
-        <v>513</v>
+        <v>1645</v>
       </c>
       <c r="E459" t="s">
-        <v>512</v>
-[...5 lines deleted...]
-        <v>38125</v>
+        <v>1646</v>
+      </c>
+      <c r="G459" s="8" t="s">
+        <v>1746</v>
       </c>
       <c r="H459" t="s">
-        <v>511</v>
+        <v>447</v>
       </c>
       <c r="I459" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="460" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A460">
-        <v>391089</v>
+        <v>936423</v>
       </c>
       <c r="B460" t="s">
-        <v>514</v>
+        <v>450</v>
       </c>
       <c r="C460">
-        <v>2745341</v>
+        <v>2705424</v>
       </c>
       <c r="D460" t="s">
-        <v>521</v>
+        <v>1912</v>
       </c>
       <c r="E460" t="s">
-        <v>362</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>985</v>
       </c>
       <c r="G460">
-        <v>76180</v>
+        <v>110221</v>
       </c>
       <c r="H460" t="s">
-        <v>511</v>
+        <v>447</v>
       </c>
       <c r="I460" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="461" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A461">
-        <v>995554</v>
+        <v>1135875</v>
       </c>
       <c r="B461" t="s">
-        <v>508</v>
+        <v>446</v>
       </c>
       <c r="D461" t="s">
-        <v>1591</v>
+        <v>1952</v>
       </c>
       <c r="E461" t="s">
-        <v>546</v>
+        <v>166</v>
       </c>
       <c r="F461" t="s">
-        <v>168</v>
+        <v>263</v>
       </c>
       <c r="G461">
-        <v>14845</v>
+        <v>97477</v>
       </c>
       <c r="H461" t="s">
-        <v>507</v>
+        <v>445</v>
       </c>
       <c r="I461" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="462" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A462">
-        <v>903771</v>
+        <v>9745</v>
       </c>
       <c r="B462" t="s">
-        <v>1531</v>
+        <v>443</v>
       </c>
       <c r="D462" t="s">
-        <v>1532</v>
+        <v>1855</v>
       </c>
       <c r="E462" t="s">
-        <v>97</v>
+        <v>221</v>
       </c>
       <c r="F462" t="s">
-        <v>86</v>
+        <v>57</v>
       </c>
       <c r="G462">
-        <v>32256</v>
+        <v>75247</v>
       </c>
       <c r="H462" t="s">
-        <v>1533</v>
+        <v>439</v>
       </c>
       <c r="I462" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="463" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A463">
-        <v>936788</v>
+        <v>9745</v>
       </c>
       <c r="B463" t="s">
-        <v>506</v>
+        <v>443</v>
+      </c>
+      <c r="C463">
+        <v>1486458</v>
       </c>
       <c r="D463" t="s">
-        <v>505</v>
+        <v>444</v>
       </c>
       <c r="E463" t="s">
-        <v>504</v>
+        <v>188</v>
       </c>
       <c r="F463" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>503</v>
+        <v>64</v>
+      </c>
+      <c r="G463">
+        <v>85015</v>
       </c>
       <c r="H463" t="s">
-        <v>502</v>
+        <v>439</v>
       </c>
       <c r="I463" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="464" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A464">
-        <v>1120080</v>
+        <v>9745</v>
       </c>
       <c r="B464" t="s">
-        <v>501</v>
+        <v>443</v>
+      </c>
+      <c r="C464">
+        <v>1511963</v>
       </c>
       <c r="D464" t="s">
-        <v>500</v>
+        <v>442</v>
       </c>
       <c r="E464" t="s">
-        <v>499</v>
-[...5 lines deleted...]
-        <v>55303</v>
+        <v>441</v>
+      </c>
+      <c r="G464" t="s">
+        <v>440</v>
       </c>
       <c r="H464" t="s">
-        <v>498</v>
+        <v>439</v>
       </c>
       <c r="I464" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="465" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A465">
-        <v>1273</v>
+        <v>940587</v>
       </c>
       <c r="B465" t="s">
-        <v>497</v>
+        <v>438</v>
       </c>
       <c r="D465" t="s">
-        <v>1898</v>
+        <v>437</v>
       </c>
       <c r="E465" t="s">
-        <v>496</v>
+        <v>436</v>
       </c>
       <c r="F465" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>33634</v>
+        <v>11</v>
+      </c>
+      <c r="G465" s="8" t="s">
+        <v>1747</v>
       </c>
       <c r="H465" t="s">
-        <v>495</v>
+        <v>435</v>
       </c>
       <c r="I465" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="466" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A466">
-        <v>1414177</v>
+        <v>953277</v>
       </c>
       <c r="B466" t="s">
-        <v>1967</v>
+        <v>420</v>
       </c>
       <c r="D466" t="s">
-        <v>1968</v>
+        <v>1924</v>
       </c>
       <c r="E466" t="s">
-        <v>1969</v>
+        <v>1497</v>
       </c>
       <c r="F466" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="G466">
-        <v>23606</v>
+        <v>18106</v>
       </c>
       <c r="H466" t="s">
-        <v>1970</v>
+        <v>434</v>
       </c>
       <c r="I466" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="467" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A467">
-        <v>920364</v>
+        <v>953277</v>
       </c>
       <c r="B467" t="s">
-        <v>494</v>
+        <v>420</v>
+      </c>
+      <c r="C467">
+        <v>985242</v>
       </c>
       <c r="D467" t="s">
-        <v>493</v>
+        <v>433</v>
       </c>
       <c r="E467" t="s">
-        <v>492</v>
+        <v>432</v>
       </c>
       <c r="F467" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-        <v>491</v>
+        <v>28</v>
+      </c>
+      <c r="G467">
+        <v>60563</v>
       </c>
       <c r="H467" t="s">
-        <v>490</v>
+        <v>431</v>
       </c>
       <c r="I467" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="468" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A468">
-        <v>934272</v>
+        <v>953277</v>
       </c>
       <c r="B468" t="s">
-        <v>486</v>
+        <v>420</v>
+      </c>
+      <c r="C468">
+        <v>985246</v>
       </c>
       <c r="D468" t="s">
-        <v>489</v>
+        <v>430</v>
       </c>
       <c r="E468" t="s">
-        <v>488</v>
+        <v>429</v>
       </c>
       <c r="F468" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="G468">
-        <v>91790</v>
+        <v>81003</v>
       </c>
       <c r="H468" t="s">
-        <v>487</v>
+        <v>428</v>
       </c>
       <c r="I468" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="469" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A469">
-        <v>934272</v>
+        <v>953277</v>
       </c>
       <c r="B469" t="s">
-        <v>486</v>
+        <v>420</v>
       </c>
       <c r="C469">
-        <v>1126460</v>
+        <v>985249</v>
       </c>
       <c r="D469" t="s">
-        <v>485</v>
+        <v>427</v>
       </c>
       <c r="E469" t="s">
-        <v>484</v>
+        <v>426</v>
       </c>
       <c r="F469" t="s">
-        <v>19</v>
+        <v>45</v>
       </c>
       <c r="G469">
-        <v>89120</v>
+        <v>44286</v>
       </c>
       <c r="H469" t="s">
-        <v>483</v>
+        <v>425</v>
       </c>
       <c r="I469" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="470" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A470">
-        <v>1390120</v>
+        <v>953277</v>
       </c>
       <c r="B470" t="s">
-        <v>482</v>
+        <v>420</v>
+      </c>
+      <c r="C470">
+        <v>985254</v>
       </c>
       <c r="D470" t="s">
-        <v>481</v>
+        <v>424</v>
       </c>
       <c r="E470" t="s">
-        <v>480</v>
-[...5 lines deleted...]
-        <v>10311</v>
+        <v>423</v>
+      </c>
+      <c r="G470" t="s">
+        <v>422</v>
       </c>
       <c r="H470" t="s">
-        <v>479</v>
+        <v>421</v>
       </c>
       <c r="I470" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="471" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A471">
-        <v>936423</v>
+        <v>953277</v>
       </c>
       <c r="B471" t="s">
-        <v>466</v>
+        <v>420</v>
+      </c>
+      <c r="C471">
+        <v>1395743</v>
       </c>
       <c r="D471" t="s">
-        <v>1997</v>
+        <v>1530</v>
       </c>
       <c r="E471" t="s">
-        <v>478</v>
+        <v>419</v>
       </c>
       <c r="F471" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>55439</v>
+        <v>186</v>
+      </c>
+      <c r="G471" s="8" t="s">
+        <v>1748</v>
       </c>
       <c r="H471" t="s">
-        <v>477</v>
+        <v>418</v>
       </c>
       <c r="I471" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="472" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A472">
-        <v>936423</v>
+        <v>936243</v>
       </c>
       <c r="B472" t="s">
-        <v>466</v>
-[...2 lines deleted...]
-        <v>1757649</v>
+        <v>417</v>
       </c>
       <c r="D472" t="s">
-        <v>476</v>
+        <v>416</v>
       </c>
       <c r="E472" t="s">
-        <v>475</v>
+        <v>415</v>
       </c>
       <c r="F472" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-        <v>52101</v>
+        <v>11</v>
+      </c>
+      <c r="G472" s="8" t="s">
+        <v>1749</v>
       </c>
       <c r="H472" t="s">
-        <v>463</v>
+        <v>414</v>
       </c>
       <c r="I472" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="473" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A473">
-        <v>936423</v>
+        <v>1087556</v>
       </c>
       <c r="B473" t="s">
-        <v>466</v>
-[...2 lines deleted...]
-        <v>1757655</v>
+        <v>1498</v>
       </c>
       <c r="D473" t="s">
-        <v>474</v>
+        <v>1499</v>
       </c>
       <c r="E473" t="s">
-        <v>97</v>
+        <v>494</v>
       </c>
       <c r="F473" t="s">
-        <v>86</v>
+        <v>114</v>
       </c>
       <c r="G473">
-        <v>32225</v>
+        <v>46250</v>
       </c>
       <c r="H473" t="s">
-        <v>463</v>
+        <v>1500</v>
       </c>
       <c r="I473" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="474" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A474">
-        <v>936423</v>
+        <v>1087556</v>
       </c>
       <c r="B474" t="s">
-        <v>466</v>
+        <v>1498</v>
       </c>
       <c r="C474">
-        <v>1757666</v>
+        <v>1677371</v>
       </c>
       <c r="D474" t="s">
-        <v>473</v>
+        <v>1501</v>
       </c>
       <c r="E474" t="s">
-        <v>472</v>
+        <v>1028</v>
+      </c>
+      <c r="F474" t="s">
+        <v>28</v>
       </c>
       <c r="G474">
-        <v>40076</v>
+        <v>60018</v>
       </c>
       <c r="H474" t="s">
-        <v>463</v>
+        <v>1500</v>
       </c>
       <c r="I474" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="475" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A475">
-        <v>936423</v>
+        <v>1087556</v>
       </c>
       <c r="B475" t="s">
-        <v>466</v>
+        <v>1498</v>
       </c>
       <c r="C475">
-        <v>1757667</v>
+        <v>1677375</v>
       </c>
       <c r="D475" t="s">
-        <v>471</v>
+        <v>1531</v>
       </c>
       <c r="E475" t="s">
-        <v>150</v>
+        <v>1502</v>
       </c>
       <c r="F475" t="s">
-        <v>149</v>
+        <v>57</v>
       </c>
       <c r="G475">
-        <v>66219</v>
+        <v>76710</v>
       </c>
       <c r="H475" t="s">
-        <v>463</v>
+        <v>1500</v>
       </c>
       <c r="I475" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="476" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A476">
-        <v>936423</v>
+        <v>1087556</v>
       </c>
       <c r="B476" t="s">
-        <v>466</v>
+        <v>1498</v>
       </c>
       <c r="C476">
-        <v>1757675</v>
+        <v>1922873</v>
       </c>
       <c r="D476" t="s">
-        <v>470</v>
+        <v>1913</v>
       </c>
       <c r="E476" t="s">
-        <v>469</v>
-[...1 lines deleted...]
-      <c r="G476"/>
+        <v>1503</v>
+      </c>
+      <c r="F476" t="s">
+        <v>71</v>
+      </c>
+      <c r="G476">
+        <v>56377</v>
+      </c>
       <c r="H476" t="s">
-        <v>463</v>
+        <v>1500</v>
       </c>
       <c r="I476" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="477" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A477">
-        <v>936423</v>
+        <v>1087556</v>
       </c>
       <c r="B477" t="s">
-        <v>466</v>
+        <v>1498</v>
       </c>
       <c r="C477">
-        <v>1757676</v>
+        <v>2080277</v>
       </c>
       <c r="D477" t="s">
-        <v>468</v>
+        <v>1504</v>
       </c>
       <c r="E477" t="s">
-        <v>467</v>
+        <v>493</v>
       </c>
       <c r="F477" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>1818</v>
+        <v>15</v>
+      </c>
+      <c r="G477">
+        <v>28217</v>
       </c>
       <c r="H477" t="s">
-        <v>463</v>
+        <v>1500</v>
       </c>
       <c r="I477" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="478" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A478">
-        <v>936423</v>
+        <v>1087556</v>
       </c>
       <c r="B478" t="s">
-        <v>466</v>
+        <v>1498</v>
       </c>
       <c r="C478">
-        <v>1829794</v>
+        <v>2442715</v>
       </c>
       <c r="D478" t="s">
-        <v>465</v>
+        <v>1750</v>
       </c>
       <c r="E478" t="s">
-        <v>464</v>
-[...1 lines deleted...]
-      <c r="G478"/>
+        <v>1751</v>
+      </c>
+      <c r="F478" t="s">
+        <v>45</v>
+      </c>
+      <c r="G478">
+        <v>44145</v>
+      </c>
       <c r="H478" t="s">
-        <v>463</v>
+        <v>1500</v>
       </c>
       <c r="I478" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="479" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A479">
-        <v>936423</v>
+        <v>1126626</v>
       </c>
       <c r="B479" t="s">
-        <v>466</v>
-[...2 lines deleted...]
-        <v>2516917</v>
+        <v>413</v>
       </c>
       <c r="D479" t="s">
-        <v>1855</v>
+        <v>1677</v>
       </c>
       <c r="E479" t="s">
-        <v>177</v>
+        <v>714</v>
+      </c>
+      <c r="F479" t="s">
+        <v>165</v>
       </c>
       <c r="G479">
-        <v>1110</v>
+        <v>63045</v>
       </c>
       <c r="H479" t="s">
-        <v>463</v>
+        <v>412</v>
       </c>
       <c r="I479" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="480" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A480">
-        <v>936423</v>
+        <v>1513905</v>
       </c>
       <c r="B480" t="s">
-        <v>466</v>
-[...2 lines deleted...]
-        <v>2516919</v>
+        <v>411</v>
       </c>
       <c r="D480" t="s">
-        <v>1717</v>
+        <v>410</v>
       </c>
       <c r="E480" t="s">
-        <v>1718</v>
-[...2 lines deleted...]
-        <v>1819</v>
+        <v>409</v>
+      </c>
+      <c r="F480" t="s">
+        <v>161</v>
+      </c>
+      <c r="G480">
+        <v>14225</v>
       </c>
       <c r="H480" t="s">
-        <v>463</v>
+        <v>408</v>
       </c>
       <c r="I480" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="481" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A481">
-        <v>936423</v>
+        <v>938848</v>
       </c>
       <c r="B481" t="s">
-        <v>466</v>
-[...2 lines deleted...]
-        <v>2705424</v>
+        <v>404</v>
       </c>
       <c r="D481" t="s">
-        <v>1998</v>
+        <v>407</v>
       </c>
       <c r="E481" t="s">
-        <v>1033</v>
+        <v>403</v>
+      </c>
+      <c r="F481" t="s">
+        <v>45</v>
       </c>
       <c r="G481">
-        <v>110221</v>
+        <v>43230</v>
       </c>
       <c r="H481" t="s">
-        <v>463</v>
+        <v>406</v>
       </c>
       <c r="I481" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="482" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A482">
-        <v>1135875</v>
+        <v>934193</v>
       </c>
       <c r="B482" t="s">
-        <v>462</v>
+        <v>402</v>
       </c>
       <c r="D482" t="s">
-        <v>2039</v>
+        <v>1856</v>
       </c>
       <c r="E482" t="s">
-        <v>173</v>
+        <v>1857</v>
       </c>
       <c r="F482" t="s">
-        <v>275</v>
-[...2 lines deleted...]
-        <v>97477</v>
+        <v>60</v>
+      </c>
+      <c r="G482" s="8" t="s">
+        <v>1858</v>
       </c>
       <c r="H482" t="s">
-        <v>461</v>
+        <v>401</v>
       </c>
       <c r="I482" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="483" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A483">
-        <v>9745</v>
+        <v>1577947</v>
       </c>
       <c r="B483" t="s">
-        <v>459</v>
+        <v>400</v>
       </c>
       <c r="D483" t="s">
-        <v>1938</v>
+        <v>399</v>
       </c>
       <c r="E483" t="s">
-        <v>229</v>
+        <v>398</v>
       </c>
       <c r="F483" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="G483">
-        <v>75247</v>
+        <v>30339</v>
       </c>
       <c r="H483" t="s">
-        <v>455</v>
+        <v>397</v>
       </c>
       <c r="I483" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="484" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A484">
-        <v>9745</v>
+        <v>980133</v>
       </c>
       <c r="B484" t="s">
-        <v>459</v>
-[...2 lines deleted...]
-        <v>1486458</v>
+        <v>396</v>
       </c>
       <c r="D484" t="s">
-        <v>460</v>
+        <v>1479</v>
       </c>
       <c r="E484" t="s">
-        <v>195</v>
+        <v>1480</v>
       </c>
       <c r="F484" t="s">
-        <v>67</v>
+        <v>89</v>
       </c>
       <c r="G484">
-        <v>85015</v>
+        <v>37072</v>
       </c>
       <c r="H484" t="s">
-        <v>455</v>
+        <v>394</v>
       </c>
       <c r="I484" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="485" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A485">
-        <v>9745</v>
+        <v>1163074</v>
       </c>
       <c r="B485" t="s">
-        <v>459</v>
-[...2 lines deleted...]
-        <v>1511963</v>
+        <v>393</v>
       </c>
       <c r="D485" t="s">
-        <v>458</v>
+        <v>392</v>
       </c>
       <c r="E485" t="s">
-        <v>457</v>
-[...2 lines deleted...]
-        <v>456</v>
+        <v>391</v>
+      </c>
+      <c r="F485" t="s">
+        <v>28</v>
+      </c>
+      <c r="G485">
+        <v>60601</v>
       </c>
       <c r="H485" t="s">
-        <v>455</v>
+        <v>390</v>
       </c>
       <c r="I485" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="486" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A486">
-        <v>940587</v>
+        <v>2073234</v>
       </c>
       <c r="B486" t="s">
-        <v>454</v>
+        <v>1505</v>
       </c>
       <c r="D486" t="s">
-        <v>453</v>
+        <v>1506</v>
       </c>
       <c r="E486" t="s">
-        <v>452</v>
+        <v>480</v>
       </c>
       <c r="F486" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>1820</v>
+        <v>83</v>
+      </c>
+      <c r="G486">
+        <v>33614</v>
       </c>
       <c r="H486" t="s">
-        <v>451</v>
+        <v>1507</v>
       </c>
       <c r="I486" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="487" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A487">
-        <v>953277</v>
+        <v>2301</v>
       </c>
       <c r="B487" t="s">
-        <v>436</v>
+        <v>389</v>
       </c>
       <c r="D487" t="s">
-        <v>2011</v>
+        <v>388</v>
       </c>
       <c r="E487" t="s">
-        <v>1556</v>
+        <v>387</v>
       </c>
       <c r="F487" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G487">
-        <v>18106</v>
+        <v>29601</v>
       </c>
       <c r="H487" t="s">
-        <v>450</v>
+        <v>386</v>
       </c>
       <c r="I487" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="488" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A488">
-        <v>953277</v>
+        <v>237755</v>
       </c>
       <c r="B488" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>985242</v>
+        <v>378</v>
       </c>
       <c r="D488" t="s">
-        <v>449</v>
+        <v>1578</v>
       </c>
       <c r="E488" t="s">
-        <v>448</v>
+        <v>1579</v>
       </c>
       <c r="F488" t="s">
-        <v>28</v>
+        <v>83</v>
       </c>
       <c r="G488">
-        <v>60563</v>
+        <v>32256</v>
       </c>
       <c r="H488" t="s">
-        <v>447</v>
+        <v>385</v>
       </c>
       <c r="I488" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="489" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A489">
-        <v>953277</v>
+        <v>237755</v>
       </c>
       <c r="B489" t="s">
-        <v>436</v>
+        <v>378</v>
       </c>
       <c r="C489">
-        <v>985246</v>
+        <v>951119</v>
       </c>
       <c r="D489" t="s">
-        <v>446</v>
+        <v>384</v>
       </c>
       <c r="E489" t="s">
-        <v>445</v>
+        <v>383</v>
       </c>
       <c r="F489" t="s">
-        <v>69</v>
+        <v>367</v>
       </c>
       <c r="G489">
-        <v>81003</v>
+        <v>48820</v>
       </c>
       <c r="H489" t="s">
-        <v>444</v>
+        <v>382</v>
       </c>
       <c r="I489" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="490" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A490">
-        <v>953277</v>
+        <v>237755</v>
       </c>
       <c r="B490" t="s">
-        <v>436</v>
+        <v>378</v>
       </c>
       <c r="C490">
-        <v>985249</v>
+        <v>951646</v>
       </c>
       <c r="D490" t="s">
-        <v>443</v>
+        <v>381</v>
       </c>
       <c r="E490" t="s">
-        <v>442</v>
+        <v>380</v>
       </c>
       <c r="F490" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="G490">
-        <v>44286</v>
+        <v>45414</v>
       </c>
       <c r="H490" t="s">
-        <v>441</v>
+        <v>379</v>
       </c>
       <c r="I490" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="491" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A491">
-        <v>953277</v>
+        <v>237755</v>
       </c>
       <c r="B491" t="s">
-        <v>436</v>
+        <v>378</v>
       </c>
       <c r="C491">
-        <v>985254</v>
+        <v>2023736</v>
       </c>
       <c r="D491" t="s">
-        <v>440</v>
+        <v>377</v>
       </c>
       <c r="E491" t="s">
-        <v>439</v>
-[...2 lines deleted...]
-        <v>438</v>
+        <v>376</v>
+      </c>
+      <c r="F491" t="s">
+        <v>15</v>
+      </c>
+      <c r="G491">
+        <v>27713</v>
       </c>
       <c r="H491" t="s">
-        <v>437</v>
+        <v>375</v>
       </c>
       <c r="I491" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="492" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A492">
-        <v>953277</v>
+        <v>237755</v>
       </c>
       <c r="B492" t="s">
-        <v>436</v>
+        <v>378</v>
       </c>
       <c r="C492">
-        <v>1395743</v>
+        <v>2330684</v>
       </c>
       <c r="D492" t="s">
-        <v>1592</v>
+        <v>1605</v>
       </c>
       <c r="E492" t="s">
-        <v>435</v>
+        <v>882</v>
       </c>
       <c r="F492" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>1821</v>
+        <v>615</v>
+      </c>
+      <c r="G492">
+        <v>68134</v>
       </c>
       <c r="H492" t="s">
-        <v>434</v>
+        <v>375</v>
       </c>
       <c r="I492" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="493" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A493">
-        <v>936243</v>
+        <v>237755</v>
       </c>
       <c r="B493" t="s">
-        <v>433</v>
+        <v>378</v>
+      </c>
+      <c r="C493">
+        <v>2419116</v>
       </c>
       <c r="D493" t="s">
-        <v>432</v>
+        <v>1820</v>
       </c>
       <c r="E493" t="s">
-        <v>431</v>
+        <v>494</v>
       </c>
       <c r="F493" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>1822</v>
+        <v>114</v>
+      </c>
+      <c r="G493">
+        <v>46240</v>
       </c>
       <c r="H493" t="s">
-        <v>430</v>
+        <v>375</v>
       </c>
       <c r="I493" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="494" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A494">
-        <v>1087556</v>
+        <v>932084</v>
       </c>
       <c r="B494" t="s">
-        <v>1557</v>
+        <v>374</v>
       </c>
       <c r="D494" t="s">
-        <v>1558</v>
+        <v>373</v>
       </c>
       <c r="E494" t="s">
-        <v>510</v>
+        <v>372</v>
       </c>
       <c r="F494" t="s">
-        <v>120</v>
+        <v>28</v>
       </c>
       <c r="G494">
-        <v>46250</v>
+        <v>60555</v>
       </c>
       <c r="H494" t="s">
-        <v>1559</v>
+        <v>371</v>
       </c>
       <c r="I494" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="495" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A495">
-        <v>1087556</v>
+        <v>3030</v>
       </c>
       <c r="B495" t="s">
-        <v>1557</v>
-[...2 lines deleted...]
-        <v>1677371</v>
+        <v>370</v>
       </c>
       <c r="D495" t="s">
-        <v>1560</v>
+        <v>369</v>
       </c>
       <c r="E495" t="s">
-        <v>1077</v>
+        <v>368</v>
       </c>
       <c r="F495" t="s">
-        <v>28</v>
+        <v>367</v>
       </c>
       <c r="G495">
-        <v>60018</v>
+        <v>48226</v>
       </c>
       <c r="H495" t="s">
-        <v>1559</v>
+        <v>366</v>
       </c>
       <c r="I495" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="496" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A496">
-        <v>1087556</v>
+        <v>3030</v>
       </c>
       <c r="B496" t="s">
-        <v>1557</v>
-[...2 lines deleted...]
-        <v>1677375</v>
+        <v>370</v>
       </c>
       <c r="D496" t="s">
-        <v>1593</v>
+        <v>369</v>
       </c>
       <c r="E496" t="s">
-        <v>1561</v>
+        <v>368</v>
       </c>
       <c r="F496" t="s">
-        <v>60</v>
+        <v>367</v>
       </c>
       <c r="G496">
-        <v>76710</v>
+        <v>48226</v>
       </c>
       <c r="H496" t="s">
-        <v>1559</v>
+        <v>366</v>
       </c>
       <c r="I496" t="s">
-        <v>0</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="497" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A497">
-        <v>1087556</v>
+        <v>3030</v>
       </c>
       <c r="B497" t="s">
-        <v>1557</v>
-[...2 lines deleted...]
-        <v>1922873</v>
+        <v>370</v>
       </c>
       <c r="D497" t="s">
-        <v>1999</v>
+        <v>369</v>
       </c>
       <c r="E497" t="s">
-        <v>1562</v>
+        <v>368</v>
       </c>
       <c r="F497" t="s">
-        <v>74</v>
+        <v>367</v>
       </c>
       <c r="G497">
-        <v>56377</v>
+        <v>48226</v>
       </c>
       <c r="H497" t="s">
-        <v>1559</v>
+        <v>366</v>
       </c>
       <c r="I497" t="s">
-        <v>0</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="498" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A498">
-        <v>1087556</v>
+        <v>3030</v>
       </c>
       <c r="B498" t="s">
-        <v>1557</v>
-[...2 lines deleted...]
-        <v>2080277</v>
+        <v>370</v>
       </c>
       <c r="D498" t="s">
-        <v>1563</v>
+        <v>369</v>
       </c>
       <c r="E498" t="s">
-        <v>509</v>
+        <v>368</v>
       </c>
       <c r="F498" t="s">
-        <v>15</v>
+        <v>367</v>
       </c>
       <c r="G498">
-        <v>28217</v>
+        <v>48226</v>
       </c>
       <c r="H498" t="s">
-        <v>1559</v>
+        <v>366</v>
       </c>
       <c r="I498" t="s">
-        <v>0</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="499" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A499">
-        <v>1087556</v>
+        <v>3030</v>
       </c>
       <c r="B499" t="s">
-        <v>1557</v>
-[...2 lines deleted...]
-        <v>2442715</v>
+        <v>370</v>
       </c>
       <c r="D499" t="s">
-        <v>1823</v>
+        <v>369</v>
       </c>
       <c r="E499" t="s">
-        <v>1824</v>
+        <v>368</v>
       </c>
       <c r="F499" t="s">
-        <v>48</v>
+        <v>367</v>
       </c>
       <c r="G499">
-        <v>44145</v>
+        <v>48226</v>
       </c>
       <c r="H499" t="s">
-        <v>1559</v>
+        <v>366</v>
       </c>
       <c r="I499" t="s">
-        <v>0</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="500" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A500">
-        <v>1126626</v>
+        <v>3030</v>
       </c>
       <c r="B500" t="s">
-        <v>429</v>
+        <v>370</v>
+      </c>
+      <c r="C500">
+        <v>6386</v>
       </c>
       <c r="D500" t="s">
-        <v>1750</v>
+        <v>1984</v>
       </c>
       <c r="E500" t="s">
-        <v>745</v>
+        <v>188</v>
       </c>
       <c r="F500" t="s">
-        <v>172</v>
+        <v>64</v>
       </c>
       <c r="G500">
-        <v>63045</v>
+        <v>85004</v>
       </c>
       <c r="H500" t="s">
-        <v>428</v>
+        <v>1985</v>
       </c>
       <c r="I500" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="501" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A501">
-        <v>1513905</v>
+        <v>3030</v>
       </c>
       <c r="B501" t="s">
-        <v>427</v>
+        <v>370</v>
+      </c>
+      <c r="C501">
+        <v>2751818</v>
       </c>
       <c r="D501" t="s">
-        <v>426</v>
+        <v>1986</v>
       </c>
       <c r="E501" t="s">
-        <v>425</v>
+        <v>221</v>
       </c>
       <c r="F501" t="s">
-        <v>168</v>
+        <v>57</v>
       </c>
       <c r="G501">
-        <v>14225</v>
+        <v>75019</v>
       </c>
       <c r="H501" t="s">
-        <v>424</v>
+        <v>1985</v>
       </c>
       <c r="I501" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="502" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A502">
-        <v>938848</v>
+        <v>3030</v>
       </c>
       <c r="B502" t="s">
-        <v>420</v>
+        <v>370</v>
+      </c>
+      <c r="C502">
+        <v>2752904</v>
       </c>
       <c r="D502" t="s">
-        <v>423</v>
+        <v>1987</v>
       </c>
       <c r="E502" t="s">
-        <v>419</v>
+        <v>174</v>
       </c>
       <c r="F502" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="G502">
-        <v>43230</v>
+        <v>92630</v>
       </c>
       <c r="H502" t="s">
-        <v>422</v>
+        <v>1985</v>
       </c>
       <c r="I502" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="503" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A503">
-        <v>934193</v>
+        <v>3030</v>
       </c>
       <c r="B503" t="s">
-        <v>418</v>
+        <v>370</v>
+      </c>
+      <c r="C503">
+        <v>2776855</v>
       </c>
       <c r="D503" t="s">
-        <v>1939</v>
+        <v>1988</v>
       </c>
       <c r="E503" t="s">
-        <v>1940</v>
+        <v>1226</v>
       </c>
       <c r="F503" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>1941</v>
+        <v>83</v>
+      </c>
+      <c r="G503">
+        <v>33126</v>
       </c>
       <c r="H503" t="s">
-        <v>417</v>
+        <v>1985</v>
       </c>
       <c r="I503" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="504" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A504">
-        <v>1577947</v>
+        <v>3030</v>
       </c>
       <c r="B504" t="s">
-        <v>416</v>
+        <v>370</v>
+      </c>
+      <c r="C504">
+        <v>2778364</v>
       </c>
       <c r="D504" t="s">
-        <v>415</v>
+        <v>631</v>
       </c>
       <c r="E504" t="s">
-        <v>414</v>
+        <v>630</v>
       </c>
       <c r="F504" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="G504">
-        <v>30339</v>
+        <v>75601</v>
       </c>
       <c r="H504" t="s">
-        <v>413</v>
+        <v>1985</v>
       </c>
       <c r="I504" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="505" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A505">
-        <v>980133</v>
+        <v>3030</v>
       </c>
       <c r="B505" t="s">
-        <v>412</v>
+        <v>370</v>
+      </c>
+      <c r="C505">
+        <v>2778369</v>
       </c>
       <c r="D505" t="s">
-        <v>1537</v>
+        <v>1580</v>
       </c>
       <c r="E505" t="s">
-        <v>1538</v>
+        <v>363</v>
       </c>
       <c r="F505" t="s">
-        <v>92</v>
+        <v>362</v>
       </c>
       <c r="G505">
-        <v>37072</v>
+        <v>73106</v>
       </c>
       <c r="H505" t="s">
-        <v>410</v>
+        <v>1985</v>
       </c>
       <c r="I505" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="506" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A506">
-        <v>1163074</v>
+        <v>18188</v>
       </c>
       <c r="B506" t="s">
-        <v>409</v>
+        <v>1606</v>
       </c>
       <c r="D506" t="s">
-        <v>408</v>
+        <v>365</v>
       </c>
       <c r="E506" t="s">
-        <v>407</v>
+        <v>302</v>
       </c>
       <c r="F506" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="G506">
-        <v>60601</v>
+        <v>29715</v>
       </c>
       <c r="H506" t="s">
-        <v>406</v>
+        <v>364</v>
       </c>
       <c r="I506" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="507" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A507">
-        <v>2073234</v>
+        <v>18188</v>
       </c>
       <c r="B507" t="s">
-        <v>1564</v>
+        <v>1606</v>
+      </c>
+      <c r="C507">
+        <v>1228196</v>
       </c>
       <c r="D507" t="s">
-        <v>1565</v>
+        <v>1752</v>
       </c>
       <c r="E507" t="s">
-        <v>496</v>
+        <v>221</v>
       </c>
       <c r="F507" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>33614</v>
+        <v>57</v>
+      </c>
+      <c r="G507" t="s">
+        <v>1753</v>
       </c>
       <c r="H507" t="s">
-        <v>1566</v>
+        <v>1754</v>
       </c>
       <c r="I507" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="508" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A508">
-        <v>2301</v>
+        <v>1135103</v>
       </c>
       <c r="B508" t="s">
-        <v>405</v>
+        <v>1607</v>
       </c>
       <c r="D508" t="s">
-        <v>404</v>
+        <v>1608</v>
       </c>
       <c r="E508" t="s">
-        <v>403</v>
+        <v>1609</v>
       </c>
       <c r="F508" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="G508">
-        <v>29601</v>
+        <v>60178</v>
       </c>
       <c r="H508" t="s">
-        <v>402</v>
+        <v>1610</v>
       </c>
       <c r="I508" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="509" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A509">
-        <v>237755</v>
+        <v>943252</v>
       </c>
       <c r="B509" t="s">
-        <v>394</v>
+        <v>361</v>
       </c>
       <c r="D509" t="s">
-        <v>1646</v>
+        <v>1755</v>
       </c>
       <c r="E509" t="s">
-        <v>1647</v>
+        <v>888</v>
       </c>
       <c r="F509" t="s">
-        <v>86</v>
+        <v>17</v>
       </c>
       <c r="G509">
-        <v>32256</v>
+        <v>95661</v>
       </c>
       <c r="H509" t="s">
-        <v>401</v>
+        <v>360</v>
       </c>
       <c r="I509" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="510" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A510">
-        <v>237755</v>
+        <v>934289</v>
       </c>
       <c r="B510" t="s">
-        <v>394</v>
-[...2 lines deleted...]
-        <v>951119</v>
+        <v>359</v>
       </c>
       <c r="D510" t="s">
-        <v>400</v>
+        <v>358</v>
       </c>
       <c r="E510" t="s">
-        <v>399</v>
+        <v>357</v>
       </c>
       <c r="F510" t="s">
-        <v>379</v>
-[...2 lines deleted...]
-        <v>48820</v>
+        <v>60</v>
+      </c>
+      <c r="G510" s="8" t="s">
+        <v>1756</v>
       </c>
       <c r="H510" t="s">
-        <v>398</v>
+        <v>356</v>
       </c>
       <c r="I510" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="511" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A511">
-        <v>237755</v>
+        <v>1750487</v>
       </c>
       <c r="B511" t="s">
-        <v>394</v>
-[...2 lines deleted...]
-        <v>951646</v>
+        <v>355</v>
       </c>
       <c r="D511" t="s">
-        <v>397</v>
+        <v>354</v>
       </c>
       <c r="E511" t="s">
-        <v>396</v>
+        <v>353</v>
       </c>
       <c r="F511" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>45414</v>
+        <v>11</v>
+      </c>
+      <c r="G511" s="8" t="s">
+        <v>1757</v>
       </c>
       <c r="H511" t="s">
-        <v>395</v>
+        <v>352</v>
       </c>
       <c r="I511" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="512" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A512">
-        <v>237755</v>
+        <v>4239</v>
       </c>
       <c r="B512" t="s">
-        <v>394</v>
-[...2 lines deleted...]
-        <v>2023736</v>
+        <v>349</v>
       </c>
       <c r="D512" t="s">
-        <v>393</v>
+        <v>351</v>
       </c>
       <c r="E512" t="s">
-        <v>392</v>
+        <v>221</v>
       </c>
       <c r="F512" t="s">
-        <v>15</v>
+        <v>57</v>
       </c>
       <c r="G512">
-        <v>27713</v>
+        <v>75201</v>
       </c>
       <c r="H512" t="s">
-        <v>391</v>
+        <v>348</v>
       </c>
       <c r="I512" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="513" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A513">
-        <v>237755</v>
+        <v>1008832</v>
       </c>
       <c r="B513" t="s">
-        <v>394</v>
-[...2 lines deleted...]
-        <v>2330684</v>
+        <v>347</v>
       </c>
       <c r="D513" t="s">
-        <v>1676</v>
+        <v>346</v>
       </c>
       <c r="E513" t="s">
-        <v>925</v>
+        <v>345</v>
       </c>
       <c r="F513" t="s">
-        <v>642</v>
+        <v>57</v>
       </c>
       <c r="G513">
-        <v>68134</v>
+        <v>78216</v>
       </c>
       <c r="H513" t="s">
-        <v>391</v>
+        <v>344</v>
       </c>
       <c r="I513" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="514" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A514">
-        <v>237755</v>
+        <v>1133332</v>
       </c>
       <c r="B514" t="s">
-        <v>394</v>
-[...2 lines deleted...]
-        <v>2419116</v>
+        <v>341</v>
       </c>
       <c r="D514" t="s">
-        <v>1899</v>
+        <v>343</v>
       </c>
       <c r="E514" t="s">
-        <v>510</v>
+        <v>342</v>
       </c>
       <c r="F514" t="s">
-        <v>120</v>
+        <v>167</v>
       </c>
       <c r="G514">
-        <v>46240</v>
+        <v>98011</v>
       </c>
       <c r="H514" t="s">
-        <v>391</v>
+        <v>339</v>
       </c>
       <c r="I514" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="515" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A515">
-        <v>237755</v>
+        <v>1133332</v>
       </c>
       <c r="B515" t="s">
-        <v>394</v>
+        <v>341</v>
       </c>
       <c r="C515">
-        <v>2634731</v>
+        <v>2112971</v>
       </c>
       <c r="D515" t="s">
-        <v>1900</v>
+        <v>1914</v>
       </c>
       <c r="E515" t="s">
-        <v>348</v>
+        <v>340</v>
       </c>
       <c r="F515" t="s">
-        <v>60</v>
+        <v>83</v>
       </c>
       <c r="G515">
-        <v>78759</v>
+        <v>34243</v>
       </c>
       <c r="H515" t="s">
-        <v>391</v>
+        <v>339</v>
       </c>
       <c r="I515" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="516" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A516">
-        <v>931231</v>
+        <v>998772</v>
       </c>
       <c r="B516" t="s">
-        <v>1856</v>
+        <v>338</v>
       </c>
       <c r="D516" t="s">
-        <v>390</v>
+        <v>337</v>
       </c>
       <c r="E516" t="s">
-        <v>389</v>
+        <v>336</v>
       </c>
       <c r="F516" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>388</v>
+        <v>57</v>
+      </c>
+      <c r="G516">
+        <v>78744</v>
       </c>
       <c r="H516" t="s">
-        <v>387</v>
+        <v>335</v>
       </c>
       <c r="I516" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="517" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A517">
-        <v>932084</v>
+        <v>1009856</v>
       </c>
       <c r="B517" t="s">
-        <v>386</v>
+        <v>1678</v>
       </c>
       <c r="D517" t="s">
-        <v>385</v>
+        <v>1679</v>
       </c>
       <c r="E517" t="s">
-        <v>384</v>
+        <v>1680</v>
       </c>
       <c r="F517" t="s">
-        <v>28</v>
+        <v>903</v>
       </c>
       <c r="G517">
-        <v>60555</v>
+        <v>38655</v>
       </c>
       <c r="H517" t="s">
-        <v>383</v>
+        <v>1681</v>
       </c>
       <c r="I517" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="518" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A518">
-        <v>3030</v>
+        <v>934921</v>
       </c>
       <c r="B518" t="s">
-        <v>382</v>
+        <v>334</v>
       </c>
       <c r="D518" t="s">
-        <v>381</v>
+        <v>333</v>
       </c>
       <c r="E518" t="s">
-        <v>380</v>
+        <v>332</v>
       </c>
       <c r="F518" t="s">
-        <v>379</v>
+        <v>161</v>
       </c>
       <c r="G518">
-        <v>48226</v>
+        <v>14207</v>
       </c>
       <c r="H518" t="s">
-        <v>378</v>
+        <v>331</v>
       </c>
       <c r="I518" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="519" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A519">
-        <v>18188</v>
+        <v>3114</v>
       </c>
       <c r="B519" t="s">
-        <v>1677</v>
+        <v>327</v>
       </c>
       <c r="D519" t="s">
-        <v>377</v>
+        <v>330</v>
       </c>
       <c r="E519" t="s">
-        <v>314</v>
+        <v>329</v>
       </c>
       <c r="F519" t="s">
-        <v>24</v>
+        <v>323</v>
       </c>
       <c r="G519">
-        <v>29715</v>
+        <v>84119</v>
       </c>
       <c r="H519" t="s">
-        <v>376</v>
+        <v>328</v>
       </c>
       <c r="I519" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="520" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A520">
-        <v>18188</v>
+        <v>3114</v>
       </c>
       <c r="B520" t="s">
-        <v>1677</v>
+        <v>327</v>
       </c>
       <c r="C520">
-        <v>1228196</v>
+        <v>20724</v>
       </c>
       <c r="D520" t="s">
-        <v>1825</v>
+        <v>326</v>
       </c>
       <c r="E520" t="s">
-        <v>229</v>
+        <v>94</v>
       </c>
       <c r="F520" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>1826</v>
+        <v>83</v>
+      </c>
+      <c r="G520">
+        <v>32256</v>
       </c>
       <c r="H520" t="s">
-        <v>1827</v>
+        <v>325</v>
       </c>
       <c r="I520" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="521" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A521">
-        <v>1135103</v>
+        <v>6312</v>
       </c>
       <c r="B521" t="s">
-        <v>1678</v>
+        <v>324</v>
       </c>
       <c r="D521" t="s">
-        <v>1679</v>
+        <v>1508</v>
       </c>
       <c r="E521" t="s">
-        <v>1680</v>
+        <v>221</v>
       </c>
       <c r="F521" t="s">
-        <v>28</v>
+        <v>57</v>
       </c>
       <c r="G521">
-        <v>60178</v>
+        <v>75019</v>
       </c>
       <c r="H521" t="s">
-        <v>1681</v>
+        <v>322</v>
       </c>
       <c r="I521" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="522" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A522">
-        <v>943252</v>
+        <v>6312</v>
       </c>
       <c r="B522" t="s">
-        <v>373</v>
+        <v>324</v>
+      </c>
+      <c r="C522">
+        <v>333072</v>
       </c>
       <c r="D522" t="s">
-        <v>1828</v>
+        <v>1859</v>
       </c>
       <c r="E522" t="s">
-        <v>932</v>
+        <v>94</v>
       </c>
       <c r="F522" t="s">
-        <v>17</v>
+        <v>83</v>
       </c>
       <c r="G522">
-        <v>95661</v>
+        <v>32256</v>
       </c>
       <c r="H522" t="s">
-        <v>372</v>
+        <v>322</v>
       </c>
       <c r="I522" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="523" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A523">
-        <v>934289</v>
+        <v>41578</v>
       </c>
       <c r="B523" t="s">
-        <v>371</v>
+        <v>321</v>
       </c>
       <c r="D523" t="s">
-        <v>370</v>
+        <v>320</v>
       </c>
       <c r="E523" t="s">
-        <v>369</v>
+        <v>319</v>
       </c>
       <c r="F523" t="s">
-        <v>63</v>
+        <v>186</v>
       </c>
       <c r="G523" s="8" t="s">
-        <v>1829</v>
+        <v>1758</v>
       </c>
       <c r="H523" t="s">
-        <v>368</v>
+        <v>318</v>
       </c>
       <c r="I523" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="524" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A524">
-        <v>1750487</v>
+        <v>928908</v>
       </c>
       <c r="B524" t="s">
-        <v>367</v>
+        <v>317</v>
       </c>
       <c r="D524" t="s">
-        <v>366</v>
+        <v>316</v>
       </c>
       <c r="E524" t="s">
-        <v>365</v>
+        <v>315</v>
       </c>
       <c r="F524" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>1830</v>
+        <v>167</v>
+      </c>
+      <c r="G524">
+        <v>98201</v>
       </c>
       <c r="H524" t="s">
-        <v>364</v>
+        <v>314</v>
       </c>
       <c r="I524" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="525" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A525">
-        <v>4239</v>
+        <v>1535231</v>
       </c>
       <c r="B525" t="s">
-        <v>361</v>
+        <v>313</v>
       </c>
       <c r="D525" t="s">
-        <v>363</v>
+        <v>1860</v>
       </c>
       <c r="E525" t="s">
-        <v>229</v>
+        <v>398</v>
       </c>
       <c r="F525" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="G525">
-        <v>75201</v>
+        <v>30339</v>
       </c>
       <c r="H525" t="s">
-        <v>360</v>
+        <v>312</v>
       </c>
       <c r="I525" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="526" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A526">
-        <v>1008832</v>
+        <v>1416616</v>
       </c>
       <c r="B526" t="s">
-        <v>359</v>
+        <v>311</v>
       </c>
       <c r="D526" t="s">
-        <v>358</v>
+        <v>1532</v>
       </c>
       <c r="E526" t="s">
-        <v>357</v>
+        <v>310</v>
       </c>
       <c r="F526" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="G526">
-        <v>78216</v>
+        <v>91301</v>
       </c>
       <c r="H526" t="s">
-        <v>356</v>
+        <v>309</v>
       </c>
       <c r="I526" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="527" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A527">
-        <v>1133332</v>
+        <v>140908</v>
       </c>
       <c r="B527" t="s">
-        <v>353</v>
+        <v>308</v>
       </c>
       <c r="D527" t="s">
-        <v>355</v>
+        <v>307</v>
       </c>
       <c r="E527" t="s">
-        <v>354</v>
+        <v>306</v>
       </c>
       <c r="F527" t="s">
-        <v>174</v>
+        <v>83</v>
       </c>
       <c r="G527">
-        <v>98011</v>
+        <v>33432</v>
       </c>
       <c r="H527" t="s">
-        <v>351</v>
+        <v>305</v>
       </c>
       <c r="I527" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="528" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A528">
-        <v>1133332</v>
+        <v>1687766</v>
       </c>
       <c r="B528" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-        <v>2112971</v>
+        <v>304</v>
       </c>
       <c r="D528" t="s">
-        <v>2000</v>
+        <v>303</v>
       </c>
       <c r="E528" t="s">
-        <v>352</v>
+        <v>302</v>
       </c>
       <c r="F528" t="s">
-        <v>86</v>
+        <v>24</v>
       </c>
       <c r="G528">
-        <v>34243</v>
+        <v>29707</v>
       </c>
       <c r="H528" t="s">
-        <v>351</v>
+        <v>301</v>
       </c>
       <c r="I528" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="529" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A529">
-        <v>998772</v>
+        <v>38078</v>
       </c>
       <c r="B529" t="s">
-        <v>350</v>
+        <v>291</v>
       </c>
       <c r="D529" t="s">
-        <v>349</v>
+        <v>1581</v>
       </c>
       <c r="E529" t="s">
-        <v>348</v>
+        <v>300</v>
       </c>
       <c r="F529" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G529">
-        <v>78744</v>
+        <v>75063</v>
       </c>
       <c r="H529" t="s">
-        <v>347</v>
+        <v>299</v>
       </c>
       <c r="I529" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="530" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A530">
-        <v>1009856</v>
+        <v>38078</v>
       </c>
       <c r="B530" t="s">
-        <v>1751</v>
+        <v>291</v>
+      </c>
+      <c r="C530">
+        <v>126672</v>
       </c>
       <c r="D530" t="s">
-        <v>1752</v>
+        <v>298</v>
       </c>
       <c r="E530" t="s">
-        <v>1753</v>
+        <v>297</v>
       </c>
       <c r="F530" t="s">
-        <v>947</v>
+        <v>18</v>
       </c>
       <c r="G530">
-        <v>38655</v>
+        <v>16354</v>
       </c>
       <c r="H530" t="s">
-        <v>1754</v>
+        <v>296</v>
       </c>
       <c r="I530" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="531" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A531">
-        <v>934921</v>
+        <v>38078</v>
       </c>
       <c r="B531" t="s">
-        <v>346</v>
+        <v>291</v>
+      </c>
+      <c r="C531">
+        <v>137661</v>
       </c>
       <c r="D531" t="s">
-        <v>345</v>
+        <v>295</v>
       </c>
       <c r="E531" t="s">
-        <v>344</v>
+        <v>294</v>
       </c>
       <c r="F531" t="s">
-        <v>168</v>
+        <v>293</v>
       </c>
       <c r="G531">
-        <v>14207</v>
+        <v>21031</v>
       </c>
       <c r="H531" t="s">
-        <v>343</v>
+        <v>292</v>
       </c>
       <c r="I531" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="532" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A532">
-        <v>3114</v>
+        <v>2287759</v>
       </c>
       <c r="B532" t="s">
-        <v>339</v>
+        <v>1781</v>
       </c>
       <c r="D532" t="s">
-        <v>342</v>
+        <v>1782</v>
       </c>
       <c r="E532" t="s">
-        <v>341</v>
+        <v>387</v>
       </c>
       <c r="F532" t="s">
-        <v>335</v>
+        <v>24</v>
       </c>
       <c r="G532">
-        <v>84119</v>
+        <v>29607</v>
       </c>
       <c r="H532" t="s">
-        <v>340</v>
+        <v>1783</v>
       </c>
       <c r="I532" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="533" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A533">
-        <v>3114</v>
+        <v>2287759</v>
       </c>
       <c r="B533" t="s">
-        <v>339</v>
+        <v>1781</v>
       </c>
       <c r="C533">
-        <v>20724</v>
+        <v>2604327</v>
       </c>
       <c r="D533" t="s">
-        <v>338</v>
+        <v>1989</v>
       </c>
       <c r="E533" t="s">
-        <v>97</v>
-[...5 lines deleted...]
-        <v>32256</v>
+        <v>1888</v>
+      </c>
+      <c r="G533" s="8" t="s">
+        <v>1764</v>
       </c>
       <c r="H533" t="s">
-        <v>337</v>
+        <v>1783</v>
       </c>
       <c r="I533" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="534" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A534">
-        <v>6312</v>
+        <v>1788</v>
       </c>
       <c r="B534" t="s">
-        <v>336</v>
+        <v>289</v>
       </c>
       <c r="D534" t="s">
-        <v>1567</v>
+        <v>1582</v>
       </c>
       <c r="E534" t="s">
-        <v>229</v>
+        <v>288</v>
       </c>
       <c r="F534" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="G534">
-        <v>75019</v>
+        <v>95630</v>
       </c>
       <c r="H534" t="s">
-        <v>334</v>
+        <v>287</v>
       </c>
       <c r="I534" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="535" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A535">
-        <v>6312</v>
+        <v>2469</v>
       </c>
       <c r="B535" t="s">
-        <v>336</v>
-[...2 lines deleted...]
-        <v>333072</v>
+        <v>1915</v>
       </c>
       <c r="D535" t="s">
-        <v>1942</v>
+        <v>1483</v>
       </c>
       <c r="E535" t="s">
-        <v>97</v>
+        <v>1113</v>
       </c>
       <c r="F535" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="G535">
-        <v>32256</v>
+        <v>33146</v>
       </c>
       <c r="H535" t="s">
-        <v>334</v>
+        <v>1112</v>
       </c>
       <c r="I535" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="536" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A536">
-        <v>41578</v>
+        <v>2469</v>
       </c>
       <c r="B536" t="s">
-        <v>333</v>
+        <v>1915</v>
+      </c>
+      <c r="C536">
+        <v>10099</v>
       </c>
       <c r="D536" t="s">
-        <v>332</v>
+        <v>1111</v>
       </c>
       <c r="E536" t="s">
-        <v>331</v>
+        <v>1110</v>
       </c>
       <c r="F536" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>1831</v>
+        <v>83</v>
+      </c>
+      <c r="G536">
+        <v>33309</v>
       </c>
       <c r="H536" t="s">
-        <v>330</v>
+        <v>1109</v>
       </c>
       <c r="I536" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="537" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A537">
-        <v>928908</v>
+        <v>934292</v>
       </c>
       <c r="B537" t="s">
-        <v>329</v>
+        <v>286</v>
       </c>
       <c r="D537" t="s">
-        <v>328</v>
+        <v>285</v>
       </c>
       <c r="E537" t="s">
-        <v>327</v>
+        <v>284</v>
       </c>
       <c r="F537" t="s">
-        <v>174</v>
+        <v>283</v>
       </c>
       <c r="G537">
-        <v>98201</v>
+        <v>19702</v>
       </c>
       <c r="H537" t="s">
-        <v>326</v>
+        <v>282</v>
       </c>
       <c r="I537" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="538" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A538">
-        <v>1535231</v>
+        <v>149169</v>
       </c>
       <c r="B538" t="s">
-        <v>325</v>
+        <v>281</v>
       </c>
       <c r="D538" t="s">
-        <v>1943</v>
+        <v>280</v>
       </c>
       <c r="E538" t="s">
-        <v>414</v>
+        <v>279</v>
       </c>
       <c r="F538" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="G538">
-        <v>30339</v>
+        <v>79413</v>
       </c>
       <c r="H538" t="s">
-        <v>324</v>
+        <v>278</v>
       </c>
       <c r="I538" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="539" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A539">
-        <v>1416616</v>
+        <v>5985</v>
       </c>
       <c r="B539" t="s">
-        <v>323</v>
+        <v>274</v>
       </c>
       <c r="D539" t="s">
-        <v>1594</v>
+        <v>277</v>
       </c>
       <c r="E539" t="s">
-        <v>322</v>
+        <v>276</v>
       </c>
       <c r="F539" t="s">
-        <v>17</v>
+        <v>275</v>
       </c>
       <c r="G539">
-        <v>91301</v>
+        <v>70817</v>
       </c>
       <c r="H539" t="s">
-        <v>321</v>
+        <v>271</v>
       </c>
       <c r="I539" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="540" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A540">
-        <v>140908</v>
+        <v>5985</v>
       </c>
       <c r="B540" t="s">
-        <v>320</v>
+        <v>274</v>
+      </c>
+      <c r="C540">
+        <v>9785</v>
       </c>
       <c r="D540" t="s">
-        <v>319</v>
+        <v>273</v>
       </c>
       <c r="E540" t="s">
-        <v>318</v>
+        <v>272</v>
       </c>
       <c r="F540" t="s">
-        <v>86</v>
+        <v>17</v>
       </c>
       <c r="G540">
-        <v>33432</v>
+        <v>95501</v>
       </c>
       <c r="H540" t="s">
-        <v>317</v>
+        <v>271</v>
       </c>
       <c r="I540" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="541" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A541">
-        <v>1687766</v>
+        <v>906134</v>
       </c>
       <c r="B541" t="s">
-        <v>316</v>
+        <v>268</v>
       </c>
       <c r="D541" t="s">
-        <v>315</v>
+        <v>267</v>
       </c>
       <c r="E541" t="s">
-        <v>314</v>
+        <v>266</v>
       </c>
       <c r="F541" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="G541">
-        <v>29707</v>
+        <v>27407</v>
       </c>
       <c r="H541" t="s">
-        <v>313</v>
+        <v>265</v>
       </c>
       <c r="I541" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="542" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A542">
-        <v>38078</v>
+        <v>266274</v>
       </c>
       <c r="B542" t="s">
-        <v>303</v>
+        <v>262</v>
       </c>
       <c r="D542" t="s">
-        <v>1649</v>
+        <v>1821</v>
       </c>
       <c r="E542" t="s">
-        <v>312</v>
+        <v>264</v>
       </c>
       <c r="F542" t="s">
-        <v>60</v>
+        <v>83</v>
       </c>
       <c r="G542">
-        <v>75063</v>
+        <v>32905</v>
       </c>
       <c r="H542" t="s">
-        <v>311</v>
+        <v>261</v>
       </c>
       <c r="I542" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="543" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A543">
-        <v>38078</v>
+        <v>266274</v>
       </c>
       <c r="B543" t="s">
-        <v>303</v>
+        <v>262</v>
       </c>
       <c r="C543">
-        <v>126672</v>
+        <v>1584904</v>
       </c>
       <c r="D543" t="s">
-        <v>310</v>
+        <v>1611</v>
       </c>
       <c r="E543" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>1583</v>
       </c>
       <c r="G543">
-        <v>16354</v>
+        <v>600130</v>
       </c>
       <c r="H543" t="s">
-        <v>308</v>
+        <v>261</v>
       </c>
       <c r="I543" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="544" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A544">
-        <v>38078</v>
+        <v>266274</v>
       </c>
       <c r="B544" t="s">
-        <v>303</v>
+        <v>262</v>
       </c>
       <c r="C544">
-        <v>137661</v>
+        <v>1729005</v>
       </c>
       <c r="D544" t="s">
-        <v>307</v>
+        <v>1784</v>
       </c>
       <c r="E544" t="s">
-        <v>306</v>
-[...2 lines deleted...]
-        <v>305</v>
+        <v>1785</v>
       </c>
       <c r="G544">
-        <v>21031</v>
+        <v>1634</v>
       </c>
       <c r="H544" t="s">
-        <v>304</v>
+        <v>261</v>
       </c>
       <c r="I544" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="545" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A545">
-        <v>2287759</v>
+        <v>948398</v>
       </c>
       <c r="B545" t="s">
-        <v>1857</v>
+        <v>260</v>
       </c>
       <c r="D545" t="s">
-        <v>1858</v>
+        <v>259</v>
       </c>
       <c r="E545" t="s">
-        <v>403</v>
+        <v>258</v>
       </c>
       <c r="F545" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="G545">
-        <v>29607</v>
+        <v>75007</v>
       </c>
       <c r="H545" t="s">
-        <v>1859</v>
+        <v>257</v>
       </c>
       <c r="I545" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="546" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A546">
-        <v>2287759</v>
+        <v>89599</v>
       </c>
       <c r="B546" t="s">
-        <v>1857</v>
-[...2 lines deleted...]
-        <v>2604327</v>
+        <v>256</v>
       </c>
       <c r="D546" t="s">
-        <v>1971</v>
+        <v>1861</v>
       </c>
       <c r="E546" t="s">
-        <v>1972</v>
-[...1 lines deleted...]
-      <c r="G546"/>
+        <v>255</v>
+      </c>
+      <c r="F546" t="s">
+        <v>64</v>
+      </c>
+      <c r="G546">
+        <v>85286</v>
+      </c>
       <c r="H546" t="s">
-        <v>1859</v>
+        <v>254</v>
       </c>
       <c r="I546" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="547" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A547">
-        <v>1788</v>
+        <v>1916692</v>
       </c>
       <c r="B547" t="s">
-        <v>301</v>
+        <v>253</v>
       </c>
       <c r="D547" t="s">
-        <v>1650</v>
+        <v>252</v>
       </c>
       <c r="E547" t="s">
-        <v>300</v>
+        <v>55</v>
       </c>
       <c r="F547" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="G547">
-        <v>95630</v>
+        <v>23320</v>
       </c>
       <c r="H547" t="s">
-        <v>299</v>
+        <v>251</v>
       </c>
       <c r="I547" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="548" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A548">
-        <v>2469</v>
+        <v>1916692</v>
       </c>
       <c r="B548" t="s">
-        <v>2001</v>
+        <v>253</v>
+      </c>
+      <c r="C548">
+        <v>2596884</v>
       </c>
       <c r="D548" t="s">
-        <v>1541</v>
+        <v>1822</v>
       </c>
       <c r="E548" t="s">
-        <v>1162</v>
+        <v>1823</v>
       </c>
       <c r="F548" t="s">
-        <v>86</v>
+        <v>1824</v>
       </c>
       <c r="G548">
-        <v>33146</v>
+        <v>87109</v>
       </c>
       <c r="H548" t="s">
-        <v>1161</v>
+        <v>251</v>
       </c>
       <c r="I548" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="549" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A549">
-        <v>2469</v>
+        <v>948017</v>
       </c>
       <c r="B549" t="s">
-        <v>2001</v>
-[...2 lines deleted...]
-        <v>10099</v>
+        <v>247</v>
       </c>
       <c r="D549" t="s">
-        <v>1160</v>
+        <v>250</v>
       </c>
       <c r="E549" t="s">
-        <v>1159</v>
+        <v>249</v>
       </c>
       <c r="F549" t="s">
-        <v>86</v>
+        <v>152</v>
       </c>
       <c r="G549">
-        <v>33309</v>
+        <v>53716</v>
       </c>
       <c r="H549" t="s">
-        <v>1158</v>
+        <v>248</v>
       </c>
       <c r="I549" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="550" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A550">
-        <v>934292</v>
+        <v>132893</v>
       </c>
       <c r="B550" t="s">
-        <v>298</v>
+        <v>246</v>
       </c>
       <c r="D550" t="s">
-        <v>297</v>
+        <v>245</v>
       </c>
       <c r="E550" t="s">
-        <v>296</v>
+        <v>244</v>
       </c>
       <c r="F550" t="s">
-        <v>295</v>
+        <v>66</v>
       </c>
       <c r="G550">
-        <v>19702</v>
+        <v>80111</v>
       </c>
       <c r="H550" t="s">
-        <v>294</v>
+        <v>243</v>
       </c>
       <c r="I550" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="551" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A551">
-        <v>149169</v>
+        <v>929085</v>
       </c>
       <c r="B551" t="s">
-        <v>293</v>
+        <v>242</v>
       </c>
       <c r="D551" t="s">
-        <v>292</v>
+        <v>1990</v>
       </c>
       <c r="E551" t="s">
-        <v>291</v>
+        <v>241</v>
       </c>
       <c r="F551" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="G551">
-        <v>79413</v>
+        <v>95670</v>
       </c>
       <c r="H551" t="s">
-        <v>290</v>
+        <v>240</v>
       </c>
       <c r="I551" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="552" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A552">
-        <v>5985</v>
+        <v>1423878</v>
       </c>
       <c r="B552" t="s">
-        <v>286</v>
+        <v>1509</v>
       </c>
       <c r="D552" t="s">
-        <v>289</v>
+        <v>1647</v>
       </c>
       <c r="E552" t="s">
-        <v>288</v>
+        <v>1648</v>
       </c>
       <c r="F552" t="s">
-        <v>287</v>
+        <v>161</v>
       </c>
       <c r="G552">
-        <v>70817</v>
+        <v>11566</v>
       </c>
       <c r="H552" t="s">
-        <v>283</v>
+        <v>1510</v>
       </c>
       <c r="I552" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="553" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A553">
-        <v>5985</v>
+        <v>937350</v>
       </c>
       <c r="B553" t="s">
-        <v>286</v>
-[...2 lines deleted...]
-        <v>9785</v>
+        <v>238</v>
       </c>
       <c r="D553" t="s">
-        <v>285</v>
+        <v>237</v>
       </c>
       <c r="E553" t="s">
-        <v>284</v>
+        <v>236</v>
       </c>
       <c r="F553" t="s">
-        <v>17</v>
+        <v>64</v>
       </c>
       <c r="G553">
-        <v>95501</v>
+        <v>85711</v>
       </c>
       <c r="H553" t="s">
-        <v>283</v>
+        <v>235</v>
       </c>
       <c r="I553" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="554" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A554">
-        <v>906134</v>
+        <v>3277</v>
       </c>
       <c r="B554" t="s">
-        <v>280</v>
+        <v>1584</v>
       </c>
       <c r="D554" t="s">
-        <v>279</v>
+        <v>1649</v>
       </c>
       <c r="E554" t="s">
-        <v>278</v>
+        <v>1650</v>
       </c>
       <c r="F554" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G554">
-        <v>27407</v>
+        <v>90703</v>
       </c>
       <c r="H554" t="s">
-        <v>277</v>
+        <v>1585</v>
       </c>
       <c r="I554" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="555" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A555">
-        <v>266274</v>
+        <v>3277</v>
       </c>
       <c r="B555" t="s">
-        <v>274</v>
+        <v>1584</v>
+      </c>
+      <c r="C555">
+        <v>516931</v>
       </c>
       <c r="D555" t="s">
-        <v>1901</v>
+        <v>1759</v>
       </c>
       <c r="E555" t="s">
-        <v>276</v>
+        <v>158</v>
       </c>
       <c r="F555" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>32905</v>
+        <v>157</v>
+      </c>
+      <c r="G555" s="8" t="s">
+        <v>1760</v>
       </c>
       <c r="H555" t="s">
-        <v>273</v>
+        <v>1585</v>
       </c>
       <c r="I555" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="556" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A556">
-        <v>266274</v>
+        <v>938371</v>
       </c>
       <c r="B556" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-        <v>1584904</v>
+        <v>234</v>
       </c>
       <c r="D556" t="s">
-        <v>1682</v>
+        <v>1586</v>
       </c>
       <c r="E556" t="s">
-        <v>1651</v>
+        <v>164</v>
+      </c>
+      <c r="F556" t="s">
+        <v>161</v>
       </c>
       <c r="G556">
-        <v>600130</v>
+        <v>11747</v>
       </c>
       <c r="H556" t="s">
-        <v>273</v>
+        <v>233</v>
       </c>
       <c r="I556" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="557" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A557">
-        <v>266274</v>
+        <v>952000</v>
       </c>
       <c r="B557" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-        <v>1729005</v>
+        <v>232</v>
       </c>
       <c r="D557" t="s">
-        <v>1860</v>
+        <v>231</v>
       </c>
       <c r="E557" t="s">
-        <v>1861</v>
+        <v>155</v>
+      </c>
+      <c r="F557" t="s">
+        <v>57</v>
       </c>
       <c r="G557">
-        <v>1634</v>
+        <v>77092</v>
       </c>
       <c r="H557" t="s">
-        <v>273</v>
+        <v>230</v>
       </c>
       <c r="I557" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="558" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A558">
-        <v>948398</v>
+        <v>952000</v>
       </c>
       <c r="B558" t="s">
-        <v>272</v>
+        <v>232</v>
+      </c>
+      <c r="C558">
+        <v>2556870</v>
       </c>
       <c r="D558" t="s">
-        <v>271</v>
+        <v>1916</v>
       </c>
       <c r="E558" t="s">
-        <v>270</v>
-[...5 lines deleted...]
-        <v>75007</v>
+        <v>1917</v>
+      </c>
+      <c r="G558" t="s">
+        <v>939</v>
       </c>
       <c r="H558" t="s">
-        <v>269</v>
+        <v>1862</v>
       </c>
       <c r="I558" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="559" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A559">
-        <v>89599</v>
+        <v>1135006</v>
       </c>
       <c r="B559" t="s">
-        <v>268</v>
+        <v>227</v>
       </c>
       <c r="D559" t="s">
-        <v>1944</v>
+        <v>229</v>
       </c>
       <c r="E559" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-        <v>67</v>
+        <v>228</v>
       </c>
       <c r="G559">
-        <v>85286</v>
+        <v>1634</v>
       </c>
       <c r="H559" t="s">
-        <v>266</v>
+        <v>224</v>
       </c>
       <c r="I559" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="560" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A560">
-        <v>1916692</v>
+        <v>1135006</v>
       </c>
       <c r="B560" t="s">
-        <v>265</v>
+        <v>227</v>
+      </c>
+      <c r="C560">
+        <v>1720677</v>
       </c>
       <c r="D560" t="s">
-        <v>264</v>
+        <v>1533</v>
       </c>
       <c r="E560" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>1534</v>
       </c>
       <c r="G560">
-        <v>23320</v>
+        <v>2009</v>
       </c>
       <c r="H560" t="s">
-        <v>263</v>
+        <v>224</v>
       </c>
       <c r="I560" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="561" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A561">
-        <v>1916692</v>
+        <v>1135006</v>
       </c>
       <c r="B561" t="s">
-        <v>265</v>
+        <v>227</v>
       </c>
       <c r="C561">
-        <v>2596884</v>
+        <v>1720692</v>
       </c>
       <c r="D561" t="s">
-        <v>1902</v>
+        <v>226</v>
       </c>
       <c r="E561" t="s">
-        <v>1903</v>
-[...2 lines deleted...]
-        <v>1904</v>
+        <v>225</v>
       </c>
       <c r="G561">
-        <v>87109</v>
+        <v>1634</v>
       </c>
       <c r="H561" t="s">
-        <v>263</v>
+        <v>224</v>
       </c>
       <c r="I561" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="562" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A562">
-        <v>948017</v>
+        <v>952002</v>
       </c>
       <c r="B562" t="s">
-        <v>257</v>
+        <v>223</v>
       </c>
       <c r="D562" t="s">
-        <v>262</v>
+        <v>1535</v>
       </c>
       <c r="E562" t="s">
-        <v>261</v>
+        <v>1536</v>
       </c>
       <c r="F562" t="s">
-        <v>159</v>
+        <v>18</v>
       </c>
       <c r="G562">
-        <v>53716</v>
+        <v>19053</v>
       </c>
       <c r="H562" t="s">
-        <v>260</v>
+        <v>222</v>
       </c>
       <c r="I562" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="563" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A563">
-        <v>948017</v>
+        <v>934023</v>
       </c>
       <c r="B563" t="s">
-        <v>257</v>
-[...2 lines deleted...]
-        <v>1209554</v>
+        <v>214</v>
       </c>
       <c r="D563" t="s">
-        <v>259</v>
+        <v>1863</v>
       </c>
       <c r="E563" t="s">
-        <v>258</v>
+        <v>48</v>
       </c>
       <c r="F563" t="s">
-        <v>159</v>
+        <v>45</v>
       </c>
       <c r="G563">
-        <v>53511</v>
+        <v>45245</v>
       </c>
       <c r="H563" t="s">
-        <v>256</v>
+        <v>220</v>
       </c>
       <c r="I563" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="564" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A564">
-        <v>132893</v>
+        <v>934023</v>
       </c>
       <c r="B564" t="s">
-        <v>255</v>
+        <v>214</v>
+      </c>
+      <c r="C564">
+        <v>1696385</v>
       </c>
       <c r="D564" t="s">
-        <v>254</v>
+        <v>219</v>
       </c>
       <c r="E564" t="s">
-        <v>253</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>218</v>
       </c>
       <c r="G564">
-        <v>80111</v>
+        <v>122018</v>
       </c>
       <c r="H564" t="s">
-        <v>252</v>
+        <v>213</v>
       </c>
       <c r="I564" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="565" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A565">
-        <v>929085</v>
+        <v>934023</v>
       </c>
       <c r="B565" t="s">
-        <v>251</v>
+        <v>214</v>
+      </c>
+      <c r="C565">
+        <v>1792150</v>
       </c>
       <c r="D565" t="s">
-        <v>250</v>
+        <v>217</v>
       </c>
       <c r="E565" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>216</v>
       </c>
       <c r="G565">
-        <v>95670</v>
+        <v>382010</v>
       </c>
       <c r="H565" t="s">
-        <v>248</v>
+        <v>213</v>
       </c>
       <c r="I565" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="566" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A566">
-        <v>1423878</v>
+        <v>934023</v>
       </c>
       <c r="B566" t="s">
-        <v>1568</v>
+        <v>214</v>
+      </c>
+      <c r="C566">
+        <v>1810194</v>
       </c>
       <c r="D566" t="s">
-        <v>1719</v>
+        <v>1477</v>
       </c>
       <c r="E566" t="s">
-        <v>1720</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>215</v>
       </c>
       <c r="G566">
-        <v>11566</v>
+        <v>411057</v>
       </c>
       <c r="H566" t="s">
-        <v>1569</v>
+        <v>213</v>
       </c>
       <c r="I566" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="567" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A567">
-        <v>937350</v>
+        <v>1169295</v>
       </c>
       <c r="B567" t="s">
-        <v>246</v>
+        <v>212</v>
       </c>
       <c r="D567" t="s">
-        <v>245</v>
+        <v>1825</v>
       </c>
       <c r="E567" t="s">
-        <v>244</v>
+        <v>1092</v>
       </c>
       <c r="F567" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="G567">
-        <v>85711</v>
+        <v>85251</v>
       </c>
       <c r="H567" t="s">
-        <v>243</v>
+        <v>211</v>
       </c>
       <c r="I567" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="568" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A568">
-        <v>937350</v>
+        <v>932100</v>
       </c>
       <c r="B568" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-        <v>2432819</v>
+        <v>210</v>
       </c>
       <c r="D568" t="s">
-        <v>1652</v>
+        <v>1537</v>
       </c>
       <c r="E568" t="s">
-        <v>1653</v>
+        <v>209</v>
       </c>
       <c r="F568" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-        <v>98101</v>
+        <v>11</v>
+      </c>
+      <c r="G568" s="8" t="s">
+        <v>1761</v>
       </c>
       <c r="H568" t="s">
-        <v>243</v>
+        <v>208</v>
       </c>
       <c r="I568" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="569" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A569">
-        <v>3277</v>
+        <v>206836</v>
       </c>
       <c r="B569" t="s">
-        <v>1654</v>
+        <v>207</v>
       </c>
       <c r="D569" t="s">
-        <v>1721</v>
+        <v>206</v>
       </c>
       <c r="E569" t="s">
-        <v>1722</v>
+        <v>205</v>
       </c>
       <c r="F569" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>90703</v>
+        <v>45</v>
+      </c>
+      <c r="G569" t="s">
+        <v>204</v>
       </c>
       <c r="H569" t="s">
-        <v>1655</v>
+        <v>203</v>
       </c>
       <c r="I569" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="570" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A570">
-        <v>3277</v>
+        <v>948339</v>
       </c>
       <c r="B570" t="s">
-        <v>1654</v>
-[...2 lines deleted...]
-        <v>516931</v>
+        <v>196</v>
       </c>
       <c r="D570" t="s">
-        <v>1832</v>
+        <v>202</v>
       </c>
       <c r="E570" t="s">
-        <v>165</v>
+        <v>201</v>
       </c>
       <c r="F570" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>1833</v>
+        <v>200</v>
+      </c>
+      <c r="G570">
+        <v>50613</v>
       </c>
       <c r="H570" t="s">
-        <v>1655</v>
+        <v>199</v>
       </c>
       <c r="I570" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="571" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A571">
-        <v>938371</v>
+        <v>948339</v>
       </c>
       <c r="B571" t="s">
-        <v>242</v>
+        <v>196</v>
+      </c>
+      <c r="C571">
+        <v>1061600</v>
       </c>
       <c r="D571" t="s">
-        <v>1656</v>
+        <v>198</v>
       </c>
       <c r="E571" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>197</v>
       </c>
       <c r="G571">
-        <v>11747</v>
+        <v>1634</v>
       </c>
       <c r="H571" t="s">
-        <v>241</v>
+        <v>193</v>
       </c>
       <c r="I571" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="572" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A572">
-        <v>952000</v>
+        <v>948339</v>
       </c>
       <c r="B572" t="s">
-        <v>240</v>
+        <v>196</v>
+      </c>
+      <c r="C572">
+        <v>2076070</v>
       </c>
       <c r="D572" t="s">
-        <v>239</v>
+        <v>195</v>
       </c>
       <c r="E572" t="s">
-        <v>162</v>
+        <v>194</v>
       </c>
       <c r="F572" t="s">
-        <v>60</v>
+        <v>89</v>
       </c>
       <c r="G572">
-        <v>77092</v>
+        <v>37042</v>
       </c>
       <c r="H572" t="s">
-        <v>238</v>
+        <v>193</v>
       </c>
       <c r="I572" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="573" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A573">
-        <v>952000</v>
+        <v>932664</v>
       </c>
       <c r="B573" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>2556870</v>
+        <v>192</v>
       </c>
       <c r="D573" t="s">
-        <v>2002</v>
+        <v>191</v>
       </c>
       <c r="E573" t="s">
-        <v>2003</v>
-[...2 lines deleted...]
-        <v>985</v>
+        <v>190</v>
+      </c>
+      <c r="F573" t="s">
+        <v>161</v>
+      </c>
+      <c r="G573">
+        <v>14150</v>
       </c>
       <c r="H573" t="s">
-        <v>1945</v>
+        <v>189</v>
       </c>
       <c r="I573" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="574" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A574">
-        <v>1135006</v>
+        <v>945358</v>
       </c>
       <c r="B574" t="s">
-        <v>235</v>
+        <v>185</v>
       </c>
       <c r="D574" t="s">
-        <v>237</v>
+        <v>184</v>
       </c>
       <c r="E574" t="s">
-        <v>236</v>
+        <v>183</v>
+      </c>
+      <c r="F574" t="s">
+        <v>161</v>
       </c>
       <c r="G574">
-        <v>1634</v>
+        <v>11731</v>
       </c>
       <c r="H574" t="s">
-        <v>232</v>
+        <v>182</v>
       </c>
       <c r="I574" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="575" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A575">
-        <v>1135006</v>
+        <v>373899</v>
       </c>
       <c r="B575" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-        <v>1720677</v>
+        <v>181</v>
       </c>
       <c r="D575" t="s">
-        <v>1595</v>
+        <v>180</v>
       </c>
       <c r="E575" t="s">
-        <v>1596</v>
+        <v>25</v>
+      </c>
+      <c r="F575" t="s">
+        <v>24</v>
       </c>
       <c r="G575">
-        <v>2009</v>
+        <v>29732</v>
       </c>
       <c r="H575" t="s">
-        <v>232</v>
+        <v>179</v>
       </c>
       <c r="I575" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="576" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A576">
-        <v>1135006</v>
+        <v>2681398</v>
       </c>
       <c r="B576" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-        <v>1720692</v>
+        <v>1918</v>
       </c>
       <c r="D576" t="s">
-        <v>234</v>
+        <v>1919</v>
       </c>
       <c r="E576" t="s">
-        <v>233</v>
+        <v>843</v>
+      </c>
+      <c r="F576" t="s">
+        <v>28</v>
       </c>
       <c r="G576">
-        <v>1634</v>
+        <v>60173</v>
       </c>
       <c r="H576" t="s">
-        <v>232</v>
+        <v>1920</v>
       </c>
       <c r="I576" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="577" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A577">
-        <v>952002</v>
+        <v>950422</v>
       </c>
       <c r="B577" t="s">
-        <v>231</v>
+        <v>156</v>
       </c>
       <c r="D577" t="s">
-        <v>1597</v>
+        <v>178</v>
       </c>
       <c r="E577" t="s">
-        <v>1598</v>
+        <v>177</v>
       </c>
       <c r="F577" t="s">
         <v>18</v>
       </c>
       <c r="G577">
-        <v>19053</v>
+        <v>19034</v>
       </c>
       <c r="H577" t="s">
-        <v>230</v>
+        <v>176</v>
       </c>
       <c r="I577" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="578" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A578">
-        <v>934023</v>
+        <v>950422</v>
       </c>
       <c r="B578" t="s">
-        <v>222</v>
+        <v>156</v>
+      </c>
+      <c r="C578">
+        <v>1105880</v>
       </c>
       <c r="D578" t="s">
-        <v>1946</v>
+        <v>175</v>
       </c>
       <c r="E578" t="s">
-        <v>51</v>
+        <v>174</v>
       </c>
       <c r="F578" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="G578">
-        <v>45245</v>
+        <v>60045</v>
       </c>
       <c r="H578" t="s">
-        <v>228</v>
+        <v>154</v>
       </c>
       <c r="I578" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="579" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A579">
-        <v>934023</v>
+        <v>950422</v>
       </c>
       <c r="B579" t="s">
-        <v>222</v>
+        <v>156</v>
       </c>
       <c r="C579">
-        <v>1696385</v>
+        <v>1105894</v>
       </c>
       <c r="D579" t="s">
-        <v>227</v>
+        <v>173</v>
       </c>
       <c r="E579" t="s">
-        <v>226</v>
+        <v>172</v>
       </c>
       <c r="G579">
-        <v>122018</v>
+        <v>1603</v>
       </c>
       <c r="H579" t="s">
-        <v>221</v>
+        <v>154</v>
       </c>
       <c r="I579" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="580" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A580">
-        <v>934023</v>
+        <v>950422</v>
       </c>
       <c r="B580" t="s">
-        <v>222</v>
+        <v>156</v>
       </c>
       <c r="C580">
-        <v>1792150</v>
+        <v>1105939</v>
       </c>
       <c r="D580" t="s">
-        <v>225</v>
+        <v>171</v>
       </c>
       <c r="E580" t="s">
-        <v>224</v>
+        <v>170</v>
       </c>
       <c r="G580">
-        <v>382010</v>
+        <v>1101</v>
       </c>
       <c r="H580" t="s">
-        <v>221</v>
+        <v>154</v>
       </c>
       <c r="I580" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="581" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A581">
-        <v>934023</v>
+        <v>950422</v>
       </c>
       <c r="B581" t="s">
-        <v>222</v>
+        <v>156</v>
       </c>
       <c r="C581">
-        <v>1810194</v>
+        <v>1130471</v>
       </c>
       <c r="D581" t="s">
-        <v>1535</v>
+        <v>169</v>
       </c>
       <c r="E581" t="s">
-        <v>223</v>
+        <v>168</v>
+      </c>
+      <c r="F581" t="s">
+        <v>167</v>
       </c>
       <c r="G581">
-        <v>411057</v>
+        <v>98003</v>
       </c>
       <c r="H581" t="s">
-        <v>221</v>
+        <v>154</v>
       </c>
       <c r="I581" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="582" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A582">
-        <v>1169295</v>
+        <v>950422</v>
       </c>
       <c r="B582" t="s">
-        <v>220</v>
+        <v>156</v>
+      </c>
+      <c r="C582">
+        <v>1743640</v>
       </c>
       <c r="D582" t="s">
-        <v>1905</v>
+        <v>159</v>
       </c>
       <c r="E582" t="s">
-        <v>1141</v>
+        <v>158</v>
       </c>
       <c r="F582" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>85251</v>
+        <v>157</v>
+      </c>
+      <c r="G582" s="8" t="s">
+        <v>1760</v>
       </c>
       <c r="H582" t="s">
-        <v>218</v>
+        <v>154</v>
       </c>
       <c r="I582" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="583" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A583">
-        <v>1169295</v>
+        <v>950422</v>
       </c>
       <c r="B583" t="s">
-        <v>220</v>
+        <v>156</v>
       </c>
       <c r="C583">
-        <v>1959225</v>
+        <v>2090635</v>
       </c>
       <c r="D583" t="s">
-        <v>1683</v>
+        <v>1538</v>
       </c>
       <c r="E583" t="s">
-        <v>219</v>
+        <v>155</v>
       </c>
       <c r="F583" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="G583">
-        <v>95758</v>
+        <v>77041</v>
       </c>
       <c r="H583" t="s">
-        <v>218</v>
+        <v>154</v>
       </c>
       <c r="I583" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="584" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A584">
-        <v>932100</v>
+        <v>950422</v>
       </c>
       <c r="B584" t="s">
-        <v>217</v>
+        <v>156</v>
+      </c>
+      <c r="C584">
+        <v>2373419</v>
       </c>
       <c r="D584" t="s">
-        <v>1599</v>
+        <v>979</v>
       </c>
       <c r="E584" t="s">
-        <v>216</v>
+        <v>978</v>
       </c>
       <c r="F584" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>1834</v>
+        <v>582</v>
+      </c>
+      <c r="G584">
+        <v>42503</v>
       </c>
       <c r="H584" t="s">
-        <v>215</v>
+        <v>154</v>
       </c>
       <c r="I584" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="585" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A585">
-        <v>206836</v>
+        <v>950422</v>
       </c>
       <c r="B585" t="s">
-        <v>214</v>
+        <v>156</v>
+      </c>
+      <c r="C585">
+        <v>2438629</v>
       </c>
       <c r="D585" t="s">
-        <v>213</v>
+        <v>1587</v>
       </c>
       <c r="E585" t="s">
-        <v>212</v>
+        <v>188</v>
       </c>
       <c r="F585" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>211</v>
+        <v>64</v>
+      </c>
+      <c r="G585">
+        <v>85029</v>
       </c>
       <c r="H585" t="s">
-        <v>210</v>
+        <v>154</v>
       </c>
       <c r="I585" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="586" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A586">
-        <v>948339</v>
+        <v>950422</v>
       </c>
       <c r="B586" t="s">
-        <v>203</v>
+        <v>156</v>
+      </c>
+      <c r="C586">
+        <v>2467014</v>
       </c>
       <c r="D586" t="s">
-        <v>209</v>
+        <v>1612</v>
       </c>
       <c r="E586" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-        <v>207</v>
+        <v>623</v>
       </c>
       <c r="G586">
-        <v>50613</v>
+        <v>400705</v>
       </c>
       <c r="H586" t="s">
-        <v>206</v>
+        <v>154</v>
       </c>
       <c r="I586" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="587" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A587">
-        <v>948339</v>
+        <v>950422</v>
       </c>
       <c r="B587" t="s">
-        <v>203</v>
+        <v>156</v>
       </c>
       <c r="C587">
-        <v>1061600</v>
+        <v>2541803</v>
       </c>
       <c r="D587" t="s">
-        <v>205</v>
+        <v>1682</v>
       </c>
       <c r="E587" t="s">
-        <v>204</v>
+        <v>870</v>
+      </c>
+      <c r="F587" t="s">
+        <v>45</v>
       </c>
       <c r="G587">
-        <v>1634</v>
+        <v>45040</v>
       </c>
       <c r="H587" t="s">
-        <v>200</v>
+        <v>154</v>
       </c>
       <c r="I587" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="588" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A588">
-        <v>948339</v>
+        <v>1086778</v>
       </c>
       <c r="B588" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-        <v>2076070</v>
+        <v>153</v>
       </c>
       <c r="D588" t="s">
-        <v>202</v>
+        <v>1953</v>
       </c>
       <c r="E588" t="s">
-        <v>201</v>
+        <v>1954</v>
       </c>
       <c r="F588" t="s">
-        <v>92</v>
+        <v>152</v>
       </c>
       <c r="G588">
-        <v>37042</v>
+        <v>54601</v>
       </c>
       <c r="H588" t="s">
-        <v>200</v>
+        <v>151</v>
       </c>
       <c r="I588" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="589" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A589">
-        <v>932664</v>
+        <v>997459</v>
       </c>
       <c r="B589" t="s">
-        <v>199</v>
+        <v>1428</v>
       </c>
       <c r="D589" t="s">
-        <v>198</v>
+        <v>1955</v>
       </c>
       <c r="E589" t="s">
-        <v>197</v>
+        <v>555</v>
       </c>
       <c r="F589" t="s">
-        <v>168</v>
+        <v>57</v>
       </c>
       <c r="G589">
-        <v>14150</v>
+        <v>76155</v>
       </c>
       <c r="H589" t="s">
-        <v>196</v>
+        <v>1030</v>
       </c>
       <c r="I589" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="590" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A590">
-        <v>945358</v>
+        <v>920823</v>
       </c>
       <c r="B590" t="s">
-        <v>192</v>
+        <v>150</v>
       </c>
       <c r="D590" t="s">
-        <v>191</v>
+        <v>1564</v>
       </c>
       <c r="E590" t="s">
-        <v>190</v>
+        <v>149</v>
       </c>
       <c r="F590" t="s">
-        <v>168</v>
+        <v>63</v>
       </c>
       <c r="G590">
-        <v>11731</v>
+        <v>30067</v>
       </c>
       <c r="H590" t="s">
-        <v>189</v>
+        <v>148</v>
       </c>
       <c r="I590" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="591" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A591">
-        <v>373899</v>
+        <v>920823</v>
       </c>
       <c r="B591" t="s">
-        <v>188</v>
+        <v>150</v>
+      </c>
+      <c r="C591">
+        <v>2449308</v>
       </c>
       <c r="D591" t="s">
-        <v>187</v>
+        <v>1613</v>
       </c>
       <c r="E591" t="s">
-        <v>25</v>
+        <v>1614</v>
       </c>
       <c r="F591" t="s">
-        <v>24</v>
+        <v>83</v>
       </c>
       <c r="G591">
-        <v>29732</v>
+        <v>33065</v>
       </c>
       <c r="H591" t="s">
-        <v>186</v>
+        <v>1615</v>
       </c>
       <c r="I591" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="592" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A592">
-        <v>2681398</v>
+        <v>1374720</v>
       </c>
       <c r="B592" t="s">
-        <v>2004</v>
+        <v>147</v>
       </c>
       <c r="D592" t="s">
-        <v>2005</v>
+        <v>146</v>
       </c>
       <c r="E592" t="s">
-        <v>886</v>
+        <v>143</v>
       </c>
       <c r="F592" t="s">
-        <v>28</v>
+        <v>142</v>
       </c>
       <c r="G592">
-        <v>60173</v>
+        <v>66219</v>
       </c>
       <c r="H592" t="s">
-        <v>2006</v>
+        <v>145</v>
       </c>
       <c r="I592" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="593" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A593">
-        <v>950422</v>
+        <v>1374720</v>
       </c>
       <c r="B593" t="s">
-        <v>163</v>
+        <v>147</v>
+      </c>
+      <c r="C593">
+        <v>2618180</v>
       </c>
       <c r="D593" t="s">
-        <v>185</v>
+        <v>1826</v>
       </c>
       <c r="E593" t="s">
-        <v>184</v>
-[...5 lines deleted...]
-        <v>19034</v>
+        <v>1827</v>
+      </c>
+      <c r="G593" t="s">
+        <v>1828</v>
       </c>
       <c r="H593" t="s">
-        <v>183</v>
+        <v>145</v>
       </c>
       <c r="I593" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="594" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A594">
-        <v>950422</v>
+        <v>284608</v>
       </c>
       <c r="B594" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-        <v>1105880</v>
+        <v>144</v>
       </c>
       <c r="D594" t="s">
-        <v>182</v>
+        <v>1762</v>
       </c>
       <c r="E594" t="s">
-        <v>181</v>
+        <v>1763</v>
       </c>
       <c r="F594" t="s">
-        <v>28</v>
+        <v>142</v>
       </c>
       <c r="G594">
-        <v>60045</v>
+        <v>66211</v>
       </c>
       <c r="H594" t="s">
-        <v>161</v>
+        <v>141</v>
       </c>
       <c r="I594" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="595" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A595">
-        <v>950422</v>
+        <v>986335</v>
       </c>
       <c r="B595" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-        <v>1105894</v>
+        <v>139</v>
       </c>
       <c r="D595" t="s">
-        <v>180</v>
+        <v>140</v>
       </c>
       <c r="E595" t="s">
-        <v>179</v>
+        <v>76</v>
+      </c>
+      <c r="F595" t="s">
+        <v>17</v>
       </c>
       <c r="G595">
-        <v>1603</v>
+        <v>92101</v>
       </c>
       <c r="H595" t="s">
-        <v>161</v>
+        <v>137</v>
       </c>
       <c r="I595" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="596" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A596">
-        <v>950422</v>
+        <v>986335</v>
       </c>
       <c r="B596" t="s">
-        <v>163</v>
+        <v>139</v>
       </c>
       <c r="C596">
-        <v>1105939</v>
+        <v>1087061</v>
       </c>
       <c r="D596" t="s">
-        <v>178</v>
+        <v>1471</v>
       </c>
       <c r="E596" t="s">
-        <v>177</v>
+        <v>138</v>
+      </c>
+      <c r="F596" t="s">
+        <v>2</v>
       </c>
       <c r="G596">
-        <v>1101</v>
+        <v>57108</v>
       </c>
       <c r="H596" t="s">
-        <v>161</v>
+        <v>137</v>
       </c>
       <c r="I596" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="597" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A597">
-        <v>950422</v>
+        <v>976731</v>
       </c>
       <c r="B597" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-        <v>1130471</v>
+        <v>136</v>
       </c>
       <c r="D597" t="s">
-        <v>176</v>
+        <v>135</v>
       </c>
       <c r="E597" t="s">
-        <v>175</v>
+        <v>134</v>
       </c>
       <c r="F597" t="s">
-        <v>174</v>
+        <v>28</v>
       </c>
       <c r="G597">
-        <v>98003</v>
+        <v>60714</v>
       </c>
       <c r="H597" t="s">
-        <v>161</v>
+        <v>133</v>
       </c>
       <c r="I597" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="598" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A598">
-        <v>950422</v>
+        <v>938362</v>
       </c>
       <c r="B598" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-        <v>1743640</v>
+        <v>132</v>
       </c>
       <c r="D598" t="s">
-        <v>166</v>
+        <v>1991</v>
       </c>
       <c r="E598" t="s">
-        <v>165</v>
+        <v>1992</v>
       </c>
       <c r="F598" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>1833</v>
+        <v>45</v>
+      </c>
+      <c r="G598">
+        <v>45242</v>
       </c>
       <c r="H598" t="s">
-        <v>161</v>
+        <v>131</v>
       </c>
       <c r="I598" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="599" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A599">
-        <v>950422</v>
+        <v>936787</v>
       </c>
       <c r="B599" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-        <v>2090635</v>
+        <v>130</v>
       </c>
       <c r="D599" t="s">
-        <v>1600</v>
+        <v>129</v>
       </c>
       <c r="E599" t="s">
-        <v>162</v>
+        <v>115</v>
       </c>
       <c r="F599" t="s">
-        <v>60</v>
+        <v>114</v>
       </c>
       <c r="G599">
-        <v>77041</v>
+        <v>47130</v>
       </c>
       <c r="H599" t="s">
-        <v>161</v>
+        <v>128</v>
       </c>
       <c r="I599" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="600" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A600">
-        <v>950422</v>
+        <v>931168</v>
       </c>
       <c r="B600" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-        <v>2373419</v>
+        <v>117</v>
       </c>
       <c r="D600" t="s">
-        <v>1027</v>
+        <v>127</v>
       </c>
       <c r="E600" t="s">
-        <v>1026</v>
+        <v>126</v>
       </c>
       <c r="F600" t="s">
-        <v>602</v>
+        <v>45</v>
       </c>
       <c r="G600">
-        <v>42503</v>
+        <v>43614</v>
       </c>
       <c r="H600" t="s">
-        <v>161</v>
+        <v>125</v>
       </c>
       <c r="I600" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="601" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A601">
-        <v>950422</v>
+        <v>931168</v>
       </c>
       <c r="B601" t="s">
-        <v>163</v>
+        <v>117</v>
       </c>
       <c r="C601">
-        <v>2438629</v>
+        <v>933228</v>
       </c>
       <c r="D601" t="s">
-        <v>1657</v>
+        <v>124</v>
       </c>
       <c r="E601" t="s">
-        <v>195</v>
+        <v>123</v>
       </c>
       <c r="F601" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="G601">
-        <v>85029</v>
+        <v>33324</v>
       </c>
       <c r="H601" t="s">
-        <v>161</v>
+        <v>122</v>
       </c>
       <c r="I601" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="602" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A602">
-        <v>950422</v>
+        <v>931168</v>
       </c>
       <c r="B602" t="s">
-        <v>163</v>
+        <v>117</v>
       </c>
       <c r="C602">
-        <v>2467014</v>
+        <v>934896</v>
       </c>
       <c r="D602" t="s">
-        <v>1684</v>
+        <v>1683</v>
       </c>
       <c r="E602" t="s">
-        <v>654</v>
+        <v>126</v>
+      </c>
+      <c r="F602" t="s">
+        <v>45</v>
       </c>
       <c r="G602">
-        <v>400705</v>
+        <v>43614</v>
       </c>
       <c r="H602" t="s">
-        <v>161</v>
+        <v>120</v>
       </c>
       <c r="I602" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="603" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A603">
-        <v>950422</v>
+        <v>931168</v>
       </c>
       <c r="B603" t="s">
-        <v>163</v>
+        <v>117</v>
       </c>
       <c r="C603">
-        <v>2541803</v>
+        <v>990033</v>
       </c>
       <c r="D603" t="s">
-        <v>1755</v>
+        <v>119</v>
       </c>
       <c r="E603" t="s">
-        <v>913</v>
-[...5 lines deleted...]
-        <v>45040</v>
+        <v>118</v>
+      </c>
+      <c r="G603" s="8" t="s">
+        <v>1764</v>
       </c>
       <c r="H603" t="s">
-        <v>161</v>
+        <v>113</v>
       </c>
       <c r="I603" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="604" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A604">
-        <v>1086778</v>
+        <v>931168</v>
       </c>
       <c r="B604" t="s">
-        <v>160</v>
+        <v>117</v>
+      </c>
+      <c r="C604">
+        <v>1732481</v>
       </c>
       <c r="D604" t="s">
-        <v>2040</v>
+        <v>116</v>
       </c>
       <c r="E604" t="s">
-        <v>2041</v>
+        <v>115</v>
       </c>
       <c r="F604" t="s">
-        <v>159</v>
+        <v>114</v>
       </c>
       <c r="G604">
-        <v>54601</v>
+        <v>47130</v>
       </c>
       <c r="H604" t="s">
-        <v>158</v>
+        <v>113</v>
       </c>
       <c r="I604" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="605" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A605">
-        <v>997459</v>
+        <v>3038</v>
       </c>
       <c r="B605" t="s">
-        <v>1486</v>
+        <v>1993</v>
       </c>
       <c r="D605" t="s">
-        <v>2042</v>
+        <v>1994</v>
       </c>
       <c r="E605" t="s">
-        <v>575</v>
+        <v>1995</v>
       </c>
       <c r="F605" t="s">
-        <v>60</v>
+        <v>367</v>
       </c>
       <c r="G605">
-        <v>76155</v>
+        <v>48341</v>
       </c>
       <c r="H605" t="s">
-        <v>1079</v>
+        <v>1996</v>
       </c>
       <c r="I605" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="606" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A606">
-        <v>920823</v>
+        <v>3038</v>
       </c>
       <c r="B606" t="s">
-        <v>157</v>
+        <v>1993</v>
+      </c>
+      <c r="C606">
+        <v>2218989</v>
       </c>
       <c r="D606" t="s">
-        <v>1629</v>
+        <v>1997</v>
       </c>
       <c r="E606" t="s">
-        <v>156</v>
+        <v>1995</v>
       </c>
       <c r="F606" t="s">
-        <v>66</v>
+        <v>367</v>
       </c>
       <c r="G606">
-        <v>30067</v>
+        <v>48341</v>
       </c>
       <c r="H606" t="s">
-        <v>155</v>
+        <v>1996</v>
       </c>
       <c r="I606" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="607" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A607">
-        <v>920823</v>
+        <v>2269497</v>
       </c>
       <c r="B607" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-        <v>2449308</v>
+        <v>1539</v>
       </c>
       <c r="D607" t="s">
-        <v>1685</v>
+        <v>1998</v>
       </c>
       <c r="E607" t="s">
-        <v>1686</v>
+        <v>1999</v>
       </c>
       <c r="F607" t="s">
-        <v>86</v>
+        <v>152</v>
       </c>
       <c r="G607">
-        <v>33065</v>
+        <v>53224</v>
       </c>
       <c r="H607" t="s">
-        <v>1687</v>
+        <v>1540</v>
       </c>
       <c r="I607" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="608" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A608">
-        <v>1374720</v>
+        <v>936789</v>
       </c>
       <c r="B608" t="s">
-        <v>154</v>
+        <v>112</v>
       </c>
       <c r="D608" t="s">
-        <v>153</v>
+        <v>2000</v>
       </c>
       <c r="E608" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="F608" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>66219</v>
+        <v>57</v>
+      </c>
+      <c r="G608" t="s">
+        <v>2001</v>
       </c>
       <c r="H608" t="s">
-        <v>152</v>
+        <v>111</v>
       </c>
       <c r="I608" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="609" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A609">
-        <v>1374720</v>
+        <v>1548935</v>
       </c>
       <c r="B609" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>2618180</v>
+        <v>110</v>
       </c>
       <c r="D609" t="s">
-        <v>1906</v>
+        <v>109</v>
       </c>
       <c r="E609" t="s">
-        <v>1907</v>
-[...2 lines deleted...]
-        <v>1908</v>
+        <v>108</v>
+      </c>
+      <c r="F609" t="s">
+        <v>17</v>
+      </c>
+      <c r="G609">
+        <v>94111</v>
       </c>
       <c r="H609" t="s">
-        <v>152</v>
+        <v>107</v>
       </c>
       <c r="I609" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="610" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A610">
-        <v>284608</v>
+        <v>1548935</v>
       </c>
       <c r="B610" t="s">
-        <v>151</v>
+        <v>110</v>
       </c>
       <c r="D610" t="s">
-        <v>1835</v>
+        <v>109</v>
       </c>
       <c r="E610" t="s">
-        <v>1836</v>
+        <v>108</v>
       </c>
       <c r="F610" t="s">
-        <v>149</v>
+        <v>17</v>
       </c>
       <c r="G610">
-        <v>66211</v>
+        <v>94111</v>
       </c>
       <c r="H610" t="s">
-        <v>148</v>
+        <v>107</v>
       </c>
       <c r="I610" t="s">
-        <v>0</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="611" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A611">
-        <v>986335</v>
+        <v>1548935</v>
       </c>
       <c r="B611" t="s">
-        <v>146</v>
+        <v>110</v>
       </c>
       <c r="D611" t="s">
-        <v>147</v>
+        <v>109</v>
       </c>
       <c r="E611" t="s">
-        <v>79</v>
+        <v>108</v>
       </c>
       <c r="F611" t="s">
         <v>17</v>
       </c>
       <c r="G611">
-        <v>92101</v>
+        <v>94111</v>
       </c>
       <c r="H611" t="s">
-        <v>144</v>
+        <v>107</v>
       </c>
       <c r="I611" t="s">
-        <v>0</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="612" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A612">
-        <v>986335</v>
+        <v>1548935</v>
       </c>
       <c r="B612" t="s">
-        <v>146</v>
+        <v>110</v>
       </c>
       <c r="C612">
-        <v>1087061</v>
+        <v>1955422</v>
       </c>
       <c r="D612" t="s">
-        <v>1529</v>
+        <v>1588</v>
       </c>
       <c r="E612" t="s">
-        <v>145</v>
+        <v>188</v>
       </c>
       <c r="F612" t="s">
-        <v>2</v>
+        <v>64</v>
       </c>
       <c r="G612">
-        <v>57108</v>
+        <v>85004</v>
       </c>
       <c r="H612" t="s">
-        <v>144</v>
+        <v>107</v>
       </c>
       <c r="I612" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="613" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A613">
-        <v>976731</v>
+        <v>934300</v>
       </c>
       <c r="B613" t="s">
-        <v>143</v>
+        <v>101</v>
       </c>
       <c r="D613" t="s">
-        <v>142</v>
+        <v>100</v>
       </c>
       <c r="E613" t="s">
-        <v>141</v>
+        <v>99</v>
       </c>
       <c r="F613" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="G613">
-        <v>60714</v>
+        <v>18403</v>
       </c>
       <c r="H613" t="s">
-        <v>140</v>
+        <v>98</v>
       </c>
       <c r="I613" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="614" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A614">
-        <v>938362</v>
+        <v>1673087</v>
       </c>
       <c r="B614" t="s">
-        <v>139</v>
+        <v>1429</v>
       </c>
       <c r="D614" t="s">
-        <v>138</v>
+        <v>1430</v>
       </c>
       <c r="E614" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="F614" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="G614">
-        <v>45242</v>
+        <v>90071</v>
       </c>
       <c r="H614" t="s">
-        <v>137</v>
+        <v>1431</v>
       </c>
       <c r="I614" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="615" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A615">
-        <v>936787</v>
+        <v>1907140</v>
       </c>
       <c r="B615" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D615" t="s">
-        <v>135</v>
+        <v>1511</v>
       </c>
       <c r="E615" t="s">
-        <v>121</v>
+        <v>188</v>
       </c>
       <c r="F615" t="s">
-        <v>120</v>
+        <v>64</v>
       </c>
       <c r="G615">
-        <v>47130</v>
+        <v>85044</v>
       </c>
       <c r="H615" t="s">
-        <v>134</v>
+        <v>96</v>
       </c>
       <c r="I615" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="616" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A616">
-        <v>931168</v>
+        <v>1907140</v>
       </c>
       <c r="B616" t="s">
-        <v>123</v>
+        <v>97</v>
+      </c>
+      <c r="C616">
+        <v>2744699</v>
       </c>
       <c r="D616" t="s">
-        <v>133</v>
+        <v>1956</v>
       </c>
       <c r="E616" t="s">
-        <v>132</v>
+        <v>94</v>
       </c>
       <c r="F616" t="s">
-        <v>48</v>
+        <v>83</v>
       </c>
       <c r="G616">
-        <v>43614</v>
+        <v>32256</v>
       </c>
       <c r="H616" t="s">
-        <v>131</v>
+        <v>96</v>
       </c>
       <c r="I616" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="617" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A617">
-        <v>931168</v>
+        <v>1800659</v>
       </c>
       <c r="B617" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>933228</v>
+        <v>95</v>
       </c>
       <c r="D617" t="s">
-        <v>130</v>
+        <v>1765</v>
       </c>
       <c r="E617" t="s">
-        <v>129</v>
+        <v>221</v>
       </c>
       <c r="F617" t="s">
-        <v>86</v>
+        <v>57</v>
       </c>
       <c r="G617">
-        <v>33324</v>
+        <v>75234</v>
       </c>
       <c r="H617" t="s">
-        <v>128</v>
+        <v>93</v>
       </c>
       <c r="I617" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="618" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A618">
-        <v>931168</v>
+        <v>1561</v>
       </c>
       <c r="B618" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>934896</v>
+        <v>92</v>
       </c>
       <c r="D618" t="s">
-        <v>1756</v>
+        <v>91</v>
       </c>
       <c r="E618" t="s">
-        <v>132</v>
+        <v>90</v>
       </c>
       <c r="F618" t="s">
-        <v>48</v>
+        <v>89</v>
       </c>
       <c r="G618">
-        <v>43614</v>
+        <v>37804</v>
       </c>
       <c r="H618" t="s">
-        <v>126</v>
+        <v>88</v>
       </c>
       <c r="I618" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="619" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A619">
-        <v>931168</v>
+        <v>1561</v>
       </c>
       <c r="B619" t="s">
-        <v>123</v>
+        <v>92</v>
       </c>
       <c r="C619">
-        <v>990033</v>
+        <v>2561044</v>
       </c>
       <c r="D619" t="s">
-        <v>125</v>
+        <v>1786</v>
       </c>
       <c r="E619" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-        <v>1837</v>
+        <v>266</v>
+      </c>
+      <c r="F619" t="s">
+        <v>15</v>
+      </c>
+      <c r="G619">
+        <v>27409</v>
       </c>
       <c r="H619" t="s">
-        <v>119</v>
+        <v>88</v>
       </c>
       <c r="I619" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="620" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A620">
-        <v>931168</v>
+        <v>922827</v>
       </c>
       <c r="B620" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>1732481</v>
+        <v>87</v>
       </c>
       <c r="D620" t="s">
-        <v>122</v>
+        <v>86</v>
       </c>
       <c r="E620" t="s">
-        <v>121</v>
+        <v>85</v>
       </c>
       <c r="F620" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-        <v>47130</v>
+        <v>60</v>
+      </c>
+      <c r="G620" s="8" t="s">
+        <v>1766</v>
       </c>
       <c r="H620" t="s">
-        <v>119</v>
+        <v>84</v>
       </c>
       <c r="I620" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="621" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A621">
-        <v>2269497</v>
+        <v>920359</v>
       </c>
       <c r="B621" t="s">
-        <v>1601</v>
+        <v>82</v>
       </c>
       <c r="D621" t="s">
-        <v>1602</v>
+        <v>1957</v>
       </c>
       <c r="E621" t="s">
-        <v>1603</v>
+        <v>1958</v>
       </c>
       <c r="F621" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>1838</v>
+        <v>83</v>
+      </c>
+      <c r="G621">
+        <v>34202</v>
       </c>
       <c r="H621" t="s">
-        <v>1604</v>
+        <v>79</v>
       </c>
       <c r="I621" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="622" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A622">
-        <v>936789</v>
+        <v>920359</v>
       </c>
       <c r="B622" t="s">
-        <v>118</v>
+        <v>82</v>
+      </c>
+      <c r="C622">
+        <v>1111726</v>
       </c>
       <c r="D622" t="s">
-        <v>1630</v>
+        <v>81</v>
       </c>
       <c r="E622" t="s">
-        <v>1631</v>
+        <v>80</v>
       </c>
       <c r="F622" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="G622">
-        <v>77449</v>
+        <v>92806</v>
       </c>
       <c r="H622" t="s">
-        <v>117</v>
+        <v>79</v>
       </c>
       <c r="I622" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="623" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A623">
-        <v>1548935</v>
+        <v>1909062</v>
       </c>
       <c r="B623" t="s">
-        <v>116</v>
+        <v>78</v>
       </c>
       <c r="D623" t="s">
-        <v>115</v>
+        <v>77</v>
       </c>
       <c r="E623" t="s">
-        <v>114</v>
+        <v>76</v>
       </c>
       <c r="F623" t="s">
         <v>17</v>
       </c>
       <c r="G623">
-        <v>94111</v>
+        <v>92121</v>
       </c>
       <c r="H623" t="s">
-        <v>113</v>
+        <v>75</v>
       </c>
       <c r="I623" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="624" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A624">
-        <v>1548935</v>
+        <v>1909062</v>
       </c>
       <c r="B624" t="s">
-        <v>116</v>
+        <v>78</v>
+      </c>
+      <c r="C624">
+        <v>1913994</v>
       </c>
       <c r="D624" t="s">
-        <v>115</v>
+        <v>1432</v>
       </c>
       <c r="E624" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1433</v>
       </c>
       <c r="G624">
-        <v>94111</v>
+        <v>22500</v>
       </c>
       <c r="H624" t="s">
-        <v>113</v>
+        <v>75</v>
       </c>
       <c r="I624" t="s">
-        <v>1469</v>
+        <v>0</v>
       </c>
     </row>
     <row r="625" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A625">
-        <v>1548935</v>
+        <v>1909062</v>
       </c>
       <c r="B625" t="s">
-        <v>116</v>
+        <v>78</v>
+      </c>
+      <c r="C625">
+        <v>2098262</v>
       </c>
       <c r="D625" t="s">
-        <v>115</v>
+        <v>1478</v>
       </c>
       <c r="E625" t="s">
-        <v>114</v>
+        <v>138</v>
       </c>
       <c r="F625" t="s">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="G625">
-        <v>94111</v>
+        <v>57106</v>
       </c>
       <c r="H625" t="s">
-        <v>113</v>
+        <v>75</v>
       </c>
       <c r="I625" t="s">
-        <v>1484</v>
+        <v>0</v>
       </c>
     </row>
     <row r="626" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A626">
-        <v>1548935</v>
+        <v>954098</v>
       </c>
       <c r="B626" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>1955422</v>
+        <v>74</v>
       </c>
       <c r="D626" t="s">
-        <v>1658</v>
+        <v>73</v>
       </c>
       <c r="E626" t="s">
-        <v>195</v>
+        <v>72</v>
       </c>
       <c r="F626" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="G626">
-        <v>85004</v>
+        <v>55344</v>
       </c>
       <c r="H626" t="s">
-        <v>113</v>
+        <v>70</v>
       </c>
       <c r="I626" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="627" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A627">
-        <v>934300</v>
+        <v>3317</v>
       </c>
       <c r="B627" t="s">
-        <v>107</v>
+        <v>69</v>
       </c>
       <c r="D627" t="s">
-        <v>106</v>
+        <v>1829</v>
       </c>
       <c r="E627" t="s">
-        <v>105</v>
+        <v>68</v>
       </c>
       <c r="F627" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G627">
-        <v>18403</v>
+        <v>89074</v>
       </c>
       <c r="H627" t="s">
-        <v>104</v>
+        <v>67</v>
       </c>
       <c r="I627" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="628" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A628">
-        <v>1673087</v>
+        <v>1048033</v>
       </c>
       <c r="B628" t="s">
-        <v>1487</v>
+        <v>1565</v>
       </c>
       <c r="D628" t="s">
-        <v>1488</v>
+        <v>1566</v>
       </c>
       <c r="E628" t="s">
-        <v>33</v>
+        <v>1567</v>
       </c>
       <c r="F628" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="G628">
-        <v>90071</v>
+        <v>80701</v>
       </c>
       <c r="H628" t="s">
-        <v>1489</v>
+        <v>1568</v>
       </c>
       <c r="I628" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="629" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A629">
-        <v>1399637</v>
+        <v>1048033</v>
       </c>
       <c r="B629" t="s">
-        <v>103</v>
+        <v>1565</v>
+      </c>
+      <c r="C629">
+        <v>1115406</v>
       </c>
       <c r="D629" t="s">
-        <v>1570</v>
+        <v>1569</v>
       </c>
       <c r="E629" t="s">
-        <v>102</v>
+        <v>1117</v>
       </c>
       <c r="F629" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>1839</v>
+        <v>66</v>
+      </c>
+      <c r="G629">
+        <v>80014</v>
       </c>
       <c r="H629" t="s">
-        <v>101</v>
+        <v>1568</v>
       </c>
       <c r="I629" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="630" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A630">
-        <v>1907140</v>
+        <v>1048033</v>
       </c>
       <c r="B630" t="s">
-        <v>100</v>
+        <v>1565</v>
+      </c>
+      <c r="C630">
+        <v>1412820</v>
       </c>
       <c r="D630" t="s">
-        <v>1571</v>
+        <v>1889</v>
       </c>
       <c r="E630" t="s">
-        <v>195</v>
+        <v>1890</v>
       </c>
       <c r="F630" t="s">
-        <v>67</v>
+        <v>165</v>
       </c>
       <c r="G630">
-        <v>85044</v>
+        <v>65109</v>
       </c>
       <c r="H630" t="s">
-        <v>99</v>
+        <v>1568</v>
       </c>
       <c r="I630" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="631" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A631">
-        <v>1907140</v>
+        <v>1048033</v>
       </c>
       <c r="B631" t="s">
-        <v>100</v>
+        <v>1565</v>
       </c>
       <c r="C631">
-        <v>2744699</v>
+        <v>1582206</v>
       </c>
       <c r="D631" t="s">
-        <v>2043</v>
+        <v>1830</v>
       </c>
       <c r="E631" t="s">
-        <v>97</v>
+        <v>874</v>
       </c>
       <c r="F631" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="G631">
-        <v>32256</v>
+        <v>37909</v>
       </c>
       <c r="H631" t="s">
-        <v>99</v>
+        <v>1568</v>
       </c>
       <c r="I631" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="632" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A632">
-        <v>1800659</v>
+        <v>1048033</v>
       </c>
       <c r="B632" t="s">
-        <v>98</v>
+        <v>1565</v>
+      </c>
+      <c r="C632">
+        <v>2151481</v>
       </c>
       <c r="D632" t="s">
-        <v>1840</v>
+        <v>1767</v>
       </c>
       <c r="E632" t="s">
-        <v>229</v>
-[...6 lines deleted...]
-      </c>
+        <v>453</v>
+      </c>
+      <c r="G632"/>
       <c r="H632" t="s">
-        <v>96</v>
+        <v>1568</v>
       </c>
       <c r="I632" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="633" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A633">
-        <v>1561</v>
+        <v>1048033</v>
       </c>
       <c r="B633" t="s">
-        <v>95</v>
+        <v>1565</v>
+      </c>
+      <c r="C633">
+        <v>2186840</v>
       </c>
       <c r="D633" t="s">
-        <v>94</v>
+        <v>1891</v>
       </c>
       <c r="E633" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>1086</v>
       </c>
       <c r="G633">
-        <v>37804</v>
+        <v>14159</v>
       </c>
       <c r="H633" t="s">
-        <v>91</v>
+        <v>1568</v>
       </c>
       <c r="I633" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="634" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A634">
-        <v>1561</v>
+        <v>922824</v>
       </c>
       <c r="B634" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>2561044</v>
+        <v>62</v>
       </c>
       <c r="D634" t="s">
-        <v>1862</v>
+        <v>1892</v>
       </c>
       <c r="E634" t="s">
-        <v>278</v>
+        <v>61</v>
       </c>
       <c r="F634" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>27409</v>
+        <v>60</v>
+      </c>
+      <c r="G634" s="8" t="s">
+        <v>1893</v>
       </c>
       <c r="H634" t="s">
-        <v>91</v>
+        <v>59</v>
       </c>
       <c r="I634" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="635" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A635">
-        <v>922827</v>
+        <v>908757</v>
       </c>
       <c r="B635" t="s">
-        <v>90</v>
+        <v>58</v>
       </c>
       <c r="D635" t="s">
-        <v>89</v>
+        <v>1831</v>
       </c>
       <c r="E635" t="s">
-        <v>88</v>
+        <v>1787</v>
       </c>
       <c r="F635" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>1841</v>
+        <v>323</v>
+      </c>
+      <c r="G635">
+        <v>84123</v>
       </c>
       <c r="H635" t="s">
-        <v>87</v>
+        <v>56</v>
       </c>
       <c r="I635" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="636" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A636">
-        <v>920359</v>
+        <v>943740</v>
       </c>
       <c r="B636" t="s">
-        <v>85</v>
+        <v>46</v>
       </c>
       <c r="D636" t="s">
-        <v>2044</v>
+        <v>1832</v>
       </c>
       <c r="E636" t="s">
-        <v>2045</v>
+        <v>1833</v>
       </c>
       <c r="F636" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="G636">
-        <v>34202</v>
+        <v>44131</v>
       </c>
       <c r="H636" t="s">
-        <v>82</v>
+        <v>53</v>
       </c>
       <c r="I636" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="637" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A637">
-        <v>920359</v>
+        <v>943740</v>
       </c>
       <c r="B637" t="s">
-        <v>85</v>
+        <v>46</v>
       </c>
       <c r="C637">
-        <v>1111726</v>
+        <v>950607</v>
       </c>
       <c r="D637" t="s">
-        <v>84</v>
+        <v>52</v>
       </c>
       <c r="E637" t="s">
-        <v>83</v>
+        <v>51</v>
       </c>
       <c r="F637" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="G637">
-        <v>92806</v>
+        <v>44131</v>
       </c>
       <c r="H637" t="s">
-        <v>82</v>
+        <v>50</v>
       </c>
       <c r="I637" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="638" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A638">
-        <v>1909062</v>
+        <v>943740</v>
       </c>
       <c r="B638" t="s">
-        <v>81</v>
+        <v>46</v>
+      </c>
+      <c r="C638">
+        <v>950631</v>
       </c>
       <c r="D638" t="s">
-        <v>80</v>
+        <v>49</v>
       </c>
       <c r="E638" t="s">
-        <v>79</v>
+        <v>48</v>
       </c>
       <c r="F638" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="G638">
-        <v>92121</v>
+        <v>45202</v>
       </c>
       <c r="H638" t="s">
-        <v>78</v>
+        <v>47</v>
       </c>
       <c r="I638" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="639" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A639">
-        <v>1909062</v>
+        <v>943740</v>
       </c>
       <c r="B639" t="s">
-        <v>81</v>
+        <v>46</v>
       </c>
       <c r="C639">
-        <v>1913994</v>
+        <v>950848</v>
       </c>
       <c r="D639" t="s">
-        <v>1490</v>
+        <v>1894</v>
       </c>
       <c r="E639" t="s">
-        <v>1491</v>
+        <v>518</v>
+      </c>
+      <c r="F639" t="s">
+        <v>45</v>
       </c>
       <c r="G639">
-        <v>22500</v>
+        <v>43017</v>
       </c>
       <c r="H639" t="s">
-        <v>78</v>
+        <v>44</v>
       </c>
       <c r="I639" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="640" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A640">
-        <v>1909062</v>
+        <v>150525</v>
       </c>
       <c r="B640" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>2098262</v>
+        <v>40</v>
       </c>
       <c r="D640" t="s">
-        <v>1536</v>
+        <v>43</v>
       </c>
       <c r="E640" t="s">
-        <v>145</v>
+        <v>42</v>
       </c>
       <c r="F640" t="s">
-        <v>2</v>
+        <v>17</v>
       </c>
       <c r="G640">
-        <v>57106</v>
+        <v>92647</v>
       </c>
       <c r="H640" t="s">
-        <v>78</v>
+        <v>41</v>
       </c>
       <c r="I640" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="641" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A641">
-        <v>954098</v>
+        <v>925624</v>
       </c>
       <c r="B641" t="s">
-        <v>77</v>
+        <v>39</v>
       </c>
       <c r="D641" t="s">
-        <v>76</v>
+        <v>38</v>
       </c>
       <c r="E641" t="s">
-        <v>75</v>
+        <v>37</v>
       </c>
       <c r="F641" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>55344</v>
+        <v>11</v>
+      </c>
+      <c r="G641" s="8" t="s">
+        <v>1768</v>
       </c>
       <c r="H641" t="s">
-        <v>73</v>
+        <v>36</v>
       </c>
       <c r="I641" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="642" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A642">
-        <v>3317</v>
+        <v>1745247</v>
       </c>
       <c r="B642" t="s">
-        <v>72</v>
+        <v>35</v>
       </c>
       <c r="D642" t="s">
-        <v>1909</v>
+        <v>34</v>
       </c>
       <c r="E642" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="F642" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="G642">
-        <v>89074</v>
+        <v>90010</v>
       </c>
       <c r="H642" t="s">
-        <v>70</v>
+        <v>32</v>
       </c>
       <c r="I642" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="643" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A643">
-        <v>1048033</v>
+        <v>1573373</v>
       </c>
       <c r="B643" t="s">
-        <v>1632</v>
+        <v>31</v>
       </c>
       <c r="D643" t="s">
-        <v>1633</v>
+        <v>30</v>
       </c>
       <c r="E643" t="s">
-        <v>1634</v>
+        <v>29</v>
       </c>
       <c r="F643" t="s">
-        <v>69</v>
+        <v>28</v>
       </c>
       <c r="G643">
-        <v>80701</v>
+        <v>61761</v>
       </c>
       <c r="H643" t="s">
-        <v>1635</v>
+        <v>27</v>
       </c>
       <c r="I643" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="644" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A644">
-        <v>1048033</v>
+        <v>952151</v>
       </c>
       <c r="B644" t="s">
-        <v>1632</v>
-[...2 lines deleted...]
-        <v>1115406</v>
+        <v>26</v>
       </c>
       <c r="D644" t="s">
-        <v>1636</v>
+        <v>1959</v>
       </c>
       <c r="E644" t="s">
-        <v>1166</v>
+        <v>25</v>
       </c>
       <c r="F644" t="s">
-        <v>69</v>
+        <v>24</v>
       </c>
       <c r="G644">
-        <v>80014</v>
+        <v>29730</v>
       </c>
       <c r="H644" t="s">
-        <v>1635</v>
+        <v>23</v>
       </c>
       <c r="I644" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="645" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A645">
-        <v>1048033</v>
+        <v>931924</v>
       </c>
       <c r="B645" t="s">
-        <v>1632</v>
-[...2 lines deleted...]
-        <v>1412820</v>
+        <v>14</v>
       </c>
       <c r="D645" t="s">
-        <v>1973</v>
+        <v>13</v>
       </c>
       <c r="E645" t="s">
-        <v>1974</v>
+        <v>12</v>
       </c>
       <c r="F645" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>65109</v>
+        <v>11</v>
+      </c>
+      <c r="G645" s="8" t="s">
+        <v>1769</v>
       </c>
       <c r="H645" t="s">
-        <v>1635</v>
+        <v>10</v>
       </c>
       <c r="I645" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="646" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A646">
-        <v>1048033</v>
+        <v>2297754</v>
       </c>
       <c r="B646" t="s">
-        <v>1632</v>
-[...2 lines deleted...]
-        <v>1582206</v>
+        <v>1921</v>
       </c>
       <c r="D646" t="s">
-        <v>1910</v>
+        <v>1922</v>
       </c>
       <c r="E646" t="s">
-        <v>917</v>
+        <v>741</v>
       </c>
       <c r="F646" t="s">
-        <v>92</v>
+        <v>161</v>
       </c>
       <c r="G646">
-        <v>37909</v>
+        <v>10014</v>
       </c>
       <c r="H646" t="s">
-        <v>1635</v>
+        <v>1923</v>
       </c>
       <c r="I646" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="647" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A647">
-        <v>1048033</v>
+        <v>1009851</v>
       </c>
       <c r="B647" t="s">
-        <v>1632</v>
-[...2 lines deleted...]
-        <v>2151481</v>
+        <v>9</v>
       </c>
       <c r="D647" t="s">
-        <v>1842</v>
+        <v>1684</v>
       </c>
       <c r="E647" t="s">
-        <v>469</v>
-[...1 lines deleted...]
-      <c r="G647"/>
+        <v>8</v>
+      </c>
+      <c r="F647" t="s">
+        <v>7</v>
+      </c>
+      <c r="G647">
+        <v>22209</v>
+      </c>
       <c r="H647" t="s">
-        <v>1635</v>
+        <v>6</v>
       </c>
       <c r="I647" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="648" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A648">
-        <v>1048033</v>
+        <v>1359207</v>
       </c>
       <c r="B648" t="s">
-        <v>1632</v>
-[...2 lines deleted...]
-        <v>2186840</v>
+        <v>5</v>
       </c>
       <c r="D648" t="s">
-        <v>1975</v>
+        <v>4</v>
       </c>
       <c r="E648" t="s">
-        <v>1135</v>
+        <v>3</v>
+      </c>
+      <c r="F648" t="s">
+        <v>2</v>
       </c>
       <c r="G648">
-        <v>14159</v>
+        <v>57401</v>
       </c>
       <c r="H648" t="s">
-        <v>1635</v>
+        <v>1</v>
       </c>
       <c r="I648" t="s">
-        <v>0</v>
-[...426 lines deleted...]
-      <c r="I664" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...14 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010045D523A95022C4438DDD93CBEDC543CE" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="26ebeae681134ca230dbc3fe0e6ef783">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="24a5db04-ee1b-44c2-a0bc-bbc26d25d77e" xmlns:ns3="fdcd57df-05e8-4749-9cc8-5afe3dcd00a5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2ece1a7addf393ecab0ff34977d731fd" ns2:_="" ns3:_="">
     <xsd:import namespace="24a5db04-ee1b-44c2-a0bc-bbc26d25d77e"/>
     <xsd:import namespace="fdcd57df-05e8-4749-9cc8-5afe3dcd00a5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -24650,92 +24043,102 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="fdcd57df-05e8-4749-9cc8-5afe3dcd00a5">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <MediaLengthInSeconds xmlns="24a5db04-ee1b-44c2-a0bc-bbc26d25d77e" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="24a5db04-ee1b-44c2-a0bc-bbc26d25d77e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="fdcd57df-05e8-4749-9cc8-5afe3dcd00a5" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CD41FE0F-7BD7-427B-B1D6-136384B5172E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C6FA7E92-AD07-4B1D-9488-938E319532A3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="24a5db04-ee1b-44c2-a0bc-bbc26d25d77e"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9B2ED3C-1176-443B-A9D3-96BC7867BE66}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="24a5db04-ee1b-44c2-a0bc-bbc26d25d77e"/>
     <ds:schemaRef ds:uri="fdcd57df-05e8-4749-9cc8-5afe3dcd00a5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C6FA7E92-AD07-4B1D-9488-938E319532A3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CD41FE0F-7BD7-427B-B1D6-136384B5172E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="fdcd57df-05e8-4749-9cc8-5afe3dcd00a5"/>
+    <ds:schemaRef ds:uri="24a5db04-ee1b-44c2-a0bc-bbc26d25d77e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Debt Collectors</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>