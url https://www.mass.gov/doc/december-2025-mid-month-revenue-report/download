--- v0 (2025-12-19)
+++ v1 (2026-02-02)
@@ -1,6853 +1,9618 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-[...9 lines deleted...]
-  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
-<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-[...70 lines deleted...]
-</workbook>
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:body>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9900" w:type="dxa"/>
+        <w:tblInd w:w="288" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9900"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A06AFF" w:rsidRPr="00A06AFF" w14:paraId="56DB1136" w14:textId="77777777" w:rsidTr="008F5256">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="719AB33D" w14:textId="77777777" w:rsidR="00A06AFF" w:rsidRPr="00A06AFF" w:rsidRDefault="00A06AFF" w:rsidP="00A06AFF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Monotype Corsiva" w:hAnsi="Monotype Corsiva"/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="105CE7AB" wp14:editId="5730547A">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>-335280</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>-44450</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="1200150" cy="1200150"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="5" name="Picture 2" descr="State Seal"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 2" descr="State Seal"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId8">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1200150" cy="1200150"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="page">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="page">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+            <w:r w:rsidRPr="00A06AFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Monotype Corsiva" w:hAnsi="Monotype Corsiva"/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>The Commonwealth of Massachusetts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A06AFF" w:rsidRPr="00A06AFF" w14:paraId="2C57A5CB" w14:textId="77777777" w:rsidTr="00DB1B66">
+        <w:trPr>
+          <w:trHeight w:val="405"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D302DBE" w14:textId="77777777" w:rsidR="00A06AFF" w:rsidRPr="00A06AFF" w:rsidRDefault="00A06AFF" w:rsidP="00A06AFF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Monotype Corsiva" w:hAnsi="Monotype Corsiva"/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A06AFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Monotype Corsiva" w:hAnsi="Monotype Corsiva"/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Department of Revenue</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A06AFF" w:rsidRPr="00A06AFF" w14:paraId="2A29DE7E" w14:textId="77777777" w:rsidTr="008F5256">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3980396F" w14:textId="77777777" w:rsidR="00A06AFF" w:rsidRPr="00A06AFF" w:rsidRDefault="00A06AFF" w:rsidP="00A06AFF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Monotype Corsiva" w:hAnsi="Monotype Corsiva"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A06AFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Monotype Corsiva" w:hAnsi="Monotype Corsiva"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Office of the Commissioner</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07282541" w14:textId="0CF19CCC" w:rsidR="00A06AFF" w:rsidRPr="00A06AFF" w:rsidRDefault="00A06AFF" w:rsidP="00A06AFF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Monotype Corsiva" w:hAnsi="Monotype Corsiva"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A06AFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Monotype Corsiva" w:hAnsi="Monotype Corsiva"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PO Box </w:t>
+            </w:r>
+            <w:r w:rsidR="00C81277">
+              <w:rPr>
+                <w:rFonts w:ascii="Monotype Corsiva" w:hAnsi="Monotype Corsiva"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7091</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A06AFF" w:rsidRPr="00A06AFF" w14:paraId="5197312E" w14:textId="77777777" w:rsidTr="008F5256">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2349643D" w14:textId="2B7BA66D" w:rsidR="00A06AFF" w:rsidRPr="00A06AFF" w:rsidRDefault="00A06AFF" w:rsidP="00A06AFF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:jc w:val="center"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Monotype Corsiva" w:hAnsi="Monotype Corsiva"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74259F7D" wp14:editId="62647013">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>-657225</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>157480</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="1571625" cy="400050"/>
+                      <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="4" name="Text Box 2"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr txBox="1">
+                              <a:spLocks noChangeArrowheads="1"/>
+                            </wps:cNvSpPr>
+                            <wps:spPr bwMode="auto">
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="1571625" cy="400050"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                              <a:ln>
+                                <a:noFill/>
+                              </a:ln>
+                              <a:extLst>
+                                <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                                  <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                    <a:solidFill>
+                                      <a:srgbClr val="000000"/>
+                                    </a:solidFill>
+                                    <a:miter lim="800000"/>
+                                    <a:headEnd/>
+                                    <a:tailEnd/>
+                                  </a14:hiddenLine>
+                                </a:ext>
+                              </a:extLst>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:tbl>
+                                  <w:tblPr>
+                                    <w:tblW w:w="2628" w:type="dxa"/>
+                                    <w:tblLayout w:type="fixed"/>
+                                    <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+                                  </w:tblPr>
+                                  <w:tblGrid>
+                                    <w:gridCol w:w="2628"/>
+                                  </w:tblGrid>
+                                  <w:tr w:rsidR="00A06AFF" w14:paraId="3A1E90AE" w14:textId="77777777" w:rsidTr="00937331">
+                                    <w:tc>
+                                      <w:tcPr>
+                                        <w:tcW w:w="2628" w:type="dxa"/>
+                                      </w:tcPr>
+                                      <w:p w14:paraId="04011F68" w14:textId="330353B5" w:rsidR="00A06AFF" w:rsidRPr="007944E9" w:rsidRDefault="00214BA3" w:rsidP="00E800D6">
+                                        <w:pPr>
+                                          <w:jc w:val="center"/>
+                                          <w:rPr>
+                                            <w:sz w:val="18"/>
+                                            <w:szCs w:val="18"/>
+                                          </w:rPr>
+                                        </w:pPr>
+                                        <w:r>
+                                          <w:rPr>
+                                            <w:sz w:val="18"/>
+                                            <w:szCs w:val="18"/>
+                                          </w:rPr>
+                                          <w:t>GEOFFREY E. SNYDER</w:t>
+                                        </w:r>
+                                      </w:p>
+                                    </w:tc>
+                                  </w:tr>
+                                  <w:tr w:rsidR="00A06AFF" w14:paraId="5ED5CE3E" w14:textId="77777777" w:rsidTr="00937331">
+                                    <w:tc>
+                                      <w:tcPr>
+                                        <w:tcW w:w="2628" w:type="dxa"/>
+                                      </w:tcPr>
+                                      <w:p w14:paraId="41A12A05" w14:textId="77777777" w:rsidR="00A06AFF" w:rsidRPr="007944E9" w:rsidRDefault="00A06AFF" w:rsidP="00E800D6">
+                                        <w:pPr>
+                                          <w:jc w:val="center"/>
+                                          <w:rPr>
+                                            <w:sz w:val="16"/>
+                                            <w:szCs w:val="16"/>
+                                          </w:rPr>
+                                        </w:pPr>
+                                        <w:r w:rsidRPr="007944E9">
+                                          <w:rPr>
+                                            <w:sz w:val="16"/>
+                                            <w:szCs w:val="16"/>
+                                          </w:rPr>
+                                          <w:t>COMMISSIONER</w:t>
+                                        </w:r>
+                                      </w:p>
+                                    </w:tc>
+                                  </w:tr>
+                                </w:tbl>
+                                <w:p w14:paraId="4B5604DA" w14:textId="77777777" w:rsidR="00A06AFF" w:rsidRDefault="00A06AFF" w:rsidP="00A06AFF"/>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="margin">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="margin">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shapetype w14:anchorId="74259F7D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                      <v:stroke joinstyle="miter"/>
+                      <v:path gradientshapeok="t" o:connecttype="rect"/>
+                    </v:shapetype>
+                    <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-51.75pt;margin-top:12.4pt;width:123.75pt;height:31.5pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAS/PaI8wEAAMoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aCpN2MOEWXIsOA&#10;bh3Q9QNkWbaFyaJGKbGzrx8lp2nQ3Yr5IIim9Mj3+LS+GXvDDgq9Blvy+SznTFkJtbZtyZ9+7j58&#10;5MwHYWthwKqSH5XnN5v379aDK9QCOjC1QkYg1heDK3kXgiuyzMtO9cLPwClLyQawF4FCbLMaxUDo&#10;vckWeX6VDYC1Q5DKe/p7NyX5JuE3jZLhoWm8CsyUnHoLacW0VnHNNmtRtChcp+WpDfGGLnqhLRU9&#10;Q92JINge9T9QvZYIHpowk9Bn0DRaqsSB2MzzV2weO+FU4kLieHeWyf8/WPn98Oh+IAvjZxhpgImE&#10;d/cgf3lmYdsJ26pbRBg6JWoqPI+SZYPzxelqlNoXPoJUwzeoachiHyABjQ32URXiyQidBnA8i67G&#10;wGQsubqeXy1WnEnKLfM8X6WpZKJ4vu3Qhy8KehY3JUcaakIXh3sfYjeieD4Si3kwut5pY1KAbbU1&#10;yA6CDLBLXyLw6pix8bCFeG1CjH8Szchs4hjGaqRkpFtBfSTCCJOh6AHQpgP8w9lAZiq5/70XqDgz&#10;Xy2J9mm+XEb3pWC5ul5QgJeZ6jIjrCSokgfOpu02TI7dO9RtR5WmMVm4JaEbnTR46erUNxkmSXMy&#10;d3TkZZxOvTzBzV8AAAD//wMAUEsDBBQABgAIAAAAIQAl3al63wAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI9BbsIwEEX3lXoHayp1U4EDDSSETFBbqVW3UA4wiYckamxHsSHh9jWrshzN1//v5btJ&#10;d+LCg2utQVjMIxBsKqtaUyMcfz5nKQjnySjqrGGEKzvYFY8POWXKjmbPl4OvRSgxLiOExvs+k9JV&#10;DWtyc9uzCb+THTT5cA61VAONoVx3chlFa6mpNWGhoZ4/Gq5+D2eNcPoeX1absfzyx2Qfr9+pTUp7&#10;RXx+mt62IDxP/j8MN/yADkVgKu3ZKCc6hNkiel2FLMIyDg63RBwHuxIhTVKQRS7vFYo/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABL89ojzAQAAygMAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACXdqXrfAAAACgEAAA8AAAAAAAAAAAAAAAAATQQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABZBQAAAAA=&#10;" stroked="f">
+                      <v:textbox>
+                        <w:txbxContent>
+                          <w:tbl>
+                            <w:tblPr>
+                              <w:tblW w:w="2628" w:type="dxa"/>
+                              <w:tblLayout w:type="fixed"/>
+                              <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+                            </w:tblPr>
+                            <w:tblGrid>
+                              <w:gridCol w:w="2628"/>
+                            </w:tblGrid>
+                            <w:tr w:rsidR="00A06AFF" w14:paraId="3A1E90AE" w14:textId="77777777" w:rsidTr="00937331">
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2628" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="04011F68" w14:textId="330353B5" w:rsidR="00A06AFF" w:rsidRPr="007944E9" w:rsidRDefault="00214BA3" w:rsidP="00E800D6">
+                                  <w:pPr>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:sz w:val="18"/>
+                                      <w:szCs w:val="18"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:sz w:val="18"/>
+                                      <w:szCs w:val="18"/>
+                                    </w:rPr>
+                                    <w:t>GEOFFREY E. SNYDER</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="00A06AFF" w14:paraId="5ED5CE3E" w14:textId="77777777" w:rsidTr="00937331">
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2628" w:type="dxa"/>
+                                </w:tcPr>
+                                <w:p w14:paraId="41A12A05" w14:textId="77777777" w:rsidR="00A06AFF" w:rsidRPr="007944E9" w:rsidRDefault="00A06AFF" w:rsidP="00E800D6">
+                                  <w:pPr>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:sz w:val="16"/>
+                                      <w:szCs w:val="16"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="007944E9">
+                                    <w:rPr>
+                                      <w:sz w:val="16"/>
+                                      <w:szCs w:val="16"/>
+                                    </w:rPr>
+                                    <w:t>COMMISSIONER</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                          </w:tbl>
+                          <w:p w14:paraId="4B5604DA" w14:textId="77777777" w:rsidR="00A06AFF" w:rsidRDefault="00A06AFF" w:rsidP="00A06AFF"/>
+                        </w:txbxContent>
+                      </v:textbox>
+                    </v:shape>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidRPr="00A06AFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Monotype Corsiva" w:hAnsi="Monotype Corsiva"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Boston, MA  02</w:t>
+            </w:r>
+            <w:r w:rsidR="00C81277">
+              <w:rPr>
+                <w:rFonts w:ascii="Monotype Corsiva" w:hAnsi="Monotype Corsiva"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>204</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A06AFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Monotype Corsiva" w:hAnsi="Monotype Corsiva"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00C81277">
+              <w:rPr>
+                <w:rFonts w:ascii="Monotype Corsiva" w:hAnsi="Monotype Corsiva"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7091</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="30469451" w14:textId="77777777" w:rsidR="00A06AFF" w:rsidRPr="00A06AFF" w:rsidRDefault="00A06AFF" w:rsidP="00A06AFF">
+      <w:pPr>
+        <w:rPr>
+          <w:vanish/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EB4C2C4" w14:textId="77777777" w:rsidR="00A06AFF" w:rsidRPr="00A06AFF" w:rsidRDefault="00A06AFF" w:rsidP="00A06AFF">
+      <w:pPr>
+        <w:rPr>
+          <w:vanish/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="288" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9810"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A06AFF" w:rsidRPr="00A06AFF" w14:paraId="07ABC515" w14:textId="77777777" w:rsidTr="008F5256">
+        <w:trPr>
+          <w:trHeight w:val="153"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17A09CCB" w14:textId="77777777" w:rsidR="00A06AFF" w:rsidRPr="00A06AFF" w:rsidRDefault="00A06AFF" w:rsidP="00A06AFF">
+            <w:pPr>
+              <w:keepNext/>
+              <w:ind w:left="9594" w:right="-3078" w:hanging="9594"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Monotype Corsiva" w:hAnsi="Monotype Corsiva"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A06AFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Monotype Corsiva" w:hAnsi="Monotype Corsiva"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                    </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="63B465FB" w14:textId="77777777" w:rsidR="00A06AFF" w:rsidRPr="00A06AFF" w:rsidRDefault="00A06AFF" w:rsidP="00A06AFF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="282C5AFC" w14:textId="3718C580" w:rsidR="009D5574" w:rsidRDefault="00CB7793" w:rsidP="00CD214D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72BFD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72BFD">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C5D89FA" w14:textId="77777777" w:rsidR="00CD214D" w:rsidRDefault="00CD214D" w:rsidP="00CD214D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75EA4C23" w14:textId="3D3F4D3F" w:rsidR="004B1CA8" w:rsidRDefault="000136D6" w:rsidP="0012308B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">December </w:t>
+      </w:r>
+      <w:r w:rsidR="00B57011">
+        <w:t>18</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54E45C20" w14:textId="77777777" w:rsidR="00CD214D" w:rsidRDefault="00CD214D" w:rsidP="0012308B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CE59A11" w14:textId="660442DF" w:rsidR="0012308B" w:rsidRPr="00022B55" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>The Honorable Aaron</w:t>
+      </w:r>
+      <w:r w:rsidR="002E0750">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Michlewitz, Chair</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F546101" w14:textId="77777777" w:rsidR="0012308B" w:rsidRPr="00022B55" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>House Committee on Ways and Means</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="131A539C" w14:textId="77777777" w:rsidR="0012308B" w:rsidRPr="00022B55" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>State House</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74063F0B" w14:textId="77777777" w:rsidR="0012308B" w:rsidRPr="00CD214D" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId9" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00CD214D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>Room 243</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00CD214D">
+          <w:rPr>
+            <w:color w:val="000000" w:themeColor="text1"/>
+          </w:rPr>
+          <w:br/>
+        </w:r>
+        <w:r w:rsidRPr="00CD214D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>Boston, MA 02133</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2EAD6BC1" w14:textId="77777777" w:rsidR="0012308B" w:rsidRPr="00022B55" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E0B8E2C" w14:textId="77777777" w:rsidR="0012308B" w:rsidRPr="00022B55" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>The Honorable Todd M. Smola, Ranking Member</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C5A1DA1" w14:textId="77777777" w:rsidR="0012308B" w:rsidRPr="00022B55" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>House Committee on Ways and Means</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="182F75B1" w14:textId="77777777" w:rsidR="0012308B" w:rsidRPr="00022B55" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5392"/>
+        </w:tabs>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">State House </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FC2D6B9" w14:textId="77777777" w:rsidR="0012308B" w:rsidRPr="00022B55" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Room 124</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20B465BA" w14:textId="778B18C9" w:rsidR="0012308B" w:rsidRPr="00022B55" w:rsidRDefault="0012308B" w:rsidP="00502686">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5384"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Boston, MA 02133</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00502686">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43AF676A" w14:textId="77777777" w:rsidR="0012308B" w:rsidRPr="00022B55" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B1F14FD" w14:textId="77777777" w:rsidR="0012308B" w:rsidRPr="00022B55" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>The Honorable Michael J. Rodrigues, Chair</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="327512B1" w14:textId="77777777" w:rsidR="0012308B" w:rsidRPr="00022B55" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Senate Committee on Ways and Means</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="505ACF8A" w14:textId="77777777" w:rsidR="0012308B" w:rsidRPr="00022B55" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">State House </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46D8C6A9" w14:textId="77777777" w:rsidR="0012308B" w:rsidRPr="00022B55" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Room 212</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="054A1FF5" w14:textId="77777777" w:rsidR="0012308B" w:rsidRPr="00022B55" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Boston, MA 02133</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07B8B653" w14:textId="77777777" w:rsidR="0012308B" w:rsidRPr="00ED555F" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54374A18" w14:textId="77777777" w:rsidR="0012308B" w:rsidRPr="00E15FC7" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E15FC7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Honorable </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E15FC7">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Patrick M. O'Connor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E15FC7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Ranking Member </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6822608B" w14:textId="77777777" w:rsidR="0012308B" w:rsidRPr="00E15FC7" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E15FC7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Senate Committee on Ways and Means </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09DEAEEF" w14:textId="77777777" w:rsidR="0012308B" w:rsidRPr="00E15FC7" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7320"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E15FC7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">State House </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EE9B2A8" w14:textId="77777777" w:rsidR="0012308B" w:rsidRPr="00E15FC7" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E15FC7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Room 419 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2677BAD6" w14:textId="77777777" w:rsidR="0012308B" w:rsidRPr="00E15FC7" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E15FC7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Boston, MA 02133</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A477B7B" w14:textId="77777777" w:rsidR="0012308B" w:rsidRPr="00022B55" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0359126D" w14:textId="77777777" w:rsidR="0012308B" w:rsidRPr="00022B55" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Honorable Chairs and Ranking Minority Members of the Committees on Ways and Means:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B2492ED" w14:textId="504EEAE9" w:rsidR="0012308B" w:rsidRDefault="0012308B" w:rsidP="00E735C0">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Pursuant to Section 6 of Chapter 14 of the General Laws</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the Department of Revenue (DOR) hereby submits its mid-month tax revenue report for the month of </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk216770506"/>
+      <w:r w:rsidR="00BB009B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>December</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="0090102F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B30EDE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB009B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>sixth</w:t>
+      </w:r>
+      <w:r w:rsidR="000144F3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>month of fiscal year 202</w:t>
+      </w:r>
+      <w:r w:rsidR="0006169F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  The attached table shows </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB009B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="00961EE1" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B30EDE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> month-to-date tax revenue collections through </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB009B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="001661E6" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB009B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B30EDE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, along with </w:t>
+      </w:r>
+      <w:r w:rsidR="00431966">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>a comparison to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the equivalent period in </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB009B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="001635C5" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B30EDE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E735C0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CBEE9F8" w14:textId="632299DF" w:rsidR="00FA049B" w:rsidRPr="00022B55" w:rsidRDefault="00FA049B" w:rsidP="00E735C0">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Revenue collections are uneven and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> usually</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> weighted toward the month-end</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he brief period covered in the mid-month </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">report </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">does not provide sufficient data </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> comparison to prior years</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Therefore, mid-month figures </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">should not be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>used to assess trends or project future revenues.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53C13A02" w14:textId="1FD91BF5" w:rsidR="0012308B" w:rsidRPr="00022B55" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:after="120" w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Context </w:t>
+      </w:r>
+      <w:r w:rsidR="009E37C6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5DCC">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD164C" w:rsidRPr="00275660">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>evenues</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D183023" w14:textId="15E3822F" w:rsidR="00D416F6" w:rsidRPr="003508EC" w:rsidRDefault="00FB5DCC" w:rsidP="008A6E2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014320F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>December is a significant month for revenues because many corporate and business taxpayers are required to make quarterly estimated payments. In addition, some quarterly personal income tax estimated payments due by January 15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009128AF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014320F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are received in December.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014320F" w:rsidDel="00DD0059">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014320F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Historically, roughly 9.5% of annual revenue, on average, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0014320F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>has been</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0014320F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> received during December.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ED74563" w14:textId="411880D7" w:rsidR="00B71B37" w:rsidRPr="00022B55" w:rsidRDefault="00B71B37" w:rsidP="00B71B37">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:after="120" w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Highlights</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65249EDE" w14:textId="0D94E42F" w:rsidR="00942C8D" w:rsidRPr="00B57011" w:rsidRDefault="0012308B" w:rsidP="00B57011">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk195709164"/>
+      <w:r w:rsidRPr="0007177E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Total </w:t>
+      </w:r>
+      <w:r w:rsidR="000336A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007177E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ax </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B17C1">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>collections for the month-to-date period were $</w:t>
+      </w:r>
+      <w:r w:rsidR="001B3315">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00942C8D">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>569</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7721">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> billion</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF33EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0007177E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00405198" w:rsidRPr="00405198">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="00942C8D">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>288</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF0A34">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00774C7B">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00405198" w:rsidRPr="00405198">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>illion</w:t>
+      </w:r>
+      <w:r w:rsidR="00405198">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidR="00D416F6">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00942C8D">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>5.5</w:t>
+      </w:r>
+      <w:r w:rsidR="00405198">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% </w:t>
+      </w:r>
+      <w:r w:rsidR="00942C8D">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>less</w:t>
+      </w:r>
+      <w:r w:rsidR="00171FB3">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00405198">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">than </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3BE3" w:rsidRPr="00FF33EB">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>the collections during</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF33EB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the same period in </w:t>
+      </w:r>
+      <w:r w:rsidR="00942C8D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="00F51479" w:rsidRPr="00FF33EB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF33EB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D608B5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF33EB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00431966">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mid-month </w:t>
+      </w:r>
+      <w:r w:rsidR="00942C8D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="00F97873" w:rsidRPr="0006214C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005661C0" w:rsidRPr="0006214C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>results show</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4DDD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00942C8D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4DDD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>crease</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF0A34">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4DDD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:r w:rsidR="00942C8D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">non-withholding income tax, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D416F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>corporate and business tax</w:t>
+      </w:r>
+      <w:r w:rsidR="00D03CFA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00942C8D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">sales &amp; use tax, and “all other” tax, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D03CFA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>partially offset by a</w:t>
+      </w:r>
+      <w:r w:rsidR="00942C8D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">n increase in </w:t>
+      </w:r>
+      <w:r w:rsidR="001B3315">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>withholding income tax</w:t>
+      </w:r>
+      <w:r w:rsidR="00942C8D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000136D6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000136D6" w:rsidRPr="000136D6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Some of the month-to-date decline may be due, in part, to deposit day differences between this December and last December</w:t>
+      </w:r>
+      <w:r w:rsidR="004903B3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="000136D6" w:rsidRPr="000136D6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> such as corporate estimated and return payments</w:t>
+      </w:r>
+      <w:r w:rsidR="004903B3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="000136D6" w:rsidRPr="000136D6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as well as one </w:t>
+      </w:r>
+      <w:r w:rsidR="004903B3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>significant</w:t>
+      </w:r>
+      <w:r w:rsidR="004903B3" w:rsidRPr="000136D6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000136D6" w:rsidRPr="000136D6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">estate tax payment </w:t>
+      </w:r>
+      <w:r w:rsidR="004903B3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that was received </w:t>
+      </w:r>
+      <w:r w:rsidR="000136D6" w:rsidRPr="000136D6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>last December.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="714F95FE" w14:textId="714F0E21" w:rsidR="0019583E" w:rsidRPr="003B122E" w:rsidRDefault="0012308B" w:rsidP="003B122E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="252" w:lineRule="auto"/>
+        <w:ind w:right="634"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B122E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Income </w:t>
+      </w:r>
+      <w:r w:rsidR="000336A0">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000336A0">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ax</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B122E">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> totaled $</w:t>
+      </w:r>
+      <w:r w:rsidR="00942C8D">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>981</w:t>
+      </w:r>
+      <w:r w:rsidR="00171FB3" w:rsidRPr="003B122E">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B3315">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00916AFB">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>illion</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B122E">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>down</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B122E">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>40</w:t>
+      </w:r>
+      <w:r w:rsidR="00774C7B">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> million</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B122E">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>3.9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B122E">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% versus the same period in </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk61949077"/>
+      <w:r w:rsidR="00BB009B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="00F274E4" w:rsidRPr="003B122E">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B122E">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidR="00B30EDE">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B122E">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24F82B77" w14:textId="318A27D4" w:rsidR="0012308B" w:rsidRPr="003B122E" w:rsidRDefault="0012308B" w:rsidP="00BA32F0">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120" w:line="252" w:lineRule="auto"/>
+        <w:ind w:right="634"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B122E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sales &amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="000336A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B122E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">se </w:t>
+      </w:r>
+      <w:r w:rsidR="000336A0">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000336A0">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ax</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B122E">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> totaled $</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7721">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>62</w:t>
+      </w:r>
+      <w:r w:rsidR="00171FB3" w:rsidRPr="003B122E">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B122E">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">million, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D03CFA">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>down</w:t>
+      </w:r>
+      <w:r w:rsidR="00266699">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidR="00266699">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> million</w:t>
+      </w:r>
+      <w:r w:rsidR="00A715D2">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>9.5</w:t>
+      </w:r>
+      <w:r w:rsidR="00A715D2">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>%</w:t>
+      </w:r>
+      <w:r w:rsidR="00266699">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> versus </w:t>
+      </w:r>
+      <w:r w:rsidR="00774C7B">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00774C7B" w:rsidRPr="003B122E">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>same</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B122E">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> period in </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB009B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="00F274E4" w:rsidRPr="003B122E">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B122E">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B30EDE">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00B71F8F" w:rsidRPr="003B122E">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C72AA7C" w14:textId="19CF7CCD" w:rsidR="00345905" w:rsidRPr="00345905" w:rsidRDefault="0012308B" w:rsidP="00BA32F0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA32F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Corporate &amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="000336A0" w:rsidRPr="00BA32F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA32F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>usiness</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345905">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000336A0" w:rsidRPr="00BA32F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA32F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ax totaled $</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>375</w:t>
+      </w:r>
+      <w:r w:rsidR="00171FB3" w:rsidRPr="00BA32F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008F449A" w:rsidRPr="00BA32F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA32F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">illion, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>down</w:t>
+      </w:r>
+      <w:r w:rsidR="00171FB3" w:rsidRPr="00BA32F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA32F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="00D03CFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>06</w:t>
+      </w:r>
+      <w:r w:rsidR="00774C7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002122C4" w:rsidRPr="00BA32F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>million</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or 22.0%</w:t>
+      </w:r>
+      <w:r w:rsidR="002122C4" w:rsidRPr="00BA32F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA32F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">versus the same period in </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB009B" w:rsidRPr="000136D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="00C92923" w:rsidRPr="00C92923" w:rsidDel="00B3424B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA32F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B30EDE" w:rsidRPr="00BA32F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA32F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52F0C671" w14:textId="49964DD8" w:rsidR="0012308B" w:rsidRPr="0007177E" w:rsidRDefault="00E64E0D" w:rsidP="0012308B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="252" w:lineRule="auto"/>
+        <w:ind w:right="634"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All </w:t>
+      </w:r>
+      <w:r w:rsidR="000336A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ther </w:t>
+      </w:r>
+      <w:r w:rsidR="000336A0">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="000336A0">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ax</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7C40">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> totaled $</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidR="00171FB3" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">million, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D03CFA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>down</w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>125</w:t>
+      </w:r>
+      <w:r w:rsidR="00171FB3" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">million or </w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>71.4</w:t>
+      </w:r>
+      <w:r w:rsidR="00C974C5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>%</w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> versus the same period in </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB009B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="00252B87" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B30EDE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79F9AC66" w14:textId="77777777" w:rsidR="0012308B" w:rsidRPr="00022B55" w:rsidRDefault="0012308B" w:rsidP="00652E11">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:after="120" w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Detail</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A57AC9A" w14:textId="772773DE" w:rsidR="0012308B" w:rsidRPr="00022B55" w:rsidRDefault="0012308B" w:rsidP="00652E11">
+      <w:pPr>
+        <w:spacing w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Total </w:t>
+      </w:r>
+      <w:r w:rsidR="000336A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ncome </w:t>
+      </w:r>
+      <w:r w:rsidR="000336A0" w:rsidRPr="000336A0">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000336A0">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ax</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>of $</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>981</w:t>
+      </w:r>
+      <w:r w:rsidR="00171FB3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B3315">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="0044034D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>illion</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for mid-month </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB009B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="0090102F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is comprised of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1085915A" w14:textId="76507DF5" w:rsidR="0012308B" w:rsidRPr="00C93DA4" w:rsidRDefault="00F90BA8" w:rsidP="0012308B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="252" w:lineRule="auto"/>
+        <w:ind w:right="634"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Withholding</w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009F6AE8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="00F93338">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="00D03CFA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>85</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00171FB3" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">million, </w:t>
+      </w:r>
+      <w:r w:rsidR="001B3315">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>up</w:t>
+      </w:r>
+      <w:r w:rsidR="00C354FE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="00D03CFA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00B86159">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>million</w:t>
+      </w:r>
+      <w:r w:rsidR="00B86159">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">versus </w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00D302AD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the same period in </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB009B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75DF9" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B30EDE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD164C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="6F25D17B" w14:textId="6E6AA306" w:rsidR="0012308B" w:rsidRPr="00022B55" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Estimated </w:t>
+      </w:r>
+      <w:r w:rsidR="000336A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ayments </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>of $</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>149</w:t>
+      </w:r>
+      <w:r w:rsidR="00171FB3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>million,</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7721">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D03CFA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>down</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0674">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0674">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> million versus </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7721">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D302AD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> same period in</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34007">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB009B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75DF9" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B30EDE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34007">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18E246D5" w14:textId="7603872D" w:rsidR="0012308B" w:rsidRPr="00022B55" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Returns/</w:t>
+      </w:r>
+      <w:r w:rsidR="000336A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ills</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of $</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>55</w:t>
+      </w:r>
+      <w:r w:rsidR="00171FB3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6EB6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">illion, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">virtually equal to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D302AD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the same period in </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB009B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="0090102F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004903B5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B30EDE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34007">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_Hlk43212387"/>
+      <w:r w:rsidR="00E34007">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="3BC429A1" w14:textId="72B77F1D" w:rsidR="0012308B" w:rsidRPr="000F11C3" w:rsidRDefault="0012308B" w:rsidP="000F11C3">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F11C3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Refunds </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F11C3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>of $</w:t>
+      </w:r>
+      <w:r w:rsidR="00D03CFA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00171FB3" w:rsidRPr="000F11C3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F11C3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">million, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>up</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4FB5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>51</w:t>
+      </w:r>
+      <w:r w:rsidR="00171FB3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4FB5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>million (</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>un</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4FB5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>favorable) versus</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4FB5" w:rsidRPr="000F11C3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the same period in</w:t>
+      </w:r>
+      <w:r w:rsidR="00C92923" w:rsidRPr="00C92923">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB009B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75DF9" w:rsidRPr="000F11C3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F11C3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B30EDE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F11C3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F11C3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F7DCD91" w14:textId="038CA5BC" w:rsidR="0012308B" w:rsidRPr="00D907F4" w:rsidRDefault="0012308B" w:rsidP="00464BD8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
+        <w:ind w:right="634"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D907F4">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sales &amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="000336A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D907F4">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">se </w:t>
+      </w:r>
+      <w:r w:rsidR="000336A0" w:rsidRPr="000336A0">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000336A0">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ax</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D907F4">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D907F4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>of $</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7721">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>62</w:t>
+      </w:r>
+      <w:r w:rsidR="00171FB3" w:rsidRPr="00D907F4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D907F4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">million </w:t>
+      </w:r>
+      <w:r w:rsidR="00C22855">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4CF4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>down</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC108C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC108C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> million versus </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D302AD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the same period in </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB009B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="00230E08" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B30EDE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D302AD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00464BD8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D907F4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Typically, only a small proportion of expected regular sales and meals tax remittance</w:t>
+      </w:r>
+      <w:r w:rsidR="002E0750">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D907F4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D81FAC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00464BD8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D907F4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>received by the mid-month</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED3515">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D907F4">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">date. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D907F4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">month-to-date sales and use tax </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>of $</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4CF4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>62</w:t>
+      </w:r>
+      <w:r w:rsidR="00171FB3">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>million</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D907F4">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is comprised of the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C2C56F0" w14:textId="12126754" w:rsidR="004C4DA3" w:rsidRPr="00AD164C" w:rsidRDefault="00AD15DD" w:rsidP="004C4DA3">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD164C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Regular sales</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD164C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tax of </w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00AD164C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>80</w:t>
+      </w:r>
+      <w:r w:rsidR="00171FB3" w:rsidRPr="00AD164C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00172B22" w:rsidRPr="00AD164C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>million</w:t>
+      </w:r>
+      <w:r w:rsidR="006F1E92">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6EB6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>down</w:t>
+      </w:r>
+      <w:r w:rsidR="006F1E92">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="006F1E92">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> million versus </w:t>
+      </w:r>
+      <w:r w:rsidR="004C4DA3" w:rsidRPr="00AD164C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the same period in </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB009B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="00230E08" w:rsidRPr="00AD164C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004C4DA3" w:rsidRPr="00AD164C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B30EDE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="004C4DA3" w:rsidRPr="00AD164C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004C4DA3" w:rsidRPr="00AD164C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A05E1D0" w14:textId="31AD668C" w:rsidR="0012308B" w:rsidRPr="00AD164C" w:rsidRDefault="00AD15DD" w:rsidP="00DE019E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AD164C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Meals</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AD164C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tax of </w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00AD164C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>39</w:t>
+      </w:r>
+      <w:r w:rsidR="00171FB3" w:rsidRPr="00AD164C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00AD164C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">million, </w:t>
+      </w:r>
+      <w:r w:rsidR="004F0EA4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">down </w:t>
+      </w:r>
+      <w:r w:rsidR="002D0674">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0674">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> million</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB237C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> versus</w:t>
+      </w:r>
+      <w:r w:rsidR="00B355F6" w:rsidRPr="00AD164C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the same period in </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB009B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB009B" w:rsidRPr="00AD164C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B355F6" w:rsidRPr="00AD164C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B30EDE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34007" w:rsidRPr="00AD164C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AE9BF03" w14:textId="018A1E00" w:rsidR="00C97A02" w:rsidRPr="00C97A02" w:rsidRDefault="00AD15DD" w:rsidP="00C97A02">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C97A02">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Motor vehicle</w:t>
+      </w:r>
+      <w:r w:rsidR="000336A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C97A02">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB2AFD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>sales</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C97A02">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tax of </w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00C97A02">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>43</w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00C97A02">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> million</w:t>
+      </w:r>
+      <w:r w:rsidR="006F1E92">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="004F0EA4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>down</w:t>
+      </w:r>
+      <w:r w:rsidR="006F1E92">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $</w:t>
+      </w:r>
+      <w:r w:rsidR="00B03BC0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="006F1E92">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> million versus the same </w:t>
+      </w:r>
+      <w:r w:rsidR="004C4DA3" w:rsidRPr="00AD164C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">period in </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB009B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="004C4DA3" w:rsidRPr="00AD164C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B30EDE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00B66F3D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C97A02" w:rsidRPr="00C97A02">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AD175B8" w14:textId="36F6970C" w:rsidR="0012308B" w:rsidRPr="00C97A02" w:rsidRDefault="0012308B" w:rsidP="00B06E7E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="120" w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C97A02">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Corporate &amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="000336A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C97A02">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>usiness</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C97A02">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000336A0" w:rsidRPr="000336A0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000336A0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ax</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C97A02">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of $</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>375</w:t>
+      </w:r>
+      <w:r w:rsidR="00171FB3" w:rsidRPr="00C97A02">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008F449A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C97A02">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">illion </w:t>
+      </w:r>
+      <w:r w:rsidR="00C22855" w:rsidRPr="00C97A02">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>down</w:t>
+      </w:r>
+      <w:r w:rsidR="00171FB3" w:rsidRPr="000746CB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000746CB">
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="00B03BC0">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:t>06</w:t>
+      </w:r>
+      <w:r w:rsidR="00171FB3" w:rsidRPr="000746CB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000746CB">
+        <w:t xml:space="preserve">million </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C97A02">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">versus the same period in </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB009B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB009B" w:rsidRPr="00C97A02">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C97A02">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B30EDE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C97A02">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00356B17" w:rsidRPr="00C97A02">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B43D49" w:rsidRPr="00B43D49">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The month-to-date </w:t>
+      </w:r>
+      <w:r w:rsidR="00D713A1">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidR="00B43D49" w:rsidRPr="00B43D49">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">crease is </w:t>
+      </w:r>
+      <w:r w:rsidR="00D713A1">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">primarily </w:t>
+      </w:r>
+      <w:r w:rsidR="00B43D49" w:rsidRPr="00B43D49">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>due to</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE399A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D713A1">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>a de</w:t>
+      </w:r>
+      <w:r w:rsidR="00B03BC0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>crease in estimated and return payments, and</w:t>
+      </w:r>
+      <w:r w:rsidR="00D21BA5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidR="00D713A1">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00D9480C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D713A1">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="00D9480C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>crease</w:t>
+      </w:r>
+      <w:r w:rsidR="00D713A1">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (unfavorable) </w:t>
+      </w:r>
+      <w:r w:rsidR="00D9480C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>in refunds.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="209DC526" w14:textId="47862214" w:rsidR="0012308B" w:rsidRPr="00022B55" w:rsidRDefault="006D6AEC" w:rsidP="0012308B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:line="252" w:lineRule="auto"/>
+        <w:ind w:right="634"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All </w:t>
+      </w:r>
+      <w:r w:rsidR="000336A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ther</w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000336A0" w:rsidRPr="000336A0">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="000336A0">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ax</w:t>
+      </w:r>
+      <w:r w:rsidR="002D6DDC">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidR="00171FB3" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">million, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B03BC0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>down</w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB237C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62F93">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="00171FB3" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">million </w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">versus </w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00D302AD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the same period in </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB009B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB009B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B30EDE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00172B22" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>include</w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>number of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tax categories</w:t>
+      </w:r>
+      <w:r w:rsidR="00B66F3D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">such as </w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">motor fuels, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>cigarette</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, estate tax, </w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">room occupancy, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A2314A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>deeds.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E0187E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FA10A36" w14:textId="77777777" w:rsidR="0012308B" w:rsidRPr="00022B55" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4011976D" w14:textId="77777777" w:rsidR="0012308B" w:rsidRPr="00022B55" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you have any questions concerning this report, please contact either me </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7117E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>snyderge@dor.state.ma.us</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>or Kazim P. Ozyurt, Director of the Office of Tax Analysis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ozyurtk@dor.state.ma.us).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DEB1A51" w14:textId="77777777" w:rsidR="0012308B" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F5DA0F1" w14:textId="77777777" w:rsidR="0012308B" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="5040"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05F41FC9" w14:textId="77777777" w:rsidR="0012308B" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="5040"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01741A85" w14:textId="77777777" w:rsidR="0012308B" w:rsidRPr="007604D0" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="5040"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sincerely, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79DAD932" w14:textId="02D52091" w:rsidR="00567468" w:rsidRDefault="00CF3264" w:rsidP="0012308B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="4320"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="454F08AF" wp14:editId="3867781E">
+            <wp:extent cx="1840759" cy="771525"/>
+            <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+            <wp:docPr id="2" name="Picture 2" descr="Picture of Signature"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="2" name="Picture 2" descr="Picture of Signature"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1889757" cy="792062"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="777D433C" w14:textId="77777777" w:rsidR="00786761" w:rsidRDefault="00786761" w:rsidP="0012308B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="4320"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19F01E52" w14:textId="77777777" w:rsidR="0012308B" w:rsidRPr="00022B55" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">                                        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Geoffrey E. Snyder</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC7EB95" w14:textId="77777777" w:rsidR="0012308B" w:rsidRPr="00022B55" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="5040"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Commissioner</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FA58B05" w14:textId="77777777" w:rsidR="0012308B" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D48988E" w14:textId="77777777" w:rsidR="0012308B" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="151165B7" w14:textId="77777777" w:rsidR="0012308B" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5777E722" w14:textId="77777777" w:rsidR="0012308B" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Attachment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>: 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DEAF266" w14:textId="77777777" w:rsidR="0012308B" w:rsidRPr="00022B55" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E9597AB" w14:textId="77777777" w:rsidR="005956BB" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>cc:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005956BB" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Deborah B. Goldberg, Treasurer and Receiver General</w:t>
+      </w:r>
+      <w:r w:rsidR="005956BB">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DCFF842" w14:textId="77777777" w:rsidR="005956BB" w:rsidRDefault="005956BB" w:rsidP="0012308B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00277169">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Matthew Gorzkowicz</w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Secretary of Administration and Finance</w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Senator Karen E. Spilka, Senate President </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43CC81F2" w14:textId="15A2028A" w:rsidR="005956BB" w:rsidRDefault="005956BB" w:rsidP="005956BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Representative </w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ronald Mariano, </w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>House Speaker</w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Senator Bruce </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tarr, Senate Minority Leader </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A345503" w14:textId="77777777" w:rsidR="005956BB" w:rsidRDefault="005956BB" w:rsidP="005956BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Representative Bradley H. Jones, Jr., House Minority Leader </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74A551ED" w14:textId="4C931585" w:rsidR="005956BB" w:rsidRDefault="005956BB" w:rsidP="005956BB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009C00DF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Senator </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC568D" w:rsidRPr="00FC568D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>James B. Eldridge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C00DF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Senate Chair, Joint Committee on Revenue</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74B8C2DD" w14:textId="60A5FA40" w:rsidR="006E3D7F" w:rsidRDefault="005956BB" w:rsidP="004C29C1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Representative </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC568D" w:rsidRPr="00FC568D">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Adrian C. Madaro</w:t>
+      </w:r>
+      <w:r w:rsidR="0012308B" w:rsidRPr="00022B55">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, House Chair, Joint Committee on Revenue</w:t>
+      </w:r>
+      <w:r w:rsidR="009C00DF" w:rsidRPr="00022B55" w:rsidDel="009C00DF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52FFFB0E" w14:textId="77777777" w:rsidR="00C12A92" w:rsidRDefault="00C12A92" w:rsidP="004C29C1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15FA5A12" w14:textId="77777777" w:rsidR="00C12A92" w:rsidRDefault="00C12A92" w:rsidP="004C29C1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F055DFB" w14:textId="77777777" w:rsidR="00445455" w:rsidRDefault="00445455" w:rsidP="004C29C1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D6530C4" w14:textId="77777777" w:rsidR="00E11DDF" w:rsidRDefault="00E11DDF" w:rsidP="004C29C1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CF0955B" w14:textId="174FB546" w:rsidR="00E11DDF" w:rsidRDefault="00E11DDF" w:rsidP="004C29C1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F0726BE" w14:textId="0067313A" w:rsidR="002F47D3" w:rsidRDefault="005015C8" w:rsidP="004C29C1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005015C8">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="52636575" wp14:editId="7D183159">
+            <wp:extent cx="5943600" cy="4037965"/>
+            <wp:effectExtent l="0" t="0" r="0" b="635"/>
+            <wp:docPr id="1890743295" name="Picture 3" descr="December mid-month revenues"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1890743295" name="Picture 3" descr="December mid-month revenues"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5943600" cy="4037965"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AA885A3" w14:textId="24DD55A4" w:rsidR="00AF031C" w:rsidRDefault="00AF031C" w:rsidP="004C29C1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00AF031C" w:rsidSect="00CF2465">
+      <w:headerReference w:type="even" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="even" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
+      <w:noEndnote/>
+      <w:docGrid w:linePitch="326"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...122 lines deleted...]
-</sst>
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="0360B352" w14:textId="77777777" w:rsidR="00971A51" w:rsidRDefault="00971A51" w:rsidP="00D548EB">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="3E2EB482" w14:textId="77777777" w:rsidR="00971A51" w:rsidRDefault="00971A51" w:rsidP="00D548EB">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
-<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-[...382 lines deleted...]
-</styleSheet>
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cordia New">
+    <w:panose1 w:val="020B0304020202020204"/>
+    <w:charset w:val="DE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Monotype Corsiva">
+    <w:panose1 w:val="03010101010201010101"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="script"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Angsana New">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="DE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5D5CF33B" w14:textId="77777777" w:rsidR="008D18AC" w:rsidRDefault="008D18AC">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
 </file>
 
-<file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///S:\stpl\baer\TAXUNIT\RV\Annest\FY2025\FLASH-REPORT-MASTER-FY25-August%202024-Excl.%201timers.xlsm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/stpl/baer/TAXUNIT/RV/Annest/FY2025/FLASH-REPORT-MASTER-FY25-August%202024-Excl.%201timers.xlsm" TargetMode="External"/></Relationships>
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="63EB4F3F" w14:textId="77777777" w:rsidR="008D18AC" w:rsidRDefault="008D18AC">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
 </file>
 
-<file path=xl/externalLinks/_rels/externalLink2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\dor-bos3\GROUPS\STPL\BAER\TAXUNIT\RV\Annest\FY2006\FY06%20Benchmarks\10-26-05%20Revision\STPL\BAER\TAXUNIT\DB\TAX\TAX-2-10-04.XLS" TargetMode="External"/></Relationships>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="338DBEB4" w14:textId="77777777" w:rsidR="008D18AC" w:rsidRDefault="008D18AC">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
 </file>
 
-<file path=xl/externalLinks/_rels/externalLink3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/stpl/baer/TAXUNIT/RV/Annest/FY2024/FLASH-REPORT-MASTER-FY24-February%202024-Excl.%201timers.xlsm" TargetMode="External"/></Relationships>
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="54F6F0A1" w14:textId="77777777" w:rsidR="00971A51" w:rsidRDefault="00971A51" w:rsidP="00D548EB">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="0AD33D63" w14:textId="77777777" w:rsidR="00971A51" w:rsidRDefault="00971A51" w:rsidP="00D548EB">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="1">
+    <w:p w14:paraId="79517EF0" w14:textId="77777777" w:rsidR="0012308B" w:rsidRDefault="0012308B" w:rsidP="0012308B">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId1" w:history="1">
+        <w:r w:rsidRPr="00E15FC7">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>http://www.malegislature.gov/Laws/GeneralLaws/PartI/TitleII/Chapter14/Section6</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
 </file>
 
-<file path=xl/externalLinks/_rels/externalLink4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///S:\stpl\baer\TAXUNIT\DB\TAX\TAX.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/stpl/baer/TAXUNIT/DB/TAX/TAX.xlsx" TargetMode="External"/></Relationships>
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="33D91B81" w14:textId="77777777" w:rsidR="008D18AC" w:rsidRDefault="008D18AC">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
-<file path=xl/externalLinks/_rels/externalLink5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/stpl/baer/TAXUNIT/RV/Annest/FY2012/FY05%20Benchmarks/4-15-05%20Benchmarks/FY05%20Benchmarks-4-15-05.xls" TargetMode="External"/></Relationships>
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3871B724" w14:textId="3DE47400" w:rsidR="008C5078" w:rsidRDefault="008C5078">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
-<file path=xl/externalLinks/_rels/externalLink6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/leap/2016.12%20Consensus%20Revenue/Misc%20for%20CR/implied%20growth%20rates%202016.12.06b.xlsx" TargetMode="External"/></Relationships>
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="63AA0831" w14:textId="77777777" w:rsidR="008D18AC" w:rsidRDefault="008D18AC">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
-<file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
-[...240 lines deleted...]
-</externalLink>
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="024C4F6A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B02C0D9E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="134F78BF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="19B200D6"/>
+    <w:lvl w:ilvl="0" w:tplc="55CCEFA8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="75BE4057"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FBDCB18E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7C7267A5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="ED7C43DC"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7F512C69"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E424DEDC"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1932350478">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1830827841">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="527182226">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1163013530">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="2056076031">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+</w:numbering>
 </file>
 
-<file path=xl/externalLinks/externalLink2.xml><?xml version="1.0" encoding="utf-8"?>
-[...59 lines deleted...]
-</externalLink>
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:trackRevisions/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00EE7360"/>
+    <w:rsid w:val="0000199C"/>
+    <w:rsid w:val="0000463B"/>
+    <w:rsid w:val="00004FEF"/>
+    <w:rsid w:val="000058BF"/>
+    <w:rsid w:val="000066C6"/>
+    <w:rsid w:val="00010BAF"/>
+    <w:rsid w:val="000119DC"/>
+    <w:rsid w:val="00012228"/>
+    <w:rsid w:val="00012263"/>
+    <w:rsid w:val="00012C6F"/>
+    <w:rsid w:val="000136D6"/>
+    <w:rsid w:val="000144F3"/>
+    <w:rsid w:val="000158E1"/>
+    <w:rsid w:val="00015D07"/>
+    <w:rsid w:val="00017BA3"/>
+    <w:rsid w:val="00020336"/>
+    <w:rsid w:val="000255F3"/>
+    <w:rsid w:val="00026806"/>
+    <w:rsid w:val="0003136E"/>
+    <w:rsid w:val="00031B3A"/>
+    <w:rsid w:val="0003223C"/>
+    <w:rsid w:val="0003326E"/>
+    <w:rsid w:val="000336A0"/>
+    <w:rsid w:val="000344EE"/>
+    <w:rsid w:val="00034A84"/>
+    <w:rsid w:val="00036F2C"/>
+    <w:rsid w:val="000379CE"/>
+    <w:rsid w:val="000459EB"/>
+    <w:rsid w:val="00046704"/>
+    <w:rsid w:val="00047666"/>
+    <w:rsid w:val="000511A2"/>
+    <w:rsid w:val="00052744"/>
+    <w:rsid w:val="0005448A"/>
+    <w:rsid w:val="0005732B"/>
+    <w:rsid w:val="00057588"/>
+    <w:rsid w:val="000575B3"/>
+    <w:rsid w:val="00057BD0"/>
+    <w:rsid w:val="0006169F"/>
+    <w:rsid w:val="0006214C"/>
+    <w:rsid w:val="00062FB2"/>
+    <w:rsid w:val="000667DB"/>
+    <w:rsid w:val="000672A9"/>
+    <w:rsid w:val="00070868"/>
+    <w:rsid w:val="00075F20"/>
+    <w:rsid w:val="0008043F"/>
+    <w:rsid w:val="0008125D"/>
+    <w:rsid w:val="000825E3"/>
+    <w:rsid w:val="00083BCF"/>
+    <w:rsid w:val="00087215"/>
+    <w:rsid w:val="00091214"/>
+    <w:rsid w:val="0009244F"/>
+    <w:rsid w:val="00094204"/>
+    <w:rsid w:val="000951DF"/>
+    <w:rsid w:val="00095979"/>
+    <w:rsid w:val="0009780B"/>
+    <w:rsid w:val="00097EB3"/>
+    <w:rsid w:val="000A43CF"/>
+    <w:rsid w:val="000A6CAC"/>
+    <w:rsid w:val="000A7C03"/>
+    <w:rsid w:val="000B00AD"/>
+    <w:rsid w:val="000B0A60"/>
+    <w:rsid w:val="000B37B2"/>
+    <w:rsid w:val="000B46D9"/>
+    <w:rsid w:val="000C07BE"/>
+    <w:rsid w:val="000C1A98"/>
+    <w:rsid w:val="000C1D8E"/>
+    <w:rsid w:val="000C3E42"/>
+    <w:rsid w:val="000C5AA3"/>
+    <w:rsid w:val="000D1AC9"/>
+    <w:rsid w:val="000D30CE"/>
+    <w:rsid w:val="000D426D"/>
+    <w:rsid w:val="000D537F"/>
+    <w:rsid w:val="000D54EA"/>
+    <w:rsid w:val="000D55D8"/>
+    <w:rsid w:val="000D69ED"/>
+    <w:rsid w:val="000E0B5B"/>
+    <w:rsid w:val="000E0B82"/>
+    <w:rsid w:val="000E3882"/>
+    <w:rsid w:val="000F11C3"/>
+    <w:rsid w:val="000F20C5"/>
+    <w:rsid w:val="000F24C8"/>
+    <w:rsid w:val="000F5924"/>
+    <w:rsid w:val="000F59F9"/>
+    <w:rsid w:val="000F64A6"/>
+    <w:rsid w:val="000F745B"/>
+    <w:rsid w:val="001009E3"/>
+    <w:rsid w:val="00103F53"/>
+    <w:rsid w:val="00105BC8"/>
+    <w:rsid w:val="00105EF2"/>
+    <w:rsid w:val="00110DBE"/>
+    <w:rsid w:val="001110FB"/>
+    <w:rsid w:val="00111FAE"/>
+    <w:rsid w:val="0011530A"/>
+    <w:rsid w:val="00116381"/>
+    <w:rsid w:val="00116B01"/>
+    <w:rsid w:val="00116EB5"/>
+    <w:rsid w:val="00117C98"/>
+    <w:rsid w:val="00120543"/>
+    <w:rsid w:val="001208DF"/>
+    <w:rsid w:val="0012308B"/>
+    <w:rsid w:val="0012532D"/>
+    <w:rsid w:val="001260AA"/>
+    <w:rsid w:val="00133752"/>
+    <w:rsid w:val="00134323"/>
+    <w:rsid w:val="00136156"/>
+    <w:rsid w:val="00136416"/>
+    <w:rsid w:val="0013679F"/>
+    <w:rsid w:val="00137A77"/>
+    <w:rsid w:val="00142531"/>
+    <w:rsid w:val="001431B0"/>
+    <w:rsid w:val="0014320F"/>
+    <w:rsid w:val="00147304"/>
+    <w:rsid w:val="00151057"/>
+    <w:rsid w:val="001532E9"/>
+    <w:rsid w:val="00153448"/>
+    <w:rsid w:val="00153EA5"/>
+    <w:rsid w:val="0015449F"/>
+    <w:rsid w:val="00155CB6"/>
+    <w:rsid w:val="00161DA3"/>
+    <w:rsid w:val="001635C5"/>
+    <w:rsid w:val="00163892"/>
+    <w:rsid w:val="00164FE0"/>
+    <w:rsid w:val="001661E6"/>
+    <w:rsid w:val="0016665E"/>
+    <w:rsid w:val="0016723E"/>
+    <w:rsid w:val="001675BA"/>
+    <w:rsid w:val="00167929"/>
+    <w:rsid w:val="001711F6"/>
+    <w:rsid w:val="00171FB3"/>
+    <w:rsid w:val="00172B22"/>
+    <w:rsid w:val="001732D9"/>
+    <w:rsid w:val="001760AA"/>
+    <w:rsid w:val="00176884"/>
+    <w:rsid w:val="0017773E"/>
+    <w:rsid w:val="00180E5D"/>
+    <w:rsid w:val="0018121F"/>
+    <w:rsid w:val="001817FB"/>
+    <w:rsid w:val="001825A5"/>
+    <w:rsid w:val="001835F6"/>
+    <w:rsid w:val="0018467E"/>
+    <w:rsid w:val="001846AB"/>
+    <w:rsid w:val="00186123"/>
+    <w:rsid w:val="00186C88"/>
+    <w:rsid w:val="00186CE5"/>
+    <w:rsid w:val="00190259"/>
+    <w:rsid w:val="00191138"/>
+    <w:rsid w:val="00191BA3"/>
+    <w:rsid w:val="0019209A"/>
+    <w:rsid w:val="001932E8"/>
+    <w:rsid w:val="001936FE"/>
+    <w:rsid w:val="001947E0"/>
+    <w:rsid w:val="0019583E"/>
+    <w:rsid w:val="001A07F6"/>
+    <w:rsid w:val="001A35F4"/>
+    <w:rsid w:val="001B152A"/>
+    <w:rsid w:val="001B2266"/>
+    <w:rsid w:val="001B3208"/>
+    <w:rsid w:val="001B3315"/>
+    <w:rsid w:val="001B7B60"/>
+    <w:rsid w:val="001C2AAB"/>
+    <w:rsid w:val="001C4889"/>
+    <w:rsid w:val="001C5D23"/>
+    <w:rsid w:val="001C6894"/>
+    <w:rsid w:val="001D03C2"/>
+    <w:rsid w:val="001D2494"/>
+    <w:rsid w:val="001D2775"/>
+    <w:rsid w:val="001D5A2D"/>
+    <w:rsid w:val="001D6C0C"/>
+    <w:rsid w:val="001E1FB7"/>
+    <w:rsid w:val="001E5D70"/>
+    <w:rsid w:val="001E6A8A"/>
+    <w:rsid w:val="001E6DB3"/>
+    <w:rsid w:val="001E7452"/>
+    <w:rsid w:val="001F4EE0"/>
+    <w:rsid w:val="001F6420"/>
+    <w:rsid w:val="001F7087"/>
+    <w:rsid w:val="00202FEF"/>
+    <w:rsid w:val="00205125"/>
+    <w:rsid w:val="002052AC"/>
+    <w:rsid w:val="00205FCF"/>
+    <w:rsid w:val="0020681E"/>
+    <w:rsid w:val="002122C4"/>
+    <w:rsid w:val="00212FFF"/>
+    <w:rsid w:val="0021410F"/>
+    <w:rsid w:val="00214798"/>
+    <w:rsid w:val="00214904"/>
+    <w:rsid w:val="00214BA3"/>
+    <w:rsid w:val="00214C90"/>
+    <w:rsid w:val="00215A73"/>
+    <w:rsid w:val="00216B63"/>
+    <w:rsid w:val="002175EF"/>
+    <w:rsid w:val="00224B73"/>
+    <w:rsid w:val="00230E08"/>
+    <w:rsid w:val="00230E87"/>
+    <w:rsid w:val="00233159"/>
+    <w:rsid w:val="002348EC"/>
+    <w:rsid w:val="00235665"/>
+    <w:rsid w:val="00236866"/>
+    <w:rsid w:val="002438B4"/>
+    <w:rsid w:val="002461CB"/>
+    <w:rsid w:val="002509CA"/>
+    <w:rsid w:val="0025239F"/>
+    <w:rsid w:val="00252B87"/>
+    <w:rsid w:val="00255046"/>
+    <w:rsid w:val="002563A3"/>
+    <w:rsid w:val="00257B7F"/>
+    <w:rsid w:val="00257F5E"/>
+    <w:rsid w:val="00260EAC"/>
+    <w:rsid w:val="00263081"/>
+    <w:rsid w:val="00266699"/>
+    <w:rsid w:val="00267318"/>
+    <w:rsid w:val="00267EE7"/>
+    <w:rsid w:val="00271820"/>
+    <w:rsid w:val="00274987"/>
+    <w:rsid w:val="00275660"/>
+    <w:rsid w:val="00275E0D"/>
+    <w:rsid w:val="0027637D"/>
+    <w:rsid w:val="00276B2B"/>
+    <w:rsid w:val="00276B33"/>
+    <w:rsid w:val="00276C47"/>
+    <w:rsid w:val="00277169"/>
+    <w:rsid w:val="00277F7F"/>
+    <w:rsid w:val="00282487"/>
+    <w:rsid w:val="00282584"/>
+    <w:rsid w:val="00283FE8"/>
+    <w:rsid w:val="00286EDC"/>
+    <w:rsid w:val="002907F1"/>
+    <w:rsid w:val="00291D6A"/>
+    <w:rsid w:val="00294455"/>
+    <w:rsid w:val="002951CB"/>
+    <w:rsid w:val="002A0315"/>
+    <w:rsid w:val="002A1D7F"/>
+    <w:rsid w:val="002A4085"/>
+    <w:rsid w:val="002A4AF7"/>
+    <w:rsid w:val="002A502B"/>
+    <w:rsid w:val="002A5D18"/>
+    <w:rsid w:val="002A5E26"/>
+    <w:rsid w:val="002B26AE"/>
+    <w:rsid w:val="002B2A38"/>
+    <w:rsid w:val="002B51C0"/>
+    <w:rsid w:val="002B5EAC"/>
+    <w:rsid w:val="002C0E1F"/>
+    <w:rsid w:val="002C11F6"/>
+    <w:rsid w:val="002C44A6"/>
+    <w:rsid w:val="002C4C21"/>
+    <w:rsid w:val="002C683E"/>
+    <w:rsid w:val="002D050E"/>
+    <w:rsid w:val="002D0674"/>
+    <w:rsid w:val="002D080D"/>
+    <w:rsid w:val="002D1288"/>
+    <w:rsid w:val="002D2ADE"/>
+    <w:rsid w:val="002D3182"/>
+    <w:rsid w:val="002D39E7"/>
+    <w:rsid w:val="002D51B0"/>
+    <w:rsid w:val="002D6DDC"/>
+    <w:rsid w:val="002D79EA"/>
+    <w:rsid w:val="002E00A3"/>
+    <w:rsid w:val="002E0368"/>
+    <w:rsid w:val="002E042B"/>
+    <w:rsid w:val="002E0750"/>
+    <w:rsid w:val="002E5036"/>
+    <w:rsid w:val="002F0E0E"/>
+    <w:rsid w:val="002F2A2E"/>
+    <w:rsid w:val="002F3203"/>
+    <w:rsid w:val="002F327B"/>
+    <w:rsid w:val="002F4373"/>
+    <w:rsid w:val="002F45EA"/>
+    <w:rsid w:val="002F47D3"/>
+    <w:rsid w:val="002F77FE"/>
+    <w:rsid w:val="003014C2"/>
+    <w:rsid w:val="00301804"/>
+    <w:rsid w:val="00301C71"/>
+    <w:rsid w:val="0030273F"/>
+    <w:rsid w:val="00305CD7"/>
+    <w:rsid w:val="0030795C"/>
+    <w:rsid w:val="003127F0"/>
+    <w:rsid w:val="00320E0C"/>
+    <w:rsid w:val="00322105"/>
+    <w:rsid w:val="003246D4"/>
+    <w:rsid w:val="0032536E"/>
+    <w:rsid w:val="0032755C"/>
+    <w:rsid w:val="0033137A"/>
+    <w:rsid w:val="00332C28"/>
+    <w:rsid w:val="003330F4"/>
+    <w:rsid w:val="00334A09"/>
+    <w:rsid w:val="003367AA"/>
+    <w:rsid w:val="003400A9"/>
+    <w:rsid w:val="00345905"/>
+    <w:rsid w:val="00345A42"/>
+    <w:rsid w:val="00345F57"/>
+    <w:rsid w:val="00347B11"/>
+    <w:rsid w:val="003506F3"/>
+    <w:rsid w:val="003508EC"/>
+    <w:rsid w:val="00351171"/>
+    <w:rsid w:val="003511CC"/>
+    <w:rsid w:val="00351B64"/>
+    <w:rsid w:val="00352C0A"/>
+    <w:rsid w:val="00354000"/>
+    <w:rsid w:val="00354482"/>
+    <w:rsid w:val="003553C0"/>
+    <w:rsid w:val="00356B17"/>
+    <w:rsid w:val="0036086D"/>
+    <w:rsid w:val="00362C12"/>
+    <w:rsid w:val="003630EE"/>
+    <w:rsid w:val="003640D5"/>
+    <w:rsid w:val="003667AF"/>
+    <w:rsid w:val="003702C7"/>
+    <w:rsid w:val="003703A7"/>
+    <w:rsid w:val="00370BD9"/>
+    <w:rsid w:val="003723B0"/>
+    <w:rsid w:val="00372D8D"/>
+    <w:rsid w:val="003731F5"/>
+    <w:rsid w:val="003742F9"/>
+    <w:rsid w:val="00376324"/>
+    <w:rsid w:val="00377450"/>
+    <w:rsid w:val="003816E7"/>
+    <w:rsid w:val="003823CC"/>
+    <w:rsid w:val="00385233"/>
+    <w:rsid w:val="00385A0D"/>
+    <w:rsid w:val="00386E5C"/>
+    <w:rsid w:val="003917D5"/>
+    <w:rsid w:val="003928AD"/>
+    <w:rsid w:val="0039394C"/>
+    <w:rsid w:val="00393D61"/>
+    <w:rsid w:val="0039687F"/>
+    <w:rsid w:val="003A0C35"/>
+    <w:rsid w:val="003A309F"/>
+    <w:rsid w:val="003A3343"/>
+    <w:rsid w:val="003A3D64"/>
+    <w:rsid w:val="003A4D07"/>
+    <w:rsid w:val="003A500F"/>
+    <w:rsid w:val="003A696E"/>
+    <w:rsid w:val="003A6C90"/>
+    <w:rsid w:val="003A7E95"/>
+    <w:rsid w:val="003B122E"/>
+    <w:rsid w:val="003B1CF2"/>
+    <w:rsid w:val="003B1CF8"/>
+    <w:rsid w:val="003B467F"/>
+    <w:rsid w:val="003B57E1"/>
+    <w:rsid w:val="003B7D09"/>
+    <w:rsid w:val="003C0CC1"/>
+    <w:rsid w:val="003C36EE"/>
+    <w:rsid w:val="003C6FB7"/>
+    <w:rsid w:val="003C712B"/>
+    <w:rsid w:val="003D08FD"/>
+    <w:rsid w:val="003D1C94"/>
+    <w:rsid w:val="003D4379"/>
+    <w:rsid w:val="003E3037"/>
+    <w:rsid w:val="003E4999"/>
+    <w:rsid w:val="003E5F0F"/>
+    <w:rsid w:val="003E6B92"/>
+    <w:rsid w:val="003F0D76"/>
+    <w:rsid w:val="003F127E"/>
+    <w:rsid w:val="003F1519"/>
+    <w:rsid w:val="003F3D77"/>
+    <w:rsid w:val="003F4053"/>
+    <w:rsid w:val="003F425A"/>
+    <w:rsid w:val="003F45A9"/>
+    <w:rsid w:val="003F78B5"/>
+    <w:rsid w:val="003F7AB8"/>
+    <w:rsid w:val="00400811"/>
+    <w:rsid w:val="004023A9"/>
+    <w:rsid w:val="00403A67"/>
+    <w:rsid w:val="0040494B"/>
+    <w:rsid w:val="00404A1D"/>
+    <w:rsid w:val="00405198"/>
+    <w:rsid w:val="00406274"/>
+    <w:rsid w:val="00406372"/>
+    <w:rsid w:val="004070DC"/>
+    <w:rsid w:val="0041202C"/>
+    <w:rsid w:val="00412262"/>
+    <w:rsid w:val="00413EAB"/>
+    <w:rsid w:val="00417328"/>
+    <w:rsid w:val="00421195"/>
+    <w:rsid w:val="004234AC"/>
+    <w:rsid w:val="0042410A"/>
+    <w:rsid w:val="00425B0F"/>
+    <w:rsid w:val="0042775B"/>
+    <w:rsid w:val="00430733"/>
+    <w:rsid w:val="00431966"/>
+    <w:rsid w:val="00431D6A"/>
+    <w:rsid w:val="0043206C"/>
+    <w:rsid w:val="00432740"/>
+    <w:rsid w:val="004335E3"/>
+    <w:rsid w:val="004337CF"/>
+    <w:rsid w:val="00434F01"/>
+    <w:rsid w:val="0044034D"/>
+    <w:rsid w:val="00445455"/>
+    <w:rsid w:val="00447613"/>
+    <w:rsid w:val="00447FE0"/>
+    <w:rsid w:val="004504E7"/>
+    <w:rsid w:val="00451917"/>
+    <w:rsid w:val="00451AFC"/>
+    <w:rsid w:val="004545CC"/>
+    <w:rsid w:val="004558C4"/>
+    <w:rsid w:val="00460222"/>
+    <w:rsid w:val="0046340A"/>
+    <w:rsid w:val="00463B41"/>
+    <w:rsid w:val="00464BD8"/>
+    <w:rsid w:val="00466A6F"/>
+    <w:rsid w:val="00466AE6"/>
+    <w:rsid w:val="00466F24"/>
+    <w:rsid w:val="00475C08"/>
+    <w:rsid w:val="00476DC7"/>
+    <w:rsid w:val="004811E8"/>
+    <w:rsid w:val="00482556"/>
+    <w:rsid w:val="004825AC"/>
+    <w:rsid w:val="00483621"/>
+    <w:rsid w:val="004843D0"/>
+    <w:rsid w:val="0048727A"/>
+    <w:rsid w:val="004903B3"/>
+    <w:rsid w:val="004903B5"/>
+    <w:rsid w:val="004914AC"/>
+    <w:rsid w:val="0049246A"/>
+    <w:rsid w:val="004927B8"/>
+    <w:rsid w:val="0049280C"/>
+    <w:rsid w:val="00493A57"/>
+    <w:rsid w:val="00495433"/>
+    <w:rsid w:val="00497C03"/>
+    <w:rsid w:val="004A149D"/>
+    <w:rsid w:val="004A23CD"/>
+    <w:rsid w:val="004A33FE"/>
+    <w:rsid w:val="004A3E06"/>
+    <w:rsid w:val="004A4442"/>
+    <w:rsid w:val="004A5FCD"/>
+    <w:rsid w:val="004A6A3D"/>
+    <w:rsid w:val="004A70DB"/>
+    <w:rsid w:val="004B0740"/>
+    <w:rsid w:val="004B1CA8"/>
+    <w:rsid w:val="004B21A9"/>
+    <w:rsid w:val="004B35A9"/>
+    <w:rsid w:val="004B55FD"/>
+    <w:rsid w:val="004B5DD6"/>
+    <w:rsid w:val="004B61EB"/>
+    <w:rsid w:val="004C1A34"/>
+    <w:rsid w:val="004C1AE4"/>
+    <w:rsid w:val="004C1C63"/>
+    <w:rsid w:val="004C29C1"/>
+    <w:rsid w:val="004C4598"/>
+    <w:rsid w:val="004C4DA3"/>
+    <w:rsid w:val="004C6321"/>
+    <w:rsid w:val="004D0B09"/>
+    <w:rsid w:val="004D1759"/>
+    <w:rsid w:val="004D3605"/>
+    <w:rsid w:val="004D5866"/>
+    <w:rsid w:val="004D5F37"/>
+    <w:rsid w:val="004D69BF"/>
+    <w:rsid w:val="004E3AA0"/>
+    <w:rsid w:val="004E4669"/>
+    <w:rsid w:val="004E5666"/>
+    <w:rsid w:val="004E5787"/>
+    <w:rsid w:val="004E6563"/>
+    <w:rsid w:val="004E7478"/>
+    <w:rsid w:val="004F00BB"/>
+    <w:rsid w:val="004F0716"/>
+    <w:rsid w:val="004F0BAE"/>
+    <w:rsid w:val="004F0C82"/>
+    <w:rsid w:val="004F0EA4"/>
+    <w:rsid w:val="004F5463"/>
+    <w:rsid w:val="004F5778"/>
+    <w:rsid w:val="00500F0A"/>
+    <w:rsid w:val="0050147E"/>
+    <w:rsid w:val="005015C8"/>
+    <w:rsid w:val="00502686"/>
+    <w:rsid w:val="00502CBD"/>
+    <w:rsid w:val="005035AE"/>
+    <w:rsid w:val="0050376D"/>
+    <w:rsid w:val="0050427D"/>
+    <w:rsid w:val="00505928"/>
+    <w:rsid w:val="00505D1E"/>
+    <w:rsid w:val="00505DEB"/>
+    <w:rsid w:val="0050744C"/>
+    <w:rsid w:val="00507658"/>
+    <w:rsid w:val="005176AF"/>
+    <w:rsid w:val="0052215A"/>
+    <w:rsid w:val="00522512"/>
+    <w:rsid w:val="0052261B"/>
+    <w:rsid w:val="00524C21"/>
+    <w:rsid w:val="00525F58"/>
+    <w:rsid w:val="005262DB"/>
+    <w:rsid w:val="00527CFF"/>
+    <w:rsid w:val="00530FC5"/>
+    <w:rsid w:val="00532D5A"/>
+    <w:rsid w:val="00532E76"/>
+    <w:rsid w:val="00533738"/>
+    <w:rsid w:val="00534296"/>
+    <w:rsid w:val="00535089"/>
+    <w:rsid w:val="00535BA2"/>
+    <w:rsid w:val="0054113E"/>
+    <w:rsid w:val="00541799"/>
+    <w:rsid w:val="00541A62"/>
+    <w:rsid w:val="0054463A"/>
+    <w:rsid w:val="00544829"/>
+    <w:rsid w:val="00547525"/>
+    <w:rsid w:val="0055070B"/>
+    <w:rsid w:val="005508CD"/>
+    <w:rsid w:val="005534A1"/>
+    <w:rsid w:val="0055484D"/>
+    <w:rsid w:val="0055495C"/>
+    <w:rsid w:val="00554E66"/>
+    <w:rsid w:val="005578E8"/>
+    <w:rsid w:val="00557D59"/>
+    <w:rsid w:val="005620B4"/>
+    <w:rsid w:val="005624FD"/>
+    <w:rsid w:val="0056326E"/>
+    <w:rsid w:val="005661C0"/>
+    <w:rsid w:val="00566BD0"/>
+    <w:rsid w:val="00567468"/>
+    <w:rsid w:val="0057211B"/>
+    <w:rsid w:val="0057332E"/>
+    <w:rsid w:val="005734A0"/>
+    <w:rsid w:val="005752C1"/>
+    <w:rsid w:val="00575A48"/>
+    <w:rsid w:val="00575E9B"/>
+    <w:rsid w:val="005804EA"/>
+    <w:rsid w:val="00581DD6"/>
+    <w:rsid w:val="005839A9"/>
+    <w:rsid w:val="00584041"/>
+    <w:rsid w:val="00590A1D"/>
+    <w:rsid w:val="005956BB"/>
+    <w:rsid w:val="005A0C96"/>
+    <w:rsid w:val="005A207C"/>
+    <w:rsid w:val="005A3802"/>
+    <w:rsid w:val="005A5F67"/>
+    <w:rsid w:val="005A6C00"/>
+    <w:rsid w:val="005A7E02"/>
+    <w:rsid w:val="005B11D0"/>
+    <w:rsid w:val="005B237F"/>
+    <w:rsid w:val="005B74F2"/>
+    <w:rsid w:val="005B752D"/>
+    <w:rsid w:val="005B7F25"/>
+    <w:rsid w:val="005C0D8F"/>
+    <w:rsid w:val="005C26E8"/>
+    <w:rsid w:val="005C5282"/>
+    <w:rsid w:val="005C5372"/>
+    <w:rsid w:val="005C5BC1"/>
+    <w:rsid w:val="005C6D0C"/>
+    <w:rsid w:val="005D061A"/>
+    <w:rsid w:val="005D2242"/>
+    <w:rsid w:val="005D69AC"/>
+    <w:rsid w:val="005D7E7F"/>
+    <w:rsid w:val="005E39C4"/>
+    <w:rsid w:val="005E4C76"/>
+    <w:rsid w:val="005E5435"/>
+    <w:rsid w:val="005E6D49"/>
+    <w:rsid w:val="005E7B2E"/>
+    <w:rsid w:val="005F0560"/>
+    <w:rsid w:val="005F0AD8"/>
+    <w:rsid w:val="005F51E1"/>
+    <w:rsid w:val="00600378"/>
+    <w:rsid w:val="006060A6"/>
+    <w:rsid w:val="00606335"/>
+    <w:rsid w:val="00611F3F"/>
+    <w:rsid w:val="006125C3"/>
+    <w:rsid w:val="00612AC7"/>
+    <w:rsid w:val="00613E6F"/>
+    <w:rsid w:val="00614183"/>
+    <w:rsid w:val="00614DBE"/>
+    <w:rsid w:val="00615583"/>
+    <w:rsid w:val="00616D37"/>
+    <w:rsid w:val="006174C1"/>
+    <w:rsid w:val="00624457"/>
+    <w:rsid w:val="00624885"/>
+    <w:rsid w:val="00626132"/>
+    <w:rsid w:val="006266C3"/>
+    <w:rsid w:val="006332AC"/>
+    <w:rsid w:val="00634CDD"/>
+    <w:rsid w:val="00634F87"/>
+    <w:rsid w:val="00637FDD"/>
+    <w:rsid w:val="00640335"/>
+    <w:rsid w:val="00641AF3"/>
+    <w:rsid w:val="00644185"/>
+    <w:rsid w:val="006459FF"/>
+    <w:rsid w:val="00645A1F"/>
+    <w:rsid w:val="00651F6C"/>
+    <w:rsid w:val="00652E11"/>
+    <w:rsid w:val="006545D2"/>
+    <w:rsid w:val="00656E81"/>
+    <w:rsid w:val="00660861"/>
+    <w:rsid w:val="006609F1"/>
+    <w:rsid w:val="00660CF0"/>
+    <w:rsid w:val="00661B89"/>
+    <w:rsid w:val="00665271"/>
+    <w:rsid w:val="0066674C"/>
+    <w:rsid w:val="00666A92"/>
+    <w:rsid w:val="00666B16"/>
+    <w:rsid w:val="00667BFB"/>
+    <w:rsid w:val="0067195C"/>
+    <w:rsid w:val="00676686"/>
+    <w:rsid w:val="0067786C"/>
+    <w:rsid w:val="00677F9F"/>
+    <w:rsid w:val="006810F1"/>
+    <w:rsid w:val="00690E5A"/>
+    <w:rsid w:val="00690ECF"/>
+    <w:rsid w:val="00690F90"/>
+    <w:rsid w:val="00692810"/>
+    <w:rsid w:val="0069427A"/>
+    <w:rsid w:val="0069489D"/>
+    <w:rsid w:val="00696137"/>
+    <w:rsid w:val="00697E0B"/>
+    <w:rsid w:val="006A0260"/>
+    <w:rsid w:val="006A0494"/>
+    <w:rsid w:val="006A1720"/>
+    <w:rsid w:val="006A7796"/>
+    <w:rsid w:val="006B1D30"/>
+    <w:rsid w:val="006B5968"/>
+    <w:rsid w:val="006B634B"/>
+    <w:rsid w:val="006B7C29"/>
+    <w:rsid w:val="006B7D87"/>
+    <w:rsid w:val="006C1A0C"/>
+    <w:rsid w:val="006C3ED5"/>
+    <w:rsid w:val="006C4E0D"/>
+    <w:rsid w:val="006C4F51"/>
+    <w:rsid w:val="006C551A"/>
+    <w:rsid w:val="006D0B2F"/>
+    <w:rsid w:val="006D220C"/>
+    <w:rsid w:val="006D29A2"/>
+    <w:rsid w:val="006D6AEC"/>
+    <w:rsid w:val="006E16CC"/>
+    <w:rsid w:val="006E3D7F"/>
+    <w:rsid w:val="006E53C6"/>
+    <w:rsid w:val="006F0C7E"/>
+    <w:rsid w:val="006F1E92"/>
+    <w:rsid w:val="006F2F87"/>
+    <w:rsid w:val="006F3987"/>
+    <w:rsid w:val="006F45E3"/>
+    <w:rsid w:val="006F799A"/>
+    <w:rsid w:val="007025E6"/>
+    <w:rsid w:val="00704AB4"/>
+    <w:rsid w:val="0071178F"/>
+    <w:rsid w:val="00712994"/>
+    <w:rsid w:val="00712ABD"/>
+    <w:rsid w:val="00714A2A"/>
+    <w:rsid w:val="00717451"/>
+    <w:rsid w:val="00717D69"/>
+    <w:rsid w:val="0072095A"/>
+    <w:rsid w:val="00720F0C"/>
+    <w:rsid w:val="00721DE9"/>
+    <w:rsid w:val="007246BA"/>
+    <w:rsid w:val="00725A30"/>
+    <w:rsid w:val="0073019A"/>
+    <w:rsid w:val="00731F7F"/>
+    <w:rsid w:val="00732697"/>
+    <w:rsid w:val="00732F0A"/>
+    <w:rsid w:val="007344B1"/>
+    <w:rsid w:val="00736EB5"/>
+    <w:rsid w:val="00737EA3"/>
+    <w:rsid w:val="00740F85"/>
+    <w:rsid w:val="00745643"/>
+    <w:rsid w:val="00746593"/>
+    <w:rsid w:val="00750952"/>
+    <w:rsid w:val="00751B88"/>
+    <w:rsid w:val="007533C9"/>
+    <w:rsid w:val="00756EF9"/>
+    <w:rsid w:val="007612D6"/>
+    <w:rsid w:val="00767648"/>
+    <w:rsid w:val="00772F03"/>
+    <w:rsid w:val="00773AE1"/>
+    <w:rsid w:val="00774C7B"/>
+    <w:rsid w:val="00776AA9"/>
+    <w:rsid w:val="007770B8"/>
+    <w:rsid w:val="00781C79"/>
+    <w:rsid w:val="00783ED1"/>
+    <w:rsid w:val="00786761"/>
+    <w:rsid w:val="00787B98"/>
+    <w:rsid w:val="007944E9"/>
+    <w:rsid w:val="007951F0"/>
+    <w:rsid w:val="007954CC"/>
+    <w:rsid w:val="007966FC"/>
+    <w:rsid w:val="00797852"/>
+    <w:rsid w:val="007A3EA4"/>
+    <w:rsid w:val="007A492D"/>
+    <w:rsid w:val="007B3173"/>
+    <w:rsid w:val="007B4AC7"/>
+    <w:rsid w:val="007B503F"/>
+    <w:rsid w:val="007B6F38"/>
+    <w:rsid w:val="007C1FE6"/>
+    <w:rsid w:val="007C557A"/>
+    <w:rsid w:val="007C6042"/>
+    <w:rsid w:val="007D0DE9"/>
+    <w:rsid w:val="007D279E"/>
+    <w:rsid w:val="007D797C"/>
+    <w:rsid w:val="007E10E6"/>
+    <w:rsid w:val="007E16A2"/>
+    <w:rsid w:val="007E1F9C"/>
+    <w:rsid w:val="007E261D"/>
+    <w:rsid w:val="007E6793"/>
+    <w:rsid w:val="007F158C"/>
+    <w:rsid w:val="007F1931"/>
+    <w:rsid w:val="007F1C51"/>
+    <w:rsid w:val="007F36B6"/>
+    <w:rsid w:val="007F3748"/>
+    <w:rsid w:val="007F4072"/>
+    <w:rsid w:val="007F5C85"/>
+    <w:rsid w:val="00802EE5"/>
+    <w:rsid w:val="00803008"/>
+    <w:rsid w:val="00805EAE"/>
+    <w:rsid w:val="00807DF6"/>
+    <w:rsid w:val="00810DDC"/>
+    <w:rsid w:val="00817402"/>
+    <w:rsid w:val="00832579"/>
+    <w:rsid w:val="00832D0E"/>
+    <w:rsid w:val="008368AC"/>
+    <w:rsid w:val="00840048"/>
+    <w:rsid w:val="0084219E"/>
+    <w:rsid w:val="008447C9"/>
+    <w:rsid w:val="0084486E"/>
+    <w:rsid w:val="00845AED"/>
+    <w:rsid w:val="00845C7D"/>
+    <w:rsid w:val="00845CA5"/>
+    <w:rsid w:val="008601BD"/>
+    <w:rsid w:val="008607D9"/>
+    <w:rsid w:val="00861E58"/>
+    <w:rsid w:val="00862BA9"/>
+    <w:rsid w:val="00864CAB"/>
+    <w:rsid w:val="008707FB"/>
+    <w:rsid w:val="008726BD"/>
+    <w:rsid w:val="008728B3"/>
+    <w:rsid w:val="008804D9"/>
+    <w:rsid w:val="00880BED"/>
+    <w:rsid w:val="00881130"/>
+    <w:rsid w:val="00881438"/>
+    <w:rsid w:val="00881D11"/>
+    <w:rsid w:val="00882F72"/>
+    <w:rsid w:val="00886566"/>
+    <w:rsid w:val="00886DDB"/>
+    <w:rsid w:val="008955FC"/>
+    <w:rsid w:val="008975EF"/>
+    <w:rsid w:val="00897642"/>
+    <w:rsid w:val="008A295B"/>
+    <w:rsid w:val="008A2B0E"/>
+    <w:rsid w:val="008A5675"/>
+    <w:rsid w:val="008A571D"/>
+    <w:rsid w:val="008A6E2B"/>
+    <w:rsid w:val="008A6E81"/>
+    <w:rsid w:val="008B026C"/>
+    <w:rsid w:val="008B30D9"/>
+    <w:rsid w:val="008B3A2D"/>
+    <w:rsid w:val="008B51BC"/>
+    <w:rsid w:val="008C0CBB"/>
+    <w:rsid w:val="008C150B"/>
+    <w:rsid w:val="008C1765"/>
+    <w:rsid w:val="008C1830"/>
+    <w:rsid w:val="008C188E"/>
+    <w:rsid w:val="008C349F"/>
+    <w:rsid w:val="008C5078"/>
+    <w:rsid w:val="008C567E"/>
+    <w:rsid w:val="008C643C"/>
+    <w:rsid w:val="008C77F3"/>
+    <w:rsid w:val="008D18AC"/>
+    <w:rsid w:val="008D3E26"/>
+    <w:rsid w:val="008D4517"/>
+    <w:rsid w:val="008D5104"/>
+    <w:rsid w:val="008D5451"/>
+    <w:rsid w:val="008D62EC"/>
+    <w:rsid w:val="008E01FD"/>
+    <w:rsid w:val="008E041A"/>
+    <w:rsid w:val="008E150C"/>
+    <w:rsid w:val="008E1938"/>
+    <w:rsid w:val="008E19D3"/>
+    <w:rsid w:val="008E3DFB"/>
+    <w:rsid w:val="008E5B6B"/>
+    <w:rsid w:val="008E5D09"/>
+    <w:rsid w:val="008F01F0"/>
+    <w:rsid w:val="008F1C02"/>
+    <w:rsid w:val="008F392C"/>
+    <w:rsid w:val="008F3FC6"/>
+    <w:rsid w:val="008F443F"/>
+    <w:rsid w:val="008F449A"/>
+    <w:rsid w:val="008F5E98"/>
+    <w:rsid w:val="008F68AC"/>
+    <w:rsid w:val="008F7328"/>
+    <w:rsid w:val="008F7374"/>
+    <w:rsid w:val="0090102F"/>
+    <w:rsid w:val="0090116C"/>
+    <w:rsid w:val="009016A5"/>
+    <w:rsid w:val="00904296"/>
+    <w:rsid w:val="00906189"/>
+    <w:rsid w:val="00911602"/>
+    <w:rsid w:val="00911BBA"/>
+    <w:rsid w:val="00911C4D"/>
+    <w:rsid w:val="009128AF"/>
+    <w:rsid w:val="00913761"/>
+    <w:rsid w:val="00915909"/>
+    <w:rsid w:val="00916208"/>
+    <w:rsid w:val="009169D8"/>
+    <w:rsid w:val="00916AFB"/>
+    <w:rsid w:val="00917BAC"/>
+    <w:rsid w:val="00917FF7"/>
+    <w:rsid w:val="00922EDA"/>
+    <w:rsid w:val="00925C3C"/>
+    <w:rsid w:val="00926A68"/>
+    <w:rsid w:val="00927D46"/>
+    <w:rsid w:val="00933FEF"/>
+    <w:rsid w:val="0093422A"/>
+    <w:rsid w:val="00934329"/>
+    <w:rsid w:val="009350C1"/>
+    <w:rsid w:val="00935E88"/>
+    <w:rsid w:val="00935E9A"/>
+    <w:rsid w:val="00936145"/>
+    <w:rsid w:val="00936395"/>
+    <w:rsid w:val="00937B2B"/>
+    <w:rsid w:val="00942C8D"/>
+    <w:rsid w:val="00943AEF"/>
+    <w:rsid w:val="00944343"/>
+    <w:rsid w:val="00946B6A"/>
+    <w:rsid w:val="009520D2"/>
+    <w:rsid w:val="00952A87"/>
+    <w:rsid w:val="00953A38"/>
+    <w:rsid w:val="00953C5E"/>
+    <w:rsid w:val="00954AD4"/>
+    <w:rsid w:val="00961191"/>
+    <w:rsid w:val="00961675"/>
+    <w:rsid w:val="009618D4"/>
+    <w:rsid w:val="00961EE1"/>
+    <w:rsid w:val="00963570"/>
+    <w:rsid w:val="00964B08"/>
+    <w:rsid w:val="009653A1"/>
+    <w:rsid w:val="00970BA4"/>
+    <w:rsid w:val="00970C45"/>
+    <w:rsid w:val="00971125"/>
+    <w:rsid w:val="00971A51"/>
+    <w:rsid w:val="00973511"/>
+    <w:rsid w:val="00973E9B"/>
+    <w:rsid w:val="009740CE"/>
+    <w:rsid w:val="00974760"/>
+    <w:rsid w:val="009748A6"/>
+    <w:rsid w:val="00976793"/>
+    <w:rsid w:val="009767F0"/>
+    <w:rsid w:val="0098072C"/>
+    <w:rsid w:val="00987AA6"/>
+    <w:rsid w:val="00987DDA"/>
+    <w:rsid w:val="00990713"/>
+    <w:rsid w:val="0099216E"/>
+    <w:rsid w:val="00992D14"/>
+    <w:rsid w:val="0099348F"/>
+    <w:rsid w:val="00994490"/>
+    <w:rsid w:val="009964E7"/>
+    <w:rsid w:val="00996766"/>
+    <w:rsid w:val="009970FB"/>
+    <w:rsid w:val="009A34C4"/>
+    <w:rsid w:val="009A40AF"/>
+    <w:rsid w:val="009B1249"/>
+    <w:rsid w:val="009B17C1"/>
+    <w:rsid w:val="009B1AD9"/>
+    <w:rsid w:val="009B6735"/>
+    <w:rsid w:val="009C00DF"/>
+    <w:rsid w:val="009C1919"/>
+    <w:rsid w:val="009C3CB7"/>
+    <w:rsid w:val="009C425C"/>
+    <w:rsid w:val="009C5F0E"/>
+    <w:rsid w:val="009C63F2"/>
+    <w:rsid w:val="009D07B2"/>
+    <w:rsid w:val="009D5574"/>
+    <w:rsid w:val="009D6402"/>
+    <w:rsid w:val="009E1403"/>
+    <w:rsid w:val="009E2945"/>
+    <w:rsid w:val="009E37C6"/>
+    <w:rsid w:val="009E4575"/>
+    <w:rsid w:val="009F1FD0"/>
+    <w:rsid w:val="009F34B4"/>
+    <w:rsid w:val="009F3ED8"/>
+    <w:rsid w:val="009F4838"/>
+    <w:rsid w:val="009F656E"/>
+    <w:rsid w:val="009F6AE8"/>
+    <w:rsid w:val="00A00791"/>
+    <w:rsid w:val="00A0344F"/>
+    <w:rsid w:val="00A03E7F"/>
+    <w:rsid w:val="00A04C3C"/>
+    <w:rsid w:val="00A06AFF"/>
+    <w:rsid w:val="00A07556"/>
+    <w:rsid w:val="00A0773F"/>
+    <w:rsid w:val="00A136A1"/>
+    <w:rsid w:val="00A16DBF"/>
+    <w:rsid w:val="00A200DB"/>
+    <w:rsid w:val="00A21D9A"/>
+    <w:rsid w:val="00A22B68"/>
+    <w:rsid w:val="00A2314A"/>
+    <w:rsid w:val="00A24C7B"/>
+    <w:rsid w:val="00A25BFB"/>
+    <w:rsid w:val="00A25E78"/>
+    <w:rsid w:val="00A30C30"/>
+    <w:rsid w:val="00A3189D"/>
+    <w:rsid w:val="00A3632C"/>
+    <w:rsid w:val="00A36363"/>
+    <w:rsid w:val="00A375C2"/>
+    <w:rsid w:val="00A42908"/>
+    <w:rsid w:val="00A432D2"/>
+    <w:rsid w:val="00A43FB3"/>
+    <w:rsid w:val="00A4471D"/>
+    <w:rsid w:val="00A46257"/>
+    <w:rsid w:val="00A505B9"/>
+    <w:rsid w:val="00A505EE"/>
+    <w:rsid w:val="00A515FE"/>
+    <w:rsid w:val="00A528A8"/>
+    <w:rsid w:val="00A52CE5"/>
+    <w:rsid w:val="00A572B8"/>
+    <w:rsid w:val="00A6163D"/>
+    <w:rsid w:val="00A618A4"/>
+    <w:rsid w:val="00A62B60"/>
+    <w:rsid w:val="00A63984"/>
+    <w:rsid w:val="00A655DC"/>
+    <w:rsid w:val="00A656AC"/>
+    <w:rsid w:val="00A71070"/>
+    <w:rsid w:val="00A715D2"/>
+    <w:rsid w:val="00A71CB2"/>
+    <w:rsid w:val="00A72BFD"/>
+    <w:rsid w:val="00A817F5"/>
+    <w:rsid w:val="00A84F1E"/>
+    <w:rsid w:val="00A95791"/>
+    <w:rsid w:val="00A959F0"/>
+    <w:rsid w:val="00A96B31"/>
+    <w:rsid w:val="00AA18F4"/>
+    <w:rsid w:val="00AA3408"/>
+    <w:rsid w:val="00AA51F6"/>
+    <w:rsid w:val="00AB03E8"/>
+    <w:rsid w:val="00AB114F"/>
+    <w:rsid w:val="00AB2AFD"/>
+    <w:rsid w:val="00AB3524"/>
+    <w:rsid w:val="00AB6ADA"/>
+    <w:rsid w:val="00AB7B2F"/>
+    <w:rsid w:val="00AB7EBD"/>
+    <w:rsid w:val="00AC0884"/>
+    <w:rsid w:val="00AC132B"/>
+    <w:rsid w:val="00AC3356"/>
+    <w:rsid w:val="00AC40B8"/>
+    <w:rsid w:val="00AD0E71"/>
+    <w:rsid w:val="00AD15DD"/>
+    <w:rsid w:val="00AD164C"/>
+    <w:rsid w:val="00AD4AB8"/>
+    <w:rsid w:val="00AD5AC2"/>
+    <w:rsid w:val="00AD5CA5"/>
+    <w:rsid w:val="00AE0A82"/>
+    <w:rsid w:val="00AE1E8A"/>
+    <w:rsid w:val="00AE2149"/>
+    <w:rsid w:val="00AE2F92"/>
+    <w:rsid w:val="00AE404B"/>
+    <w:rsid w:val="00AE6EB6"/>
+    <w:rsid w:val="00AF02EE"/>
+    <w:rsid w:val="00AF031C"/>
+    <w:rsid w:val="00AF03D8"/>
+    <w:rsid w:val="00AF0A34"/>
+    <w:rsid w:val="00AF1619"/>
+    <w:rsid w:val="00AF2215"/>
+    <w:rsid w:val="00AF2BED"/>
+    <w:rsid w:val="00AF5252"/>
+    <w:rsid w:val="00B00BD5"/>
+    <w:rsid w:val="00B01697"/>
+    <w:rsid w:val="00B02251"/>
+    <w:rsid w:val="00B023FC"/>
+    <w:rsid w:val="00B03BC0"/>
+    <w:rsid w:val="00B04726"/>
+    <w:rsid w:val="00B05699"/>
+    <w:rsid w:val="00B06E7E"/>
+    <w:rsid w:val="00B10B6B"/>
+    <w:rsid w:val="00B117BA"/>
+    <w:rsid w:val="00B120BE"/>
+    <w:rsid w:val="00B2153D"/>
+    <w:rsid w:val="00B21F63"/>
+    <w:rsid w:val="00B225F0"/>
+    <w:rsid w:val="00B22739"/>
+    <w:rsid w:val="00B234B6"/>
+    <w:rsid w:val="00B242D0"/>
+    <w:rsid w:val="00B24486"/>
+    <w:rsid w:val="00B25DF3"/>
+    <w:rsid w:val="00B26B80"/>
+    <w:rsid w:val="00B30046"/>
+    <w:rsid w:val="00B301CF"/>
+    <w:rsid w:val="00B30520"/>
+    <w:rsid w:val="00B30EDE"/>
+    <w:rsid w:val="00B321C3"/>
+    <w:rsid w:val="00B3424B"/>
+    <w:rsid w:val="00B355F6"/>
+    <w:rsid w:val="00B358F1"/>
+    <w:rsid w:val="00B36543"/>
+    <w:rsid w:val="00B36D36"/>
+    <w:rsid w:val="00B3719F"/>
+    <w:rsid w:val="00B4384B"/>
+    <w:rsid w:val="00B43D49"/>
+    <w:rsid w:val="00B44883"/>
+    <w:rsid w:val="00B467AC"/>
+    <w:rsid w:val="00B46D9B"/>
+    <w:rsid w:val="00B500E0"/>
+    <w:rsid w:val="00B50909"/>
+    <w:rsid w:val="00B54856"/>
+    <w:rsid w:val="00B56879"/>
+    <w:rsid w:val="00B57011"/>
+    <w:rsid w:val="00B6217A"/>
+    <w:rsid w:val="00B6409F"/>
+    <w:rsid w:val="00B66F3D"/>
+    <w:rsid w:val="00B71B37"/>
+    <w:rsid w:val="00B71F8F"/>
+    <w:rsid w:val="00B73610"/>
+    <w:rsid w:val="00B7390A"/>
+    <w:rsid w:val="00B74A00"/>
+    <w:rsid w:val="00B75510"/>
+    <w:rsid w:val="00B7787E"/>
+    <w:rsid w:val="00B77E68"/>
+    <w:rsid w:val="00B808D6"/>
+    <w:rsid w:val="00B83258"/>
+    <w:rsid w:val="00B83E67"/>
+    <w:rsid w:val="00B842D5"/>
+    <w:rsid w:val="00B847B3"/>
+    <w:rsid w:val="00B84AA8"/>
+    <w:rsid w:val="00B86159"/>
+    <w:rsid w:val="00B86180"/>
+    <w:rsid w:val="00B87A64"/>
+    <w:rsid w:val="00B94257"/>
+    <w:rsid w:val="00BA0324"/>
+    <w:rsid w:val="00BA1561"/>
+    <w:rsid w:val="00BA32F0"/>
+    <w:rsid w:val="00BA5D90"/>
+    <w:rsid w:val="00BA5FEF"/>
+    <w:rsid w:val="00BB009B"/>
+    <w:rsid w:val="00BB080F"/>
+    <w:rsid w:val="00BB197F"/>
+    <w:rsid w:val="00BB1FEC"/>
+    <w:rsid w:val="00BB2188"/>
+    <w:rsid w:val="00BB2B3C"/>
+    <w:rsid w:val="00BB2C2C"/>
+    <w:rsid w:val="00BB37F8"/>
+    <w:rsid w:val="00BB762A"/>
+    <w:rsid w:val="00BC0DF3"/>
+    <w:rsid w:val="00BC18EF"/>
+    <w:rsid w:val="00BC3FC7"/>
+    <w:rsid w:val="00BC7721"/>
+    <w:rsid w:val="00BD0ABC"/>
+    <w:rsid w:val="00BD5CCB"/>
+    <w:rsid w:val="00BE1A64"/>
+    <w:rsid w:val="00BE1F00"/>
+    <w:rsid w:val="00BE382F"/>
+    <w:rsid w:val="00BE6D3E"/>
+    <w:rsid w:val="00BF073E"/>
+    <w:rsid w:val="00BF33CC"/>
+    <w:rsid w:val="00BF7103"/>
+    <w:rsid w:val="00C023EE"/>
+    <w:rsid w:val="00C04105"/>
+    <w:rsid w:val="00C04DB3"/>
+    <w:rsid w:val="00C07092"/>
+    <w:rsid w:val="00C07725"/>
+    <w:rsid w:val="00C07DB0"/>
+    <w:rsid w:val="00C106C4"/>
+    <w:rsid w:val="00C12562"/>
+    <w:rsid w:val="00C12A92"/>
+    <w:rsid w:val="00C13246"/>
+    <w:rsid w:val="00C13371"/>
+    <w:rsid w:val="00C139BE"/>
+    <w:rsid w:val="00C13AB9"/>
+    <w:rsid w:val="00C14237"/>
+    <w:rsid w:val="00C16CCF"/>
+    <w:rsid w:val="00C209EA"/>
+    <w:rsid w:val="00C221CD"/>
+    <w:rsid w:val="00C22855"/>
+    <w:rsid w:val="00C271F7"/>
+    <w:rsid w:val="00C27F29"/>
+    <w:rsid w:val="00C30766"/>
+    <w:rsid w:val="00C32771"/>
+    <w:rsid w:val="00C346AA"/>
+    <w:rsid w:val="00C354FE"/>
+    <w:rsid w:val="00C37856"/>
+    <w:rsid w:val="00C4036B"/>
+    <w:rsid w:val="00C40424"/>
+    <w:rsid w:val="00C412E6"/>
+    <w:rsid w:val="00C445FA"/>
+    <w:rsid w:val="00C47354"/>
+    <w:rsid w:val="00C50AEF"/>
+    <w:rsid w:val="00C56635"/>
+    <w:rsid w:val="00C56A0F"/>
+    <w:rsid w:val="00C57412"/>
+    <w:rsid w:val="00C64472"/>
+    <w:rsid w:val="00C70863"/>
+    <w:rsid w:val="00C72DC0"/>
+    <w:rsid w:val="00C72E44"/>
+    <w:rsid w:val="00C75006"/>
+    <w:rsid w:val="00C77C2A"/>
+    <w:rsid w:val="00C81277"/>
+    <w:rsid w:val="00C83DE0"/>
+    <w:rsid w:val="00C9106D"/>
+    <w:rsid w:val="00C92923"/>
+    <w:rsid w:val="00C943D4"/>
+    <w:rsid w:val="00C94419"/>
+    <w:rsid w:val="00C95DEB"/>
+    <w:rsid w:val="00C974C5"/>
+    <w:rsid w:val="00C97A02"/>
+    <w:rsid w:val="00C97AAD"/>
+    <w:rsid w:val="00CA32D6"/>
+    <w:rsid w:val="00CA3CF7"/>
+    <w:rsid w:val="00CA4067"/>
+    <w:rsid w:val="00CA4AF4"/>
+    <w:rsid w:val="00CA4CF4"/>
+    <w:rsid w:val="00CA5322"/>
+    <w:rsid w:val="00CA6B55"/>
+    <w:rsid w:val="00CB10BD"/>
+    <w:rsid w:val="00CB48CE"/>
+    <w:rsid w:val="00CB7793"/>
+    <w:rsid w:val="00CB7EED"/>
+    <w:rsid w:val="00CC2693"/>
+    <w:rsid w:val="00CC2CC9"/>
+    <w:rsid w:val="00CC3969"/>
+    <w:rsid w:val="00CC472C"/>
+    <w:rsid w:val="00CC73C9"/>
+    <w:rsid w:val="00CD214D"/>
+    <w:rsid w:val="00CD4437"/>
+    <w:rsid w:val="00CD4BC3"/>
+    <w:rsid w:val="00CD56E2"/>
+    <w:rsid w:val="00CD5895"/>
+    <w:rsid w:val="00CD66E7"/>
+    <w:rsid w:val="00CD77DA"/>
+    <w:rsid w:val="00CE03AC"/>
+    <w:rsid w:val="00CE1EC1"/>
+    <w:rsid w:val="00CE3582"/>
+    <w:rsid w:val="00CE3827"/>
+    <w:rsid w:val="00CE399A"/>
+    <w:rsid w:val="00CE43B9"/>
+    <w:rsid w:val="00CE569B"/>
+    <w:rsid w:val="00CF0A7B"/>
+    <w:rsid w:val="00CF2465"/>
+    <w:rsid w:val="00CF301A"/>
+    <w:rsid w:val="00CF3264"/>
+    <w:rsid w:val="00CF4BCC"/>
+    <w:rsid w:val="00CF5A80"/>
+    <w:rsid w:val="00CF7940"/>
+    <w:rsid w:val="00CF7F7B"/>
+    <w:rsid w:val="00D00AAD"/>
+    <w:rsid w:val="00D02BE5"/>
+    <w:rsid w:val="00D03B5C"/>
+    <w:rsid w:val="00D03C1E"/>
+    <w:rsid w:val="00D03CFA"/>
+    <w:rsid w:val="00D045B4"/>
+    <w:rsid w:val="00D05BD9"/>
+    <w:rsid w:val="00D061AA"/>
+    <w:rsid w:val="00D069E4"/>
+    <w:rsid w:val="00D06CE1"/>
+    <w:rsid w:val="00D078F9"/>
+    <w:rsid w:val="00D102D9"/>
+    <w:rsid w:val="00D10552"/>
+    <w:rsid w:val="00D1208A"/>
+    <w:rsid w:val="00D1398D"/>
+    <w:rsid w:val="00D1486A"/>
+    <w:rsid w:val="00D153DD"/>
+    <w:rsid w:val="00D16E7C"/>
+    <w:rsid w:val="00D21BA5"/>
+    <w:rsid w:val="00D22EE3"/>
+    <w:rsid w:val="00D24D12"/>
+    <w:rsid w:val="00D25940"/>
+    <w:rsid w:val="00D26914"/>
+    <w:rsid w:val="00D272C8"/>
+    <w:rsid w:val="00D327ED"/>
+    <w:rsid w:val="00D354DE"/>
+    <w:rsid w:val="00D368F1"/>
+    <w:rsid w:val="00D406D6"/>
+    <w:rsid w:val="00D40947"/>
+    <w:rsid w:val="00D411F3"/>
+    <w:rsid w:val="00D416F6"/>
+    <w:rsid w:val="00D42FB4"/>
+    <w:rsid w:val="00D4337B"/>
+    <w:rsid w:val="00D44AB8"/>
+    <w:rsid w:val="00D4781F"/>
+    <w:rsid w:val="00D50D63"/>
+    <w:rsid w:val="00D50DC9"/>
+    <w:rsid w:val="00D53362"/>
+    <w:rsid w:val="00D548EB"/>
+    <w:rsid w:val="00D5533E"/>
+    <w:rsid w:val="00D55684"/>
+    <w:rsid w:val="00D56881"/>
+    <w:rsid w:val="00D57CB6"/>
+    <w:rsid w:val="00D608B5"/>
+    <w:rsid w:val="00D62F93"/>
+    <w:rsid w:val="00D65548"/>
+    <w:rsid w:val="00D70C7D"/>
+    <w:rsid w:val="00D713A1"/>
+    <w:rsid w:val="00D725A2"/>
+    <w:rsid w:val="00D7425F"/>
+    <w:rsid w:val="00D7466E"/>
+    <w:rsid w:val="00D75DF9"/>
+    <w:rsid w:val="00D75FFB"/>
+    <w:rsid w:val="00D77D28"/>
+    <w:rsid w:val="00D80E4A"/>
+    <w:rsid w:val="00D8144B"/>
+    <w:rsid w:val="00D81FAC"/>
+    <w:rsid w:val="00D82764"/>
+    <w:rsid w:val="00D86011"/>
+    <w:rsid w:val="00D860E1"/>
+    <w:rsid w:val="00D86BDA"/>
+    <w:rsid w:val="00D8757F"/>
+    <w:rsid w:val="00D9480C"/>
+    <w:rsid w:val="00D95024"/>
+    <w:rsid w:val="00D952AA"/>
+    <w:rsid w:val="00D95964"/>
+    <w:rsid w:val="00D95D74"/>
+    <w:rsid w:val="00D966E0"/>
+    <w:rsid w:val="00D974CC"/>
+    <w:rsid w:val="00D97541"/>
+    <w:rsid w:val="00DA1622"/>
+    <w:rsid w:val="00DA239E"/>
+    <w:rsid w:val="00DA256B"/>
+    <w:rsid w:val="00DA29D3"/>
+    <w:rsid w:val="00DA416C"/>
+    <w:rsid w:val="00DA63B4"/>
+    <w:rsid w:val="00DA6B96"/>
+    <w:rsid w:val="00DA779F"/>
+    <w:rsid w:val="00DB1B66"/>
+    <w:rsid w:val="00DB237C"/>
+    <w:rsid w:val="00DB4A5A"/>
+    <w:rsid w:val="00DB51E0"/>
+    <w:rsid w:val="00DB5720"/>
+    <w:rsid w:val="00DC0926"/>
+    <w:rsid w:val="00DC108C"/>
+    <w:rsid w:val="00DC3598"/>
+    <w:rsid w:val="00DC5A96"/>
+    <w:rsid w:val="00DC7A37"/>
+    <w:rsid w:val="00DD12D0"/>
+    <w:rsid w:val="00DD4C1D"/>
+    <w:rsid w:val="00DE14E1"/>
+    <w:rsid w:val="00DE2D1B"/>
+    <w:rsid w:val="00DE3187"/>
+    <w:rsid w:val="00DE470C"/>
+    <w:rsid w:val="00DE5305"/>
+    <w:rsid w:val="00DE5386"/>
+    <w:rsid w:val="00DF2DCB"/>
+    <w:rsid w:val="00DF48FF"/>
+    <w:rsid w:val="00DF4A11"/>
+    <w:rsid w:val="00DF724D"/>
+    <w:rsid w:val="00E00AD7"/>
+    <w:rsid w:val="00E0187E"/>
+    <w:rsid w:val="00E02ADF"/>
+    <w:rsid w:val="00E0377C"/>
+    <w:rsid w:val="00E06A2B"/>
+    <w:rsid w:val="00E07F66"/>
+    <w:rsid w:val="00E1192F"/>
+    <w:rsid w:val="00E11DDF"/>
+    <w:rsid w:val="00E15A91"/>
+    <w:rsid w:val="00E1696B"/>
+    <w:rsid w:val="00E17CDB"/>
+    <w:rsid w:val="00E20ED3"/>
+    <w:rsid w:val="00E225A5"/>
+    <w:rsid w:val="00E22821"/>
+    <w:rsid w:val="00E265EF"/>
+    <w:rsid w:val="00E31C89"/>
+    <w:rsid w:val="00E32FEA"/>
+    <w:rsid w:val="00E339E6"/>
+    <w:rsid w:val="00E34007"/>
+    <w:rsid w:val="00E34464"/>
+    <w:rsid w:val="00E41B16"/>
+    <w:rsid w:val="00E41ECC"/>
+    <w:rsid w:val="00E42AF1"/>
+    <w:rsid w:val="00E4594C"/>
+    <w:rsid w:val="00E504C7"/>
+    <w:rsid w:val="00E505ED"/>
+    <w:rsid w:val="00E50AE1"/>
+    <w:rsid w:val="00E52C48"/>
+    <w:rsid w:val="00E5361E"/>
+    <w:rsid w:val="00E56318"/>
+    <w:rsid w:val="00E56C2B"/>
+    <w:rsid w:val="00E577DB"/>
+    <w:rsid w:val="00E6272D"/>
+    <w:rsid w:val="00E64376"/>
+    <w:rsid w:val="00E6492C"/>
+    <w:rsid w:val="00E64D3A"/>
+    <w:rsid w:val="00E64E0D"/>
+    <w:rsid w:val="00E66094"/>
+    <w:rsid w:val="00E67212"/>
+    <w:rsid w:val="00E714AF"/>
+    <w:rsid w:val="00E71671"/>
+    <w:rsid w:val="00E735C0"/>
+    <w:rsid w:val="00E802A0"/>
+    <w:rsid w:val="00E83F04"/>
+    <w:rsid w:val="00E877E4"/>
+    <w:rsid w:val="00E87A83"/>
+    <w:rsid w:val="00E901C3"/>
+    <w:rsid w:val="00E90C13"/>
+    <w:rsid w:val="00E91CDA"/>
+    <w:rsid w:val="00E922B7"/>
+    <w:rsid w:val="00E93171"/>
+    <w:rsid w:val="00EA1177"/>
+    <w:rsid w:val="00EA117F"/>
+    <w:rsid w:val="00EA14DE"/>
+    <w:rsid w:val="00EA1817"/>
+    <w:rsid w:val="00EA2B70"/>
+    <w:rsid w:val="00EA3542"/>
+    <w:rsid w:val="00EB3017"/>
+    <w:rsid w:val="00EB357D"/>
+    <w:rsid w:val="00EB3FD0"/>
+    <w:rsid w:val="00EB41E5"/>
+    <w:rsid w:val="00EB4FB5"/>
+    <w:rsid w:val="00EB5FFB"/>
+    <w:rsid w:val="00EB6775"/>
+    <w:rsid w:val="00EB6C95"/>
+    <w:rsid w:val="00EB723C"/>
+    <w:rsid w:val="00EC0052"/>
+    <w:rsid w:val="00EC0475"/>
+    <w:rsid w:val="00EC21F2"/>
+    <w:rsid w:val="00EC4175"/>
+    <w:rsid w:val="00EC6F6B"/>
+    <w:rsid w:val="00ED0AA8"/>
+    <w:rsid w:val="00ED3515"/>
+    <w:rsid w:val="00ED4482"/>
+    <w:rsid w:val="00ED4DBB"/>
+    <w:rsid w:val="00ED64F2"/>
+    <w:rsid w:val="00ED6B81"/>
+    <w:rsid w:val="00EE02BB"/>
+    <w:rsid w:val="00EE1EA1"/>
+    <w:rsid w:val="00EE2AF9"/>
+    <w:rsid w:val="00EE5C3E"/>
+    <w:rsid w:val="00EE7360"/>
+    <w:rsid w:val="00EF1743"/>
+    <w:rsid w:val="00EF1B3B"/>
+    <w:rsid w:val="00EF2F27"/>
+    <w:rsid w:val="00EF3BE3"/>
+    <w:rsid w:val="00EF5810"/>
+    <w:rsid w:val="00F0020D"/>
+    <w:rsid w:val="00F02164"/>
+    <w:rsid w:val="00F06DC9"/>
+    <w:rsid w:val="00F1259B"/>
+    <w:rsid w:val="00F132A9"/>
+    <w:rsid w:val="00F16AC0"/>
+    <w:rsid w:val="00F17037"/>
+    <w:rsid w:val="00F1740A"/>
+    <w:rsid w:val="00F20EB8"/>
+    <w:rsid w:val="00F22D2E"/>
+    <w:rsid w:val="00F23864"/>
+    <w:rsid w:val="00F274E4"/>
+    <w:rsid w:val="00F3018E"/>
+    <w:rsid w:val="00F30DCF"/>
+    <w:rsid w:val="00F3619C"/>
+    <w:rsid w:val="00F3697A"/>
+    <w:rsid w:val="00F36C28"/>
+    <w:rsid w:val="00F4009D"/>
+    <w:rsid w:val="00F40AFB"/>
+    <w:rsid w:val="00F41EBD"/>
+    <w:rsid w:val="00F422B9"/>
+    <w:rsid w:val="00F4432B"/>
+    <w:rsid w:val="00F5039E"/>
+    <w:rsid w:val="00F50520"/>
+    <w:rsid w:val="00F50708"/>
+    <w:rsid w:val="00F51479"/>
+    <w:rsid w:val="00F56AAA"/>
+    <w:rsid w:val="00F56FB2"/>
+    <w:rsid w:val="00F648B7"/>
+    <w:rsid w:val="00F65DE2"/>
+    <w:rsid w:val="00F71213"/>
+    <w:rsid w:val="00F74240"/>
+    <w:rsid w:val="00F81A6F"/>
+    <w:rsid w:val="00F81AE3"/>
+    <w:rsid w:val="00F84CB6"/>
+    <w:rsid w:val="00F86760"/>
+    <w:rsid w:val="00F86C2E"/>
+    <w:rsid w:val="00F90BA8"/>
+    <w:rsid w:val="00F92226"/>
+    <w:rsid w:val="00F92617"/>
+    <w:rsid w:val="00F9293E"/>
+    <w:rsid w:val="00F93338"/>
+    <w:rsid w:val="00F93702"/>
+    <w:rsid w:val="00F93DBA"/>
+    <w:rsid w:val="00F96525"/>
+    <w:rsid w:val="00F96F85"/>
+    <w:rsid w:val="00F97873"/>
+    <w:rsid w:val="00FA049B"/>
+    <w:rsid w:val="00FA338F"/>
+    <w:rsid w:val="00FA5FA9"/>
+    <w:rsid w:val="00FA74FC"/>
+    <w:rsid w:val="00FB0DF8"/>
+    <w:rsid w:val="00FB1271"/>
+    <w:rsid w:val="00FB22F1"/>
+    <w:rsid w:val="00FB3677"/>
+    <w:rsid w:val="00FB4DD0"/>
+    <w:rsid w:val="00FB4DDD"/>
+    <w:rsid w:val="00FB5DCC"/>
+    <w:rsid w:val="00FB5F4E"/>
+    <w:rsid w:val="00FC0017"/>
+    <w:rsid w:val="00FC1D4E"/>
+    <w:rsid w:val="00FC2A16"/>
+    <w:rsid w:val="00FC39E6"/>
+    <w:rsid w:val="00FC4E00"/>
+    <w:rsid w:val="00FC568D"/>
+    <w:rsid w:val="00FD162D"/>
+    <w:rsid w:val="00FD319C"/>
+    <w:rsid w:val="00FD6B9F"/>
+    <w:rsid w:val="00FE1584"/>
+    <w:rsid w:val="00FE1985"/>
+    <w:rsid w:val="00FE1D0D"/>
+    <w:rsid w:val="00FE314F"/>
+    <w:rsid w:val="00FE3203"/>
+    <w:rsid w:val="00FE3EEF"/>
+    <w:rsid w:val="00FE5727"/>
+    <w:rsid w:val="00FE7C40"/>
+    <w:rsid w:val="00FF0783"/>
+    <w:rsid w:val="00FF1F81"/>
+    <w:rsid w:val="00FF209D"/>
+    <w:rsid w:val="00FF33EB"/>
+    <w:rsid w:val="00FF5266"/>
+    <w:rsid w:val="00FF7961"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="th-TH"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="2"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w14:docId w14:val="0B56E749"/>
+  <w15:docId w15:val="{CA48066D-92A2-40CF-A49C-9D27FBCBD041}"/>
+</w:settings>
 </file>
 
-<file path=xl/externalLinks/externalLink3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1707 lines deleted...]
-</externalLink>
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B355F6"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="00EE7360"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:rsid w:val="00EE7360"/>
+    <w:rPr>
+      <w:color w:val="FF0080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EE7360"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EnvelopeAddress">
+    <w:name w:val="envelope address"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="002348EC"/>
+    <w:pPr>
+      <w:framePr w:w="7920" w:h="1980" w:hRule="exact" w:hSpace="180" w:wrap="auto" w:hAnchor="page" w:xAlign="center" w:yAlign="bottom"/>
+      <w:ind w:left="2880"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EnvelopeReturn">
+    <w:name w:val="envelope return"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00E32FEA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:rsid w:val="00D548EB"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:rsid w:val="00D548EB"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:rsid w:val="00D548EB"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:rsid w:val="00D548EB"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0012308B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0012308B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0012308B"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="0012308B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C023EE"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C023EE"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:rsid w:val="00C023EE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C023EE"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C023EE"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008C188E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
 </file>
 
-<file path=xl/externalLinks/externalLink4.xml><?xml version="1.0" encoding="utf-8"?>
-[...179 lines deleted...]
-</externalLink>
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="150105705">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="153568884">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="380442029">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="714742980">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="258953673">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="2049526039">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="167330215">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="168299644">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="203951087">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="952906339">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="336541461">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1280455791">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1547253812">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="223873160">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="904217051">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1587572742">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1185826590">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="807864929">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="233854330">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="295062104">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="351302960">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="456266924">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="66615892">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1941914242">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="800416144">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="400909045">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="82338290">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="416563815">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1631862919">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1851286808">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="471800164">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="482746420">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1062101673">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1095398076">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1100029475">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="332344238">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="589315688">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="636422317">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="868952207">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="956837103">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1160002173">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1628118844">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="385252803">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1051534836">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1746142904">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1176963092">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1056584142">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="681585755">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1283224975">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="2131121830">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1260790814">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="374164721">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="950548921">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1093165982">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1598127331">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1268855797">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1398090185">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="106198877">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2126002327">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="391540136">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="2072846933">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1507214019">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="599342096">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1590384010">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="734937368">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="607128324">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1884098967">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2029522677">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2119518204">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+  <w:optimizeForBrowser/>
+</w:webSettings>
 </file>
 
-<file path=xl/externalLinks/externalLink5.xml><?xml version="1.0" encoding="utf-8"?>
-[...143 lines deleted...]
-</externalLink>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://maps.google.com/?daddr=24%20Beacon%20St+Boston+MASSACHUSETTS+02133" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=xl/externalLinks/externalLink6.xml><?xml version="1.0" encoding="utf-8"?>
-[...2139 lines deleted...]
-</externalLink>
+<file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.malegislature.gov/Laws/GeneralLaws/PartI/TitleII/Chapter14/Section6" TargetMode="External"/></Relationships>
 </file>
 
-<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2013 - 2022">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2013 - 2022">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
-        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
-        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2013 - 2022">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-[...1375 lines deleted...]
-</worksheet>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1E27320D-12A1-4A67-B463-1A4F9E220B5E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>4</Pages>
+  <Words>774</Words>
+  <Characters>4417</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
+  <Lines>36</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Worksheets</vt:lpstr>
-[...5 lines deleted...]
-        <vt:lpstr>Named Ranges</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>'Mid-Month'!Print_Area</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>August2025MidMonthReport.docx</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Commonwealth of MA</Company>
   <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>5181</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Pokharel, Sunil (DOR)</dc:creator>
+  <dc:title>December2025MidMonthReport.docx</dc:title>
+  <dc:creator>MA Dept of Revenue</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>