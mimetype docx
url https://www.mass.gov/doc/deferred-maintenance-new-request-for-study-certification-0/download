--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -14,51 +14,51 @@
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="03C14932" w14:textId="374E8628" w:rsidR="00CF172A" w:rsidRPr="00071D1D" w:rsidRDefault="00CF172A" w:rsidP="000A32E8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00071D1D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
@@ -170,249 +170,209 @@
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10008" w:type="dxa"/>
         <w:tblInd w:w="-95" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5562"/>
         <w:gridCol w:w="4446"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000C09AC" w14:paraId="5D0DAC44" w14:textId="77777777" w:rsidTr="00F87107">
+      <w:tr w:rsidR="001736B0" w14:paraId="5D0DAC44" w14:textId="77777777" w:rsidTr="001F4077">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5562" w:type="dxa"/>
+            <w:tcW w:w="10008" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7BB4B513" w14:textId="2FABE8B7" w:rsidR="000C09AC" w:rsidRDefault="000C09AC" w:rsidP="00606A80">
+          <w:p w14:paraId="5E5F2B43" w14:textId="77777777" w:rsidR="001736B0" w:rsidRDefault="001736B0" w:rsidP="00606A80">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA7E78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>State Project Number:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-94482906"/>
                 <w:placeholder>
-                  <w:docPart w:val="2892405BB49F4EE9A25C8FF72748DDF0"/>
+                  <w:docPart w:val="FBB6ACEACD134DD5BBDD9E5D7087FDC3"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F87107" w:rsidRPr="00BF034E">
+                <w:r w:rsidRPr="00BF034E">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="5E938978" w14:textId="2E2D4BC8" w:rsidR="000C09AC" w:rsidRDefault="000C09AC" w:rsidP="00606A80">
+          <w:p w14:paraId="5E938978" w14:textId="0D49AC2E" w:rsidR="001736B0" w:rsidRDefault="001736B0" w:rsidP="00606A80">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Phase #:  F</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">1  </w:t>
+              <w:t xml:space="preserve">Phase #:  FT1  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="1428777819"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">       F</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">2  </w:t>
+              <w:t xml:space="preserve">       FT2  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-1024937411"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="005B3043">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">       FT0  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="1660500047"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="005B3043">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009C5D8E" w14:paraId="7D1DFDC7" w14:textId="77777777" w:rsidTr="00F87107">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10008" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -513,186 +473,165 @@
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="378217357"/>
                 <w:placeholder>
                   <w:docPart w:val="A9A72E9C393E45DE95DD248A702B56F7"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00BF034E">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C09AC" w14:paraId="31541676" w14:textId="77777777" w:rsidTr="00F87107">
+      <w:tr w:rsidR="001736B0" w14:paraId="31541676" w14:textId="77777777" w:rsidTr="00B0244E">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5562" w:type="dxa"/>
+            <w:tcW w:w="10008" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="656C0581" w14:textId="1A030D45" w:rsidR="000C09AC" w:rsidRPr="00AA7E78" w:rsidRDefault="000C09AC" w:rsidP="00B30AFA">
+          <w:p w14:paraId="68A5B9C9" w14:textId="77777777" w:rsidR="001736B0" w:rsidRPr="00AA7E78" w:rsidRDefault="001736B0" w:rsidP="00B30AFA">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA7E78">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Facility Location:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1369947573"/>
                 <w:placeholder>
-                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                  <w:docPart w:val="678C552AC4B84E84A2CED95C76797F68"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
-                <w:r w:rsidR="004D638F" w:rsidRPr="00BF034E">
+                <w:r w:rsidRPr="00BF034E">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="70A627DC" w14:textId="4D108CA3" w:rsidR="000C09AC" w:rsidRPr="00AA7E78" w:rsidRDefault="00285701" w:rsidP="00B30AFA">
+          <w:p w14:paraId="70A627DC" w14:textId="5E75CF7C" w:rsidR="001736B0" w:rsidRPr="00AA7E78" w:rsidRDefault="001736B0" w:rsidP="00B30AFA">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">CAMIS </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">CAMIS J Number: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="24840828"/>
                 <w:placeholder>
-                  <w:docPart w:val="90DCC312798644FEA74CFDB1C7EBB25C"/>
+                  <w:docPart w:val="A4EA57CE69D0470487D596B759781BE0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="M/d/yyyy"/>
                   <w:lid w:val="en-US"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F87107" w:rsidRPr="00BF034E">
+                <w:r w:rsidRPr="00BF034E">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Click or tap to enter a date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00F87107">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D638F" w14:paraId="5078CCD5" w14:textId="77777777" w:rsidTr="00F87107">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10008" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4FC194DD" w14:textId="649719F8" w:rsidR="004D638F" w:rsidRDefault="004D638F" w:rsidP="00B30AFA">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -2695,139 +2634,139 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F87107">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Commissioner, DCAMM</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E413AF" w:rsidRPr="00F87107" w:rsidSect="00AC1F91">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="540" w:footer="510" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7815E83D" w14:textId="77777777" w:rsidR="00C56CAB" w:rsidRDefault="00C56CAB" w:rsidP="00E37F6A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="46B457A8" w14:textId="77777777" w:rsidR="00C56CAB" w:rsidRDefault="00C56CAB" w:rsidP="00E37F6A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1868448639"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="1861B730" w14:textId="4F389A79" w:rsidR="00E413AF" w:rsidRDefault="00E413AF" w:rsidP="005B3043">
         <w:pPr>
           <w:spacing w:line="276" w:lineRule="auto"/>
           <w:ind w:left="0"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
@@ -2955,51 +2894,51 @@
         <w:r w:rsidRPr="004206B8">
           <w:rPr>
             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t xml:space="preserve"> of </w:t>
         </w:r>
         <w:r w:rsidR="00B30AFA">
           <w:rPr>
             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-142285256"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="62CC2696" w14:textId="77777777" w:rsidR="00DB06E0" w:rsidRDefault="00DB06E0" w:rsidP="00DB06E0">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
       </w:p>
       <w:p w14:paraId="4DD93AEE" w14:textId="21BCCB33" w:rsidR="00DB06E0" w:rsidRDefault="00DB06E0" w:rsidP="00DB06E0">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r w:rsidRPr="004206B8">
           <w:rPr>
             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
             <w:sz w:val="18"/>
@@ -3100,70 +3039,70 @@
             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r w:rsidRPr="004206B8">
           <w:rPr>
             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="30BBC269" w14:textId="77777777" w:rsidR="00C56CAB" w:rsidRDefault="00C56CAB" w:rsidP="00E37F6A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5063DEB9" w14:textId="77777777" w:rsidR="00C56CAB" w:rsidRDefault="00C56CAB" w:rsidP="00E37F6A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5F2C57A4" w14:textId="73389272" w:rsidR="000A32E8" w:rsidRPr="000A32E8" w:rsidRDefault="000C09AC" w:rsidP="000A32E8">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>REQUEST</w:t>
     </w:r>
     <w:r w:rsidR="00E37F6A" w:rsidRPr="000A32E8">
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
@@ -3212,97 +3151,97 @@
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="0080438A" w:rsidRPr="0080438A">
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>($10 Million for UMass system)</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FFA5238" w14:textId="22750663" w:rsidR="00E37F6A" w:rsidRPr="00E37F6A" w:rsidRDefault="00E37F6A" w:rsidP="00E37F6A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7678A779" w14:textId="77777777" w:rsidR="00E37F6A" w:rsidRDefault="00E37F6A" w:rsidP="00E37F6A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E37F6A">
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>TRANSMITTAL LETTER FOR STUDY CERTIFICATION</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> FOR DEFERRED MAINTENANCE PROJECTS </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="30F957E3" w14:textId="133BC170" w:rsidR="00E37F6A" w:rsidRPr="00E37F6A" w:rsidRDefault="00E37F6A" w:rsidP="00E37F6A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>WITH A DOLLAR VALUE OF $100,000 TO $2 MILLION</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="508071B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6262E4AE"/>
     <w:lvl w:ilvl="0" w:tplc="1FCAEA7C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3379,83 +3318,86 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="436217106">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E37F6A"/>
     <w:rsid w:val="00037E50"/>
     <w:rsid w:val="00060F5D"/>
     <w:rsid w:val="00095D6F"/>
     <w:rsid w:val="000A32E8"/>
     <w:rsid w:val="000C09AC"/>
     <w:rsid w:val="000D0949"/>
+    <w:rsid w:val="001736B0"/>
     <w:rsid w:val="00193467"/>
+    <w:rsid w:val="001D32AA"/>
     <w:rsid w:val="001D32F6"/>
     <w:rsid w:val="002520FE"/>
     <w:rsid w:val="00262461"/>
     <w:rsid w:val="00285701"/>
     <w:rsid w:val="002D51E6"/>
     <w:rsid w:val="002E6B1B"/>
     <w:rsid w:val="003C1BC7"/>
     <w:rsid w:val="003C3054"/>
     <w:rsid w:val="004136FE"/>
     <w:rsid w:val="00435285"/>
     <w:rsid w:val="00460443"/>
     <w:rsid w:val="004C43F4"/>
     <w:rsid w:val="004D638F"/>
     <w:rsid w:val="004F7025"/>
     <w:rsid w:val="00535AE2"/>
     <w:rsid w:val="00567D78"/>
     <w:rsid w:val="005B3043"/>
     <w:rsid w:val="00603765"/>
     <w:rsid w:val="0060407A"/>
     <w:rsid w:val="0062162F"/>
     <w:rsid w:val="0065039C"/>
     <w:rsid w:val="006E0EB6"/>
     <w:rsid w:val="00706E25"/>
     <w:rsid w:val="007B7022"/>
     <w:rsid w:val="007D46FF"/>
@@ -3491,65 +3433,65 @@
     <w:rsid w:val="00E37F6A"/>
     <w:rsid w:val="00E413AF"/>
     <w:rsid w:val="00E467AF"/>
     <w:rsid w:val="00EB0B16"/>
     <w:rsid w:val="00EE3643"/>
     <w:rsid w:val="00F87107"/>
     <w:rsid w:val="00FC08F5"/>
     <w:rsid w:val="00FE21CA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1A5B4155"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C09D5CB3-E818-4F95-9270-732970127620}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4131,66 +4073,66 @@
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="004F7025"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{664EF3AA-FFAA-4B88-B0B0-1A9F12400CDE}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00DD1835" w:rsidRDefault="0049338A">
           <w:r w:rsidRPr="007C4983">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
@@ -4620,244 +4562,275 @@
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{32FC30B0-5417-46C3-A838-699ED260EB53}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00F22C21" w:rsidRDefault="00644331" w:rsidP="00644331">
           <w:pPr>
             <w:pStyle w:val="ACC3EB341A274A65BAB66861922036E6"/>
           </w:pPr>
           <w:r w:rsidRPr="007C4983">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="90DCC312798644FEA74CFDB1C7EBB25C"/>
+        <w:name w:val="FBB6ACEACD134DD5BBDD9E5D7087FDC3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{5FC36CC1-9203-4596-B1F8-6A8849B813FF}"/>
+        <w:guid w:val="{B7BA4F47-A462-4A68-94C8-68C44121FC8C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F22C21" w:rsidRDefault="00644331" w:rsidP="00644331">
+        <w:p w:rsidR="00A244B2" w:rsidRDefault="00A244B2" w:rsidP="00A244B2">
           <w:pPr>
-            <w:pStyle w:val="90DCC312798644FEA74CFDB1C7EBB25C"/>
+            <w:pStyle w:val="FBB6ACEACD134DD5BBDD9E5D7087FDC3"/>
+          </w:pPr>
+          <w:r w:rsidRPr="004F7025">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="678C552AC4B84E84A2CED95C76797F68"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{861817E8-DEEA-473C-B6BB-22014157A227}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00A244B2" w:rsidRDefault="00A244B2" w:rsidP="00A244B2">
+          <w:pPr>
+            <w:pStyle w:val="678C552AC4B84E84A2CED95C76797F68"/>
+          </w:pPr>
+          <w:r w:rsidRPr="007C4983">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A4EA57CE69D0470487D596B759781BE0"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9BC9A760-AA39-4E92-8FF1-C3C05AF93418}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00A244B2" w:rsidRDefault="00A244B2" w:rsidP="00A244B2">
+          <w:pPr>
+            <w:pStyle w:val="A4EA57CE69D0470487D596B759781BE0"/>
           </w:pPr>
           <w:r w:rsidRPr="004F7025">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
-    <w:docPart>
-[...29 lines deleted...]
-    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0049338A"/>
+    <w:rsid w:val="001D32AA"/>
     <w:rsid w:val="00232FD0"/>
     <w:rsid w:val="0049338A"/>
     <w:rsid w:val="00644331"/>
     <w:rsid w:val="00932CF7"/>
+    <w:rsid w:val="00A244B2"/>
     <w:rsid w:val="00A9298B"/>
     <w:rsid w:val="00C351B4"/>
     <w:rsid w:val="00DD1835"/>
     <w:rsid w:val="00E27C68"/>
     <w:rsid w:val="00F22C21"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5243,51 +5216,51 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00644331"/>
+    <w:rsid w:val="00A244B2"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="969DB6A467C04CE5A115842C822A053A1">
     <w:name w:val="969DB6A467C04CE5A115842C822A053A1"/>
     <w:rsid w:val="0049338A"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A9A72E9C393E45DE95DD248A702B56F71">
     <w:name w:val="A9A72E9C393E45DE95DD248A702B56F71"/>
     <w:rsid w:val="0049338A"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
@@ -5336,55 +5309,94 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="90D84A1A4E2C4864BCD0967DDC22F70C">
     <w:name w:val="90D84A1A4E2C4864BCD0967DDC22F70C"/>
     <w:rsid w:val="00644331"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="30B5EA9FB0D1462491DBA8B6073F6039">
     <w:name w:val="30B5EA9FB0D1462491DBA8B6073F6039"/>
     <w:rsid w:val="00644331"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="139D6C6457C04BCE93BCA840C882A0DA">
     <w:name w:val="139D6C6457C04BCE93BCA840C882A0DA"/>
     <w:rsid w:val="00644331"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ACC3EB341A274A65BAB66861922036E6">
     <w:name w:val="ACC3EB341A274A65BAB66861922036E6"/>
     <w:rsid w:val="00644331"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="90DCC312798644FEA74CFDB1C7EBB25C">
     <w:name w:val="90DCC312798644FEA74CFDB1C7EBB25C"/>
     <w:rsid w:val="00644331"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2892405BB49F4EE9A25C8FF72748DDF0">
     <w:name w:val="2892405BB49F4EE9A25C8FF72748DDF0"/>
     <w:rsid w:val="00644331"/>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FBB6ACEACD134DD5BBDD9E5D7087FDC3">
+    <w:name w:val="FBB6ACEACD134DD5BBDD9E5D7087FDC3"/>
+    <w:rsid w:val="00A244B2"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="678C552AC4B84E84A2CED95C76797F68">
+    <w:name w:val="678C552AC4B84E84A2CED95C76797F68"/>
+    <w:rsid w:val="00A244B2"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A4EA57CE69D0470487D596B759781BE0">
+    <w:name w:val="A4EA57CE69D0470487D596B759781BE0"/>
+    <w:rsid w:val="00A244B2"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -5658,54 +5670,69 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_activity xmlns="6d1ab2f6-91f9-4f14-952a-3f3eb0d68341" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D7ABE31071780243B2E68C5BEE851FF0" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="148ce38a1389baeb0fd2ed46c01f9e82">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns3="6d1ab2f6-91f9-4f14-952a-3f3eb0d68341" xmlns:ns4="8f2fdac3-5421-455f-b4e4-df6141b3176a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3fda0d0b366e78510b20bbab80c682db" ns1:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="6d1ab2f6-91f9-4f14-952a-3f3eb0d68341"/>
     <xsd:import namespace="8f2fdac3-5421-455f-b4e4-df6141b3176a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:_activity" minOccurs="0"/>
@@ -5911,126 +5938,111 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...5 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7AE108B7-F89A-4363-8D53-B2171A3E07E5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{69154EBD-C7B3-4FF0-98C4-1FD9AB8603BC}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="8f2fdac3-5421-455f-b4e4-df6141b3176a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="6d1ab2f6-91f9-4f14-952a-3f3eb0d68341"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C88BB14-6B09-40B9-BAAE-28F27581C24E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{104DAB18-89B0-45E4-9900-B3BB4F823920}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="6d1ab2f6-91f9-4f14-952a-3f3eb0d68341"/>
     <ds:schemaRef ds:uri="8f2fdac3-5421-455f-b4e4-df6141b3176a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C88BB14-6B09-40B9-BAAE-28F27581C24E}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7AE108B7-F89A-4363-8D53-B2171A3E07E5}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>468</Words>
   <Characters>2671</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>22</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>