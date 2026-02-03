--- v0 (2025-11-02)
+++ v1 (2026-02-03)
@@ -8147,52 +8147,52 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001B99F2764389D14292225351B0A44177" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9c041ca2768beeef2b8ecf4b18efa988">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a19951b7-df7b-4791-9833-7eead592f30e" xmlns:ns3="7b83dbe2-6fd2-449a-a932-0d75829bf641" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="825232bca4ba92a72d98b6849f6de347" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001B99F2764389D14292225351B0A44177" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fa926dd95cf8f512ab8b3936f00a53d4">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a19951b7-df7b-4791-9833-7eead592f30e" xmlns:ns3="7b83dbe2-6fd2-449a-a932-0d75829bf641" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="af85006c158d9711332a852b9187dcf6" ns2:_="" ns3:_="">
     <xsd:import namespace="a19951b7-df7b-4791-9833-7eead592f30e"/>
     <xsd:import namespace="7b83dbe2-6fd2-449a-a932-0d75829bf641"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -8380,51 +8380,51 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a19951b7-df7b-4791-9833-7eead592f30e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="7b83dbe2-6fd2-449a-a932-0d75829bf641" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2368662C-2D59-4612-926E-F73EC64BFF27}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9DF8BDE5-FEEE-4353-A702-9C6F7743AE64}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A28DD171-96EE-4907-A61B-E4E4B1B3B667}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E62FFB6F-9023-4C25-AA83-02185B335A1A}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>641</Words>
   <Characters>3658</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>30</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>