--- v0 (2025-10-29)
+++ v1 (2026-02-03)
@@ -1,328 +1,4503 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4CEC4D58" w14:textId="77777777" w:rsidR="00406683" w:rsidRPr="00EA50B1" w:rsidRDefault="00000000" w:rsidP="00EF65EE">
+    <w:p w14:paraId="4CEC4D58" w14:textId="77777777" w:rsidR="00406683" w:rsidRPr="00EA50B1" w:rsidRDefault="00D81F58" w:rsidP="00EF65EE">
       <w:pPr>
         <w:pStyle w:val="Tiu10"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="bookmark0"/>
       <w:bookmarkStart w:id="1" w:name="bookmark1"/>
       <w:bookmarkStart w:id="2" w:name="bookmark2"/>
       <w:r w:rsidRPr="00EA50B1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>Tổng Quan và Thông Tin Liên Hệ về Khu Vực Cảng Được Chỉ Định (DPA)</w:t>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ổ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng Quan và Thông Tin Liên H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ề</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Khu V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ự</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng Đư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ợ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c Ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ỉ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>nh (DPA)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="205FF5B3" w14:textId="77777777" w:rsidR="00406683" w:rsidRPr="00EA50B1" w:rsidRDefault="00000000" w:rsidP="00EA50B1">
+    <w:p w14:paraId="205FF5B3" w14:textId="77777777" w:rsidR="00406683" w:rsidRPr="00EA50B1" w:rsidRDefault="00D81F58" w:rsidP="00EA50B1">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA50B1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>Để bảo vệ và thúc đẩy các ngành công nghiệp phụ thuộc vào nước, Khối Thịnh Vượng Chung Massachusetts đã thành lập 10 Khu Vực Cảng Được Chỉ Định (DPA), chiếm khoảng hai phần trăm diện tích bờ biển của tiểu bang. Các khu vực DPA này—Gloucester Inner Harbor, Salem Harbor, Lynn, Mystic River, Chelsea Creek, East Boston, South Boston, Weymouth Fore River, New Bedford-Fairhaven và Mount Hope Bay—có những đặc điểm vật lý và hoạt động đặc biệt quan trọng đối với các cơ sở công nghiệp hàng hải. (Xem bản đồ ở trang tiếp theo để biết vị trí của DPA.) DPA trước đây đã hỗ trợ các hoạt động đánh bắt cá thương mại, cơ sở chế biến cá, chuyển hàng hóa giữa tàu và bờ, cũng như các hoạt động cần khối lượng nước lớn để khai thác hoặc xả thải. DPA ngày càng hỗ trợ nhiều hơn cho hoạt động sản xuất, chế biến và sản xuất đòi hỏi phải vận chuyển bằng đường biển, bao gồm chuỗi cung ứng năng lượng tái tạo ngoài khơi đang phát triển, nghiên cứu và phát triển công nghệ và robot hàng hải, cũng như nuôi trồng thủy sản thương mại.</w:t>
+        <w:t>Đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>o v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và thúc đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ẩ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>y các ngành công nghi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>p ph</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ụ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> thu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c vào nư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ớ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c, Kh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ố</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i Th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>nh Vư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ợ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng Chung Massachusetts đã thành l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ậ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>p 10 Khu V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ự</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng Đư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ợ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c Ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ỉ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>nh (DPA), chi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>m kho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng hai ph</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ầ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n trăm di</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n tích b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ờ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ủ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a ti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>u bang. Các khu v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ự</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c DPA này—Gloucester Inner Harbor, Salem Harbor, Lynn, Mystic River, Chelsea Creek, East Boston, South Boston, Weymouth Fore River, New Bedford-Fairhaven và Mount Hope Bay—có nh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ữ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ặ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c đi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>m v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ậ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t lý và ho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ặ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c bi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t quan tr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ọ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ố</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ớ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i các cơ s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ở</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> công nghi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>p hàng h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i. (Xem b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ồ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ở</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trang ti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>p theo đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trí c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ủ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a DPA.) DPA trư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ớ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c đây đã h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ỗ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ợ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> các ho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng đánh b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ắ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t cá thương m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i, cơ s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ở</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n cá, chuy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n hàng hóa gi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ữ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a tàu và b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ờ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>, cũng như các ho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ầ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n kh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ố</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i lư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ợ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng nư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ớ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ớ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> khai thác ho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ặ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c x</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i. DPA ngày càng h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ỗ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ợ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nhi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ề</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>u hơn cho ho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n xu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ấ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t, ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n và s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n xu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ấ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t đòi h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ỏ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i ph</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ậ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n chuy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ằ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng đư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ờ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng bi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n, bao g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ồ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>m chu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ỗ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i cung </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ứ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng năng lư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ợ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng tái t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>o ngoài khơi đang phát tri</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n, nghiên c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ứ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>u và phát tri</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n công ngh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và robot hàng h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i, cũng như nuôi tr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ồ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ủ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>y s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n thương m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C618781" w14:textId="77777777" w:rsidR="00406683" w:rsidRPr="00EA50B1" w:rsidRDefault="00000000" w:rsidP="00EA50B1">
+    <w:p w14:paraId="1C618781" w14:textId="77777777" w:rsidR="00406683" w:rsidRPr="00EA50B1" w:rsidRDefault="00D81F58" w:rsidP="00EA50B1">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA50B1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>Các ngành công nghiệp phụ thuộc vào nước chiếm phần lớn trong nền kinh tế hàng hải ở Massachusetts, một lĩnh vực quan trọng và đang mở rộng của nền kinh tế chung của tiểu bang. Mục đích của chương trình DPA là hợp tác với các thành phố để thúc đẩy những ngành công nghiệp này và ngăn ngừa việc mất đi các khu vực có đặc điểm quan trọng để sử dụng cho mục đích hoạt động công nghiệp phụ thuộc vào nước. Mặc dù các hoạt động công nghiệp phụ thuộc vào nước có quy mô và cường độ khác nhau, nhưng nhìn chung tất cả đều cần có cơ sở hạ tầng với ba thành phần thiết yếu: 1) tuyến đường thủy và bờ sông liên kết được phát triển cho một số hình thức vận chuyển thương mại hoặc sử dụng nước trực tiếp khác; 2) không gian đất liền thuận lợi về cả cấu hình vật lý và đặc điểm sử dụng để xây dựng các cơ sở và hoạt động công nghiệp; và 3) dịch vụ vận tải trên đất liền và tiện ích công cộng phù hợp cho mục đích công nghiệp chung. Các yếu tố kinh tế, môi trường và xã hội ngày nay đặt ra những thách thức nghiêm trọng đối với việc phát triển cảng chuyên sâu ở những nơi khác dọc theo bờ biển - trên thực tế biến DPA thành nguồn tài nguyên không tái tạo - điều này nhấn mạnh tầm quan trọng của việc ngăn chặn chuyển đổi các khu vực này thành nhà ở, không gian văn phòng, khu giải trí, phát triển thương mại dày đặc hoặc các mục đích sử dụng khác thường không phù hợp với hoạt động của DPA. Việc mất đi các khu vực cảng phát triển này sẽ hạn chế tiềm năng phát triển công nghiệp phụ thuộc vào nước trong tương lai ở Massachusetts.</w:t>
+        <w:t>Các ngành công nghi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>p ph</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ụ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> thu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c vào nư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ớ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c chi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>m ph</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ầ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ớ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n trong n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ề</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n kinh t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hàng h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ở</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Massachusetts, m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t lĩnh v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ự</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c quan tr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ọ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng và đang m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ở</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ủ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ề</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n kinh t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> chung c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ủ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a ti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>u bang. M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ụ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c đích c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ủ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a chương trình DPA là h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ợ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>p tác v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ớ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i các thành ph</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ố</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> thúc đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ẩ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>y nh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ữ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng ngành công nghi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>p này và ngăn ng</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ừ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a vi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ấ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t đi các khu v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ự</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c có đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ặ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c đi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>m quan tr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ọ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ử</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ụ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng cho m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ụ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c đích ho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng công nghi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>p ph</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ụ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> thu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c vào nư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ớ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c. M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ặ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c dù các ho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng công nghi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>p ph</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ụ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> thu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c vào nư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ớ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c có quy mô và cư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ờ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> khác nhau, nhưng nhìn chung t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ấ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ề</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>u c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ầ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n có cơ s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ở</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ầ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ớ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i ba thành ph</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ầ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n thi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>u: 1) tuy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n đư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ờ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ủ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>y và b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ờ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sông liên k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t đư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ợ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c phát tri</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n cho m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ố</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hình th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ứ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ậ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n chuy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n thương m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i ho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ặ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ử</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ụ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng nư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ớ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c tr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ự</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c ti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>p khác; 2) không gian đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ấ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t li</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ề</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n thu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ậ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ợ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ề</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ấ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>u hình v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ậ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t lý và đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ặ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c đi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>m s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ử</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ụ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> xây d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ự</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng các cơ s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ở</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và ho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng công nghi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>p; và 3) d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ch v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ụ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ậ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i trên đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ấ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t li</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ề</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n và ti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n ích công c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng phù h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ợ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>p cho m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ụ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c đích công nghi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>p chung. Các y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>u t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ố</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kinh t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>, môi trư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ờ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng và xã h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i ngày nay đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ặ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t ra nh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ữ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng thách th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ứ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c nghiêm tr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ọ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ố</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ớ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i vi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c phát tri</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng chuyên s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">âu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ở</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ữ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng nơi khác d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ọ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c theo b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ờ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n - trên th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ự</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n DPA thành ngu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ồ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n tài nguyên không tái t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>o - đi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ề</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>u này nh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ấ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>nh t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ầ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>m quan tr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ọ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ủ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a vi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c ngăn ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ặ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n chuy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ổ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i các khu v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ự</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">c này thành nhà </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ở</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>, không gian văn phòng, khu gi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i trí, phát tri</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n thương m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i dày đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ặ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c ho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ặ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c các m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ụ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c đích s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ử</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ụ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng khác thư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ờ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng không phù h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ợ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>p v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ớ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i ho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ủ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a DPA. Vi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ấ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t đi các khu v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ự</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng phát tri</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n này s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ẽ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ề</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>m năng phát tri</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n công nghi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>p ph</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ụ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> thu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c vào nư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ớ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">c trong tương lai </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ở</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Massachusetts.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64983189" w14:textId="77777777" w:rsidR="00406683" w:rsidRPr="00EA50B1" w:rsidRDefault="00000000" w:rsidP="00EA50B1">
+    <w:p w14:paraId="64983189" w14:textId="77777777" w:rsidR="00406683" w:rsidRPr="00EA50B1" w:rsidRDefault="00D81F58" w:rsidP="00EA50B1">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung0"/>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA50B1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">CZM cung cấp hỗ trợ kỹ thuật để giúp lập kế hoạch chủ động cho DPA. Xem thông tin liên hệ bên dưới và </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId7" w:history="1">
+        <w:t>CZM cung c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ấ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>p h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ỗ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ợ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ỹ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> thu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ậ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> giúp l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ậ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>p k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ch ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ủ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ng cho DPA. Xem thông tin liên h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bên dư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ớ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i và </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00406683" w:rsidRPr="00EA50B1">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.mass.gov/info-details/czm-port-and-harbor-planning-program-designated-port-areas</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EA50B1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> để biết thêm thông tin.</w:t>
+        <w:t xml:space="preserve"> đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t thêm thông tin.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DB12E29" w14:textId="77777777" w:rsidR="00406683" w:rsidRPr="00EA50B1" w:rsidRDefault="00000000" w:rsidP="00EA50B1">
+    <w:p w14:paraId="3DB12E29" w14:textId="77777777" w:rsidR="00406683" w:rsidRPr="00EA50B1" w:rsidRDefault="00D81F58" w:rsidP="00EA50B1">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="742"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="740" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="bookmark3"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="00EA50B1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>North Shore</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA50B1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - Nếu có thắc mắc về DPA ở North Shore (Gloucester Inner Harbor, Salem Harbor và Lynn), hãy liên hệ: Kathryn Glenn, Điều Phối Viên Khu Vực CZM North Shore, qua </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId8" w:history="1">
+        <w:t xml:space="preserve"> - N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>u có th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ắ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ắ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ề</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DPA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ở</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> North Shore (Gloucester Inner Harbor, Salem Harbor và Lynn), hãy liên h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>: Kathryn Glenn, Đi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ề</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>u Ph</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ố</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i Viên Khu V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ự</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">c CZM North Shore, qua </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00406683" w:rsidRPr="00EA50B1">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>kathryn.glenn@mass.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EA50B1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (email) hoặc 617-947-9169 (số điện thoại).</w:t>
+        <w:t xml:space="preserve"> (email) ho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ặ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c 617-947-9169 (s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ố</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n tho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5144A91E" w14:textId="77777777" w:rsidR="00406683" w:rsidRPr="00EA50B1" w:rsidRDefault="00000000" w:rsidP="00EA50B1">
+    <w:p w14:paraId="5144A91E" w14:textId="77777777" w:rsidR="00406683" w:rsidRPr="00EA50B1" w:rsidRDefault="00D81F58" w:rsidP="00EA50B1">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="742"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="740" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="bookmark4"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="00EA50B1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Boston Harbor</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA50B1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - Đối với các DPA ở khu vực Boston (Mystic River, Chelsea Creek, East Boston, South Boston và Weymouth Fore River), hãy liên hệ: Joanna Yelen, Điều Phối Viên Khu Vực CZM Boston Harbor, qua </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId9" w:history="1">
+        <w:t xml:space="preserve"> - Đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ố</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ớ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i các DPA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ở</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> khu v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ự</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c Boston (Mystic River, Chelsea Creek, East Boston, South Boston và Weymouth Fore River), hãy liên h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>: Joanna Yelen, Đi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ề</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>u Ph</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ố</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i Viên Khu V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ự</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">c CZM Boston Harbor, qua </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="00406683" w:rsidRPr="00EA50B1">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>joanna.m.yelen@mass.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EA50B1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (email) hoặc 617-845-7962 (số điện thoại).</w:t>
+        <w:t xml:space="preserve"> (email) ho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ặ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c 617-845-7962 (s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ố</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n tho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5218D603" w14:textId="322B67D9" w:rsidR="00406683" w:rsidRPr="00EA50B1" w:rsidRDefault="00000000" w:rsidP="00EA50B1">
+    <w:p w14:paraId="5218D603" w14:textId="322B67D9" w:rsidR="00406683" w:rsidRPr="00EA50B1" w:rsidRDefault="00D81F58" w:rsidP="00EA50B1">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="742"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="740" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="bookmark5"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="00EA50B1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">South Coastal </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA50B1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">- Đối với các DPA tại Vùng Duyên Hải Phía Nam của CZM (New Bedford-Fairhaven and Mount Hope Bay), hãy liên hệ: Sam Haines, Điều Phối Viên Khu Vực Duyên Hải Phía Nam của CZM, qua </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId10" w:history="1">
+        <w:t>- Đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ố</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ớ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i các DPA t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i Vùng Duyên H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i Phía Nam c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ủ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>a CZM (New Bedford-Fairhaven and Mount Hope Bay), hãy liên h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>: Sam Haines, Đi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ề</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>u Ph</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ố</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i Viên Khu V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ự</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c Duyên H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i Phía Nam c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ủ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a CZM, qua </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="00406683" w:rsidRPr="00EA50B1">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>samuel.haines@mass.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EA50B1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (email) hoặc 617-694-8235 (số điện thoại).</w:t>
+        <w:t xml:space="preserve"> (email) ho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ặ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>c 617-694-8235 (s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ố</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>n tho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>i).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DD7236F" w14:textId="77777777" w:rsidR="00406683" w:rsidRPr="00EA50B1" w:rsidRDefault="00000000" w:rsidP="007B6321">
+    <w:p w14:paraId="1DD7236F" w14:textId="77777777" w:rsidR="00406683" w:rsidRPr="00EA50B1" w:rsidRDefault="00D81F58" w:rsidP="007B6321">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA50B1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="60E8FBFE" wp14:editId="04DDF138">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="60E8FBFE" wp14:editId="51771B8D">
             <wp:extent cx="5248910" cy="6803390"/>
             <wp:effectExtent l="0" t="0" r="8890" b="0"/>
-            <wp:docPr id="1" name="Shape 1"/>
+            <wp:docPr id="1" name="Shape 1" descr="Map of Massachusetts Designated Port Areas (DPAs) - May 5, 2020"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="2" name="Picture box 2"/>
+                    <pic:cNvPr id="1" name="Shape 1" descr="Map of Massachusetts Designated Port Areas (DPAs) - May 5, 2020"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11">
+                    <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5248910" cy="6803390"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:tbl>
@@ -351,66 +4526,78 @@
         <w:gridCol w:w="1853"/>
         <w:gridCol w:w="698"/>
         <w:gridCol w:w="1788"/>
         <w:gridCol w:w="764"/>
         <w:gridCol w:w="1723"/>
       </w:tblGrid>
       <w:tr w:rsidR="007B6321" w:rsidRPr="00EA50B1" w14:paraId="3BCCDC6B" w14:textId="77777777" w:rsidTr="007B6321">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4BFF3175" w14:textId="77777777" w:rsidR="007B6321" w:rsidRPr="00EA50B1" w:rsidRDefault="007B6321" w:rsidP="007B6321">
             <w:pPr>
               <w:pStyle w:val="Vnbnnidung20"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA50B1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4C2D9598" wp14:editId="0BD0C476">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4C2D9598" wp14:editId="6168DB12">
                   <wp:extent cx="533400" cy="526648"/>
                   <wp:effectExtent l="0" t="0" r="0" b="6985"/>
-                  <wp:docPr id="813920485" name="Picture 1"/>
+                  <wp:docPr id="813920485" name="Picture 1">
+                    <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="813920485" name=""/>
+                          <pic:cNvPr id="813920485" name="Picture 1">
+                            <a:extLst>
+                              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                              </a:ext>
+                            </a:extLst>
+                          </pic:cNvPr>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId12"/>
+                          <a:blip r:embed="rId15"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="538909" cy="532087"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1635" w:type="dxa"/>
           </w:tcPr>
@@ -453,66 +4640,78 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C0B942F" w14:textId="77777777" w:rsidR="007B6321" w:rsidRPr="00EA50B1" w:rsidRDefault="007B6321" w:rsidP="007B6321">
             <w:pPr>
               <w:pStyle w:val="Vnbnnidung20"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA50B1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="630D86FB" wp14:editId="19003A28">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="630D86FB" wp14:editId="0EA91C21">
                   <wp:extent cx="419136" cy="441998"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="489230677" name="Picture 1"/>
+                  <wp:docPr id="489230677" name="Picture 1">
+                    <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="489230677" name=""/>
+                          <pic:cNvPr id="489230677" name="Picture 1">
+                            <a:extLst>
+                              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                              </a:ext>
+                            </a:extLst>
+                          </pic:cNvPr>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId13"/>
+                          <a:blip r:embed="rId16"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="419136" cy="441998"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1853" w:type="dxa"/>
           </w:tcPr>
@@ -565,64 +4764,76 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D8519FF" w14:textId="77777777" w:rsidR="007B6321" w:rsidRPr="00EA50B1" w:rsidRDefault="007B6321" w:rsidP="007B6321">
             <w:pPr>
               <w:pStyle w:val="Vnbnnidung20"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA50B1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="38C3C462" wp14:editId="4951B1C0">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="38C3C462" wp14:editId="08A8E89F">
                   <wp:extent cx="433070" cy="408305"/>
                   <wp:effectExtent l="0" t="0" r="5080" b="0"/>
-                  <wp:docPr id="7" name="Shape 7"/>
+                  <wp:docPr id="7" name="Shape 7">
+                    <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </wp:docPr>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="8" name="Picture box 8"/>
+                          <pic:cNvPr id="7" name="Shape 7">
+                            <a:extLst>
+                              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                              </a:ext>
+                            </a:extLst>
+                          </pic:cNvPr>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId14">
+                          <a:blip r:embed="rId17">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch/>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="433070" cy="408305"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
@@ -659,64 +4870,76 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="764" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="24B27442" w14:textId="77777777" w:rsidR="007B6321" w:rsidRPr="00EA50B1" w:rsidRDefault="007B6321" w:rsidP="007B6321">
             <w:pPr>
               <w:pStyle w:val="Vnbnnidung20"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA50B1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E1CFDE5" wp14:editId="194530A8">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E1CFDE5" wp14:editId="52F0CBF1">
                   <wp:extent cx="438785" cy="438785"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="11" name="Shape 11"/>
+                  <wp:docPr id="11" name="Shape 11">
+                    <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </wp:docPr>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="12" name="Picture box 12"/>
+                          <pic:cNvPr id="11" name="Shape 11">
+                            <a:extLst>
+                              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                              </a:ext>
+                            </a:extLst>
+                          </pic:cNvPr>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId15">
+                          <a:blip r:embed="rId18">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch/>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="438785" cy="438785"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
@@ -763,245 +4986,1109 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="1C0D0D88" w14:textId="77777777" w:rsidR="007B6321" w:rsidRPr="00EA50B1" w:rsidRDefault="007B6321" w:rsidP="007B6321">
             <w:pPr>
               <w:pStyle w:val="Vnbnnidung20"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="617713D7" w14:textId="6EC4FC0D" w:rsidR="00406683" w:rsidRPr="00EA50B1" w:rsidRDefault="00406683" w:rsidP="00EF65EE">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung20"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C8ED48E" w14:textId="77777777" w:rsidR="00406683" w:rsidRPr="00EA50B1" w:rsidRDefault="00000000" w:rsidP="00EF65EE">
+    <w:p w14:paraId="4C8ED48E" w14:textId="77777777" w:rsidR="00406683" w:rsidRPr="00EA50B1" w:rsidRDefault="00D81F58" w:rsidP="00EF65EE">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung20"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA50B1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>Massachusetts Office of Coastal Zone Management</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E7D16AB" w14:textId="77777777" w:rsidR="00406683" w:rsidRPr="00EA50B1" w:rsidRDefault="00000000" w:rsidP="00EF65EE">
+    <w:p w14:paraId="1E7D16AB" w14:textId="77777777" w:rsidR="00406683" w:rsidRPr="00EA50B1" w:rsidRDefault="00D81F58" w:rsidP="00EF65EE">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung20"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA50B1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>100 Cambridge Street, Suite 900 | Boston, MA 02114 | (617) 626-1200</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FDB51BF" w14:textId="77777777" w:rsidR="00406683" w:rsidRPr="00EA50B1" w:rsidRDefault="00000000" w:rsidP="00EF65EE">
+    <w:p w14:paraId="3FDB51BF" w14:textId="77777777" w:rsidR="00406683" w:rsidRPr="00EA50B1" w:rsidRDefault="00D81F58" w:rsidP="00EF65EE">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung20"/>
         <w:spacing w:after="160"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA50B1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
-        <w:t>Đường Dây Thông Tin CZM</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">: (617) 626-1212 | </w:t>
+        <w:t>Đư</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA50B1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
-        <w:t>Trang web của CZM</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri"/>
+        <w:t>ờ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
+        <w:t>ng Dây Thông Tin CZM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: (617) 626-1212 | </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+        <w:t>Trang web c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+        <w:t>ủ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+        <w:t>a CZM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidR="00406683" w:rsidRPr="00EA50B1">
           <w:rPr>
             <w:rFonts w:ascii="Calibri"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00406683" w:rsidRPr="00EA50B1">
           <w:rPr>
             <w:rFonts w:ascii="Calibri"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.mass.gov/czm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5BDBEBFE" w14:textId="77777777" w:rsidR="00406683" w:rsidRPr="00EA50B1" w:rsidRDefault="00000000" w:rsidP="00EA50B1">
+    <w:p w14:paraId="5BDBEBFE" w14:textId="77777777" w:rsidR="00406683" w:rsidRPr="00EA50B1" w:rsidRDefault="00D81F58" w:rsidP="00EA50B1">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung20"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA50B1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="125829382" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="17879C5B" wp14:editId="4886156B">
+          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="125829382" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="17879C5B" wp14:editId="7ACCAE85">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>546100</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>12700</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="426720" cy="408305"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
-            <wp:docPr id="15" name="Shape 15"/>
+            <wp:docPr id="15" name="Shape 15">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="16" name="Picture box 16"/>
+                    <pic:cNvPr id="15" name="Shape 15">
+                      <a:extLst>
+                        <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                          <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17"/>
+                    <a:blip r:embed="rId20"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="426720" cy="408305"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00EA50B1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">Đây là ấn phẩm của Văn Phòng Quản Lý Vùng Duyên Hải Massachusetts (CZM), được thực hiện theo Hợp Đồng Tài Trợ Số NA22NOS4190075 của Cơ Quan Quốc Gia về Quản Lý Khí Quyển và Đại Dương Hoa Kỳ (NOAA). Ấn phẩm này được tài trợ (một phần) bởi thỏa thuận hợp tác/tài trợ từ Cơ Quan Quốc Gia về Quản Lý Khí Quyển và Đại Dương Hoa Kỳ (NOAA). Quan điểm nêu ở đây là quan điểm của tác giả và không nhất thiết phản ánh quan điểm của NOAA hoặc bất kỳ cơ quan trực thuộc nào. </w:t>
+        <w:t xml:space="preserve">Đây là </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ấ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>n ph</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ẩ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>m c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ủ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>a Văn Phòng Qu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>n Lý Vùng Duyên H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>i Massachusetts (CZM), đư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ợ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>c th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ự</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>c hi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ệ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>n theo H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ợ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>p Đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ồ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ng Tài Tr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ợ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ố</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NA22NOS4190075 c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ủ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>a Cơ Quan Qu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ố</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>c Gia v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ề</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Qu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>n Lý Khí Quy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>n và Đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>i Dương Hoa K</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ỳ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (NOAA). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>Ấ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>n ph</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ẩ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>m này đư</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ợ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>c tài tr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ợ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>t ph</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ầ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>n) b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ở</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>i th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ỏ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>a thu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ậ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>n h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ợ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>p tác/tài tr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ợ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ừ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Cơ Quan Qu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ố</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>c Gia v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ề</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Qu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>n Lý Khí Quy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>n và Đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>i Dương Hoa K</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ỳ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (NOAA). Quan đi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">m nêu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ở</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đây là quan đi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>m c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ủ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>a tác gi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và không nh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ấ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>t thi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ế</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>t ph</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>n ánh quan đi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ể</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>m c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ủ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>a NOAA ho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ặ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>c b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ấ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>t k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ỳ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cơ quan tr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ự</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>c thu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t>ộ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">c nào. </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA50B1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Thông tin này có sẵn ở các định dạng khác theo yêu cầu.</w:t>
+        <w:t>Thông tin này có s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ẵ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">n </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ở</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> các đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ị</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>nh d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ạ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ng khác theo yê</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>u c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ầ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>u.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EF966C9" w14:textId="77777777" w:rsidR="00406683" w:rsidRPr="00EA50B1" w:rsidRDefault="00000000" w:rsidP="00EF65EE">
+    <w:p w14:paraId="1EF966C9" w14:textId="77777777" w:rsidR="00406683" w:rsidRPr="00EA50B1" w:rsidRDefault="00D81F58" w:rsidP="00EF65EE">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung20"/>
         <w:spacing w:after="160"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA50B1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
-        <w:t>Ngày Xuất Bản Ban Đầu - Tháng 5 Năm 2022; Cập Nhật - Tháng 2 Năm 2024</w:t>
+        <w:t>Ngày Xu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+        <w:t>ấ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+        <w:t>t B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+        <w:t>ả</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+        <w:t>n Ban Đ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+        <w:t>ầ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+        <w:t>u - Tháng 5 Năm 2022; C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+        <w:t>ậ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+        <w:t>p Nh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+        <w:t>ậ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA50B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+        <w:t>t - Tháng 2 Năm 2024</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28CB95C1" w14:textId="77777777" w:rsidR="00EF65EE" w:rsidRPr="00EA50B1" w:rsidRDefault="00EF65EE" w:rsidP="00EF65EE">
       <w:pPr>
         <w:pStyle w:val="Vnbnnidung20"/>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00EF65EE" w:rsidRPr="00EA50B1">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1008" w:right="870" w:bottom="726" w:left="1415" w:header="580" w:footer="298" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
@@ -1035,51 +6122,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Microsoft Sans Serif">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E5002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
@@ -1153,79 +6240,82 @@
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1570070157">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="181"/>
   <w:drawingGridVerticalSpacing w:val="181"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
-  <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotExpandShiftReturn/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00406683"/>
+    <w:rsid w:val="00096B1A"/>
+    <w:rsid w:val="001553C8"/>
     <w:rsid w:val="00406683"/>
     <w:rsid w:val="004D0947"/>
     <w:rsid w:val="007B6321"/>
     <w:rsid w:val="009B4FA3"/>
     <w:rsid w:val="00A24595"/>
+    <w:rsid w:val="00D81F58"/>
     <w:rsid w:val="00DB3F23"/>
     <w:rsid w:val="00EA50B1"/>
     <w:rsid w:val="00EF65EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="vi-VN" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -1795,51 +6885,51 @@
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00EF65EE"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kathryn.glenn@mass.gov" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/czm-port-and-harbor-planning-program-designated-port-areas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/czm" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:samuel.haines@mass.gov" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joanna.m.yelen@mass.gov" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:samuel.haines@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joanna.m.yelen@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kathryn.glenn@mass.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/czm-port-and-harbor-planning-program-designated-port-areas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/czm" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -2032,52 +7122,52 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001B99F2764389D14292225351B0A44177" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9c041ca2768beeef2b8ecf4b18efa988">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a19951b7-df7b-4791-9833-7eead592f30e" xmlns:ns3="7b83dbe2-6fd2-449a-a932-0d75829bf641" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="825232bca4ba92a72d98b6849f6de347" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001B99F2764389D14292225351B0A44177" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fa926dd95cf8f512ab8b3936f00a53d4">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a19951b7-df7b-4791-9833-7eead592f30e" xmlns:ns3="7b83dbe2-6fd2-449a-a932-0d75829bf641" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="af85006c158d9711332a852b9187dcf6" ns2:_="" ns3:_="">
     <xsd:import namespace="a19951b7-df7b-4791-9833-7eead592f30e"/>
     <xsd:import namespace="7b83dbe2-6fd2-449a-a932-0d75829bf641"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -2245,116 +7335,145 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a19951b7-df7b-4791-9833-7eead592f30e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="7b83dbe2-6fd2-449a-a932-0d75829bf641" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7CF2685F-D701-42D2-96F9-3CE577E9F178}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EBDAC520-F3E3-404E-94A9-43AEEF219891}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a19951b7-df7b-4791-9833-7eead592f30e"/>
+    <ds:schemaRef ds:uri="7b83dbe2-6fd2-449a-a932-0d75829bf641"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{940D39D2-B4DF-4CEF-BCE4-8CB18B3E8B4D}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6856E823-D575-4386-885A-8BA6FD03A411}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a19951b7-df7b-4791-9833-7eead592f30e"/>
+    <ds:schemaRef ds:uri="7b83dbe2-6fd2-449a-a932-0d75829bf641"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6856E823-D575-4386-885A-8BA6FD03A411}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{940D39D2-B4DF-4CEF-BCE4-8CB18B3E8B4D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>736</Words>
   <Characters>4200</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>35</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Designated Port Area (DPA) Fact Sheet Overview and Contact Information</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>4927</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Designated Port Area (DPA) Fact Sheet Overview and Contact Information - Vietnamese</dc:title>
   <dc:subject>Designated Port Area (DPA) Fact Sheet Overview and Contact Information</dc:subject>
   <dc:creator>Massachusetts Office of Coastal Zone Management (CZM)</dc:creator>
   <cp:keywords>Designated Port Area (DPA) Fact Sheet Overview and Contact Information</cp:keywords>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
   <dc:language>Vietnamese</dc:language>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001B99F2764389D14292225351B0A44177</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>