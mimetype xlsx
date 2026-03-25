--- v0 (2025-10-22)
+++ v1 (2026-03-25)
@@ -1,76 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/richData/richValueRel.xml" ContentType="application/vnd.ms-excel.richvaluerel+xml"/>
   <Override PartName="/xl/richData/rdrichvalue.xml" ContentType="application/vnd.ms-excel.rdrichvalue+xml"/>
   <Override PartName="/xl/richData/rdrichvaluestructure.xml" ContentType="application/vnd.ms-excel.rdrichvaluestructure+xml"/>
   <Override PartName="/xl/richData/rdRichValueTypes.xml" ContentType="application/vnd.ms-excel.rdrichvaluetypes+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="10608"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov-my.sharepoint.com/personal/marla_runyan_mass_gov/Documents/1_Work_Documents/Procurement/New Policy Docs/3_Checklists and Downloads/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Melinda.Johnson\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="231" documentId="8_{CF71F6F4-E470-784B-92C8-AACFE16BDB67}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{585D7646-A7A8-6745-8461-368EAF253860}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CD08EF07-2AFB-4975-883A-0344A9C83FB4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="740" windowWidth="29400" windowHeight="17160" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="5160" yWindow="3270" windowWidth="21600" windowHeight="12645" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Digital Accessibility Roadmap" sheetId="4" r:id="rId1"/>
     <sheet name="Status " sheetId="6" state="hidden" r:id="rId2"/>
     <sheet name="WCAG SC" sheetId="2" state="hidden" r:id="rId3"/>
     <sheet name="Element, Component" sheetId="3" state="hidden" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Digital Accessibility Roadmap'!$A$3:$J$3</definedName>
+    <definedName name="ColumnTitle_936cd29b73804611b64626120d002241" localSheetId="0">'Digital Accessibility Roadmap'!$A$3</definedName>
+    <definedName name="WCAG_SC">Table1[[#Headers],[WCAG SC]]</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D4" i="2" l="1"/>
   <c r="D5" i="2"/>
@@ -595,51 +597,51 @@
   </si>
   <si>
     <t>Blocked</t>
   </si>
   <si>
     <t>Delayed</t>
   </si>
   <si>
     <t>Expand/Collapse Disclosure</t>
   </si>
   <si>
     <t>Date Remediated</t>
   </si>
   <si>
     <t>Commonwealth of Massachusetts
 Executive Office of Technology Services and Security (EOTSS)
 Accessibility Center for Education, Consultation, and Support Services (ACCESS)</t>
   </si>
   <si>
     <t>Digital Accessibility Roadmap Template</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -681,51 +683,51 @@
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="-0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="8">
+  <borders count="14">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -778,191 +780,589 @@
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="32">
+  <cellXfs count="40">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="2">
+  <dxfs count="19">
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="8" tint="0.59999389629810485"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right/>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="8" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical style="thin">
+          <color auto="1"/>
+        </vertical>
+        <horizontal style="thin">
+          <color auto="1"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical style="thin">
+          <color auto="1"/>
+        </vertical>
+        <horizontal style="thin">
+          <color auto="1"/>
+        </horizontal>
+      </border>
+    </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="7" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
+  <tableStyles count="1" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9">
+    <tableStyle name="Table Style 1" pivot="0" count="2" xr9:uid="{8083B4F0-C873-4259-B285-F85C819AD188}">
+      <tableStyleElement type="wholeTable" dxfId="16"/>
+      <tableStyleElement type="headerRow" dxfId="15"/>
+    </tableStyle>
+  </tableStyles>
   <colors>
     <mruColors>
       <color rgb="FFF2BBBB"/>
       <color rgb="FFEBA9A9"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueTypes" Target="richData/rdRichValueTypes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueStructure" Target="richData/rdrichvaluestructure.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValue" Target="richData/rdrichvalue.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2022/10/relationships/richValueRel" Target="richData/richValueRel.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
-[...3 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueTypes" Target="richData/rdRichValueTypes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueStructure" Target="richData/rdrichvaluestructure.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValue" Target="richData/rdrichvalue.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2022/10/relationships/richValueRel" Target="richData/richValueRel.xml"/></Relationships>
 </file>
 
 <file path=xl/richData/_rels/richValueRel.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/richData/rdRichValueTypes.xml><?xml version="1.0" encoding="utf-8"?>
 <rvTypesInfo xmlns="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x">
   <global>
     <keyFlags>
       <key name="_Self">
         <flag name="ExcludeFromFile" value="1"/>
         <flag name="ExcludeFromCalcComparison" value="1"/>
       </key>
       <key name="_DisplayString">
         <flag name="ExcludeFromCalcComparison" value="1"/>
       </key>
       <key name="_Flags">
         <flag name="ExcludeFromCalcComparison" value="1"/>
       </key>
       <key name="_Format">
         <flag name="ExcludeFromCalcComparison" value="1"/>
       </key>
       <key name="_SubLabel">
         <flag name="ExcludeFromCalcComparison" value="1"/>
@@ -989,50 +1389,69 @@
 
 <file path=xl/richData/rdrichvalue.xml><?xml version="1.0" encoding="utf-8"?>
 <rvData xmlns="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata" count="1">
   <rv s="0">
     <v>0</v>
     <v>5</v>
     <v>Official seal of the Commonwealth of Massachusetts</v>
   </rv>
 </rvData>
 </file>
 
 <file path=xl/richData/rdrichvaluestructure.xml><?xml version="1.0" encoding="utf-8"?>
 <rvStructures xmlns="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata" count="1">
   <s t="_localImage">
     <k n="_rvRel:LocalImageIdentifier" t="i"/>
     <k n="CalcOrigin" t="i"/>
     <k n="Text" t="s"/>
   </s>
 </rvStructures>
 </file>
 
 <file path=xl/richData/richValueRel.xml><?xml version="1.0" encoding="utf-8"?>
 <richValueRels xmlns="http://schemas.microsoft.com/office/spreadsheetml/2022/richvaluerel" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <rel r:id="rId1"/>
 </richValueRels>
+</file>
+
+<file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{5FF86BA9-061B-49EE-A726-FAA7496A4E5B}" name="Table1" displayName="Table1" ref="A3:J102" totalsRowShown="0" headerRowDxfId="0" dataDxfId="1" headerRowBorderDxfId="13" tableBorderDxfId="14" totalsRowBorderDxfId="12">
+  <autoFilter ref="A3:J102" xr:uid="{5FF86BA9-061B-49EE-A726-FAA7496A4E5B}"/>
+  <tableColumns count="10">
+    <tableColumn id="1" xr3:uid="{AF21C94D-FFE6-4B69-A719-6645F2AE7CD2}" name="WCAG SC" dataDxfId="11"/>
+    <tableColumn id="2" xr3:uid="{1028C952-6057-4BA3-98C5-670C2CF5EB8F}" name="Component" dataDxfId="10"/>
+    <tableColumn id="3" xr3:uid="{BC7F2DAC-95FB-4C0C-A83A-AC08C25F8E67}" name="Location/Page Name" dataDxfId="9"/>
+    <tableColumn id="4" xr3:uid="{2198A30A-2398-4F09-A9E5-D1AD5E3DF46E}" name="Description of Accessibility Violation" dataDxfId="8"/>
+    <tableColumn id="5" xr3:uid="{DE02ED1E-BA24-46D4-B5DB-D252EA03D325}" name="Severity Level" dataDxfId="7"/>
+    <tableColumn id="6" xr3:uid="{53161D62-FAD9-4E65-96F9-BB8F3BD95015}" name="Status" dataDxfId="6"/>
+    <tableColumn id="7" xr3:uid="{4CE5A2CC-277B-4E22-83E3-DC9CDA5F4364}" name="Target Date for Remediation" dataDxfId="5"/>
+    <tableColumn id="8" xr3:uid="{522F31C8-C174-474E-8BAC-B834BE66176E}" name="Date Remediated" dataDxfId="4"/>
+    <tableColumn id="9" xr3:uid="{0DBDFB12-DFD6-4D50-A7F9-A3A441E05123}" name="W3C Technique Used or Remediation Description" dataDxfId="3"/>
+    <tableColumn id="10" xr3:uid="{6CC14B79-63DA-4B66-9ED2-6DE68E56A171}" name="Additional Comments" dataDxfId="2"/>
+  </tableColumns>
+  <tableStyleInfo name="Table Style 1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1287,3131 +1706,3131 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Techniques/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Techniques/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/language-of-parts.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/consistent-identification.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/status-messages.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/pointer-gestures.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/error-suggestion.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/link-purpose-in-context.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/label-in-name.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/no-keyboard-trap" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/pause-stop-hide" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/captions-live" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/language-of-page.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/identify-input-purpose" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/three-flashes-or-below-threshold.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/sensory-characteristics" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/audio-control" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/page-titled.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/reflow" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/pointer-cancellation.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/content-on-hover-or-focus" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/captions-prerecorded" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/on-input.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/error-prevention-legal-financial-data.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/resize-text" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/headings-and-labels.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/timing-adjustable" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/meaningful-sequence" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/error-identification.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/bypass-blocks.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/text-spacing" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/audio-only-and-video-only-prerecorded" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/info-and-relationships" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/on-focus.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/use-of-color" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/contrast-minimum" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/images-of-text" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/multiple-ways.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/motion-actuation.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/character-key-shortcuts" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/audio-description-prerecorded" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/parsing" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/orientation" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/consistent-navigation.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/name-role-value.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/focus-order.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/focus-visible.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/keyboard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/error-identification.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/non-text-contrast" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/non-text-content.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.w3.org/WAI/WCAG21/Understanding/audio-description-or-media-alternative-prerecorded" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2EEC742C-F4B7-4E6F-9AD1-17C067190138}">
   <dimension ref="A1:J102"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="200" zoomScaleNormal="200" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:J2"/>
+    <sheetView tabSelected="1" zoomScale="118" zoomScaleNormal="118" workbookViewId="0">
+      <selection activeCell="D4" sqref="D4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.6640625" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="16.5" style="9" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="18.5" style="9" customWidth="1"/>
+    <col min="1" max="1" width="16.42578125" style="9" customWidth="1"/>
+    <col min="2" max="2" width="18.42578125" style="10" customWidth="1"/>
+    <col min="3" max="3" width="20.28515625" style="9" customWidth="1"/>
     <col min="4" max="4" width="37" style="9" customWidth="1"/>
     <col min="5" max="5" width="18" style="10" customWidth="1"/>
-    <col min="6" max="6" width="17.5" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="11" max="16384" width="8.6640625" style="9"/>
+    <col min="6" max="6" width="17.42578125" style="10" customWidth="1"/>
+    <col min="7" max="7" width="27.140625" style="9" customWidth="1"/>
+    <col min="8" max="8" width="18.28515625" style="9" customWidth="1"/>
+    <col min="9" max="9" width="44.85546875" style="9" customWidth="1"/>
+    <col min="10" max="10" width="27.42578125" style="9" customWidth="1"/>
+    <col min="11" max="16384" width="8.7109375" style="9"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="28" t="e" vm="1">
+    <row r="1" spans="1:10" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="25" t="e" vm="1">
         <v>#VALUE!</v>
       </c>
-      <c r="B1" s="29" t="s">
+      <c r="B1" s="27" t="s">
         <v>152</v>
       </c>
-      <c r="C1" s="30"/>
-[...9 lines deleted...]
-      <c r="A2" s="27" t="s">
+      <c r="C1" s="28"/>
+      <c r="D1" s="28"/>
+      <c r="E1" s="28"/>
+      <c r="F1" s="28"/>
+      <c r="G1" s="28"/>
+      <c r="H1" s="28"/>
+      <c r="I1" s="28"/>
+      <c r="J1" s="29"/>
+    </row>
+    <row r="2" spans="1:10" s="11" customFormat="1" ht="51.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="26" t="s">
         <v>153</v>
       </c>
-      <c r="B2" s="27"/>
-[...10 lines deleted...]
-      <c r="A3" s="13" t="s">
+      <c r="B2" s="26"/>
+      <c r="C2" s="26"/>
+      <c r="D2" s="26"/>
+      <c r="E2" s="26"/>
+      <c r="F2" s="26"/>
+      <c r="G2" s="26"/>
+      <c r="H2" s="26"/>
+      <c r="I2" s="26"/>
+      <c r="J2" s="26"/>
+    </row>
+    <row r="3" spans="1:10" s="12" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A3" s="32" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="13" t="s">
+      <c r="B3" s="33" t="s">
         <v>131</v>
       </c>
-      <c r="C3" s="13" t="s">
+      <c r="C3" s="33" t="s">
         <v>132</v>
       </c>
-      <c r="D3" s="13" t="s">
+      <c r="D3" s="33" t="s">
         <v>126</v>
       </c>
-      <c r="E3" s="13" t="s">
+      <c r="E3" s="33" t="s">
         <v>146</v>
       </c>
-      <c r="F3" s="13" t="s">
+      <c r="F3" s="33" t="s">
         <v>1</v>
       </c>
-      <c r="G3" s="13" t="s">
+      <c r="G3" s="33" t="s">
         <v>133</v>
       </c>
-      <c r="H3" s="13" t="s">
+      <c r="H3" s="33" t="s">
         <v>151</v>
       </c>
-      <c r="I3" s="18" t="s">
+      <c r="I3" s="34" t="s">
         <v>2</v>
       </c>
-      <c r="J3" s="13" t="s">
+      <c r="J3" s="35" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="4" spans="1:10" ht="16" x14ac:dyDescent="0.2">
-[...1977 lines deleted...]
-      <c r="J102" s="14"/>
+    <row r="4" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A4" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B4" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="13"/>
+      <c r="D4" s="13"/>
+      <c r="E4" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F4" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G4" s="13"/>
+      <c r="H4" s="13"/>
+      <c r="I4" s="13"/>
+      <c r="J4" s="31"/>
+    </row>
+    <row r="5" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A5" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B5" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C5" s="13"/>
+      <c r="D5" s="13"/>
+      <c r="E5" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F5" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G5" s="13"/>
+      <c r="H5" s="13"/>
+      <c r="I5" s="13"/>
+      <c r="J5" s="31"/>
+    </row>
+    <row r="6" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A6" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B6" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C6" s="13"/>
+      <c r="D6" s="13"/>
+      <c r="E6" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F6" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G6" s="13"/>
+      <c r="H6" s="13"/>
+      <c r="I6" s="13"/>
+      <c r="J6" s="31"/>
+    </row>
+    <row r="7" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A7" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B7" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C7" s="13"/>
+      <c r="D7" s="13"/>
+      <c r="E7" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F7" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G7" s="13"/>
+      <c r="H7" s="13"/>
+      <c r="I7" s="13"/>
+      <c r="J7" s="31"/>
+    </row>
+    <row r="8" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A8" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B8" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F8" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G8" s="13"/>
+      <c r="H8" s="13"/>
+      <c r="I8" s="13"/>
+      <c r="J8" s="31"/>
+    </row>
+    <row r="9" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A9" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B9" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F9" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G9" s="13"/>
+      <c r="H9" s="13"/>
+      <c r="I9" s="13"/>
+      <c r="J9" s="31"/>
+    </row>
+    <row r="10" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A10" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B10" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C10" s="13"/>
+      <c r="D10" s="13"/>
+      <c r="E10" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F10" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G10" s="13"/>
+      <c r="H10" s="13"/>
+      <c r="I10" s="13"/>
+      <c r="J10" s="31"/>
+    </row>
+    <row r="11" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A11" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B11" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C11" s="13"/>
+      <c r="D11" s="13"/>
+      <c r="E11" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F11" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G11" s="13"/>
+      <c r="H11" s="13"/>
+      <c r="I11" s="13"/>
+      <c r="J11" s="31"/>
+    </row>
+    <row r="12" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A12" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B12" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C12" s="13"/>
+      <c r="D12" s="13"/>
+      <c r="E12" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F12" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G12" s="13"/>
+      <c r="H12" s="13"/>
+      <c r="I12" s="13"/>
+      <c r="J12" s="31"/>
+    </row>
+    <row r="13" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A13" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B13" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C13" s="13"/>
+      <c r="D13" s="13"/>
+      <c r="E13" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F13" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G13" s="13"/>
+      <c r="H13" s="13"/>
+      <c r="I13" s="13"/>
+      <c r="J13" s="31"/>
+    </row>
+    <row r="14" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A14" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B14" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C14" s="13"/>
+      <c r="D14" s="13"/>
+      <c r="E14" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F14" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G14" s="13"/>
+      <c r="H14" s="13"/>
+      <c r="I14" s="13"/>
+      <c r="J14" s="31"/>
+    </row>
+    <row r="15" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A15" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B15" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="13"/>
+      <c r="E15" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F15" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G15" s="13"/>
+      <c r="H15" s="13"/>
+      <c r="I15" s="13"/>
+      <c r="J15" s="31"/>
+    </row>
+    <row r="16" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A16" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B16" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C16" s="13"/>
+      <c r="D16" s="13"/>
+      <c r="E16" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F16" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G16" s="13"/>
+      <c r="H16" s="13"/>
+      <c r="I16" s="13"/>
+      <c r="J16" s="31"/>
+    </row>
+    <row r="17" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A17" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B17" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C17" s="13"/>
+      <c r="D17" s="13"/>
+      <c r="E17" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F17" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G17" s="13"/>
+      <c r="H17" s="13"/>
+      <c r="I17" s="13"/>
+      <c r="J17" s="31"/>
+    </row>
+    <row r="18" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A18" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B18" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C18" s="13"/>
+      <c r="D18" s="13"/>
+      <c r="E18" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F18" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G18" s="13"/>
+      <c r="H18" s="13"/>
+      <c r="I18" s="13"/>
+      <c r="J18" s="31"/>
+    </row>
+    <row r="19" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A19" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B19" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C19" s="13"/>
+      <c r="D19" s="13"/>
+      <c r="E19" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F19" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G19" s="13"/>
+      <c r="H19" s="13"/>
+      <c r="I19" s="13"/>
+      <c r="J19" s="31"/>
+    </row>
+    <row r="20" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A20" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B20" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C20" s="13"/>
+      <c r="D20" s="13"/>
+      <c r="E20" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F20" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G20" s="13"/>
+      <c r="H20" s="13"/>
+      <c r="I20" s="13"/>
+      <c r="J20" s="31"/>
+    </row>
+    <row r="21" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A21" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B21" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F21" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G21" s="13"/>
+      <c r="H21" s="13"/>
+      <c r="I21" s="13"/>
+      <c r="J21" s="31"/>
+    </row>
+    <row r="22" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A22" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B22" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C22" s="13"/>
+      <c r="D22" s="13"/>
+      <c r="E22" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F22" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G22" s="13"/>
+      <c r="H22" s="13"/>
+      <c r="I22" s="13"/>
+      <c r="J22" s="31"/>
+    </row>
+    <row r="23" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A23" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B23" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C23" s="13"/>
+      <c r="D23" s="13"/>
+      <c r="E23" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F23" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G23" s="13"/>
+      <c r="H23" s="13"/>
+      <c r="I23" s="13"/>
+      <c r="J23" s="31"/>
+    </row>
+    <row r="24" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A24" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B24" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C24" s="13"/>
+      <c r="D24" s="13"/>
+      <c r="E24" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F24" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G24" s="13"/>
+      <c r="H24" s="13"/>
+      <c r="I24" s="13"/>
+      <c r="J24" s="31"/>
+    </row>
+    <row r="25" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A25" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B25" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C25" s="13"/>
+      <c r="D25" s="13"/>
+      <c r="E25" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F25" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G25" s="13"/>
+      <c r="H25" s="13"/>
+      <c r="I25" s="13"/>
+      <c r="J25" s="31"/>
+    </row>
+    <row r="26" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A26" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B26" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C26" s="13"/>
+      <c r="D26" s="13"/>
+      <c r="E26" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F26" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G26" s="13"/>
+      <c r="H26" s="13"/>
+      <c r="I26" s="13"/>
+      <c r="J26" s="31"/>
+    </row>
+    <row r="27" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A27" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B27" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F27" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G27" s="13"/>
+      <c r="H27" s="13"/>
+      <c r="I27" s="13"/>
+      <c r="J27" s="31"/>
+    </row>
+    <row r="28" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A28" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B28" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C28" s="13"/>
+      <c r="D28" s="13"/>
+      <c r="E28" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F28" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G28" s="13"/>
+      <c r="H28" s="13"/>
+      <c r="I28" s="13"/>
+      <c r="J28" s="31"/>
+    </row>
+    <row r="29" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A29" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B29" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C29" s="13"/>
+      <c r="D29" s="13"/>
+      <c r="E29" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F29" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G29" s="13"/>
+      <c r="H29" s="13"/>
+      <c r="I29" s="13"/>
+      <c r="J29" s="31"/>
+    </row>
+    <row r="30" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A30" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B30" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C30" s="13"/>
+      <c r="D30" s="13"/>
+      <c r="E30" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F30" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G30" s="13"/>
+      <c r="H30" s="13"/>
+      <c r="I30" s="13"/>
+      <c r="J30" s="31"/>
+    </row>
+    <row r="31" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A31" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B31" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C31" s="13"/>
+      <c r="D31" s="13"/>
+      <c r="E31" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F31" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G31" s="13"/>
+      <c r="H31" s="13"/>
+      <c r="I31" s="13"/>
+      <c r="J31" s="31"/>
+    </row>
+    <row r="32" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A32" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B32" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C32" s="13"/>
+      <c r="D32" s="13"/>
+      <c r="E32" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F32" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G32" s="13"/>
+      <c r="H32" s="13"/>
+      <c r="I32" s="13"/>
+      <c r="J32" s="31"/>
+    </row>
+    <row r="33" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A33" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B33" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C33" s="13"/>
+      <c r="D33" s="13"/>
+      <c r="E33" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F33" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G33" s="13"/>
+      <c r="H33" s="13"/>
+      <c r="I33" s="13"/>
+      <c r="J33" s="31"/>
+    </row>
+    <row r="34" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A34" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B34" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C34" s="13"/>
+      <c r="D34" s="13"/>
+      <c r="E34" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F34" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G34" s="13"/>
+      <c r="H34" s="13"/>
+      <c r="I34" s="13"/>
+      <c r="J34" s="31"/>
+    </row>
+    <row r="35" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A35" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B35" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C35" s="13"/>
+      <c r="D35" s="13"/>
+      <c r="E35" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F35" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G35" s="13"/>
+      <c r="H35" s="13"/>
+      <c r="I35" s="13"/>
+      <c r="J35" s="31"/>
+    </row>
+    <row r="36" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A36" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B36" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C36" s="13"/>
+      <c r="D36" s="13"/>
+      <c r="E36" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F36" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G36" s="13"/>
+      <c r="H36" s="13"/>
+      <c r="I36" s="13"/>
+      <c r="J36" s="31"/>
+    </row>
+    <row r="37" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A37" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B37" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C37" s="13"/>
+      <c r="D37" s="13"/>
+      <c r="E37" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F37" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G37" s="13"/>
+      <c r="H37" s="13"/>
+      <c r="I37" s="13"/>
+      <c r="J37" s="31"/>
+    </row>
+    <row r="38" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A38" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B38" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F38" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G38" s="13"/>
+      <c r="H38" s="13"/>
+      <c r="I38" s="13"/>
+      <c r="J38" s="31"/>
+    </row>
+    <row r="39" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A39" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B39" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C39" s="13"/>
+      <c r="D39" s="13"/>
+      <c r="E39" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F39" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G39" s="13"/>
+      <c r="H39" s="13"/>
+      <c r="I39" s="13"/>
+      <c r="J39" s="31"/>
+    </row>
+    <row r="40" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A40" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B40" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C40" s="13"/>
+      <c r="D40" s="13"/>
+      <c r="E40" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F40" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G40" s="13"/>
+      <c r="H40" s="13"/>
+      <c r="I40" s="13"/>
+      <c r="J40" s="31"/>
+    </row>
+    <row r="41" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A41" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B41" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C41" s="13"/>
+      <c r="D41" s="13"/>
+      <c r="E41" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F41" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G41" s="13"/>
+      <c r="H41" s="13"/>
+      <c r="I41" s="13"/>
+      <c r="J41" s="31"/>
+    </row>
+    <row r="42" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A42" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B42" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C42" s="13"/>
+      <c r="D42" s="13"/>
+      <c r="E42" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F42" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G42" s="13"/>
+      <c r="H42" s="13"/>
+      <c r="I42" s="13"/>
+      <c r="J42" s="31"/>
+    </row>
+    <row r="43" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A43" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B43" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C43" s="13"/>
+      <c r="D43" s="13"/>
+      <c r="E43" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F43" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G43" s="13"/>
+      <c r="H43" s="13"/>
+      <c r="I43" s="13"/>
+      <c r="J43" s="31"/>
+    </row>
+    <row r="44" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A44" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B44" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C44" s="13"/>
+      <c r="D44" s="13"/>
+      <c r="E44" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F44" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G44" s="13"/>
+      <c r="H44" s="13"/>
+      <c r="I44" s="13"/>
+      <c r="J44" s="31"/>
+    </row>
+    <row r="45" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A45" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B45" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C45" s="13"/>
+      <c r="D45" s="13"/>
+      <c r="E45" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F45" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G45" s="13"/>
+      <c r="H45" s="13"/>
+      <c r="I45" s="13"/>
+      <c r="J45" s="31"/>
+    </row>
+    <row r="46" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A46" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B46" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C46" s="13"/>
+      <c r="D46" s="13"/>
+      <c r="E46" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F46" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G46" s="13"/>
+      <c r="H46" s="13"/>
+      <c r="I46" s="13"/>
+      <c r="J46" s="31"/>
+    </row>
+    <row r="47" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A47" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B47" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C47" s="13"/>
+      <c r="D47" s="13"/>
+      <c r="E47" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F47" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G47" s="13"/>
+      <c r="H47" s="13"/>
+      <c r="I47" s="13"/>
+      <c r="J47" s="31"/>
+    </row>
+    <row r="48" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A48" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B48" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C48" s="13"/>
+      <c r="D48" s="13"/>
+      <c r="E48" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F48" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G48" s="13"/>
+      <c r="H48" s="13"/>
+      <c r="I48" s="13"/>
+      <c r="J48" s="31"/>
+    </row>
+    <row r="49" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A49" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B49" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C49" s="13"/>
+      <c r="D49" s="13"/>
+      <c r="E49" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F49" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G49" s="13"/>
+      <c r="H49" s="13"/>
+      <c r="I49" s="13"/>
+      <c r="J49" s="31"/>
+    </row>
+    <row r="50" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A50" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B50" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C50" s="13"/>
+      <c r="D50" s="13"/>
+      <c r="E50" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F50" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G50" s="13"/>
+      <c r="H50" s="13"/>
+      <c r="I50" s="13"/>
+      <c r="J50" s="31"/>
+    </row>
+    <row r="51" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A51" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B51" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C51" s="13"/>
+      <c r="D51" s="13"/>
+      <c r="E51" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F51" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G51" s="13"/>
+      <c r="H51" s="13"/>
+      <c r="I51" s="13"/>
+      <c r="J51" s="31"/>
+    </row>
+    <row r="52" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A52" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B52" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C52" s="13"/>
+      <c r="D52" s="13"/>
+      <c r="E52" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F52" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G52" s="13"/>
+      <c r="H52" s="13"/>
+      <c r="I52" s="13"/>
+      <c r="J52" s="31"/>
+    </row>
+    <row r="53" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A53" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B53" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C53" s="13"/>
+      <c r="D53" s="13"/>
+      <c r="E53" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F53" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G53" s="13"/>
+      <c r="H53" s="13"/>
+      <c r="I53" s="13"/>
+      <c r="J53" s="31"/>
+    </row>
+    <row r="54" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A54" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B54" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C54" s="13"/>
+      <c r="D54" s="13"/>
+      <c r="E54" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F54" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G54" s="13"/>
+      <c r="H54" s="13"/>
+      <c r="I54" s="13"/>
+      <c r="J54" s="31"/>
+    </row>
+    <row r="55" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A55" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B55" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C55" s="13"/>
+      <c r="D55" s="13"/>
+      <c r="E55" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F55" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G55" s="13"/>
+      <c r="H55" s="13"/>
+      <c r="I55" s="13"/>
+      <c r="J55" s="31"/>
+    </row>
+    <row r="56" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A56" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B56" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C56" s="13"/>
+      <c r="D56" s="13"/>
+      <c r="E56" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F56" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G56" s="13"/>
+      <c r="H56" s="13"/>
+      <c r="I56" s="13"/>
+      <c r="J56" s="31"/>
+    </row>
+    <row r="57" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A57" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B57" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C57" s="13"/>
+      <c r="D57" s="13"/>
+      <c r="E57" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F57" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G57" s="13"/>
+      <c r="H57" s="13"/>
+      <c r="I57" s="13"/>
+      <c r="J57" s="31"/>
+    </row>
+    <row r="58" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A58" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B58" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C58" s="13"/>
+      <c r="D58" s="13"/>
+      <c r="E58" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F58" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G58" s="13"/>
+      <c r="H58" s="13"/>
+      <c r="I58" s="13"/>
+      <c r="J58" s="31"/>
+    </row>
+    <row r="59" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A59" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B59" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C59" s="13"/>
+      <c r="D59" s="13"/>
+      <c r="E59" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F59" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G59" s="13"/>
+      <c r="H59" s="13"/>
+      <c r="I59" s="13"/>
+      <c r="J59" s="31"/>
+    </row>
+    <row r="60" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A60" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B60" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C60" s="13"/>
+      <c r="D60" s="13"/>
+      <c r="E60" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F60" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G60" s="13"/>
+      <c r="H60" s="13"/>
+      <c r="I60" s="13"/>
+      <c r="J60" s="31"/>
+    </row>
+    <row r="61" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A61" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B61" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C61" s="13"/>
+      <c r="D61" s="13"/>
+      <c r="E61" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F61" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G61" s="13"/>
+      <c r="H61" s="13"/>
+      <c r="I61" s="13"/>
+      <c r="J61" s="31"/>
+    </row>
+    <row r="62" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A62" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B62" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C62" s="13"/>
+      <c r="D62" s="13"/>
+      <c r="E62" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F62" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G62" s="13"/>
+      <c r="H62" s="13"/>
+      <c r="I62" s="13"/>
+      <c r="J62" s="31"/>
+    </row>
+    <row r="63" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A63" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B63" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C63" s="13"/>
+      <c r="D63" s="13"/>
+      <c r="E63" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F63" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G63" s="13"/>
+      <c r="H63" s="13"/>
+      <c r="I63" s="13"/>
+      <c r="J63" s="31"/>
+    </row>
+    <row r="64" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A64" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B64" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C64" s="13"/>
+      <c r="D64" s="13"/>
+      <c r="E64" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F64" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G64" s="13"/>
+      <c r="H64" s="13"/>
+      <c r="I64" s="13"/>
+      <c r="J64" s="31"/>
+    </row>
+    <row r="65" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A65" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B65" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C65" s="13"/>
+      <c r="D65" s="13"/>
+      <c r="E65" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F65" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G65" s="13"/>
+      <c r="H65" s="13"/>
+      <c r="I65" s="13"/>
+      <c r="J65" s="31"/>
+    </row>
+    <row r="66" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A66" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B66" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C66" s="13"/>
+      <c r="D66" s="13"/>
+      <c r="E66" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F66" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G66" s="13"/>
+      <c r="H66" s="13"/>
+      <c r="I66" s="13"/>
+      <c r="J66" s="31"/>
+    </row>
+    <row r="67" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A67" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B67" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C67" s="13"/>
+      <c r="D67" s="13"/>
+      <c r="E67" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F67" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G67" s="13"/>
+      <c r="H67" s="13"/>
+      <c r="I67" s="13"/>
+      <c r="J67" s="31"/>
+    </row>
+    <row r="68" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A68" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B68" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C68" s="13"/>
+      <c r="D68" s="13"/>
+      <c r="E68" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F68" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G68" s="13"/>
+      <c r="H68" s="13"/>
+      <c r="I68" s="13"/>
+      <c r="J68" s="31"/>
+    </row>
+    <row r="69" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A69" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B69" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C69" s="13"/>
+      <c r="D69" s="13"/>
+      <c r="E69" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F69" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G69" s="13"/>
+      <c r="H69" s="13"/>
+      <c r="I69" s="13"/>
+      <c r="J69" s="31"/>
+    </row>
+    <row r="70" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A70" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B70" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C70" s="13"/>
+      <c r="D70" s="13"/>
+      <c r="E70" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F70" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G70" s="13"/>
+      <c r="H70" s="13"/>
+      <c r="I70" s="13"/>
+      <c r="J70" s="31"/>
+    </row>
+    <row r="71" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A71" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B71" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C71" s="13"/>
+      <c r="D71" s="13"/>
+      <c r="E71" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F71" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G71" s="13"/>
+      <c r="H71" s="13"/>
+      <c r="I71" s="13"/>
+      <c r="J71" s="31"/>
+    </row>
+    <row r="72" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A72" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B72" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C72" s="13"/>
+      <c r="D72" s="13"/>
+      <c r="E72" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F72" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G72" s="13"/>
+      <c r="H72" s="13"/>
+      <c r="I72" s="13"/>
+      <c r="J72" s="31"/>
+    </row>
+    <row r="73" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A73" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B73" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C73" s="13"/>
+      <c r="D73" s="13"/>
+      <c r="E73" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F73" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G73" s="13"/>
+      <c r="H73" s="13"/>
+      <c r="I73" s="13"/>
+      <c r="J73" s="31"/>
+    </row>
+    <row r="74" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A74" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B74" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C74" s="13"/>
+      <c r="D74" s="13"/>
+      <c r="E74" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F74" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G74" s="13"/>
+      <c r="H74" s="13"/>
+      <c r="I74" s="13"/>
+      <c r="J74" s="31"/>
+    </row>
+    <row r="75" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A75" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B75" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C75" s="13"/>
+      <c r="D75" s="13"/>
+      <c r="E75" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F75" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G75" s="13"/>
+      <c r="H75" s="13"/>
+      <c r="I75" s="13"/>
+      <c r="J75" s="31"/>
+    </row>
+    <row r="76" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A76" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B76" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C76" s="13"/>
+      <c r="D76" s="13"/>
+      <c r="E76" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F76" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G76" s="13"/>
+      <c r="H76" s="13"/>
+      <c r="I76" s="13"/>
+      <c r="J76" s="31"/>
+    </row>
+    <row r="77" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A77" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B77" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C77" s="13"/>
+      <c r="D77" s="13"/>
+      <c r="E77" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F77" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G77" s="13"/>
+      <c r="H77" s="13"/>
+      <c r="I77" s="13"/>
+      <c r="J77" s="31"/>
+    </row>
+    <row r="78" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A78" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B78" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C78" s="13"/>
+      <c r="D78" s="13"/>
+      <c r="E78" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F78" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G78" s="13"/>
+      <c r="H78" s="13"/>
+      <c r="I78" s="13"/>
+      <c r="J78" s="31"/>
+    </row>
+    <row r="79" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A79" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B79" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C79" s="13"/>
+      <c r="D79" s="13"/>
+      <c r="E79" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F79" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G79" s="13"/>
+      <c r="H79" s="13"/>
+      <c r="I79" s="13"/>
+      <c r="J79" s="31"/>
+    </row>
+    <row r="80" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A80" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B80" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C80" s="13"/>
+      <c r="D80" s="13"/>
+      <c r="E80" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F80" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G80" s="13"/>
+      <c r="H80" s="13"/>
+      <c r="I80" s="13"/>
+      <c r="J80" s="31"/>
+    </row>
+    <row r="81" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A81" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B81" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C81" s="13"/>
+      <c r="D81" s="13"/>
+      <c r="E81" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F81" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G81" s="13"/>
+      <c r="H81" s="13"/>
+      <c r="I81" s="13"/>
+      <c r="J81" s="31"/>
+    </row>
+    <row r="82" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A82" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B82" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C82" s="13"/>
+      <c r="D82" s="13"/>
+      <c r="E82" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F82" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G82" s="13"/>
+      <c r="H82" s="13"/>
+      <c r="I82" s="13"/>
+      <c r="J82" s="31"/>
+    </row>
+    <row r="83" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A83" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B83" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C83" s="13"/>
+      <c r="D83" s="13"/>
+      <c r="E83" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F83" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G83" s="13"/>
+      <c r="H83" s="13"/>
+      <c r="I83" s="13"/>
+      <c r="J83" s="31"/>
+    </row>
+    <row r="84" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A84" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B84" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C84" s="13"/>
+      <c r="D84" s="13"/>
+      <c r="E84" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F84" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G84" s="13"/>
+      <c r="H84" s="13"/>
+      <c r="I84" s="13"/>
+      <c r="J84" s="31"/>
+    </row>
+    <row r="85" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A85" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B85" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C85" s="13"/>
+      <c r="D85" s="13"/>
+      <c r="E85" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F85" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G85" s="13"/>
+      <c r="H85" s="13"/>
+      <c r="I85" s="13"/>
+      <c r="J85" s="31"/>
+    </row>
+    <row r="86" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A86" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B86" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C86" s="13"/>
+      <c r="D86" s="13"/>
+      <c r="E86" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F86" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G86" s="13"/>
+      <c r="H86" s="13"/>
+      <c r="I86" s="13"/>
+      <c r="J86" s="31"/>
+    </row>
+    <row r="87" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A87" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B87" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C87" s="13"/>
+      <c r="D87" s="13"/>
+      <c r="E87" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F87" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G87" s="13"/>
+      <c r="H87" s="13"/>
+      <c r="I87" s="13"/>
+      <c r="J87" s="31"/>
+    </row>
+    <row r="88" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A88" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B88" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C88" s="13"/>
+      <c r="D88" s="13"/>
+      <c r="E88" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F88" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G88" s="13"/>
+      <c r="H88" s="13"/>
+      <c r="I88" s="13"/>
+      <c r="J88" s="31"/>
+    </row>
+    <row r="89" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A89" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B89" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C89" s="13"/>
+      <c r="D89" s="13"/>
+      <c r="E89" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F89" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G89" s="13"/>
+      <c r="H89" s="13"/>
+      <c r="I89" s="13"/>
+      <c r="J89" s="31"/>
+    </row>
+    <row r="90" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A90" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B90" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C90" s="13"/>
+      <c r="D90" s="13"/>
+      <c r="E90" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F90" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G90" s="13"/>
+      <c r="H90" s="13"/>
+      <c r="I90" s="13"/>
+      <c r="J90" s="31"/>
+    </row>
+    <row r="91" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A91" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B91" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C91" s="13"/>
+      <c r="D91" s="13"/>
+      <c r="E91" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F91" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G91" s="13"/>
+      <c r="H91" s="13"/>
+      <c r="I91" s="13"/>
+      <c r="J91" s="31"/>
+    </row>
+    <row r="92" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A92" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B92" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C92" s="13"/>
+      <c r="D92" s="13"/>
+      <c r="E92" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F92" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G92" s="13"/>
+      <c r="H92" s="13"/>
+      <c r="I92" s="13"/>
+      <c r="J92" s="31"/>
+    </row>
+    <row r="93" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A93" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B93" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C93" s="13"/>
+      <c r="D93" s="13"/>
+      <c r="E93" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F93" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G93" s="13"/>
+      <c r="H93" s="13"/>
+      <c r="I93" s="13"/>
+      <c r="J93" s="31"/>
+    </row>
+    <row r="94" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A94" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B94" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C94" s="13"/>
+      <c r="D94" s="13"/>
+      <c r="E94" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F94" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G94" s="13"/>
+      <c r="H94" s="13"/>
+      <c r="I94" s="13"/>
+      <c r="J94" s="31"/>
+    </row>
+    <row r="95" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A95" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B95" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C95" s="13"/>
+      <c r="D95" s="13"/>
+      <c r="E95" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F95" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G95" s="13"/>
+      <c r="H95" s="13"/>
+      <c r="I95" s="13"/>
+      <c r="J95" s="31"/>
+    </row>
+    <row r="96" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A96" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B96" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C96" s="13"/>
+      <c r="D96" s="13"/>
+      <c r="E96" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F96" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G96" s="13"/>
+      <c r="H96" s="13"/>
+      <c r="I96" s="13"/>
+      <c r="J96" s="31"/>
+    </row>
+    <row r="97" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A97" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B97" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C97" s="13"/>
+      <c r="D97" s="13"/>
+      <c r="E97" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F97" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G97" s="13"/>
+      <c r="H97" s="13"/>
+      <c r="I97" s="13"/>
+      <c r="J97" s="31"/>
+    </row>
+    <row r="98" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A98" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B98" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C98" s="13"/>
+      <c r="D98" s="13"/>
+      <c r="E98" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F98" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G98" s="13"/>
+      <c r="H98" s="13"/>
+      <c r="I98" s="13"/>
+      <c r="J98" s="31"/>
+    </row>
+    <row r="99" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A99" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B99" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C99" s="13"/>
+      <c r="D99" s="13"/>
+      <c r="E99" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F99" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G99" s="13"/>
+      <c r="H99" s="13"/>
+      <c r="I99" s="13"/>
+      <c r="J99" s="31"/>
+    </row>
+    <row r="100" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A100" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B100" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C100" s="13"/>
+      <c r="D100" s="13"/>
+      <c r="E100" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F100" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G100" s="13"/>
+      <c r="H100" s="13"/>
+      <c r="I100" s="13"/>
+      <c r="J100" s="31"/>
+    </row>
+    <row r="101" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A101" s="30" t="s">
+        <v>3</v>
+      </c>
+      <c r="B101" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="C101" s="13"/>
+      <c r="D101" s="13"/>
+      <c r="E101" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="F101" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G101" s="13"/>
+      <c r="H101" s="13"/>
+      <c r="I101" s="13"/>
+      <c r="J101" s="31"/>
+    </row>
+    <row r="102" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A102" s="36" t="s">
+        <v>3</v>
+      </c>
+      <c r="B102" s="37" t="s">
+        <v>3</v>
+      </c>
+      <c r="C102" s="38"/>
+      <c r="D102" s="38"/>
+      <c r="E102" s="37" t="s">
+        <v>3</v>
+      </c>
+      <c r="F102" s="37" t="s">
+        <v>3</v>
+      </c>
+      <c r="G102" s="38"/>
+      <c r="H102" s="38"/>
+      <c r="I102" s="38"/>
+      <c r="J102" s="39"/>
     </row>
   </sheetData>
-  <autoFilter ref="A3:J3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-[...3 lines deleted...]
-  </autoFilter>
   <mergeCells count="2">
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="B1:J1"/>
   </mergeCells>
   <conditionalFormatting sqref="F4:F102">
-    <cfRule type="containsText" dxfId="1" priority="1" operator="containsText" text="Resolved">
+    <cfRule type="containsText" dxfId="18" priority="1" operator="containsText" text="Resolved">
       <formula>NOT(ISERROR(SEARCH("Resolved",F4)))</formula>
     </cfRule>
-    <cfRule type="containsText" dxfId="0" priority="2" operator="containsText" text="Open">
+    <cfRule type="containsText" dxfId="17" priority="2" operator="containsText" text="Open">
       <formula>NOT(ISERROR(SEARCH("Open",F4)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E4:E102" xr:uid="{34FA7699-FE6F-46DC-8386-C55664D501A0}">
       <formula1>"Select, Critical, Serious, Medium, Minor"</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C4:C30" xr:uid="{0292C3F6-6D2B-4B04-814B-4F42214550FD}"/>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="I3" r:id="rId1" xr:uid="{01A5D8F0-99CF-4A38-B59A-22E5EC0E49C5}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="0" orientation="portrait" horizontalDpi="0" verticalDpi="0" copies="0"/>
+  <tableParts count="1">
+    <tablePart r:id="rId2"/>
+  </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="3">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{4B8E9657-644A-234D-B0DE-62A17409A43E}">
           <x14:formula1>
             <xm:f>'Status '!$A$2:$A$8</xm:f>
           </x14:formula1>
           <xm:sqref>F4:F102</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{53092525-6071-43E7-B40C-28C50E10D651}">
           <x14:formula1>
             <xm:f>'WCAG SC'!$D$3:$D$52</xm:f>
           </x14:formula1>
           <xm:sqref>A4:A102</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{17C1DB58-0ACF-48D0-AE63-97C541EB1C8E}">
           <x14:formula1>
             <xm:f>'Element, Component'!$A$2:$A$27</xm:f>
           </x14:formula1>
           <xm:sqref>B4:B102</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{59B91FAA-65D0-EE48-AD44-DC84E3209E45}">
   <sheetPr>
     <tabColor theme="5" tint="0.39997558519241921"/>
   </sheetPr>
   <dimension ref="A1:A13"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A9" sqref="A9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="21.33203125" customWidth="1"/>
+    <col min="1" max="1" width="21.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="17" t="s">
+    <row r="1" spans="1:1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="16" t="s">
         <v>128</v>
       </c>
     </row>
-    <row r="2" spans="1:1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="A3" s="16" t="s">
+    <row r="2" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A2" s="15" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="3" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A3" s="15" t="s">
         <v>130</v>
       </c>
     </row>
-    <row r="4" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A4" s="16" t="s">
+    <row r="4" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A4" s="15" t="s">
         <v>129</v>
       </c>
     </row>
-    <row r="5" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A5" s="16" t="s">
+    <row r="5" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A5" s="15" t="s">
         <v>134</v>
       </c>
     </row>
-    <row r="6" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A6" s="16" t="s">
+    <row r="6" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A6" s="15" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="7" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A7" s="16" t="s">
+    <row r="7" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A7" s="15" t="s">
         <v>147</v>
       </c>
     </row>
-    <row r="8" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A8" s="16" t="s">
+    <row r="8" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A8" s="15" t="s">
         <v>148</v>
       </c>
     </row>
-    <row r="9" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A9" s="16" t="s">
+    <row r="9" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A9" s="15" t="s">
         <v>149</v>
       </c>
     </row>
-    <row r="10" spans="1:1" x14ac:dyDescent="0.2">
-[...9 lines deleted...]
-      <c r="A13" s="16"/>
+    <row r="10" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A10" s="15"/>
+    </row>
+    <row r="11" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A11" s="15"/>
+    </row>
+    <row r="12" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A12" s="15"/>
+    </row>
+    <row r="13" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A13" s="15"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0D7EBDD0-70DC-43E0-9D9A-5747F84314F4}">
   <sheetPr>
     <tabColor rgb="FFF2BBBB"/>
   </sheetPr>
   <dimension ref="A1:D66"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="F4" sqref="F4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="12.83203125" style="1" customWidth="1"/>
-    <col min="2" max="2" width="48.5" style="2" customWidth="1"/>
+    <col min="1" max="1" width="12.85546875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="48.42578125" style="2" customWidth="1"/>
     <col min="3" max="3" width="9" style="7" customWidth="1"/>
-    <col min="4" max="4" width="58.83203125" style="2" customWidth="1"/>
-    <col min="5" max="16384" width="9.1640625" style="2"/>
+    <col min="4" max="4" width="58.85546875" style="2" customWidth="1"/>
+    <col min="5" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="29" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="23" t="s">
+    <row r="1" spans="1:4" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="21" t="s">
         <v>4</v>
       </c>
-      <c r="B1" s="23" t="s">
+      <c r="B1" s="21" t="s">
         <v>5</v>
       </c>
-      <c r="C1" s="24" t="s">
+      <c r="C1" s="22" t="s">
         <v>6</v>
       </c>
-      <c r="D1" s="23" t="s">
+      <c r="D1" s="21" t="s">
         <v>136</v>
       </c>
     </row>
-    <row r="2" spans="1:4" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="25" t="s">
+    <row r="2" spans="1:4" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="23" t="s">
         <v>137</v>
       </c>
-      <c r="B2" s="25" t="s">
+      <c r="B2" s="23" t="s">
         <v>137</v>
       </c>
-      <c r="C2" s="26" t="s">
+      <c r="C2" s="24" t="s">
         <v>137</v>
       </c>
-      <c r="D2" s="25" t="s">
-[...4 lines deleted...]
-      <c r="A3" s="19" t="s">
+      <c r="D2" s="23" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" s="17" t="s">
         <v>7</v>
       </c>
-      <c r="B3" s="20" t="s">
+      <c r="B3" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C3" s="21" t="s">
+      <c r="C3" s="19" t="s">
         <v>9</v>
       </c>
-      <c r="D3" s="22" t="str">
+      <c r="D3" s="20" t="str">
         <f>CONCATENATE(A3, " ",B3)</f>
         <v xml:space="preserve">1.1.1 Non-Text Content </v>
       </c>
     </row>
-    <row r="4" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>11</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="4" t="str">
         <f t="shared" ref="D4:D52" si="0">CONCATENATE(A4, " ",B4)</f>
         <v>1.2.1 Audio-Only &amp; Video-Only (Prerecorded )</v>
       </c>
     </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="4" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">1.2.2 Captions (Prerecorded) </v>
       </c>
     </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>15</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="4" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">1.2.3 Audio Description or Media Alternative (Prerecorded) </v>
       </c>
     </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D7" s="4" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">1.2.4 Captions (Live) </v>
       </c>
     </row>
-    <row r="8" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D8" s="4" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">1.2.5  Audio Description (Prerecorded) </v>
       </c>
     </row>
-    <row r="9" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="4" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">1.3.1  Info and Relationships </v>
       </c>
     </row>
-    <row r="10" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="4" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">1.3.2 Meaningful Sequence </v>
       </c>
     </row>
-    <row r="11" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="4" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">1.3.3 Sensory Characteristics </v>
       </c>
     </row>
-    <row r="12" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>28</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D12" s="4" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">1.3.4 Orientation </v>
       </c>
     </row>
-    <row r="13" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>30</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D13" s="4" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">1.3.5 Identify Input Purpose </v>
       </c>
     </row>
-    <row r="14" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="4" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="4" t="str">
         <f t="shared" si="0"/>
         <v>1.4.1 Use of Color</v>
       </c>
     </row>
-    <row r="15" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>34</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="4" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">1.4.2 Audio Control </v>
       </c>
     </row>
-    <row r="16" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>36</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D16" s="4" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">1.4.3 Contrast (Minimum) </v>
       </c>
     </row>
-    <row r="17" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>38</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D17" s="4" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">1.4.4 Resize Text </v>
       </c>
     </row>
-    <row r="18" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D18" s="4" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">1.4.5 Images of Text </v>
       </c>
     </row>
-    <row r="19" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D19" s="4" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">1.4.10 Reflow </v>
       </c>
     </row>
-    <row r="20" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="4" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D20" s="4" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">1.4.11 Non-Text Contrast </v>
       </c>
     </row>
-    <row r="21" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D21" s="4" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">1.4.12 Text-Spacing </v>
       </c>
     </row>
-    <row r="22" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="4" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D22" s="4" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">1.4.13 Content on Hover or Focus </v>
       </c>
     </row>
-    <row r="23" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="4" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">2.1.1 Keyboard </v>
       </c>
     </row>
-    <row r="24" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="4" t="str">
         <f t="shared" si="0"/>
         <v>2.1.2 No Keyboard Traps</v>
       </c>
     </row>
-    <row r="25" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="4" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">2.1.4 Character Key Shortcuts </v>
       </c>
     </row>
-    <row r="26" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="4" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="4" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">2.2.1 Timing Adjustable </v>
       </c>
     </row>
-    <row r="27" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="4" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">2.2.2 Pause, Stop, Hide </v>
       </c>
     </row>
-    <row r="28" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="4" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="4" t="str">
         <f t="shared" si="0"/>
         <v>2.3.1 Three Flashes or Below Threshold</v>
       </c>
     </row>
-    <row r="29" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="4" t="str">
         <f t="shared" si="0"/>
         <v>2.4.1 Bypass Blocks</v>
       </c>
     </row>
-    <row r="30" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="4" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="4" t="str">
         <f t="shared" si="0"/>
         <v>2.4.2 Page Titled</v>
       </c>
     </row>
-    <row r="31" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="4" t="str">
         <f t="shared" si="0"/>
         <v>2.4.3 Focus Order</v>
       </c>
     </row>
-    <row r="32" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="4" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="4" t="str">
         <f t="shared" si="0"/>
         <v>2.4.4 Link Purpose (In Context)</v>
       </c>
     </row>
-    <row r="33" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>70</v>
       </c>
       <c r="C33" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D33" s="4" t="str">
         <f t="shared" si="0"/>
         <v>2.4.5 Multiple Ways</v>
       </c>
     </row>
-    <row r="34" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B34" s="4" t="s">
         <v>72</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D34" s="4" t="str">
         <f t="shared" si="0"/>
         <v>2.4.6 Headings and Labels</v>
       </c>
     </row>
-    <row r="35" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D35" s="4" t="str">
         <f t="shared" si="0"/>
         <v>2.4.7 Focus Visible</v>
       </c>
     </row>
-    <row r="36" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="4" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="4" t="str">
         <f t="shared" si="0"/>
         <v>2.5.1 Pointer Gestures</v>
       </c>
     </row>
-    <row r="37" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="4" t="str">
         <f t="shared" si="0"/>
         <v>2.5.2 Pointer Cancellation</v>
       </c>
     </row>
-    <row r="38" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="4" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="4" t="str">
         <f t="shared" si="0"/>
         <v>2.5.3 Label in Name</v>
       </c>
     </row>
-    <row r="39" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D39" s="4" t="str">
         <f t="shared" si="0"/>
         <v>2.5.4 Motion Actuation</v>
       </c>
     </row>
-    <row r="40" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="4" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="4" t="str">
         <f t="shared" si="0"/>
         <v>3.1.1 Language of Page</v>
       </c>
     </row>
-    <row r="41" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D41" s="4" t="str">
         <f t="shared" si="0"/>
         <v>3.1.2 Language of Parts</v>
       </c>
     </row>
-    <row r="42" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="4" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D42" s="4" t="str">
         <f t="shared" si="0"/>
         <v>3.2.1 On Focus</v>
       </c>
     </row>
-    <row r="43" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D43" s="4" t="str">
         <f t="shared" si="0"/>
         <v>3.2.2 On Input</v>
       </c>
     </row>
-    <row r="44" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="4" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D44" s="4" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">3.2.3 Consistent Navigation </v>
       </c>
     </row>
-    <row r="45" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D45" s="4" t="str">
         <f t="shared" si="0"/>
         <v>3.2.4 Consistent Identification</v>
       </c>
     </row>
-    <row r="46" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="4" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D46" s="4" t="str">
         <f t="shared" si="0"/>
         <v>3.3.1 Error Identification</v>
       </c>
     </row>
-    <row r="47" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="4" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D47" s="4" t="str">
         <f t="shared" si="0"/>
         <v>3.3.2 Labels or Instructions</v>
       </c>
     </row>
-    <row r="48" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B48" s="4" t="s">
         <v>100</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D48" s="4" t="str">
         <f t="shared" si="0"/>
         <v>3.3.3 Error Suggestion</v>
       </c>
     </row>
-    <row r="49" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B49" s="4" t="s">
         <v>102</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D49" s="4" t="str">
         <f t="shared" si="0"/>
         <v>3.3.4 Error Prevention (Legal, Financial, Data)</v>
       </c>
     </row>
-    <row r="50" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B50" s="4" t="s">
         <v>104</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D50" s="4" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">4.1.1 Parsing </v>
       </c>
     </row>
-    <row r="51" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B51" s="4" t="s">
         <v>106</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D51" s="4" t="str">
         <f t="shared" si="0"/>
         <v>4.1.2 Name, Role, Value</v>
       </c>
     </row>
-    <row r="52" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B52" s="4" t="s">
         <v>108</v>
       </c>
       <c r="C52" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D52" s="4" t="str">
         <f t="shared" si="0"/>
         <v>4.1.3 Status Messages</v>
       </c>
     </row>
-    <row r="53" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A53" s="6"/>
       <c r="B53" s="4"/>
       <c r="C53" s="5"/>
       <c r="D53" s="4"/>
     </row>
-    <row r="54" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A54" s="6"/>
       <c r="B54" s="4"/>
       <c r="C54" s="5"/>
       <c r="D54" s="4"/>
     </row>
-    <row r="55" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A55" s="6"/>
       <c r="B55" s="4"/>
       <c r="C55" s="5"/>
       <c r="D55" s="4"/>
     </row>
-    <row r="56" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A56" s="6"/>
       <c r="B56" s="4"/>
       <c r="C56" s="5"/>
       <c r="D56" s="4"/>
     </row>
-    <row r="57" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A57" s="6"/>
       <c r="B57" s="4"/>
       <c r="C57" s="5"/>
       <c r="D57" s="4"/>
     </row>
-    <row r="58" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A58" s="6"/>
       <c r="B58" s="4"/>
       <c r="C58" s="5"/>
       <c r="D58" s="4"/>
     </row>
-    <row r="59" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A59" s="6"/>
       <c r="B59" s="4"/>
       <c r="C59" s="5"/>
       <c r="D59" s="4"/>
     </row>
-    <row r="60" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A60" s="6"/>
       <c r="B60" s="4"/>
       <c r="C60" s="5"/>
       <c r="D60" s="4"/>
     </row>
-    <row r="61" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A61" s="6"/>
       <c r="B61" s="4"/>
       <c r="C61" s="5"/>
       <c r="D61" s="4"/>
     </row>
-    <row r="62" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A62" s="6"/>
       <c r="B62" s="4"/>
       <c r="C62" s="5"/>
       <c r="D62" s="4"/>
     </row>
-    <row r="63" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="63" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A63" s="6"/>
       <c r="B63" s="4"/>
       <c r="C63" s="5"/>
       <c r="D63" s="4"/>
     </row>
-    <row r="64" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="64" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A64" s="6"/>
       <c r="B64" s="4"/>
       <c r="C64" s="5"/>
       <c r="D64" s="4"/>
     </row>
-    <row r="65" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="65" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A65" s="6"/>
       <c r="B65" s="4"/>
       <c r="C65" s="5"/>
       <c r="D65" s="4"/>
     </row>
-    <row r="66" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="66" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A66" s="6"/>
       <c r="B66" s="4"/>
       <c r="C66" s="5"/>
       <c r="D66" s="4"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId1" xr:uid="{41ED22F6-5659-4FDE-9D55-97CF8B23CE51}"/>
     <hyperlink ref="A40" r:id="rId2" xr:uid="{DC171E47-5A32-4A08-83A3-DE477CB51477}"/>
     <hyperlink ref="A50" r:id="rId3" xr:uid="{BC1A5F00-17CB-43F8-9078-08E7F16929CA}"/>
     <hyperlink ref="A4" r:id="rId4" xr:uid="{7037B3AF-C4E4-492E-989C-C6F531D2E39D}"/>
     <hyperlink ref="A5" r:id="rId5" xr:uid="{28123376-6622-41AC-850C-FF15479FACC4}"/>
     <hyperlink ref="A6" r:id="rId6" xr:uid="{748C9177-3219-449E-8A2F-611F5ACFF3B2}"/>
     <hyperlink ref="A7" r:id="rId7" xr:uid="{BE40FA6C-C471-4EE5-8150-C8693AE2A0CE}"/>
     <hyperlink ref="A8" r:id="rId8" xr:uid="{840D8C2E-E1CD-40DC-ACFB-D1CC50478D2D}"/>
     <hyperlink ref="A9" r:id="rId9" xr:uid="{14319B9C-0261-4FDA-B795-F7ED6EBE1373}"/>
     <hyperlink ref="A10" r:id="rId10" xr:uid="{34FA6B4D-D9BC-4349-84EE-338D371EA3F8}"/>
     <hyperlink ref="A11" r:id="rId11" xr:uid="{08A45287-8AED-4695-A3DC-7DF1A4D88D56}"/>
     <hyperlink ref="A12" r:id="rId12" xr:uid="{43F73A72-1C0F-46A4-9BEB-8D0F6137774E}"/>
     <hyperlink ref="A41" r:id="rId13" xr:uid="{BE04A902-F68C-4351-A5F0-F5BBDBF3A631}"/>
     <hyperlink ref="A42" r:id="rId14" xr:uid="{31AC7027-8E5C-4C52-8A5B-734012A2B883}"/>
     <hyperlink ref="A43" r:id="rId15" xr:uid="{4FF8C8B9-8004-49C4-9933-6470C48F9CE5}"/>
     <hyperlink ref="A13" r:id="rId16" xr:uid="{8B7D2FA6-A678-4E41-B72C-5354D675955C}"/>
     <hyperlink ref="A44" r:id="rId17" xr:uid="{6C0F9112-2D11-482D-8F17-B1236B1F020F}"/>
     <hyperlink ref="A45" r:id="rId18" xr:uid="{C1607DEA-BE84-4EB5-AA30-1A6A8EAFF051}"/>
@@ -4441,225 +4860,233 @@
     <hyperlink ref="A38" r:id="rId42" xr:uid="{DDBA451D-40F6-4DB3-ADA4-B4E6D4693F2C}"/>
     <hyperlink ref="A39" r:id="rId43" xr:uid="{E5630F20-4BD6-4049-B901-2C55EBA5AA24}"/>
     <hyperlink ref="A21" r:id="rId44" xr:uid="{576A51C8-0C7D-49E6-96FD-A74B9796F029}"/>
     <hyperlink ref="A22" r:id="rId45" xr:uid="{F3D321DA-C756-49FA-B0FD-7F076971A73C}"/>
     <hyperlink ref="A23" r:id="rId46" xr:uid="{B0035F8B-DB54-4F53-B792-2F99786699FA}"/>
     <hyperlink ref="A24" r:id="rId47" xr:uid="{A7671869-8A73-463E-BD2B-A556E2543DD3}"/>
     <hyperlink ref="A25" r:id="rId48" xr:uid="{139D6A53-50A2-404B-87FE-108B92B559B7}"/>
     <hyperlink ref="A26" r:id="rId49" xr:uid="{C6688AFB-2FA6-4AC5-9104-B7F15C0C423A}"/>
     <hyperlink ref="A27" r:id="rId50" xr:uid="{7DFA4BED-57CF-4387-9DA0-BE37010EBA2B}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{56EA29F6-67C3-45A0-B09C-8090E29111E0}">
   <sheetPr>
     <tabColor rgb="FFF2BBBB"/>
   </sheetPr>
   <dimension ref="A1:A29"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A8" sqref="A8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="26.5" customWidth="1"/>
+    <col min="1" max="1" width="26.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:1" s="8" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="23" t="s">
+    <row r="1" spans="1:1" s="8" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="21" t="s">
         <v>109</v>
       </c>
     </row>
-    <row r="2" spans="1:1" s="8" customFormat="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="A3" s="16" t="s">
+    <row r="2" spans="1:1" s="8" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="15" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="3" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A3" s="15" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="4" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A4" s="16" t="s">
+    <row r="4" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A4" s="15" t="s">
         <v>143</v>
       </c>
     </row>
-    <row r="5" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A5" s="16" t="s">
+    <row r="5" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A5" s="15" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="6" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A6" s="16" t="s">
+    <row r="6" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A6" s="15" t="s">
         <v>141</v>
       </c>
     </row>
-    <row r="7" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A7" s="16" t="s">
+    <row r="7" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A7" s="15" t="s">
         <v>112</v>
       </c>
     </row>
-    <row r="8" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A8" s="16" t="s">
+    <row r="8" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A8" s="15" t="s">
         <v>150</v>
       </c>
     </row>
-    <row r="9" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A9" s="16" t="s">
+    <row r="9" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A9" s="15" t="s">
         <v>145</v>
       </c>
     </row>
-    <row r="10" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A10" s="16" t="s">
+    <row r="10" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A10" s="15" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="11" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A11" s="16" t="s">
+    <row r="11" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A11" s="15" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="12" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A12" s="16" t="s">
+    <row r="12" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A12" s="15" t="s">
         <v>144</v>
       </c>
     </row>
-    <row r="13" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A13" s="16" t="s">
+    <row r="13" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A13" s="15" t="s">
         <v>115</v>
       </c>
     </row>
-    <row r="14" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A14" s="16" t="s">
+    <row r="14" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A14" s="15" t="s">
         <v>116</v>
       </c>
     </row>
-    <row r="15" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A15" s="16" t="s">
+    <row r="15" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A15" s="15" t="s">
         <v>140</v>
       </c>
     </row>
-    <row r="16" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A16" s="16" t="s">
+    <row r="16" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A16" s="15" t="s">
         <v>117</v>
       </c>
     </row>
-    <row r="17" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A17" s="16" t="s">
+    <row r="17" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A17" s="15" t="s">
         <v>138</v>
       </c>
     </row>
-    <row r="18" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A18" s="16" t="s">
+    <row r="18" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A18" s="15" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="19" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A19" s="16" t="s">
+    <row r="19" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A19" s="15" t="s">
         <v>119</v>
       </c>
     </row>
-    <row r="20" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A20" s="16" t="s">
+    <row r="20" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A20" s="15" t="s">
         <v>142</v>
       </c>
     </row>
-    <row r="21" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A21" s="16" t="s">
+    <row r="21" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A21" s="15" t="s">
         <v>120</v>
       </c>
     </row>
-    <row r="22" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A22" s="16" t="s">
+    <row r="22" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A22" s="15" t="s">
         <v>121</v>
       </c>
     </row>
-    <row r="23" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A23" s="16" t="s">
+    <row r="23" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A23" s="15" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="24" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A24" s="16" t="s">
+    <row r="24" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A24" s="15" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="25" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A25" s="16" t="s">
+    <row r="25" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A25" s="15" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="26" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A26" s="16" t="s">
+    <row r="26" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A26" s="15" t="s">
         <v>125</v>
       </c>
     </row>
-    <row r="27" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A27" s="16" t="s">
+    <row r="27" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A27" s="15" t="s">
         <v>139</v>
       </c>
     </row>
-    <row r="28" spans="1:1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="A29" s="16"/>
+    <row r="28" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A28" s="15"/>
+    </row>
+    <row r="29" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A29" s="15"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:A26">
     <sortCondition ref="A3:A26"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Macintosh Excel</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Named Ranges</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
+    <vt:vector size="6" baseType="lpstr">
       <vt:lpstr>Digital Accessibility Roadmap</vt:lpstr>
       <vt:lpstr>Status </vt:lpstr>
       <vt:lpstr>WCAG SC</vt:lpstr>
       <vt:lpstr>Element, Component</vt:lpstr>
+      <vt:lpstr>'Digital Accessibility Roadmap'!ColumnTitle_936cd29b73804611b64626120d002241</vt:lpstr>
+      <vt:lpstr>WCAG_SC</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Digital Accessibility Roadmap Template</dc:title>
   <dc:subject/>
   <dc:creator>ACCESS Team</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>