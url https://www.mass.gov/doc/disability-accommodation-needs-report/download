--- v0 (2026-01-23)
+++ v1 (2026-03-31)
@@ -1,9379 +1,4285 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
+    <w:p w14:paraId="13CDE31C" w14:textId="02ED5366" w:rsidR="00234270" w:rsidRPr="007C5AB4" w:rsidRDefault="00234270" w:rsidP="00FF0C7E">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Instructions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F50DDC6" w14:textId="77777777" w:rsidR="00234270" w:rsidRPr="007C5AB4" w:rsidRDefault="00234270" w:rsidP="0092397B">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12DFEE7B" w14:textId="72A11003" w:rsidR="0092397B" w:rsidRPr="007C5AB4" w:rsidRDefault="00FE2A5C" w:rsidP="0092397B">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>As outlined in the AQEIP</w:t>
+      </w:r>
+      <w:r w:rsidR="007C0C14" w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and MQEIP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> P</w:t>
+      </w:r>
+      <w:r w:rsidR="008777EE">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve">erformance </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Y</w:t>
+      </w:r>
+      <w:r w:rsidR="008777EE">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ear </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>1 Implementation Plan</w:t>
+      </w:r>
+      <w:r w:rsidR="007C0C14" w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Technical Specifications, </w:t>
+      </w:r>
+      <w:r w:rsidR="008777EE">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for PY1 (CY2023) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>ACOs</w:t>
+      </w:r>
+      <w:r w:rsidR="007C0C14" w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and MCOs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be assessed on c</w:t>
+      </w:r>
+      <w:r w:rsidR="0092397B" w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>omplete and timely submission to EOHHS</w:t>
+      </w:r>
+      <w:r w:rsidR="0092397B" w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of a report describing the </w:t>
+      </w:r>
+      <w:r w:rsidR="002241B1" w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>organization’s</w:t>
+      </w:r>
+      <w:r w:rsidR="0092397B" w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> current practice and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0092397B" w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>future plans</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0092397B" w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the following:</w:t>
+      </w:r>
+      <w:r w:rsidR="0092397B" w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33CC8F9E" w14:textId="77777777" w:rsidR="0092397B" w:rsidRPr="007C5AB4" w:rsidRDefault="0092397B" w:rsidP="0092397B">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49AE7D4F" w14:textId="77777777" w:rsidR="0092397B" w:rsidRPr="007C5AB4" w:rsidRDefault="0092397B" w:rsidP="0092397B">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Screening members for accommodation needs* before or during an outpatient encounter, and how the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>results</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of this screening </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> documented.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="460A2288" w14:textId="77777777" w:rsidR="0092397B" w:rsidRPr="007C5AB4" w:rsidRDefault="0092397B" w:rsidP="0092397B">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Other methods, if any, for documenting accommodation needs.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DDB854A" w14:textId="77777777" w:rsidR="0092397B" w:rsidRPr="007C5AB4" w:rsidRDefault="0092397B" w:rsidP="0092397B">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Asking members to report, during or after an outpatient encounter, if their accommodation needs were met.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39951F1B" w14:textId="77777777" w:rsidR="0092397B" w:rsidRPr="007C5AB4" w:rsidRDefault="0092397B" w:rsidP="0092397B">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+        <w:t>Analyses that are performed at the organizational level to understand whether accommodation needs have been met.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17ADA3DE" w14:textId="77777777" w:rsidR="00BC2DDD" w:rsidRPr="007C5AB4" w:rsidRDefault="00BC2DDD" w:rsidP="00BC2DDD">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4865DAD6" w14:textId="6F39CE56" w:rsidR="00BC2DDD" w:rsidRPr="007C5AB4" w:rsidRDefault="00BC2DDD" w:rsidP="00BC2DDD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">For this report, accommodation needs are regarded to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>be needs</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> related to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>a disability</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, including disabilities </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>as a result of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>a physical</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, intellectual or behavioral health condition. For this report, this does not include needs for language interpreters, but does include accommodation needs for vision impairments (e.g., Braille) or hearing impairments (e.g., ASL interpreters).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C9A805F" w14:textId="77777777" w:rsidR="00A67590" w:rsidRPr="007C5AB4" w:rsidRDefault="00A67590">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2057F2FD" w14:textId="1CFA6D01" w:rsidR="00684D4B" w:rsidRPr="0028326C" w:rsidRDefault="00334871">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028326C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ACOs </w:t>
+      </w:r>
+      <w:r w:rsidR="002241B1" w:rsidRPr="0028326C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and MCOs </w:t>
+      </w:r>
+      <w:r w:rsidR="00A957BB" w:rsidRPr="0028326C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>should complete th</w:t>
+      </w:r>
+      <w:r w:rsidR="00851B25" w:rsidRPr="0028326C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00A957BB" w:rsidRPr="0028326C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reporting template </w:t>
+      </w:r>
+      <w:r w:rsidR="00851B25" w:rsidRPr="0028326C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provided in this document </w:t>
+      </w:r>
+      <w:r w:rsidR="00A957BB" w:rsidRPr="0028326C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and submit </w:t>
+      </w:r>
+      <w:r w:rsidR="00684D4B" w:rsidRPr="0028326C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the completed report to EOHHS </w:t>
+      </w:r>
+      <w:r w:rsidR="00A957BB" w:rsidRPr="0028326C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by </w:t>
+      </w:r>
+      <w:r w:rsidR="006E1461">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="006E1461" w:rsidRPr="0028326C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A957BB" w:rsidRPr="0028326C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A957BB" w:rsidRPr="0028326C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r w:rsidR="00A957BB" w:rsidRPr="0028326C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 2023</w:t>
+      </w:r>
+      <w:r w:rsidR="00684D4B" w:rsidRPr="0028326C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Finalized reports can be submitted via OnBase.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B16A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Please keep the responses to </w:t>
+      </w:r>
+      <w:r w:rsidR="00F60D29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>no more than 5 pages in total.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44E76699" w14:textId="22FA514C" w:rsidR="00851B25" w:rsidRPr="0028326C" w:rsidRDefault="00851B25">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0009513C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please reach out to the MassHealth Health Equity Team </w:t>
+      </w:r>
+      <w:r w:rsidR="006A509E" w:rsidRPr="0009513C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="006A509E" w:rsidRPr="0009513C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>health.equity@mass.gov</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="006A509E" w:rsidRPr="0009513C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with any questions.</w:t>
+      </w:r>
+      <w:r w:rsidR="006A509E" w:rsidRPr="0028326C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Thank you!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5042C6DD" w14:textId="11575F94" w:rsidR="000B0842" w:rsidRDefault="009F046F" w:rsidP="006E1461">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C5AB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidR="003D70CA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Section 1: </w:t>
+      </w:r>
+      <w:r w:rsidR="000C1B33">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>ACO/MCO Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73B4AD86" w14:textId="31B7DBEE" w:rsidR="000C1B33" w:rsidRDefault="000C1B33" w:rsidP="00B64C78">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B9C0C77" w14:textId="1E473B3C" w:rsidR="00622C19" w:rsidRPr="00EB584D" w:rsidRDefault="00622C19" w:rsidP="00AB15FA">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>ACO or MCO Name:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65FE6C56" w14:textId="77777777" w:rsidR="00622C19" w:rsidRDefault="00622C19" w:rsidP="00B64C78">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58A8362C" w14:textId="5CE4208B" w:rsidR="000C1B33" w:rsidRDefault="0076575B" w:rsidP="00AB15FA">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Please provide the following information for each ACO/MCO Representative</w:t>
+      </w:r>
+      <w:r w:rsidR="00D07907">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> completing this report:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4987DF00" w14:textId="77777777" w:rsidR="00622C19" w:rsidRDefault="00622C19" w:rsidP="00B64C78">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="GridTable4-Accent1"/>
-[...14 lines deleted...]
-        <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3142"/>
-        <w:gridCol w:w="6003"/>
+        <w:gridCol w:w="3116"/>
+        <w:gridCol w:w="3117"/>
+        <w:gridCol w:w="3117"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007D6522" w:rsidRPr="00C54786" w14:paraId="24A3B734" w14:textId="77777777" w:rsidTr="63336365">
+      <w:tr w:rsidR="0076575B" w14:paraId="338C792F" w14:textId="77777777" w:rsidTr="0076575B">
         <w:trPr>
-          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="649"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3142" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3116" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="485B9884" w14:textId="5D1A4D15" w:rsidR="007D6522" w:rsidRPr="00FA6C52" w:rsidRDefault="0B6C01A4" w:rsidP="00077A0B">
+          <w:p w14:paraId="1E19443A" w14:textId="1B0F479C" w:rsidR="0076575B" w:rsidRPr="0076575B" w:rsidRDefault="0076575B" w:rsidP="00B64C78">
             <w:pPr>
-              <w:pStyle w:val="MH-CoverChart-Itemheadline"/>
-              <w:jc w:val="right"/>
+              <w:pStyle w:val="Default"/>
               <w:rPr>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FA6C52">
+            <w:r w:rsidRPr="0076575B">
               <w:rPr>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>Program</w:t>
-[...15 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Full Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6003" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3117" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7CF6D704" w14:textId="1650DE50" w:rsidR="007D6522" w:rsidRPr="00FA6C52" w:rsidRDefault="00D547F9" w:rsidP="1784D28E">
+          <w:p w14:paraId="4A5B3252" w14:textId="3BD527B2" w:rsidR="0076575B" w:rsidRPr="0076575B" w:rsidRDefault="0076575B" w:rsidP="00B64C78">
             <w:pPr>
-              <w:pStyle w:val="MHCoverChart-Description"/>
-[...1 lines deleted...]
-              <w:contextualSpacing/>
+              <w:pStyle w:val="Default"/>
               <w:rPr>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0076575B">
               <w:rPr>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>ACO, MCO, MBHV</w:t>
-[...54 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6003" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3117" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="32719F6F" w14:textId="58098AF9" w:rsidR="009B4F17" w:rsidRPr="00FB2619" w:rsidRDefault="000A616A" w:rsidP="00077A0B">
+          <w:p w14:paraId="27A6580C" w14:textId="5D474D6B" w:rsidR="0076575B" w:rsidRPr="0076575B" w:rsidRDefault="0076575B" w:rsidP="00B64C78">
             <w:pPr>
-              <w:pStyle w:val="MHCoverChart-Description"/>
-[...1 lines deleted...]
-              <w:contextualSpacing/>
+              <w:pStyle w:val="Default"/>
               <w:rPr>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0076575B">
               <w:rPr>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>PY</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> (2025)</w:t>
+              <w:t>Email Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF2F7D" w:rsidRPr="00C54786" w14:paraId="3386894F" w14:textId="77777777" w:rsidTr="63336365">
+      <w:tr w:rsidR="0076575B" w14:paraId="2748630D" w14:textId="77777777" w:rsidTr="0076575B">
         <w:trPr>
-          <w:trHeight w:val="649"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3142" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24BAEA3E" w14:textId="77777777" w:rsidR="009B4F17" w:rsidRPr="00FA6C52" w:rsidRDefault="009B4F17" w:rsidP="00077A0B">
+          <w:p w14:paraId="2F11DC16" w14:textId="77777777" w:rsidR="0076575B" w:rsidRDefault="0076575B" w:rsidP="00B64C78">
             <w:pPr>
-              <w:pStyle w:val="MH-CoverChart-Itemheadline"/>
-              <w:jc w:val="right"/>
+              <w:pStyle w:val="Default"/>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FA6C52">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6003" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31B91701" w14:textId="57C2CC7E" w:rsidR="009B4F17" w:rsidRPr="00FB2619" w:rsidRDefault="71D2BDDA" w:rsidP="1784D28E">
+          <w:p w14:paraId="5B3513EE" w14:textId="77777777" w:rsidR="0076575B" w:rsidRDefault="0076575B" w:rsidP="00B64C78">
             <w:pPr>
-              <w:pStyle w:val="MHCoverChart-Description"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="1784D28E">
+              <w:pStyle w:val="Default"/>
               <w:rPr>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...41 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FA6C52">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6003" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14433149" w14:textId="4A593D43" w:rsidR="009B4F17" w:rsidRPr="00FB2619" w:rsidRDefault="009B4F17" w:rsidP="00077A0B">
+          <w:p w14:paraId="1E4A666F" w14:textId="77777777" w:rsidR="0076575B" w:rsidRDefault="0076575B" w:rsidP="00B64C78">
             <w:pPr>
-              <w:pStyle w:val="MHCoverChart-Description"/>
-[...1 lines deleted...]
-              <w:contextualSpacing/>
+              <w:pStyle w:val="Default"/>
               <w:rPr>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="1784D28E">
-[...46 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF2F7D" w:rsidRPr="00C54786" w14:paraId="27C85E90" w14:textId="77777777" w:rsidTr="63336365">
+      <w:tr w:rsidR="00F1662E" w14:paraId="3C341F1E" w14:textId="77777777" w:rsidTr="0076575B">
         <w:trPr>
-          <w:trHeight w:val="649"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3142" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E0C6A7F" w14:textId="38C40932" w:rsidR="009B4F17" w:rsidRPr="00FA6C52" w:rsidRDefault="009B4F17" w:rsidP="00077A0B">
+          <w:p w14:paraId="015770BF" w14:textId="77777777" w:rsidR="00F1662E" w:rsidRDefault="00F1662E" w:rsidP="00B64C78">
             <w:pPr>
-              <w:pStyle w:val="MH-CoverChart-Itemheadline"/>
-              <w:jc w:val="right"/>
+              <w:pStyle w:val="Default"/>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FA6C52">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6003" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D5E719D" w14:textId="4DE4A1E7" w:rsidR="009B4F17" w:rsidRPr="00FB2619" w:rsidRDefault="2615DA31" w:rsidP="00077A0B">
+          <w:p w14:paraId="128D0C4E" w14:textId="77777777" w:rsidR="00F1662E" w:rsidRDefault="00F1662E" w:rsidP="00B64C78">
             <w:pPr>
-              <w:pStyle w:val="MHCoverChart-Description"/>
-[...1 lines deleted...]
-              <w:contextualSpacing/>
+              <w:pStyle w:val="Default"/>
               <w:rPr>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="1784D28E">
-[...67 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6003" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28ABF2B5" w14:textId="515124EE" w:rsidR="009B4F17" w:rsidRPr="00FB2619" w:rsidRDefault="00064C36" w:rsidP="00077A0B">
+          <w:p w14:paraId="481DD9AA" w14:textId="77777777" w:rsidR="00F1662E" w:rsidRDefault="00F1662E" w:rsidP="00B64C78">
             <w:pPr>
-              <w:pStyle w:val="MHCoverChart-Description"/>
-[...1 lines deleted...]
-              <w:contextualSpacing/>
+              <w:pStyle w:val="Default"/>
               <w:rPr>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...22 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F5EE6" w:rsidRPr="00C54786" w14:paraId="7A493A11" w14:textId="77777777" w:rsidTr="63336365">
+      <w:tr w:rsidR="0076575B" w14:paraId="286CDA5F" w14:textId="77777777" w:rsidTr="0076575B">
         <w:trPr>
-          <w:trHeight w:val="649"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3142" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="282AD1F8" w14:textId="2925FBA9" w:rsidR="008F5EE6" w:rsidRPr="00FA6C52" w:rsidRDefault="008F5EE6" w:rsidP="008F5EE6">
+          <w:p w14:paraId="1F0CC271" w14:textId="77777777" w:rsidR="0076575B" w:rsidRDefault="0076575B" w:rsidP="00B64C78">
             <w:pPr>
-              <w:pStyle w:val="MH-CoverChart-Itemheadline"/>
-              <w:jc w:val="right"/>
+              <w:pStyle w:val="Default"/>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FA6C52">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6003" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DC5DA02" w14:textId="198EC350" w:rsidR="008F5EE6" w:rsidRPr="00FA6C52" w:rsidRDefault="00D547F9" w:rsidP="008F5EE6">
+          <w:p w14:paraId="478C1EED" w14:textId="77777777" w:rsidR="0076575B" w:rsidRDefault="0076575B" w:rsidP="00B64C78">
             <w:pPr>
-              <w:pStyle w:val="MHCoverChart-Description"/>
-[...1 lines deleted...]
-              <w:contextualSpacing/>
+              <w:pStyle w:val="Default"/>
               <w:rPr>
-                <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...385 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6390" w:type="dxa"/>
+            <w:tcW w:w="3117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65B5B550" w14:textId="77777777" w:rsidR="002354FC" w:rsidRPr="009C5CFF" w:rsidRDefault="00AE5A23" w:rsidP="00B554E5">
+          <w:p w14:paraId="658B3493" w14:textId="77777777" w:rsidR="0076575B" w:rsidRDefault="0076575B" w:rsidP="00B64C78">
             <w:pPr>
-              <w:pStyle w:val="MH-ChartContentText"/>
-[...716 lines deleted...]
-              <w:spacing w:before="0" w:after="0"/>
+              <w:pStyle w:val="Default"/>
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
               </w:rPr>
-            </w:pPr>
-[...2256 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="584D3455" w14:textId="0AC6DF9A" w:rsidR="00FD6037" w:rsidRDefault="00FD6037" w:rsidP="00FD6037">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListNumber"/>
+    <w:p w14:paraId="43DD7016" w14:textId="77777777" w:rsidR="00622C19" w:rsidRPr="000C1B33" w:rsidRDefault="00622C19" w:rsidP="00B64C78">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="162B51C0" w14:textId="6754CB73" w:rsidR="00AC4832" w:rsidRDefault="003D70CA" w:rsidP="00A24C92">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>If structured fields are used to document patient’s accommodation needs related to a disability, please describe the fixed field options presented to medical record users entering the data and how patient responses will correspond to these fields. If unstructured fields are used, please write “</w:t>
-[...209 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 2: </w:t>
+      </w:r>
+      <w:r w:rsidR="006410F9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>Disability Accommodation Needs Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A484AFD" w14:textId="77777777" w:rsidR="006410F9" w:rsidRDefault="006410F9" w:rsidP="00B64C78">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09B9B22D" w14:textId="514F3593" w:rsidR="001873D0" w:rsidRPr="006410F9" w:rsidRDefault="001873D0" w:rsidP="00B64C78">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006410F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...785 lines deleted...]
-        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The first portion of this report relates to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006410F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="auto"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>view</w:t>
-[...335 lines deleted...]
-        <w:rPr>
+        <w:t>current practices</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006410F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CE8C2F2" w14:textId="77777777" w:rsidR="001873D0" w:rsidRDefault="001873D0" w:rsidP="00B64C78">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78E8D781" w14:textId="5E40CA20" w:rsidR="00AB15FA" w:rsidRPr="008C58CD" w:rsidRDefault="00AC4832" w:rsidP="00B64C78">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Question 1: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C21EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Please describe your current practices</w:t>
+      </w:r>
+      <w:r w:rsidR="000545D7" w:rsidRPr="003C21EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for screening members for their accommodation needs either before or during an outpatient encounter</w:t>
+      </w:r>
+      <w:r w:rsidR="00966A81" w:rsidRPr="003C21EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00694E2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Responses may include</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but should not be limited </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F37911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="00694E2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F37911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> screening tools used</w:t>
+      </w:r>
+      <w:r w:rsidR="006E4D09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and/or questions asked</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37911">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="006E4D09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the timing and setting of screenings, </w:t>
+      </w:r>
+      <w:r w:rsidR="00356748">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>staff involved in screening, etc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="513069A0" w14:textId="77777777" w:rsidR="00966A81" w:rsidRDefault="00966A81" w:rsidP="00B64C78">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67E84FD2" w14:textId="0FCBE5D8" w:rsidR="0009513C" w:rsidRPr="00D45B57" w:rsidRDefault="00D45B57" w:rsidP="00B64C78">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D45B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Response:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="789F48A8" w14:textId="77777777" w:rsidR="00D45B57" w:rsidRPr="00D45B57" w:rsidRDefault="00D45B57" w:rsidP="00B64C78">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DCD7264" w14:textId="23F2F1B1" w:rsidR="00AB15FA" w:rsidRDefault="00966A81" w:rsidP="008C58CD">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Question 1a: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">How do you document any </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE27F1" w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>reported accommodation needs</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0642C" w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, e.g. in the EHR, </w:t>
+      </w:r>
+      <w:r w:rsidR="003F5B3D" w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">free text notes or flags on a </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF1BD3" w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>members</w:t>
+      </w:r>
+      <w:r w:rsidR="003F5B3D" w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>’ file</w:t>
+      </w:r>
+      <w:r w:rsidR="00A614FF" w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or care assessment</w:t>
+      </w:r>
+      <w:r w:rsidR="003F5B3D" w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>, etc.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B36C595" w14:textId="77777777" w:rsidR="00D45B57" w:rsidRDefault="00D45B57" w:rsidP="00D45B57">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E8225A9" w14:textId="1C4F59DA" w:rsidR="00D45B57" w:rsidRPr="00D45B57" w:rsidRDefault="00D45B57" w:rsidP="00D45B57">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D45B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Response:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B583C4C" w14:textId="77777777" w:rsidR="00966A81" w:rsidRDefault="00966A81" w:rsidP="00B64C78">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C96D509" w14:textId="77777777" w:rsidR="0009513C" w:rsidRDefault="0009513C" w:rsidP="00B64C78">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57EE7E58" w14:textId="6DD6BE28" w:rsidR="00AB15FA" w:rsidRDefault="001873D0" w:rsidP="008C58CD">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Question 1b: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C21EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Do you have any alternative </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or supplemental </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C21EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>methods for identifying a member’s accommodation needs?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37CF10A9" w14:textId="77777777" w:rsidR="00F12483" w:rsidRDefault="00F12483" w:rsidP="008C58CD">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="259FFE6C" w14:textId="77777777" w:rsidR="00D45B57" w:rsidRPr="00D45B57" w:rsidRDefault="00D45B57" w:rsidP="00D45B57">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D45B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Response:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="037E76CB" w14:textId="77777777" w:rsidR="00D45B57" w:rsidRDefault="00D45B57" w:rsidP="008C58CD">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E834102" w14:textId="77777777" w:rsidR="0009513C" w:rsidRDefault="0009513C" w:rsidP="008C58CD">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40D8118F" w14:textId="76714CDC" w:rsidR="00F12483" w:rsidRPr="008C58CD" w:rsidRDefault="00F12483" w:rsidP="008C58CD">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E3A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Question 1c</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00127AA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>If you currently screen mem</w:t>
+      </w:r>
+      <w:r w:rsidR="00B55DDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bers for accommodation needs, please list the specific question(s) and response options that you </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4928">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>use to screen members.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C0A4785" w14:textId="77777777" w:rsidR="00B629FC" w:rsidRDefault="00B629FC" w:rsidP="00B64C78">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D5311E0" w14:textId="77777777" w:rsidR="00D45B57" w:rsidRPr="00D45B57" w:rsidRDefault="00D45B57" w:rsidP="00D45B57">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D45B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Response:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A8A8686" w14:textId="77777777" w:rsidR="0009513C" w:rsidRDefault="0009513C" w:rsidP="00B64C78">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67DE5177" w14:textId="001E677D" w:rsidR="00DE27F1" w:rsidRDefault="00DE27F1" w:rsidP="00B64C78">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Question 2: </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4CF2" w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Please describe your current practices for asking members to report, during or after an outpatient encounter, if their accommodation needs were met.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B20676" w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B20676" w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Similar to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B20676" w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> question 1 above, responses may include: </w:t>
+      </w:r>
+      <w:r w:rsidR="00671D73" w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>screening tools used and/or questions asked, the timing and setting of screenings, staff involved in screening, etc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30BBEAB6" w14:textId="77777777" w:rsidR="00DF2888" w:rsidRDefault="00DF2888" w:rsidP="00B64C78">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C816F23" w14:textId="77777777" w:rsidR="00D45B57" w:rsidRPr="00D45B57" w:rsidRDefault="00D45B57" w:rsidP="00D45B57">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D45B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Response:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="304D1E48" w14:textId="77777777" w:rsidR="0009513C" w:rsidRDefault="0009513C" w:rsidP="00B64C78">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30DE9A2A" w14:textId="6845A4C3" w:rsidR="00AB15FA" w:rsidRPr="008C58CD" w:rsidRDefault="00DF2888" w:rsidP="00B64C78">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F36912">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Question 2a:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> How do you document whether members’ needs </w:t>
+      </w:r>
+      <w:r w:rsidR="00F36912">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>are being met?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77D0C8E2" w14:textId="77777777" w:rsidR="00FE4CF2" w:rsidRDefault="00FE4CF2" w:rsidP="00B64C78">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="021A154A" w14:textId="77777777" w:rsidR="00D45B57" w:rsidRPr="00D45B57" w:rsidRDefault="00D45B57" w:rsidP="00D45B57">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D45B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Response:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="306367B1" w14:textId="77777777" w:rsidR="0009513C" w:rsidRDefault="0009513C" w:rsidP="00B64C78">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A7E917B" w14:textId="77777777" w:rsidR="009E4876" w:rsidRDefault="009E4876" w:rsidP="00B64C78">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E5D08C8" w14:textId="48AB30DE" w:rsidR="00AB15FA" w:rsidRDefault="00FE4CF2" w:rsidP="00B64C78">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Question 3: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C21EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please describe any </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB4015">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>efforts to aggregate results</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C21EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at the organizational level to determine whether </w:t>
+      </w:r>
+      <w:r w:rsidR="002F3604" w:rsidRPr="003C21EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>members’ accommodation needs are being met</w:t>
+      </w:r>
+      <w:r w:rsidR="002F3604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="524071C5" w14:textId="77777777" w:rsidR="00006F7F" w:rsidRDefault="00006F7F" w:rsidP="00B64C78">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AF07A0B" w14:textId="77777777" w:rsidR="00D45B57" w:rsidRPr="00D45B57" w:rsidRDefault="00D45B57" w:rsidP="00D45B57">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D45B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Response:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A273C38" w14:textId="77777777" w:rsidR="0009513C" w:rsidRDefault="0009513C" w:rsidP="00B64C78">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DB71FE4" w14:textId="2406BC87" w:rsidR="00006F7F" w:rsidRDefault="00006F7F" w:rsidP="00D37B4F">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Question 3a: </w:t>
+      </w:r>
+      <w:r w:rsidR="00D37B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Do you have a process</w:t>
+      </w:r>
+      <w:r w:rsidR="006D4B16">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for sharing the</w:t>
+      </w:r>
+      <w:r w:rsidR="00092E70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aggregate results</w:t>
+      </w:r>
+      <w:r w:rsidR="006D4B16">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D37B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>internally or with providers, members, and other stakeholders? If so, please describe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37BFE826" w14:textId="77777777" w:rsidR="00AB15FA" w:rsidRDefault="00AB15FA" w:rsidP="006C74D1">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="381F4A9D" w14:textId="77777777" w:rsidR="00D45B57" w:rsidRPr="00D45B57" w:rsidRDefault="00D45B57" w:rsidP="00D45B57">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D45B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Response:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="496AA92A" w14:textId="77777777" w:rsidR="0009513C" w:rsidRPr="00F36912" w:rsidRDefault="0009513C" w:rsidP="006C74D1">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2743AE42" w14:textId="77777777" w:rsidR="00DE27F1" w:rsidRDefault="00DE27F1" w:rsidP="00B64C78">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CCBDE94" w14:textId="66C72277" w:rsidR="001873D0" w:rsidRPr="006410F9" w:rsidRDefault="00DE27F1" w:rsidP="00B64C78">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The second portion of this report relates to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>future plans</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...62 lines deleted...]
-        <w:pStyle w:val="Heading4"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78ED8A8F" w14:textId="77777777" w:rsidR="002457C2" w:rsidRDefault="002457C2" w:rsidP="00B64C78">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B84D6A4" w14:textId="45ECEC31" w:rsidR="002F3604" w:rsidRDefault="002F3604" w:rsidP="002F3604">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Question 4: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please describe </w:t>
+      </w:r>
+      <w:r w:rsidR="00A726C1" w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">any </w:t>
+      </w:r>
+      <w:r w:rsidR="00717871" w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">anticipated actions you will </w:t>
+      </w:r>
+      <w:r w:rsidR="00A52C28" w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>undertake in the</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA2BF2" w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> next five years</w:t>
+      </w:r>
+      <w:r w:rsidR="00A726C1" w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>for screening members for their accommodation needs either before or during an outpatient encounter.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5125" w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This may include plans to improve current screening practices or establishing new screening practices.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="722B1B9B" w14:textId="77777777" w:rsidR="002F3604" w:rsidRDefault="002F3604" w:rsidP="002F3604">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01D8245D" w14:textId="6B4F68AA" w:rsidR="00D45B57" w:rsidRDefault="00D45B57" w:rsidP="002F3604">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D45B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Response:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="444E6403" w14:textId="77777777" w:rsidR="0009513C" w:rsidRDefault="0009513C" w:rsidP="002F3604">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EE6CCC6" w14:textId="549561B7" w:rsidR="00AB15FA" w:rsidRDefault="002F3604" w:rsidP="0009513C">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Screening Tool #3</w:t>
-[...11 lines deleted...]
-          <w:iCs/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Question 4a: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>How do you</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> plan to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> document any reported accommodation needs</w:t>
+      </w:r>
+      <w:r w:rsidR="004D127F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>, and</w:t>
+      </w:r>
+      <w:r w:rsidR="00131E22">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> how will </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00131E22">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>documented</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00131E22">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> information be used</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07F71BCA" w14:textId="77777777" w:rsidR="00D45B57" w:rsidRDefault="00D45B57" w:rsidP="00D45B57">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="606F3718" w14:textId="3F8FBA9E" w:rsidR="00D45B57" w:rsidRPr="00D45B57" w:rsidRDefault="00D45B57" w:rsidP="00D45B57">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D45B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Response:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70935C07" w14:textId="77777777" w:rsidR="002F3604" w:rsidRDefault="002F3604" w:rsidP="002F3604">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04322D35" w14:textId="77777777" w:rsidR="0009513C" w:rsidRDefault="0009513C" w:rsidP="002F3604">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18CD8F92" w14:textId="23A40AE6" w:rsidR="00AB15FA" w:rsidRDefault="002F3604" w:rsidP="00E40974">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:i/>
-[...82 lines deleted...]
-        <w:t>Response</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Question 4b: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Do you </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>plan on having any</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> alternative </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5125">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or supplemental </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>methods for identifying a member’s accommodation needs?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="606E5AE8" w14:textId="77777777" w:rsidR="008E7F80" w:rsidRDefault="008E7F80" w:rsidP="003E3A52">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DF1C670" w14:textId="77777777" w:rsidR="00D45B57" w:rsidRPr="00D45B57" w:rsidRDefault="00D45B57" w:rsidP="00D45B57">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D45B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Response:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="075590F9" w14:textId="77777777" w:rsidR="00AB15FA" w:rsidRDefault="00AB15FA" w:rsidP="002F3604">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C95F57B" w14:textId="77777777" w:rsidR="0009513C" w:rsidRDefault="0009513C" w:rsidP="002F3604">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2301E8E0" w14:textId="78801D83" w:rsidR="00AB15FA" w:rsidRPr="00E40974" w:rsidRDefault="002F3604" w:rsidP="002F3604">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Question 5: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please describe </w:t>
+      </w:r>
+      <w:r w:rsidR="00C15A4F" w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>anticipated actions you will undertake in the next five years</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC11D4" w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidR="006B4622" w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">monitor </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC11D4" w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">whether </w:t>
+      </w:r>
+      <w:r w:rsidR="00E96707" w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>accommodation needs are met</w:t>
+      </w:r>
+      <w:r w:rsidR="003E3A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E96707" w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00395128" w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>This may include plans to improve current practices or establishing new practices</w:t>
+      </w:r>
+      <w:r w:rsidR="00C30F97" w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> related to </w:t>
+      </w:r>
+      <w:r w:rsidR="00E96707" w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>assessing</w:t>
+      </w:r>
+      <w:r w:rsidR="00C30F97" w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> whether accommodation needs were met</w:t>
+      </w:r>
+      <w:r w:rsidR="00395128" w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56DB2D5B" w14:textId="77777777" w:rsidR="00AB15FA" w:rsidRDefault="00AB15FA" w:rsidP="002F3604">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75B2014B" w14:textId="77777777" w:rsidR="00D45B57" w:rsidRPr="00D45B57" w:rsidRDefault="00D45B57" w:rsidP="00D45B57">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D45B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Response:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="611C39C3" w14:textId="77777777" w:rsidR="0009513C" w:rsidRDefault="0009513C" w:rsidP="002F3604">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="753C423E" w14:textId="1849F11D" w:rsidR="00AB15FA" w:rsidRDefault="00D37B4F" w:rsidP="00E40974">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F36912">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Question </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
-[...4 lines deleted...]
-    <w:sectPr w:rsidR="00961CFD" w:rsidRPr="00304D33" w:rsidSect="00A14BF0">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F36912">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>a:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> How do you plan to </w:t>
+      </w:r>
+      <w:r w:rsidR="0048269E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">monitor </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>whether members’ needs are being met?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47E79185" w14:textId="77777777" w:rsidR="0048269E" w:rsidRDefault="0048269E" w:rsidP="00E40974">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D9409DF" w14:textId="77777777" w:rsidR="00D45B57" w:rsidRPr="00D45B57" w:rsidRDefault="00D45B57" w:rsidP="00D45B57">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D45B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Response:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59A312F8" w14:textId="77777777" w:rsidR="0009513C" w:rsidRDefault="0009513C" w:rsidP="00E40974">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02AA5246" w14:textId="694C609D" w:rsidR="00E96707" w:rsidRPr="00E40974" w:rsidRDefault="00E96707" w:rsidP="0009513C">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0009513C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Question 5b:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0048269E" w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Describe any current plans to ask members</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7CA62AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to report, during or after an outpatient encounter, if their accommodation needs were met.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CDDD1A3" w14:textId="77777777" w:rsidR="00D37B4F" w:rsidRDefault="00D37B4F" w:rsidP="002F3604">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41F55453" w14:textId="77777777" w:rsidR="00D45B57" w:rsidRPr="00D45B57" w:rsidRDefault="00D45B57" w:rsidP="00D45B57">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D45B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Response:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D47AE44" w14:textId="77777777" w:rsidR="00D45B57" w:rsidRDefault="00D45B57" w:rsidP="002F3604">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E62A181" w14:textId="77777777" w:rsidR="0009513C" w:rsidRDefault="0009513C" w:rsidP="002F3604">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24F1BD51" w14:textId="7A3993D7" w:rsidR="00AB15FA" w:rsidRPr="00E40974" w:rsidRDefault="002F3604" w:rsidP="002F3604">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Question 6: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please describe any </w:t>
+      </w:r>
+      <w:r w:rsidR="003F62F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>anticipated actions you will undertake in the next five years</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD46A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidR="003F62F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>aggregate results</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006B4622">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>the organizational level</w:t>
+      </w:r>
+      <w:r w:rsidR="00D301FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006B4622">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">related to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F3604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>whether members’ accommodation needs are being met.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D301FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This may include plans to improve analyses or establishing </w:t>
+      </w:r>
+      <w:r w:rsidR="00796DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">new data </w:t>
+      </w:r>
+      <w:r w:rsidR="00D301FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">analysis </w:t>
+      </w:r>
+      <w:r w:rsidR="00006F7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>practices.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C88E9F9" w14:textId="77777777" w:rsidR="002F3604" w:rsidRDefault="002F3604" w:rsidP="00B64C78">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E961689" w14:textId="77777777" w:rsidR="00D45B57" w:rsidRPr="00D45B57" w:rsidRDefault="00D45B57" w:rsidP="00D45B57">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D45B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Response:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E51BC57" w14:textId="77777777" w:rsidR="00D45B57" w:rsidRDefault="00D45B57" w:rsidP="00B64C78">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="474A08C0" w14:textId="26F7BA65" w:rsidR="00D37B4F" w:rsidRDefault="00D37B4F" w:rsidP="00D37B4F">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Question 6a: </w:t>
+      </w:r>
+      <w:r w:rsidR="0050140E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>What will your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> process </w:t>
+      </w:r>
+      <w:r w:rsidR="0050140E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for sharing these </w:t>
+      </w:r>
+      <w:r w:rsidR="00796DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>results</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> internally or with providers, members, and other stakeholders? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2574175C" w14:textId="77777777" w:rsidR="00AB15FA" w:rsidRDefault="00AB15FA" w:rsidP="00D37B4F">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37DBBA93" w14:textId="77777777" w:rsidR="009E4876" w:rsidRPr="00D45B57" w:rsidRDefault="009E4876" w:rsidP="009E4876">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D45B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Response:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1805F6DA" w14:textId="77777777" w:rsidR="009E4876" w:rsidRDefault="009E4876" w:rsidP="00D37B4F">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22EB5436" w14:textId="77777777" w:rsidR="00D45B57" w:rsidRDefault="00D45B57" w:rsidP="00D37B4F">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F7CEFDE" w14:textId="77777777" w:rsidR="00D45B57" w:rsidRDefault="00D105C5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A24C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Question 7: </w:t>
+      </w:r>
+      <w:r w:rsidR="00887399" w:rsidRPr="00A24C92">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Do you</w:t>
+      </w:r>
+      <w:r w:rsidR="00887399">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00887399">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">foresee any </w:t>
+      </w:r>
+      <w:r w:rsidR="005D3CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>challenges or barriers to screening,</w:t>
+      </w:r>
+      <w:r w:rsidR="003376CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reporting, and meeting the needs of members with </w:t>
+      </w:r>
+      <w:r w:rsidR="00765E79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>accommodation needs</w:t>
+      </w:r>
+      <w:r w:rsidR="00F93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidR="0096010E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> If so, how do you anticipate overcoming those challenges?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C4716FB" w14:textId="77777777" w:rsidR="009E4876" w:rsidRPr="00D45B57" w:rsidRDefault="009E4876" w:rsidP="009E4876">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D45B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Response:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55ECB1E9" w14:textId="4C3C9482" w:rsidR="00B64C78" w:rsidRPr="009E4876" w:rsidRDefault="00B64C78">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00B64C78" w:rsidRPr="009E4876" w:rsidSect="003E3A52">
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="351" w:footer="547" w:gutter="0"/>
+      <w:pgMar w:top="1620" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="02F2EC57" w14:textId="77777777" w:rsidR="00B90E7D" w:rsidRDefault="00B90E7D" w:rsidP="00240F61">
-[...1 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="5A25A119" w14:textId="77777777" w:rsidR="009F3A49" w:rsidRDefault="009F3A49" w:rsidP="002D2D88">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="031B648C" w14:textId="77777777" w:rsidR="00B90E7D" w:rsidRDefault="00B90E7D" w:rsidP="00240F61">
-[...1 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="17ADF3B3" w14:textId="77777777" w:rsidR="009F3A49" w:rsidRDefault="009F3A49" w:rsidP="002D2D88">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3C51457A" w14:textId="77777777" w:rsidR="00B90E7D" w:rsidRDefault="00B90E7D">
-[...1 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="2829963A" w14:textId="77777777" w:rsidR="009F3A49" w:rsidRDefault="009F3A49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Myriad Pro">
+    <w:altName w:val="Segoe UI"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS PGothic">
-[...13 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2107D10A" w14:textId="59D6DD1C" w:rsidR="00240F61" w:rsidRPr="003F61F7" w:rsidRDefault="00240F61" w:rsidP="00240F61">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblLayout w:type="fixed"/>
+      <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="3120"/>
+      <w:gridCol w:w="3120"/>
+      <w:gridCol w:w="3120"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="7CA62AFA" w14:paraId="35D0CBD1" w14:textId="77777777" w:rsidTr="003E3A52">
+      <w:trPr>
+        <w:trHeight w:val="300"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3120" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="25A6FC83" w14:textId="7A0C74D5" w:rsidR="7CA62AFA" w:rsidRDefault="7CA62AFA" w:rsidP="003E3A52">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:ind w:left="-115"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3120" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="25FF1429" w14:textId="6B8AA30B" w:rsidR="7CA62AFA" w:rsidRDefault="7CA62AFA" w:rsidP="003E3A52">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:jc w:val="center"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3120" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="77F5B533" w14:textId="53784743" w:rsidR="7CA62AFA" w:rsidRDefault="7CA62AFA" w:rsidP="003E3A52">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:ind w:right="-115"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="4551D938" w14:textId="6552B65B" w:rsidR="7CA62AFA" w:rsidRDefault="7CA62AFA" w:rsidP="003E3A52">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
-      <w:spacing w:after="0"/>
     </w:pPr>
   </w:p>
-  <w:sdt>
-[...313 lines deleted...]
-  </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="78EED725" w14:textId="77777777" w:rsidR="00B90E7D" w:rsidRDefault="00B90E7D" w:rsidP="00240F61">
-[...1 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="3950BD1F" w14:textId="77777777" w:rsidR="009F3A49" w:rsidRDefault="009F3A49" w:rsidP="002D2D88">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6321D58C" w14:textId="77777777" w:rsidR="00B90E7D" w:rsidRDefault="00B90E7D" w:rsidP="00240F61">
-[...1 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="29A32E91" w14:textId="77777777" w:rsidR="009F3A49" w:rsidRDefault="009F3A49" w:rsidP="002D2D88">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3AF3B513" w14:textId="77777777" w:rsidR="00B90E7D" w:rsidRDefault="00B90E7D">
-[...1 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="105C6E11" w14:textId="77777777" w:rsidR="009F3A49" w:rsidRDefault="009F3A49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1BBA13DE" w14:textId="6A1FF22C" w:rsidR="00240F61" w:rsidRDefault="00240F61" w:rsidP="00132EE9">
+  <w:p w14:paraId="57530539" w14:textId="6E248D13" w:rsidR="002D2D88" w:rsidRPr="007C5AB4" w:rsidRDefault="00584739" w:rsidP="002D2D88">
+    <w:pPr>
+      <w:pStyle w:val="Default"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="000C52ED">
+      <w:rPr>
+        <w:b/>
+        <w:noProof/>
+        <w:color w:val="2B579A"/>
+        <w:sz w:val="32"/>
+        <w:szCs w:val="32"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="71175B2E" wp14:editId="68ADFCA0">
+          <wp:extent cx="1014730" cy="507365"/>
+          <wp:effectExtent l="0" t="0" r="0" b="6985"/>
+          <wp:docPr id="49624069" name="Picture 49624069" descr="MassHealth Emblem – Healthcentric Advisors"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 1" descr="MassHealth Emblem – Healthcentric Advisors"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1" cstate="print">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1014940" cy="507470"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidR="002D2D88" w:rsidRPr="007C5AB4">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:t xml:space="preserve">ACO </w:t>
+    </w:r>
+    <w:r w:rsidR="007831CE">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:t>&amp;</w:t>
+    </w:r>
+    <w:r w:rsidR="002D2D88" w:rsidRPr="007C5AB4">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> MCO Quality and Equity Incentive Program (AQEIP </w:t>
+    </w:r>
+    <w:r w:rsidR="007831CE">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:t>&amp;</w:t>
+    </w:r>
+    <w:r w:rsidR="002D2D88" w:rsidRPr="007C5AB4">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> MQEIP) </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="26FC407D" w14:textId="77777777" w:rsidR="002D2D88" w:rsidRPr="007C5AB4" w:rsidRDefault="002D2D88" w:rsidP="002D2D88">
+    <w:pPr>
+      <w:pStyle w:val="Default"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="007C5AB4">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:t>Disability Accommodation Needs Report</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="3642BAA7" w14:textId="5CE53864" w:rsidR="002D2D88" w:rsidRPr="007C5AB4" w:rsidRDefault="002D2D88" w:rsidP="002D2D88">
+    <w:pPr>
+      <w:pStyle w:val="Default"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="007C5AB4">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Due </w:t>
+    </w:r>
+    <w:r w:rsidR="007831CE">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:t>December</w:t>
+    </w:r>
+    <w:r w:rsidRPr="007C5AB4">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 1, 2023</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="15D771B8" w14:textId="77777777" w:rsidR="002D2D88" w:rsidRDefault="002D2D88">
     <w:pPr>
       <w:pStyle w:val="Header"/>
-      <w:ind w:right="-450"/>
-      <w:jc w:val="right"/>
     </w:pPr>
-    <w:r w:rsidRPr="00240F61">
-[...1 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF7F"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="0CA84DBB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="77686DC6"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="990" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF88"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="299D24CD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EFD2FEF4"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="03435FEA"/>
+    <w:nsid w:val="396B7E0B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B05C2F8E"/>
-    <w:lvl w:ilvl="0" w:tplc="04090019">
+    <w:tmpl w:val="DE10CFCA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6EA579A2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BB287A88"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...1937 lines deleted...]
-    <w:abstractNumId w:val="18"/>
+  <w:num w:numId="1" w16cid:durableId="685138045">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1279026860">
+  <w:num w:numId="2" w16cid:durableId="436800352">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="159928319">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1625848529">
-[...101 lines deleted...]
-  <w:num w:numId="34" w16cid:durableId="60255476">
+  <w:num w:numId="4" w16cid:durableId="1939949147">
     <w:abstractNumId w:val="3"/>
-  </w:num>
-[...7 lines deleted...]
-    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
-  <w:stylePaneFormatFilter w:val="1004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E935AB"/>
-[...1002 lines deleted...]
-    <w:rsid w:val="7F6FA652"/>
+    <w:rsidRoot w:val="003B1B74"/>
+    <w:rsid w:val="00006F7F"/>
+    <w:rsid w:val="000234F8"/>
+    <w:rsid w:val="000527CE"/>
+    <w:rsid w:val="000545D7"/>
+    <w:rsid w:val="00063938"/>
+    <w:rsid w:val="0007055E"/>
+    <w:rsid w:val="000752E5"/>
+    <w:rsid w:val="00092E70"/>
+    <w:rsid w:val="00092F6B"/>
+    <w:rsid w:val="0009513C"/>
+    <w:rsid w:val="000976AE"/>
+    <w:rsid w:val="000B0842"/>
+    <w:rsid w:val="000C1B33"/>
+    <w:rsid w:val="000E456A"/>
+    <w:rsid w:val="000E697B"/>
+    <w:rsid w:val="00101709"/>
+    <w:rsid w:val="00127AA5"/>
+    <w:rsid w:val="00131E22"/>
+    <w:rsid w:val="00160F62"/>
+    <w:rsid w:val="00174167"/>
+    <w:rsid w:val="001873D0"/>
+    <w:rsid w:val="001962C3"/>
+    <w:rsid w:val="001E70D6"/>
+    <w:rsid w:val="002241B1"/>
+    <w:rsid w:val="00234270"/>
+    <w:rsid w:val="002457C2"/>
+    <w:rsid w:val="00274DD0"/>
+    <w:rsid w:val="0028326C"/>
+    <w:rsid w:val="002B6D92"/>
+    <w:rsid w:val="002B77E9"/>
+    <w:rsid w:val="002D2D88"/>
+    <w:rsid w:val="002F3604"/>
+    <w:rsid w:val="00323836"/>
+    <w:rsid w:val="00325D23"/>
+    <w:rsid w:val="0033248F"/>
+    <w:rsid w:val="00334871"/>
+    <w:rsid w:val="003376CF"/>
+    <w:rsid w:val="00353513"/>
+    <w:rsid w:val="00356748"/>
+    <w:rsid w:val="00395128"/>
+    <w:rsid w:val="003B1B74"/>
+    <w:rsid w:val="003B1C10"/>
+    <w:rsid w:val="003C21EA"/>
+    <w:rsid w:val="003D70CA"/>
+    <w:rsid w:val="003E3A52"/>
+    <w:rsid w:val="003F25D8"/>
+    <w:rsid w:val="003F5B3D"/>
+    <w:rsid w:val="003F62F6"/>
+    <w:rsid w:val="00437A3B"/>
+    <w:rsid w:val="004479E8"/>
+    <w:rsid w:val="00474054"/>
+    <w:rsid w:val="004765EA"/>
+    <w:rsid w:val="0048269E"/>
+    <w:rsid w:val="00486751"/>
+    <w:rsid w:val="004D127F"/>
+    <w:rsid w:val="004D4070"/>
+    <w:rsid w:val="004F72BF"/>
+    <w:rsid w:val="0050140E"/>
+    <w:rsid w:val="00521870"/>
+    <w:rsid w:val="00550623"/>
+    <w:rsid w:val="00563587"/>
+    <w:rsid w:val="00582456"/>
+    <w:rsid w:val="00584739"/>
+    <w:rsid w:val="005A11D4"/>
+    <w:rsid w:val="005B13DE"/>
+    <w:rsid w:val="005B1743"/>
+    <w:rsid w:val="005D3CC9"/>
+    <w:rsid w:val="005D6908"/>
+    <w:rsid w:val="005E49EA"/>
+    <w:rsid w:val="00622C19"/>
+    <w:rsid w:val="006410F9"/>
+    <w:rsid w:val="00671D73"/>
+    <w:rsid w:val="00684D4B"/>
+    <w:rsid w:val="0069338E"/>
+    <w:rsid w:val="00694E2D"/>
+    <w:rsid w:val="006A509E"/>
+    <w:rsid w:val="006B4622"/>
+    <w:rsid w:val="006B6BBF"/>
+    <w:rsid w:val="006C2A4B"/>
+    <w:rsid w:val="006C690C"/>
+    <w:rsid w:val="006C74D1"/>
+    <w:rsid w:val="006D4B16"/>
+    <w:rsid w:val="006E1461"/>
+    <w:rsid w:val="006E4D09"/>
+    <w:rsid w:val="00704BE5"/>
+    <w:rsid w:val="00717871"/>
+    <w:rsid w:val="0076575B"/>
+    <w:rsid w:val="00765E79"/>
+    <w:rsid w:val="00774011"/>
+    <w:rsid w:val="007821D2"/>
+    <w:rsid w:val="007831CE"/>
+    <w:rsid w:val="00796DB8"/>
+    <w:rsid w:val="007B42F4"/>
+    <w:rsid w:val="007C0C14"/>
+    <w:rsid w:val="007C4330"/>
+    <w:rsid w:val="007C5AB4"/>
+    <w:rsid w:val="00812DA0"/>
+    <w:rsid w:val="00814D9A"/>
+    <w:rsid w:val="008433A1"/>
+    <w:rsid w:val="00851B25"/>
+    <w:rsid w:val="008541A7"/>
+    <w:rsid w:val="008777EE"/>
+    <w:rsid w:val="00887399"/>
+    <w:rsid w:val="008A7B5A"/>
+    <w:rsid w:val="008C0144"/>
+    <w:rsid w:val="008C58CD"/>
+    <w:rsid w:val="008E7F80"/>
+    <w:rsid w:val="0092397B"/>
+    <w:rsid w:val="00936F96"/>
+    <w:rsid w:val="0094697F"/>
+    <w:rsid w:val="00955A81"/>
+    <w:rsid w:val="0096010E"/>
+    <w:rsid w:val="00966A81"/>
+    <w:rsid w:val="009B36E3"/>
+    <w:rsid w:val="009E4876"/>
+    <w:rsid w:val="009F046F"/>
+    <w:rsid w:val="009F3A49"/>
+    <w:rsid w:val="00A1113E"/>
+    <w:rsid w:val="00A24C92"/>
+    <w:rsid w:val="00A334D6"/>
+    <w:rsid w:val="00A52C28"/>
+    <w:rsid w:val="00A614FF"/>
+    <w:rsid w:val="00A67590"/>
+    <w:rsid w:val="00A67C1A"/>
+    <w:rsid w:val="00A726C1"/>
+    <w:rsid w:val="00A957BB"/>
+    <w:rsid w:val="00AB0542"/>
+    <w:rsid w:val="00AB15FA"/>
+    <w:rsid w:val="00AC4832"/>
+    <w:rsid w:val="00AD46A0"/>
+    <w:rsid w:val="00B03E13"/>
+    <w:rsid w:val="00B0642C"/>
+    <w:rsid w:val="00B16A28"/>
+    <w:rsid w:val="00B20676"/>
+    <w:rsid w:val="00B23F22"/>
+    <w:rsid w:val="00B55DDF"/>
+    <w:rsid w:val="00B629FC"/>
+    <w:rsid w:val="00B64C78"/>
+    <w:rsid w:val="00B6582F"/>
+    <w:rsid w:val="00B66ACF"/>
+    <w:rsid w:val="00B876B9"/>
+    <w:rsid w:val="00B90BA2"/>
+    <w:rsid w:val="00BB4015"/>
+    <w:rsid w:val="00BC2DDD"/>
+    <w:rsid w:val="00BC4928"/>
+    <w:rsid w:val="00BD12F1"/>
+    <w:rsid w:val="00BD24B7"/>
+    <w:rsid w:val="00C15A4F"/>
+    <w:rsid w:val="00C25B6F"/>
+    <w:rsid w:val="00C30F97"/>
+    <w:rsid w:val="00CB2E01"/>
+    <w:rsid w:val="00CC11D4"/>
+    <w:rsid w:val="00CE588E"/>
+    <w:rsid w:val="00CF1282"/>
+    <w:rsid w:val="00CF1D98"/>
+    <w:rsid w:val="00D07907"/>
+    <w:rsid w:val="00D105C5"/>
+    <w:rsid w:val="00D1065D"/>
+    <w:rsid w:val="00D130C6"/>
+    <w:rsid w:val="00D301FB"/>
+    <w:rsid w:val="00D37B4F"/>
+    <w:rsid w:val="00D45B57"/>
+    <w:rsid w:val="00D82AB9"/>
+    <w:rsid w:val="00DA2BF2"/>
+    <w:rsid w:val="00DC094B"/>
+    <w:rsid w:val="00DC279E"/>
+    <w:rsid w:val="00DE08A8"/>
+    <w:rsid w:val="00DE27F1"/>
+    <w:rsid w:val="00DF2888"/>
+    <w:rsid w:val="00DF5A31"/>
+    <w:rsid w:val="00E21552"/>
+    <w:rsid w:val="00E2196E"/>
+    <w:rsid w:val="00E35EA6"/>
+    <w:rsid w:val="00E40974"/>
+    <w:rsid w:val="00E45674"/>
+    <w:rsid w:val="00E86A1B"/>
+    <w:rsid w:val="00E96707"/>
+    <w:rsid w:val="00EA58C6"/>
+    <w:rsid w:val="00EB5125"/>
+    <w:rsid w:val="00EB584D"/>
+    <w:rsid w:val="00EB5D49"/>
+    <w:rsid w:val="00ED02F9"/>
+    <w:rsid w:val="00EF51FF"/>
+    <w:rsid w:val="00F07481"/>
+    <w:rsid w:val="00F12483"/>
+    <w:rsid w:val="00F1662E"/>
+    <w:rsid w:val="00F31C46"/>
+    <w:rsid w:val="00F36912"/>
+    <w:rsid w:val="00F37911"/>
+    <w:rsid w:val="00F60D29"/>
+    <w:rsid w:val="00F65A89"/>
+    <w:rsid w:val="00F73C6F"/>
+    <w:rsid w:val="00F916E8"/>
+    <w:rsid w:val="00F93223"/>
+    <w:rsid w:val="00FE2A5C"/>
+    <w:rsid w:val="00FE4CF2"/>
+    <w:rsid w:val="00FE5777"/>
+    <w:rsid w:val="00FF0C7E"/>
+    <w:rsid w:val="00FF1BD3"/>
+    <w:rsid w:val="01FAAEFB"/>
+    <w:rsid w:val="0AA13E96"/>
+    <w:rsid w:val="0DBAC639"/>
+    <w:rsid w:val="10E87523"/>
+    <w:rsid w:val="119DEF2B"/>
+    <w:rsid w:val="12DCFE6A"/>
+    <w:rsid w:val="1EFA2163"/>
+    <w:rsid w:val="28051DF6"/>
+    <w:rsid w:val="28B5735D"/>
+    <w:rsid w:val="324AFC3D"/>
+    <w:rsid w:val="34509F83"/>
+    <w:rsid w:val="356194FC"/>
+    <w:rsid w:val="37233C0B"/>
+    <w:rsid w:val="40DF1E4F"/>
+    <w:rsid w:val="460F9713"/>
+    <w:rsid w:val="4F982B3F"/>
+    <w:rsid w:val="5A9AF765"/>
+    <w:rsid w:val="5CD79279"/>
+    <w:rsid w:val="629DEF7B"/>
+    <w:rsid w:val="669BBD70"/>
+    <w:rsid w:val="676187B3"/>
+    <w:rsid w:val="69A6A5A3"/>
+    <w:rsid w:val="73FD0B51"/>
+    <w:rsid w:val="75D1C870"/>
+    <w:rsid w:val="773A0A9C"/>
+    <w:rsid w:val="77501CDE"/>
+    <w:rsid w:val="7C29D4E7"/>
+    <w:rsid w:val="7CA62AFA"/>
+    <w:rsid w:val="7D6F94D8"/>
+    <w:rsid w:val="7FE69E2A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="05AA40A5"/>
-  <w15:docId w15:val="{C290C672-8791-4384-A2A9-EBFB71968C05}"/>
+  <w14:docId w14:val="6B8D9433"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{A34E840D-FA8A-41BC-8F0E-9217499F4D62}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
-        <w:sz w:val="24"/>
-        <w:szCs w:val="24"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -9712,1611 +4618,541 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00240F61"/>
-[...8 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00240F61"/>
+    <w:rsid w:val="008541A7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:snapToGrid w:val="0"/>
-      <w:spacing w:before="400" w:after="240" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:b/>
-[...3 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00746BCD"/>
+    <w:rsid w:val="004D4070"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="300" w:after="240" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:b/>
-[...2 lines deleted...]
-      <w:sz w:val="30"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
-    </w:rPr>
-[...157 lines deleted...]
-      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="MHtableHeader">
-[...3 lines deleted...]
-    <w:rsid w:val="00B554E5"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+    <w:name w:val="paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="0092397B"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
-      <w:sz w:val="22"/>
-[...88 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-    <w:name w:val="Heading 2 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00746BCD"/>
+    <w:rsid w:val="0092397B"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="0092397B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BC2DDD"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A509E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...5 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="GridTable4-Accent1">
-[...3 lines deleted...]
-    <w:rsid w:val="00240F61"/>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A509E"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-[...2 lines deleted...]
-      <w:szCs w:val="22"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
-    <w:tblPr>
-[...65 lines deleted...]
-    </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MHSummaryHeadline">
-[...2 lines deleted...]
-    <w:rsid w:val="009D3A5F"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="00325D23"/>
     <w:pPr>
-      <w:spacing w:before="600" w:after="200"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:color w:val="14558F" w:themeColor="accent1"/>
+      <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro" w:cs="Myriad Pro"/>
+      <w:color w:val="000000"/>
       <w:kern w:val="0"/>
-      <w:sz w:val="30"/>
-[...11 lines deleted...]
-      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00240F61"/>
+    <w:rsid w:val="002D2D88"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00240F61"/>
-[...5 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="002D2D88"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00240F61"/>
+    <w:rsid w:val="002D2D88"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
-        <w:tab w:val="right" w:pos="10080"/>
+        <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
-      <w:spacing w:line="240" w:lineRule="auto"/>
-      <w:jc w:val="center"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00240F61"/>
-[...230 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="002D2D88"/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="002354FC"/>
+    <w:rsid w:val="00B64C78"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NoSpacing">
-[...274 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00234457"/>
+    <w:rsid w:val="00550623"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00234457"/>
+    <w:rsid w:val="00550623"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-      <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00550623"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00234457"/>
+    <w:rsid w:val="00E35EA6"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00234457"/>
+    <w:rsid w:val="00E35EA6"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:b/>
       <w:bCs/>
-      <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
-[...6 lines deleted...]
-    <w:rsid w:val="007E06B3"/>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E40974"/>
     <w:pPr>
-      <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...27 lines deleted...]
-    <w:rsid w:val="00D247BD"/>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F34420"/>
+    <w:rsid w:val="00BD12F1"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
-[...5 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="008541A7"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w14:ligatures w14:val="none"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
-[...1 lines deleted...]
-    <w:aliases w:val="Bullet List Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="ListParagraph"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F91554"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="004D4070"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-[...2 lines deleted...]
-      <w:szCs w:val="22"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:divs>
-[...249 lines deleted...]
-  </w:divs>
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:health.equity@mass.gov" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\EGuimaraes1\Downloads\ForHealthCtg_Document_OCA_MH%20WORD%20Template_2023%5b15%5d%20(2).dotx" TargetMode="External"/></Relationships>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="MassHealth Theme 2024">
+    <a:clrScheme name="Office">
       <a:dk1>
-        <a:srgbClr val="000000"/>
+        <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:srgbClr val="FFFFFF"/>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="535353"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="DCDCDC"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="14558F"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="388557"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="8AAAC7"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="F6C51B"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="97C2A9"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="680A1D"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Arial">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Arial" panose="020B0604020202020204"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
-[...2 lines deleted...]
-        <a:font script="Hant" typeface="微軟正黑體"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-      </a:majorFont>
-[...33 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -11435,57 +5271,73 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ca181a51-b58f-4101-967e-bee951ab042e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <BriefDescription xmlns="ca181a51-b58f-4101-967e-bee951ab042e" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ca181a51-b58f-4101-967e-bee951ab042e" xmlns:ns3="a84c8341-80aa-4b48-9373-d3a3de2ad48e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a2b684e3fc6b7474634bd10d69afc92c" ns2:_="" ns3:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000E4AA08DB2E7574BB85FD0D75957E082" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="61242466f594be8f8fdb74db1a547f36">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ca181a51-b58f-4101-967e-bee951ab042e" xmlns:ns3="a84c8341-80aa-4b48-9373-d3a3de2ad48e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d439deac1ad3846731aaf41a775b7cd7" ns2:_="" ns3:_="">
     <xsd:import namespace="ca181a51-b58f-4101-967e-bee951ab042e"/>
     <xsd:import namespace="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:BriefDescription" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -11664,233 +5516,110 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4011F0F0-5BB0-44EE-901E-12E418027793}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ca181a51-b58f-4101-967e-bee951ab042e"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DEC6B345-4F76-4945-B2E0-EC115E8C85BF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2827B8B7-AD12-4361-ABAD-24098096627F}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0047BED2-BDDB-4D5F-88F5-39D030E25EE0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ca181a51-b58f-4101-967e-bee951ab042e"/>
     <ds:schemaRef ds:uri="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>ForHealthCtg_Document_OCA_MH WORD Template_2023[15] (2)</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>8562</Characters>
+  <Pages>4</Pages>
+  <Words>779</Words>
+  <Characters>4444</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>71</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>37</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10043</CharactersWithSpaces>
+  <CharactersWithSpaces>5213</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...74 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Guimaraes, Erica (EHS)</dc:creator>
+  <dc:creator>Fox, Katharine</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000E4AA08DB2E7574BB85FD0D75957E082</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
-[...4 lines deleted...]
-  </property>
 </Properties>
 </file>