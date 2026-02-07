--- v0 (2025-10-22)
+++ v1 (2026-02-07)
@@ -9,51 +9,51 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10800" w:type="dxa"/>
         <w:tblInd w:w="-972" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2300"/>
         <w:gridCol w:w="7330"/>
         <w:gridCol w:w="1170"/>
       </w:tblGrid>
       <w:tr w:rsidR="000D6D84" w:rsidRPr="000D6D84" w14:paraId="5A6961A2" w14:textId="77777777" w:rsidTr="000B0549">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66572C2B" w14:textId="77777777" w:rsidR="000D6D84" w:rsidRPr="000D6D84" w:rsidRDefault="000D6D84" w:rsidP="000D6D84">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="1740ED"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -262,51 +262,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Application </w:t>
       </w:r>
       <w:r w:rsidR="00BE4C34">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>Type</w:t>
       </w:r>
       <w:r w:rsidR="00062510" w:rsidRPr="00BE4C34">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="008B208B" w:rsidRPr="00BE4C34">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00924083" w14:textId="77777777" w:rsidR="00BE4C34" w:rsidRPr="00C422CE" w:rsidRDefault="008850EE" w:rsidP="00BE4C34">
+    <w:p w14:paraId="00924083" w14:textId="77777777" w:rsidR="00BE4C34" w:rsidRPr="00C422CE" w:rsidRDefault="006C6245" w:rsidP="00BE4C34">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:id w:val="2144066826"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
@@ -344,51 +344,51 @@
           <w:iCs w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="00737410" w:rsidRPr="00C422CE">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>Initial</w:t>
       </w:r>
       <w:r w:rsidR="00062510" w:rsidRPr="00C422CE">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05C190CC" w14:textId="77777777" w:rsidR="00BE4C34" w:rsidRPr="00C422CE" w:rsidRDefault="008850EE" w:rsidP="00BE4C34">
+    <w:p w14:paraId="05C190CC" w14:textId="77777777" w:rsidR="00BE4C34" w:rsidRPr="00C422CE" w:rsidRDefault="006C6245" w:rsidP="00BE4C34">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:id w:val="-2127234065"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
@@ -406,51 +406,51 @@
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00BE4C34" w:rsidRPr="00C422CE">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidR="008B208B" w:rsidRPr="00C422CE">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>Renewal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DDCA638" w14:textId="77777777" w:rsidR="00BE4C34" w:rsidRPr="00C422CE" w:rsidRDefault="008850EE" w:rsidP="00E7760B">
+    <w:p w14:paraId="6DDCA638" w14:textId="6D8EF897" w:rsidR="00BE4C34" w:rsidRPr="00C422CE" w:rsidRDefault="006C6245" w:rsidP="00E7760B">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
             <w:i w:val="0"/>
             <w:iCs w:val="0"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:id w:val="2142070932"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
@@ -459,58 +459,67 @@
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00D60BE8">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:i w:val="0"/>
               <w:iCs w:val="0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00BE4C34" w:rsidRPr="00C422CE">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:r w:rsidR="00EA329D" w:rsidRPr="00C422CE">
+      <w:r w:rsidR="00017FA1">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Revised </w:t>
+        <w:t>Change In</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA329D" w:rsidRPr="00C422CE">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00737410" w:rsidRPr="00C422CE">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">License to Operate a Psychiatric Unit </w:t>
       </w:r>
       <w:r w:rsidR="00DC2F7B" w:rsidRPr="00C422CE">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>within a General,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44E19BF3" w14:textId="77777777" w:rsidR="00DC2F7B" w:rsidRPr="00C422CE" w:rsidRDefault="00BE4C34" w:rsidP="00BE4C34">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="720"/>
         <w:rPr>
@@ -551,132 +560,137 @@
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>Municipal</w:t>
       </w:r>
       <w:r w:rsidRPr="00C422CE">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DC2F7B" w:rsidRPr="00C422CE">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>or Other Hospital, or to Operate a Psychiatric Hospital</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E289F8F" w14:textId="77777777" w:rsidR="008C261C" w:rsidRDefault="008C261C"/>
-    <w:p w14:paraId="177DE21B" w14:textId="77777777" w:rsidR="00B716E9" w:rsidRDefault="007767C9" w:rsidP="00B716E9">
+    <w:p w14:paraId="177DE21B" w14:textId="20E3A8CD" w:rsidR="00B716E9" w:rsidRDefault="007767C9" w:rsidP="00B716E9">
       <w:r>
         <w:t xml:space="preserve">Please complete this application for Licensure.  </w:t>
       </w:r>
       <w:r w:rsidRPr="001A48B1">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>All attachments should be labeled and identified by the corresponding question number.</w:t>
       </w:r>
       <w:r w:rsidRPr="000D6D84">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>A description of the survey process is included in the email sent to the facility with the date of the survey and available on our website. For any questions regarding the application, payment, or survey process please contact Teresa Reynolds at 617-626-8117.</w:t>
+        <w:t>For any questions regarding the application, payment, or survey process please contact Teresa Reynolds at 617-626-8117.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5357DF47" w14:textId="77777777" w:rsidR="007767C9" w:rsidRDefault="007767C9">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D1D8CD8" w14:textId="77777777" w:rsidR="000047D3" w:rsidRDefault="000047D3">
-      <w:pPr>
-[...3 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00317541">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Applications should be</w:t>
       </w:r>
       <w:r w:rsidR="007767C9" w:rsidRPr="00317541">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> submitted </w:t>
       </w:r>
       <w:r w:rsidR="007767C9" w:rsidRPr="00BA5A06">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>via email</w:t>
       </w:r>
       <w:r w:rsidR="007767C9" w:rsidRPr="00317541">
         <w:rPr>
           <w:b/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="007767C9" w:rsidRPr="00317541">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:highlight w:val="yellow"/>
           </w:rPr>
           <w:t>Teresa.J.Reynolds@mass.gov</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
+    <w:p w14:paraId="3D2360CE" w14:textId="398D970B" w:rsidR="008C546E" w:rsidRDefault="008C546E">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Due to file size limitations emails may bounce back.  Please ensure that you receive an email confirmation as receipt of acceptance.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="21B12372" w14:textId="77777777" w:rsidR="00885998" w:rsidRDefault="00885998" w:rsidP="00885998"/>
     <w:p w14:paraId="23A99253" w14:textId="77777777" w:rsidR="007767C9" w:rsidRDefault="007767C9" w:rsidP="007767C9">
       <w:pPr>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>Please mail a check the same day</w:t>
       </w:r>
       <w:r w:rsidR="00C266B4">
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> application is emailed.  Check should be made payable to “</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>The Commonwealth of Massachusetts.”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> The amount of fee will be as follows:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B5F3FB0" w14:textId="77777777" w:rsidR="007767C9" w:rsidRPr="00562391" w:rsidRDefault="007767C9" w:rsidP="007767C9">
@@ -710,100 +724,179 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>For hospitals with 41 to 60 DMH licensed beds, the Application fee will be $750.00.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38A7ECEF" w14:textId="77777777" w:rsidR="007767C9" w:rsidRPr="00FE53EC" w:rsidRDefault="007767C9" w:rsidP="007767C9">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE53EC">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>For hospitals with 61 or more DMH licensed beds, the Application fee will be $1000.00.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D39689D" w14:textId="77777777" w:rsidR="007767C9" w:rsidRPr="00FE53EC" w:rsidRDefault="007767C9" w:rsidP="007767C9">
+    <w:p w14:paraId="3E6F1611" w14:textId="10E23B5E" w:rsidR="007767C9" w:rsidRPr="00FE53EC" w:rsidRDefault="008C546E" w:rsidP="007767C9">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00FE53EC">
+        <w:t>For r</w:t>
+      </w:r>
+      <w:r w:rsidR="007767C9" w:rsidRPr="00FE53EC">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Requests for a </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FE53EC">
+        <w:t xml:space="preserve">equests </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00FE53EC">
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="007767C9" w:rsidRPr="00FE53EC">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in license (e.g., adding a Class, increased capacity, etc.); the fee will be $100.00.</w:t>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ny</w:t>
+      </w:r>
+      <w:r w:rsidR="007767C9" w:rsidRPr="00FE53EC">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007767C9" w:rsidRPr="00FE53EC">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>change</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="007767C9" w:rsidRPr="00FE53EC">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidR="007767C9" w:rsidRPr="00FE53EC">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> license</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="007767C9" w:rsidRPr="00FE53EC">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the fee will be $100.00.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46AE6B82" w14:textId="77777777" w:rsidR="007767C9" w:rsidRDefault="007767C9" w:rsidP="007767C9">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="1FDEFE43" w14:textId="77777777" w:rsidR="008C546E" w:rsidRDefault="008C546E" w:rsidP="007767C9">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="2C5F3232" w14:textId="77777777" w:rsidR="007767C9" w:rsidRPr="00C266B4" w:rsidRDefault="007767C9" w:rsidP="007767C9">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317541">
         <w:rPr>
           <w:b/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Mail </w:t>
       </w:r>
       <w:r w:rsidR="00C266B4" w:rsidRPr="00317541">
         <w:rPr>
           <w:b/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">check </w:t>
       </w:r>
       <w:r w:rsidRPr="00317541">
         <w:rPr>
@@ -870,154 +963,132 @@
           <w:b/>
         </w:rPr>
         <w:t>Boston, MA  02114</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F40E9C8" w14:textId="77777777" w:rsidR="007767C9" w:rsidRPr="00FE53EC" w:rsidRDefault="007767C9" w:rsidP="00E83A11">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2855A2A8" w14:textId="77777777" w:rsidR="00E83A11" w:rsidRPr="00FE53EC" w:rsidRDefault="00E83A11" w:rsidP="00885998">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="784DCA64" w14:textId="77777777" w:rsidR="00EA3FBA" w:rsidRPr="00AA06FE" w:rsidRDefault="00EA3FBA" w:rsidP="00EA3FBA">
+    <w:p w14:paraId="784DCA64" w14:textId="77777777" w:rsidR="00EA3FBA" w:rsidRPr="001957FD" w:rsidRDefault="00EA3FBA" w:rsidP="00EA3FBA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-      <w:r>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001957FD">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Name of Hospital:  </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="001957FD">
+        <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="Text1"/>
-      <w:r>
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="001957FD">
+        <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="001957FD">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="001957FD">
+        <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="001957FD">
+        <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="001957FD">
+        <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="001957FD">
+        <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="001957FD">
+        <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="001957FD">
+        <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="001957FD">
+        <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="5B5A437B" w14:textId="77777777" w:rsidR="00EA3FBA" w:rsidRDefault="00EA3FBA" w:rsidP="00EA3FBA"/>
     <w:p w14:paraId="30DBA7EA" w14:textId="77777777" w:rsidR="00EA3FBA" w:rsidRDefault="00EA3FBA" w:rsidP="00EA3FBA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Hospital Address/Phone Number: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75C59ADD" w14:textId="77777777" w:rsidR="00EA3FBA" w:rsidRDefault="00EA3FBA" w:rsidP="00EA3FBA">
       <w:pPr>
         <w:ind w:firstLine="360"/>
       </w:pPr>
       <w:r>
         <w:t>Address:</w:t>
       </w:r>
@@ -1543,190 +1614,95 @@
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:id w:val="-441607279"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00125E9E">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="37D19BCA" w14:textId="77777777" w:rsidR="00112F08" w:rsidRPr="00125E9E" w:rsidRDefault="00112F08" w:rsidP="00125E9E">
-[...1 lines deleted...]
-        <w:ind w:firstLine="360"/>
+    <w:p w14:paraId="5B617BE7" w14:textId="77777777" w:rsidR="001957FD" w:rsidRPr="00125E9E" w:rsidRDefault="001957FD" w:rsidP="001957FD">
+      <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00125E9E">
-        <w:t>Corporation</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="00125E9E" w:rsidRPr="00125E9E">
+        <w:t>Corporation:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00125E9E">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:id w:val="2057197871"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00125E9E">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-    </w:p>
-[...89 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="7CDE9D9D" w14:textId="77777777" w:rsidR="00112F08" w:rsidRPr="00125E9E" w:rsidRDefault="00112F08" w:rsidP="00125E9E">
       <w:r w:rsidRPr="00125E9E">
         <w:t>Other</w:t>
       </w:r>
       <w:r w:rsidR="00125E9E" w:rsidRPr="00125E9E">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:id w:val="1303806847"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
@@ -1954,95 +1930,104 @@
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA06FE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA06FE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p w14:paraId="1DA62F8A" w14:textId="77777777" w:rsidR="006F410C" w:rsidRDefault="006F410C" w:rsidP="006F410C"/>
-    <w:p w14:paraId="0B7A8E76" w14:textId="36405D12" w:rsidR="006F410C" w:rsidRDefault="006F410C" w:rsidP="006F410C">
+    <w:p w14:paraId="0B7A8E76" w14:textId="466BFAB4" w:rsidR="006F410C" w:rsidRDefault="006F410C" w:rsidP="006F410C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Indicate </w:t>
       </w:r>
       <w:r w:rsidR="00AA190A">
         <w:t>n</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">umber of </w:t>
       </w:r>
       <w:r w:rsidR="00AA190A">
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">perational </w:t>
       </w:r>
       <w:r w:rsidR="00AA190A">
         <w:t>b</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">eds (if </w:t>
+        <w:t xml:space="preserve">eds if </w:t>
       </w:r>
       <w:r w:rsidR="00AA190A">
         <w:t>d</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ifferent from </w:t>
       </w:r>
       <w:r w:rsidR="00AA190A">
         <w:t>l</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">icensed </w:t>
       </w:r>
       <w:r w:rsidR="00AA190A">
         <w:t>c</w:t>
       </w:r>
       <w:r>
-        <w:t>apacity):</w:t>
+        <w:t>apacity</w:t>
+      </w:r>
+      <w:r w:rsidR="00013686">
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00013686" w:rsidRPr="00266CB3">
+        <w:t>If the facility is operating below its licensed capacity, specify the reasons for operating below its licensed capacity and the plan to meet the staffing requirements for its full licensed capacity</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA06FE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="7" w:name="Text4"/>
       <w:r w:rsidRPr="00AA06FE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
@@ -2342,59 +2327,59 @@
       </w:r>
       <w:r w:rsidRPr="00A354EE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A354EE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="3480441A" w14:textId="77777777" w:rsidR="006F410C" w:rsidRDefault="006F410C" w:rsidP="006F410C">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37C177EE" w14:textId="77777777" w:rsidR="006F410C" w:rsidRDefault="006F410C" w:rsidP="006F410C">
+    <w:p w14:paraId="37C177EE" w14:textId="1EB5E614" w:rsidR="006F410C" w:rsidRDefault="006F410C" w:rsidP="006F410C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Please list name, title, telephone number and email address of key staff that can assist in matters related to the application.  This should include person in charge, designee, .and best person to schedule visit.</w:t>
+        <w:t>Please list name, title, telephone number and email address of key staff that can assist in matters related to the application.  This should include person in charge, designee, and best person to schedule visit.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="8630" w:type="dxa"/>
         <w:tblInd w:w="355" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1573"/>
         <w:gridCol w:w="1294"/>
         <w:gridCol w:w="1239"/>
         <w:gridCol w:w="2041"/>
         <w:gridCol w:w="2483"/>
       </w:tblGrid>
       <w:tr w:rsidR="006F410C" w14:paraId="2B5623F4" w14:textId="77777777" w:rsidTr="00B63DAA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1573" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1422C12D" w14:textId="77777777" w:rsidR="006F410C" w:rsidRPr="00B92FD2" w:rsidRDefault="006F410C" w:rsidP="00B63DAA">
             <w:pPr>
               <w:rPr>
                 <w:b/>
@@ -2746,56 +2731,62 @@
               <w:bCs/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00291767">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00291767" w:rsidRPr="00291767">
         <w:t>(Forensic)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D60BE8">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F0FF16F" w14:textId="77777777" w:rsidR="00D60BE8" w:rsidRDefault="008C261C">
-      <w:r w:rsidRPr="00D60BE8">
+    <w:p w14:paraId="6F0FF16F" w14:textId="4A5237DF" w:rsidR="00D60BE8" w:rsidRDefault="001957FD">
+      <w:r w:rsidRPr="001323F2">
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:r w:rsidR="008C261C" w:rsidRPr="001323F2">
+        <w:t>Limited</w:t>
+      </w:r>
+      <w:r w:rsidR="008C261C" w:rsidRPr="00D60BE8">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Limited </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007357B8" w:rsidRPr="00D60BE8">
         <w:t>Class VI</w:t>
       </w:r>
       <w:r w:rsidR="008B208B" w:rsidRPr="00D60BE8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:id w:val="1484282320"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00752EC2">
@@ -2914,54 +2905,95 @@
       </w:sdt>
       <w:r w:rsidR="008B208B" w:rsidRPr="00D60BE8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F24B037" w14:textId="77777777" w:rsidR="00D60BE8" w:rsidRDefault="00D60BE8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="00D60BE8" w:rsidSect="00D60BE8">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:num="2" w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D89045F" w14:textId="77777777" w:rsidR="00B21793" w:rsidRPr="00B21793" w:rsidRDefault="00B21793" w:rsidP="00B21793">
+    <w:p w14:paraId="012C4625" w14:textId="77777777" w:rsidR="001957FD" w:rsidRDefault="001957FD" w:rsidP="00B21793">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D89045F" w14:textId="2D96E312" w:rsidR="00B21793" w:rsidRPr="00B21793" w:rsidRDefault="001323F2" w:rsidP="001323F2">
+      <w:r>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E11C4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Limited Class VI </w:t>
+      </w:r>
+      <w:r w:rsidR="001957FD" w:rsidRPr="002E11C4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>request</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E11C4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="001957FD" w:rsidRPr="002E11C4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be reviewed at Survey Overview before class is granted</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1C799AEA" w14:textId="77777777" w:rsidR="00665C10" w:rsidRDefault="002C4339">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0038B3CA" w14:textId="77777777" w:rsidR="00665C10" w:rsidRDefault="00665C10" w:rsidP="00680789">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:ind w:left="360"/>
       </w:pPr>
@@ -3198,638 +3230,600 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00665C10">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Specialty Services Offered</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D0C57" w14:paraId="36EEFC5A" w14:textId="77777777" w:rsidTr="000D0C57">
         <w:trPr>
           <w:trHeight w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5863AF96" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="00F90F64" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0353E6A9" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="00F90F64" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44C49AB7" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="00F90F64" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45703699" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="00F90F64" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7CEB6D6F" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="00F90F64" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6ED24411" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="00F90F64" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="138A2D0D" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="00F90F64" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D0C57" w14:paraId="536BB1B3" w14:textId="77777777" w:rsidTr="000D0C57">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0953DE1E" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="717CDB12" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DED27E4" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E203476" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64897C84" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="097AB24B" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43168EA9" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D0C57" w:rsidRPr="002805A6" w14:paraId="3DC1AF27" w14:textId="77777777" w:rsidTr="000D0C57">
         <w:trPr>
           <w:trHeight w:val="241"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="658D04BB" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DFB5891" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E819C53" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D56FA7D" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CD45B2F" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79BB08BD" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="174B45CE" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D0C57" w:rsidRPr="002805A6" w14:paraId="26C3CDCC" w14:textId="77777777" w:rsidTr="000D0C57">
         <w:trPr>
           <w:trHeight w:val="241"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A69314D" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40953169" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36956C33" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D64BF50" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D0C3149" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17CB9377" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="77E4FCD1" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D0C57" w:rsidRPr="002805A6" w14:paraId="57124C2C" w14:textId="77777777" w:rsidTr="000D0C57">
         <w:trPr>
           <w:trHeight w:val="241"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40BAC5EE" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5848057D" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E0777EE" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F90D866" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52CAB352" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="454E2AB4" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62C91407" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D0C57" w:rsidRPr="002805A6" w14:paraId="1095CA40" w14:textId="77777777" w:rsidTr="000D0C57">
         <w:trPr>
           <w:trHeight w:val="241"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="740128F2" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B8CBA82" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10DBEAF7" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FD1C232" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D13E869" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FC7BB5E" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C6BD9F8" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D0C57" w:rsidRPr="002805A6" w14:paraId="004BCA4F" w14:textId="77777777" w:rsidTr="000D0C57">
         <w:trPr>
           <w:trHeight w:val="241"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D7CB3D8" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="140C40F6" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3524C887" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F2DAE7F" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="768C149A" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76FF494F" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3AAC5529" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D0C57" w:rsidRPr="002805A6" w14:paraId="6F627B92" w14:textId="77777777" w:rsidTr="000D0C57">
         <w:trPr>
           <w:trHeight w:val="241"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="769CE5F4" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C2EB6C0" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2725EEBE" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7544C6C3" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A8A1B93" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F50D69B" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B45C9FA" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D0C57" w:rsidRPr="002805A6" w14:paraId="1FAFBE5C" w14:textId="77777777" w:rsidTr="000D0C57">
         <w:trPr>
           <w:trHeight w:val="241"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="302B84B4" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="108EC031" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F6FC043" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D2FA77B" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7838C4B0" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34DE9E2E" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B67297E" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D0C57" w:rsidRPr="002805A6" w14:paraId="2CAE5CA5" w14:textId="77777777" w:rsidTr="000D0C57">
         <w:trPr>
           <w:trHeight w:val="241"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3426A55E" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49A2C7BD" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04D5672B" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09E3975E" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B32B435" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="633844E5" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00B7F7E9" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="002805A6" w:rsidRDefault="00F15E79" w:rsidP="00F15E79"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3824E5DB" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="00565E12" w:rsidRDefault="00F15E79" w:rsidP="00F15E79">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A92E593" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="00565E12" w:rsidRDefault="00F15E79" w:rsidP="00680789">
+    <w:p w14:paraId="7A92E593" w14:textId="4EC7425E" w:rsidR="00F15E79" w:rsidRPr="00565E12" w:rsidRDefault="00F15E79" w:rsidP="00680789">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00565E12">
         <w:t xml:space="preserve">Does the facility wish to apply for licensure under the </w:t>
       </w:r>
       <w:r w:rsidRPr="00565E12">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Deemed Status</w:t>
       </w:r>
       <w:r w:rsidRPr="00565E12">
-        <w:t xml:space="preserve"> provisions of 104 CMR 27.03(12)?  Yes</w:t>
+        <w:t xml:space="preserve"> provisions of 104 CMR 27.03(1</w:t>
+      </w:r>
+      <w:r w:rsidR="001323F2">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00565E12">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="001323F2">
+        <w:t>(a through i)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00565E12">
+        <w:t>?  Yes</w:t>
       </w:r>
       <w:r w:rsidR="008B208B" w:rsidRPr="00565E12">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="557904515"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B609F2" w:rsidRPr="00565E12">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
@@ -3844,298 +3838,303 @@
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="1633598669"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B609F2" w:rsidRPr="00565E12">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="707E26D8" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="00565E12" w:rsidRDefault="00F15E79" w:rsidP="00680789">
+    <w:p w14:paraId="707E26D8" w14:textId="40D6EE78" w:rsidR="00F15E79" w:rsidRPr="00545256" w:rsidRDefault="007A5228" w:rsidP="00545256">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:ind w:left="360"/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00565E12">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r w:rsidR="004D69F1">
+        <w:t>yes</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00545256" w:rsidRPr="00545256">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00F15E79" w:rsidRPr="00545256">
+        <w:t xml:space="preserve">ubmit </w:t>
+      </w:r>
+      <w:r w:rsidR="004D69F1" w:rsidRPr="00545256">
+        <w:t>the most</w:t>
+      </w:r>
+      <w:r w:rsidR="00F15E79" w:rsidRPr="00545256">
+        <w:t xml:space="preserve"> recent </w:t>
+      </w:r>
+      <w:r w:rsidR="008C546E">
+        <w:t>Hospital A</w:t>
+      </w:r>
+      <w:r w:rsidR="00F15E79" w:rsidRPr="00545256">
+        <w:t xml:space="preserve">ccreditation letter and </w:t>
+      </w:r>
+      <w:r w:rsidR="004D69F1" w:rsidRPr="00545256">
+        <w:t>the agency’s</w:t>
+      </w:r>
+      <w:r w:rsidR="00F15E79" w:rsidRPr="00545256">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F15E79" w:rsidRPr="00545256">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>full survey report</w:t>
       </w:r>
-      <w:r w:rsidRPr="00565E12">
+      <w:r w:rsidR="00F15E79" w:rsidRPr="00545256">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32A522C8" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="00565E12" w:rsidRDefault="00F15E79" w:rsidP="00680789">
+    <w:p w14:paraId="7AFE8A15" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="00545256" w:rsidRDefault="00F15E79" w:rsidP="00545256">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:ind w:left="360"/>
-[...38 lines deleted...]
-      <w:r w:rsidRPr="00565E12">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00545256">
         <w:t>Accrediting Agency:</w:t>
       </w:r>
-      <w:r w:rsidR="005D662E" w:rsidRPr="00565E12">
+      <w:r w:rsidR="005D662E" w:rsidRPr="00545256">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005D662E" w:rsidRPr="00565E12">
+      <w:r w:rsidR="005D662E" w:rsidRPr="00545256">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text14"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="10" w:name="Text14"/>
-      <w:r w:rsidR="005D662E" w:rsidRPr="00565E12">
+      <w:r w:rsidR="005D662E" w:rsidRPr="00545256">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="005D662E" w:rsidRPr="00565E12">
-[...6 lines deleted...]
-      <w:r w:rsidR="005D662E" w:rsidRPr="00565E12">
+      <w:r w:rsidR="005D662E" w:rsidRPr="00545256">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="005D662E" w:rsidRPr="00545256">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="005D662E" w:rsidRPr="00565E12">
+      <w:r w:rsidR="005D662E" w:rsidRPr="00545256">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="005D662E" w:rsidRPr="00565E12">
+      <w:r w:rsidR="005D662E" w:rsidRPr="00545256">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="005D662E" w:rsidRPr="00565E12">
+      <w:r w:rsidR="005D662E" w:rsidRPr="00545256">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="005D662E" w:rsidRPr="00565E12">
+      <w:r w:rsidR="005D662E" w:rsidRPr="00545256">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="005D662E" w:rsidRPr="00565E12">
+      <w:r w:rsidR="005D662E" w:rsidRPr="00545256">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="005D662E" w:rsidRPr="00565E12">
+      <w:r w:rsidR="005D662E" w:rsidRPr="00545256">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w14:paraId="12043E9E" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="00565E12" w:rsidRDefault="00F15E79" w:rsidP="00680789">
+    <w:p w14:paraId="12043E9E" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="00545256" w:rsidRDefault="00F15E79" w:rsidP="00545256">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:ind w:left="360"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00565E12">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00545256">
         <w:t>Effective Date:</w:t>
       </w:r>
-      <w:r w:rsidR="005D662E" w:rsidRPr="00565E12">
+      <w:r w:rsidR="005D662E" w:rsidRPr="00545256">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1608616887"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="005D662E" w:rsidRPr="00565E12">
+          <w:r w:rsidR="005D662E" w:rsidRPr="00545256">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:b/>
               <w:bCs/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="005D662E" w:rsidRPr="00565E12">
+      <w:r w:rsidR="005D662E" w:rsidRPr="00545256">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00565E12">
+      <w:r w:rsidRPr="00545256">
         <w:t xml:space="preserve">Expiration Date: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-938445946"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="005D662E" w:rsidRPr="00565E12">
+          <w:r w:rsidR="005D662E" w:rsidRPr="00545256">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:b/>
               <w:bCs/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="47E2F7F5" w14:textId="77777777" w:rsidR="00F15E79" w:rsidRPr="00565E12" w:rsidRDefault="00F15E79" w:rsidP="00680789">
+    <w:p w14:paraId="47E2F7F5" w14:textId="6CAC90CF" w:rsidR="00F15E79" w:rsidRDefault="00545256" w:rsidP="00545256">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:ind w:left="360"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00545256">
+        <w:t>If the facility has received any accreditation visit of any kind, please submit the letter and report.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66276C13" w14:textId="77777777" w:rsidR="007A5228" w:rsidRPr="007A5228" w:rsidRDefault="007A5228" w:rsidP="007A5228">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1080"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="694F538F" w14:textId="18E4FDFA" w:rsidR="00F15E79" w:rsidRPr="00565E12" w:rsidRDefault="00F15E79" w:rsidP="00680789">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00565E12">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Designated </w:t>
       </w:r>
       <w:r w:rsidR="009E4490" w:rsidRPr="00565E12">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
@@ -4201,57 +4200,57 @@
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="631142650"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B609F2" w:rsidRPr="00565E12">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="3C922C35" w14:textId="77777777" w:rsidR="008B208B" w:rsidRPr="00565E12" w:rsidRDefault="008B208B" w:rsidP="00680789">
+    <w:p w14:paraId="3C922C35" w14:textId="77777777" w:rsidR="008B208B" w:rsidRPr="008C546E" w:rsidRDefault="008B208B" w:rsidP="00680789">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09A87A71" w14:textId="509A0A9D" w:rsidR="00DD46BC" w:rsidRPr="00565E12" w:rsidRDefault="00DD46BC" w:rsidP="00680789">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00565E12">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">For each provider seeking a designated provider waiver </w:t>
       </w:r>
       <w:r w:rsidR="009A3C69" w:rsidRPr="00565E12">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>request pursuant to 104</w:t>
       </w:r>
       <w:r w:rsidR="00972173" w:rsidRPr="00565E12">
         <w:rPr>
@@ -4351,78 +4350,78 @@
         <w:rPr>
           <w:bCs/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="715F2008" w14:textId="435FA9D8" w:rsidR="002A38C7" w:rsidRPr="00565E12" w:rsidRDefault="002A38C7" w:rsidP="002A38C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00565E12">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Name and resume of the provider</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BA8A90A" w14:textId="3358B853" w:rsidR="002A38C7" w:rsidRPr="00565E12" w:rsidRDefault="002A38C7" w:rsidP="002A38C7">
+    <w:p w14:paraId="4BA8A90A" w14:textId="14DFF5DD" w:rsidR="002A38C7" w:rsidRPr="00565E12" w:rsidRDefault="002A38C7" w:rsidP="002A38C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00565E12">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>A statement detailing the extenuatin</w:t>
       </w:r>
       <w:r w:rsidR="007A00B5" w:rsidRPr="00565E12">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">g circumstances that </w:t>
       </w:r>
       <w:r w:rsidR="00671A07" w:rsidRPr="00565E12">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>justify the need for a waiver.</w:t>
+        <w:t>justify the need for a waiver</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A6E7954" w14:textId="2587FB44" w:rsidR="00671A07" w:rsidRPr="00565E12" w:rsidRDefault="00671A07" w:rsidP="002A38C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00565E12">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>A detailed description of the initial</w:t>
       </w:r>
       <w:r w:rsidR="002C3EEF" w:rsidRPr="00565E12">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> and annual training to be provided that demonstrates that the </w:t>
       </w:r>
@@ -4437,174 +4436,144 @@
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>has an understanding of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00AD0140" w:rsidRPr="00565E12">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> the legal and clinical requirements for hospitalization under MGL </w:t>
       </w:r>
       <w:r w:rsidR="007D6C2C" w:rsidRPr="00565E12">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>c 123, 12(b)</w:t>
       </w:r>
       <w:r w:rsidR="000D6F97" w:rsidRPr="00565E12">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B5657EA" w14:textId="1A4DEAE4" w:rsidR="00F35E09" w:rsidRPr="00565E12" w:rsidRDefault="00B50B18" w:rsidP="002A38C7">
+    <w:p w14:paraId="77ECA04D" w14:textId="29A7012E" w:rsidR="00B50B18" w:rsidRDefault="0069757F" w:rsidP="002A38C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00565E12">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Documentation </w:t>
-[...32 lines deleted...]
-    <w:p w14:paraId="77ECA04D" w14:textId="29A7012E" w:rsidR="00B50B18" w:rsidRPr="00565E12" w:rsidRDefault="0069757F" w:rsidP="002A38C7">
+        <w:t>Supervision and co</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF0693" w:rsidRPr="00565E12">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">nsultation services that will be available to the provider to safeguard the admission </w:t>
+      </w:r>
+      <w:r w:rsidR="00D1318F" w:rsidRPr="00565E12">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>process pursuant to MGL c 123 12(b)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D62B373" w14:textId="42FCD024" w:rsidR="008C546E" w:rsidRPr="00565E12" w:rsidRDefault="008C546E" w:rsidP="002A38C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00565E12">
-[...15 lines deleted...]
-        <w:t>process pursuant to MGL c 123 12(b)</w:t>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Attestation from the Medical Director of Psychiatric Services that all medical providers are trained</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78E75CE0" w14:textId="77777777" w:rsidR="001A2A02" w:rsidRPr="00565E12" w:rsidRDefault="001A2A02" w:rsidP="00D1318F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1EA3BECB" w14:textId="50EEEC2D" w:rsidR="00D1318F" w:rsidRPr="00565E12" w:rsidRDefault="00D1318F" w:rsidP="00565E12">
+    <w:p w14:paraId="1EA3BECB" w14:textId="77C9D43C" w:rsidR="00D1318F" w:rsidRPr="00565E12" w:rsidRDefault="00D1318F" w:rsidP="00565E12">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00565E12">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">A copy of the information requested in </w:t>
       </w:r>
       <w:r w:rsidR="009B3845" w:rsidRPr="00565E12">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>a-e above is to be maintained in each provider</w:t>
       </w:r>
       <w:r w:rsidR="00681186" w:rsidRPr="00565E12">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="009B3845" w:rsidRPr="00565E12">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>s cred</w:t>
       </w:r>
       <w:r w:rsidR="003F66E4" w:rsidRPr="00565E12">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">entialling file. </w:t>
+        <w:t xml:space="preserve">entialing file. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44551207" w14:textId="77777777" w:rsidR="001A2A02" w:rsidRPr="00565E12" w:rsidRDefault="001A2A02" w:rsidP="00681186">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F695206" w14:textId="5EE2F81B" w:rsidR="00681186" w:rsidRPr="00565E12" w:rsidRDefault="00F67D80" w:rsidP="00565E12">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00565E12">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">*Psychiatrist and Psychiatric APRNs </w:t>
       </w:r>
@@ -4742,246 +4711,282 @@
     </w:p>
     <w:p w14:paraId="56B06E64" w14:textId="470EFA1D" w:rsidR="008850EE" w:rsidRDefault="008850EE" w:rsidP="00681186">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00565E12">
         <w:t xml:space="preserve">Waiver Requested? </w:t>
       </w:r>
       <w:r w:rsidRPr="00565E12">
         <w:tab/>
         <w:t xml:space="preserve">Yes </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="1205219145"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00565E12">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00565E12">
         <w:t xml:space="preserve">       No </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="1366100301"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00565E12">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="701118B1" w14:textId="77777777" w:rsidR="008850EE" w:rsidRDefault="008850EE" w:rsidP="00681186">
+    <w:p w14:paraId="701118B1" w14:textId="77777777" w:rsidR="008850EE" w:rsidRPr="000E0DA5" w:rsidRDefault="008850EE" w:rsidP="00681186">
       <w:pPr>
         <w:ind w:left="360"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="426AB519" w14:textId="5FEF07F5" w:rsidR="00E86864" w:rsidRPr="00681186" w:rsidRDefault="00E86864" w:rsidP="00681186">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00681186">
         <w:t xml:space="preserve">Pursuant to 104CMR27.12(8)(a)1 an authorized clinician is any physician or Psychiatric APRN who has been authorized by the facility director to order medication restraint, mechanical restraint, physical restraint or seclusion, to examine patients in such restraint or seclusion and to assess for readiness for release and order release from restraint or seclusion. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="637DC478" w14:textId="77777777" w:rsidR="001A2A02" w:rsidRDefault="001A2A02" w:rsidP="00681186">
+    <w:p w14:paraId="637DC478" w14:textId="77777777" w:rsidR="001A2A02" w:rsidRPr="000E0DA5" w:rsidRDefault="001A2A02" w:rsidP="00681186">
       <w:pPr>
         <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12B25F8B" w14:textId="0EA177CE" w:rsidR="00E86864" w:rsidRPr="00681186" w:rsidRDefault="00E86864" w:rsidP="00681186">
       <w:pPr>
         <w:ind w:firstLine="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00681186">
         <w:t>For each non-Psychiatric APRN waiver requested please attach the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60081AB5" w14:textId="77777777" w:rsidR="00E86864" w:rsidRPr="00681186" w:rsidRDefault="00E86864" w:rsidP="00E86864">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="00681186">
         <w:t>Name and resume of the APRN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31F568F9" w14:textId="78E2FBFE" w:rsidR="00E86864" w:rsidRPr="00681186" w:rsidRDefault="00E86864" w:rsidP="00E86864">
+    <w:p w14:paraId="31F568F9" w14:textId="0D35262F" w:rsidR="00E86864" w:rsidRPr="00681186" w:rsidRDefault="00E86864" w:rsidP="00E86864">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="00681186">
         <w:t xml:space="preserve">A detailed description of the initial and annual training to be provided that demonstrates that the APRN </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00681186">
         <w:t>has an understanding of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00681186">
         <w:t xml:space="preserve"> the regulatory, clinical and documentation requirements for the use of restraint and seclusion pursuant to 104CMR27.12</w:t>
       </w:r>
-      <w:r w:rsidR="00841022" w:rsidRPr="00681186">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="4EDA380B" w14:textId="4DD2FDB6" w:rsidR="00B46A0E" w:rsidRPr="00681186" w:rsidRDefault="00B46A0E" w:rsidP="00E86864">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="00681186">
         <w:t>Consultation services that w</w:t>
       </w:r>
       <w:r w:rsidR="00B071B9" w:rsidRPr="00681186">
         <w:t xml:space="preserve">ill </w:t>
       </w:r>
       <w:r w:rsidR="003C2397" w:rsidRPr="00681186">
         <w:t>be available to the APRN</w:t>
       </w:r>
       <w:r w:rsidR="00B72BB3" w:rsidRPr="00681186">
         <w:t xml:space="preserve"> to address any questions regarding the requirements of </w:t>
       </w:r>
       <w:r w:rsidR="0093204D" w:rsidRPr="00681186">
         <w:t>104 CMR 27.12</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="296BBE3F" w14:textId="77777777" w:rsidR="0042447D" w:rsidRPr="00681186" w:rsidRDefault="00E86864" w:rsidP="00E86864">
+    <w:p w14:paraId="296BBE3F" w14:textId="77777777" w:rsidR="0042447D" w:rsidRDefault="00E86864" w:rsidP="00E86864">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="00681186">
         <w:t>A copy of the information requested in a</w:t>
       </w:r>
       <w:r w:rsidR="0093204D" w:rsidRPr="00681186">
         <w:t>-c</w:t>
       </w:r>
       <w:r w:rsidRPr="00681186">
         <w:t xml:space="preserve"> above needs to be maintained in the APRN’s credentialling file. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E6A0197" w14:textId="77777777" w:rsidR="001A2A02" w:rsidRDefault="001A2A02" w:rsidP="0042447D">
+    <w:p w14:paraId="59463E8E" w14:textId="7C562986" w:rsidR="008C546E" w:rsidRDefault="008C546E" w:rsidP="00E86864">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Attestation from the Medical Director of Psychiatric Services that all </w:t>
+      </w:r>
+      <w:r w:rsidR="000E0DA5">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>non-psychiatric APRNs</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are trained</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E6A0197" w14:textId="77777777" w:rsidR="001A2A02" w:rsidRPr="000E0DA5" w:rsidRDefault="001A2A02" w:rsidP="0042447D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:contextualSpacing/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="2EC8DC6B" w14:textId="6AE716FE" w:rsidR="00E86864" w:rsidRPr="00681186" w:rsidRDefault="0042447D" w:rsidP="001A2A02">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25E9ECB7" w14:textId="0A782A55" w:rsidR="0031632E" w:rsidRDefault="0031632E" w:rsidP="001A2A02">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing/>
       </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">All authorized clinicians do not need a waiver, but must </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>have</w:t>
+      </w:r>
       <w:r w:rsidRPr="00681186">
-        <w:t>**</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> an understanding of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00681186">
+        <w:t xml:space="preserve"> the regulatory, clinical and documentation requirements for the use of restraint and seclusion pursuant to 104CMR27.12</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.  Please provide a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00681186">
+        <w:t xml:space="preserve"> detailed description of the initial and annual training </w:t>
+      </w:r>
+      <w:r>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00681186">
+        <w:t xml:space="preserve"> All Authorized Clinicians</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="534BC90C" w14:textId="77777777" w:rsidR="00430E7D" w:rsidRPr="00681186" w:rsidRDefault="00430E7D" w:rsidP="00680789">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D6CB757" w14:textId="20A4503E" w:rsidR="00F15E79" w:rsidRPr="00681186" w:rsidRDefault="00551402" w:rsidP="00681186">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00681186">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00F15E79" w:rsidRPr="00681186">
         <w:rPr>
           <w:u w:val="single"/>
@@ -5061,57 +5066,61 @@
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="-970213435"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B609F2" w:rsidRPr="00681186">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="2D27A135" w14:textId="77777777" w:rsidR="00B86351" w:rsidRPr="00681186" w:rsidRDefault="00B86351" w:rsidP="00680789">
+    <w:p w14:paraId="2D27A135" w14:textId="77777777" w:rsidR="00B86351" w:rsidRPr="000E0DA5" w:rsidRDefault="00B86351" w:rsidP="00680789">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="64602C84" w14:textId="00246BD8" w:rsidR="00F15E79" w:rsidRPr="00121FBD" w:rsidRDefault="00B86351" w:rsidP="00680789">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64602C84" w14:textId="00246BD8" w:rsidR="00F15E79" w:rsidRPr="00121FBD" w:rsidRDefault="00B86351" w:rsidP="004409D7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00681186">
         <w:t>If a new or renewal tele</w:t>
       </w:r>
       <w:r w:rsidR="00317541" w:rsidRPr="00681186">
         <w:t>psychiatry</w:t>
       </w:r>
       <w:r w:rsidRPr="00681186">
         <w:t xml:space="preserve"> request is made, attach the request at the time of submitting a full application</w:t>
       </w:r>
       <w:r w:rsidR="00F15E79" w:rsidRPr="00681186">
         <w:t xml:space="preserve">.  Note that requests must meet </w:t>
       </w:r>
       <w:r w:rsidR="00F15E79" w:rsidRPr="00917446">
         <w:t>requirements expressed in</w:t>
       </w:r>
@@ -5206,1451 +5215,478 @@
       <w:r w:rsidR="00317541">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>telepsychiatry</w:t>
       </w:r>
       <w:r w:rsidR="00C266B4" w:rsidRPr="00121FBD">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> need to be submitted with the renewal application</w:t>
       </w:r>
       <w:r w:rsidR="00121FBD" w:rsidRPr="00121FBD">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5898C1FB" w14:textId="77777777" w:rsidR="00430E7D" w:rsidRDefault="00430E7D">
-[...15 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="1C602D73" w14:textId="77777777" w:rsidR="002C4339" w:rsidRPr="00266CB3" w:rsidRDefault="002C4339" w:rsidP="004409D7">
+      <w:pPr>
+        <w:ind w:left="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30BC5DD5" w14:textId="77777777" w:rsidR="00E55844" w:rsidRPr="00266CB3" w:rsidRDefault="00E55844" w:rsidP="004409D7">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266CB3">
-        <w:lastRenderedPageBreak/>
-[...4 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Physical Adaptations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4568920A" w14:textId="38769D1A" w:rsidR="00E55844" w:rsidRPr="00266CB3" w:rsidRDefault="00E846A7" w:rsidP="004409D7">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent3"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
       <w:r w:rsidRPr="00266CB3">
-        <w:t xml:space="preserve">services that facilitate the admission of the following specialty populations within the class of license for which you are applying.  The specialty populations are comprised of individuals </w:t>
-[...142 lines deleted...]
-        <w:t>(</w:t>
+        <w:t>DMH Licensing Bulletin 18-01</w:t>
+      </w:r>
+      <w:r>
+        <w:t>R (</w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="009E279D">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Bulletins | Mass.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009E279D">
+      <w:r>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="009E279D" w:rsidRPr="00266CB3">
+      <w:r w:rsidRPr="00266CB3">
+        <w:t xml:space="preserve"> details treatment structure, as well as physical space (e.g., single rooms, limited census, and/ or an area allowing increased ability for observation and intervention).</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00266CB3">
-[...65 lines deleted...]
-        <w:pStyle w:val="BodyTextIndent3"/>
+      <w:r w:rsidR="00E55844" w:rsidRPr="00266CB3">
+        <w:t>Describe the facility’s plan for physical adaptations, such as by providing single occupancy bedrooms, when necessary to address behavioral acuity in its patient population, as needed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57B7656B" w14:textId="77777777" w:rsidR="00E55844" w:rsidRPr="000E0DA5" w:rsidRDefault="00E55844" w:rsidP="00FE53EC">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25F6D944" w14:textId="77777777" w:rsidR="004409D7" w:rsidRPr="00266CB3" w:rsidRDefault="004409D7" w:rsidP="00FE53EC"/>
+    <w:p w14:paraId="31BAA745" w14:textId="309D1581" w:rsidR="00E83A11" w:rsidRPr="00266CB3" w:rsidRDefault="008575ED" w:rsidP="00681186">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
-        <w:rPr>
-[...42 lines deleted...]
-    <w:p w14:paraId="50F3DA3C" w14:textId="77777777" w:rsidR="00E83A11" w:rsidRPr="00266CB3" w:rsidRDefault="00E83A11" w:rsidP="00E83A11">
+      </w:pPr>
+      <w:r w:rsidRPr="00DD7E5B">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Consultation Services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50F3DA3C" w14:textId="21B7568B" w:rsidR="00E83A11" w:rsidRDefault="008575ED" w:rsidP="00E83A11">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00266CB3">
-        <w:t xml:space="preserve">The screening and referral processes for applicable services (i.e., Psychology, OT, Medical Specialties, Dietary, Physical Therapy, </w:t>
+      <w:r>
+        <w:t>Please describe consultation services including but not limited to:</w:t>
+      </w:r>
+      <w:r w:rsidR="00E83A11" w:rsidRPr="00266CB3">
+        <w:t xml:space="preserve"> Psychology, OT, Dietary, Physical Therapy, </w:t>
       </w:r>
       <w:r w:rsidR="004E1BD0" w:rsidRPr="00266CB3">
         <w:t xml:space="preserve">Laboratory, </w:t>
       </w:r>
+      <w:r w:rsidR="00E83A11" w:rsidRPr="00266CB3">
+        <w:t>etc. if these services are not provided by employees of the facility.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06155B7B" w14:textId="7C633547" w:rsidR="00135256" w:rsidRPr="00266CB3" w:rsidRDefault="00135256" w:rsidP="00E83A11">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
       <w:r w:rsidRPr="00266CB3">
-        <w:t>etc.) if these services are not provided by employees of the facility.</w:t>
-[...7 lines deleted...]
-    <w:p w14:paraId="6ED0B397" w14:textId="77777777" w:rsidR="009E00E8" w:rsidRPr="0003426E" w:rsidRDefault="008F0624" w:rsidP="00681186">
+        <w:t>Describe the medical services that are provided to the program. Describe the process for accessing routine, consultative, urgent and emergent care systems.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36081314" w14:textId="09F9CB51" w:rsidR="00D1784A" w:rsidRDefault="00D1784A" w:rsidP="00FE53EC"/>
+    <w:p w14:paraId="6ED0B397" w14:textId="1F868441" w:rsidR="009E00E8" w:rsidRPr="0003426E" w:rsidRDefault="008F0624" w:rsidP="00681186">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="0003426E">
-        <w:lastRenderedPageBreak/>
         <w:t>Doe</w:t>
       </w:r>
       <w:r w:rsidR="009E00E8" w:rsidRPr="0003426E">
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidRPr="0003426E">
         <w:t xml:space="preserve">the facility offer </w:t>
       </w:r>
       <w:r w:rsidRPr="0003426E">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>a separate, identifiable inpatient substance use disorder treatment unit or program, or hold itself out as providing substance use disorder treatment or services as a primary or specialty service</w:t>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D0AA4">
+        <w:rPr>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>separate, identifiable inpatient substance use disorder treatment unit or program, or hold itself out as providing substance use disorder treatment or services as a primary or specialty service</w:t>
+      </w:r>
+      <w:r w:rsidR="009E00E8" w:rsidRPr="001D0AA4">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>?</w:t>
       </w:r>
       <w:r w:rsidR="009E00E8" w:rsidRPr="0003426E">
-        <w:t xml:space="preserve">?  If yes, </w:t>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00956685" w:rsidRPr="0003426E">
-        <w:t>and the unit or program is within a general hospital licensed by the Department of Public Health under M.G.L. c. 111, § 51, it must meet the requirements of 105 CMR 164.012(D)(2).  If yes, and the unit or program is not within a general hospital licensed by the Department of Public Health under M.G.L. c. 111, § 51, it must apply for and obtain a BSAS license f</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> a Department of Mental Health licensed facility as provided in 105 CMR 164.012(D)(3).  I</w:t>
+        <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="009E00E8" w:rsidRPr="0003426E">
         <w:t>dentify the unit</w:t>
       </w:r>
       <w:r w:rsidRPr="0003426E">
         <w:t xml:space="preserve"> or service</w:t>
       </w:r>
       <w:r w:rsidR="009E00E8" w:rsidRPr="0003426E">
         <w:t xml:space="preserve"> and attach a copy of the current </w:t>
       </w:r>
       <w:r w:rsidR="00C876A8" w:rsidRPr="0003426E">
         <w:t>Department of Public Health/ Bureau of Substance Abuse Services (</w:t>
       </w:r>
       <w:r w:rsidR="009E00E8" w:rsidRPr="0003426E">
         <w:t>DPH/ BSAS</w:t>
       </w:r>
       <w:r w:rsidR="00C876A8" w:rsidRPr="0003426E">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="009E00E8" w:rsidRPr="0003426E">
         <w:t xml:space="preserve"> license(s) for the unit(s)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57869314" w14:textId="77777777" w:rsidR="009E00E8" w:rsidRDefault="009E00E8" w:rsidP="009E00E8">
+    <w:p w14:paraId="57869314" w14:textId="601988AC" w:rsidR="009E00E8" w:rsidRDefault="000E0DA5" w:rsidP="009E00E8">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="60C53D68" w14:textId="77777777" w:rsidR="00F90F64" w:rsidRDefault="009E00E8" w:rsidP="00430E7D">
+      <w:r>
+        <w:t xml:space="preserve">No  </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:id w:val="1121573790"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="286A3875" w14:textId="23CCCB54" w:rsidR="00F90F64" w:rsidRDefault="009E00E8" w:rsidP="00DD7E5B">
       <w:pPr>
         <w:ind w:firstLine="360"/>
       </w:pPr>
       <w:r>
         <w:t>Yes</w:t>
       </w:r>
       <w:r w:rsidR="00B609F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:id w:val="1707367581"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B609F2">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00336562">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00F90F64">
-[...40 lines deleted...]
-      <w:r w:rsidRPr="00E33BDE">
+      <w:r w:rsidR="001D0AA4">
+        <w:t xml:space="preserve">Name of unit: </w:t>
+      </w:r>
+      <w:r w:rsidR="00E33BDE" w:rsidRPr="00E33BDE">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text15"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="11" w:name="Text15"/>
-      <w:r w:rsidRPr="00E33BDE">
+      <w:r w:rsidR="00E33BDE" w:rsidRPr="00E33BDE">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00E33BDE">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E33BDE">
+      <w:r w:rsidR="00E33BDE" w:rsidRPr="00E33BDE">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E33BDE" w:rsidRPr="00E33BDE">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00E33BDE">
+      <w:r w:rsidR="00E33BDE" w:rsidRPr="00E33BDE">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E33BDE">
+      <w:r w:rsidR="00E33BDE" w:rsidRPr="00E33BDE">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E33BDE">
+      <w:r w:rsidR="00E33BDE" w:rsidRPr="00E33BDE">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E33BDE">
+      <w:r w:rsidR="00E33BDE" w:rsidRPr="00E33BDE">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E33BDE">
+      <w:r w:rsidR="00E33BDE" w:rsidRPr="00E33BDE">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E33BDE">
+      <w:r w:rsidR="00E33BDE" w:rsidRPr="00E33BDE">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
-      <w:r w:rsidR="009E00E8">
-[...245 lines deleted...]
-    <w:p w14:paraId="664B1531" w14:textId="77777777" w:rsidR="009E00E8" w:rsidRPr="004555A2" w:rsidRDefault="009E00E8" w:rsidP="001A2A02">
+    </w:p>
+    <w:p w14:paraId="726E6BB2" w14:textId="77777777" w:rsidR="001D0AA4" w:rsidRDefault="001D0AA4" w:rsidP="00DD7E5B">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="236ABDA0" w14:textId="39B53428" w:rsidR="002C4339" w:rsidRDefault="00B529E4" w:rsidP="00FE53EC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="004555A2">
-[...8 lines deleted...]
-      <w:r w:rsidR="008F0624" w:rsidRPr="004555A2">
+      <w:r>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="003F07AB">
+        <w:t>lease</w:t>
+      </w:r>
+      <w:r w:rsidR="009E00E8">
+        <w:t xml:space="preserve"> submit copies of all program/hospital detoxification protocols and any substance use assessment tools utilized.</w:t>
+      </w:r>
+      <w:r w:rsidR="0037638E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004555A2">
-[...56 lines deleted...]
-      <w:r w:rsidR="00B609F2">
+      <w:r w:rsidR="00E55844">
+        <w:t>Please also include policies/procedures regarding the management of medications used for assisted treatment (</w:t>
+      </w:r>
+      <w:r w:rsidR="002C4339">
+        <w:t>e.g.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E55844">
+        <w:t xml:space="preserve"> methadone, s</w:t>
+      </w:r>
+      <w:r w:rsidR="00C02B64">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00E55844">
+        <w:t>boxone, etc.)</w:t>
+      </w:r>
+      <w:r w:rsidR="0037638E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:sdt>
-[...383 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    </w:p>
+    <w:p w14:paraId="50F9600A" w14:textId="4EF98C16" w:rsidR="00336562" w:rsidRDefault="00336562"/>
+    <w:p w14:paraId="09E65353" w14:textId="77777777" w:rsidR="008C261C" w:rsidRDefault="008C261C" w:rsidP="001A2A02">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>For</w:t>
-[...98 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Please submit the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>most recent</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> certifications/licenses </w:t>
       </w:r>
       <w:r w:rsidR="00112F08">
         <w:t xml:space="preserve">or explanation </w:t>
       </w:r>
       <w:r>
         <w:t>for the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64175C02" w14:textId="77777777" w:rsidR="008C261C" w:rsidRDefault="008C261C"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="8280" w:type="dxa"/>
         <w:tblInd w:w="468" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4475"/>
         <w:gridCol w:w="1612"/>
         <w:gridCol w:w="2193"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00112F08" w14:paraId="471B543D" w14:textId="77777777" w:rsidTr="00BB7B6E">
+      <w:tr w:rsidR="00112F08" w14:paraId="471B543D" w14:textId="77777777" w:rsidTr="00B529E4">
         <w:trPr>
           <w:trHeight w:val="546"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4475" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
           <w:p w14:paraId="6F31B627" w14:textId="77777777" w:rsidR="00112F08" w:rsidRDefault="00112F08">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Certificate/License</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1612" w:type="dxa"/>
@@ -6693,577 +5729,454 @@
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:r w:rsidR="003071E8">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>- with</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> explanation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00112F08" w14:paraId="66107BAE" w14:textId="77777777" w:rsidTr="00BB7B6E">
+      <w:tr w:rsidR="00112F08" w14:paraId="66107BAE" w14:textId="77777777" w:rsidTr="00B529E4">
         <w:trPr>
           <w:trHeight w:val="266"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4475" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E7B9614" w14:textId="77777777" w:rsidR="00112F08" w:rsidRDefault="00112F08" w:rsidP="00EF4101">
             <w:r>
               <w:t>local fire inspection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1612" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66396903" w14:textId="77777777" w:rsidR="00112F08" w:rsidRDefault="00112F08"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="437E79B9" w14:textId="77777777" w:rsidR="00112F08" w:rsidRDefault="00112F08"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00112F08" w14:paraId="7C65649B" w14:textId="77777777" w:rsidTr="00BB7B6E">
+      <w:tr w:rsidR="00112F08" w14:paraId="7C65649B" w14:textId="77777777" w:rsidTr="00B529E4">
         <w:trPr>
           <w:trHeight w:val="266"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4475" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2165BB5F" w14:textId="77777777" w:rsidR="00112F08" w:rsidRDefault="00112F08" w:rsidP="00EF4101">
             <w:r>
               <w:t>local building inspection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1612" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56D1FA56" w14:textId="77777777" w:rsidR="00112F08" w:rsidRDefault="00112F08"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="507D9261" w14:textId="77777777" w:rsidR="00112F08" w:rsidRDefault="00112F08"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00112F08" w14:paraId="0BCCC139" w14:textId="77777777" w:rsidTr="00BB7B6E">
+      <w:tr w:rsidR="00112F08" w14:paraId="0BCCC139" w14:textId="77777777" w:rsidTr="00B529E4">
         <w:trPr>
           <w:trHeight w:val="266"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4475" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58D1988D" w14:textId="77777777" w:rsidR="00112F08" w:rsidRDefault="00112F08" w:rsidP="00EF4101">
             <w:r>
               <w:t>Dept. of Public Safety inspection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1612" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7BD63801" w14:textId="77777777" w:rsidR="00112F08" w:rsidRDefault="00112F08"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="642F75F2" w14:textId="77777777" w:rsidR="00112F08" w:rsidRDefault="00112F08"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00112F08" w14:paraId="4FE48F00" w14:textId="77777777" w:rsidTr="00BB7B6E">
+      <w:tr w:rsidR="00112F08" w14:paraId="4FE48F00" w14:textId="77777777" w:rsidTr="00B529E4">
         <w:trPr>
           <w:trHeight w:val="266"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4475" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="491D684C" w14:textId="77777777" w:rsidR="00112F08" w:rsidRDefault="00112F08" w:rsidP="00EF4101">
             <w:r>
               <w:t>Board of Health food service inspection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1612" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0836F51E" w14:textId="77777777" w:rsidR="00112F08" w:rsidRDefault="00112F08"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3F663AA5" w14:textId="77777777" w:rsidR="00112F08" w:rsidRDefault="00112F08"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00112F08" w14:paraId="56B35ECE" w14:textId="77777777" w:rsidTr="00BB7B6E">
+      <w:tr w:rsidR="00112F08" w14:paraId="56B35ECE" w14:textId="77777777" w:rsidTr="00B529E4">
         <w:trPr>
           <w:trHeight w:val="266"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4475" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E4EE2A6" w14:textId="77777777" w:rsidR="00112F08" w:rsidRDefault="00112F08" w:rsidP="00EF4101">
             <w:r>
               <w:t>DEA license if applicable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1612" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0359A026" w14:textId="77777777" w:rsidR="00112F08" w:rsidRDefault="00112F08"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="20617ADE" w14:textId="77777777" w:rsidR="00112F08" w:rsidRDefault="00112F08"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00112F08" w14:paraId="04EEE4AB" w14:textId="77777777" w:rsidTr="00BB7B6E">
+      <w:tr w:rsidR="00112F08" w14:paraId="04EEE4AB" w14:textId="77777777" w:rsidTr="00B529E4">
         <w:trPr>
           <w:trHeight w:val="266"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4475" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3A48DB9B" w14:textId="77777777" w:rsidR="00112F08" w:rsidRDefault="00112F08" w:rsidP="00EF4101">
             <w:r>
               <w:t>Dept. of Public Health License(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1612" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="181D89D3" w14:textId="77777777" w:rsidR="00112F08" w:rsidRDefault="00112F08"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="403D2630" w14:textId="77777777" w:rsidR="00112F08" w:rsidRDefault="00112F08"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00112F08" w14:paraId="249F22C1" w14:textId="77777777" w:rsidTr="00BB7B6E">
-[...52 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:p w14:paraId="4C8EFC9B" w14:textId="77777777" w:rsidR="008C261C" w:rsidRDefault="008C261C"/>
-    <w:p w14:paraId="247DA6E5" w14:textId="77777777" w:rsidR="008B1649" w:rsidRDefault="008B1649" w:rsidP="001A2A02">
+    <w:p w14:paraId="3ACE92DF" w14:textId="77777777" w:rsidR="008B1649" w:rsidRPr="0075785F" w:rsidRDefault="008B1649" w:rsidP="001A2A02">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
-      </w:pPr>
-[...23 lines deleted...]
-        </w:numPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0075785F">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Organizational Charts:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21E53E98" w14:textId="77777777" w:rsidR="008B1649" w:rsidRDefault="008B1649" w:rsidP="00E844E1">
+    <w:p w14:paraId="729F0EEE" w14:textId="219E0CAB" w:rsidR="008B1649" w:rsidRDefault="008B1649" w:rsidP="00E844E1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Please include an </w:t>
       </w:r>
       <w:r w:rsidR="007C796B">
         <w:t>organizational</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> chart for the</w:t>
-[...27 lines deleted...]
-      <w:r>
         <w:t xml:space="preserve"> chart, with names, of the </w:t>
       </w:r>
       <w:r w:rsidR="007C796B">
         <w:t>psychiatric</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> unit(s)</w:t>
       </w:r>
       <w:r w:rsidR="00F90F64">
-        <w:t xml:space="preserve"> (If not included in</w:t>
-[...5 lines deleted...]
-        <w:t>)</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B0CA5C3" w14:textId="77777777" w:rsidR="009E00E8" w:rsidRDefault="009E00E8" w:rsidP="009E00E8">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F4019DC" w14:textId="77777777" w:rsidR="008C261C" w:rsidRDefault="008C261C" w:rsidP="001A2A02">
-[...91 lines deleted...]
-    <w:p w14:paraId="380B5621" w14:textId="77777777" w:rsidR="00336562" w:rsidRDefault="00336562"/>
     <w:p w14:paraId="25F3FA05" w14:textId="77777777" w:rsidR="008C261C" w:rsidRDefault="008C261C" w:rsidP="001A2A02">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Curriculum Vitae</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BCB56FA" w14:textId="77777777" w:rsidR="00C06390" w:rsidRDefault="008C261C" w:rsidP="00914590">
-[...1 lines deleted...]
-        <w:ind w:firstLine="360"/>
+    <w:p w14:paraId="1BCB56FA" w14:textId="363B274B" w:rsidR="00C06390" w:rsidRDefault="008C261C" w:rsidP="000E0DA5">
+      <w:pPr>
+        <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
       <w:r w:rsidR="002D6CA3" w:rsidRPr="002E74A7">
         <w:t xml:space="preserve">provide </w:t>
       </w:r>
-      <w:r w:rsidR="002D6CA3" w:rsidRPr="002E74A7">
-        <w:rPr>
+      <w:r w:rsidR="000E0DA5" w:rsidRPr="000E0DA5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t xml:space="preserve">names and </w:t>
+      </w:r>
+      <w:r w:rsidR="002D6CA3" w:rsidRPr="000E0DA5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t>current</w:t>
       </w:r>
-      <w:r w:rsidR="007C796B" w:rsidRPr="002E74A7">
-        <w:rPr>
+      <w:r w:rsidR="007C796B" w:rsidRPr="000E0DA5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:iCs/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> CV</w:t>
       </w:r>
-      <w:r w:rsidR="00C876A8" w:rsidRPr="002E74A7">
-        <w:rPr>
+      <w:r w:rsidR="00C876A8" w:rsidRPr="000E0DA5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:iCs/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t>resumes</w:t>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>s/ resumes</w:t>
       </w:r>
       <w:r w:rsidR="007C796B">
-        <w:t xml:space="preserve"> for the following positions</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> as applicable</w:t>
+        <w:t xml:space="preserve"> for the positions</w:t>
+      </w:r>
+      <w:r w:rsidR="000E0DA5">
+        <w:t xml:space="preserve"> listed below</w:t>
       </w:r>
       <w:r w:rsidR="007C796B">
-        <w:t xml:space="preserve">.  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="62D48165" w14:textId="77777777" w:rsidR="00F43BA9" w:rsidRDefault="007C796B" w:rsidP="00914590">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62D48165" w14:textId="77777777" w:rsidR="00F43BA9" w:rsidRPr="00C50C42" w:rsidRDefault="007C796B" w:rsidP="00914590">
       <w:pPr>
         <w:ind w:left="360"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C50C42">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Please include</w:t>
       </w:r>
-      <w:r w:rsidR="008C261C">
+      <w:r w:rsidR="008C261C" w:rsidRPr="00C50C42">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00F43BA9" w:rsidRPr="00C50C42">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>an attestation statement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C50C42">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from the Human Resources Department</w:t>
+      </w:r>
+      <w:r w:rsidR="00F43BA9" w:rsidRPr="00C50C42">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C50C42">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">verifies </w:t>
+      </w:r>
+      <w:r w:rsidR="00F43BA9" w:rsidRPr="00C50C42">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>current li</w:t>
+      </w:r>
+      <w:r w:rsidR="00C06390" w:rsidRPr="00C50C42">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>censures</w:t>
+      </w:r>
+      <w:r w:rsidR="003707CD" w:rsidRPr="00C50C42">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="008861BA" w:rsidRPr="00C50C42">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>certifications</w:t>
+      </w:r>
+      <w:r w:rsidR="00F43BA9" w:rsidRPr="00C50C42">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> held</w:t>
+      </w:r>
       <w:r w:rsidR="00F43BA9">
-        <w:t>an attestation statement</w:t>
-[...25 lines deleted...]
-      <w:r w:rsidR="00A105B7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F43BA9" w:rsidRPr="00C50C42">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">and expiration dates </w:t>
+      </w:r>
+      <w:r w:rsidR="00A105B7" w:rsidRPr="00C50C42">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>for the</w:t>
       </w:r>
-      <w:r w:rsidR="003707CD">
+      <w:r w:rsidR="003707CD" w:rsidRPr="00C50C42">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> following key clinical/</w:t>
       </w:r>
-      <w:r w:rsidR="00F43BA9">
+      <w:r w:rsidR="00F43BA9" w:rsidRPr="00C50C42">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>leadership positions:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D74F1F6" w14:textId="77777777" w:rsidR="0006206C" w:rsidRDefault="0006206C" w:rsidP="00914590">
+    <w:p w14:paraId="0D74F1F6" w14:textId="77777777" w:rsidR="0006206C" w:rsidRPr="000E0DA5" w:rsidRDefault="0006206C" w:rsidP="00914590">
       <w:pPr>
         <w:ind w:left="360"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A731DEB" w14:textId="77777777" w:rsidR="0006206C" w:rsidRDefault="0006206C" w:rsidP="0006206C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:sectPr w:rsidR="0006206C" w:rsidSect="00D60BE8">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D4F9904" w14:textId="77777777" w:rsidR="00CF20E0" w:rsidRDefault="00CF20E0" w:rsidP="0006206C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
@@ -7271,1349 +6184,1117 @@
       <w:r>
         <w:t>Facility</w:t>
       </w:r>
       <w:r w:rsidR="00E55844">
         <w:t xml:space="preserve">/Program </w:t>
       </w:r>
       <w:r>
         <w:t>Director</w:t>
       </w:r>
       <w:r w:rsidR="00E55844">
         <w:t xml:space="preserve"> (Person in Charge)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41ADDD5C" w14:textId="77777777" w:rsidR="008C261C" w:rsidRDefault="0006206C" w:rsidP="0006206C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Medical Director</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4611E106" w14:textId="3C51B642" w:rsidR="008C261C" w:rsidRDefault="008C261C" w:rsidP="0006206C">
+    <w:p w14:paraId="36F26B69" w14:textId="77777777" w:rsidR="00C06390" w:rsidRDefault="00C06390" w:rsidP="0006206C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Pr</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="36F26B69" w14:textId="77777777" w:rsidR="00C06390" w:rsidRDefault="00C06390" w:rsidP="0006206C">
+        <w:t>Nurs</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF20E0">
+        <w:t>e Leader</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D0F78E2" w14:textId="77777777" w:rsidR="008C261C" w:rsidRDefault="00F43BA9" w:rsidP="0006206C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Nurs</w:t>
-[...4 lines deleted...]
-      <w:r>
+        <w:t>Nurse Educator</w:t>
+      </w:r>
+      <w:r w:rsidR="00C06390">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D0F78E2" w14:textId="77777777" w:rsidR="008C261C" w:rsidRDefault="00F43BA9" w:rsidP="0006206C">
+    <w:p w14:paraId="1213AF12" w14:textId="4800AFFF" w:rsidR="00430E7D" w:rsidRPr="0006206C" w:rsidRDefault="00430E7D" w:rsidP="0006206C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
-      </w:pPr>
-[...7 lines deleted...]
-    <w:p w14:paraId="259D327F" w14:textId="77777777" w:rsidR="003707CD" w:rsidRDefault="003707CD" w:rsidP="0006206C">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0006206C">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Human Rights Officer</w:t>
+      </w:r>
+      <w:r w:rsidR="00C50C42">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>(s)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34DD3E68" w14:textId="77777777" w:rsidR="00E35CD3" w:rsidRDefault="00430E7D" w:rsidP="0006206C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
-      </w:pPr>
-[...10 lines deleted...]
-        </w:numPr>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0006206C">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Psychologist</w:t>
-[...155 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Clinical Director</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="51F2BB66" w14:textId="77777777" w:rsidR="0006206C" w:rsidRDefault="0006206C" w:rsidP="00A105B7">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="680C14BD" w14:textId="77777777" w:rsidR="003707CD" w:rsidRDefault="003707CD" w:rsidP="00A105B7">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:sectPr w:rsidR="003707CD" w:rsidSect="0006206C">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:num="2" w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32848AF3" w14:textId="77777777" w:rsidR="0049296B" w:rsidRDefault="0049296B">
-[...13 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="691D8E0A" w14:textId="77777777" w:rsidR="000E0DA5" w:rsidRPr="000E0DA5" w:rsidRDefault="000E0DA5" w:rsidP="000E0DA5">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent3"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CEC02BF" w14:textId="77777777" w:rsidR="000E0DA5" w:rsidRPr="000E0DA5" w:rsidRDefault="000E0DA5" w:rsidP="000E0DA5">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent3"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58CC4736" w14:textId="2DDEF1B9" w:rsidR="00C50C42" w:rsidRDefault="00C50C42" w:rsidP="000E0DA5">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00266CB3">
+      <w:r w:rsidRPr="000E0DA5">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Staffing</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="457764C7" w14:textId="77777777" w:rsidR="00E55844" w:rsidRPr="00266CB3" w:rsidRDefault="00672124" w:rsidP="00914590">
+        <w:t>Clinical Programming</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FD4C899" w14:textId="44E5BA0D" w:rsidR="00C50C42" w:rsidRDefault="00C50C42" w:rsidP="00C50C42">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00266CB3">
-[...4 lines deleted...]
-    <w:p w14:paraId="1B80A075" w14:textId="77777777" w:rsidR="00E55844" w:rsidRPr="00266CB3" w:rsidRDefault="00E55844" w:rsidP="001A2A02">
+      <w:r>
+        <w:t>Please attach current copies of program schedule(s) and description of the groups offered 7 days a week including the disciplines/staff responsible for the running the groups.   Describe the hospital/</w:t>
+      </w:r>
+      <w:r w:rsidR="004D69F1">
+        <w:t>unit’s</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> approach to person centered treatment, as well as a description of all </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>recreational activities and equipment, alternatives provided for patients who decline to attend groups or whose condition precludes their participation in groups.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0083BBE7" w14:textId="77777777" w:rsidR="00C50C42" w:rsidRDefault="00C50C42">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B80A075" w14:textId="673C474D" w:rsidR="00E55844" w:rsidRPr="00266CB3" w:rsidRDefault="006C6245" w:rsidP="001A2A02">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00266CB3">
-[...3 lines deleted...]
-        <w:t>Direct Care Staff</w:t>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Staffing</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30985D7B" w14:textId="77777777" w:rsidR="00E55844" w:rsidRPr="00266CB3" w:rsidRDefault="00E55844" w:rsidP="00914590">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00266CB3">
         <w:t>Describe core staffing in terms of numbers of RNs, LPNs, and mental health associates expected to be on duty, by each shift, at various levels of census.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6046FB44" w14:textId="2AEAFA3B" w:rsidR="00E55844" w:rsidRPr="00266CB3" w:rsidRDefault="00E55844" w:rsidP="00665C10">
+    <w:p w14:paraId="6046FB44" w14:textId="2AEAFA3B" w:rsidR="00E55844" w:rsidRDefault="00E55844" w:rsidP="00665C10">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00266CB3">
         <w:t xml:space="preserve">Please describe the system in use for ensuring adequate direct care staff coverage (including accessing additional staff to fill vacancies and/ or when acuity, special needs, or census dictates), and minimum nursing care hours per patient day across all three shifts for each inpatient unit. (Adult 6.00, Adolescent and Geriatric 7.00, </w:t>
       </w:r>
       <w:r w:rsidR="002F7003">
         <w:t xml:space="preserve">Child/Adolescent 7.50, </w:t>
       </w:r>
       <w:r w:rsidRPr="00266CB3">
-        <w:t>Child 8.00, ID/ASD 8.00). A registered nurse must be on duty at all times, with sufficient additional staff to provide care and treatment as well as emergency response.</w:t>
-[...12 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">Child 8.00, ID/ASD 8.00). A registered nurse must </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00266CB3">
+        <w:t>be on duty at all times</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00266CB3">
+        <w:t>, with sufficient additional staff to provide care and treatment as well as emergency response.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51028E06" w14:textId="77777777" w:rsidR="006C6245" w:rsidRPr="00266CB3" w:rsidRDefault="006C6245" w:rsidP="006C6245">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="37"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266CB3">
-        <w:rPr>
-[...71 lines deleted...]
-      </w:pPr>
+        <w:t>Please submit a listing of all staff by name, degree/credentials, title, FTE, date of hire, license number and expiration date (as appropriate), annual de-escalation training expiration date (including all physicians), and CPR training expiration date for all staff as required. Use format below:</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="7981" w:type="dxa"/>
+        <w:tblW w:w="8016" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="680"/>
         <w:gridCol w:w="1070"/>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="581"/>
         <w:gridCol w:w="781"/>
         <w:gridCol w:w="870"/>
         <w:gridCol w:w="1061"/>
         <w:gridCol w:w="1061"/>
         <w:gridCol w:w="1061"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003707CD" w:rsidRPr="00973305" w14:paraId="1A3BE10F" w14:textId="77777777" w:rsidTr="00BB7B6E">
+      <w:tr w:rsidR="006C6245" w:rsidRPr="00973305" w14:paraId="1811C838" w14:textId="77777777" w:rsidTr="006C6245">
         <w:trPr>
           <w:trHeight w:val="693"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="619" w:type="dxa"/>
+            <w:tcW w:w="680" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
-          <w:p w14:paraId="2075F6D9" w14:textId="77777777" w:rsidR="00336562" w:rsidRPr="00973305" w:rsidRDefault="00336562" w:rsidP="00D54E66">
+          <w:p w14:paraId="686C9A9C" w14:textId="77777777" w:rsidR="006C6245" w:rsidRPr="00973305" w:rsidRDefault="006C6245" w:rsidP="00EC4F13">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00973305">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1070" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
-          <w:p w14:paraId="688BB075" w14:textId="77777777" w:rsidR="00DC7D15" w:rsidRDefault="00336562" w:rsidP="00D54E66">
+          <w:p w14:paraId="29743534" w14:textId="77777777" w:rsidR="006C6245" w:rsidRDefault="006C6245" w:rsidP="00EC4F13">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00973305">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Degree</w:t>
             </w:r>
-            <w:r w:rsidR="00DC7D15">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51FD593C" w14:textId="77777777" w:rsidR="00336562" w:rsidRPr="00973305" w:rsidRDefault="00DC7D15" w:rsidP="00D54E66">
+          <w:p w14:paraId="6A29E042" w14:textId="77777777" w:rsidR="006C6245" w:rsidRPr="00973305" w:rsidRDefault="006C6245" w:rsidP="00EC4F13">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>credentials</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
-          <w:p w14:paraId="7F553FBD" w14:textId="77777777" w:rsidR="00336562" w:rsidRPr="00973305" w:rsidRDefault="00336562" w:rsidP="00D54E66">
+          <w:p w14:paraId="638D320B" w14:textId="77777777" w:rsidR="006C6245" w:rsidRPr="00973305" w:rsidRDefault="006C6245" w:rsidP="00EC4F13">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00973305">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Job Position</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
-          <w:p w14:paraId="047B39EA" w14:textId="77777777" w:rsidR="00336562" w:rsidRPr="00973305" w:rsidRDefault="00336562" w:rsidP="00C876A8">
+          <w:p w14:paraId="3AC5C9AE" w14:textId="77777777" w:rsidR="006C6245" w:rsidRPr="00973305" w:rsidRDefault="006C6245" w:rsidP="00EC4F13">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00973305">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">FTE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
-          <w:p w14:paraId="06696A0D" w14:textId="77777777" w:rsidR="00336562" w:rsidRPr="00973305" w:rsidRDefault="00336562" w:rsidP="00D54E66">
+          <w:p w14:paraId="50D6F173" w14:textId="77777777" w:rsidR="006C6245" w:rsidRPr="00973305" w:rsidRDefault="006C6245" w:rsidP="00EC4F13">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Date of Hire</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
-          <w:p w14:paraId="1516365D" w14:textId="77777777" w:rsidR="00336562" w:rsidRPr="00973305" w:rsidRDefault="00336562" w:rsidP="00D54E66">
+          <w:p w14:paraId="60F9AF6D" w14:textId="77777777" w:rsidR="006C6245" w:rsidRPr="00973305" w:rsidRDefault="006C6245" w:rsidP="00EC4F13">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00973305">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>License</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="103045C3" w14:textId="77777777" w:rsidR="00336562" w:rsidRPr="00973305" w:rsidRDefault="00336562" w:rsidP="00D54E66">
+          <w:p w14:paraId="65CBE2F4" w14:textId="77777777" w:rsidR="006C6245" w:rsidRPr="00973305" w:rsidRDefault="006C6245" w:rsidP="00EC4F13">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00973305">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
-          <w:p w14:paraId="26F0F141" w14:textId="77777777" w:rsidR="00336562" w:rsidRPr="00973305" w:rsidRDefault="00336562" w:rsidP="00D54E66">
+          <w:p w14:paraId="59CE9C3B" w14:textId="77777777" w:rsidR="006C6245" w:rsidRPr="00973305" w:rsidRDefault="006C6245" w:rsidP="00EC4F13">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00973305">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">License </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="046412EC" w14:textId="77777777" w:rsidR="00336562" w:rsidRPr="00973305" w:rsidRDefault="00336562" w:rsidP="00D54E66">
+          <w:p w14:paraId="664C6B5B" w14:textId="77777777" w:rsidR="006C6245" w:rsidRPr="00973305" w:rsidRDefault="006C6245" w:rsidP="00EC4F13">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00973305">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Expiration Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
-          <w:p w14:paraId="0E36A614" w14:textId="77777777" w:rsidR="00336562" w:rsidRPr="00973305" w:rsidRDefault="00336562" w:rsidP="00D54E66">
+          <w:p w14:paraId="1CBF7FCA" w14:textId="77777777" w:rsidR="006C6245" w:rsidRPr="00973305" w:rsidRDefault="006C6245" w:rsidP="00EC4F13">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00973305">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">De-Escalation Training Expiration </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(1 yr.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:tcW w:w="1061" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
-          <w:p w14:paraId="618E0589" w14:textId="77777777" w:rsidR="00336562" w:rsidRPr="00973305" w:rsidRDefault="00336562" w:rsidP="00D54E66">
+          <w:p w14:paraId="79963A47" w14:textId="77777777" w:rsidR="006C6245" w:rsidRPr="00973305" w:rsidRDefault="006C6245" w:rsidP="00EC4F13">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00973305">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>CPR</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2077426C" w14:textId="77777777" w:rsidR="00336562" w:rsidRPr="00973305" w:rsidRDefault="00336562" w:rsidP="00F90F64">
+          <w:p w14:paraId="1346A417" w14:textId="77777777" w:rsidR="006C6245" w:rsidRPr="00973305" w:rsidRDefault="006C6245" w:rsidP="00EC4F13">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Training Expiration</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003707CD" w:rsidRPr="00973305" w14:paraId="55F3717E" w14:textId="77777777" w:rsidTr="00BB7B6E">
+      <w:tr w:rsidR="006C6245" w:rsidRPr="00973305" w14:paraId="60F8F7AB" w14:textId="77777777" w:rsidTr="006C6245">
         <w:trPr>
           <w:trHeight w:val="237"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="619" w:type="dxa"/>
+            <w:tcW w:w="680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0635BC4B" w14:textId="77777777" w:rsidR="00336562" w:rsidRPr="00973305" w:rsidRDefault="00336562" w:rsidP="00D54E66">
+          <w:p w14:paraId="7D3AD937" w14:textId="77777777" w:rsidR="006C6245" w:rsidRPr="00973305" w:rsidRDefault="006C6245" w:rsidP="00EC4F13">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00973305">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Mary Smith</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5685336E" w14:textId="77777777" w:rsidR="00336562" w:rsidRPr="00973305" w:rsidRDefault="00336562" w:rsidP="00D54E66">
+          <w:p w14:paraId="55AC211E" w14:textId="77777777" w:rsidR="006C6245" w:rsidRPr="00973305" w:rsidRDefault="006C6245" w:rsidP="00EC4F13">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00973305">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>M.D.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F12E6EA" w14:textId="77777777" w:rsidR="00336562" w:rsidRPr="00973305" w:rsidRDefault="00336562" w:rsidP="00D54E66">
+          <w:p w14:paraId="477F6BC4" w14:textId="77777777" w:rsidR="006C6245" w:rsidRPr="00973305" w:rsidRDefault="006C6245" w:rsidP="00EC4F13">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00973305">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Medical Director</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="233184B0" w14:textId="77777777" w:rsidR="00336562" w:rsidRPr="00973305" w:rsidRDefault="00336562" w:rsidP="00D54E66">
+          <w:p w14:paraId="7E561F4F" w14:textId="77777777" w:rsidR="006C6245" w:rsidRPr="00973305" w:rsidRDefault="006C6245" w:rsidP="00EC4F13">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00973305">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>.75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3DBC1A12" w14:textId="77777777" w:rsidR="00336562" w:rsidRPr="00973305" w:rsidRDefault="00336562" w:rsidP="00D54E66">
+          <w:p w14:paraId="48FC0320" w14:textId="77777777" w:rsidR="006C6245" w:rsidRPr="00973305" w:rsidRDefault="006C6245" w:rsidP="00EC4F13">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>10/1/12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7440FEFA" w14:textId="77777777" w:rsidR="00336562" w:rsidRPr="00973305" w:rsidRDefault="00336562" w:rsidP="00D54E66">
+          <w:p w14:paraId="0710ABFC" w14:textId="77777777" w:rsidR="006C6245" w:rsidRPr="00973305" w:rsidRDefault="006C6245" w:rsidP="00EC4F13">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00973305">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>#02456</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C829FDF" w14:textId="77777777" w:rsidR="00336562" w:rsidRPr="00973305" w:rsidRDefault="00336562" w:rsidP="00D54E66">
+          <w:p w14:paraId="25A28F5B" w14:textId="77777777" w:rsidR="006C6245" w:rsidRPr="00973305" w:rsidRDefault="006C6245" w:rsidP="00EC4F13">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>10/4/18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3A3C334F" w14:textId="77777777" w:rsidR="00336562" w:rsidRPr="00973305" w:rsidRDefault="00336562" w:rsidP="00D54E66">
+          <w:p w14:paraId="6862615C" w14:textId="77777777" w:rsidR="006C6245" w:rsidRPr="00973305" w:rsidRDefault="006C6245" w:rsidP="00EC4F13">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1/1/18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:tcW w:w="1061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="32893CEF" w14:textId="77777777" w:rsidR="00336562" w:rsidRPr="00973305" w:rsidRDefault="00336562" w:rsidP="00D54E66">
+          <w:p w14:paraId="213DF551" w14:textId="77777777" w:rsidR="006C6245" w:rsidRPr="00973305" w:rsidRDefault="006C6245" w:rsidP="00EC4F13">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>12/31/18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003707CD" w:rsidRPr="00973305" w14:paraId="213B5724" w14:textId="77777777" w:rsidTr="00BB7B6E">
+      <w:tr w:rsidR="006C6245" w:rsidRPr="00973305" w14:paraId="00A60AB6" w14:textId="77777777" w:rsidTr="006C6245">
         <w:trPr>
           <w:trHeight w:val="237"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="619" w:type="dxa"/>
+            <w:tcW w:w="680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7755D25A" w14:textId="77777777" w:rsidR="00336562" w:rsidRPr="00973305" w:rsidRDefault="00336562" w:rsidP="00D54E66">
+          <w:p w14:paraId="4A4253C1" w14:textId="77777777" w:rsidR="006C6245" w:rsidRPr="00973305" w:rsidRDefault="006C6245" w:rsidP="00EC4F13">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00973305">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>John Doe</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3273AFE5" w14:textId="77777777" w:rsidR="00336562" w:rsidRPr="00336562" w:rsidRDefault="00336562" w:rsidP="00D54E66">
+          <w:p w14:paraId="6D93FDE2" w14:textId="77777777" w:rsidR="006C6245" w:rsidRPr="00336562" w:rsidRDefault="006C6245" w:rsidP="00EC4F13">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00336562">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>RN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B2FBEEF" w14:textId="77777777" w:rsidR="00336562" w:rsidRPr="00336562" w:rsidRDefault="00336562" w:rsidP="00D54E66">
+          <w:p w14:paraId="617FC115" w14:textId="77777777" w:rsidR="006C6245" w:rsidRPr="00336562" w:rsidRDefault="006C6245" w:rsidP="00EC4F13">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00336562">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Charge Nurse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="11BC8908" w14:textId="77777777" w:rsidR="00336562" w:rsidRPr="00336562" w:rsidRDefault="00336562" w:rsidP="00D54E66">
+          <w:p w14:paraId="7D1F37BD" w14:textId="77777777" w:rsidR="006C6245" w:rsidRPr="00336562" w:rsidRDefault="006C6245" w:rsidP="00EC4F13">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00336562">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="08E19FD9" w14:textId="77777777" w:rsidR="00336562" w:rsidRPr="00336562" w:rsidRDefault="00336562" w:rsidP="00D54E66">
+          <w:p w14:paraId="31AA4A31" w14:textId="77777777" w:rsidR="006C6245" w:rsidRPr="00336562" w:rsidRDefault="006C6245" w:rsidP="00EC4F13">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00336562">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>2/14/16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="52BDF430" w14:textId="77777777" w:rsidR="00336562" w:rsidRPr="00973305" w:rsidRDefault="00336562" w:rsidP="00D54E66">
+          <w:p w14:paraId="6CED0F71" w14:textId="77777777" w:rsidR="006C6245" w:rsidRPr="00973305" w:rsidRDefault="006C6245" w:rsidP="00EC4F13">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00973305">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>#9521</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5C4DC3A8" w14:textId="77777777" w:rsidR="00336562" w:rsidRPr="00973305" w:rsidRDefault="00336562" w:rsidP="00D54E66">
+          <w:p w14:paraId="5D76537E" w14:textId="77777777" w:rsidR="006C6245" w:rsidRPr="00973305" w:rsidRDefault="006C6245" w:rsidP="00EC4F13">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>11/25/18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E57E54A" w14:textId="77777777" w:rsidR="00336562" w:rsidRPr="00973305" w:rsidRDefault="00336562" w:rsidP="00D54E66">
+          <w:p w14:paraId="1F6DE2EA" w14:textId="77777777" w:rsidR="006C6245" w:rsidRPr="00973305" w:rsidRDefault="006C6245" w:rsidP="00EC4F13">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>4/5/18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:tcW w:w="1061" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D0418E0" w14:textId="77777777" w:rsidR="00336562" w:rsidRPr="00973305" w:rsidRDefault="00336562" w:rsidP="00D54E66">
+          <w:p w14:paraId="55A6F230" w14:textId="77777777" w:rsidR="006C6245" w:rsidRPr="00973305" w:rsidRDefault="006C6245" w:rsidP="00EC4F13">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1/20/19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7C8ACD07" w14:textId="77777777" w:rsidR="00710A1B" w:rsidRDefault="00710A1B" w:rsidP="00710A1B">
-[...1 lines deleted...]
-        <w:ind w:left="420"/>
+    <w:p w14:paraId="1E2259C4" w14:textId="77777777" w:rsidR="00336562" w:rsidRPr="002F7003" w:rsidRDefault="00336562">
+      <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73E87449" w14:textId="77777777" w:rsidR="008C261C" w:rsidRPr="00355C78" w:rsidRDefault="008C261C" w:rsidP="001A2A02">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Nursing</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37C20058" w14:textId="77777777" w:rsidR="00F90F64" w:rsidRDefault="00F90F64" w:rsidP="00F90F64">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="37C20058" w14:textId="30A3E466" w:rsidR="00F90F64" w:rsidRDefault="00F90F64" w:rsidP="000E0DA5">
+      <w:pPr>
+        <w:ind w:left="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Please describe the </w:t>
       </w:r>
       <w:r w:rsidR="00EA0AA6">
         <w:t xml:space="preserve">nursing leadership </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">structure (describe all roles and duties, including that of the nursing supervisor for each shift, as applicable).  </w:t>
-[...22 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>structure</w:t>
+      </w:r>
+      <w:r w:rsidR="00135256">
+        <w:t>. D</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">escribe all roles and duties, including </w:t>
+      </w:r>
+      <w:r w:rsidR="000E0DA5">
+        <w:t>those</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> of the nursing supervisor </w:t>
+      </w:r>
+      <w:r w:rsidR="00135256">
+        <w:t xml:space="preserve">and nurse managers </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">for each shift, as applicable.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EBCC4BD" w14:textId="77777777" w:rsidR="00A557EB" w:rsidRDefault="00A557EB" w:rsidP="00FE53EC">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AD45DF4" w14:textId="77777777" w:rsidR="008C261C" w:rsidRPr="00266CB3" w:rsidRDefault="00CF20E0" w:rsidP="001A2A02">
+    <w:p w14:paraId="3AD45DF4" w14:textId="500DEEB1" w:rsidR="008C261C" w:rsidRPr="00266CB3" w:rsidRDefault="00CF20E0" w:rsidP="001A2A02">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266CB3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Nurse Leader</w:t>
       </w:r>
-      <w:r w:rsidR="00DA031B" w:rsidRPr="00266CB3">
-[...6 lines deleted...]
-    <w:p w14:paraId="00252493" w14:textId="1049F358" w:rsidR="0049296B" w:rsidRDefault="008C261C" w:rsidP="00BB7B6E">
+      <w:r w:rsidR="000E0DA5">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - (104 CMR 27.03(11)(b)(3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00252493" w14:textId="78AD61F0" w:rsidR="0049296B" w:rsidRDefault="008C261C" w:rsidP="00BB7B6E">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00266CB3">
         <w:t>If</w:t>
       </w:r>
       <w:r w:rsidR="002173FB" w:rsidRPr="00266CB3">
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="00CF20E0" w:rsidRPr="00266CB3">
         <w:t>Nurse Leader</w:t>
       </w:r>
       <w:r w:rsidR="002173FB" w:rsidRPr="00266CB3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002173FB" w:rsidRPr="00266CB3">
-[...8 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00266CB3">
-        <w:t xml:space="preserve"> does not hold a</w:t>
+        <w:t>does not hold a</w:t>
       </w:r>
       <w:r w:rsidR="00CF20E0" w:rsidRPr="00266CB3">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00266CB3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002C4339" w:rsidRPr="00266CB3">
         <w:t>advanced degree in psychiatric nursing</w:t>
       </w:r>
       <w:r w:rsidRPr="00266CB3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CF20E0" w:rsidRPr="00266CB3">
         <w:t>or an advanced degree in nursing and at least five years of experience in psychiatric nursing leadership</w:t>
       </w:r>
       <w:r w:rsidR="00E41B7C" w:rsidRPr="00266CB3">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00266CB3">
         <w:t xml:space="preserve">a consultant with that degree needs to </w:t>
       </w:r>
       <w:r w:rsidR="00365EA2" w:rsidRPr="00266CB3">
         <w:t xml:space="preserve">provide supervision to the nurse leader and coordinate and </w:t>
       </w:r>
@@ -8622,151 +7303,203 @@
       </w:r>
       <w:r w:rsidR="00DA031B" w:rsidRPr="00266CB3">
         <w:t xml:space="preserve">Nurse </w:t>
       </w:r>
       <w:r w:rsidR="00365EA2" w:rsidRPr="00266CB3">
         <w:t xml:space="preserve">Leader </w:t>
       </w:r>
       <w:r w:rsidRPr="00266CB3">
         <w:t xml:space="preserve">and the frequency of contact. </w:t>
       </w:r>
       <w:r w:rsidR="006A68F7" w:rsidRPr="00266CB3">
         <w:t>(Minimum</w:t>
       </w:r>
       <w:r w:rsidR="002173FB" w:rsidRPr="00266CB3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006A68F7" w:rsidRPr="00266CB3">
         <w:t>of monthly, documented meetings</w:t>
       </w:r>
       <w:r w:rsidR="002173FB" w:rsidRPr="00266CB3">
         <w:t xml:space="preserve"> is required</w:t>
       </w:r>
       <w:r w:rsidR="006A68F7" w:rsidRPr="00266CB3">
         <w:t>.)</w:t>
       </w:r>
-      <w:r w:rsidR="0049296B">
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w14:paraId="79796BF2" w14:textId="77777777" w:rsidR="004409D7" w:rsidRDefault="004409D7" w:rsidP="00BB7B6E">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent3"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="2BF8C118" w14:textId="77777777" w:rsidR="005942CA" w:rsidRPr="00266CB3" w:rsidRDefault="005942CA" w:rsidP="001A2A02">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266CB3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Program of Orientation and Continuing Education </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01147736" w14:textId="77777777" w:rsidR="00FE4254" w:rsidRPr="00266CB3" w:rsidRDefault="005942CA" w:rsidP="00914590">
+    <w:p w14:paraId="01147736" w14:textId="568DD562" w:rsidR="00FE4254" w:rsidRPr="00266CB3" w:rsidRDefault="00E846A7" w:rsidP="00914590">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00266CB3">
-        <w:t>Describe the program of orientation and, continuing education and demonstration of competencies for all personnel, who provide care and treatment to patients.</w:t>
+        <w:t>DMH Licensing Bulletin 1</w:t>
+      </w:r>
+      <w:r>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266CB3">
+        <w:t>-01</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Bulletins | Mass.gov</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266CB3">
+        <w:t xml:space="preserve"> details </w:t>
+      </w:r>
+      <w:r>
+        <w:t>services and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266CB3">
+        <w:t xml:space="preserve"> clinical competencies</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266CB3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005942CA" w:rsidRPr="00266CB3">
+        <w:t xml:space="preserve">Describe the program of orientation and, continuing education and </w:t>
+      </w:r>
+      <w:r w:rsidR="005942CA" w:rsidRPr="00266CB3">
+        <w:lastRenderedPageBreak/>
+        <w:t>demonstration of competencies for all personnel, who provide care and treatment to patients.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="092E0B0B" w14:textId="77777777" w:rsidR="00E83A11" w:rsidRPr="00266CB3" w:rsidRDefault="00E83A11" w:rsidP="00FE53EC">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00266CB3">
         <w:t>Describe the methods by which nursing and other clinical personnel are adequately prepared by education, training and experience to provide care and treatment for persons with mental illness</w:t>
       </w:r>
       <w:r w:rsidR="00336562" w:rsidRPr="00266CB3">
         <w:t>.  Please include length of Orientation by discipline.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="466A4FDB" w14:textId="77777777" w:rsidR="008C261C" w:rsidRPr="00266CB3" w:rsidRDefault="008C261C"/>
     <w:p w14:paraId="77866600" w14:textId="77777777" w:rsidR="008C261C" w:rsidRPr="00266CB3" w:rsidRDefault="008C261C" w:rsidP="001A2A02">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00266CB3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Treatment Planning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A0403A2" w14:textId="77777777" w:rsidR="002C4339" w:rsidRPr="00266CB3" w:rsidRDefault="008C261C" w:rsidP="00914590">
+    <w:p w14:paraId="7A0403A2" w14:textId="69C511BF" w:rsidR="002C4339" w:rsidRPr="00266CB3" w:rsidRDefault="004D69F1" w:rsidP="00914590">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00266CB3">
-        <w:t xml:space="preserve">Identify the frequency of </w:t>
+      <w:r>
+        <w:t>Please submit the treatment plan policy that i</w:t>
+      </w:r>
+      <w:r w:rsidR="008C261C" w:rsidRPr="00266CB3">
+        <w:t>dentif</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ies</w:t>
+      </w:r>
+      <w:r w:rsidR="008C261C" w:rsidRPr="00266CB3">
+        <w:t xml:space="preserve"> the frequency of </w:t>
       </w:r>
       <w:r w:rsidR="002173FB" w:rsidRPr="00266CB3">
         <w:t xml:space="preserve">treatment </w:t>
       </w:r>
-      <w:r w:rsidRPr="00266CB3">
+      <w:r w:rsidR="008C261C" w:rsidRPr="00266CB3">
         <w:t>team meetings, expected participants, timeframe</w:t>
       </w:r>
       <w:r w:rsidR="006A68F7" w:rsidRPr="00266CB3">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="000704F3" w:rsidRPr="00266CB3">
         <w:t>, a</w:t>
       </w:r>
       <w:r w:rsidR="006A68F7" w:rsidRPr="00266CB3">
         <w:t>nd t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00266CB3">
+      <w:r w:rsidR="008C261C" w:rsidRPr="00266CB3">
         <w:t xml:space="preserve">he patient </w:t>
       </w:r>
       <w:r w:rsidR="002173FB" w:rsidRPr="00266CB3">
         <w:t xml:space="preserve">and/or family </w:t>
       </w:r>
       <w:r w:rsidR="006A68F7" w:rsidRPr="00266CB3">
         <w:t xml:space="preserve">participation </w:t>
       </w:r>
-      <w:r w:rsidRPr="00266CB3">
+      <w:r w:rsidR="008C261C" w:rsidRPr="00266CB3">
         <w:t>in the treatment planning process.</w:t>
       </w:r>
       <w:r w:rsidR="009E00E8" w:rsidRPr="00266CB3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="070C64F3" w14:textId="77777777" w:rsidR="00571A82" w:rsidRPr="00266CB3" w:rsidRDefault="00571A82" w:rsidP="0058124E"/>
     <w:p w14:paraId="018984F0" w14:textId="77777777" w:rsidR="008C261C" w:rsidRPr="00266CB3" w:rsidRDefault="008C261C" w:rsidP="001A2A02">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00266CB3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Medical Coverage</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13BDA9AE" w14:textId="77777777" w:rsidR="008C261C" w:rsidRPr="00266CB3" w:rsidRDefault="008C261C" w:rsidP="00914590">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00266CB3">
         <w:t xml:space="preserve">Describe the </w:t>
       </w:r>
       <w:r w:rsidR="00EA0AA6" w:rsidRPr="00266CB3">
         <w:t>m</w:t>
       </w:r>
@@ -8972,106 +7705,122 @@
       </w:r>
       <w:r w:rsidR="007C2CC6" w:rsidRPr="00266CB3">
         <w:t>Leadership towards Organizational Change</w:t>
       </w:r>
       <w:r w:rsidR="005E3650" w:rsidRPr="00266CB3">
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidR="007C2CC6" w:rsidRPr="00266CB3">
         <w:t>Using Data to Inform</w:t>
       </w:r>
       <w:r w:rsidR="002173FB" w:rsidRPr="00266CB3">
         <w:t xml:space="preserve"> Practice</w:t>
       </w:r>
       <w:r w:rsidR="007C2CC6" w:rsidRPr="00266CB3">
         <w:t xml:space="preserve">; Workforce Development; Use of R/S Reduction Tools; Consumer Roles in Inpatient Settings; Debriefing Techniques.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A1667B4" w14:textId="77777777" w:rsidR="008C261C" w:rsidRPr="00291767" w:rsidRDefault="008C261C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7895544B" w14:textId="77777777" w:rsidR="008C261C" w:rsidRPr="00266CB3" w:rsidRDefault="008C261C" w:rsidP="001A2A02">
+    <w:p w14:paraId="7895544B" w14:textId="77777777" w:rsidR="008C261C" w:rsidRPr="00AD37DD" w:rsidRDefault="008C261C" w:rsidP="001A2A02">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00266CB3">
         <w:t>Please list all res</w:t>
       </w:r>
       <w:r w:rsidR="005E3650" w:rsidRPr="00266CB3">
         <w:t>tr</w:t>
       </w:r>
       <w:r w:rsidR="006A68F7" w:rsidRPr="00266CB3">
         <w:t>aint devices/equipment used (</w:t>
       </w:r>
       <w:r w:rsidR="00D13D3F" w:rsidRPr="00266CB3">
         <w:t>e.g.</w:t>
       </w:r>
       <w:r w:rsidR="005E3650" w:rsidRPr="00266CB3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00266CB3">
         <w:t>restraints up to 5 points</w:t>
       </w:r>
       <w:r w:rsidR="00BD3AC9" w:rsidRPr="00266CB3">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="002173FB" w:rsidRPr="00266CB3">
         <w:t>restraint chair, restraint transport devices</w:t>
       </w:r>
       <w:r w:rsidRPr="00266CB3">
         <w:t>, mitts, etc.</w:t>
       </w:r>
       <w:r w:rsidR="006A68F7" w:rsidRPr="00266CB3">
-        <w:t>). Note that locking restraint devices may not be used.</w:t>
-      </w:r>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r w:rsidR="006A68F7" w:rsidRPr="00AD37DD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Note that locking restraint devices may not be used.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40602010" w14:textId="77777777" w:rsidR="00AD37DD" w:rsidRPr="00AD37DD" w:rsidRDefault="00AD37DD" w:rsidP="00AD37DD">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="13CFB8FC" w14:textId="77777777" w:rsidR="005E3650" w:rsidRPr="00266CB3" w:rsidRDefault="00052B0E" w:rsidP="005E3650">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00052B0E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text19"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="Text19"/>
+      <w:bookmarkStart w:id="12" w:name="Text19"/>
       <w:r w:rsidRPr="00052B0E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00052B0E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00052B0E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00052B0E">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00052B0E">
@@ -9086,71 +7835,71 @@
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00052B0E">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00052B0E">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00052B0E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00052B0E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text20"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="16" w:name="Text20"/>
+      <w:bookmarkStart w:id="13" w:name="Text20"/>
       <w:r w:rsidRPr="00052B0E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00052B0E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00052B0E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00052B0E">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00052B0E">
@@ -9165,75 +7914,75 @@
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00052B0E">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00052B0E">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00052B0E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="22F85937" w14:textId="77777777" w:rsidR="005E3650" w:rsidRPr="00266CB3" w:rsidRDefault="005E3650" w:rsidP="005E3650">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C835944" w14:textId="77777777" w:rsidR="005E3650" w:rsidRPr="00266CB3" w:rsidRDefault="00052B0E" w:rsidP="00266CB3">
       <w:pPr>
         <w:ind w:firstLine="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00052B0E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="Text21"/>
+      <w:bookmarkStart w:id="14" w:name="Text21"/>
       <w:r w:rsidRPr="00052B0E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00052B0E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00052B0E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00052B0E">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00052B0E">
@@ -9248,71 +7997,71 @@
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00052B0E">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00052B0E">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00052B0E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00052B0E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text22"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="Text22"/>
+      <w:bookmarkStart w:id="15" w:name="Text22"/>
       <w:r w:rsidRPr="00052B0E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00052B0E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00052B0E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00052B0E">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00052B0E">
@@ -9327,51 +8076,51 @@
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00052B0E">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00052B0E">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00052B0E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="460447B7" w14:textId="77777777" w:rsidR="008C261C" w:rsidRPr="00291767" w:rsidRDefault="008C261C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D40124C" w14:textId="77777777" w:rsidR="008C261C" w:rsidRPr="00266CB3" w:rsidRDefault="008C261C" w:rsidP="001A2A02">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266CB3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Interpreter Law</w:t>
       </w:r>
@@ -9483,118 +8232,126 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00266CB3">
         <w:t>a copy of the program complaint policy and process</w:t>
       </w:r>
       <w:r w:rsidR="002D6CA3" w:rsidRPr="00266CB3">
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CCF1B43" w14:textId="77777777" w:rsidR="004F7DBA" w:rsidRPr="00266CB3" w:rsidRDefault="008C261C" w:rsidP="00E844E1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00266CB3">
         <w:t>a current Patient Handbook</w:t>
       </w:r>
       <w:r w:rsidR="002D6CA3" w:rsidRPr="00266CB3">
         <w:t xml:space="preserve">; and </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7055AF21" w14:textId="4D7C1256" w:rsidR="0049296B" w:rsidRDefault="006A68F7" w:rsidP="00266CB3">
+    <w:p w14:paraId="7055AF21" w14:textId="422F231E" w:rsidR="0049296B" w:rsidRDefault="006A68F7" w:rsidP="00266CB3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00266CB3">
         <w:t>Outdoor Access</w:t>
       </w:r>
       <w:r w:rsidR="00291767">
         <w:t xml:space="preserve"> Policy that is compliant with</w:t>
       </w:r>
       <w:r w:rsidR="004F7DBA" w:rsidRPr="00266CB3">
         <w:t xml:space="preserve"> 104 CMR 27.13(</w:t>
       </w:r>
       <w:r w:rsidR="002C4339" w:rsidRPr="00266CB3">
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="004F7DBA" w:rsidRPr="00266CB3">
         <w:t>)(f)</w:t>
       </w:r>
       <w:r w:rsidR="002C4339" w:rsidRPr="00266CB3">
         <w:t>, please include plan</w:t>
       </w:r>
       <w:r w:rsidR="00291767">
         <w:t xml:space="preserve"> if secure outdoor space is not available yet</w:t>
       </w:r>
       <w:r w:rsidR="002C4339" w:rsidRPr="00266CB3">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="0049296B">
-[...3 lines deleted...]
-    <w:p w14:paraId="222C845E" w14:textId="77777777" w:rsidR="008C261C" w:rsidRDefault="008C261C" w:rsidP="001A2A02">
+    </w:p>
+    <w:p w14:paraId="6329254C" w14:textId="77777777" w:rsidR="004409D7" w:rsidRDefault="004409D7" w:rsidP="004409D7">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="222C845E" w14:textId="5C54EEDB" w:rsidR="008C261C" w:rsidRDefault="008C261C" w:rsidP="001A2A02">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Requirements for Class V Licensees</w:t>
+        <w:t>Requirements for Class V License</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20DEDBE6" w14:textId="77777777" w:rsidR="008C261C" w:rsidRPr="00FE53EC" w:rsidRDefault="008C261C" w:rsidP="00E844E1">
+    <w:p w14:paraId="20DEDBE6" w14:textId="5BAFEE70" w:rsidR="008C261C" w:rsidRPr="00FE53EC" w:rsidRDefault="008C261C" w:rsidP="00E844E1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00562391">
         <w:t>Attach a copy of th</w:t>
       </w:r>
       <w:r w:rsidR="0058124E" w:rsidRPr="000E161E">
         <w:t xml:space="preserve">e formal designation issued by </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE53EC">
-        <w:t>DMH and the CV of each physician and /or psychologist appointed pursuant to 104 CMR 33.0</w:t>
+        <w:t xml:space="preserve">DMH and the CV of each </w:t>
+      </w:r>
+      <w:r w:rsidR="004D69F1">
+        <w:t>provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE53EC">
+        <w:t xml:space="preserve"> and /or psychologist appointed pursuant to 104 CMR 33.0</w:t>
       </w:r>
       <w:r w:rsidR="002C4339" w:rsidRPr="00FE53EC">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE53EC">
         <w:t>(2) or 104 CMR 33.0</w:t>
       </w:r>
       <w:r w:rsidR="002C4339" w:rsidRPr="00FE53EC">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE53EC">
         <w:t>(3).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20A6C08D" w14:textId="77777777" w:rsidR="008C261C" w:rsidRDefault="008C261C" w:rsidP="00E844E1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Describe special security measures taken (both physical plant and staffing as applicable) to ensure the safe operation of this service</w:t>
       </w:r>
     </w:p>
@@ -9602,65 +8359,66 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Describe any restrictions in admission policy for forensic patients, if applicable.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DFA81A4" w14:textId="77777777" w:rsidR="002C4339" w:rsidRDefault="008C261C" w:rsidP="00E844E1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Identify the unit/s to which foren</w:t>
       </w:r>
       <w:r w:rsidR="001B56FA">
         <w:t>sic patients are admitted</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E4C5F67" w14:textId="77777777" w:rsidR="00FE53EC" w:rsidRDefault="00FE53EC" w:rsidP="00FE53EC"/>
-    <w:p w14:paraId="22F49869" w14:textId="77777777" w:rsidR="008C261C" w:rsidRDefault="008C261C" w:rsidP="001A2A02">
+    <w:p w14:paraId="07B906B3" w14:textId="77777777" w:rsidR="004409D7" w:rsidRDefault="004409D7" w:rsidP="00FE53EC"/>
+    <w:p w14:paraId="22F49869" w14:textId="075B183B" w:rsidR="008C261C" w:rsidRDefault="008C261C" w:rsidP="001A2A02">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Requirements for Class VI and Limited Class VI Licensees:</w:t>
+        <w:t>Requirements for Class VI and Limited Class VI Licenses:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C87AB25" w14:textId="77777777" w:rsidR="0058124E" w:rsidRPr="004F7DBA" w:rsidRDefault="008C261C" w:rsidP="00E844E1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="004F7DBA">
         <w:t>Description of age appropriate programming and services</w:t>
       </w:r>
       <w:r w:rsidR="0058124E" w:rsidRPr="004F7DBA">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="000704F3">
         <w:t>e.</w:t>
       </w:r>
       <w:r w:rsidR="000704F3" w:rsidRPr="004F7DBA">
         <w:t>g.</w:t>
       </w:r>
       <w:r w:rsidR="0058124E" w:rsidRPr="004F7DBA">
         <w:t>, d</w:t>
       </w:r>
       <w:r w:rsidRPr="004F7DBA">
@@ -9711,51 +8469,51 @@
       </w:pPr>
       <w:r w:rsidRPr="004F7DBA">
         <w:t>Number of minors admitted under the Limited VI license since last survey</w:t>
       </w:r>
       <w:r w:rsidR="00E20D81">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00052B0E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A17A39" w:rsidRPr="00A17A39">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text23"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="19" w:name="Text23"/>
+      <w:bookmarkStart w:id="16" w:name="Text23"/>
       <w:r w:rsidR="00A17A39" w:rsidRPr="00A17A39">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00A17A39" w:rsidRPr="00A17A39">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00A17A39" w:rsidRPr="00A17A39">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00A17A39" w:rsidRPr="00A17A39">
         <w:rPr>
@@ -9788,69 +8546,69 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00A17A39" w:rsidRPr="00A17A39">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00A17A39" w:rsidRPr="00A17A39">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="16D7733D" w14:textId="77777777" w:rsidR="008C261C" w:rsidRDefault="008C261C">
       <w:r>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="626CAAD9" w14:textId="77777777" w:rsidR="008C261C" w:rsidRDefault="008C261C" w:rsidP="001A2A02">
+    <w:p w14:paraId="626CAAD9" w14:textId="1415D24F" w:rsidR="008C261C" w:rsidRDefault="008C261C" w:rsidP="001A2A02">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Requirements for Class VIII Licensees</w:t>
+        <w:t>Requirements for Class VIII License</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DE32FCE" w14:textId="6DFC3E5D" w:rsidR="008C261C" w:rsidRDefault="008C261C" w:rsidP="00E844E1">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Include written policies, procedures and staff training curriculum for the administration of electroconvulsive treatment for </w:t>
       </w:r>
       <w:r w:rsidR="009478BA">
         <w:t>physicians</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and nursing staff that describe pre and post practices. This should include a description of the informed consent process and a copy of forms currently used by the service.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FADDE09" w14:textId="0D32D482" w:rsidR="008C261C" w:rsidRDefault="008C261C" w:rsidP="00E844E1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
@@ -9917,51 +8675,51 @@
       </w:r>
       <w:r w:rsidR="004F7DBA">
         <w:t>urvey</w:t>
       </w:r>
       <w:r w:rsidR="00E20D81">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="004F7DBA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A17A39" w:rsidRPr="00A17A39">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text24"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="Text24"/>
+      <w:bookmarkStart w:id="17" w:name="Text24"/>
       <w:r w:rsidR="00A17A39" w:rsidRPr="00A17A39">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00A17A39" w:rsidRPr="00A17A39">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00A17A39" w:rsidRPr="00A17A39">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00A17A39" w:rsidRPr="00A17A39">
         <w:rPr>
@@ -9994,121 +8752,116 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00A17A39" w:rsidRPr="00A17A39">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00A17A39" w:rsidRPr="00A17A39">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:p w14:paraId="551E87EB" w14:textId="77777777" w:rsidR="002C4339" w:rsidRDefault="002C4339" w:rsidP="00E844E1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Please describe the space being utilized for ECT.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F511FA9" w14:textId="77777777" w:rsidR="008C261C" w:rsidRDefault="008C261C" w:rsidP="00FE53EC"/>
-    <w:p w14:paraId="36384F57" w14:textId="77777777" w:rsidR="00336562" w:rsidRDefault="00336562">
-[...3 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="36384F57" w14:textId="6042BBEB" w:rsidR="00336562" w:rsidRDefault="00336562"/>
     <w:p w14:paraId="2948983F" w14:textId="77777777" w:rsidR="008C261C" w:rsidRDefault="008C261C">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>As the duly authorized representative of</w:t>
       </w:r>
       <w:r w:rsidR="00705C91">
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="610561FB" w14:textId="77777777" w:rsidR="008C261C" w:rsidRDefault="008C261C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="268CC3C2" w14:textId="77777777" w:rsidR="007D7302" w:rsidRPr="00D808A5" w:rsidRDefault="007D7302">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="013EC0B2" w14:textId="77777777" w:rsidR="008C261C" w:rsidRDefault="00705C91">
       <w:r w:rsidRPr="00705C91">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text25"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="Text25"/>
+      <w:bookmarkStart w:id="18" w:name="Text25"/>
       <w:r w:rsidRPr="00705C91">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00705C91">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00705C91">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00705C91">
         <w:rPr>
@@ -10141,51 +8894,51 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00705C91">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00705C91">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
@@ -10788,50 +9541,51 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71C4861F" w14:textId="77777777" w:rsidR="008C261C" w:rsidRDefault="00705C91">
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Date: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-594782360"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00C4509C">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:b/>
               <w:bCs/>
               <w:u w:val="single"/>
             </w:rPr>
@@ -10890,246 +9644,261 @@
       <w:r w:rsidR="00705C91">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00705C91">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D808A5" w:rsidRPr="004E2103" w:rsidSect="0006206C">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6559F277" w14:textId="77777777" w:rsidR="006527E2" w:rsidRDefault="006527E2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="120F98CF" w14:textId="77777777" w:rsidR="006527E2" w:rsidRDefault="006527E2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Schoolbook">
-    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040604050505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="285DC4F1" w14:textId="77777777" w:rsidR="00112F08" w:rsidRDefault="000047D3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidR="00112F08">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00112F08">
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="00112F08">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="009C40B4">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00112F08">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3059082D" w14:textId="33557F63" w:rsidR="008861BA" w:rsidRPr="008861BA" w:rsidRDefault="00330EA2">
+  <w:p w14:paraId="3059082D" w14:textId="0AD814AD" w:rsidR="008861BA" w:rsidRPr="008861BA" w:rsidRDefault="00330EA2">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised  </w:t>
     </w:r>
-    <w:r w:rsidR="001A2A02">
+    <w:r w:rsidR="006C6245">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidR="00565E12">
+    <w:r w:rsidR="004D69F1">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>2/4/</w:t>
+      <w:t>/</w:t>
     </w:r>
-    <w:r w:rsidR="001A2A02">
+    <w:r w:rsidR="006C6245">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>2024</w:t>
+      <w:t>27</w:t>
+    </w:r>
+    <w:r w:rsidR="004D69F1">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>/202</w:t>
+    </w:r>
+    <w:r w:rsidR="006C6245">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3C8AC7AA" w14:textId="77777777" w:rsidR="006527E2" w:rsidRDefault="006527E2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1F968181" w14:textId="77777777" w:rsidR="006527E2" w:rsidRDefault="006527E2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00D80D9C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="FE64CE82"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="17"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading3"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03685F56"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4344EB5E"/>
@@ -12274,186 +11043,299 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="255E3393"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F768F92E"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="5ECE8F66"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1080"/>
+          <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0AE2C908">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1800"/>
+          <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="BA0291D4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2520"/>
+          <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
-        <w:ind w:left="2520" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="E6E6A716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3240"/>
+          <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="947CDBE4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3960"/>
+          <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="41969664" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="4680"/>
+          <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
-        <w:ind w:left="4680" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="E02EC4C8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5400"/>
+          <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="D8EEB700" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="6120"/>
+          <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2A9019D2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="6840"/>
+          <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
-        <w:ind w:left="6840" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25B961F3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="485C64F6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A925CE2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="913AC766"/>
+    <w:tmpl w:val="ABE03BB2"/>
     <w:lvl w:ilvl="0" w:tplc="029C8DAC">
       <w:start w:val="10"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019">
+    <w:lvl w:ilvl="1" w:tplc="0AE2C908">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
@@ -12476,51 +11358,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B784DD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5C6048AE"/>
     <w:lvl w:ilvl="0" w:tplc="4F4CA3B2">
       <w:start w:val="10"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="187"/>
         </w:tabs>
         <w:ind w:left="187" w:hanging="374"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="900" w:hanging="360"/>
@@ -12568,51 +11450,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4500" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5220" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5940" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C39189F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A2B44E44"/>
     <w:lvl w:ilvl="0" w:tplc="188284B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -12657,51 +11539,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="457F5B0C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E4DA1DC8"/>
     <w:lvl w:ilvl="0" w:tplc="950EC34C">
       <w:start w:val="17"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -12746,51 +11628,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4BE961BD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A7F02B56"/>
     <w:lvl w:ilvl="0" w:tplc="DE54E9C2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -12836,51 +11718,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D13081E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EBD01AF4"/>
     <w:lvl w:ilvl="0" w:tplc="02D8690A">
       <w:start w:val="12"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -12927,51 +11809,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5BC44457"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E82EE704"/>
     <w:lvl w:ilvl="0" w:tplc="C9822AEA">
       <w:start w:val="27"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -13016,51 +11898,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C7D03A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F48A1244"/>
     <w:lvl w:ilvl="0" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -13105,51 +11987,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60D75894"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F7202132"/>
     <w:lvl w:ilvl="0" w:tplc="188284B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -13194,51 +12076,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="658871A7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C4D01142"/>
     <w:lvl w:ilvl="0" w:tplc="188284B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -13283,51 +12165,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66547E04"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E88AA76"/>
     <w:lvl w:ilvl="0" w:tplc="B7F48C14">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -13369,51 +12251,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66E829F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="219817E8"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="24"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -13458,51 +12340,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="675F6298"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A325BC2"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="16"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -13547,51 +12429,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="676555FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6032C6C4"/>
     <w:lvl w:ilvl="0" w:tplc="2918EA70">
       <w:start w:val="18"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -13636,51 +12518,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B7F47AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9998FBB4"/>
     <w:lvl w:ilvl="0" w:tplc="C024A53C">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:strike w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -13726,51 +12608,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6FB550C1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="49E4FCF2"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -13812,51 +12694,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70511A99"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0D04ABFA"/>
     <w:lvl w:ilvl="0" w:tplc="188284B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -13901,51 +12783,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75AD405F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6DFA9984"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -13987,51 +12869,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7704338B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="71D43E74"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="23"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -14076,140 +12958,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="777D49E4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6D968CEE"/>
-[...6 lines deleted...]
-        <w:ind w:left="1080" w:hanging="360"/>
+    <w:tmpl w:val="0AA0EABA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78F93F35"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="06FA2472"/>
     <w:lvl w:ilvl="0" w:tplc="191240DE">
       <w:start w:val="26"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -14254,51 +13136,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A391D5C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F62C9482"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B891ABE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="70ACE356"/>
     <w:lvl w:ilvl="0" w:tplc="E990BC56">
       <w:start w:val="19"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -14350,530 +13345,572 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1556426045">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="679043459">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1565876598">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1211186503">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="470248659">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="2059933080">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1363171527">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1416437002">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="88888227">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1517303592">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1430389418">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="908618600">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="416294053">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="79301856">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1139612611">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1639144576">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1573658871">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1229801717">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1413745232">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="544606097">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="773356846">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="550770673">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="729693980">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="729693980">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="24" w16cid:durableId="1868132103">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1202473263">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1995719769">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="637608784">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="533465425">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1863282265">
-    <w:abstractNumId w:val="35"/>
+    <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="921524000">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="259410187">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="2013413741">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="410002794">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="777068802">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1548451380">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="878400909">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="124130870">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="1718355493">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="1227836761">
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="10"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="160"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008F69B5"/>
     <w:rsid w:val="000047D3"/>
+    <w:rsid w:val="00013686"/>
     <w:rsid w:val="00017C7B"/>
+    <w:rsid w:val="00017FA1"/>
     <w:rsid w:val="0003426E"/>
     <w:rsid w:val="00041517"/>
     <w:rsid w:val="00045E67"/>
     <w:rsid w:val="00052B0E"/>
     <w:rsid w:val="0006206C"/>
     <w:rsid w:val="00062510"/>
     <w:rsid w:val="00065DD8"/>
     <w:rsid w:val="00066771"/>
     <w:rsid w:val="000704F3"/>
+    <w:rsid w:val="00072767"/>
     <w:rsid w:val="00080474"/>
     <w:rsid w:val="00084010"/>
     <w:rsid w:val="000943E0"/>
     <w:rsid w:val="00095007"/>
     <w:rsid w:val="0009760F"/>
     <w:rsid w:val="000A02FE"/>
     <w:rsid w:val="000A1905"/>
     <w:rsid w:val="000A3A1D"/>
     <w:rsid w:val="000C205E"/>
     <w:rsid w:val="000C39D8"/>
     <w:rsid w:val="000D0C57"/>
     <w:rsid w:val="000D6D84"/>
     <w:rsid w:val="000D6F97"/>
+    <w:rsid w:val="000E0DA5"/>
     <w:rsid w:val="000E161E"/>
     <w:rsid w:val="000E627A"/>
     <w:rsid w:val="000F1E81"/>
     <w:rsid w:val="00112F08"/>
     <w:rsid w:val="001137C5"/>
     <w:rsid w:val="00121FBD"/>
     <w:rsid w:val="00125E9E"/>
     <w:rsid w:val="001265BE"/>
     <w:rsid w:val="00131304"/>
     <w:rsid w:val="00131B3C"/>
+    <w:rsid w:val="001323F2"/>
+    <w:rsid w:val="00135256"/>
     <w:rsid w:val="00137F88"/>
     <w:rsid w:val="00143781"/>
     <w:rsid w:val="00155804"/>
     <w:rsid w:val="001561BA"/>
+    <w:rsid w:val="001706FA"/>
+    <w:rsid w:val="001957FD"/>
     <w:rsid w:val="001A2A02"/>
     <w:rsid w:val="001A48B1"/>
     <w:rsid w:val="001A798B"/>
     <w:rsid w:val="001B56FA"/>
+    <w:rsid w:val="001D0AA4"/>
     <w:rsid w:val="001E4500"/>
     <w:rsid w:val="001F41BF"/>
+    <w:rsid w:val="00204F6A"/>
     <w:rsid w:val="002102DA"/>
     <w:rsid w:val="002173FB"/>
     <w:rsid w:val="00234B22"/>
     <w:rsid w:val="00236D38"/>
     <w:rsid w:val="00240E3E"/>
     <w:rsid w:val="00255E20"/>
     <w:rsid w:val="00261A86"/>
     <w:rsid w:val="00266CB3"/>
     <w:rsid w:val="00277290"/>
     <w:rsid w:val="00285033"/>
     <w:rsid w:val="00287227"/>
     <w:rsid w:val="00287C98"/>
     <w:rsid w:val="00291767"/>
     <w:rsid w:val="002A152F"/>
     <w:rsid w:val="002A2F62"/>
     <w:rsid w:val="002A38C7"/>
     <w:rsid w:val="002B1A15"/>
     <w:rsid w:val="002C1A93"/>
     <w:rsid w:val="002C3EEF"/>
     <w:rsid w:val="002C4339"/>
     <w:rsid w:val="002D6CA3"/>
+    <w:rsid w:val="002E11C4"/>
     <w:rsid w:val="002E439A"/>
     <w:rsid w:val="002E74A7"/>
     <w:rsid w:val="002F7003"/>
     <w:rsid w:val="00306861"/>
     <w:rsid w:val="003071E8"/>
     <w:rsid w:val="0031506C"/>
+    <w:rsid w:val="0031632E"/>
     <w:rsid w:val="00317541"/>
     <w:rsid w:val="00325549"/>
     <w:rsid w:val="00330EA2"/>
     <w:rsid w:val="00336562"/>
+    <w:rsid w:val="00345C04"/>
     <w:rsid w:val="00355C78"/>
     <w:rsid w:val="003626CA"/>
     <w:rsid w:val="00364684"/>
     <w:rsid w:val="00365EA2"/>
     <w:rsid w:val="003707CD"/>
     <w:rsid w:val="0037638E"/>
     <w:rsid w:val="0038174E"/>
     <w:rsid w:val="003A16E3"/>
     <w:rsid w:val="003A4980"/>
     <w:rsid w:val="003B2132"/>
     <w:rsid w:val="003C2397"/>
     <w:rsid w:val="003C4A1D"/>
     <w:rsid w:val="003C75F0"/>
     <w:rsid w:val="003E195F"/>
     <w:rsid w:val="003E4770"/>
     <w:rsid w:val="003E4988"/>
     <w:rsid w:val="003F07AB"/>
     <w:rsid w:val="003F66E4"/>
     <w:rsid w:val="0040315E"/>
     <w:rsid w:val="00411F69"/>
     <w:rsid w:val="0042447D"/>
     <w:rsid w:val="00430E7D"/>
+    <w:rsid w:val="004409D7"/>
     <w:rsid w:val="00445CD0"/>
     <w:rsid w:val="00446659"/>
+    <w:rsid w:val="00452594"/>
     <w:rsid w:val="004555A2"/>
     <w:rsid w:val="004708D4"/>
     <w:rsid w:val="00470F3E"/>
     <w:rsid w:val="00487B55"/>
     <w:rsid w:val="0049296B"/>
     <w:rsid w:val="004B4256"/>
     <w:rsid w:val="004D3930"/>
     <w:rsid w:val="004D5991"/>
+    <w:rsid w:val="004D69F1"/>
     <w:rsid w:val="004E1BD0"/>
     <w:rsid w:val="004E2103"/>
     <w:rsid w:val="004E4AB9"/>
     <w:rsid w:val="004F7DBA"/>
     <w:rsid w:val="00505DA4"/>
     <w:rsid w:val="0051137E"/>
     <w:rsid w:val="00512E79"/>
     <w:rsid w:val="00513E6B"/>
     <w:rsid w:val="005172E0"/>
     <w:rsid w:val="005217BE"/>
+    <w:rsid w:val="00545256"/>
     <w:rsid w:val="00551402"/>
     <w:rsid w:val="00562391"/>
     <w:rsid w:val="005645AE"/>
     <w:rsid w:val="00565E12"/>
     <w:rsid w:val="00571359"/>
     <w:rsid w:val="005714E6"/>
     <w:rsid w:val="00571A82"/>
     <w:rsid w:val="005756DB"/>
     <w:rsid w:val="0058124E"/>
     <w:rsid w:val="0058465E"/>
     <w:rsid w:val="00584991"/>
     <w:rsid w:val="005942CA"/>
+    <w:rsid w:val="005A4809"/>
+    <w:rsid w:val="005C21DB"/>
     <w:rsid w:val="005C46D4"/>
     <w:rsid w:val="005D662E"/>
     <w:rsid w:val="005E3650"/>
     <w:rsid w:val="005E701A"/>
     <w:rsid w:val="00601306"/>
     <w:rsid w:val="006038EE"/>
     <w:rsid w:val="006070B1"/>
     <w:rsid w:val="006126AB"/>
     <w:rsid w:val="006261E4"/>
     <w:rsid w:val="006274A1"/>
     <w:rsid w:val="006527E2"/>
     <w:rsid w:val="00654EFE"/>
     <w:rsid w:val="00665C10"/>
     <w:rsid w:val="00671A07"/>
     <w:rsid w:val="00672124"/>
     <w:rsid w:val="00680789"/>
     <w:rsid w:val="00681186"/>
     <w:rsid w:val="00687199"/>
     <w:rsid w:val="0069757F"/>
     <w:rsid w:val="006A68F7"/>
+    <w:rsid w:val="006C6245"/>
     <w:rsid w:val="006F22CE"/>
     <w:rsid w:val="006F410C"/>
     <w:rsid w:val="00702917"/>
     <w:rsid w:val="00705C91"/>
     <w:rsid w:val="00710A1B"/>
     <w:rsid w:val="007225E1"/>
     <w:rsid w:val="00731170"/>
     <w:rsid w:val="0073503F"/>
     <w:rsid w:val="007357B8"/>
     <w:rsid w:val="00737410"/>
     <w:rsid w:val="0075076B"/>
     <w:rsid w:val="00752EC2"/>
     <w:rsid w:val="0075785F"/>
     <w:rsid w:val="00761C2B"/>
     <w:rsid w:val="007669EC"/>
     <w:rsid w:val="007679B2"/>
     <w:rsid w:val="007767C9"/>
     <w:rsid w:val="00791664"/>
     <w:rsid w:val="007A00B5"/>
+    <w:rsid w:val="007A5228"/>
     <w:rsid w:val="007A7AC4"/>
     <w:rsid w:val="007A7EF5"/>
     <w:rsid w:val="007B28F8"/>
     <w:rsid w:val="007C2CC6"/>
     <w:rsid w:val="007C64D5"/>
     <w:rsid w:val="007C796B"/>
     <w:rsid w:val="007D6399"/>
     <w:rsid w:val="007D6C2C"/>
     <w:rsid w:val="007D7302"/>
     <w:rsid w:val="007E5F99"/>
     <w:rsid w:val="007F494A"/>
     <w:rsid w:val="00812E57"/>
     <w:rsid w:val="00836646"/>
     <w:rsid w:val="00841022"/>
     <w:rsid w:val="00841505"/>
+    <w:rsid w:val="00841DC4"/>
     <w:rsid w:val="00843432"/>
+    <w:rsid w:val="008575ED"/>
     <w:rsid w:val="00864888"/>
+    <w:rsid w:val="008759F3"/>
     <w:rsid w:val="008760C5"/>
     <w:rsid w:val="008850EE"/>
     <w:rsid w:val="00885998"/>
     <w:rsid w:val="008861BA"/>
     <w:rsid w:val="00893CF1"/>
     <w:rsid w:val="008A52A9"/>
     <w:rsid w:val="008A73FE"/>
     <w:rsid w:val="008B1649"/>
     <w:rsid w:val="008B208B"/>
     <w:rsid w:val="008C261C"/>
     <w:rsid w:val="008C3067"/>
+    <w:rsid w:val="008C546E"/>
     <w:rsid w:val="008C5FF5"/>
     <w:rsid w:val="008D73EB"/>
     <w:rsid w:val="008F0624"/>
+    <w:rsid w:val="008F3A70"/>
     <w:rsid w:val="008F69B5"/>
     <w:rsid w:val="00914590"/>
     <w:rsid w:val="00917446"/>
     <w:rsid w:val="0093204D"/>
     <w:rsid w:val="00935CEC"/>
     <w:rsid w:val="00944AB7"/>
     <w:rsid w:val="009478BA"/>
     <w:rsid w:val="00956685"/>
     <w:rsid w:val="00972173"/>
     <w:rsid w:val="00973305"/>
     <w:rsid w:val="00974C33"/>
     <w:rsid w:val="00974DFA"/>
     <w:rsid w:val="009756E7"/>
     <w:rsid w:val="009876B0"/>
     <w:rsid w:val="009A3C69"/>
     <w:rsid w:val="009A5245"/>
     <w:rsid w:val="009B3845"/>
     <w:rsid w:val="009C40B4"/>
     <w:rsid w:val="009D51E9"/>
     <w:rsid w:val="009D5B7B"/>
     <w:rsid w:val="009E00E8"/>
     <w:rsid w:val="009E279D"/>
     <w:rsid w:val="009E4490"/>
     <w:rsid w:val="009E52EA"/>
     <w:rsid w:val="009F0638"/>
     <w:rsid w:val="009F16BA"/>
     <w:rsid w:val="009F5ADE"/>
     <w:rsid w:val="00A105B7"/>
     <w:rsid w:val="00A17A39"/>
     <w:rsid w:val="00A32013"/>
     <w:rsid w:val="00A557EB"/>
     <w:rsid w:val="00A77DF6"/>
     <w:rsid w:val="00A8334F"/>
     <w:rsid w:val="00A952C7"/>
     <w:rsid w:val="00AA1457"/>
     <w:rsid w:val="00AA190A"/>
     <w:rsid w:val="00AA2C6B"/>
     <w:rsid w:val="00AA7E20"/>
     <w:rsid w:val="00AB2E11"/>
     <w:rsid w:val="00AB4BE6"/>
     <w:rsid w:val="00AD0140"/>
+    <w:rsid w:val="00AD37DD"/>
     <w:rsid w:val="00AE7986"/>
     <w:rsid w:val="00AF5FA6"/>
     <w:rsid w:val="00B071B9"/>
     <w:rsid w:val="00B21793"/>
     <w:rsid w:val="00B24372"/>
     <w:rsid w:val="00B33F47"/>
     <w:rsid w:val="00B3538F"/>
     <w:rsid w:val="00B3665F"/>
     <w:rsid w:val="00B40B97"/>
     <w:rsid w:val="00B445AD"/>
     <w:rsid w:val="00B46A0E"/>
     <w:rsid w:val="00B50B18"/>
+    <w:rsid w:val="00B529E4"/>
     <w:rsid w:val="00B543A8"/>
     <w:rsid w:val="00B609F2"/>
     <w:rsid w:val="00B62399"/>
     <w:rsid w:val="00B704FF"/>
     <w:rsid w:val="00B70AEB"/>
     <w:rsid w:val="00B716E9"/>
     <w:rsid w:val="00B72BB3"/>
     <w:rsid w:val="00B81253"/>
     <w:rsid w:val="00B86351"/>
     <w:rsid w:val="00B92FD2"/>
     <w:rsid w:val="00BA5051"/>
     <w:rsid w:val="00BA5A06"/>
     <w:rsid w:val="00BB25E3"/>
     <w:rsid w:val="00BB7B6E"/>
     <w:rsid w:val="00BC5EE4"/>
     <w:rsid w:val="00BD0BCB"/>
     <w:rsid w:val="00BD3AC9"/>
     <w:rsid w:val="00BE4C34"/>
     <w:rsid w:val="00C02B64"/>
     <w:rsid w:val="00C040E2"/>
     <w:rsid w:val="00C05A7A"/>
     <w:rsid w:val="00C06390"/>
     <w:rsid w:val="00C113C9"/>
     <w:rsid w:val="00C1721A"/>
     <w:rsid w:val="00C22984"/>
     <w:rsid w:val="00C266B4"/>
     <w:rsid w:val="00C366FA"/>
     <w:rsid w:val="00C407C0"/>
     <w:rsid w:val="00C421F4"/>
     <w:rsid w:val="00C422CE"/>
     <w:rsid w:val="00C4509C"/>
+    <w:rsid w:val="00C50C42"/>
     <w:rsid w:val="00C57D21"/>
     <w:rsid w:val="00C60913"/>
     <w:rsid w:val="00C65E25"/>
+    <w:rsid w:val="00C66CBF"/>
     <w:rsid w:val="00C83EDF"/>
     <w:rsid w:val="00C876A8"/>
     <w:rsid w:val="00C91F3B"/>
     <w:rsid w:val="00C93726"/>
     <w:rsid w:val="00CB4DEF"/>
     <w:rsid w:val="00CC2746"/>
     <w:rsid w:val="00CC68B7"/>
     <w:rsid w:val="00CD0C35"/>
     <w:rsid w:val="00CD3539"/>
     <w:rsid w:val="00CF0693"/>
     <w:rsid w:val="00CF20E0"/>
     <w:rsid w:val="00D1318F"/>
     <w:rsid w:val="00D13D3F"/>
     <w:rsid w:val="00D155C4"/>
     <w:rsid w:val="00D1784A"/>
     <w:rsid w:val="00D26CAF"/>
+    <w:rsid w:val="00D33251"/>
     <w:rsid w:val="00D351E0"/>
+    <w:rsid w:val="00D361C3"/>
     <w:rsid w:val="00D41D24"/>
     <w:rsid w:val="00D446B1"/>
     <w:rsid w:val="00D54E66"/>
     <w:rsid w:val="00D60BE8"/>
     <w:rsid w:val="00D808A5"/>
     <w:rsid w:val="00D82A81"/>
     <w:rsid w:val="00D87AEF"/>
     <w:rsid w:val="00D937EC"/>
     <w:rsid w:val="00DA031B"/>
     <w:rsid w:val="00DA091B"/>
     <w:rsid w:val="00DA3B61"/>
     <w:rsid w:val="00DB2435"/>
     <w:rsid w:val="00DC2F7B"/>
+    <w:rsid w:val="00DC63B2"/>
     <w:rsid w:val="00DC7D15"/>
     <w:rsid w:val="00DD46BC"/>
+    <w:rsid w:val="00DD7E5B"/>
     <w:rsid w:val="00DE69E0"/>
     <w:rsid w:val="00DE769F"/>
     <w:rsid w:val="00DF617F"/>
     <w:rsid w:val="00E02108"/>
     <w:rsid w:val="00E04BD2"/>
     <w:rsid w:val="00E14DD5"/>
     <w:rsid w:val="00E20D81"/>
     <w:rsid w:val="00E30BA4"/>
     <w:rsid w:val="00E33BDE"/>
     <w:rsid w:val="00E35CD3"/>
     <w:rsid w:val="00E41B7C"/>
     <w:rsid w:val="00E45016"/>
     <w:rsid w:val="00E55844"/>
     <w:rsid w:val="00E656CD"/>
     <w:rsid w:val="00E83A11"/>
     <w:rsid w:val="00E844E1"/>
+    <w:rsid w:val="00E846A7"/>
     <w:rsid w:val="00E86864"/>
     <w:rsid w:val="00E86C2F"/>
     <w:rsid w:val="00EA0AA6"/>
     <w:rsid w:val="00EA24B2"/>
     <w:rsid w:val="00EA329D"/>
     <w:rsid w:val="00EA3FBA"/>
     <w:rsid w:val="00EA6AAC"/>
     <w:rsid w:val="00EB0A6C"/>
+    <w:rsid w:val="00EB38C3"/>
     <w:rsid w:val="00EB3B83"/>
     <w:rsid w:val="00EC6EC5"/>
     <w:rsid w:val="00EF35CB"/>
     <w:rsid w:val="00EF4101"/>
     <w:rsid w:val="00F06B24"/>
     <w:rsid w:val="00F1326D"/>
     <w:rsid w:val="00F15E79"/>
     <w:rsid w:val="00F17595"/>
     <w:rsid w:val="00F341AB"/>
     <w:rsid w:val="00F35E09"/>
     <w:rsid w:val="00F43BA9"/>
     <w:rsid w:val="00F64AB7"/>
     <w:rsid w:val="00F67D80"/>
     <w:rsid w:val="00F82EAA"/>
     <w:rsid w:val="00F90F64"/>
     <w:rsid w:val="00F9169F"/>
     <w:rsid w:val="00F95839"/>
     <w:rsid w:val="00F968D0"/>
     <w:rsid w:val="00FC7040"/>
     <w:rsid w:val="00FE3FD1"/>
     <w:rsid w:val="00FE4222"/>
     <w:rsid w:val="00FE4254"/>
     <w:rsid w:val="00FE53EC"/>
   </w:rsids>
   <m:mathPr>
@@ -14884,51 +13921,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4CCA900F"/>
   <w15:docId w15:val="{16392C61-CD01-4E6D-B7C8-3F0BDF832899}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -15633,275 +14670,280 @@
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00317541"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F06B24"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1532494378">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1985966145">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2108883999">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/bulletins" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/bulletins" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Teresa.J.Reynolds@mass.gov" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/bulletins" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/bulletins" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/bulletins" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Teresa.J.Reynolds@mass.gov" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B028DF34-287F-468A-A1B3-617CCC586F81}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00092CA9" w:rsidRDefault="00526B3A">
           <w:r w:rsidRPr="006668BC">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Schoolbook">
-    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040604050505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00526B3A"/>
     <w:rsid w:val="00092CA9"/>
+    <w:rsid w:val="00096772"/>
     <w:rsid w:val="0009760F"/>
+    <w:rsid w:val="00204F6A"/>
+    <w:rsid w:val="00345C04"/>
+    <w:rsid w:val="00452594"/>
     <w:rsid w:val="00526B3A"/>
+    <w:rsid w:val="005C21DB"/>
     <w:rsid w:val="00644A6F"/>
     <w:rsid w:val="006513A3"/>
     <w:rsid w:val="007A7AC4"/>
     <w:rsid w:val="00B543A8"/>
     <w:rsid w:val="00C113C9"/>
+    <w:rsid w:val="00EB38C3"/>
     <w:rsid w:val="00FE4222"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -16296,51 +15338,51 @@
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00526B3A"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -16613,68 +15655,68 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9CA95E03-8D6A-42EB-8344-4B634C22B1DD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>17049</Characters>
+  <Pages>9</Pages>
+  <Words>2482</Words>
+  <Characters>14149</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>142</Lines>
-  <Paragraphs>39</Paragraphs>
+  <Lines>117</Lines>
+  <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>The Commonwealth of Massachusetts</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>EOHHS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19857</CharactersWithSpaces>
+  <CharactersWithSpaces>16598</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>The Commonwealth of Massachusetts</dc:title>
   <dc:creator>Nan Stromberg</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>