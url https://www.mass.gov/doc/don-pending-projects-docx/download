--- v0 (2025-11-03)
+++ v1 (2025-12-14)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="75431B75" w14:textId="66878ABF" w:rsidR="00922EF7" w:rsidRDefault="00922EF7" w:rsidP="00A46A68">
+    <w:p w14:paraId="75431B75" w14:textId="5368D0B9" w:rsidR="00922EF7" w:rsidRDefault="00922EF7" w:rsidP="00A46A68">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="240"/>
           <w:tab w:val="center" w:pos="6720"/>
           <w:tab w:val="right" w:pos="13440"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000080"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
@@ -61,94 +61,80 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
         </w:rPr>
         <w:t>Pending Projects, Sorted by: Project Name</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00F276D1">
+      <w:r w:rsidR="00417BB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000080"/>
         </w:rPr>
-        <w:t>Friday</w:t>
+        <w:t>Tuesday</w:t>
       </w:r>
       <w:r w:rsidR="004F7533">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000080"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="007059B8">
+      <w:r w:rsidR="00417BB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000080"/>
         </w:rPr>
-        <w:t xml:space="preserve">October </w:t>
+        <w:t>December 2</w:t>
       </w:r>
-      <w:r w:rsidR="00462682">
-[...13 lines deleted...]
-      <w:r w:rsidR="00C714B8" w:rsidRPr="00C714B8">
+      <w:r w:rsidR="00417BB4" w:rsidRPr="00417BB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000080"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>th</w:t>
+        <w:t>nd</w:t>
       </w:r>
-      <w:r w:rsidR="00C714B8">
+      <w:r w:rsidR="00417BB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000080"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="004F7533">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000080"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FD64312" w14:textId="77777777" w:rsidR="00A46A68" w:rsidRDefault="00A46A68" w:rsidP="00A46A68">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="240"/>
           <w:tab w:val="center" w:pos="6720"/>
           <w:tab w:val="right" w:pos="13440"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
@@ -418,564 +404,472 @@
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB0A85">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>PROPOSED EXPENDITURE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD75C7" w14:paraId="7E0E0FE5" w14:textId="77777777" w:rsidTr="00D37FC0">
+      <w:tr w:rsidR="00115068" w14:paraId="7E0E0FE5" w14:textId="77777777" w:rsidTr="00D37FC0">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="830"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="509" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1604B1AC" w14:textId="19B7B363" w:rsidR="00FD75C7" w:rsidRDefault="00FD75C7" w:rsidP="00FD75C7">
+          <w:p w14:paraId="1604B1AC" w14:textId="19B7B363" w:rsidR="00115068" w:rsidRDefault="00115068" w:rsidP="00115068">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="240"/>
                 <w:tab w:val="center" w:pos="6720"/>
                 <w:tab w:val="right" w:pos="13440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="000080"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D20E3F5" w14:textId="72104FD7" w:rsidR="00FD75C7" w:rsidRPr="00AF0430" w:rsidRDefault="00FD75C7" w:rsidP="00FD75C7">
+          <w:p w14:paraId="4D20E3F5" w14:textId="4029F481" w:rsidR="00115068" w:rsidRPr="00AF0430" w:rsidRDefault="00015229" w:rsidP="00115068">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="240"/>
                 <w:tab w:val="center" w:pos="6720"/>
                 <w:tab w:val="right" w:pos="13440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Everest Hospital, LLC</w:t>
+            <w:r w:rsidRPr="00015229">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Dana-Farber Cancer Institute, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="000080"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01D60AFE" w14:textId="76D3D307" w:rsidR="00FD75C7" w:rsidRDefault="00FD75C7" w:rsidP="00FD75C7">
+          <w:p w14:paraId="01D60AFE" w14:textId="39531E4D" w:rsidR="00115068" w:rsidRDefault="00DF09A0" w:rsidP="00115068">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="240"/>
                 <w:tab w:val="center" w:pos="6720"/>
                 <w:tab w:val="right" w:pos="13440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B60A59">
-[...6 lines deleted...]
-              <w:t>Leicester</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Boston</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6816" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="000080"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3753B159" w14:textId="77777777" w:rsidR="00FD75C7" w:rsidRDefault="00FD75C7" w:rsidP="00FD75C7">
+          <w:p w14:paraId="0B14EBCE" w14:textId="7D3D3CF2" w:rsidR="00115068" w:rsidRDefault="00331696" w:rsidP="00115068">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="90"/>
                 <w:tab w:val="left" w:pos="480"/>
                 <w:tab w:val="left" w:pos="4260"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="center" w:pos="10074"/>
                 <w:tab w:val="left" w:pos="10500"/>
                 <w:tab w:val="right" w:pos="12288"/>
                 <w:tab w:val="right" w:pos="13593"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...126 lines deleted...]
-          <w:p w14:paraId="0B7075B6" w14:textId="57118B1B" w:rsidR="00FD75C7" w:rsidRDefault="00FD75C7" w:rsidP="00FD75C7">
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Substantial</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00331696">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> change in service in connection with the proposed construction of an approximately 4,500 square-foot proton therapy center, servicing adult and pediatric patients, to be located at 35 Binney Street, Boston, Massachusetts 02215, including (i) a state-of-the-art upright single-gantry proton therapy system with a dedicated accelerator which includes a computed tomography scanner for image-guidance; (ii) vertical CT for simulation and treatment planning; and (iii) clinical and administrative spaces.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F67A0F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> DON# </w:t>
+            </w:r>
+            <w:r w:rsidR="00857822" w:rsidRPr="00857822">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>DFCI-25090516-RS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B7075B6" w14:textId="5E47931D" w:rsidR="00F67A0F" w:rsidRDefault="00F67A0F" w:rsidP="00115068">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="90"/>
                 <w:tab w:val="left" w:pos="480"/>
                 <w:tab w:val="left" w:pos="4260"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="center" w:pos="10074"/>
                 <w:tab w:val="left" w:pos="10500"/>
                 <w:tab w:val="right" w:pos="12288"/>
                 <w:tab w:val="right" w:pos="13593"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="000080"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="74608CE0" w14:textId="20C77C46" w:rsidR="00FD75C7" w:rsidRDefault="00FD75C7" w:rsidP="00FD75C7">
+          <w:p w14:paraId="74608CE0" w14:textId="1DC49F49" w:rsidR="00115068" w:rsidRDefault="00CF5054" w:rsidP="00115068">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="240"/>
                 <w:tab w:val="center" w:pos="6720"/>
                 <w:tab w:val="right" w:pos="13440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-              <w:t>04/24/2025</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>11/19/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1616" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="000080"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37096254" w14:textId="1FF75436" w:rsidR="00FD75C7" w:rsidRDefault="00FD75C7" w:rsidP="00FD75C7">
+          <w:p w14:paraId="37096254" w14:textId="121FE147" w:rsidR="00115068" w:rsidRDefault="00A652AC" w:rsidP="00115068">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="240"/>
                 <w:tab w:val="center" w:pos="6720"/>
                 <w:tab w:val="right" w:pos="13440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0052758C">
-[...6 lines deleted...]
-              <w:t>$9,344,945</w:t>
+            <w:r w:rsidRPr="00A652AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>$50,500,633</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD75C7" w14:paraId="4E23226F" w14:textId="77777777" w:rsidTr="00D37FC0">
+      <w:tr w:rsidR="003C502D" w14:paraId="4E23226F" w14:textId="77777777" w:rsidTr="00D37FC0">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="830"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="509" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EEE6E0F" w14:textId="5D4138AC" w:rsidR="00FD75C7" w:rsidRDefault="00FD75C7" w:rsidP="00FD75C7">
+          <w:p w14:paraId="4EEE6E0F" w14:textId="5D4138AC" w:rsidR="003C502D" w:rsidRDefault="003C502D" w:rsidP="003C502D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="240"/>
                 <w:tab w:val="center" w:pos="6720"/>
                 <w:tab w:val="right" w:pos="13440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C0120F9" w14:textId="6E6659BB" w:rsidR="00FD75C7" w:rsidRDefault="00FD75C7" w:rsidP="00FD75C7">
+          <w:p w14:paraId="2C0120F9" w14:textId="10715819" w:rsidR="003C502D" w:rsidRDefault="003C502D" w:rsidP="003C502D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="240"/>
                 <w:tab w:val="center" w:pos="6720"/>
                 <w:tab w:val="right" w:pos="13440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D80E88">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Mass General Brigham Ambulatory Surgery - Cambridge, LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="425ABD09" w14:textId="678D4B06" w:rsidR="00FD75C7" w:rsidRDefault="00FD75C7" w:rsidP="00FD75C7">
+          <w:p w14:paraId="425ABD09" w14:textId="674D836F" w:rsidR="003C502D" w:rsidRDefault="003C502D" w:rsidP="003C502D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="240"/>
                 <w:tab w:val="center" w:pos="6720"/>
                 <w:tab w:val="right" w:pos="13440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D80E88">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Somerville</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6816" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="32841B31" w14:textId="77777777" w:rsidR="00FD75C7" w:rsidRDefault="00FD75C7" w:rsidP="00FD75C7">
+          <w:p w14:paraId="23B816B0" w14:textId="77777777" w:rsidR="003C502D" w:rsidRDefault="003C502D" w:rsidP="003C502D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="90"/>
                 <w:tab w:val="left" w:pos="480"/>
                 <w:tab w:val="left" w:pos="4260"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="center" w:pos="10074"/>
                 <w:tab w:val="left" w:pos="10500"/>
                 <w:tab w:val="right" w:pos="12288"/>
                 <w:tab w:val="right" w:pos="13593"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1009,290 +903,290 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Applicant is owned by New England Surgery Center Holdings, LLC, a joint venture between Mass General Brigham Incorporated and Regent Surgical Health, L.L.C. The ASC will provide outpatient endoscopy in three (3) operating rooms and will include pre- and post- surgery space. The total gross square footage of the ASC is approximately 6,095 square feet.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> DON# </w:t>
             </w:r>
             <w:r w:rsidRPr="00937F3D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>MGB-C-25070908-AS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E12CE2C" w14:textId="6029B7EC" w:rsidR="00FD75C7" w:rsidRDefault="00FD75C7" w:rsidP="00FD75C7">
+          <w:p w14:paraId="2E12CE2C" w14:textId="6029B7EC" w:rsidR="003C502D" w:rsidRDefault="003C502D" w:rsidP="003C502D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="90"/>
                 <w:tab w:val="left" w:pos="480"/>
                 <w:tab w:val="left" w:pos="4260"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="center" w:pos="10074"/>
                 <w:tab w:val="left" w:pos="10500"/>
                 <w:tab w:val="right" w:pos="12288"/>
                 <w:tab w:val="right" w:pos="13593"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="227C47E7" w14:textId="111403DD" w:rsidR="00FD75C7" w:rsidRDefault="00FD75C7" w:rsidP="00FD75C7">
+          <w:p w14:paraId="227C47E7" w14:textId="684B1DD9" w:rsidR="003C502D" w:rsidRDefault="003C502D" w:rsidP="003C502D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="240"/>
                 <w:tab w:val="center" w:pos="6720"/>
                 <w:tab w:val="right" w:pos="13440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10/1/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1616" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14DF1B33" w14:textId="47E4FFB0" w:rsidR="00FD75C7" w:rsidRPr="00EE2BF3" w:rsidRDefault="00FD75C7" w:rsidP="00FD75C7">
+          <w:p w14:paraId="14DF1B33" w14:textId="24C50BB7" w:rsidR="003C502D" w:rsidRPr="00EE2BF3" w:rsidRDefault="003C502D" w:rsidP="003C502D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="240"/>
                 <w:tab w:val="center" w:pos="6720"/>
                 <w:tab w:val="right" w:pos="13440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA6DF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>$7,349,450</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F276D1" w14:paraId="33850514" w14:textId="77777777" w:rsidTr="00D37FC0">
+      <w:tr w:rsidR="003C502D" w14:paraId="33850514" w14:textId="77777777" w:rsidTr="00D37FC0">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="830"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="509" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B48BFBF" w14:textId="5E878A9E" w:rsidR="00F276D1" w:rsidRDefault="00F276D1" w:rsidP="00F276D1">
+          <w:p w14:paraId="6B48BFBF" w14:textId="5E878A9E" w:rsidR="003C502D" w:rsidRDefault="003C502D" w:rsidP="003C502D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="240"/>
                 <w:tab w:val="center" w:pos="6720"/>
                 <w:tab w:val="right" w:pos="13440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="60F0F83F" w14:textId="53705968" w:rsidR="00F276D1" w:rsidRPr="00225740" w:rsidRDefault="00F276D1" w:rsidP="00F276D1">
+          <w:p w14:paraId="60F0F83F" w14:textId="5E0A689B" w:rsidR="003C502D" w:rsidRPr="00225740" w:rsidRDefault="003C502D" w:rsidP="003C502D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="240"/>
                 <w:tab w:val="center" w:pos="6720"/>
                 <w:tab w:val="right" w:pos="13440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B3F11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Tellica</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B3F11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Imaging - Massachusetts, LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17707E74" w14:textId="1822CC7E" w:rsidR="00F276D1" w:rsidRPr="00225740" w:rsidRDefault="00F276D1" w:rsidP="00F276D1">
+          <w:p w14:paraId="17707E74" w14:textId="505BF061" w:rsidR="003C502D" w:rsidRPr="00225740" w:rsidRDefault="003C502D" w:rsidP="003C502D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="240"/>
                 <w:tab w:val="center" w:pos="6720"/>
                 <w:tab w:val="right" w:pos="13440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Bedford</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6816" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A0BABDC" w14:textId="77777777" w:rsidR="00F276D1" w:rsidRDefault="00F276D1" w:rsidP="00F276D1">
+          <w:p w14:paraId="72218C8E" w14:textId="77777777" w:rsidR="003C502D" w:rsidRDefault="003C502D" w:rsidP="003C502D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="90"/>
                 <w:tab w:val="left" w:pos="480"/>
                 <w:tab w:val="left" w:pos="4260"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="center" w:pos="10074"/>
                 <w:tab w:val="left" w:pos="10500"/>
                 <w:tab w:val="right" w:pos="12288"/>
                 <w:tab w:val="right" w:pos="13593"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1362,1506 +1256,1134 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>C105, Bedford, MA 01730</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. DON# </w:t>
             </w:r>
             <w:r w:rsidRPr="00F45E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>TIM-25041809-RE</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51AFDB64" w14:textId="259A843E" w:rsidR="00F276D1" w:rsidRDefault="00F276D1" w:rsidP="00F276D1">
+          <w:p w14:paraId="51AFDB64" w14:textId="57C5EBA0" w:rsidR="003C502D" w:rsidRDefault="003C502D" w:rsidP="003C502D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="90"/>
                 <w:tab w:val="left" w:pos="480"/>
                 <w:tab w:val="left" w:pos="4260"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="center" w:pos="10074"/>
                 <w:tab w:val="left" w:pos="10500"/>
                 <w:tab w:val="right" w:pos="12288"/>
                 <w:tab w:val="right" w:pos="13593"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62806E75" w14:textId="7CCCBF3B" w:rsidR="00F276D1" w:rsidRDefault="00F276D1" w:rsidP="00F276D1">
+          <w:p w14:paraId="62806E75" w14:textId="0C1A2331" w:rsidR="003C502D" w:rsidRDefault="003C502D" w:rsidP="003C502D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="240"/>
                 <w:tab w:val="center" w:pos="6720"/>
                 <w:tab w:val="right" w:pos="13440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>07/10/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1616" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="741A6441" w14:textId="55D12FFF" w:rsidR="00F276D1" w:rsidRPr="007942A4" w:rsidRDefault="00F276D1" w:rsidP="00F276D1">
+          <w:p w14:paraId="741A6441" w14:textId="61C4CF2A" w:rsidR="003C502D" w:rsidRPr="007942A4" w:rsidRDefault="003C502D" w:rsidP="003C502D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="240"/>
                 <w:tab w:val="center" w:pos="6720"/>
                 <w:tab w:val="right" w:pos="13440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00543399">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>$5,849,992</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00592AE5" w14:paraId="2AEFCF8D" w14:textId="77777777" w:rsidTr="00D37FC0">
+      <w:tr w:rsidR="00417BB4" w14:paraId="2AEFCF8D" w14:textId="77777777" w:rsidTr="00D37FC0">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="830"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="509" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="748F7BB9" w14:textId="272D473C" w:rsidR="00592AE5" w:rsidRDefault="00592AE5" w:rsidP="00592AE5">
+          <w:p w14:paraId="748F7BB9" w14:textId="272D473C" w:rsidR="00417BB4" w:rsidRDefault="00417BB4" w:rsidP="00417BB4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="240"/>
                 <w:tab w:val="center" w:pos="6720"/>
                 <w:tab w:val="right" w:pos="13440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F8A4CE9" w14:textId="256059C5" w:rsidR="00592AE5" w:rsidRPr="00C174A7" w:rsidRDefault="00592AE5" w:rsidP="00592AE5">
+          <w:p w14:paraId="3F8A4CE9" w14:textId="4A88AACF" w:rsidR="00417BB4" w:rsidRPr="00C174A7" w:rsidRDefault="00417BB4" w:rsidP="00417BB4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="240"/>
                 <w:tab w:val="center" w:pos="6720"/>
                 <w:tab w:val="right" w:pos="13440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66435">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>UMass Memorial Health Care, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37B56548" w14:textId="7C60B23B" w:rsidR="00592AE5" w:rsidRDefault="00592AE5" w:rsidP="00592AE5">
+          <w:p w14:paraId="37B56548" w14:textId="780DAF32" w:rsidR="00417BB4" w:rsidRDefault="00417BB4" w:rsidP="00417BB4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="240"/>
                 <w:tab w:val="center" w:pos="6720"/>
                 <w:tab w:val="right" w:pos="13440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Worcester</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6816" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D682C7B" w14:textId="4A1B1F3D" w:rsidR="00DC38BA" w:rsidRPr="00DC38BA" w:rsidRDefault="00F14A61" w:rsidP="00DC38BA">
+          <w:p w14:paraId="400715DD" w14:textId="77777777" w:rsidR="00417BB4" w:rsidRDefault="00417BB4" w:rsidP="00417BB4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="90"/>
                 <w:tab w:val="left" w:pos="480"/>
                 <w:tab w:val="left" w:pos="4260"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="center" w:pos="10074"/>
                 <w:tab w:val="left" w:pos="10500"/>
                 <w:tab w:val="right" w:pos="12288"/>
                 <w:tab w:val="right" w:pos="13593"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="003F4836">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Significant Change on behalf of UMass Memorial Medical Center (UMMMC) for its licensed satellite, North Pavilion Campus located at 378 Plantation St, Worcester, MA 01605. The previously issued Determination of Need (#UMMHC-22042514- HE) approved the construction of North Pavilion Campus to include 72 new medical/surgical beds and shell space for future clinical services. The Project also approved the addition of 19 medical/surgical beds at UMMMC’s Memorial Campus</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Acquisition</w:t>
-[...38 lines deleted...]
-          <w:p w14:paraId="44FB3E71" w14:textId="56686255" w:rsidR="00592AE5" w:rsidRPr="00DC38BA" w:rsidRDefault="00DC38BA" w:rsidP="00DC38BA">
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F4836">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>The Applicant now requests approval to build out the shell space at North Pavilion Campus to accommodate 24 additional medical/surgical beds at North Pavilion Campus in lieu of the approved construction of the 19 Memorial beds. As a result, the Proposed Change represents a net-new increase of five (5) medical/surgical beds at UMMMC.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F7003D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>The total maximum capital expenditure (MCE) of the Project was $143,242,167.00, of which $7,335,836.00 was not spent. The capital expenditure for the Proposed Change is $16,247,426.00. Accordingly, the Proposed Change increases the MCE by $8,911,590.00 for a new total MCE of $152,153,757.00 (expressed in September 2025 dollars).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> DON# </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B3D7A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>UMMH-25041715-AM</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44FB3E71" w14:textId="6A049799" w:rsidR="00417BB4" w:rsidRPr="00DC38BA" w:rsidRDefault="00417BB4" w:rsidP="00417BB4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="90"/>
                 <w:tab w:val="left" w:pos="480"/>
                 <w:tab w:val="left" w:pos="4260"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="center" w:pos="10074"/>
                 <w:tab w:val="left" w:pos="10500"/>
                 <w:tab w:val="right" w:pos="12288"/>
                 <w:tab w:val="right" w:pos="13593"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC38BA">
-[...70 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7597533C" w14:textId="1680FA04" w:rsidR="00592AE5" w:rsidRPr="009A4E3D" w:rsidRDefault="0059222C" w:rsidP="00592AE5">
+          <w:p w14:paraId="7597533C" w14:textId="6ADE8D22" w:rsidR="00417BB4" w:rsidRPr="009A4E3D" w:rsidRDefault="00417BB4" w:rsidP="00417BB4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="240"/>
                 <w:tab w:val="center" w:pos="6720"/>
                 <w:tab w:val="right" w:pos="13440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>10/2</w:t>
-[...17 lines deleted...]
-              <w:t>/2025</w:t>
+              <w:t>10/22/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1616" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="49610B00" w14:textId="768CDC55" w:rsidR="00592AE5" w:rsidRPr="009A4E3D" w:rsidRDefault="003105B8" w:rsidP="00592AE5">
+          <w:p w14:paraId="49610B00" w14:textId="76D946FC" w:rsidR="00417BB4" w:rsidRPr="009A4E3D" w:rsidRDefault="00417BB4" w:rsidP="00417BB4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="240"/>
                 <w:tab w:val="center" w:pos="6720"/>
                 <w:tab w:val="right" w:pos="13440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003105B8">
+            <w:r w:rsidRPr="002B3D7A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>$2,195,943</w:t>
+              <w:t>$8,911,590</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000338D7" w14:paraId="0995BAB8" w14:textId="77777777" w:rsidTr="00BA552A">
+      <w:tr w:rsidR="00417BB4" w14:paraId="0995BAB8" w14:textId="77777777" w:rsidTr="00BA552A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="609"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="509" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7ACA694E" w14:textId="7F861E6E" w:rsidR="000338D7" w:rsidRDefault="000338D7" w:rsidP="000338D7">
+          <w:p w14:paraId="7ACA694E" w14:textId="7F861E6E" w:rsidR="00417BB4" w:rsidRDefault="00417BB4" w:rsidP="00417BB4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="240"/>
                 <w:tab w:val="center" w:pos="6720"/>
                 <w:tab w:val="right" w:pos="13440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2375" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4236D6F6" w14:textId="116E59C2" w:rsidR="000338D7" w:rsidRPr="00852B9F" w:rsidRDefault="000338D7" w:rsidP="000338D7">
+          <w:p w14:paraId="4236D6F6" w14:textId="598FD359" w:rsidR="00417BB4" w:rsidRPr="00852B9F" w:rsidRDefault="00417BB4" w:rsidP="00417BB4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="240"/>
                 <w:tab w:val="center" w:pos="6720"/>
                 <w:tab w:val="right" w:pos="13440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66435">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>UMass Memorial Health Care, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CE17E7F" w14:textId="51761089" w:rsidR="000338D7" w:rsidRDefault="000338D7" w:rsidP="000338D7">
+          <w:p w14:paraId="4CE17E7F" w14:textId="7DABDAEA" w:rsidR="00417BB4" w:rsidRDefault="00417BB4" w:rsidP="00417BB4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="240"/>
                 <w:tab w:val="center" w:pos="6720"/>
                 <w:tab w:val="right" w:pos="13440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Worcester</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6816" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="746C28F0" w14:textId="3EDE927F" w:rsidR="000338D7" w:rsidRDefault="003F4836" w:rsidP="000338D7">
+          <w:p w14:paraId="44FA3E31" w14:textId="77777777" w:rsidR="00417BB4" w:rsidRDefault="00417BB4" w:rsidP="00417BB4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="90"/>
                 <w:tab w:val="left" w:pos="480"/>
                 <w:tab w:val="left" w:pos="4260"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="center" w:pos="10074"/>
                 <w:tab w:val="left" w:pos="10500"/>
                 <w:tab w:val="right" w:pos="12288"/>
                 <w:tab w:val="right" w:pos="13593"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003F4836">
-[...26 lines deleted...]
-            <w:r w:rsidR="00F7003D">
+            <w:r w:rsidRPr="00691B97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Substantial Capital Expenditures and Substantial Change in Services at UMass Memorial Medical Center’s Marlborough Cancer Center at 157 Union Street, Marlborough, MA 01752</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00F7003D" w:rsidRPr="00F7003D">
-[...8 lines deleted...]
-            <w:r w:rsidR="00640C03">
+            <w:r w:rsidRPr="00691B97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>by adding proton beam therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00691B97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>and expanding the Hospital’s Cancer Center building to include a Proton Therapy Center.</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> DON# </w:t>
             </w:r>
-            <w:r w:rsidR="002B3D7A" w:rsidRPr="002B3D7A">
-[...9 lines deleted...]
-          <w:p w14:paraId="01BEB3E5" w14:textId="06D707DD" w:rsidR="003F4836" w:rsidRPr="00691B97" w:rsidRDefault="003F4836" w:rsidP="000338D7">
+            <w:r w:rsidRPr="00147013">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>UMMH-25021208-HE</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01BEB3E5" w14:textId="06D707DD" w:rsidR="00417BB4" w:rsidRPr="00691B97" w:rsidRDefault="00417BB4" w:rsidP="00417BB4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="90"/>
                 <w:tab w:val="left" w:pos="480"/>
                 <w:tab w:val="left" w:pos="4260"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="center" w:pos="10074"/>
                 <w:tab w:val="left" w:pos="10500"/>
                 <w:tab w:val="right" w:pos="12288"/>
                 <w:tab w:val="right" w:pos="13593"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C07FEEF" w14:textId="0F36D62F" w:rsidR="000338D7" w:rsidRDefault="000338D7" w:rsidP="000338D7">
+          <w:p w14:paraId="0C07FEEF" w14:textId="4F30A8F4" w:rsidR="00417BB4" w:rsidRDefault="00417BB4" w:rsidP="00417BB4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="240"/>
                 <w:tab w:val="center" w:pos="6720"/>
                 <w:tab w:val="right" w:pos="13440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>10/22/2025</w:t>
+              <w:t>03/28/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1616" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29CBC6C8" w14:textId="7D66429A" w:rsidR="000338D7" w:rsidRDefault="002B3D7A" w:rsidP="000338D7">
+          <w:p w14:paraId="29CBC6C8" w14:textId="18CE799A" w:rsidR="00417BB4" w:rsidRDefault="00417BB4" w:rsidP="00417BB4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="240"/>
                 <w:tab w:val="center" w:pos="6720"/>
                 <w:tab w:val="right" w:pos="13440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B3D7A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>$8,911,590</w:t>
+              <w:t>$53,598,043</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000338D7" w14:paraId="25BE15EC" w14:textId="77777777" w:rsidTr="00D53047">
+      <w:tr w:rsidR="00417BB4" w14:paraId="25BE15EC" w14:textId="77777777" w:rsidTr="00D53047">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="609"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="509" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CC0C048" w14:textId="78E2B5AC" w:rsidR="000338D7" w:rsidRDefault="000338D7" w:rsidP="000338D7">
+          <w:p w14:paraId="7CC0C048" w14:textId="30363A46" w:rsidR="00417BB4" w:rsidRDefault="00417BB4" w:rsidP="00417BB4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="240"/>
                 <w:tab w:val="center" w:pos="6720"/>
                 <w:tab w:val="right" w:pos="13440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2375" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="099D8BC9" w14:textId="2C0CA700" w:rsidR="000338D7" w:rsidRDefault="000338D7" w:rsidP="000338D7">
+          <w:p w14:paraId="099D8BC9" w14:textId="5C1BA994" w:rsidR="00417BB4" w:rsidRDefault="00417BB4" w:rsidP="00417BB4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="240"/>
                 <w:tab w:val="center" w:pos="6720"/>
                 <w:tab w:val="right" w:pos="13440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B66435">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1174" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C085AC8" w14:textId="7C6F7F97" w:rsidR="000338D7" w:rsidRPr="001D6FBB" w:rsidRDefault="000338D7" w:rsidP="000338D7">
+          <w:p w14:paraId="7C085AC8" w14:textId="24D36021" w:rsidR="00417BB4" w:rsidRPr="001D6FBB" w:rsidRDefault="00417BB4" w:rsidP="00417BB4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="240"/>
                 <w:tab w:val="center" w:pos="6720"/>
                 <w:tab w:val="right" w:pos="13440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6816" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C7EC6D4" w14:textId="77777777" w:rsidR="000338D7" w:rsidRDefault="000338D7" w:rsidP="000338D7">
+          <w:p w14:paraId="678FB6C5" w14:textId="418779B0" w:rsidR="00417BB4" w:rsidRDefault="00417BB4" w:rsidP="00417BB4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="90"/>
                 <w:tab w:val="left" w:pos="480"/>
                 <w:tab w:val="left" w:pos="4260"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="center" w:pos="10074"/>
                 <w:tab w:val="left" w:pos="10500"/>
                 <w:tab w:val="right" w:pos="12288"/>
                 <w:tab w:val="right" w:pos="13593"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00691B97">
-[...63 lines deleted...]
-          <w:p w14:paraId="678FB6C5" w14:textId="418779B0" w:rsidR="000338D7" w:rsidRDefault="000338D7" w:rsidP="000338D7">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1370" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F63972F" w14:textId="3241E7D6" w:rsidR="00417BB4" w:rsidRDefault="00417BB4" w:rsidP="00417BB4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="240"/>
+                <w:tab w:val="center" w:pos="6720"/>
+                <w:tab w:val="right" w:pos="13440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1616" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AABA3F6" w14:textId="64EEA522" w:rsidR="00417BB4" w:rsidRDefault="00417BB4" w:rsidP="00417BB4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="240"/>
+                <w:tab w:val="center" w:pos="6720"/>
+                <w:tab w:val="right" w:pos="13440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417BB4" w14:paraId="5DF4C0BD" w14:textId="77777777" w:rsidTr="005E50DE">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="609"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="509" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="18" w:space="0" w:color="000080"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="118B1A12" w14:textId="24BD77DC" w:rsidR="00417BB4" w:rsidRDefault="00417BB4" w:rsidP="00417BB4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="240"/>
+                <w:tab w:val="center" w:pos="6720"/>
+                <w:tab w:val="right" w:pos="13440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000080"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="18" w:space="0" w:color="000080"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2073E43C" w14:textId="6E959AAE" w:rsidR="00417BB4" w:rsidRPr="007A76D9" w:rsidRDefault="00417BB4" w:rsidP="00417BB4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="240"/>
+                <w:tab w:val="center" w:pos="6720"/>
+                <w:tab w:val="right" w:pos="13440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="18" w:space="0" w:color="000080"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1907850D" w14:textId="7AFD9DA4" w:rsidR="00417BB4" w:rsidRDefault="00417BB4" w:rsidP="00417BB4">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="240"/>
+                <w:tab w:val="center" w:pos="6720"/>
+                <w:tab w:val="right" w:pos="13440"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6816" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="18" w:space="0" w:color="000080"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5088007D" w14:textId="2CC775C4" w:rsidR="00417BB4" w:rsidRDefault="00417BB4" w:rsidP="00417BB4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="90"/>
                 <w:tab w:val="left" w:pos="480"/>
                 <w:tab w:val="left" w:pos="4260"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="center" w:pos="10074"/>
                 <w:tab w:val="left" w:pos="10500"/>
                 <w:tab w:val="right" w:pos="12288"/>
                 <w:tab w:val="right" w:pos="13593"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
-          </w:tcPr>
-[...236 lines deleted...]
-            <w:tcW w:w="509" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="000080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="118B1A12" w14:textId="24BD77DC" w:rsidR="000338D7" w:rsidRDefault="000338D7" w:rsidP="000338D7">
-[...119 lines deleted...]
-          <w:p w14:paraId="0C87A12B" w14:textId="5C43B6C4" w:rsidR="000338D7" w:rsidRDefault="000338D7" w:rsidP="000338D7">
+          <w:p w14:paraId="0C87A12B" w14:textId="5C43B6C4" w:rsidR="00417BB4" w:rsidRDefault="00417BB4" w:rsidP="00417BB4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="240"/>
                 <w:tab w:val="center" w:pos="6720"/>
                 <w:tab w:val="right" w:pos="13440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1616" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="000080"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A3E955C" w14:textId="138E7C50" w:rsidR="000338D7" w:rsidRPr="00F630CD" w:rsidRDefault="000338D7" w:rsidP="000338D7">
+          <w:p w14:paraId="4A3E955C" w14:textId="138E7C50" w:rsidR="00417BB4" w:rsidRPr="00F630CD" w:rsidRDefault="00417BB4" w:rsidP="00417BB4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="240"/>
                 <w:tab w:val="center" w:pos="6720"/>
                 <w:tab w:val="right" w:pos="13440"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0B389D53" w14:textId="77777777" w:rsidR="00F67505" w:rsidRDefault="00F67505" w:rsidP="004E5F7E"/>
+    <w:p w14:paraId="0B389D53" w14:textId="77777777" w:rsidR="00F67505" w:rsidRDefault="00F67505" w:rsidP="00C00B06"/>
     <w:sectPr w:rsidR="00F67505" w:rsidSect="00240354">
       <w:footerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape" w:code="1"/>
       <w:pgMar w:top="432" w:right="1008" w:bottom="432" w:left="1008" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="24AD28EB" w14:textId="77777777" w:rsidR="00D601EA" w:rsidRDefault="00D601EA">
+    <w:p w14:paraId="0476386A" w14:textId="77777777" w:rsidR="009C4590" w:rsidRDefault="009C4590">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="13D074DE" w14:textId="77777777" w:rsidR="00D601EA" w:rsidRDefault="00D601EA">
+    <w:p w14:paraId="3FEB901A" w14:textId="77777777" w:rsidR="009C4590" w:rsidRDefault="009C4590">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3157,144 +2679,147 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000080"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="340DE9B0" w14:textId="77777777" w:rsidR="00A32E0E" w:rsidRDefault="00A32E0E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2DF10364" w14:textId="77777777" w:rsidR="00D601EA" w:rsidRDefault="00D601EA">
+    <w:p w14:paraId="7A5DD3BA" w14:textId="77777777" w:rsidR="009C4590" w:rsidRDefault="009C4590">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5221CD6B" w14:textId="77777777" w:rsidR="00D601EA" w:rsidRDefault="00D601EA">
+    <w:p w14:paraId="4DDA3F55" w14:textId="77777777" w:rsidR="009C4590" w:rsidRDefault="009C4590">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00922EF7"/>
     <w:rsid w:val="00001FCD"/>
     <w:rsid w:val="000076FF"/>
     <w:rsid w:val="00012396"/>
     <w:rsid w:val="00012DE1"/>
     <w:rsid w:val="000139CE"/>
     <w:rsid w:val="00014AA0"/>
+    <w:rsid w:val="00015229"/>
     <w:rsid w:val="000154C7"/>
     <w:rsid w:val="00016B94"/>
     <w:rsid w:val="00031E08"/>
     <w:rsid w:val="000338D7"/>
     <w:rsid w:val="00036F0A"/>
     <w:rsid w:val="000421AF"/>
     <w:rsid w:val="00053F4C"/>
     <w:rsid w:val="00057BE3"/>
     <w:rsid w:val="00062C0F"/>
+    <w:rsid w:val="00066CCB"/>
     <w:rsid w:val="00067A8F"/>
     <w:rsid w:val="000713FA"/>
     <w:rsid w:val="000750F0"/>
     <w:rsid w:val="00080BE6"/>
     <w:rsid w:val="000813B8"/>
     <w:rsid w:val="00086160"/>
     <w:rsid w:val="00087A7F"/>
     <w:rsid w:val="00091EA0"/>
     <w:rsid w:val="000966A2"/>
     <w:rsid w:val="00096BBA"/>
     <w:rsid w:val="000A292C"/>
     <w:rsid w:val="000A6246"/>
     <w:rsid w:val="000B164B"/>
     <w:rsid w:val="000C592B"/>
     <w:rsid w:val="000C5D7A"/>
     <w:rsid w:val="000C6E42"/>
     <w:rsid w:val="000C7C4B"/>
     <w:rsid w:val="000D4557"/>
     <w:rsid w:val="000D5F78"/>
     <w:rsid w:val="000E2341"/>
     <w:rsid w:val="000E57E9"/>
     <w:rsid w:val="000E7850"/>
     <w:rsid w:val="000F075F"/>
     <w:rsid w:val="000F0AAE"/>
     <w:rsid w:val="000F3ED7"/>
     <w:rsid w:val="000F63B9"/>
     <w:rsid w:val="000F7219"/>
     <w:rsid w:val="000F789A"/>
     <w:rsid w:val="00102268"/>
     <w:rsid w:val="00102B08"/>
     <w:rsid w:val="00105002"/>
     <w:rsid w:val="0010637A"/>
     <w:rsid w:val="00114F07"/>
+    <w:rsid w:val="00115068"/>
     <w:rsid w:val="001164C1"/>
     <w:rsid w:val="00116686"/>
     <w:rsid w:val="00124F94"/>
     <w:rsid w:val="00135986"/>
     <w:rsid w:val="00143647"/>
     <w:rsid w:val="001462F3"/>
     <w:rsid w:val="00147013"/>
     <w:rsid w:val="0015159D"/>
     <w:rsid w:val="00151A70"/>
     <w:rsid w:val="001532CF"/>
     <w:rsid w:val="00171DFB"/>
     <w:rsid w:val="00173334"/>
     <w:rsid w:val="001744F8"/>
     <w:rsid w:val="00174CD5"/>
     <w:rsid w:val="00175140"/>
     <w:rsid w:val="00181CCD"/>
     <w:rsid w:val="00181FE9"/>
     <w:rsid w:val="001827B2"/>
     <w:rsid w:val="00182A77"/>
     <w:rsid w:val="00183296"/>
     <w:rsid w:val="001862B8"/>
     <w:rsid w:val="0018751B"/>
     <w:rsid w:val="00192416"/>
     <w:rsid w:val="00193863"/>
     <w:rsid w:val="00193A48"/>
@@ -3319,115 +2844,119 @@
     <w:rsid w:val="002138C7"/>
     <w:rsid w:val="0021678D"/>
     <w:rsid w:val="00225740"/>
     <w:rsid w:val="00231DE5"/>
     <w:rsid w:val="002337F6"/>
     <w:rsid w:val="00236FAF"/>
     <w:rsid w:val="00240354"/>
     <w:rsid w:val="00244072"/>
     <w:rsid w:val="002445F7"/>
     <w:rsid w:val="002474E1"/>
     <w:rsid w:val="00261606"/>
     <w:rsid w:val="00261C66"/>
     <w:rsid w:val="00262FE1"/>
     <w:rsid w:val="00273F27"/>
     <w:rsid w:val="00275908"/>
     <w:rsid w:val="00277B2E"/>
     <w:rsid w:val="00280A01"/>
     <w:rsid w:val="00282D11"/>
     <w:rsid w:val="00290CA7"/>
     <w:rsid w:val="0029606F"/>
     <w:rsid w:val="002977D7"/>
     <w:rsid w:val="002A0364"/>
     <w:rsid w:val="002A21F3"/>
     <w:rsid w:val="002B3D7A"/>
     <w:rsid w:val="002C1A58"/>
+    <w:rsid w:val="002C53B4"/>
     <w:rsid w:val="002C7022"/>
     <w:rsid w:val="002D0C6F"/>
     <w:rsid w:val="002D1802"/>
     <w:rsid w:val="002D368E"/>
     <w:rsid w:val="002E415E"/>
     <w:rsid w:val="002F6C53"/>
     <w:rsid w:val="002F6CC7"/>
     <w:rsid w:val="002F7421"/>
     <w:rsid w:val="003027A9"/>
     <w:rsid w:val="00303F82"/>
     <w:rsid w:val="00304378"/>
     <w:rsid w:val="003064F1"/>
     <w:rsid w:val="003105B8"/>
     <w:rsid w:val="00310A06"/>
     <w:rsid w:val="00314A8F"/>
     <w:rsid w:val="00320C9A"/>
     <w:rsid w:val="00320E52"/>
     <w:rsid w:val="003241E3"/>
     <w:rsid w:val="00326597"/>
     <w:rsid w:val="003313B5"/>
+    <w:rsid w:val="00331696"/>
     <w:rsid w:val="00343D6C"/>
     <w:rsid w:val="00350EBE"/>
     <w:rsid w:val="003535B8"/>
     <w:rsid w:val="00354096"/>
     <w:rsid w:val="00354702"/>
     <w:rsid w:val="00355092"/>
     <w:rsid w:val="00355F5A"/>
     <w:rsid w:val="003606F1"/>
     <w:rsid w:val="00361CB6"/>
     <w:rsid w:val="00362CB5"/>
     <w:rsid w:val="003636E0"/>
     <w:rsid w:val="003756C8"/>
     <w:rsid w:val="0038318F"/>
     <w:rsid w:val="003833A9"/>
     <w:rsid w:val="00383D1E"/>
     <w:rsid w:val="00383D31"/>
     <w:rsid w:val="00390C62"/>
     <w:rsid w:val="00392AE0"/>
     <w:rsid w:val="00396A09"/>
     <w:rsid w:val="003A17E6"/>
     <w:rsid w:val="003A22A6"/>
     <w:rsid w:val="003B0996"/>
     <w:rsid w:val="003B3ED8"/>
     <w:rsid w:val="003B3F11"/>
     <w:rsid w:val="003B60BF"/>
     <w:rsid w:val="003B7184"/>
     <w:rsid w:val="003B7739"/>
     <w:rsid w:val="003C0BCD"/>
+    <w:rsid w:val="003C502D"/>
     <w:rsid w:val="003D01AF"/>
     <w:rsid w:val="003D3DED"/>
     <w:rsid w:val="003D42CB"/>
     <w:rsid w:val="003D4AF9"/>
     <w:rsid w:val="003E2FDA"/>
     <w:rsid w:val="003E33EC"/>
     <w:rsid w:val="003E3D02"/>
     <w:rsid w:val="003E5CEF"/>
     <w:rsid w:val="003F4836"/>
     <w:rsid w:val="003F6D63"/>
     <w:rsid w:val="004052BD"/>
     <w:rsid w:val="00405640"/>
     <w:rsid w:val="004106DD"/>
     <w:rsid w:val="00411196"/>
     <w:rsid w:val="0041167F"/>
     <w:rsid w:val="00412415"/>
     <w:rsid w:val="00413D4D"/>
+    <w:rsid w:val="00417BB4"/>
     <w:rsid w:val="00426132"/>
     <w:rsid w:val="00436048"/>
     <w:rsid w:val="00437CC5"/>
     <w:rsid w:val="00440E4D"/>
     <w:rsid w:val="00442675"/>
     <w:rsid w:val="00444B70"/>
     <w:rsid w:val="004504F6"/>
     <w:rsid w:val="004531F5"/>
     <w:rsid w:val="00453DEB"/>
     <w:rsid w:val="00462682"/>
     <w:rsid w:val="00462BD0"/>
     <w:rsid w:val="00476460"/>
     <w:rsid w:val="00480370"/>
     <w:rsid w:val="00482144"/>
     <w:rsid w:val="00484856"/>
     <w:rsid w:val="00485CDC"/>
     <w:rsid w:val="00487D95"/>
     <w:rsid w:val="00490C41"/>
     <w:rsid w:val="00494A15"/>
     <w:rsid w:val="004A082A"/>
     <w:rsid w:val="004A0AC6"/>
     <w:rsid w:val="004A2987"/>
     <w:rsid w:val="004A3805"/>
     <w:rsid w:val="004A43F1"/>
     <w:rsid w:val="004A5262"/>
@@ -3584,296 +3113,308 @@
     <w:rsid w:val="007C5B5B"/>
     <w:rsid w:val="007D15BB"/>
     <w:rsid w:val="007D2515"/>
     <w:rsid w:val="007D28DA"/>
     <w:rsid w:val="007E51D3"/>
     <w:rsid w:val="007E57A1"/>
     <w:rsid w:val="007E5D7E"/>
     <w:rsid w:val="007E6300"/>
     <w:rsid w:val="00806F7E"/>
     <w:rsid w:val="00810B79"/>
     <w:rsid w:val="00810C66"/>
     <w:rsid w:val="00812BFD"/>
     <w:rsid w:val="00814F0F"/>
     <w:rsid w:val="008201BF"/>
     <w:rsid w:val="00821C67"/>
     <w:rsid w:val="008228B8"/>
     <w:rsid w:val="00823C67"/>
     <w:rsid w:val="008258A0"/>
     <w:rsid w:val="00833399"/>
     <w:rsid w:val="00843DD0"/>
     <w:rsid w:val="008456FB"/>
     <w:rsid w:val="00845861"/>
     <w:rsid w:val="00852B9F"/>
     <w:rsid w:val="00853170"/>
     <w:rsid w:val="0085499B"/>
+    <w:rsid w:val="00857822"/>
     <w:rsid w:val="00865676"/>
     <w:rsid w:val="00865FF6"/>
     <w:rsid w:val="00871428"/>
     <w:rsid w:val="0087143A"/>
     <w:rsid w:val="00873586"/>
     <w:rsid w:val="00874B56"/>
     <w:rsid w:val="008759D7"/>
     <w:rsid w:val="00875E74"/>
     <w:rsid w:val="00876DAA"/>
     <w:rsid w:val="00877B0B"/>
     <w:rsid w:val="008827A2"/>
     <w:rsid w:val="00893C3D"/>
     <w:rsid w:val="008A12EF"/>
     <w:rsid w:val="008A22A6"/>
     <w:rsid w:val="008A37C7"/>
     <w:rsid w:val="008A6150"/>
     <w:rsid w:val="008B0AF9"/>
     <w:rsid w:val="008B455D"/>
     <w:rsid w:val="008B528F"/>
     <w:rsid w:val="008C0C05"/>
     <w:rsid w:val="008D3921"/>
     <w:rsid w:val="008D7842"/>
     <w:rsid w:val="008E0C58"/>
     <w:rsid w:val="008E4FD2"/>
     <w:rsid w:val="008E5F24"/>
     <w:rsid w:val="008F0373"/>
     <w:rsid w:val="008F05D8"/>
     <w:rsid w:val="008F3043"/>
     <w:rsid w:val="008F4EB3"/>
     <w:rsid w:val="008F7008"/>
     <w:rsid w:val="00902A4F"/>
     <w:rsid w:val="00903609"/>
     <w:rsid w:val="0090383C"/>
     <w:rsid w:val="009111CA"/>
     <w:rsid w:val="00914DE0"/>
     <w:rsid w:val="00922EF7"/>
     <w:rsid w:val="009267DE"/>
     <w:rsid w:val="00932347"/>
     <w:rsid w:val="00932BD6"/>
     <w:rsid w:val="00937F3D"/>
     <w:rsid w:val="00940643"/>
     <w:rsid w:val="00940BFD"/>
     <w:rsid w:val="00940D89"/>
     <w:rsid w:val="00940E56"/>
     <w:rsid w:val="00946486"/>
     <w:rsid w:val="009469BB"/>
+    <w:rsid w:val="00947E5B"/>
     <w:rsid w:val="00950516"/>
     <w:rsid w:val="00951608"/>
     <w:rsid w:val="00951818"/>
     <w:rsid w:val="00956774"/>
     <w:rsid w:val="0096378B"/>
     <w:rsid w:val="0096649E"/>
     <w:rsid w:val="009664BC"/>
     <w:rsid w:val="00967032"/>
     <w:rsid w:val="009707D7"/>
     <w:rsid w:val="00973F6C"/>
     <w:rsid w:val="009754E4"/>
     <w:rsid w:val="00976194"/>
     <w:rsid w:val="009835F8"/>
     <w:rsid w:val="009855E3"/>
     <w:rsid w:val="00986BC2"/>
     <w:rsid w:val="00996351"/>
     <w:rsid w:val="00997D20"/>
     <w:rsid w:val="009A1438"/>
     <w:rsid w:val="009A383C"/>
     <w:rsid w:val="009A4E3D"/>
     <w:rsid w:val="009B351C"/>
     <w:rsid w:val="009B6265"/>
     <w:rsid w:val="009B7A17"/>
     <w:rsid w:val="009B7D87"/>
     <w:rsid w:val="009C2EF4"/>
+    <w:rsid w:val="009C4590"/>
     <w:rsid w:val="009C61A9"/>
     <w:rsid w:val="009C7526"/>
     <w:rsid w:val="009D023A"/>
     <w:rsid w:val="009D2271"/>
     <w:rsid w:val="009D3619"/>
     <w:rsid w:val="009E3FAF"/>
     <w:rsid w:val="009E5F1E"/>
     <w:rsid w:val="009F0500"/>
     <w:rsid w:val="009F2C99"/>
     <w:rsid w:val="009F3771"/>
     <w:rsid w:val="009F6D99"/>
     <w:rsid w:val="00A006A7"/>
     <w:rsid w:val="00A01C02"/>
     <w:rsid w:val="00A129E9"/>
     <w:rsid w:val="00A12C98"/>
     <w:rsid w:val="00A14972"/>
     <w:rsid w:val="00A213F9"/>
     <w:rsid w:val="00A223A9"/>
     <w:rsid w:val="00A23733"/>
     <w:rsid w:val="00A273D3"/>
     <w:rsid w:val="00A3077E"/>
     <w:rsid w:val="00A30F4F"/>
     <w:rsid w:val="00A322EC"/>
     <w:rsid w:val="00A32E0E"/>
     <w:rsid w:val="00A41D11"/>
     <w:rsid w:val="00A42A67"/>
     <w:rsid w:val="00A464E0"/>
     <w:rsid w:val="00A46A68"/>
     <w:rsid w:val="00A46BFF"/>
     <w:rsid w:val="00A5190B"/>
     <w:rsid w:val="00A548C9"/>
+    <w:rsid w:val="00A652AC"/>
     <w:rsid w:val="00A6738D"/>
     <w:rsid w:val="00A76E4F"/>
     <w:rsid w:val="00A7745E"/>
     <w:rsid w:val="00A77586"/>
     <w:rsid w:val="00A778DC"/>
     <w:rsid w:val="00A8041C"/>
     <w:rsid w:val="00A8341D"/>
     <w:rsid w:val="00A86311"/>
     <w:rsid w:val="00A903E6"/>
     <w:rsid w:val="00A91CD9"/>
     <w:rsid w:val="00A932C7"/>
     <w:rsid w:val="00A94463"/>
     <w:rsid w:val="00A975FB"/>
     <w:rsid w:val="00AA7B63"/>
     <w:rsid w:val="00AA7BB1"/>
     <w:rsid w:val="00AB1655"/>
     <w:rsid w:val="00AB2822"/>
     <w:rsid w:val="00AB3FF5"/>
     <w:rsid w:val="00AB5F6A"/>
     <w:rsid w:val="00AC3894"/>
     <w:rsid w:val="00AC3C6C"/>
+    <w:rsid w:val="00AC7945"/>
     <w:rsid w:val="00AC7A72"/>
     <w:rsid w:val="00AD4A90"/>
     <w:rsid w:val="00AD59AF"/>
     <w:rsid w:val="00AD63CA"/>
     <w:rsid w:val="00AF0430"/>
     <w:rsid w:val="00AF04DE"/>
     <w:rsid w:val="00AF445A"/>
     <w:rsid w:val="00B01D48"/>
     <w:rsid w:val="00B04DD8"/>
     <w:rsid w:val="00B1202A"/>
     <w:rsid w:val="00B1323F"/>
     <w:rsid w:val="00B16EB9"/>
     <w:rsid w:val="00B221CA"/>
     <w:rsid w:val="00B25DE9"/>
     <w:rsid w:val="00B27391"/>
     <w:rsid w:val="00B3276B"/>
     <w:rsid w:val="00B32B1F"/>
     <w:rsid w:val="00B35FC8"/>
     <w:rsid w:val="00B41E88"/>
     <w:rsid w:val="00B45D67"/>
     <w:rsid w:val="00B46FF9"/>
     <w:rsid w:val="00B47521"/>
+    <w:rsid w:val="00B53970"/>
     <w:rsid w:val="00B55782"/>
     <w:rsid w:val="00B55F58"/>
     <w:rsid w:val="00B562BB"/>
     <w:rsid w:val="00B57426"/>
     <w:rsid w:val="00B60A59"/>
     <w:rsid w:val="00B66435"/>
     <w:rsid w:val="00B67F15"/>
     <w:rsid w:val="00B71E4A"/>
     <w:rsid w:val="00B72FA5"/>
     <w:rsid w:val="00B7306C"/>
     <w:rsid w:val="00B73A57"/>
     <w:rsid w:val="00B74879"/>
+    <w:rsid w:val="00B74C75"/>
     <w:rsid w:val="00B7590F"/>
     <w:rsid w:val="00B77AAC"/>
     <w:rsid w:val="00B8000A"/>
     <w:rsid w:val="00B81EAB"/>
     <w:rsid w:val="00B83B34"/>
     <w:rsid w:val="00B96CDA"/>
     <w:rsid w:val="00BA098A"/>
     <w:rsid w:val="00BA552A"/>
     <w:rsid w:val="00BB01A7"/>
     <w:rsid w:val="00BC3FA6"/>
     <w:rsid w:val="00BC47CC"/>
     <w:rsid w:val="00BC4E86"/>
     <w:rsid w:val="00BC580B"/>
     <w:rsid w:val="00BD1F78"/>
     <w:rsid w:val="00BD2AA2"/>
     <w:rsid w:val="00BE389A"/>
     <w:rsid w:val="00BE7657"/>
+    <w:rsid w:val="00C00B06"/>
     <w:rsid w:val="00C010A4"/>
+    <w:rsid w:val="00C1226A"/>
     <w:rsid w:val="00C13D79"/>
     <w:rsid w:val="00C168C8"/>
     <w:rsid w:val="00C174A7"/>
     <w:rsid w:val="00C263CF"/>
     <w:rsid w:val="00C27E7F"/>
     <w:rsid w:val="00C305CC"/>
     <w:rsid w:val="00C33035"/>
     <w:rsid w:val="00C34DA3"/>
     <w:rsid w:val="00C45050"/>
     <w:rsid w:val="00C50944"/>
     <w:rsid w:val="00C537FE"/>
     <w:rsid w:val="00C61CBF"/>
     <w:rsid w:val="00C62D1F"/>
     <w:rsid w:val="00C661F7"/>
     <w:rsid w:val="00C70E60"/>
     <w:rsid w:val="00C714B8"/>
     <w:rsid w:val="00C71E68"/>
     <w:rsid w:val="00C72680"/>
     <w:rsid w:val="00C72A2E"/>
     <w:rsid w:val="00C7400C"/>
     <w:rsid w:val="00C84AF1"/>
     <w:rsid w:val="00C96660"/>
     <w:rsid w:val="00CA461B"/>
     <w:rsid w:val="00CB453C"/>
     <w:rsid w:val="00CB4E9B"/>
     <w:rsid w:val="00CB6DC9"/>
     <w:rsid w:val="00CB7138"/>
     <w:rsid w:val="00CC331C"/>
     <w:rsid w:val="00CD33FC"/>
     <w:rsid w:val="00CD4EB4"/>
     <w:rsid w:val="00CD6DD4"/>
     <w:rsid w:val="00CF0D2A"/>
     <w:rsid w:val="00CF3E3A"/>
     <w:rsid w:val="00CF4825"/>
     <w:rsid w:val="00CF4C2B"/>
+    <w:rsid w:val="00CF5054"/>
     <w:rsid w:val="00D0639D"/>
     <w:rsid w:val="00D10337"/>
     <w:rsid w:val="00D1066D"/>
     <w:rsid w:val="00D11B43"/>
     <w:rsid w:val="00D14CA7"/>
     <w:rsid w:val="00D1553B"/>
     <w:rsid w:val="00D161D3"/>
     <w:rsid w:val="00D23FD7"/>
     <w:rsid w:val="00D25F45"/>
     <w:rsid w:val="00D31D44"/>
     <w:rsid w:val="00D37FC0"/>
     <w:rsid w:val="00D406F0"/>
     <w:rsid w:val="00D439A4"/>
     <w:rsid w:val="00D45CC3"/>
     <w:rsid w:val="00D53047"/>
     <w:rsid w:val="00D54D67"/>
     <w:rsid w:val="00D557EE"/>
     <w:rsid w:val="00D559D9"/>
     <w:rsid w:val="00D578CD"/>
     <w:rsid w:val="00D601EA"/>
     <w:rsid w:val="00D6610E"/>
     <w:rsid w:val="00D72418"/>
     <w:rsid w:val="00D729FC"/>
     <w:rsid w:val="00D72DDB"/>
     <w:rsid w:val="00D80E88"/>
     <w:rsid w:val="00DA2524"/>
     <w:rsid w:val="00DA2FB4"/>
     <w:rsid w:val="00DB02C9"/>
     <w:rsid w:val="00DB3A8A"/>
     <w:rsid w:val="00DC2B7E"/>
     <w:rsid w:val="00DC38BA"/>
     <w:rsid w:val="00DD6309"/>
     <w:rsid w:val="00DE1150"/>
     <w:rsid w:val="00DE58C6"/>
+    <w:rsid w:val="00DF09A0"/>
     <w:rsid w:val="00DF1B74"/>
     <w:rsid w:val="00DF243E"/>
+    <w:rsid w:val="00DF3412"/>
     <w:rsid w:val="00E03766"/>
     <w:rsid w:val="00E059DA"/>
     <w:rsid w:val="00E0758E"/>
     <w:rsid w:val="00E111C0"/>
     <w:rsid w:val="00E14ABF"/>
     <w:rsid w:val="00E14C86"/>
     <w:rsid w:val="00E1578B"/>
     <w:rsid w:val="00E1701B"/>
     <w:rsid w:val="00E17365"/>
     <w:rsid w:val="00E212C7"/>
     <w:rsid w:val="00E25995"/>
     <w:rsid w:val="00E27B43"/>
     <w:rsid w:val="00E33FA3"/>
     <w:rsid w:val="00E375AD"/>
     <w:rsid w:val="00E5276A"/>
     <w:rsid w:val="00E53593"/>
     <w:rsid w:val="00E63816"/>
     <w:rsid w:val="00E639BF"/>
     <w:rsid w:val="00E719B6"/>
     <w:rsid w:val="00E75088"/>
     <w:rsid w:val="00E85EF3"/>
     <w:rsid w:val="00E93223"/>
     <w:rsid w:val="00E97522"/>
     <w:rsid w:val="00E978B0"/>
     <w:rsid w:val="00EA5EE8"/>
@@ -3888,50 +3429,51 @@
     <w:rsid w:val="00EF40F8"/>
     <w:rsid w:val="00EF5251"/>
     <w:rsid w:val="00EF6065"/>
     <w:rsid w:val="00EF68CE"/>
     <w:rsid w:val="00F00636"/>
     <w:rsid w:val="00F02B2E"/>
     <w:rsid w:val="00F05911"/>
     <w:rsid w:val="00F075D2"/>
     <w:rsid w:val="00F14A61"/>
     <w:rsid w:val="00F21304"/>
     <w:rsid w:val="00F24C32"/>
     <w:rsid w:val="00F262C9"/>
     <w:rsid w:val="00F276D1"/>
     <w:rsid w:val="00F302B6"/>
     <w:rsid w:val="00F31CD2"/>
     <w:rsid w:val="00F41FF5"/>
     <w:rsid w:val="00F43C06"/>
     <w:rsid w:val="00F43FB1"/>
     <w:rsid w:val="00F45E0D"/>
     <w:rsid w:val="00F47987"/>
     <w:rsid w:val="00F479B0"/>
     <w:rsid w:val="00F61F55"/>
     <w:rsid w:val="00F62843"/>
     <w:rsid w:val="00F630CD"/>
     <w:rsid w:val="00F67505"/>
+    <w:rsid w:val="00F67A0F"/>
     <w:rsid w:val="00F7003D"/>
     <w:rsid w:val="00F72624"/>
     <w:rsid w:val="00F73621"/>
     <w:rsid w:val="00F770AA"/>
     <w:rsid w:val="00F7725D"/>
     <w:rsid w:val="00F86378"/>
     <w:rsid w:val="00F928D8"/>
     <w:rsid w:val="00F92FF5"/>
     <w:rsid w:val="00F93918"/>
     <w:rsid w:val="00F956E8"/>
     <w:rsid w:val="00FA1879"/>
     <w:rsid w:val="00FA248E"/>
     <w:rsid w:val="00FA6DF6"/>
     <w:rsid w:val="00FB1B64"/>
     <w:rsid w:val="00FB273D"/>
     <w:rsid w:val="00FB275E"/>
     <w:rsid w:val="00FB4D30"/>
     <w:rsid w:val="00FB7DF2"/>
     <w:rsid w:val="00FC1EDB"/>
     <w:rsid w:val="00FC24FC"/>
     <w:rsid w:val="00FC396A"/>
     <w:rsid w:val="00FC39DA"/>
     <w:rsid w:val="00FD1501"/>
     <w:rsid w:val="00FD52C0"/>
     <w:rsid w:val="00FD75C7"/>
@@ -4355,50 +3897,51 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00922EF7"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
@@ -4781,69 +4324,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>501</Words>
-  <Characters>2859</Characters>
+  <Words>485</Words>
+  <Characters>2768</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>23</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3354</CharactersWithSpaces>
+  <CharactersWithSpaces>3247</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Marks, Brett (DPH)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>