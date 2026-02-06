--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -1,172 +1,181 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0D1D5C03" w14:textId="23B0C12E" w:rsidR="00000BDD" w:rsidRDefault="00915ED1">
-      <w:r w:rsidRPr="00915ED1">
+    <w:p w14:paraId="7DD5C83C" w14:textId="5C0F92B4" w:rsidR="774D8A0F" w:rsidRDefault="257BAD3A" w:rsidP="03FADB2B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4EEFB8A2" wp14:editId="409A994C">
-[...18 lines deleted...]
-            <wp:docPr id="535659678" name="Picture 1" descr="Text, timeline&#10;&#10;AI-generated content may be incorrect."/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="21B41A4D" wp14:editId="20493F50">
+            <wp:extent cx="7040652" cy="9125222"/>
+            <wp:effectExtent l="9525" t="9525" r="9525" b="9525"/>
+            <wp:docPr id="20854091" name="drawing" descr="Downloading Temperature Report from SmartView. Please use te guide below to generate temperature reports for reuqired vaccine ordering, monthly reporting and temeprature excursions. The date range on submitted temperature reports must always extend from your last temperature log upload to the current date. Remember to include graph notes in your reports for daily temperature check verification. 1. Start by naviagting to your locations page in SmartView, then click on the sector you need to generate a temperature report for. 2. At the top of the page, under the sector name, click on the graph tab. 3. In the top right-hand corner of the oage, click on the purple PDF button. 4. Once the pop-up box appears, click on custom period. 5. Click on the check-box next to graph notes and click ok. 6. After a few seconds your report with generate. Click on the save icon in the top right hand corner and save the report to your cmputer, then upload your report into MIIS."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="535659678" name="Picture 1" descr="Text, timeline&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPr id="20854091" name="drawing" descr="Downloading Temperature Report from SmartView. Please use te guide below to generate temperature reports for reuqired vaccine ordering, monthly reporting and temeprature excursions. The date range on submitted temperature reports must always extend from your last temperature log upload to the current date. Remember to include graph notes in your reports for daily temperature check verification. 1. Start by naviagting to your locations page in SmartView, then click on the sector you need to generate a temperature report for. 2. At the top of the page, under the sector name, click on the graph tab. 3. In the top right-hand corner of the oage, click on the purple PDF button. 4. Once the pop-up box appears, click on custom period. 5. Click on the check-box next to graph notes and click ok. 6. After a few seconds your report with generate. Click on the save icon in the top right hand corner and save the report to your cmputer, then upload your report into MIIS."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4">
+                    <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7064297" cy="9115221"/>
+                      <a:ext cx="7040652" cy="9125222"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:ln w="9525">
+                      <a:solidFill>
+                        <a:srgbClr val="0070C0"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="page">
-[...5 lines deleted...]
-          </wp:anchor>
+          </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00000BDD" w:rsidSect="00915ED1">
+    <w:sectPr w:rsidR="774D8A0F" w:rsidSect="00915ED1">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00915ED1"/>
     <w:rsid w:val="00000BDD"/>
+    <w:rsid w:val="00095F5A"/>
     <w:rsid w:val="001749DB"/>
+    <w:rsid w:val="00462F2C"/>
+    <w:rsid w:val="005473E5"/>
+    <w:rsid w:val="007C3454"/>
+    <w:rsid w:val="008541B5"/>
+    <w:rsid w:val="008F4935"/>
     <w:rsid w:val="00915ED1"/>
     <w:rsid w:val="009311B8"/>
     <w:rsid w:val="00977385"/>
     <w:rsid w:val="00C15094"/>
+    <w:rsid w:val="00DB615F"/>
+    <w:rsid w:val="03FADB2B"/>
+    <w:rsid w:val="257BAD3A"/>
+    <w:rsid w:val="2C7713F8"/>
+    <w:rsid w:val="3794CE48"/>
+    <w:rsid w:val="40B673F2"/>
+    <w:rsid w:val="5AE690B0"/>
+    <w:rsid w:val="6ACB8896"/>
+    <w:rsid w:val="774D8A0F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5544DC3A"/>
@@ -1070,62 +1079,109 @@
     <w:name w:val="Intense Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="00915ED1"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="00915ED1"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008541B5"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -1379,59 +1435,369 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="78ea2335-8007-4ae4-b674-628de3bfd69a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a782362c-0017-44d2-8700-f603c3e5ed9a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003936B605C953E34C8476A9FD9E49AC16" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fb9e7e813f837fd5b9acab9729d3e480">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a782362c-0017-44d2-8700-f603c3e5ed9a" xmlns:ns3="78ea2335-8007-4ae4-b674-628de3bfd69a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="31b071675c4d6feaa5ec6297d3b7489e" ns2:_="" ns3:_="">
+    <xsd:import namespace="a782362c-0017-44d2-8700-f603c3e5ed9a"/>
+    <xsd:import namespace="78ea2335-8007-4ae4-b674-628de3bfd69a"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a782362c-0017-44d2-8700-f603c3e5ed9a" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="16" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="17" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="18" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="20" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="21" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="78ea2335-8007-4ae4-b674-628de3bfd69a" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{782c80e7-b749-4f6a-ad82-2deea615b3c0}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="78ea2335-8007-4ae4-b674-628de3bfd69a">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D723C044-0D7E-4F04-91FB-401ED9958F0D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="78ea2335-8007-4ae4-b674-628de3bfd69a"/>
+    <ds:schemaRef ds:uri="a782362c-0017-44d2-8700-f603c3e5ed9a"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E05F0B48-8C9C-426E-92DF-EF27C12917D0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5F2EF6F4-3209-448F-9D39-48635A81DC23}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a782362c-0017-44d2-8700-f603c3e5ed9a"/>
+    <ds:schemaRef ds:uri="78ea2335-8007-4ae4-b674-628de3bfd69a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>1</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>1</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kirby, Dylan N. (DPH)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101003936B605C953E34C8476A9FD9E49AC16</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>