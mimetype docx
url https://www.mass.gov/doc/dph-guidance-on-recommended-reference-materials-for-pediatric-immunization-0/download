--- v0 (2026-01-20)
+++ v1 (2026-03-25)
@@ -554,51 +554,51 @@
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>DPH recognizes the importance of clear, consistent, and evidence-based guidance to facilitate safe and effective vaccination practices. AAP is a national professional organization representing pediatric physicians, and its immunization schedule is developed by pediatric experts and updated regularly to reflect current evidence and clinical best practices for immunizing children and adolescents. The AAP immunization schedule aligns with science-backed pediatric standards of care and provides detailed guidance that supports clinical decision-making in pediatric settings.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58F7D88D" w14:textId="77777777" w:rsidR="00E17244" w:rsidRDefault="00E17244" w:rsidP="00E17244">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CC44D2A" w14:textId="77777777" w:rsidR="00E17244" w:rsidRDefault="00E17244" w:rsidP="00E17244">
+    <w:p w14:paraId="0CC44D2A" w14:textId="6D4F7D12" w:rsidR="00E17244" w:rsidRDefault="00E17244" w:rsidP="00E17244">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
         </w:rPr>
         <w:t>Clinicians should continue to follow all applicable state requirements, including the </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:tgtFrame="_blank" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
             <w:color w:val="467886"/>
           </w:rPr>
           <w:t>immunization requirements for school and camp entry</w:t>
         </w:r>
@@ -923,50 +923,51 @@
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Rounded MT Bold">
     <w:panose1 w:val="020F0704030504030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
+    <w:altName w:val="Tahoma"/>
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="LinePrinter">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -2893,115 +2894,119 @@
     <w:rsid w:val="000C2E20"/>
     <w:rsid w:val="000F315B"/>
     <w:rsid w:val="001125C0"/>
     <w:rsid w:val="0015268B"/>
     <w:rsid w:val="0015709E"/>
     <w:rsid w:val="0017749A"/>
     <w:rsid w:val="00177C77"/>
     <w:rsid w:val="001A7E66"/>
     <w:rsid w:val="001B6693"/>
     <w:rsid w:val="0021698C"/>
     <w:rsid w:val="00237280"/>
     <w:rsid w:val="00260D54"/>
     <w:rsid w:val="00276957"/>
     <w:rsid w:val="00276DCC"/>
     <w:rsid w:val="002A132F"/>
     <w:rsid w:val="002D1C21"/>
     <w:rsid w:val="00301022"/>
     <w:rsid w:val="00357A68"/>
     <w:rsid w:val="0037382F"/>
     <w:rsid w:val="00375EAD"/>
     <w:rsid w:val="00385812"/>
     <w:rsid w:val="00392D0B"/>
     <w:rsid w:val="003A7AFC"/>
     <w:rsid w:val="003C60EF"/>
     <w:rsid w:val="003F428B"/>
+    <w:rsid w:val="00422AF8"/>
     <w:rsid w:val="00465446"/>
     <w:rsid w:val="004813AC"/>
     <w:rsid w:val="004B35C5"/>
     <w:rsid w:val="004B37A0"/>
     <w:rsid w:val="004B5CFB"/>
     <w:rsid w:val="004D6B39"/>
     <w:rsid w:val="004E0C3F"/>
     <w:rsid w:val="00512956"/>
     <w:rsid w:val="00530145"/>
     <w:rsid w:val="005448AA"/>
     <w:rsid w:val="00572A6E"/>
+    <w:rsid w:val="006B7B7D"/>
     <w:rsid w:val="006D06D9"/>
     <w:rsid w:val="006D77A6"/>
     <w:rsid w:val="00702109"/>
     <w:rsid w:val="007210FB"/>
     <w:rsid w:val="0072610D"/>
     <w:rsid w:val="00726AA2"/>
     <w:rsid w:val="007359C3"/>
     <w:rsid w:val="00757006"/>
     <w:rsid w:val="00771FEB"/>
+    <w:rsid w:val="007B0E50"/>
     <w:rsid w:val="007B3F4B"/>
     <w:rsid w:val="007B7347"/>
     <w:rsid w:val="007D10F3"/>
     <w:rsid w:val="007D1D51"/>
     <w:rsid w:val="007E06B4"/>
     <w:rsid w:val="007F3CDB"/>
     <w:rsid w:val="00802852"/>
     <w:rsid w:val="00850407"/>
     <w:rsid w:val="0088305B"/>
     <w:rsid w:val="00951305"/>
     <w:rsid w:val="009730E5"/>
     <w:rsid w:val="009908FF"/>
     <w:rsid w:val="00995505"/>
     <w:rsid w:val="009C4428"/>
     <w:rsid w:val="009D48CD"/>
     <w:rsid w:val="00A5547C"/>
     <w:rsid w:val="00A65101"/>
     <w:rsid w:val="00A9461B"/>
     <w:rsid w:val="00B403BF"/>
     <w:rsid w:val="00B608D9"/>
     <w:rsid w:val="00B72531"/>
     <w:rsid w:val="00BA15C5"/>
     <w:rsid w:val="00BA4055"/>
     <w:rsid w:val="00BA7FB6"/>
     <w:rsid w:val="00BB7A22"/>
     <w:rsid w:val="00C20BFE"/>
     <w:rsid w:val="00C46D29"/>
     <w:rsid w:val="00CC1778"/>
     <w:rsid w:val="00CD4FC3"/>
     <w:rsid w:val="00CE575B"/>
     <w:rsid w:val="00CF3DE8"/>
     <w:rsid w:val="00D0493F"/>
     <w:rsid w:val="00D10DDE"/>
     <w:rsid w:val="00D56F91"/>
     <w:rsid w:val="00D76119"/>
     <w:rsid w:val="00D8671C"/>
     <w:rsid w:val="00D91390"/>
     <w:rsid w:val="00DA57C3"/>
     <w:rsid w:val="00DC3855"/>
     <w:rsid w:val="00E17244"/>
     <w:rsid w:val="00E242A8"/>
     <w:rsid w:val="00E274B8"/>
     <w:rsid w:val="00E72707"/>
     <w:rsid w:val="00E814A1"/>
     <w:rsid w:val="00E92038"/>
+    <w:rsid w:val="00EA74E3"/>
     <w:rsid w:val="00EE3732"/>
     <w:rsid w:val="00EF0780"/>
     <w:rsid w:val="00F0586E"/>
     <w:rsid w:val="00F429C0"/>
     <w:rsid w:val="00F43932"/>
     <w:rsid w:val="00FA575E"/>
     <w:rsid w:val="00FC6B42"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
@@ -3465,51 +3470,51 @@
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="781614722">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chrome-extension/efaidnbmnnnibpcajpcglclefindmkaj/https:/www.mass.gov/doc/immunization-requirements-for-school-entry-1/download" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://downloads.aap.org/AAP/PDF/AAP-Immunization-Schedule.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/dph-recommended-guidance-for-vaccines" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/about-the-massachusetts-immunization-information-system-miis" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aap.org/en/patient-care/immunizations/communicating-with-families-and-promoting-vaccine-confidence/?srsltid=AfmBOorVXA86fI1Js1b9sE0xY5u4UZbmKewzvysZ90hxNhJIZ9v-UOSW" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chrome-extension/efaidnbmnnnibpcajpcglclefindmkaj/https:/www.mass.gov/doc/immunization-requirements-for-school-entry-1/download" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://downloads.aap.org/AAP/PDF/AAP-Immunization-Schedule.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/about-the-massachusetts-immunization-information-system-miis" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chrome-extension/efaidnbmnnnibpcajpcglclefindmkaj/https:/www.mass.gov/doc/immunization-requirements-for-school-entry-1/download" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://downloads.aap.org/AAP/PDF/AAP-Immunization-Schedule.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/dph-recommended-guidance-for-vaccines" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/about-the-massachusetts-immunization-information-system-miis" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aap.org/en/patient-care/immunizations/communicating-with-families-and-promoting-vaccine-confidence/?srsltid=AfmBOorVXA86fI1Js1b9sE0xY5u4UZbmKewzvysZ90hxNhJIZ9v-UOSW" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/school-immunizations" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://downloads.aap.org/AAP/PDF/AAP-Immunization-Schedule.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/about-the-massachusetts-immunization-information-system-miis" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Documents%20and%20Settings\KMarshall\DPH%20Letterhead.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -4018,75 +4023,75 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E00FE09-04B5-4F2D-BE35-4F00C3FBD9A1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>DPH Letterhead</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>558</Words>
-  <Characters>3183</Characters>
+  <Words>546</Words>
+  <Characters>3114</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
+  <Lines>25</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr> </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3734</CharactersWithSpaces>
+  <CharactersWithSpaces>3653</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title> </dc:title>
   <dc:subject/>
   <dc:creator>Kyle Marshall</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063B71EDFBCAE32488E57772C6ED8DFB9</vt:lpwstr>
   </property>