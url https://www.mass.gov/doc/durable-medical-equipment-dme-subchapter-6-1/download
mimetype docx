--- v0 (2025-10-26)
+++ v1 (2026-01-28)
@@ -1,16645 +1,20262 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header8.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header9.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header10.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header11.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="639CD9D0" w14:textId="77777777" w:rsidR="00C240E5" w:rsidRPr="000B27D5" w:rsidRDefault="00C240E5" w:rsidP="00A2694A"/>
-    <w:p w14:paraId="5E787B4D" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
+    <w:p w14:paraId="5380ADA3" w14:textId="77777777" w:rsidR="008A4CBD" w:rsidRPr="008A4CBD" w:rsidRDefault="008A4CBD" w:rsidP="00FD6878">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8760"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="450"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="4F1F2A0A" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A4CBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Subchapter 6: Durable Medical Equipment Manual</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67113680" w14:textId="7E84E385" w:rsidR="0057507D" w:rsidRPr="00480379" w:rsidRDefault="0057507D" w:rsidP="00480379">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00480379">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>TL DME-</w:t>
+      </w:r>
+      <w:r w:rsidR="00C30C59">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17786A3D" w14:textId="77777777" w:rsidR="0057507D" w:rsidRPr="00480379" w:rsidRDefault="0057507D" w:rsidP="00480379">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00480379">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Date 04/01/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67A2E8BD" w14:textId="3D699B52" w:rsidR="00FD6878" w:rsidRPr="004D57E2" w:rsidRDefault="00FD6878" w:rsidP="00FD6878">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8730"/>
+          <w:tab w:val="right" w:pos="8820"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D57E2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Table of Contents</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6496AA7B" w14:textId="07F36F15" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8760"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="450"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="799C9F24" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>6.  Service Codes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03170E6C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8760"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="450"/>
-      </w:pPr>
-[...12 lines deleted...]
-    <w:p w14:paraId="08921C4C" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="269101A1" w14:textId="7C1ADBBE" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8760"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="450"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:tab/>
-        <w:t>602: Service Codes</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00416BFA">
+        <w:t xml:space="preserve">601: Introduction </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:tab/>
         <w:t>6-1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68543898" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
+    <w:p w14:paraId="23F84067" w14:textId="2D6CF4D2" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8760"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="450"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="020C06C6" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>602: Service Codes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>6-1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05CB81C5" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8760"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="450"/>
-      </w:pPr>
-[...11 lines deleted...]
-    <w:p w14:paraId="226C8E75" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B3E0794" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8760"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="450"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="39A1DEA5" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Appendix A.  Directory </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>A-1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45B5AEA1" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8760"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="450"/>
-      </w:pPr>
-[...15 lines deleted...]
-    <w:p w14:paraId="11E73D01" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65F925AF" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8760"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="450"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="6F1C19C4" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Appendix C.  Third</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:noBreakHyphen/>
+        <w:t xml:space="preserve">Party-Liability Codes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>C-1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2227AA8E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8760"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="450"/>
-      </w:pPr>
-[...11 lines deleted...]
-    <w:p w14:paraId="24155C35" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66C6C65A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8760"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="450"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="627F1539" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00531269">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Appendix T.  CMSP Covered Codes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>T-1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72B45072" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8760"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:ind w:left="1224" w:hanging="1224"/>
-[...18 lines deleted...]
-    <w:p w14:paraId="405E1FD9" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48EA4621" w14:textId="287EEE8E" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00531269">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8760"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:ind w:left="450" w:hanging="450"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="75F89023" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1224" w:hanging="1224"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Appendix U.  DPH-Designated Serious Reportable Events That Are Not Provider Preventable </w:t>
+      </w:r>
+      <w:r w:rsidR="0055227D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Conditions </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>U-1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E914A63" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8760"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="450"/>
-      </w:pPr>
-[...11 lines deleted...]
-    <w:p w14:paraId="5BBE736B" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06DF8F1C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8760"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="450"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="345EAE82" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Appendix V.  MassHealth Billing Instructions for Provider Preventable Conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>V-1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4981E22A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8760"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="450"/>
-      </w:pPr>
-[...11 lines deleted...]
-    <w:p w14:paraId="2F597483" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16CE398E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8760"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="450"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="15D7A3C7" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Appendix W.  EPSDT Services Medical and Dental Protocols and Periodicity Schedules</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>W-1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0082BD54" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8760"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="450"/>
-      </w:pPr>
-[...11 lines deleted...]
-    <w:p w14:paraId="0CB2C923" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32A5F098" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8760"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="450"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="41DAEDE6" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Appendix X.  Family Assistance Copayments and Deductibles</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>X-1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="230BD016" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8760"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="450"/>
-      </w:pPr>
-[...11 lines deleted...]
-    <w:p w14:paraId="06E57483" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="173AAB4E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8760"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="450"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="2BB384E8" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Appendix Y.  EVS Codes and Messages</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Y-1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40CAA039" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8760"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="450"/>
-      </w:pPr>
-[...11 lines deleted...]
-    <w:p w14:paraId="20FE7E6B" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3871747A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8760"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="450"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="5E4482F2" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="000E44EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Appendix Z.  EPSDT/PPHSD Screening Services Codes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Z-1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="738E2C4E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8760"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3046B12F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="000E44EB">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8760"/>
+          <w:tab w:val="right" w:pos="9378"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:sectPr w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidSect="007119FA">
-[...1 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId12"/>
+        <w:sectPr w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidSect="00023755">
+          <w:headerReference w:type="even" r:id="rId11"/>
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="even" r:id="rId13"/>
+          <w:footerReference w:type="default" r:id="rId14"/>
+          <w:headerReference w:type="first" r:id="rId15"/>
+          <w:footerReference w:type="first" r:id="rId16"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
-          <w:pgMar w:top="576" w:right="1440" w:bottom="1440" w:left="1440" w:header="446" w:footer="490" w:gutter="0"/>
+          <w:pgMar w:top="720" w:right="1440" w:bottom="864" w:left="1440" w:header="432" w:footer="432" w:gutter="0"/>
+          <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
-          <w:docGrid w:linePitch="299"/>
+          <w:noEndnote/>
+          <w:docGrid w:linePitch="272"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="056060F9" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0CBA6C52" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:sectPr w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidSect="007119FA">
-[...3 lines deleted...]
-          <w:headerReference w:type="first" r:id="rId16"/>
+        <w:sectPr w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidSect="00023755">
+          <w:headerReference w:type="even" r:id="rId17"/>
+          <w:headerReference w:type="default" r:id="rId18"/>
+          <w:footerReference w:type="default" r:id="rId19"/>
+          <w:headerReference w:type="first" r:id="rId20"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="432" w:right="1296" w:bottom="720" w:left="1296" w:header="432" w:footer="432" w:gutter="0"/>
           <w:cols w:num="7" w:space="562"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="212"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D74E8E0" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
+    <w:p w14:paraId="66DA40C1" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00416BFA">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6916D0F5" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5DF32A71" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk155856634"/>
       <w:r w:rsidRPr="00416BFA">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">601  </w:t>
       </w:r>
       <w:r w:rsidRPr="00416BFA">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Introduction</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B5B4350" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...35 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="54B01454" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="008A4CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="361E1E65" w14:textId="484B73AF" w:rsidR="00C2404B" w:rsidRPr="00C2404B" w:rsidRDefault="00416BFA" w:rsidP="00C2404B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>MassHealth pays for the services for codes listed in Section 602 in effect at the time of service, subject to all conditions and limitations in MassHealth regulations at 130 CMR 409.000 and 450.000. In addition, a provider may request prior authorization (PA) for any medically necessary durable medical equipment or supplies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26DB8C1D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="008A4CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F9B0B9B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Providers should refer to the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:anchor="masshealth-durable-medical-equipment-and-oxygen-payment-and-coverage-guideline-tool-" w:history="1">
-[...8 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...49 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">MassHealth DME and Oxygen Payment and Coverage Guideline Tool </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>for service descriptions, applicable modifiers, place-of-service codes, PA requirements, service limits, and pricing and markup information. For certain services that are payable on an individual consideration (I.C.) basis, the tool can calculate the payable amount, based on information entered into certain fields on the tool.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A190657" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="008A4CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D14E096" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">To get to the </w:t>
       </w:r>
       <w:r w:rsidRPr="00416BFA">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>MassHealth DME and Oxygen Payment and Coverage Guideline Tool</w:t>
       </w:r>
       <w:r w:rsidRPr="00416BFA">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, visit </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="00416BFA">
           <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.mass.gov/service-details/masshealth-payment-and-coverage-guideline-tools</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00416BFA">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BECE443" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="24F8E869" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BF8B8D1" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00416BFA">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">602  </w:t>
       </w:r>
       <w:r w:rsidRPr="00416BFA">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Service Codes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7361E778" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0FD71E5E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0DF9E035" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00531269">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1254CCB2" w14:textId="077FF0C7" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00531269">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00416BFA">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">This section lists Level II HCPCS codes that are payable under MassHealth. Refer to the Centers for Medicare &amp; Medicaid Services website at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00416BFA">
           <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.cms.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00416BFA">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00416BFA">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>for more detailed descriptions when billing for Level II HCPCS codes provided to MassHealth members.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7653FC48" w14:textId="77777777" w:rsidR="007119FA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5A3D7A31" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-          <w:headerReference w:type="default" r:id="rId20"/>
+        <w:sectPr w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidSect="00023755">
+          <w:headerReference w:type="default" r:id="rId23"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="576" w:right="1440" w:bottom="1440" w:left="1440" w:header="432" w:footer="432" w:gutter="0"/>
           <w:pgNumType w:start="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="212"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1471D88A" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0385861E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4206</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E8CF5A1" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3476D7FC" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4207</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30B816FA" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4E48A308" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4208</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21564778" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="53A3447E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4209</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0600877C" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="398786C4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4210</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D5A5F0F" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1F49E3BF" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4213</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EFDB96F" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="70B2E85B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4215</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16BFC240" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1A88E053" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4217</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="558BCC84" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="10128DF9" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4220</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F31D7CA" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="32DD3750" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4221</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6630598A" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6B9FD831" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4222</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67E7F865" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6E35D1B9" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4223</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49311ECC" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="21BBA536" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4224</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C77455B" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="36BDDDF6" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4225</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06ACBEAE" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2CF8FBF0" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4233</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C1BCE30" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="66E5EA4C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4234</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41C1CB06" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1D5A43B9" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4235</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="429678E0" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2AE4C914" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4236</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21A7FF18" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2602D8F0" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4239</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44F20DC4" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="56492C67" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4244</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1506EE13" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5039549E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4245</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45E80886" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="42700C23" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4246</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="719BCA4D" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5F8E7347" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4247</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00ACF313" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="76E95F74" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4250</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05F5C033" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="71FFDE39" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4253</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FDB2305" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7FFD1EEC" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4255</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54DB4885" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2C984B6E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4256</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B79FEC3" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="69929300" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4258</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="122F86FD" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="371E5140" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4259</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="445A4D09" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="211FCD75" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4265</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="574A23CA" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5C19C6BC" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4281</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="524BEE33" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="63EA1434" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4282</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45FDF0FF" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2615FD0A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4283</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A1331A4" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="34991C8F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4284</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D64339A" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="70E96F11" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4285</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="581C584F" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4656C634" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4286</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5274C5D6" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="09FE8971" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4287</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64D6753C" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="04EB71A5" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4310</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="125C7E7A" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="57738641" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4311</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="016CD595" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="05F2581D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4312</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="474A5EA4" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3D2B049C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4313</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B1D852F" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="365CB7BA" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4314</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="068B2595" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1E01395B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4315</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="232D7FE0" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="30022948" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4316</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="238F7770" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5DF68519" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4320</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51E5CCF7" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="555CF708" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4321</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77F5124B" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6A7DDDC6" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4322</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FCBBD09" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="79B1D609" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4326</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="161FCA6E" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="366D00B2" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00416BFA">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4327</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CA58E5D" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0EC07606" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4328</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56536CA9" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="087C70FE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4330</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="597C784B" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="29076537" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4331</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="171FBA7A" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1BC2B783" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4332</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37419D02" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1806EFD7" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4333</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B312287" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5D2BB703" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4334</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="570675D9" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7118D8DC" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4338</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DE3F9BF" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="614469E7" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4340</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DF0EE27" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="189FB809" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4344</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EED18DF" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4263E113" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4346</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28E00086" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0CBE6B66" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4349</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3480E288" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="002AE533" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4351</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F7F4AAE" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="08A79166" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4352</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6160D5CB" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1F81AE8E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4353</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AF6ABC1" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4D123DCA" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4354</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4427F13E" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4FD95286" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4355</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B5EA11A" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5F3FC2A2" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4356</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08574A86" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2C1AA688" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4357</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17D2B59F" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1573758B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4358</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="098E5E6B" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="09710993" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4361</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35C8F78D" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="50890918" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4362</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79CDBD67" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="342EBC81" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4363</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64E808CF" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="00027217" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4364</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34A6D8B9" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="78DF8BEF" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4366</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FD4FDC8" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="330836C7" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4367</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2918D3EC" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5D2A47BC" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4368</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3886DEB9" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3A0ED02A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4369</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="291B3ED1" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="65549F11" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4371</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1545A913" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7A6737C6" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4372</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C740CE1" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="64D396A5" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4373</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B1ED872" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2447318D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4375</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69627CE8" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5A44C07E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4376</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="025EB4EA" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1A998C8D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4377</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="064F2651" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0FB1AA7C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4378</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="257D9279" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2DE5FF6F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4379</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D68FA65" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6B851B7D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4380</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F5AEC77" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6C7C8644" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4381</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E2E6572" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0037C249" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4382</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54F6CCE9" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="76252D6D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4383</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B1FE249" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0B4CB6AC" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4384</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3138C39E" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1908A0F4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4385</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69B5479B" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7B137A84" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4387</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A8902E3" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="35501DE7" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4388</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2540A8CA" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5D97FBCF" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4389</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C981D8E" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2AA42CAF" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4390</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32B2B810" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="77531268" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4391</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D4C11BC" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="48F62202" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4392</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A511D8F" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="258374E1" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4393</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54E7BCA2" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3F27A086" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4394</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="593C69D8" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6E4604C7" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4395</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DB558E2" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0F3226CE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4396</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="311FD901" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="12075E84" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4398</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DD4BB6E" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3FC1B1D7" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4399</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55272A0D" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="04D04E50" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4402</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A850C50" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4659184C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4404</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D363FDD" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6305EF27" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4405</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="653CE337" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="75B4994F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4406</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BE59E54" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2C6A6C5A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4407</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62F7E530" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="09CB8DE4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4408</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B205933" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="610F2B75" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4409</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="030ACF8D" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1E031A39" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4410</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50C8F56A" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7811B3B4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4411</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="487BCF42" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5A27E6AB" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4412</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50CAE919" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="47C905B6" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4413</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="135D40EC" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="05ECFDEC" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4414</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B90533B" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6FD6024D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4415</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AD5F2CC" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="00232D53" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4416</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CD05966" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="608E8B9D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4417</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50025713" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="578EE44C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4418</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04D35683" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1FD90CCE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4419</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AAA9491" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="64CD0277" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4420</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D124243" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="27E481F3" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4422</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0084D80A" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0459FE47" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4423</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0360A6FE" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0B7CA9B6" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4424</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DF309F6" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="48875C45" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4425</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FD1DD5E" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0BEBA2E7" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4426</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11264624" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="69D5379B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>A4427</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="045D8CED" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="33C31E49" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4428</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13F41C45" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5F6D9C5A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4429</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16ED3113" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0B140DA1" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4430</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24806D9C" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1B5B804E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4431</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DF9CCFD" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2055E743" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4432</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="233A0584" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1A95AE4A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4433</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03F25952" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7B4C0227" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4434</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03595365" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2DFB97FE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4435</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14E0EA70" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2802AEA3" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4436</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="138E8CA1" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="09F26202" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4437</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EB5A9F8" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="32A6A272" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4450</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A4672BF" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3DB2C056" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4452</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BACF98D" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5F765FA9" w14:textId="77777777" w:rsidR="00313A2F" w:rsidRDefault="00313A2F" w:rsidP="00313A2F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A4453</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D8983AE" w14:textId="19EFF098" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4455</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35EE9347" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6F8D54EB" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4456</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C94EAC7" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1BFFA9BE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4459</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17FFA1EC" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3A1FA6EE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4461</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44F3951B" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6B53C82F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4463</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FABF364" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0833971B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4490</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12A52137" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3E38AD2B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4495</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63F8054F" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1F58139B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4500</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CF088BB" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="10F4D1A4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4510</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72BA5063" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1B1B3A20" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4558</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70AAD9BA" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7E91A447" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4595</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="656FA6D6" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="34584303" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A4600</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="076039BC" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="390F9073" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A4601</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="252554C2" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A4602</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24316D2C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A4630</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1735EA88" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A4635</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A732A11" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A4636</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F218CAA" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A4637</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="451E4254" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A4638</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34E37200" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A4640</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1718CD31" w14:textId="449E6CA8" w:rsidR="007978C6" w:rsidRPr="00416BFA" w:rsidRDefault="007978C6" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A4657</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1499298B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A4660</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52DB6E2B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A4663</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="471E5C0F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A4670</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72BE8FA0" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A4927</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1398E7B6" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A4930</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BFDEAE2" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A5051</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0728E208" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A5052</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4673FF2F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A5053</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B118357" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A5054</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19E89592" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A5055</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ABECA59" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A5056</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="546576AC" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A5057</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5386831E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A5061</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A60FF8C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A5062</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26387C0C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A5063</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FFB9832" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A5071</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="520AAD13" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A5072</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E9E95DA" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A5073</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24E7D83D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A5081</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D5F625E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A5082</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F4D918D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A5083</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DD5D385" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A5093</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F20748C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A5102</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B2419E4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A5105</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4302238F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A5112</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="441AF5B9" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A5113</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59518CB4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A5114</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="288FAEB5" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A5120</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B2E1D03" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A5121</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="231BCBF7" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A5122</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C6C8E54" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A5126</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B9D3748" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A5131</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="095EAE49" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A5200</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1050D401" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6010</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07E1E7A9" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6011</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0080E1D7" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6021</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B64A55B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6022</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F28935E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22AA2D2E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6024</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="759401BE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6154</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A13D387" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6196</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75A6C578" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6197</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19F28E39" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6198</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0946DD7A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6199</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EAB50B5" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6203</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D442339" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6204</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A07F1BD" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6205</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DD1A3B1" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6206</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E81BACF" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6207</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71E85443" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6208</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78F58FF6" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6209</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FA0D9DB" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6210</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58D2B2C0" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6211</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="262043E5" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6212</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ED9815B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6213</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39445FBE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6214</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F19D424" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6215</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CEC33EE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6216</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C911CE9" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6217</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="260EDC68" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6218</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="232A3961" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6219</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25E80F8A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6220</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52A8D7AE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6221</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3267110B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6222</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37059CE0" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6223</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D601AF5" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6224</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AF72430" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6228</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16341098" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6229</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="666D51D0" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6230</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AE8740E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6231</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12B8E83F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6232</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AB28457" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6233</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D8BD413" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6234</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4853A7E8" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6235</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C5D424D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6236</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30C567B4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6237</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2028352A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6238</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="418C5EC1" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6239</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="411BEB6E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6240</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6723A237" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6241</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D130E37" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6242</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F1545F2" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6243</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E293952" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6244</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E88C18C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6245</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F7611FE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6246</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F9D1A1C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6247</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58FF8008" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6248</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CDFA745" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6250</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B20DF48" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6251</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07227F23" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6252</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51741B1C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6253</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E40E041" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6254</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49E80AB5" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6255</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65EFAD93" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6256</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36E2C8DA" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6257</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="354034FA" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6258</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B3D363B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6259</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76566659" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6260</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BA15A57" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6266</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2813BF1B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6402</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18974042" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6403</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D88E875" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6404</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="084AD176" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6407</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39524035" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6410</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23760EC4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6411</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0321430F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6442</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E163F5D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6443</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26898D02" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6444</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05F35561" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6445</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="631F20EF" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6446</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C3F6198" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6447</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="668FC5DB" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6448</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34A640E5" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6449</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69145EF7" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6450</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D8C1866" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6451</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1290E5C3" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6452</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BCB221C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6453</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AE875D3" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6454</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62FCD779" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6455</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18E32329" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6456</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CC8AC71" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6457</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="198C4F02" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6501</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36BFBF0B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6502</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7510CF20" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6503</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20E6FF6E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6504</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58E1DBBA" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6505</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BB75452" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6506</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="732AC140" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6507</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A44B101" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6508</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48475DD6" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6509</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74E7B8D9" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6510</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78AB626D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6511</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61EBEAB4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6512</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3297E604" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6513</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="085FED24" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A6550</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63192EB4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A7048</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5821AB2C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A8000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EB09386" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A8001</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77183BAA" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A8002</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77B5ED9A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A8003</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19692F19" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A8004</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73409930" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A9274</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1041AEBE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A9276</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D95C81" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A9277</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27BEA485" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A9278</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57BA4C1F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A9280</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="210717E2" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A9281</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="282BEBAE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A9900</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37FD3CFD" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk138151356"/>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A9901</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="09199A65" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4034</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3644B80F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4035</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0555E71A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4036</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B8F8725" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4081</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C4060D8" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4082</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CD02679" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4083</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4860A7EE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4087</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F17233D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4088</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75AFA377" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4100</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E1EF0EE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4102</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340DDF76" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4103</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1342753B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4104</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77981738" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>B4105</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20BFC7CA" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>B4148</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78606161" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4149</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2484ADA4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4150</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11063988" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4152</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36D9DECA" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4153</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F44B0B1" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4154</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="693B50D0" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4155</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23982597" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4157</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EE6C628" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4158</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="164CBE22" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4159</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1926CA69" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4160</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="002FF07F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4161</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A29DD27" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4164</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4315F0AB" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4168</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BBEADA2" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4172</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D17EDB4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4176</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A06E1AA" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4178</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="350C1757" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4180</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BE8439E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4185</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0876C42B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4189</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F5048D6" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4193</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="560721D1" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4197</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AA9343A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4199</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78458516" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4216</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E0F8C0A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B4220</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="557C169A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00886384" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00886384">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>B4222</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="147BE9EA" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00886384" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00886384">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>B4224</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70C972EC" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>B5000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B4ABB6C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>A4601</w:t>
-[...96 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>B5100</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D050974" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>B5200</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4548A4A5" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>B9002</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EE13160" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>B9004</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="702FE4C6" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>B9006</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="786862E8" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0100</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57A75C89" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0105</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A95D028" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0110</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="705F66F2" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0111</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16FD38A5" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0112</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B72C69F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0113</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D3A6979" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0114</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54ED2B23" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0116</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="299CB1F0" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0117</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B62FDF4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0118</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FB57B92" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0130</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10524252" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0135</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EC6F2B2" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0140</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71596543" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0141</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D8EA9F0" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0143</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="351A138F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0144</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="446D37B4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0147</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CFEDDAB" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0148</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="488AA477" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0149</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09D43DAE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0153</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E4EE486" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0154</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23A1B7E2" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0155</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E180C5B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0156</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B9EBBD3" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0157</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23987368" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0158</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A9029E2" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0159</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77A3996A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0160</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A41814D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0161</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E0A4250" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0162</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A9EBAA7" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0163</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="066B4601" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0165</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C6943B7" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0167</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D57BBE4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0168</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39CFEFB2" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0170</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="792B5FA5" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0171</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="100130EF" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0172</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18BEFB32" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0175</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71B773BE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0181</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25E04446" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0182</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27A7FBD6" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0184</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72750260" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0185</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DE92194" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0186</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43B9D241" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0187</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AC3D6E3" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0188</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5617A30C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0189</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63D6E25E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0190</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45B71647" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0191</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BDE6B60" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0193</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ECA0396" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0194</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66F876CB" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0196</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64F239C3" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0197</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B9EDCE2" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0198</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="588CAB48" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0199</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2793D98D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0202</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E0DBB61" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0210</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FDA6B2E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0215</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="194E8FC4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0235</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75EE13B0" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0240</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49763DB3" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0241</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5829D21E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0242</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="576EBDC9" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0243</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E73AFA5" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0244</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47262ECC" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0245</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EDE2A7E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0246</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C10EA35" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0247</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FF5C334" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0248</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="524E7476" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0250</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26D6B327" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0251</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15A3A24E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0255</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41965A96" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0256</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="401DF493" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0260</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="583C7B33" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0261</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="234F3E87" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0265</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="321E8335" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0266</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="579C4AA4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0271</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21E84CDF" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0272</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67D9D1F0" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0274</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A57D69B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0275</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06D0B9CD" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0276</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10749783" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0277</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63E52C3E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0280</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69DF3471" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0290</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32EBBECC" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0291</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19037998" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0292</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="355C7BC2" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0293</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38049C84" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0294</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23F54208" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0295</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12F2EABA" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0296</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C238F6E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0297</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B4228BB" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0300</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4421697F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0301</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50D905A0" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0302</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30B9B8D2" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0303</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FF42721" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0304</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="348E0AD6" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0305</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48427228" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0310</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38224E23" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0315</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="171C53E2" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0316</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34CABD4C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0325</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60CCEF4A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0326</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3104CC31" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0328</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="201A3344" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0329</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="282D8BC6" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0371</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7657FD1F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0372</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2896986E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0373</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34628BB4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0486</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="439646C4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0602</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7725A6E4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0603</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A8062EC" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0604</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A5FFFBB" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0605</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FE2767C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0606</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DE84CCF" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0607</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03D79245" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0610</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0013184B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0617</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7797A3B3" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0621</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F6FFB8C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0625</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5611F22A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0627</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="098419F7" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0629</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BE4D101" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0630</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0432D6A7" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0635</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D617C7E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0636</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FF1AD9E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0637</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="459E3095" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0638</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60BAA815" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0639</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73CF134E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0640</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A2483D4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0641</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15E25CD2" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0642</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="280FA0FC" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0650</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A9F9BF7" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0651</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="582F4A51" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0652</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2942DB5F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0655</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04E68C1B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0656</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B998AF4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0657</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C746D62" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0660</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49953207" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0665</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BACFFE5" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0666</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36E1EDBA" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0667</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1469C407" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0668</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3891F0A6" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0669</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51C9DB4F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0670</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47EF38B8" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0671</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F5FCE93" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0672</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5984AE2C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0673</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="521AC6D8" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0675</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F671CF8" w14:textId="77777777" w:rsidR="000B5ED7" w:rsidRPr="000B5ED7" w:rsidRDefault="000B5ED7" w:rsidP="000B5ED7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B5ED7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0678</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11CF3422" w14:textId="77777777" w:rsidR="000B5ED7" w:rsidRPr="000B5ED7" w:rsidRDefault="000B5ED7" w:rsidP="000B5ED7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B5ED7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0679</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="550FAE41" w14:textId="77777777" w:rsidR="000B5ED7" w:rsidRPr="000B5ED7" w:rsidRDefault="000B5ED7" w:rsidP="000B5ED7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B5ED7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0680</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="559CCC67" w14:textId="77777777" w:rsidR="000B5ED7" w:rsidRPr="000B5ED7" w:rsidRDefault="000B5ED7" w:rsidP="000B5ED7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B5ED7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0681</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B5A6E9F" w14:textId="77777777" w:rsidR="000B5ED7" w:rsidRPr="000B5ED7" w:rsidRDefault="000B5ED7" w:rsidP="000B5ED7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B5ED7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0682</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38F69BCC" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0700</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67C3B4E1" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0705</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59FEF86C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0710</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="258D3B86" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0720</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="363159EC" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0730</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E538F33" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0731</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06A9508D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0747</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2883ED77" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0748</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6839C991" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0760</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BF6A9A1" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0766</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10D632D3" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0776</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04687803" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0779</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36D0B6C6" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0780</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00009FCD" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0781</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32FF3518" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0784</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03A4A75A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0791</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EB4C97D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0840</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58A2972D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0849</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="708E8039" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0850</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25D9F39C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0855</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3563668A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0856</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41617ED2" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0860</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="544B0B17" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0870</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DF55229" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0880</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="275DE2CF" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0890</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57D2F8F6" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0900</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53A5E66F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0910</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E860DD6" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0911</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17CD9898" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0912</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4563CE7E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0920</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20F5985C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0930</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08E2BA12" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0935</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D09044D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0936</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DF6EDEA" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0940</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6512123B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0941</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="015254AD" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0942</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E873242" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0944</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="339FFDC6" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0945</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BD7542C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0946</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EC4DB26" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0947</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51181F5D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0948</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25781578" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0950</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ADC588A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0951</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="423D6599" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0952</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="486F72A7" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0955</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="768E42DC" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0956</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AA7FC17" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0957</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="297ED619" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0958</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01E84B76" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0959</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47A3A131" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0960</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B6BBEE6" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0961</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F877631" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0966</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ACDFA5D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0967</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B0A7CFB" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0971</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C696FB2" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0973</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13EEB038" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0974</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46EB22CB" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0978</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45A2A667" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0980</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BD6A366" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0981</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44473BB3" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0982</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BCA0BFA" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0983</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="113A80BE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0984</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C69A383" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0985</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BB28BB1" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0986</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BA5DA7F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0988</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44BC01C5" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0990</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B9CAEEA" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0992</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44EF4ABB" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E0995</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B12CE5D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1002</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B8384E1" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1003</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F8D5CF7" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1004</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D345687" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>E1005</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BE88156" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1006</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01B6A9AC" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1007</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5797CE66" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1008</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75D6119F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1009</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="306EE731" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1010</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29A801F8" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1011</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D603F4B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1012</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6068DC90" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1014</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31E2629F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1015</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54EE2D3A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1016</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5049DE24" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1017</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CDBDD46" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1018</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59C4AA3C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1020</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77B2085C" w14:textId="77777777" w:rsidR="005533C6" w:rsidRDefault="005533C6" w:rsidP="005533C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...2423 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1022</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03F7A710" w14:textId="77777777" w:rsidR="005533C6" w:rsidRPr="00416BFA" w:rsidRDefault="005533C6" w:rsidP="005533C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68C39789" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1028</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32995782" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1029</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FBEEFEB" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1030</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B06CE1C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1031</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D94BC70" w14:textId="77777777" w:rsidR="005533C6" w:rsidRDefault="005533C6" w:rsidP="005533C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1032</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E0DE084" w14:textId="77777777" w:rsidR="005533C6" w:rsidRDefault="005533C6" w:rsidP="005533C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1033</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="356AFAE6" w14:textId="77777777" w:rsidR="005533C6" w:rsidRPr="00416BFA" w:rsidRDefault="005533C6" w:rsidP="005533C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1034</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F1DC370" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1035</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63DF9386" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1036</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="132B74FE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1037</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0533EAAD" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1038</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33BE9D61" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1039</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32A8645C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1161</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="011EFA43" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1180</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C7391D7" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1190</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18AEB31C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1195</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0119FB86" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1200</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CD3044E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1220</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26590482" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1221</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="400EC698" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1222</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11E5871E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1223</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D7D51D5" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1224</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BB91A3E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1225</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47308966" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1226</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C13F5D5" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1231</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14CAB5D0" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1232</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FADA057" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1233</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02ECF0CB" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1234</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56DE3E49" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1235</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27086C9C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1236</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="093B7158" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1237</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4877FA2F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1238</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DC5C646" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1296</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6754462A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1297</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2714B830" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1298</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60EAD7BC" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1399</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C634062" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1800</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76A9B774" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1801</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67EFE4C2" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1802</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7927DDFC" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1805</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="097C01E3" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1806</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75612652" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1810</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B081538" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1811</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7022E1E1" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1812</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05405B18" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1815</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10F35FFE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1816</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63B6568F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1818</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65238A22" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1820</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F77208E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1821</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3828B822" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1825</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D2CD44F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1830</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A79AA03" w14:textId="256C4F5D" w:rsidR="00572F57" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1831</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35F65196" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1840</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45A4C1EE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1841</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CB0AA84" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E1902</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="008A68BE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58E0EBE2" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2100</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47C6130C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2101</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14D57F6A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2103</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D85C6FE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2201</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="702FF508" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2202</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AD83049" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2203</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52C14E70" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2204</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CEB0A82" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2205</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FFF05AD" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2206</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35899FA1" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2207</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BBDBEE6" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2208</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39516E79" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2209</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0407E79C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2210</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E4D025F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2211</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B60C0EB" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2212</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39D5B902" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2213</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5727600F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2214</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C9D1397" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2215</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51055029" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2216</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53E11999" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2217</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D9FE137" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2218</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="798FE4A0" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2219</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2042D2D3" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2220</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E9EB681" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2221</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69CC4223" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2222</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C12194C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2224</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D61579E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2225</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A6B2E86" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2226</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CE4BA9F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2227</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DD84DD6" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2228</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E2EF00B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2231</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69BBC603" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2291</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63A85035" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2292</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B19E967" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2293</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C1C00B1" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2294</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19534BD6" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2295</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F8C2D73" w14:textId="37D93203" w:rsidR="00461D69" w:rsidRPr="00416BFA" w:rsidRDefault="00461D69" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00807AAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E22</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC25A6" w:rsidRPr="00807AAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>98</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="789784C4" w14:textId="7E9DA6E4" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2301</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67CD555A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2310</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B504B2A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2311</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6260728E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2312</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2917ABCC" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2313</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C266E67" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2321</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39662F39" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2322</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="202E7454" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2323</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31316D18" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2324</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5032FC7F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2325</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F0D789D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2326</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52D90F21" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2327</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C2634A2" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2328</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10BE2E47" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2329</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B022458" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2330</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C3939E8" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2331</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A6F4F86" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2340</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B4AA425" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2341</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6987D876" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2342</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B88097A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2343</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CE0424B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2351</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="525C2132" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2358</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33724EDC" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2359</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="434823A4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2360</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="418C1CA0" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2361</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3732FBFE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2362</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39FA1F42" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2363</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B8DF49A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2364</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FED98AE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2365</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="790711CA" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2366</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F4276A2" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2367</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53CDEF41" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2368</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E60789E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2369</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75FFFD5E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2370</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78A7F349" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2371</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E2D2656" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2372</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0524A3F6" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2373</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69B2CB5D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2374</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B309511" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2375</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61D35E54" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2376</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04D69C5A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2377</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3838E863" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2378</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A37E093" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2381</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CAF5399" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2382</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D26F982" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2383</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B3EE3C4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2384</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16B4B3A4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2385</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D5C6176" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2386</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C13BF43" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2387</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C9D4D8D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2388</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29B4D664" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2389</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19918EB3" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2390</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="001C30BD" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2391</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54866F9E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2392</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4474D9A4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2394</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51CE3741" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2395</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F2A87CF" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2396</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DA9102D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2397</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69DE717A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2402</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15B43B13" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2500</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E4B1501" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2502</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61719DAE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2504</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EBAFFA4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2506</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46EE11D7" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2508</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="362F4816" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2510</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EED4BCF" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2511</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0082198C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2512</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A1ABF11" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2599</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F20B34A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2601</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="748AE121" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2602</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EEB9CE0" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2603</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FEDEC34" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2604</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="658B74E2" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2605</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="320FF4D1" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2606</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="292FD34A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2607</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AC97DCC" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2608</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EEBD2A1" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2609</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07FC23F6" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2610</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EFC540E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2611</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6131860F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2612</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43F0D9B8" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2613</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09DD53BE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2614</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AE26915" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2615</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AE601ED" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2616</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54E4BCE2" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2617</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="662F177F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2619</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37A54478" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2620</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A40878F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2621</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="789D5C3A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2622</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47E810C2" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2623</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CD7CDB3" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2624</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DFB2317" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2625</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="567E2C1B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2626</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="416EE04D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2627</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="559FB14E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2628</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A61D42D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2629</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4615B031" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2630</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49152C94" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2631</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C5C0F5E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2632</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02C66EAE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E2633</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1190C169" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E8000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79589576" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E8001</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="566AC92D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>E8002</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59B4A02F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>K0001</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="017206F1" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>K0002</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E80F331" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00886384" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00886384">
         <w:rPr>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>K0003</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03FE55A7" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00886384" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00886384">
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1095 lines deleted...]
-          <w:lang w:val="es-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>K0004</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F28A525" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00886384" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00886384">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>K0005</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65546AD9" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00807AAF" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00807AAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>K0006</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7293E64A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00807AAF" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00807AAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>K0007</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EF68E75" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>K0008</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43C3F5CC" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>K0009</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FB95E09" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>K0010</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="155971B0" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>K0011</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="236B2E6D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>K0012</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61E0DBFE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>K0013</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A649BA8" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>E0250</w:t>
-[...5581 lines deleted...]
-        </w:rPr>
         <w:t>K0015</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EC7676A" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="50B44396" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0017</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12D70F73" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2E91BD3E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0018</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F785C42" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2815AEA5" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0019</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="277833A2" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="62D9AF7B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0020</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="496197A8" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="542DDCB8" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0037</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4003DEA6" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7E797347" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0038</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F815F3E" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="14487557" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0039</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="512FBEAA" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3ACA388A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0040</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FB26463" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7AE7C6DE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0041</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69C201A1" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="28C53074" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0042</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52C56B42" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2FE0AB15" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0043</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AB0A0C9" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="59100F68" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0044</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="651528BE" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="582BED42" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0045</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77C8E640" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2839ED12" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0046</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71360E4C" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="51489B30" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0047</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41CF6CED" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="69765D7F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0050</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D92888E" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7CEDC1E7" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0051</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="098D7BDE" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4834A2EB" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0052</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13D5A3AE" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="265AEFB5" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0053</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05F50E40" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="09AAC088" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0056</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25305E08" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="76A8E9B6" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0065</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B9415E6" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="491ACFD2" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0069</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B18ECDA" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="24A389ED" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0070</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="564327EF" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="30EF0C62" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0071</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="695FD343" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5DBAE9C9" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0072</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C38B092" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="66A7AA38" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0073</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45DA94D9" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="493A1D41" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0077</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D8D316E" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="55812A91" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0098</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CAE38AD" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="574AE25A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0105</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22C13E75" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6EDA8330" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0108</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A85E0C6" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4FE7C93D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0195</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D0CF6B4" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0A200C4B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0455</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65612B02" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-      <w:r w:rsidRPr="00416BFA">
+    <w:p w14:paraId="0A8458A4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>K0462</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BBBE0D7" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="12493252" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0552</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51AD6E46" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1D1C23BF" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0601</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="056C48ED" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5B941374" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0602</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2636693E" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5ABB2467" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0603</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10702B65" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="58706666" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0604</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A3D7A30" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6B152EDE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0605</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63855BA0" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="26B3F65B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0606</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E190150" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="60FED6B3" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0607</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70541B06" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2B7F8278" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0608</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="659DA186" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="55BD0F95" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0609</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B4A84B1" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="510BA6BD" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0733</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24D17389" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="470871CF" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0739</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="124A24B7" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2A02E12D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0800</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="416F4112" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4B85400E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0801</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6420190B" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="51F74894" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0802</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E6D9C1B" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="16A83A66" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0806</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E0A7ADF" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4ED50C5B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0807</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4318864B" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5E47ECD4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0808</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EE4B773" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="08555ED4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0813</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="475E8634" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4E23AE60" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0814</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="104F410D" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="49E57E07" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0815</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B7F4020" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0420B4A1" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0816</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BCBF280" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="75BE2F0B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0820</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A230167" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1C1FBFCB" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0821</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BF98B48" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="090D9FE6" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0822</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F613235" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6ABBE32A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0823</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ECFE835" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4506AD55" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0824</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="490C01A2" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2C345F03" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0825</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CA78F85" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="702DB45A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0826</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7339E231" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="246CDEBA" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0827</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EA75BD4" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7FA94D20" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0828</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="457A8864" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1D00B060" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0829</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08CF3CE6" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3E7B0E25" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0830</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="115FEB7F" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="11DA6EEC" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0831</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27DA137F" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="03DE002C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0835</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="742AB6FD" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="76B94071" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0836</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25BB0F88" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3BEA328D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0837</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="144FA58E" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="22A21CAC" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0838</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E8F078F" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4032B6F8" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0839</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6021E405" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="74A222AE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0840</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F358350" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0B195E35" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0841</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12FB5255" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="673FC76E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0842</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E92382E" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="14D2BF4C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0843</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A822A7B" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="74019582" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0848</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EA48E7E" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7BD18054" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0849</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19FB6180" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2F350A22" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0850</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BD82A4A" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="20D27852" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0851</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EDB3AF8" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="455E9D95" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0852</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B71E6A8" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="59D03505" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0853</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BAA751A" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="238EDD21" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0854</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="455B3785" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3AC60C70" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0855</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="576DB152" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5AD7E92C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0856</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="263885FC" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="28191793" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0857</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6178DD4D" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="65AA2D07" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0858</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74CEBB1F" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4C8E6273" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0859</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39ED8089" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0D63A7C1" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0860</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6768CD60" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="43273FA6" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0861</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A9BD243" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="53C1A768" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0862</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06DE2DE2" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="47403465" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0863</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1492ECE7" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0526EAF3" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0864</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63971D6D" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4110211A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0868</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3750D1B0" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="22D2BE76" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0869</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="328926C7" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="09E16A72" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0870</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52A171F7" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="27BD4605" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0871</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="169DEA1F" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="233406E9" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0877</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="432B757D" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1DF9CB00" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0878</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75470829" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="12ED74E0" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0879</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4110FF3C" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3AA97FDB" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0880</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="441C81D4" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="139ABD2B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0884</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14AD8479" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3257CE79" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0885</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FBFE35B" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6D98C61B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0886</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F820C3F" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="18F4E4F5" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0890</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B1CC633" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="06005B42" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>K0891</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39EC48ED" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="56B994B1" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S5160</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38B680FE" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="288A4077" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S5161</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C7F6265" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5AD7D9DD" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S5162</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DEE9987" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="25CDDBD0" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S5497</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5584ABE7" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="65767CF2" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S5498</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DC3B148" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0DA44D92" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S5501</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3774F45E" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7340A4F7" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S5502</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CCF927E" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="12058A26" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S5517</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6233A52B" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7991955D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S5518</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="725441B4" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="611C0E83" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S5520</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2569837D" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0C65B001" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S5521</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BE617DE" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="341DC5DE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S5522</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="252E881A" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="753CB5A1" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S5523</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="052808DE" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3510D57A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S8265</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BE8E1B2" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="61DA8A0D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S8420</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60275A94" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="17EF01AC" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S8421</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60CAD5C7" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="471FDB02" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S8422</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6078105A" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2C21A60F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S8423</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79183D76" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="21EC481F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S8424</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31FABFDE" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0097895C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S8425</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B9F85FB" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="507D3575" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S8426</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31E3E253" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6E78BBB1" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S8427</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E6E529D" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="28C57A13" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S8428</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3963F6F3" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3AE8FFA6" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S8429</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B059EAB" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="17A4477E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S8430</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31A4F085" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="14576B7E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9325</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FABF576" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="78C37585" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9326</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22F46CDC" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7D806AB8" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9327</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16010838" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="428B1B57" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9328</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40A50D15" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6DA4B43E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9329</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16F3B613" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="62A38DFB" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9330</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E9CA968" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="378ABFE9" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9331</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B1BBE97" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="60F10C6F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9336</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="726B8F74" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1A76E068" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9338</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="236B44DC" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5D8BC6B4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9339</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="653D7F2A" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5652C7D3" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9340</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="034466E5" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="40C8BABA" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9341</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="722C2399" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6FB03993" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9342</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="225E9E92" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="569DAB98" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9343</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22F60681" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="79CCD556" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9345</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="536456EF" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="42212C65" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9346</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B67E105" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0DB0E4C1" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9347</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B30609E" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="56446D38" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9348</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39F78B81" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1A1EE486" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9349</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68AFA250" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2E31A0BA" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9351</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34F2B7B9" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="40EFD451" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9353</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E7EF3D2" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4BB0EB9C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9355</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="475CA14C" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5D4BA4C0" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9357</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47A4AA90" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="39FC34DD" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9359</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13303ADF" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1B84D755" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9361</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C4F2759" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="52459193" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9363</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43A54CDC" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="51EE88FF" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9364</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3782715C" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="470A7B3F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9365</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22439D4E" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="78270D34" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9366</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16F68CBC" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0D32849F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9367</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B81C225" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="66167DA2" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9368</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C01C19D" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="07DEA0B3" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9370</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A6D520B" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="02C79546" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9372</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EF137B5" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3DB65248" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9373</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56F2C7B6" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...9 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="167F6250" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t>S9374</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AE46A5B" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2FEB4C7D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9375</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67D10BB5" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="70E21E71" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9376</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59BB191C" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2DB6B662" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9377</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79BF38C3" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="557FA5A4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9434</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37F178C4" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1D026ED4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9435</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45B2CEA5" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0162843A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9490</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77AE68CE" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3B7743F1" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9494</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78F79102" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="69764818" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9497</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C82E267" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="79B8BA53" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9500</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="543459D1" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3ED0FACA" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9501</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77667CF1" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7231DBF1" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9502</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31D41779" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7DCF8E1B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9503</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3095426B" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1E8B8ED5" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9504</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6921C4F5" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6AF33FF1" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9537</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F8DCCC9" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="10E8F418" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9538</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DF6166F" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="53E8F3CA" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S9542</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34C76AE1" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2ADD79A1" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00416BFA">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
         <w:t>S9558</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="615C094F" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0D8FE8E3" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00416BFA">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
         <w:t>S9559</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22DE1828" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="64E6064F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00416BFA">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
         <w:t>S9560</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D51850E" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="678CE73A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00416BFA">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
         <w:t>S9562</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B6A51B5" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="238F96CE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00416BFA">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
         <w:t>S9590</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38CD94F9" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5699248B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00416BFA">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
         <w:t>T4521</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41D8F6FD" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4C1BBBD1" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00416BFA">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
         <w:t>T4522</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B881C48" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5F011A2A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00416BFA">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
         <w:t>T4523</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FB1BDDC" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4855A3E9" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00416BFA">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
         <w:t>T4524</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10CD9A9C" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="187DF5A4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00416BFA">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
         <w:t>T4525</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AB1058D" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="33455FCF" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00416BFA">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
         <w:t>T4526</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="342EB283" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="077949C4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00416BFA">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
         <w:t>T4527</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E831F95" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="530F9535" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00416BFA">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
         <w:t>T4528</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="075F88B9" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="17DBE427" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00416BFA">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
         <w:t>T4529</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="770CE2C4" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="69CC7419" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00416BFA">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
         <w:t>T4530</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="446476EF" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="638ECB4E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00416BFA">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
         <w:t>T4531</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D3380DF" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="781A6293" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00416BFA">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
         <w:t>T4532</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BE3C0E2" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2744892E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00416BFA">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
         <w:t>T4533</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B6B57BA" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0B4F7338" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00416BFA">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
         <w:t>T4534</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="301121D6" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0203E617" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00416BFA">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
         <w:t>T4535</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C4BC91D" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6A9EC36A" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00416BFA">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-029"/>
         </w:rPr>
         <w:t>T4536</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="226F241F" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="67BBA927" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>T4537</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CC970C9" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="25552060" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>T4538</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76F89958" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4DC7C93B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>T4539</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A1FCC5D" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="047FCBC8" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>T4540</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70EFEE50" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="35B967FC" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>T4541</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F966DCC" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="24D70E75" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>T4542</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08FEF2F8" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="69526529" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>T4543</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37BBCEFD" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="18FFBAC0" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>T4544</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B0090E9" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="25AC1DF6" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>T5001</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FC3FBAF" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="57062169" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>99601</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C9B3587" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="213C9815" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416BFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>99602</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2961446D" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2CA3166D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:sectPr w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidSect="007119FA">
-[...3 lines deleted...]
-          <w:headerReference w:type="first" r:id="rId24"/>
+        <w:sectPr w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidSect="00480379">
+          <w:headerReference w:type="even" r:id="rId24"/>
+          <w:headerReference w:type="default" r:id="rId25"/>
+          <w:footerReference w:type="default" r:id="rId26"/>
+          <w:headerReference w:type="first" r:id="rId27"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="576" w:right="1440" w:bottom="1440" w:left="1440" w:header="432" w:footer="432" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
-          <w:cols w:num="6" w:space="562"/>
+          <w:cols w:num="5" w:space="562"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="212"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="138ACEE9" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00416BFA" w:rsidRDefault="007119FA" w:rsidP="00416BFA">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="07A0214D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidRDefault="00416BFA" w:rsidP="00416BFA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4398C293" w14:textId="6A8D3514" w:rsidR="001138FF" w:rsidRDefault="001138FF">
-[...21 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId25"/>
+    <w:sectPr w:rsidR="00416BFA" w:rsidRPr="00416BFA" w:rsidSect="00023755">
+      <w:headerReference w:type="default" r:id="rId28"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="432" w:right="1296" w:bottom="720" w:left="1296" w:header="432" w:footer="432" w:gutter="0"/>
       <w:pgNumType w:start="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="212"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="48EBF2B7" w14:textId="77777777" w:rsidR="00B36DE8" w:rsidRDefault="00B36DE8" w:rsidP="00FF5AAD">
+    <w:p w14:paraId="144D3D69" w14:textId="77777777" w:rsidR="003B35CA" w:rsidRDefault="003B35CA" w:rsidP="00FF5AAD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ECB30EC" w14:textId="77777777" w:rsidR="00B36DE8" w:rsidRDefault="00B36DE8" w:rsidP="00FF5AAD"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="73DDBEE5" w14:textId="77777777" w:rsidR="00B36DE8" w:rsidRDefault="00B36DE8" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="7239A31C" w14:textId="77777777" w:rsidR="003B35CA" w:rsidRDefault="003B35CA" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="28334B54" w14:textId="77777777" w:rsidR="003B35CA" w:rsidRDefault="003B35CA" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="52DDAD8E" w14:textId="77777777" w:rsidR="003B35CA" w:rsidRDefault="003B35CA" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="1D580AD6" w14:textId="77777777" w:rsidR="003B35CA" w:rsidRDefault="003B35CA" w:rsidP="00FF5AAD"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="72286A0F" w14:textId="77777777" w:rsidR="00B36DE8" w:rsidRDefault="00B36DE8" w:rsidP="00FF5AAD">
+    <w:p w14:paraId="225A3B83" w14:textId="77777777" w:rsidR="003B35CA" w:rsidRDefault="003B35CA" w:rsidP="00FF5AAD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1379B1B2" w14:textId="77777777" w:rsidR="00B36DE8" w:rsidRDefault="00B36DE8" w:rsidP="00FF5AAD"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="658B9474" w14:textId="77777777" w:rsidR="00B36DE8" w:rsidRDefault="00B36DE8" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="7AA9E422" w14:textId="77777777" w:rsidR="003B35CA" w:rsidRDefault="003B35CA" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="62A1DA7F" w14:textId="77777777" w:rsidR="003B35CA" w:rsidRDefault="003B35CA" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="76481492" w14:textId="77777777" w:rsidR="003B35CA" w:rsidRDefault="003B35CA" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="464A2E75" w14:textId="77777777" w:rsidR="003B35CA" w:rsidRDefault="003B35CA" w:rsidP="00FF5AAD"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="25F8FB48" w14:textId="77777777" w:rsidR="00B36DE8" w:rsidRDefault="00B36DE8"/>
+    <w:p w14:paraId="3EA730D9" w14:textId="77777777" w:rsidR="003B35CA" w:rsidRDefault="003B35CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Georgia">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helv">
     <w:panose1 w:val="020B0604020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2DFBBFDC" w14:textId="389ED543" w:rsidR="007119FA" w:rsidRDefault="007119FA" w:rsidP="002432EC">
+  <w:p w14:paraId="59AA61F7" w14:textId="77777777" w:rsidR="00C30C59" w:rsidRDefault="00C30C59">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
-      <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4FA728A3" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="005D0094" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+  <w:p w14:paraId="7314FD56" w14:textId="77777777" w:rsidR="00C30C59" w:rsidRDefault="00C30C59">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="78074AA9" w14:textId="1D8C4F29" w:rsidR="007119FA" w:rsidRPr="005D0094" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+  <w:p w14:paraId="7A4465ED" w14:textId="77777777" w:rsidR="00C30C59" w:rsidRDefault="00C30C59">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="096C7F6C" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="005D0094" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="77A03C5D" w14:textId="4C38BD3C" w:rsidR="00416BFA" w:rsidRPr="005D0094" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2AC2C2E1" w14:textId="77777777" w:rsidR="00B36DE8" w:rsidRDefault="00B36DE8" w:rsidP="00FF5AAD">
+    <w:p w14:paraId="4D79E383" w14:textId="77777777" w:rsidR="003B35CA" w:rsidRDefault="003B35CA" w:rsidP="00FF5AAD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CBAED03" w14:textId="77777777" w:rsidR="00B36DE8" w:rsidRDefault="00B36DE8" w:rsidP="00FF5AAD"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="703C42D6" w14:textId="77777777" w:rsidR="00B36DE8" w:rsidRDefault="00B36DE8" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="5819F533" w14:textId="77777777" w:rsidR="003B35CA" w:rsidRDefault="003B35CA" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="76E092D8" w14:textId="77777777" w:rsidR="003B35CA" w:rsidRDefault="003B35CA" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="206E6933" w14:textId="77777777" w:rsidR="003B35CA" w:rsidRDefault="003B35CA" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="46C67F67" w14:textId="77777777" w:rsidR="003B35CA" w:rsidRDefault="003B35CA" w:rsidP="00FF5AAD"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="00EA2516" w14:textId="77777777" w:rsidR="00B36DE8" w:rsidRDefault="00B36DE8" w:rsidP="00FF5AAD">
+    <w:p w14:paraId="0382AC2A" w14:textId="77777777" w:rsidR="003B35CA" w:rsidRDefault="003B35CA" w:rsidP="00FF5AAD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="319D7AE2" w14:textId="77777777" w:rsidR="00B36DE8" w:rsidRDefault="00B36DE8" w:rsidP="00FF5AAD"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="6D2EF647" w14:textId="77777777" w:rsidR="00B36DE8" w:rsidRDefault="00B36DE8" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="47137B1C" w14:textId="77777777" w:rsidR="003B35CA" w:rsidRDefault="003B35CA" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="5166AF52" w14:textId="77777777" w:rsidR="003B35CA" w:rsidRDefault="003B35CA" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="6B60C7EF" w14:textId="77777777" w:rsidR="003B35CA" w:rsidRDefault="003B35CA" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="7AE31248" w14:textId="77777777" w:rsidR="003B35CA" w:rsidRDefault="003B35CA" w:rsidP="00FF5AAD"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5FC6DB71" w14:textId="77777777" w:rsidR="00B36DE8" w:rsidRDefault="00B36DE8"/>
+    <w:p w14:paraId="0A50D388" w14:textId="77777777" w:rsidR="003B35CA" w:rsidRDefault="003B35CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="284A11C9" w14:textId="77777777" w:rsidR="00C30C59" w:rsidRDefault="00C30C59">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header10.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="78E921F9" w14:textId="70ABEC85" w:rsidR="00416BFA" w:rsidRDefault="00416BFA">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header11.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6DE6824A" w14:textId="77777777" w:rsidR="009C6555" w:rsidRDefault="00192BC1" w:rsidP="00934D9A">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="5760"/>
+      </w:tabs>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:rFonts w:ascii="Helv" w:hAnsi="Helv"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Helv" w:hAnsi="Helv"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="3F2152BC" w14:textId="77777777" w:rsidR="009C6555" w:rsidRDefault="009C6555">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="5760"/>
+      </w:tabs>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:rFonts w:ascii="Helv" w:hAnsi="Helv"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="7C6FC7E4" w14:textId="77777777" w:rsidR="009C6555" w:rsidRDefault="009C6555">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="5760"/>
+      </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Helv" w:hAnsi="Helv"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9605" w:type="dxa"/>
       <w:tblInd w:w="132" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="132" w:type="dxa"/>
         <w:right w:w="132" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4081"/>
       <w:gridCol w:w="3752"/>
       <w:gridCol w:w="1772"/>
     </w:tblGrid>
-    <w:tr w:rsidR="007119FA" w:rsidRPr="000B5ED7" w14:paraId="76CF3920" w14:textId="77777777" w:rsidTr="00934D9A">
+    <w:tr w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w14:paraId="41B3343A" w14:textId="77777777" w:rsidTr="00934D9A">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="864"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4080" w:type="dxa"/>
           <w:tcBorders>
             <w:bottom w:val="nil"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w14:paraId="7CA32753" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="2901CD28" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000B5ED7">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Commonwealth of Massachusetts</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="06C61271" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="45283A11" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000B5ED7">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>MassHealth</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="77BE287A" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="52FDA8C3" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000B5ED7">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Provider Manual Series</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3750" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="5523CFB3" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="68401D90" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000B5ED7">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Subchapter Number and Title</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="59E3D7C6" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="7EBB01DD" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000B5ED7">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Table of Contents</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1771" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="1A2893DD" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="67437258" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000B5ED7">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Page</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="21BD50BD" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="21868BF0" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000B5ED7">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>vi</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="007119FA" w:rsidRPr="000B5ED7" w14:paraId="79B30129" w14:textId="77777777" w:rsidTr="00934D9A">
+    <w:tr w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w14:paraId="0FEC0FB4" w14:textId="77777777" w:rsidTr="00934D9A">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="864"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4080" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="nil"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="06CF71FF" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="12E77E33" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000B5ED7">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Durable Medical Equipment Manual</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3744" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="5F54F05E" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="55E117EF" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000B5ED7">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Transmittal Letter</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="589630D8" w14:textId="765614C6" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="37600883" w14:textId="02D4C525" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000B5ED7">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>DME-</w:t>
           </w:r>
-          <w:r w:rsidR="0093762E" w:rsidRPr="0093762E">
+          <w:r w:rsidR="00C30C59">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>49</w:t>
+            <w:t>50</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1771" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="14DCC17D" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="7A335783" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000B5ED7">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Date</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="73F784EA" w14:textId="5FB54BAF" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="1EB13933" w14:textId="48B0AC15" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="0057507D" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>10/01/2024</w:t>
+            <w:t>0</w:t>
+          </w:r>
+          <w:r w:rsidR="00694304">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>4/</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>0</w:t>
+          </w:r>
+          <w:r w:rsidR="00694304">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>1/2025</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="63408159" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="006B38E2" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+  <w:p w14:paraId="6E232C60" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="006B38E2" w:rsidRDefault="00416BFA" w:rsidP="00FD6878">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4824"/>
       </w:tabs>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2270E478" w14:textId="77777777" w:rsidR="007119FA" w:rsidRDefault="007119FA">
+  <w:p w14:paraId="67B78BF4" w14:textId="77777777" w:rsidR="00C30C59" w:rsidRDefault="00C30C59">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="28F9EC96" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRDefault="00416BFA">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9601" w:type="dxa"/>
       <w:tblInd w:w="132" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="132" w:type="dxa"/>
         <w:right w:w="132" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4080"/>
       <w:gridCol w:w="3750"/>
       <w:gridCol w:w="1771"/>
     </w:tblGrid>
-    <w:tr w:rsidR="007119FA" w:rsidRPr="00C956B9" w14:paraId="2338B747" w14:textId="77777777">
+    <w:tr w:rsidR="00416BFA" w:rsidRPr="00C956B9" w14:paraId="47C5063A" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="864"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4080" w:type="dxa"/>
           <w:tcBorders>
             <w:bottom w:val="nil"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w14:paraId="04FA7AA0" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00C956B9" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="7808A81E" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00C956B9" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00806C0E">
             <w:br w:type="page"/>
           </w:r>
           <w:r w:rsidRPr="00C956B9">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
             </w:rPr>
             <w:t>Commonwealth of Massachusetts</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="183EFC75" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00C956B9" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="7F2684B3" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00C956B9" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00C956B9">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
             </w:rPr>
             <w:t>MassHealth</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="4367CE0D" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00C956B9" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="03BDC656" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00C956B9" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00C956B9">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
             </w:rPr>
             <w:t>Provider Manual Series</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3750" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="00588F62" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00C956B9" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="226E75BC" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00C956B9" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00C956B9">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
             </w:rPr>
             <w:t>Subchapter Number and Title</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="60816117" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00C956B9" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="02A77263" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00C956B9" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00C956B9">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:t>6 Service Codes</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1771" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="5E769BED" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00C956B9" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="6CDBDF35" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00C956B9" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00C956B9">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
             </w:rPr>
             <w:t>Page</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="0748C2E5" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00C956B9" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="4A0EEAA5" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00C956B9" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00C956B9">
             <w:t>6-</w:t>
           </w:r>
           <w:r w:rsidRPr="003138F5">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="003138F5">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> PAGE </w:instrText>
           </w:r>
           <w:r w:rsidRPr="003138F5">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:noProof/>
             </w:rPr>
             <w:t>4</w:t>
           </w:r>
           <w:r w:rsidRPr="003138F5">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
-        <w:p w14:paraId="0D697EF8" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00C956B9" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="394C8632" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00C956B9" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="007119FA" w:rsidRPr="00C956B9" w14:paraId="54B37404" w14:textId="77777777">
+    <w:tr w:rsidR="00416BFA" w:rsidRPr="00C956B9" w14:paraId="0CFB18B3" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="864"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4080" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="nil"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="51DBE7B3" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00C956B9" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="6C8CC5A5" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00C956B9" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:t xml:space="preserve">Durable Medical </w:t>
           </w:r>
           <w:r w:rsidRPr="00C956B9">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:t>Equipment Manual</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3750" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="7C548DBF" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00C956B9" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="6F873E54" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00C956B9" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00C956B9">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
             </w:rPr>
             <w:t>Transmittal Letter</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="52CEE2C7" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00C956B9" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="326F123B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00C956B9" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:t>DME</w:t>
           </w:r>
           <w:r w:rsidRPr="00C956B9">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:t>-</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:t>35</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1771" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="65DED903" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00C956B9" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="6A1B22B2" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00C956B9" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00C956B9">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
             </w:rPr>
             <w:t>Date</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="3138376F" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00C956B9" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="2E0EE886" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00C956B9" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:t>03/01/18</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="03769D5E" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00C956B9" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+  <w:p w14:paraId="17EF5176" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00C956B9" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4824"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="787FBF70" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="009C38E2" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+  <w:p w14:paraId="5314EBD1" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="009C38E2" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
     <w:pPr>
       <w:rPr>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4E2318A4" w14:textId="77777777" w:rsidR="007119FA" w:rsidRDefault="007119FA">
+  <w:p w14:paraId="017DADC4" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRDefault="00416BFA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header7.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9601" w:type="dxa"/>
       <w:tblInd w:w="132" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="132" w:type="dxa"/>
         <w:right w:w="132" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4080"/>
       <w:gridCol w:w="3750"/>
       <w:gridCol w:w="1771"/>
     </w:tblGrid>
-    <w:tr w:rsidR="007119FA" w:rsidRPr="0014754C" w14:paraId="33EDD46E" w14:textId="77777777">
+    <w:tr w:rsidR="00416BFA" w:rsidRPr="0014754C" w14:paraId="445FC533" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="864"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4080" w:type="dxa"/>
           <w:tcBorders>
             <w:bottom w:val="nil"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w14:paraId="31122112" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="3CD80289" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000B5ED7">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:br w:type="page"/>
           </w:r>
           <w:r w:rsidRPr="000B5ED7">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Commonwealth of Massachusetts</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="1F8B6E08" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="45E611DE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000B5ED7">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>MassHealth</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="4308EF1D" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="26485228" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000B5ED7">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Provider Manual Series</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3750" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="48CA0CF1" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="3F84A093" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000B5ED7">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Subchapter Number and Title</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="0A5F587D" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="5E10EB49" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000B5ED7">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>6 Service Codes</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1771" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="06D26C36" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="4A1F3F16" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000B5ED7">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Page</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="518DFAF4" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00192BC1" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="2BC41A97" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00192BC1" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b w:val="0"/>
               <w:bCs/>
               <w:i w:val="0"/>
               <w:iCs w:val="0"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00192BC1">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b w:val="0"/>
               <w:bCs/>
               <w:i w:val="0"/>
               <w:iCs w:val="0"/>
             </w:rPr>
             <w:t>6-</w:t>
           </w:r>
           <w:r w:rsidRPr="00192BC1">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b w:val="0"/>
               <w:bCs/>
               <w:i w:val="0"/>
               <w:iCs w:val="0"/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="4EE14A57" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="1D3CE667" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="007119FA" w:rsidRPr="00C956B9" w14:paraId="02E80F6C" w14:textId="77777777">
+    <w:tr w:rsidR="00416BFA" w:rsidRPr="00C956B9" w14:paraId="46DB8848" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="864"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4080" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="nil"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="45FB5E38" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="291D0FD1" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000B5ED7">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Durable Medical Equipment Manual</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3750" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="575A7783" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="5AF49A0B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000B5ED7">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Transmittal Letter</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="44A7CF61" w14:textId="5BF7A1D5" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="74C67F05" w14:textId="20D5F225" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000B5ED7">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>DME-</w:t>
           </w:r>
-          <w:r w:rsidR="0093762E" w:rsidRPr="0093762E">
+          <w:r w:rsidR="00C30C59">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>49</w:t>
+            <w:t>50</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1771" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="74CBA090" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="7E03D9A6" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000B5ED7">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Date</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="42DBBCD5" w14:textId="3AB19D55" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="74C1B8CD" w14:textId="7B8BA174" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="0057507D" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>10/01/2024</w:t>
+            <w:t>0</w:t>
+          </w:r>
+          <w:r w:rsidR="00F65664">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>4/</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>0</w:t>
+          </w:r>
+          <w:r w:rsidR="00F65664">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>1/2025</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="1BA4661F" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00B532B4" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+  <w:p w14:paraId="6F081D14" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00B532B4" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header8.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3429E3D5" w14:textId="77777777" w:rsidR="007119FA" w:rsidRDefault="007119FA">
+  <w:p w14:paraId="18F88A50" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRDefault="00416BFA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header9.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9601" w:type="dxa"/>
       <w:tblInd w:w="132" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="132" w:type="dxa"/>
         <w:right w:w="132" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4080"/>
       <w:gridCol w:w="3750"/>
       <w:gridCol w:w="1771"/>
     </w:tblGrid>
-    <w:tr w:rsidR="007119FA" w:rsidRPr="0014754C" w14:paraId="6486818A" w14:textId="77777777">
+    <w:tr w:rsidR="00416BFA" w:rsidRPr="0014754C" w14:paraId="41F7BEDA" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="864"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4080" w:type="dxa"/>
           <w:tcBorders>
             <w:bottom w:val="nil"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w14:paraId="5BC3BC87" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="2DE656CC" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000B5ED7">
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:br w:type="page"/>
           </w:r>
           <w:r w:rsidRPr="000B5ED7">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Commonwealth of Massachusetts</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="7F246141" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="789C8B26" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000B5ED7">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>MassHealth</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="31B3EF21" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="2893361B" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000B5ED7">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Provider Manual Series</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3750" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="5EE989D9" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="328F62AE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000B5ED7">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Subchapter Number and Title</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="405A20E6" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="41C981E1" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000B5ED7">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>6 Service Codes</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1771" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="5CACF3F1" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="6A887851" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000B5ED7">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Page</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="72173CF7" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00192BC1" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="107CA4A1" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00192BC1" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b w:val="0"/>
               <w:bCs/>
               <w:i w:val="0"/>
               <w:iCs w:val="0"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00192BC1">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b w:val="0"/>
               <w:bCs/>
               <w:i w:val="0"/>
               <w:iCs w:val="0"/>
             </w:rPr>
             <w:t>6-</w:t>
           </w:r>
           <w:r w:rsidRPr="00192BC1">
             <w:rPr>
@@ -16672,766 +20289,300 @@
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidRPr="00192BC1">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b w:val="0"/>
               <w:bCs/>
               <w:i w:val="0"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
           <w:r w:rsidRPr="00192BC1">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b w:val="0"/>
               <w:bCs/>
               <w:i w:val="0"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
-        <w:p w14:paraId="008AB676" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="18C468DE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="007119FA" w:rsidRPr="0014754C" w14:paraId="5A04D8B1" w14:textId="77777777">
+    <w:tr w:rsidR="00416BFA" w:rsidRPr="0014754C" w14:paraId="6B825456" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="864"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4080" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="nil"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="17247F93" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="58617F7F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000B5ED7">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Durable Medical Equipment Manual</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3750" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="6E3EF3AE" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="2F64FDDC" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000B5ED7">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Transmittal Letter</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="00174CC8" w14:textId="47C6FA29" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="506BA8C7" w14:textId="73DD7568" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000B5ED7">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>DME-</w:t>
           </w:r>
-          <w:r w:rsidR="0093762E" w:rsidRPr="0093762E">
+          <w:r w:rsidR="00C30C59">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>49</w:t>
+            <w:t>50</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1771" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="18E93DCB" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="4D36BB8D" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000B5ED7">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Date </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="46F463DF" w14:textId="17603B2D" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
-[...26 lines deleted...]
-        <w:p w14:paraId="28A84251" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="00934D9A">
+        <w:p w14:paraId="0D5E08C0" w14:textId="032D3133" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="0057507D" w:rsidP="00A22723">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
             <w:spacing w:before="120"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>0</w:t>
+          </w:r>
+          <w:r w:rsidR="00A22723">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>4/</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>0</w:t>
+          </w:r>
+          <w:r w:rsidR="00A22723">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>1/2025</w:t>
+          </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="06F9F225" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="000B5ED7" w:rsidRDefault="007119FA" w:rsidP="000B5ED7">
+  <w:p w14:paraId="01EA55FE" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="000B5ED7" w:rsidRDefault="00416BFA" w:rsidP="000B5ED7">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4824"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="3DCB21E0" w14:textId="77777777" w:rsidR="007119FA" w:rsidRPr="00531269" w:rsidRDefault="007119FA" w:rsidP="004974CB">
+  <w:p w14:paraId="15F1905F" w14:textId="77777777" w:rsidR="00416BFA" w:rsidRPr="00531269" w:rsidRDefault="00416BFA" w:rsidP="00934D9A">
     <w:pPr>
-      <w:spacing w:after="240"/>
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
-    <w:proofErr w:type="gramStart"/>
     <w:r w:rsidRPr="00531269">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
       <w:t xml:space="preserve">602  </w:t>
     </w:r>
     <w:r w:rsidRPr="00531269">
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:u w:val="single"/>
       </w:rPr>
-      <w:t>Service</w:t>
-[...464 lines deleted...]
-      <w:t xml:space="preserve">602  </w:t>
+      <w:t>Service Codes</w:t>
     </w:r>
     <w:r w:rsidRPr="00531269">
       <w:rPr>
-        <w:u w:val="single"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
-      <w:t>Service</w:t>
-[...8 lines deleted...]
-    <w:r w:rsidRPr="00531269">
       <w:t xml:space="preserve"> (cont.)</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="81C02E9A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
@@ -19554,548 +22705,541 @@
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="144007671">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="96878401">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1908999842">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="229509391">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1330717998">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1674602778">
     <w:abstractNumId w:val="20"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="70"/>
+  <w:zoom w:percent="80"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F04" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00032BB1"/>
     <w:rsid w:val="000006C4"/>
+    <w:rsid w:val="000065E6"/>
+    <w:rsid w:val="00014735"/>
     <w:rsid w:val="000149FE"/>
     <w:rsid w:val="00015A03"/>
-    <w:rsid w:val="00021E87"/>
-    <w:rsid w:val="00023936"/>
+    <w:rsid w:val="00023755"/>
+    <w:rsid w:val="00025737"/>
     <w:rsid w:val="0002638F"/>
     <w:rsid w:val="00032BB1"/>
     <w:rsid w:val="00032C02"/>
     <w:rsid w:val="00041220"/>
     <w:rsid w:val="00056E4C"/>
-    <w:rsid w:val="00065A31"/>
+    <w:rsid w:val="00062177"/>
     <w:rsid w:val="000706EF"/>
     <w:rsid w:val="00080FFB"/>
-    <w:rsid w:val="00084F8B"/>
     <w:rsid w:val="00086041"/>
+    <w:rsid w:val="00087638"/>
+    <w:rsid w:val="000917D5"/>
     <w:rsid w:val="000943BC"/>
     <w:rsid w:val="00095863"/>
+    <w:rsid w:val="000958CC"/>
     <w:rsid w:val="00097DCC"/>
+    <w:rsid w:val="000A1920"/>
     <w:rsid w:val="000A2664"/>
-    <w:rsid w:val="000B27D5"/>
-    <w:rsid w:val="000B496E"/>
+    <w:rsid w:val="000A5484"/>
+    <w:rsid w:val="000B5ED7"/>
     <w:rsid w:val="000C2F0E"/>
-    <w:rsid w:val="000D51FB"/>
+    <w:rsid w:val="000D59C5"/>
     <w:rsid w:val="000D71AE"/>
     <w:rsid w:val="000E3E10"/>
+    <w:rsid w:val="000E44EB"/>
     <w:rsid w:val="000F173A"/>
     <w:rsid w:val="000F579B"/>
     <w:rsid w:val="001069A1"/>
-    <w:rsid w:val="001138FF"/>
-    <w:rsid w:val="00113A87"/>
+    <w:rsid w:val="00106E6F"/>
     <w:rsid w:val="00113E7F"/>
-    <w:rsid w:val="001163EE"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00127568"/>
     <w:rsid w:val="00130054"/>
     <w:rsid w:val="00133BB6"/>
+    <w:rsid w:val="001355CF"/>
     <w:rsid w:val="0014797D"/>
-    <w:rsid w:val="001519D0"/>
-    <w:rsid w:val="00152EC6"/>
     <w:rsid w:val="00153E24"/>
     <w:rsid w:val="00160FB0"/>
+    <w:rsid w:val="001651E5"/>
     <w:rsid w:val="001655EC"/>
-    <w:rsid w:val="00181CE8"/>
     <w:rsid w:val="00183784"/>
-    <w:rsid w:val="00183CFE"/>
     <w:rsid w:val="0018768A"/>
+    <w:rsid w:val="00192BC1"/>
     <w:rsid w:val="00194491"/>
     <w:rsid w:val="00195C8A"/>
     <w:rsid w:val="0019736A"/>
     <w:rsid w:val="00197D44"/>
     <w:rsid w:val="001A15C3"/>
     <w:rsid w:val="001A25AC"/>
     <w:rsid w:val="001A477C"/>
+    <w:rsid w:val="001A501D"/>
     <w:rsid w:val="001A7499"/>
-    <w:rsid w:val="001B73CE"/>
     <w:rsid w:val="001C1140"/>
     <w:rsid w:val="001C784A"/>
     <w:rsid w:val="001D5FD0"/>
     <w:rsid w:val="001E0603"/>
     <w:rsid w:val="001F6109"/>
     <w:rsid w:val="00200899"/>
     <w:rsid w:val="002018B3"/>
+    <w:rsid w:val="00203B99"/>
+    <w:rsid w:val="00211C93"/>
     <w:rsid w:val="00216420"/>
     <w:rsid w:val="00221668"/>
     <w:rsid w:val="00227A1C"/>
     <w:rsid w:val="00232E91"/>
     <w:rsid w:val="00240726"/>
     <w:rsid w:val="002432EC"/>
     <w:rsid w:val="00246D80"/>
     <w:rsid w:val="00250727"/>
     <w:rsid w:val="00254A64"/>
     <w:rsid w:val="00263F44"/>
     <w:rsid w:val="00264FE0"/>
     <w:rsid w:val="00265DCC"/>
     <w:rsid w:val="00265FBB"/>
-    <w:rsid w:val="00270DBE"/>
     <w:rsid w:val="0028040D"/>
     <w:rsid w:val="00280993"/>
     <w:rsid w:val="002916ED"/>
     <w:rsid w:val="0029448A"/>
+    <w:rsid w:val="002A20D4"/>
     <w:rsid w:val="002C12F8"/>
     <w:rsid w:val="002C40EA"/>
     <w:rsid w:val="002E3B6A"/>
     <w:rsid w:val="002E5188"/>
+    <w:rsid w:val="002E54FD"/>
     <w:rsid w:val="002F7D2A"/>
     <w:rsid w:val="003065DA"/>
-    <w:rsid w:val="00321F58"/>
+    <w:rsid w:val="00311829"/>
+    <w:rsid w:val="00313A2F"/>
+    <w:rsid w:val="003206F9"/>
     <w:rsid w:val="0032327C"/>
     <w:rsid w:val="0032351D"/>
-    <w:rsid w:val="00324D18"/>
-[...3 lines deleted...]
-    <w:rsid w:val="003644F6"/>
+    <w:rsid w:val="003525AF"/>
+    <w:rsid w:val="003657D3"/>
     <w:rsid w:val="0037002C"/>
     <w:rsid w:val="003737F7"/>
     <w:rsid w:val="00374688"/>
     <w:rsid w:val="003869FD"/>
     <w:rsid w:val="00386F7B"/>
     <w:rsid w:val="00390C38"/>
     <w:rsid w:val="003A31CA"/>
     <w:rsid w:val="003A6E1E"/>
+    <w:rsid w:val="003B35CA"/>
     <w:rsid w:val="003C0130"/>
-    <w:rsid w:val="003D1352"/>
-[...2 lines deleted...]
-    <w:rsid w:val="003E7C6D"/>
+    <w:rsid w:val="003E4D8D"/>
     <w:rsid w:val="003F221A"/>
     <w:rsid w:val="003F4AF4"/>
-    <w:rsid w:val="00410AF0"/>
     <w:rsid w:val="004117FD"/>
     <w:rsid w:val="0041389E"/>
     <w:rsid w:val="004153B5"/>
-    <w:rsid w:val="00421DFF"/>
+    <w:rsid w:val="00416BFA"/>
     <w:rsid w:val="00427DA0"/>
     <w:rsid w:val="004373B7"/>
     <w:rsid w:val="00437C15"/>
-    <w:rsid w:val="004424A2"/>
-    <w:rsid w:val="00443610"/>
     <w:rsid w:val="00450E46"/>
     <w:rsid w:val="00461793"/>
+    <w:rsid w:val="00461D69"/>
     <w:rsid w:val="00461DD8"/>
     <w:rsid w:val="0047107E"/>
-    <w:rsid w:val="00477921"/>
-[...2 lines deleted...]
-    <w:rsid w:val="004974CB"/>
+    <w:rsid w:val="00480379"/>
+    <w:rsid w:val="00493DBE"/>
+    <w:rsid w:val="004A0337"/>
     <w:rsid w:val="004A5518"/>
     <w:rsid w:val="004A5AA4"/>
     <w:rsid w:val="004A612B"/>
     <w:rsid w:val="004B033F"/>
+    <w:rsid w:val="004B79A2"/>
+    <w:rsid w:val="004C115F"/>
     <w:rsid w:val="004C1488"/>
-    <w:rsid w:val="004C365D"/>
+    <w:rsid w:val="004C6018"/>
     <w:rsid w:val="004D4BC9"/>
     <w:rsid w:val="004D60BA"/>
-    <w:rsid w:val="004F55C6"/>
     <w:rsid w:val="004F64E7"/>
-    <w:rsid w:val="004F6902"/>
     <w:rsid w:val="00511043"/>
     <w:rsid w:val="005237ED"/>
+    <w:rsid w:val="00524AEE"/>
     <w:rsid w:val="00526EAB"/>
-    <w:rsid w:val="00541203"/>
+    <w:rsid w:val="00531269"/>
+    <w:rsid w:val="005349D4"/>
+    <w:rsid w:val="005374A4"/>
     <w:rsid w:val="00541D2A"/>
     <w:rsid w:val="00541D99"/>
-    <w:rsid w:val="0055139C"/>
-[...2 lines deleted...]
-    <w:rsid w:val="005750B4"/>
+    <w:rsid w:val="0055227D"/>
+    <w:rsid w:val="005533C6"/>
+    <w:rsid w:val="00572F57"/>
+    <w:rsid w:val="0057507D"/>
     <w:rsid w:val="005763C9"/>
-    <w:rsid w:val="005764BF"/>
     <w:rsid w:val="00583219"/>
-    <w:rsid w:val="00585DCF"/>
-    <w:rsid w:val="00590C6E"/>
+    <w:rsid w:val="00590C1A"/>
     <w:rsid w:val="00590E06"/>
     <w:rsid w:val="0059389D"/>
     <w:rsid w:val="00595C99"/>
     <w:rsid w:val="00596612"/>
-    <w:rsid w:val="00597CE4"/>
-    <w:rsid w:val="005A041D"/>
     <w:rsid w:val="005A3602"/>
-    <w:rsid w:val="005A5520"/>
     <w:rsid w:val="005A5C18"/>
     <w:rsid w:val="005B3A7D"/>
     <w:rsid w:val="005C33E4"/>
+    <w:rsid w:val="005C3F4E"/>
     <w:rsid w:val="005C7D99"/>
-    <w:rsid w:val="005D7056"/>
+    <w:rsid w:val="005C7EED"/>
     <w:rsid w:val="005E1EED"/>
-    <w:rsid w:val="005E2EC7"/>
     <w:rsid w:val="005E6E73"/>
-    <w:rsid w:val="005F42B3"/>
     <w:rsid w:val="006015A8"/>
-    <w:rsid w:val="00606AD2"/>
-    <w:rsid w:val="00610ACA"/>
+    <w:rsid w:val="00605BAC"/>
     <w:rsid w:val="006233DC"/>
+    <w:rsid w:val="0062630E"/>
+    <w:rsid w:val="006324E3"/>
+    <w:rsid w:val="006371D7"/>
+    <w:rsid w:val="006441A6"/>
     <w:rsid w:val="0064698F"/>
     <w:rsid w:val="00654896"/>
-    <w:rsid w:val="00657370"/>
     <w:rsid w:val="00676163"/>
+    <w:rsid w:val="00682CAD"/>
+    <w:rsid w:val="00694304"/>
     <w:rsid w:val="006A58CB"/>
     <w:rsid w:val="006B272D"/>
-    <w:rsid w:val="006B5399"/>
     <w:rsid w:val="006B5BD5"/>
     <w:rsid w:val="006D1809"/>
     <w:rsid w:val="006D49AA"/>
-    <w:rsid w:val="006E3C0A"/>
-    <w:rsid w:val="006F115D"/>
+    <w:rsid w:val="006E6F23"/>
+    <w:rsid w:val="006F1A2E"/>
     <w:rsid w:val="00700C89"/>
     <w:rsid w:val="00700F0E"/>
     <w:rsid w:val="00702352"/>
-    <w:rsid w:val="0070313F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007138FA"/>
+    <w:rsid w:val="00706D34"/>
+    <w:rsid w:val="007236AD"/>
     <w:rsid w:val="00731164"/>
     <w:rsid w:val="00733878"/>
-    <w:rsid w:val="00752392"/>
+    <w:rsid w:val="007447F5"/>
     <w:rsid w:val="007535D9"/>
+    <w:rsid w:val="0075672E"/>
     <w:rsid w:val="00757D07"/>
     <w:rsid w:val="0076059D"/>
     <w:rsid w:val="007629E9"/>
-    <w:rsid w:val="00774EAF"/>
     <w:rsid w:val="007756B5"/>
     <w:rsid w:val="00776856"/>
+    <w:rsid w:val="00791652"/>
+    <w:rsid w:val="007978C6"/>
+    <w:rsid w:val="007B2491"/>
+    <w:rsid w:val="007C1F08"/>
     <w:rsid w:val="007C2918"/>
     <w:rsid w:val="007C3BAF"/>
     <w:rsid w:val="007C63E4"/>
     <w:rsid w:val="007D2272"/>
     <w:rsid w:val="007D35FC"/>
     <w:rsid w:val="007D38A4"/>
+    <w:rsid w:val="007E2979"/>
+    <w:rsid w:val="007E3CBD"/>
     <w:rsid w:val="007F1CCF"/>
     <w:rsid w:val="007F4A56"/>
     <w:rsid w:val="007F69B5"/>
     <w:rsid w:val="007F74B0"/>
     <w:rsid w:val="00800CE8"/>
-    <w:rsid w:val="00802040"/>
     <w:rsid w:val="008031E5"/>
-    <w:rsid w:val="008034E3"/>
+    <w:rsid w:val="00807AAF"/>
     <w:rsid w:val="00807AD4"/>
     <w:rsid w:val="00811DAF"/>
-    <w:rsid w:val="00811DD8"/>
     <w:rsid w:val="008151A9"/>
-    <w:rsid w:val="00817703"/>
-    <w:rsid w:val="0082293E"/>
     <w:rsid w:val="0082380C"/>
     <w:rsid w:val="0082579E"/>
     <w:rsid w:val="0082594F"/>
     <w:rsid w:val="008268F2"/>
     <w:rsid w:val="00832EAC"/>
+    <w:rsid w:val="00851E00"/>
     <w:rsid w:val="00856980"/>
     <w:rsid w:val="008708FF"/>
     <w:rsid w:val="00872219"/>
-    <w:rsid w:val="00875282"/>
-    <w:rsid w:val="00891ABA"/>
+    <w:rsid w:val="00886384"/>
+    <w:rsid w:val="00890370"/>
+    <w:rsid w:val="008923D3"/>
     <w:rsid w:val="00893B9C"/>
     <w:rsid w:val="00894FF0"/>
+    <w:rsid w:val="008A0969"/>
     <w:rsid w:val="008A3156"/>
+    <w:rsid w:val="008A3559"/>
     <w:rsid w:val="008A3B9D"/>
     <w:rsid w:val="008A41EA"/>
+    <w:rsid w:val="008A4CBD"/>
     <w:rsid w:val="008A6A30"/>
     <w:rsid w:val="008B293F"/>
-    <w:rsid w:val="008B518A"/>
-    <w:rsid w:val="008E37F1"/>
+    <w:rsid w:val="008C2ADB"/>
+    <w:rsid w:val="008D05D6"/>
+    <w:rsid w:val="008E178F"/>
     <w:rsid w:val="008F0A01"/>
     <w:rsid w:val="008F0D56"/>
     <w:rsid w:val="008F1DC8"/>
     <w:rsid w:val="008F7531"/>
     <w:rsid w:val="00902810"/>
     <w:rsid w:val="00914F8B"/>
-    <w:rsid w:val="00915205"/>
+    <w:rsid w:val="00921EAE"/>
     <w:rsid w:val="00930D16"/>
+    <w:rsid w:val="00934D9A"/>
     <w:rsid w:val="0093651D"/>
-    <w:rsid w:val="0093762E"/>
     <w:rsid w:val="00943F98"/>
     <w:rsid w:val="00965D5A"/>
-    <w:rsid w:val="009719F8"/>
+    <w:rsid w:val="00965E10"/>
     <w:rsid w:val="00977415"/>
     <w:rsid w:val="00981FE9"/>
     <w:rsid w:val="009841A9"/>
-    <w:rsid w:val="00986273"/>
+    <w:rsid w:val="00987AB9"/>
     <w:rsid w:val="00992105"/>
-    <w:rsid w:val="00995B09"/>
-    <w:rsid w:val="009971E1"/>
+    <w:rsid w:val="0099577C"/>
     <w:rsid w:val="009A0E9B"/>
     <w:rsid w:val="009A3F81"/>
-    <w:rsid w:val="009A794A"/>
     <w:rsid w:val="009B4513"/>
-    <w:rsid w:val="009B4AD5"/>
-    <w:rsid w:val="009C6A05"/>
+    <w:rsid w:val="009C6555"/>
     <w:rsid w:val="009D15FA"/>
     <w:rsid w:val="009D59BC"/>
-    <w:rsid w:val="009D5CF4"/>
     <w:rsid w:val="009F3D01"/>
-    <w:rsid w:val="009F6672"/>
     <w:rsid w:val="00A024A3"/>
     <w:rsid w:val="00A0380C"/>
-    <w:rsid w:val="00A13213"/>
-    <w:rsid w:val="00A15AED"/>
     <w:rsid w:val="00A15EDB"/>
-    <w:rsid w:val="00A2694A"/>
+    <w:rsid w:val="00A22723"/>
     <w:rsid w:val="00A32028"/>
     <w:rsid w:val="00A422EC"/>
     <w:rsid w:val="00A458CF"/>
     <w:rsid w:val="00A4616C"/>
     <w:rsid w:val="00A4669C"/>
     <w:rsid w:val="00A56D1A"/>
     <w:rsid w:val="00A570CF"/>
     <w:rsid w:val="00A63CB3"/>
     <w:rsid w:val="00A71583"/>
-    <w:rsid w:val="00A722C8"/>
     <w:rsid w:val="00A7391A"/>
     <w:rsid w:val="00A75E05"/>
-    <w:rsid w:val="00A851E7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A9670F"/>
+    <w:rsid w:val="00A826E1"/>
+    <w:rsid w:val="00A958E2"/>
+    <w:rsid w:val="00AA1D3B"/>
+    <w:rsid w:val="00AA54DE"/>
     <w:rsid w:val="00AA5B85"/>
-    <w:rsid w:val="00AB0D14"/>
     <w:rsid w:val="00AB155F"/>
-    <w:rsid w:val="00AC7A64"/>
-    <w:rsid w:val="00AC7D38"/>
+    <w:rsid w:val="00AB75E9"/>
+    <w:rsid w:val="00AC25A6"/>
+    <w:rsid w:val="00AC5DFF"/>
     <w:rsid w:val="00AD2EF9"/>
     <w:rsid w:val="00AD35E6"/>
     <w:rsid w:val="00AD4B0C"/>
-    <w:rsid w:val="00AD5547"/>
     <w:rsid w:val="00AD7BAF"/>
-    <w:rsid w:val="00AE61F2"/>
     <w:rsid w:val="00AF6898"/>
     <w:rsid w:val="00AF6D8F"/>
-    <w:rsid w:val="00B00607"/>
     <w:rsid w:val="00B03A46"/>
+    <w:rsid w:val="00B047C5"/>
+    <w:rsid w:val="00B04D0F"/>
     <w:rsid w:val="00B058D1"/>
-    <w:rsid w:val="00B06C4D"/>
     <w:rsid w:val="00B12A3B"/>
     <w:rsid w:val="00B131F5"/>
+    <w:rsid w:val="00B1794D"/>
     <w:rsid w:val="00B20D9D"/>
-    <w:rsid w:val="00B30061"/>
-    <w:rsid w:val="00B32231"/>
     <w:rsid w:val="00B32555"/>
     <w:rsid w:val="00B327EA"/>
-    <w:rsid w:val="00B36DE8"/>
     <w:rsid w:val="00B4268A"/>
     <w:rsid w:val="00B44F42"/>
+    <w:rsid w:val="00B5144F"/>
     <w:rsid w:val="00B51510"/>
     <w:rsid w:val="00B60798"/>
-    <w:rsid w:val="00B773EE"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B928B2"/>
+    <w:rsid w:val="00B80B5F"/>
     <w:rsid w:val="00B964AA"/>
     <w:rsid w:val="00B97DA1"/>
-    <w:rsid w:val="00BB228C"/>
     <w:rsid w:val="00BC376D"/>
+    <w:rsid w:val="00BC499A"/>
     <w:rsid w:val="00BD0F64"/>
     <w:rsid w:val="00BD2F4A"/>
     <w:rsid w:val="00BE49D9"/>
+    <w:rsid w:val="00BF124C"/>
+    <w:rsid w:val="00BF6FB9"/>
     <w:rsid w:val="00C046E9"/>
     <w:rsid w:val="00C05181"/>
     <w:rsid w:val="00C100CF"/>
     <w:rsid w:val="00C12AD1"/>
-    <w:rsid w:val="00C15254"/>
     <w:rsid w:val="00C16CEA"/>
-    <w:rsid w:val="00C240E5"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C57605"/>
+    <w:rsid w:val="00C2404B"/>
+    <w:rsid w:val="00C30C59"/>
+    <w:rsid w:val="00C44413"/>
+    <w:rsid w:val="00C45F83"/>
     <w:rsid w:val="00C57688"/>
-    <w:rsid w:val="00C57C00"/>
     <w:rsid w:val="00C63B05"/>
-    <w:rsid w:val="00C701F2"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C82A74"/>
     <w:rsid w:val="00C847AA"/>
     <w:rsid w:val="00C84B58"/>
     <w:rsid w:val="00C9185E"/>
+    <w:rsid w:val="00C96D8D"/>
     <w:rsid w:val="00CA3B98"/>
+    <w:rsid w:val="00CB3B12"/>
     <w:rsid w:val="00CB3D77"/>
+    <w:rsid w:val="00CB4BD5"/>
+    <w:rsid w:val="00CE1CAF"/>
     <w:rsid w:val="00CF0AAB"/>
     <w:rsid w:val="00D0388D"/>
-    <w:rsid w:val="00D06168"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D11E9B"/>
+    <w:rsid w:val="00D0558D"/>
     <w:rsid w:val="00D20897"/>
-    <w:rsid w:val="00D25751"/>
     <w:rsid w:val="00D2728B"/>
     <w:rsid w:val="00D33ED2"/>
-    <w:rsid w:val="00D36D37"/>
     <w:rsid w:val="00D40840"/>
-    <w:rsid w:val="00D441D0"/>
-    <w:rsid w:val="00D46C45"/>
     <w:rsid w:val="00D516D7"/>
+    <w:rsid w:val="00D522D1"/>
     <w:rsid w:val="00D55314"/>
-    <w:rsid w:val="00D56643"/>
-    <w:rsid w:val="00D66F42"/>
+    <w:rsid w:val="00D73FB0"/>
     <w:rsid w:val="00D757EC"/>
     <w:rsid w:val="00D76690"/>
+    <w:rsid w:val="00D9175B"/>
     <w:rsid w:val="00D93D6D"/>
     <w:rsid w:val="00D95EAD"/>
     <w:rsid w:val="00DA0783"/>
+    <w:rsid w:val="00DA509F"/>
     <w:rsid w:val="00DD509A"/>
     <w:rsid w:val="00DD7B60"/>
     <w:rsid w:val="00DD7B9C"/>
-    <w:rsid w:val="00DE3B51"/>
+    <w:rsid w:val="00DE38E7"/>
     <w:rsid w:val="00DF15B5"/>
     <w:rsid w:val="00DF2BB6"/>
     <w:rsid w:val="00DF3936"/>
     <w:rsid w:val="00DF5421"/>
     <w:rsid w:val="00DF5A51"/>
-    <w:rsid w:val="00E117D6"/>
-    <w:rsid w:val="00E253A6"/>
     <w:rsid w:val="00E25774"/>
     <w:rsid w:val="00E260F7"/>
     <w:rsid w:val="00E26210"/>
-    <w:rsid w:val="00E26675"/>
+    <w:rsid w:val="00E346BA"/>
+    <w:rsid w:val="00E3489A"/>
+    <w:rsid w:val="00E4156F"/>
+    <w:rsid w:val="00E41583"/>
     <w:rsid w:val="00E4227E"/>
     <w:rsid w:val="00E46EB1"/>
     <w:rsid w:val="00E61907"/>
+    <w:rsid w:val="00E62E3A"/>
+    <w:rsid w:val="00E65252"/>
     <w:rsid w:val="00E70EF5"/>
     <w:rsid w:val="00E77D62"/>
-    <w:rsid w:val="00E81416"/>
-    <w:rsid w:val="00E84BFD"/>
     <w:rsid w:val="00EA2611"/>
     <w:rsid w:val="00EB1686"/>
     <w:rsid w:val="00EB2269"/>
+    <w:rsid w:val="00EB6B5D"/>
+    <w:rsid w:val="00EC1A7F"/>
     <w:rsid w:val="00EC4C96"/>
     <w:rsid w:val="00ED5E99"/>
+    <w:rsid w:val="00EE5472"/>
     <w:rsid w:val="00EF0846"/>
     <w:rsid w:val="00EF202B"/>
+    <w:rsid w:val="00F00223"/>
     <w:rsid w:val="00F00371"/>
-    <w:rsid w:val="00F04F19"/>
-    <w:rsid w:val="00F11A5C"/>
+    <w:rsid w:val="00F06A8E"/>
     <w:rsid w:val="00F12CB8"/>
-    <w:rsid w:val="00F13F05"/>
     <w:rsid w:val="00F1656D"/>
     <w:rsid w:val="00F25059"/>
+    <w:rsid w:val="00F318C4"/>
     <w:rsid w:val="00F32E6F"/>
     <w:rsid w:val="00F3494C"/>
     <w:rsid w:val="00F35D39"/>
-    <w:rsid w:val="00F47684"/>
+    <w:rsid w:val="00F40155"/>
     <w:rsid w:val="00F5166D"/>
     <w:rsid w:val="00F5746D"/>
-    <w:rsid w:val="00F664ED"/>
-    <w:rsid w:val="00F7039F"/>
+    <w:rsid w:val="00F65664"/>
+    <w:rsid w:val="00F67196"/>
     <w:rsid w:val="00F70970"/>
-    <w:rsid w:val="00F81151"/>
+    <w:rsid w:val="00F74561"/>
+    <w:rsid w:val="00F7469D"/>
     <w:rsid w:val="00F823BA"/>
+    <w:rsid w:val="00F8470F"/>
     <w:rsid w:val="00F902FE"/>
     <w:rsid w:val="00F91798"/>
-    <w:rsid w:val="00F96F03"/>
     <w:rsid w:val="00FA39BC"/>
     <w:rsid w:val="00FC1193"/>
+    <w:rsid w:val="00FC1250"/>
     <w:rsid w:val="00FC1974"/>
     <w:rsid w:val="00FC443A"/>
-    <w:rsid w:val="00FE309D"/>
+    <w:rsid w:val="00FD6878"/>
     <w:rsid w:val="00FE5846"/>
-    <w:rsid w:val="00FF12D8"/>
-    <w:rsid w:val="00FF37E6"/>
+    <w:rsid w:val="00FE5DDA"/>
+    <w:rsid w:val="00FF2F80"/>
     <w:rsid w:val="00FF5AAD"/>
     <w:rsid w:val="00FF6613"/>
-    <w:rsid w:val="00FF716A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="56904630"/>
-  <w15:docId w15:val="{CE357604-757C-4540-80F7-B6B973F437DD}"/>
+  <w15:docId w15:val="{31815632-A119-4A3B-863B-1E3D396EEA5E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -20130,51 +23274,51 @@
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -20438,217 +23582,223 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F11A5C"/>
+    <w:rsid w:val="00FF5AAD"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="0055663C"/>
+    <w:rsid w:val="00541D2A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5400"/>
       </w:tabs>
-      <w:spacing w:before="360" w:after="240"/>
+      <w:spacing w:before="480" w:after="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:noProof/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00AE61F2"/>
+    <w:rsid w:val="00654896"/>
     <w:pPr>
-      <w:spacing w:before="240" w:after="120"/>
+      <w:spacing w:before="360" w:after="120"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Heading2"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00654896"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="990"/>
       </w:tabs>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00461DD8"/>
     <w:pPr>
-      <w:spacing w:before="200"/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
     <w:pPr>
-      <w:spacing w:before="200"/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="7F7F7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
     <w:pPr>
-      <w:spacing w:line="271" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="7F7F7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
     <w:pPr>
+      <w:spacing w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
     <w:pPr>
+      <w:spacing w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
     <w:pPr>
+      <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
@@ -20669,50 +23819,51 @@
     <w:name w:val="memo"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="1800"/>
         <w:tab w:val="left" w:pos="5040"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FF5AAD"/>
     <w:pPr>
+      <w:spacing w:after="0"/>
       <w:ind w:left="720" w:hanging="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
       <w:b/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
@@ -20738,69 +23889,70 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:rsid w:val="0059389D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:rsid w:val="0059389D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:link w:val="Heading1"/>
-    <w:rsid w:val="0055663C"/>
+    <w:rsid w:val="00541D2A"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:b/>
       <w:noProof/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
+      <w:lang w:val="fr-029"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:link w:val="Heading2"/>
-    <w:rsid w:val="00AE61F2"/>
+    <w:rsid w:val="00654896"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:b/>
-      <w:noProof/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
+      <w:lang w:val="fr-029"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:link w:val="Heading3"/>
     <w:rsid w:val="00654896"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="fr-029"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:link w:val="Heading4"/>
     <w:rsid w:val="00461DD8"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
@@ -20854,50 +24006,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
     <w:name w:val="Heading 9 Char"/>
     <w:link w:val="Heading9"/>
     <w:rsid w:val="00C12AD1"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:spacing w:val="5"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00C12AD1"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:spacing w:val="5"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
@@ -20939,72 +24092,75 @@
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="10"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
     <w:pPr>
-      <w:spacing w:before="200"/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:ind w:left="360" w:right="360"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
     <w:name w:val="Quote Char"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="00C12AD1"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
@@ -21086,428 +24242,445 @@
       <w:smallCaps/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-    <w:rsid w:val="00B32231"/>
+    <w:rsid w:val="000943BC"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
-    <w:rsid w:val="00B32231"/>
+    <w:rsid w:val="000943BC"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B4268A"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00056E4C"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00056E4C"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:rsid w:val="00056E4C"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00056E4C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="00056E4C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SubjectLine">
     <w:name w:val="Subject Line"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SubjectLineChar"/>
     <w:qFormat/>
-    <w:rsid w:val="00AE61F2"/>
+    <w:rsid w:val="00097DCC"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1080"/>
       </w:tabs>
-      <w:spacing w:before="120" w:after="120"/>
+      <w:spacing w:before="120"/>
       <w:ind w:left="1080" w:hanging="1080"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubjectLineChar">
     <w:name w:val="Subject Line Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="SubjectLine"/>
-    <w:rsid w:val="00AE61F2"/>
+    <w:rsid w:val="00097DCC"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E61907"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:rsid w:val="007756B5"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001069A1"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="NoList1">
     <w:name w:val="No List1"/>
     <w:next w:val="NoList"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007119FA"/>
+    <w:rsid w:val="00416BFA"/>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
-    <w:rsid w:val="007119FA"/>
+    <w:rsid w:val="00416BFA"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="major">
     <w:name w:val="major"/>
-    <w:rsid w:val="007119FA"/>
+    <w:rsid w:val="00416BFA"/>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
       <w:b/>
       <w:i/>
       <w:noProof w:val="0"/>
       <w:sz w:val="26"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="secondary">
     <w:name w:val="secondary"/>
-    <w:rsid w:val="007119FA"/>
+    <w:rsid w:val="00416BFA"/>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
       <w:b/>
       <w:i/>
       <w:noProof w:val="0"/>
       <w:sz w:val="22"/>
       <w:u w:val="none"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
     <w:name w:val="Body Text Indent 2"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextIndent2Char"/>
-    <w:rsid w:val="007119FA"/>
+    <w:rsid w:val="00416BFA"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="720"/>
       </w:tabs>
-      <w:spacing w:line="260" w:lineRule="exact"/>
+      <w:spacing w:after="0" w:line="260" w:lineRule="exact"/>
       <w:ind w:left="1080"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Helv" w:hAnsi="Helv"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent2Char">
     <w:name w:val="Body Text Indent 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyTextIndent2"/>
-    <w:rsid w:val="007119FA"/>
+    <w:rsid w:val="00416BFA"/>
     <w:rPr>
       <w:rFonts w:ascii="Helv" w:hAnsi="Helv"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent3">
     <w:name w:val="Body Text Indent 3"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextIndent3Char"/>
-    <w:rsid w:val="007119FA"/>
+    <w:rsid w:val="00416BFA"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="720"/>
       </w:tabs>
-      <w:spacing w:line="260" w:lineRule="exact"/>
+      <w:spacing w:after="0" w:line="260" w:lineRule="exact"/>
       <w:ind w:left="1080"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent3Char">
     <w:name w:val="Body Text Indent 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyTextIndent3"/>
-    <w:rsid w:val="007119FA"/>
+    <w:rsid w:val="00416BFA"/>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextIndentChar"/>
-    <w:rsid w:val="007119FA"/>
+    <w:rsid w:val="00416BFA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="720"/>
         <w:tab w:val="left" w:pos="1080"/>
       </w:tabs>
-      <w:spacing w:line="260" w:lineRule="exact"/>
+      <w:spacing w:after="0" w:line="260" w:lineRule="exact"/>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
     <w:name w:val="Body Text Indent Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyTextIndent"/>
-    <w:rsid w:val="007119FA"/>
+    <w:rsid w:val="00416BFA"/>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tertiary">
     <w:name w:val="Tertiary"/>
     <w:basedOn w:val="PlainText"/>
-    <w:rsid w:val="007119FA"/>
+    <w:rsid w:val="00416BFA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="720"/>
         <w:tab w:val="left" w:pos="1080"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:line="260" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
       <w:i/>
       <w:sz w:val="22"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="PlainText">
     <w:name w:val="Plain Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PlainTextChar"/>
-    <w:rsid w:val="007119FA"/>
+    <w:rsid w:val="00416BFA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
     <w:name w:val="Plain Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="PlainText"/>
-    <w:rsid w:val="007119FA"/>
+    <w:rsid w:val="00416BFA"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
-    <w:rsid w:val="007119FA"/>
+    <w:rsid w:val="00416BFA"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
-    <w:rsid w:val="007119FA"/>
+    <w:rsid w:val="00416BFA"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007119FA"/>
+    <w:rsid w:val="00416BFA"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention2">
     <w:name w:val="Unresolved Mention2"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007119FA"/>
+    <w:rsid w:val="00416BFA"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="721247749">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/masshealth-payment-and-coverage-guideline-tools" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/masshealth-payment-and-coverage-guideline-tools" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cms.gov/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/masshealth-payment-and-coverage-guideline-tools" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cms.gov/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header10.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -21768,76 +24941,63 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="d8ecd2c7-f42d-412b-950c-7056a0e524ed">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="91f3e3b9-8052-4988-a4eb-24f16969dcab" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d8ecd2c7-f42d-412b-950c-7056a0e524ed" xmlns:ns3="91f3e3b9-8052-4988-a4eb-24f16969dcab" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="84e99b64660e760d709e89b5c091f915" ns2:_="" ns3:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004ACAA8BD88EB8945AAE04407B477030C" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="768e7d44e9b4645264a190753be6092c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d8ecd2c7-f42d-412b-950c-7056a0e524ed" xmlns:ns3="91f3e3b9-8052-4988-a4eb-24f16969dcab" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="611faa9e0f12237a2e6c673688a812b7" ns2:_="" ns3:_="">
     <xsd:import namespace="d8ecd2c7-f42d-412b-950c-7056a0e524ed"/>
     <xsd:import namespace="91f3e3b9-8052-4988-a4eb-24f16969dcab"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -22014,343 +25174,150 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4DE9609A-F2FE-4E42-A38A-6C641956FE6C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C7112378-C80D-4000-AE90-E3FFBE2FC69A}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="d8ecd2c7-f42d-412b-950c-7056a0e524ed"/>
+    <ds:schemaRef ds:uri="91f3e3b9-8052-4988-a4eb-24f16969dcab"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A7C9D65E-72E5-472C-B58C-60CA1C3689C3}">
-[...24 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB6D7D47-0D73-42D2-B498-B3A6ED64C83D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD8513D5-3E26-49FD-A1E9-9CD2B9CC0953}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d8ecd2c7-f42d-412b-950c-7056a0e524ed"/>
     <ds:schemaRef ds:uri="91f3e3b9-8052-4988-a4eb-24f16969dcab"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B989D34B-ED85-4DB2-95E2-CC7D43909196}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{67779736-32D1-494F-9921-988F2D08DA54}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>6980</Characters>
+  <Pages>6</Pages>
+  <Words>1279</Words>
+  <Characters>6878</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-  <Lines>58</Lines>
+  <DocSecurity>0</DocSecurity>
+  <Lines>57</Lines>
   <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Transmittal Letter</vt:lpstr>
+      <vt:lpstr>Eligilibity Operations Memo</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>DMA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8228</CharactersWithSpaces>
+  <CharactersWithSpaces>8141</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...200 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Transmittal Letter</dc:title>
+  <dc:title>Eligilibity Operations Memo</dc:title>
+  <dc:subject/>
   <dc:creator>MassHealth</dc:creator>
+  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004ACAA8BD88EB8945AAE04407B477030C</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>