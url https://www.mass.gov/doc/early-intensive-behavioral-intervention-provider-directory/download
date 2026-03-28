--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -1,2594 +1,3226 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
+  <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
+    <w:p w:rsidR="100C0B2A" w:rsidP="52BB69E6" w:rsidRDefault="100C0B2A" w14:paraId="56A6E556" w14:textId="11AB067D">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1F3864" w:themeColor="accent1" w:themeTint="FF" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="52BB69E6" w:rsidR="100C0B2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1F3864" w:themeColor="accent1" w:themeTint="FF" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>EIBI Provider Directory</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpX="-200" w:tblpY="511"/>
         <w:tblW w:w="10790" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2215"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4125"/>
+        <w:gridCol w:w="2369"/>
+        <w:gridCol w:w="3135"/>
+        <w:gridCol w:w="1763"/>
+        <w:gridCol w:w="3523"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B2C78" w14:paraId="58082A08" w14:textId="5D24BB14" w:rsidTr="008C23EE">
+      <w:tr w:rsidR="003B2C78" w:rsidTr="52BB69E6" w14:paraId="58082A08" w14:textId="5D24BB14">
         <w:trPr>
-          <w:trHeight w:val="518"/>
+          <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2215" w:type="dxa"/>
-[...75 lines deleted...]
-                <w:bCs/>
+            <w:tcW w:w="2369" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
+            <w:tcMar/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F32EC5" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="41C1C632" w14:textId="63F427CD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Provider </w:t>
+            </w:r>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="55B83646">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ame</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3135" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
+            <w:tcMar/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F32EC5" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="41DD4BFF" w14:textId="37D36C4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Provider </w:t>
+            </w:r>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="2AFA8122">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ddress</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
+            <w:tcMar/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F32EC5" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="1EFF57EA" w14:textId="5B2CD7CD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Phone </w:t>
+            </w:r>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="47DE857C">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>umber</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3523" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F32EC5" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="6529CCD3" w14:textId="7EC4879E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="1A8F6F75">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Website</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6529CCD3" w14:textId="77777777" w:rsidR="003B2C78" w:rsidRPr="00F32EC5" w:rsidRDefault="003B2C78" w:rsidP="00F64A9A">
-[...6 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2C78" w14:paraId="717BC4BC" w14:textId="765BF8E6" w:rsidTr="00875C96">
+      <w:tr w:rsidR="003B2C78" w:rsidTr="52BB69E6" w14:paraId="717BC4BC" w14:textId="765BF8E6">
+        <w:trPr>
+          <w:trHeight w:val="494"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2369" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00477BAF" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="009F5D20" w14:paraId="4C416872" w14:textId="213B7172">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="1C694351">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Advocates, Inc.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3135" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F64A9A" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="007C65A4" w14:paraId="0450BAB4" w14:textId="7215D7F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="0711CC01">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="44F1CBBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Forge Park East, Franklin, MA 02038</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00477BAF" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="0039020B" w14:paraId="1FA572E2" w14:textId="0660752B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="249E59DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>508-298-1638</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3523" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="000B565D" w:rsidP="52BB69E6" w:rsidRDefault="00F6573C" w14:paraId="6DCE3ACA" w14:textId="291DC226">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="Rc71d7458147b43db">
+              <w:r w:rsidRPr="52BB69E6" w:rsidR="0625BAF7">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Advocates, Inc.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w:rsidRPr="00477BAF" w:rsidR="00F6573C" w:rsidP="52BB69E6" w:rsidRDefault="00F6573C" w14:paraId="416889FD" w14:textId="573637E1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009F5D20" w:rsidTr="52BB69E6" w14:paraId="35664ED5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="419"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2215" w:type="dxa"/>
-[...80 lines deleted...]
-              <w:r w:rsidRPr="00125BAB">
+            <w:tcW w:w="2369" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00477BAF" w:rsidR="009F5D20" w:rsidP="52BB69E6" w:rsidRDefault="009F5D20" w14:paraId="23C0FE73" w14:textId="6A4B6F63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="1C694351">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Amego</w:t>
+            </w:r>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="1C694351">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, Inc</w:t>
+            </w:r>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="701562E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3135" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="009F5D20" w:rsidP="52BB69E6" w:rsidRDefault="009F5D20" w14:paraId="7529D203" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="1C694351">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>33 Perry Ave</w:t>
+            </w:r>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="1C694351">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="1C694351">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Attleboro, MA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="1C694351">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="009A17FD" w:rsidR="009F5D20" w:rsidP="52BB69E6" w:rsidRDefault="009F5D20" w14:paraId="606AB7AC" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="1C694351">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>122 Grove St</w:t>
+            </w:r>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="1C694351">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="1C694351">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Franklin, MA </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="009A17FD" w:rsidR="00827E51" w:rsidP="52BB69E6" w:rsidRDefault="00827E51" w14:paraId="3DEE4D3B" w14:textId="58F78D8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="1C694351">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>41 Pleasant St</w:t>
+            </w:r>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="1C694351">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="1C694351">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Norton, MA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00477BAF" w:rsidR="009F5D20" w:rsidP="52BB69E6" w:rsidRDefault="009F5D20" w14:paraId="7A15A6E6" w14:textId="4AA043BB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="1C694351">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>508-455-6200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3523" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="009F5D20" w:rsidP="52BB69E6" w:rsidRDefault="009F5D20" w14:paraId="2BB0B6EC" w14:textId="3582F6B2">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="R95c2306dfb4948c3">
+              <w:r w:rsidRPr="52BB69E6" w:rsidR="26DCB14B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>https://advocates.org/</w:t>
+                <w:t>Amego, Inc.</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="26DCB14B">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F5D20" w14:paraId="35664ED5" w14:textId="77777777" w:rsidTr="00875C96">
-[...179 lines deleted...]
-      <w:tr w:rsidR="003B2C78" w14:paraId="108325C8" w14:textId="41064E8F" w:rsidTr="00875C96">
+      <w:tr w:rsidR="003B2C78" w:rsidTr="52BB69E6" w14:paraId="108325C8" w14:textId="41064E8F">
         <w:trPr>
           <w:trHeight w:val="569"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2215" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="2369" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00477BAF" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="34375DE1" w14:textId="0B5CD1EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>APEX Behavioral Consulting LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2895" w:type="dxa"/>
-[...33 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="3135" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00477BAF" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="4B1944B3" w14:textId="22235CA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">73 Newbury </w:t>
+            </w:r>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">St. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">te 400 Boston, MA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00477BAF" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="34B72701" w14:textId="35380664">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>617-839-3707</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4125" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:r w:rsidRPr="00C83543">
+            <w:tcW w:w="3523" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="2F0598E2" w:rsidP="52BB69E6" w:rsidRDefault="2F0598E2" w14:paraId="52294313" w14:textId="231530CA">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="Rf47887f9d4704e44">
+              <w:r w:rsidRPr="52BB69E6" w:rsidR="2F0598E2">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>https://apexbx.com/</w:t>
+                <w:t>APEX Behavioral Consulting LLC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="2A009313" w14:textId="38AEE5DA" w:rsidR="00DB39E4" w:rsidRPr="00477BAF" w:rsidRDefault="00DB39E4" w:rsidP="00F64A9A">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidRPr="00477BAF" w:rsidR="00DB39E4" w:rsidP="52BB69E6" w:rsidRDefault="00DB39E4" w14:paraId="2A009313" w14:textId="38AEE5DA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2C78" w14:paraId="60B8AAA7" w14:textId="515353B3" w:rsidTr="00875C96">
+      <w:tr w:rsidR="003B2C78" w:rsidTr="52BB69E6" w14:paraId="60B8AAA7" w14:textId="515353B3">
         <w:trPr>
           <w:trHeight w:val="533"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2215" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="2369" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="5A19FCEC" w14:textId="14F78522">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Autism Spectrum Therapies, LLC</w:t>
             </w:r>
-            <w:r w:rsidR="0012108C">
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="4A0535A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> dba</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="124D2F6B" w14:textId="19B2AA28" w:rsidR="0012108C" w:rsidRPr="00477BAF" w:rsidRDefault="0012108C" w:rsidP="00F64A9A">
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidRPr="00477BAF" w:rsidR="0012108C" w:rsidP="52BB69E6" w:rsidRDefault="0012108C" w14:paraId="124D2F6B" w14:textId="19B2AA28">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="4A0535A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Behavioral Concepts</w:t>
             </w:r>
-            <w:r w:rsidR="003C4D54">
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="13A219C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Innovation</w:t>
             </w:r>
-            <w:r w:rsidRPr="0012108C">
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="4A0535A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (BCI</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="4A0535A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2895" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="3135" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00477BAF" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="3620D378" w14:textId="2995E2E0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>345A Greenwood St, Worcester, MA 01607</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00477BAF" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="3033CEBE" w14:textId="162604F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>508</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00477BAF">
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>363</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00477BAF">
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4125" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:r w:rsidRPr="00C83543">
+            <w:tcW w:w="3523" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE4B13" w:rsidP="52BB69E6" w:rsidRDefault="00070F06" w14:paraId="39B823B4" w14:textId="64C29833">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="R14a4c3733996468b">
+              <w:r w:rsidRPr="52BB69E6" w:rsidR="00A4BC15">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>https://bciaba.com/</w:t>
+                <w:t>Behavioral Concepts Innovation (BCI)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="04BED897" w14:textId="34A6057B" w:rsidR="00070F06" w:rsidRPr="00477BAF" w:rsidRDefault="00070F06" w:rsidP="00F64A9A">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidRPr="00477BAF" w:rsidR="00070F06" w:rsidP="52BB69E6" w:rsidRDefault="00070F06" w14:paraId="04BED897" w14:textId="34A6057B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2C78" w14:paraId="5CCFB06B" w14:textId="5B2E8BB6" w:rsidTr="00875C96">
+      <w:tr w:rsidR="003B2C78" w:rsidTr="52BB69E6" w14:paraId="5CCFB06B" w14:textId="5B2E8BB6">
         <w:trPr>
           <w:trHeight w:val="623"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2215" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="2369" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00CD3242" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="2777A641" w14:textId="1920C255">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Beacon ABA Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2895" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="3135" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00CD3242" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="3431E06F" w14:textId="64F9A091">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>300 East Main Street #200, Milford,</w:t>
             </w:r>
-            <w:r w:rsidR="00D475E2">
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="3DDCA3CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="23A0D2CF">
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">MA 01757 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00CD3242" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="4086A247" w14:textId="176BD5C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>508-478-0207</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4125" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:r w:rsidRPr="00C83543">
+            <w:tcW w:w="3523" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="00D475E2" w14:paraId="6243CB79" w14:textId="57E7D70B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="R47c8e451728b4df1">
+              <w:r w:rsidRPr="52BB69E6" w:rsidR="36A752BE">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>https://www.beaconservices.org/</w:t>
+                <w:t>Beacon ABA Services</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="23B29944" w14:textId="71450A07" w:rsidR="00D475E2" w:rsidRPr="00CD3242" w:rsidRDefault="00D475E2" w:rsidP="00F64A9A">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidRPr="00CD3242" w:rsidR="00D475E2" w:rsidP="52BB69E6" w:rsidRDefault="00D475E2" w14:paraId="23B29944" w14:textId="71450A07">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2C78" w14:paraId="1E7691DA" w14:textId="1A20EEFA" w:rsidTr="00875C96">
+      <w:tr w:rsidR="003B2C78" w:rsidTr="52BB69E6" w14:paraId="1E7691DA" w14:textId="1A20EEFA">
         <w:trPr>
           <w:trHeight w:val="524"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2215" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="2369" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="004B44C9" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="26AFE272" w14:textId="58D3C9AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Behavioral Health Network</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2895" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="3135" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="004B44C9" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="448F06A1" w14:textId="0C2674B0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>417 Liberty St. Springfield, MA 01104</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="004B44C9" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="5CD653BC" w14:textId="0BF8FB7D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>413-747-0705</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4125" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:r w:rsidRPr="00C83543">
+            <w:tcW w:w="3523" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="00FB56AC" w14:paraId="182641CE" w14:textId="7813E6D8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="Rd10f1030a20340b8">
+              <w:r w:rsidRPr="52BB69E6" w:rsidR="4669DC71">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>https://www.bhninc.org/</w:t>
+                <w:t>Behavioral Health Network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="7C7CB7AC" w14:textId="494F45E7" w:rsidR="00FB56AC" w:rsidRPr="004B44C9" w:rsidRDefault="00FB56AC" w:rsidP="00F64A9A">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidRPr="004B44C9" w:rsidR="00FB56AC" w:rsidP="52BB69E6" w:rsidRDefault="00FB56AC" w14:paraId="7C7CB7AC" w14:textId="494F45E7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2C78" w14:paraId="5AA99E5B" w14:textId="55833C17" w:rsidTr="00875C96">
+      <w:tr w:rsidR="003B2C78" w:rsidTr="52BB69E6" w14:paraId="5AA99E5B" w14:textId="55833C17">
         <w:trPr>
           <w:trHeight w:val="533"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2215" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="2369" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="001946A0" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="45C61C74" w14:textId="75F79455">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Behavioral Health Works</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2895" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="3135" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="001946A0" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="5C3E7A30" w14:textId="54AAA8AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>418 Center St Boston, MA 02130</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="001946A0" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="7DB40360" w14:textId="52597BD4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>800-249-1266</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4125" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:r w:rsidRPr="00C83543">
+            <w:tcW w:w="3523" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="001946A0" w:rsidR="008F5DB2" w:rsidP="52BB69E6" w:rsidRDefault="008F5DB2" w14:paraId="26A50FA8" w14:textId="572FFE47">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="Rc1396c46fc244351">
+              <w:r w:rsidRPr="52BB69E6" w:rsidR="7C4F55C8">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>https://www.bhwcares.com/</w:t>
+                <w:t>Behavioral Health Works</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="26A50FA8" w14:textId="145C322F" w:rsidR="008F5DB2" w:rsidRPr="001946A0" w:rsidRDefault="008F5DB2" w:rsidP="00F64A9A">
-[...6 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2C78" w14:paraId="122FB158" w14:textId="63880D76" w:rsidTr="00875C96">
+      <w:tr w:rsidR="003B2C78" w:rsidTr="52BB69E6" w14:paraId="122FB158" w14:textId="63880D76">
         <w:trPr>
           <w:trHeight w:val="533"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2215" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="2369" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00DB78E0" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="382CEE96" w14:textId="04BCB702">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Boston Behavior Learning Centers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2895" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="3135" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00DB78E0" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="2EC9CF0E" w14:textId="4F967B90">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>109 Oak Street Newton, MA 02464</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E427CC" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="4E6439B9" w14:textId="05E4F072">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>617-658-5611</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4125" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:r w:rsidRPr="00C83543">
+            <w:tcW w:w="3523" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="00D71D0D" w14:paraId="6C3AEA41" w14:textId="392F44D3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="R54ca0927954543f3">
+              <w:r w:rsidRPr="52BB69E6" w:rsidR="54BD9243">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>https://bostonblc.org/</w:t>
+                <w:t>Boston Behavior Learning Centers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="75794599" w14:textId="36A56E15" w:rsidR="00D71D0D" w:rsidRPr="00E427CC" w:rsidRDefault="00D71D0D" w:rsidP="00F64A9A">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidRPr="00E427CC" w:rsidR="00D71D0D" w:rsidP="52BB69E6" w:rsidRDefault="00D71D0D" w14:paraId="75794599" w14:textId="36A56E15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2C78" w14:paraId="345D63E7" w14:textId="2C95F66C" w:rsidTr="00875C96">
+      <w:tr w:rsidR="003B2C78" w:rsidTr="52BB69E6" w14:paraId="345D63E7" w14:textId="2C95F66C">
         <w:trPr>
           <w:trHeight w:val="524"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2215" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="2369" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00DB78E0" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="4AB328F4" w14:textId="30E8EEF0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Butterfly Effects</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2895" w:type="dxa"/>
-[...70 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="3135" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007F7765" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="67AAFF5A" w14:textId="16A2F22D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="7579CFAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">350 Fairway Drive, Ste 101 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="007F7765" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="5636E404" w14:textId="40714925">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="7579CFAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Deerfield Beach, FL 33441 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F12689" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="45ACE98D" w14:textId="6BB124F1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>888-880-9270</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4125" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:r w:rsidRPr="00C83543">
+            <w:tcW w:w="3523" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F12689" w:rsidR="00F5036B" w:rsidP="52BB69E6" w:rsidRDefault="00F5036B" w14:paraId="101B5971" w14:textId="764234EA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="Rd0cd23b959a1412d">
+              <w:r w:rsidRPr="52BB69E6" w:rsidR="5B39C0DF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>https://butterflyeffects.com/aba-therapy-in-massachusetts/</w:t>
+                <w:t>Butterfly Effects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="101B5971" w14:textId="330EE11B" w:rsidR="00F5036B" w:rsidRPr="00F12689" w:rsidRDefault="00F5036B" w:rsidP="00F64A9A">
-[...6 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2C78" w14:paraId="27EFCFFE" w14:textId="0FA51212" w:rsidTr="00875C96">
+      <w:tr w:rsidR="003B2C78" w:rsidTr="52BB69E6" w14:paraId="27EFCFFE" w14:textId="0FA51212">
         <w:trPr>
           <w:trHeight w:val="533"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2215" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="2369" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00D454F9" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="7DCE53EE" w14:textId="44E003C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Children Making Strides</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2895" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="3135" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="007F7765" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="7DABF172" w14:textId="1C05BAC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6 Resnik Road, Suite 210</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F76C872" w14:textId="485AB054" w:rsidR="003B2C78" w:rsidRPr="007F7765" w:rsidRDefault="003B2C78" w:rsidP="00DB78E0">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidRPr="007F7765" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="6F76C872" w14:textId="485AB054">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F7765">
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Plymouth, MA 02360</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00D454F9" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="56EACCDF" w14:textId="242EF9FE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>508-563-5767</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4125" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:r w:rsidRPr="00C83543">
+            <w:tcW w:w="3523" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="004D378B" w14:paraId="6C434A85" w14:textId="17740347">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="R9f7e02f48f2544bd">
+              <w:r w:rsidRPr="52BB69E6" w:rsidR="3ADE2A35">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>https://cmsaba.com/</w:t>
+                <w:t>Children Making Strides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="4AB2FD0D" w14:textId="59B33F51" w:rsidR="004D378B" w:rsidRPr="00D454F9" w:rsidRDefault="004D378B" w:rsidP="00F64A9A">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidRPr="00D454F9" w:rsidR="004D378B" w:rsidP="52BB69E6" w:rsidRDefault="004D378B" w14:paraId="4AB2FD0D" w14:textId="59B33F51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2C78" w14:paraId="2307A97A" w14:textId="58598EF5" w:rsidTr="00875C96">
+      <w:tr w:rsidR="003B2C78" w:rsidTr="52BB69E6" w14:paraId="2307A97A" w14:textId="58598EF5">
         <w:trPr>
           <w:trHeight w:val="437"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2215" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="2369" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00463A96" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="360B1219" w14:textId="17C4711E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Creative Interventions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2895" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="3135" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00463A96" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="61C22637" w14:textId="1E9F3467">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>835 Bloomfield Ave, Windsor, CT 06095</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00463A96" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="0938675D" w14:textId="14480F6F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">860-413-9538 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4125" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:r w:rsidRPr="00C83543">
+            <w:tcW w:w="3523" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="00AE787F" w14:paraId="6509A11D" w14:textId="75588E26">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="R95d551b5d3a945cc">
+              <w:r w:rsidRPr="52BB69E6" w:rsidR="53124070">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>https://www.creativeinterventions.net/</w:t>
+                <w:t>Creative Interventions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="7ECE402A" w14:textId="4A61F2BF" w:rsidR="00AE787F" w:rsidRPr="00463A96" w:rsidRDefault="00AE787F" w:rsidP="00F64A9A">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidRPr="00463A96" w:rsidR="00AE787F" w:rsidP="52BB69E6" w:rsidRDefault="00AE787F" w14:paraId="7ECE402A" w14:textId="4A61F2BF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2C78" w14:paraId="3B0AFAF9" w14:textId="5D56A25A" w:rsidTr="00875C96">
+      <w:tr w:rsidR="003B2C78" w:rsidTr="52BB69E6" w14:paraId="4A3EEB15" w14:textId="4F8B1384">
+        <w:trPr>
+          <w:trHeight w:val="490"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2369" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00634843" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="6A379648" w14:textId="5C1795BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Key Autism Services</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3135" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00634843" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="718D2F7B" w14:textId="2281E4B3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>106 Apple St, Suite 221, Tinton Falls, NJ 07724</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00634843" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="1180F590" w14:textId="3A6D727F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>857-829-4040</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3523" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="002346E4" w14:paraId="303D710D" w14:textId="60325F44">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="R3d9d8e79c0314bb8">
+              <w:r w:rsidRPr="52BB69E6" w:rsidR="5FB46EF9">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Key Autism Services</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w:rsidRPr="00634843" w:rsidR="002346E4" w:rsidP="52BB69E6" w:rsidRDefault="002346E4" w14:paraId="25789E86" w14:textId="571C50AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B2C78" w:rsidTr="52BB69E6" w14:paraId="2353FA55" w14:textId="3C2A5A5E">
+        <w:trPr>
+          <w:trHeight w:val="446"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2369" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00DB78E0" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="6ACD5DA4" w14:textId="48B51887">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Melmark</w:t>
+            </w:r>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> New England</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3135" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00DB78E0" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="638E54B0" w14:textId="425CA989">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>461 River Road, Andover, MA 01810</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00DB78E0" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="36A14196" w14:textId="2DEA33DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>978-654-4300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3523" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00DB78E0" w:rsidR="004773F1" w:rsidP="52BB69E6" w:rsidRDefault="004773F1" w14:paraId="2E491154" w14:textId="13747571">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="Ra91fa2eb46fc419f">
+              <w:r w:rsidRPr="52BB69E6" w:rsidR="17D0890C">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Melmark</w:t>
+              </w:r>
+              <w:r w:rsidRPr="52BB69E6" w:rsidR="17D0890C">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> New England</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w:rsidRPr="00DB78E0" w:rsidR="004773F1" w:rsidP="52BB69E6" w:rsidRDefault="004773F1" w14:paraId="3FD9A270" w14:textId="29731FFB">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B2C78" w:rsidTr="52BB69E6" w14:paraId="6B51DA91" w14:textId="0F4BEEC3">
         <w:trPr>
           <w:trHeight w:val="437"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2215" w:type="dxa"/>
-[...88 lines deleted...]
-              <w:r w:rsidRPr="00C83543">
+            <w:tcW w:w="2369" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006A0BD0" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="67B757A2" w14:textId="686B1BF3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>MENTOR South Bay</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3135" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006A0BD0" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="7FA9CA00" w14:textId="32C6FE7A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1115 W. Chestnut St. Brockton MA 02301</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006A0BD0" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="2642990A" w14:textId="15D8B600">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>508-521-2200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3523" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="00C44936" w14:paraId="7FEB4227" w14:textId="58CA47A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="Ra896a03f865841e7">
+              <w:r w:rsidRPr="52BB69E6" w:rsidR="60EF730C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>https://www.fbhaba.com/</w:t>
+                <w:t>MENTOR South Bay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="5F9F47C3" w14:textId="6F691FE1" w:rsidR="00993764" w:rsidRPr="00B444DE" w:rsidRDefault="00993764" w:rsidP="00F64A9A">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidRPr="006A0BD0" w:rsidR="00C44936" w:rsidP="52BB69E6" w:rsidRDefault="00C44936" w14:paraId="6F136576" w14:textId="2F466D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2C78" w14:paraId="4A3EEB15" w14:textId="4F8B1384" w:rsidTr="00875C96">
+      <w:tr w:rsidR="003B2C78" w:rsidTr="52BB69E6" w14:paraId="0FFD19ED" w14:textId="05A597B4">
         <w:trPr>
-          <w:trHeight w:val="490"/>
+          <w:trHeight w:val="447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2215" w:type="dxa"/>
-[...73 lines deleted...]
-              <w:r w:rsidRPr="00C83543">
+            <w:tcW w:w="2369" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006A0BD0" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="3E3AEF34" w14:textId="662BE9AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Multicultural Community Services</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3135" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00674685" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="75F7618C" w14:textId="45FB7A5E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>260 Westfield Road Holyoke MA 01040</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00674685" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="22A12E37" w14:textId="6669D591">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>413-534-3299</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3523" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00674685" w:rsidR="006275AE" w:rsidP="52BB69E6" w:rsidRDefault="006275AE" w14:paraId="53D4C47B" w14:textId="77DC2303">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="Rb53e0fef9f504efd">
+              <w:r w:rsidRPr="52BB69E6" w:rsidR="7CF2C1B4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>https://www.keyautismservices.com/</w:t>
+                <w:t>Multicultural Community Services</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="25789E86" w14:textId="571C50AC" w:rsidR="002346E4" w:rsidRPr="00634843" w:rsidRDefault="002346E4" w:rsidP="00F64A9A">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidRPr="00674685" w:rsidR="006275AE" w:rsidP="52BB69E6" w:rsidRDefault="006275AE" w14:paraId="3CB97F53" w14:textId="300D5092">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2C78" w14:paraId="2353FA55" w14:textId="3C2A5A5E" w:rsidTr="00875C96">
+      <w:tr w:rsidR="003B2C78" w:rsidTr="52BB69E6" w14:paraId="4A7ED955" w14:textId="42F7327F">
         <w:trPr>
-          <w:trHeight w:val="446"/>
+          <w:trHeight w:val="438"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2215" w:type="dxa"/>
-[...73 lines deleted...]
-              <w:r w:rsidRPr="00C83543">
+            <w:tcW w:w="2369" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E14844" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="7BD86539" w14:textId="23D54214">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Northeast Arc- Building Blocks</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3135" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E14844" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="37B02A87" w14:textId="371188A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1 Southside Rd. Danvers, MA 01923</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E14844" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="7B78850C" w14:textId="7522BC78">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>978-762-4878</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3523" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E14844" w:rsidR="002570EA" w:rsidP="52BB69E6" w:rsidRDefault="002570EA" w14:paraId="2058FF17" w14:textId="30A0FB78">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="Rc19871f543db4f93">
+              <w:r w:rsidRPr="52BB69E6" w:rsidR="13C3A205">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>https://www.melmark.org/newengland/</w:t>
+                <w:t>Northeast Arc—Building Blocks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="3FD9A270" w14:textId="6D0A4DB3" w:rsidR="004773F1" w:rsidRPr="00DB78E0" w:rsidRDefault="004773F1" w:rsidP="00F64A9A">
-[...6 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2C78" w14:paraId="6B51DA91" w14:textId="0F4BEEC3" w:rsidTr="00875C96">
+      <w:tr w:rsidR="003B2C78" w:rsidTr="52BB69E6" w14:paraId="4FF595BB" w14:textId="690DE49B">
+        <w:trPr>
+          <w:trHeight w:val="410"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2369" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E14844" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="7F64706F" w14:textId="206E9B5A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>RCS Behavioral and Educational Consulting</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3135" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E14844" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="4B3A5B5E" w14:textId="269B2C28">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6 Strathmore Road Natick, MA 01760</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E14844" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="7FBDB2D6" w14:textId="5BFD9885">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>774-249-4111</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3523" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="00C44EA2" w14:paraId="076371A9" w14:textId="00198375">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="Rdf8c3d2381a54a29">
+              <w:r w:rsidRPr="52BB69E6" w:rsidR="58F94654">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>RCS Behavioral and Educational Consulting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w:rsidRPr="00E14844" w:rsidR="00C44EA2" w:rsidP="52BB69E6" w:rsidRDefault="00C44EA2" w14:paraId="5507F855" w14:textId="5EC1631D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B2C78" w:rsidTr="52BB69E6" w14:paraId="45ABBC6F" w14:textId="14682025">
+        <w:trPr>
+          <w:trHeight w:val="473"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2369" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E14844" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="1B7E0E30" w14:textId="493AAB7A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>South Shore Autism Center</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3135" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00BA605D" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="4DF30674" w14:textId="2944A82E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>45 Pond Street, Norwell MA 02066</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E14844" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="09CC03C4" w14:textId="39150D51">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(781) 421-6182</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3523" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E14844" w:rsidR="00EC49F3" w:rsidP="52BB69E6" w:rsidRDefault="00EC49F3" w14:paraId="79A5D76C" w14:textId="251639DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="R493fd80c7fc84e0b">
+              <w:r w:rsidRPr="52BB69E6" w:rsidR="585B950E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>South Shore Autism Center</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B2C78" w:rsidTr="52BB69E6" w14:paraId="2B281092" w14:textId="427999A8">
         <w:trPr>
           <w:trHeight w:val="437"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2215" w:type="dxa"/>
-[...73 lines deleted...]
-              <w:r w:rsidRPr="00C83543">
+            <w:tcW w:w="2369" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005D314E" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="6868C145" w14:textId="4C559D9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>The May Institute</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3135" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00BA605D" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="15CB50D5" w14:textId="0BB2BDE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1111 Elm Street, Suite 32, West Springfield, MA 01089</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F12689" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="7FCB21C3" w14:textId="70330AF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(413) 734-0107</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3523" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="00FE2BC7" w14:paraId="7CC3EAD1" w14:textId="6842A43B">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="R1b71b424f27d4d9a">
+              <w:r w:rsidRPr="52BB69E6" w:rsidR="6739553D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>https://www.southbaycommunityservices.com/</w:t>
+                <w:t>The May Institute</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="6F136576" w14:textId="2F466D0A" w:rsidR="00C44936" w:rsidRPr="006A0BD0" w:rsidRDefault="00C44936" w:rsidP="00F64A9A">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidRPr="00F12689" w:rsidR="00FE2BC7" w:rsidP="52BB69E6" w:rsidRDefault="00FE2BC7" w14:paraId="4E088C6F" w14:textId="7FC360DC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2C78" w14:paraId="0FFD19ED" w14:textId="05A597B4" w:rsidTr="00875C96">
+      <w:tr w:rsidR="003B2C78" w:rsidTr="52BB69E6" w14:paraId="55A3A642" w14:textId="5B82F52F">
         <w:trPr>
-          <w:trHeight w:val="447"/>
+          <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2215" w:type="dxa"/>
-[...73 lines deleted...]
-              <w:r w:rsidRPr="00C83543">
+            <w:tcW w:w="2369" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005D314E" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="3B108602" w14:textId="329DEA2D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>UCP of Western Massachusetts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3135" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005D314E" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="03F1D3D2" w14:textId="589B2B8E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>208 West Street, Pittsfield MA 01201</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005D314E" w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="003B2C78" w14:paraId="17125CD1" w14:textId="610AE31A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52BB69E6" w:rsidR="225DB6A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>413-664-9345</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3523" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="003B2C78" w:rsidP="52BB69E6" w:rsidRDefault="00FE2BC7" w14:paraId="5252469D" w14:textId="405A5430">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="Re99bd35143224de4">
+              <w:r w:rsidRPr="52BB69E6" w:rsidR="66E67A92">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>https://www.mcsnet.org/</w:t>
+                <w:t>UCP of Western Massachusetts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="3CB97F53" w14:textId="2B1D3E42" w:rsidR="006275AE" w:rsidRPr="00674685" w:rsidRDefault="006275AE" w:rsidP="00E35555">
-[...516 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidRPr="005D314E" w:rsidR="00FE2BC7" w:rsidP="52BB69E6" w:rsidRDefault="00FE2BC7" w14:paraId="4A04FABE" w14:textId="3B740756">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6981CA43" w14:textId="77777777" w:rsidR="00E35555" w:rsidRDefault="00E35555" w:rsidP="00E35555">
-      <w:pPr>
+    <w:p w:rsidR="52BB69E6" w:rsidP="52BB69E6" w:rsidRDefault="52BB69E6" w14:paraId="090F306B" w14:textId="2CB28A35">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="141E8DC0" w14:textId="6C097F14" w:rsidR="006A64C8" w:rsidRPr="00C27FAE" w:rsidRDefault="00E35555" w:rsidP="00E35555">
-      <w:pPr>
+    <w:p w:rsidRPr="00C27FAE" w:rsidR="006A64C8" w:rsidP="52BB69E6" w:rsidRDefault="00E35555" w14:paraId="141E8DC0" w14:textId="3064D55C">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="52BB69E6" w:rsidR="6A69B7B0">
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Updated</w:t>
       </w:r>
-      <w:r w:rsidR="00BF688F">
+      <w:r w:rsidRPr="52BB69E6" w:rsidR="5438AB36">
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00960033">
+      <w:r w:rsidRPr="52BB69E6" w:rsidR="3469EC3E">
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:eastAsia="Source Sans Pro" w:cs="Source Sans Pro"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>March 2025</w:t>
+        <w:t>January 2026</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="006A64C8" w:rsidRPr="00C27FAE" w:rsidSect="003B2C78">
-      <w:pgSz w:w="12240" w:h="15840"/>
+    <w:sectPr w:rsidRPr="00C27FAE" w:rsidR="006A64C8" w:rsidSect="003B2C78">
+      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="048C57C4" w14:textId="77777777" w:rsidR="00E360E2" w:rsidRDefault="00E360E2" w:rsidP="00752FF8">
+    <w:p w:rsidR="00AB2847" w:rsidP="00752FF8" w:rsidRDefault="00AB2847" w14:paraId="10005DD3" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="50EB2DD8" w14:textId="77777777" w:rsidR="00E360E2" w:rsidRDefault="00E360E2" w:rsidP="00752FF8">
+    <w:p w:rsidR="00AB2847" w:rsidP="00752FF8" w:rsidRDefault="00AB2847" w14:paraId="47DC008E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -2613,70 +3245,84 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0BE44C91" w14:textId="77777777" w:rsidR="00E360E2" w:rsidRDefault="00E360E2" w:rsidP="00752FF8">
+    <w:p w:rsidR="00AB2847" w:rsidP="00752FF8" w:rsidRDefault="00AB2847" w14:paraId="6AD4BE30" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="28755527" w14:textId="77777777" w:rsidR="00E360E2" w:rsidRDefault="00E360E2" w:rsidP="00752FF8">
+    <w:p w:rsidR="00AB2847" w:rsidP="00752FF8" w:rsidRDefault="00AB2847" w14:paraId="23D9C2B6" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
+<int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence">
+  <int2:observations>
+    <int2:textHash int2:hashCode="XVlttgoza+7lsK" int2:id="t6iN7JtG">
+      <int2:state int2:type="spell" int2:value="Rejected"/>
+    </int2:textHash>
+    <int2:textHash int2:hashCode="QRoxK2rgpIs1/T" int2:id="FXjOxYhm">
+      <int2:state int2:type="spell" int2:value="Rejected"/>
+    </int2:textHash>
+  </int2:observations>
+  <int2:intelligenceSettings/>
+</int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="047536D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="52E8F4A2"/>
     <w:lvl w:ilvl="0" w:tplc="C80E7EC2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -2739,654 +3385,658 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1AFA2BA6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9323CA0"/>
     <w:lvl w:ilvl="0" w:tplc="45B0E520">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="288" w:hanging="216"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1512" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2232" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2952" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3672" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4392" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5112" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5832" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6552" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2BB4645B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A6BE6BDA"/>
     <w:lvl w:ilvl="0" w:tplc="48B6CA62">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="288" w:hanging="216"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60AE43FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E7122C1E"/>
     <w:lvl w:ilvl="0" w:tplc="41A277F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:eastAsiaTheme="minorHAnsi"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65EB2E73"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="80A843FA"/>
     <w:lvl w:ilvl="0" w:tplc="D3D2D1E2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="288" w:hanging="216"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B86050A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="201AECB4"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1125849749">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1343777865">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2047486305">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1909222459">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1406606896">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1502232974">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C27FAE"/>
     <w:rsid w:val="00070F06"/>
     <w:rsid w:val="000B565D"/>
     <w:rsid w:val="0012108C"/>
     <w:rsid w:val="001946A0"/>
+    <w:rsid w:val="001960C2"/>
     <w:rsid w:val="001A45AA"/>
     <w:rsid w:val="001B2837"/>
     <w:rsid w:val="002017B7"/>
     <w:rsid w:val="002346E4"/>
+    <w:rsid w:val="00243108"/>
     <w:rsid w:val="002570EA"/>
     <w:rsid w:val="00280E8D"/>
     <w:rsid w:val="002B1AAA"/>
     <w:rsid w:val="002C5DCC"/>
     <w:rsid w:val="0039020B"/>
     <w:rsid w:val="003B2C78"/>
     <w:rsid w:val="003C4D54"/>
     <w:rsid w:val="0046218A"/>
     <w:rsid w:val="00463A96"/>
     <w:rsid w:val="004773F1"/>
     <w:rsid w:val="00477BAF"/>
     <w:rsid w:val="00492FE7"/>
     <w:rsid w:val="004A3F8B"/>
     <w:rsid w:val="004B3124"/>
     <w:rsid w:val="004B35C6"/>
     <w:rsid w:val="004B44C9"/>
     <w:rsid w:val="004D378B"/>
     <w:rsid w:val="004F7310"/>
     <w:rsid w:val="004F7B20"/>
     <w:rsid w:val="00515C34"/>
     <w:rsid w:val="005478C1"/>
     <w:rsid w:val="005B087A"/>
     <w:rsid w:val="005B6DC0"/>
     <w:rsid w:val="005D314E"/>
     <w:rsid w:val="005E1840"/>
@@ -3397,209 +4047,267 @@
     <w:rsid w:val="006A0BD0"/>
     <w:rsid w:val="006A64C8"/>
     <w:rsid w:val="006F7234"/>
     <w:rsid w:val="00732A31"/>
     <w:rsid w:val="00752FF8"/>
     <w:rsid w:val="007C65A4"/>
     <w:rsid w:val="007E6AF9"/>
     <w:rsid w:val="007F7765"/>
     <w:rsid w:val="008147FC"/>
     <w:rsid w:val="00827E51"/>
     <w:rsid w:val="008360B3"/>
     <w:rsid w:val="00863B06"/>
     <w:rsid w:val="00875C96"/>
     <w:rsid w:val="008B5AC0"/>
     <w:rsid w:val="008C190F"/>
     <w:rsid w:val="008C23EE"/>
     <w:rsid w:val="008F5DB2"/>
     <w:rsid w:val="009015BB"/>
     <w:rsid w:val="00960033"/>
     <w:rsid w:val="00993764"/>
     <w:rsid w:val="009A17FD"/>
     <w:rsid w:val="009F1401"/>
     <w:rsid w:val="009F58A5"/>
     <w:rsid w:val="009F5D20"/>
     <w:rsid w:val="00A22B4C"/>
+    <w:rsid w:val="00A4BC15"/>
+    <w:rsid w:val="00AB2847"/>
     <w:rsid w:val="00AC3649"/>
     <w:rsid w:val="00AE787F"/>
     <w:rsid w:val="00AF2536"/>
     <w:rsid w:val="00B444DE"/>
     <w:rsid w:val="00B654C6"/>
     <w:rsid w:val="00BA605D"/>
     <w:rsid w:val="00BE7166"/>
     <w:rsid w:val="00BF688F"/>
     <w:rsid w:val="00C27FAE"/>
     <w:rsid w:val="00C44936"/>
     <w:rsid w:val="00C44EA2"/>
     <w:rsid w:val="00C804A5"/>
     <w:rsid w:val="00C96EFF"/>
     <w:rsid w:val="00CD3242"/>
     <w:rsid w:val="00CE4B13"/>
+    <w:rsid w:val="00D11689"/>
     <w:rsid w:val="00D353F3"/>
     <w:rsid w:val="00D35D4B"/>
     <w:rsid w:val="00D454F9"/>
     <w:rsid w:val="00D475E2"/>
     <w:rsid w:val="00D71D0D"/>
     <w:rsid w:val="00DB288F"/>
     <w:rsid w:val="00DB39E4"/>
     <w:rsid w:val="00DB78E0"/>
     <w:rsid w:val="00DC0B41"/>
     <w:rsid w:val="00DF1B4A"/>
     <w:rsid w:val="00E14844"/>
     <w:rsid w:val="00E267F5"/>
     <w:rsid w:val="00E35555"/>
     <w:rsid w:val="00E360E2"/>
     <w:rsid w:val="00E427CC"/>
     <w:rsid w:val="00EC49F3"/>
     <w:rsid w:val="00EE1F8E"/>
     <w:rsid w:val="00EF28BA"/>
     <w:rsid w:val="00F12689"/>
     <w:rsid w:val="00F27F64"/>
     <w:rsid w:val="00F32EC5"/>
     <w:rsid w:val="00F5036B"/>
     <w:rsid w:val="00F50A72"/>
     <w:rsid w:val="00F553F8"/>
     <w:rsid w:val="00F64A9A"/>
     <w:rsid w:val="00F6573C"/>
     <w:rsid w:val="00FB56AC"/>
     <w:rsid w:val="00FE2BC7"/>
+    <w:rsid w:val="0625BAF7"/>
+    <w:rsid w:val="0711CC01"/>
+    <w:rsid w:val="100C0B2A"/>
+    <w:rsid w:val="13A219C5"/>
+    <w:rsid w:val="13C3A205"/>
+    <w:rsid w:val="17D0890C"/>
+    <w:rsid w:val="1A8F6F75"/>
+    <w:rsid w:val="1BACBA6E"/>
+    <w:rsid w:val="1C694351"/>
+    <w:rsid w:val="1C8BD21B"/>
+    <w:rsid w:val="225DB6A3"/>
     <w:rsid w:val="23A0D2CF"/>
+    <w:rsid w:val="249E59DD"/>
+    <w:rsid w:val="26DCB14B"/>
+    <w:rsid w:val="295668E8"/>
+    <w:rsid w:val="2AFA8122"/>
+    <w:rsid w:val="2DE933A3"/>
+    <w:rsid w:val="2F0598E2"/>
+    <w:rsid w:val="3469EC3E"/>
+    <w:rsid w:val="36A752BE"/>
     <w:rsid w:val="3907E74D"/>
+    <w:rsid w:val="3ADE2A35"/>
+    <w:rsid w:val="3D47737A"/>
+    <w:rsid w:val="3DDCA3CD"/>
+    <w:rsid w:val="4464444A"/>
+    <w:rsid w:val="44F1CBBE"/>
+    <w:rsid w:val="4669DC71"/>
+    <w:rsid w:val="47DE857C"/>
+    <w:rsid w:val="4A0535A4"/>
+    <w:rsid w:val="4B6B0D26"/>
+    <w:rsid w:val="4BC86C8D"/>
+    <w:rsid w:val="4D29B5BF"/>
+    <w:rsid w:val="4E596A56"/>
+    <w:rsid w:val="52BB69E6"/>
+    <w:rsid w:val="53124070"/>
+    <w:rsid w:val="5438AB36"/>
+    <w:rsid w:val="54BD9243"/>
+    <w:rsid w:val="5580432C"/>
+    <w:rsid w:val="55B83646"/>
+    <w:rsid w:val="585B950E"/>
+    <w:rsid w:val="58F94654"/>
+    <w:rsid w:val="5B39C0DF"/>
+    <w:rsid w:val="5FB46EF9"/>
+    <w:rsid w:val="60EF730C"/>
+    <w:rsid w:val="61C75152"/>
+    <w:rsid w:val="6243BB88"/>
+    <w:rsid w:val="66E67A92"/>
+    <w:rsid w:val="6739553D"/>
+    <w:rsid w:val="68EC2500"/>
+    <w:rsid w:val="6A69B7B0"/>
+    <w:rsid w:val="6C490A16"/>
+    <w:rsid w:val="6DBF934B"/>
+    <w:rsid w:val="701562E0"/>
+    <w:rsid w:val="7579CFAA"/>
+    <w:rsid w:val="7C4F55C8"/>
+    <w:rsid w:val="7CF2C1B4"/>
+    <w:rsid w:val="7E301261"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="302C15FB"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C752140A-FE7B-4877-8EEA-685907F2844D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3755,52 +4463,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -3867,202 +4575,219 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00C27FAE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00AC3649"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00752FF8"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00752FF8"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00752FF8"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00752FF8"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D353F3"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D353F3"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xxmsonormal">
+  <w:style w:type="paragraph" w:styleId="xxmsonormal" w:customStyle="1">
     <w:name w:val="x_x_msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="001946A0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004B35C6"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:uiPriority w:val="10"/>
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="52BB69E6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:eastAsia="" w:cs="Times New Roman" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="223875409">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="544802331">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
@@ -4084,56 +4809,55 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1872301170">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amegoinc.org/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bhwcares.com/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fbhaba.com/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mayinstitute.org/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.southbaycommunityservices.com/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://advocates.org/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bhninc.org/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.creativeinterventions.net/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ssautismcenter.com/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cmsaba.com/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.melmark.org/newengland/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.beaconservices.org/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rcsconsultingne.com/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://butterflyeffects.com/aba-therapy-in-massachusetts/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ne-arc.org/services/autism-and-specialty-aba-services/building-blocks/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bciaba.com/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.keyautismservices.com/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apexbx.com/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bostonblc.org/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mcsnet.org/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ucpwma.org/" TargetMode="External"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId30" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="Re1d822295fd542f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://advocates.org/" TargetMode="External" Id="Rc71d7458147b43db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amegoinc.org/" TargetMode="External" Id="R95c2306dfb4948c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apexbx.com/" TargetMode="External" Id="Rf47887f9d4704e44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bciaba.com/" TargetMode="External" Id="R14a4c3733996468b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.beaconservices.org/" TargetMode="External" Id="R47c8e451728b4df1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bhninc.org/" TargetMode="External" Id="Rd10f1030a20340b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bhwcares.com/" TargetMode="External" Id="Rc1396c46fc244351" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bostonblc.org/" TargetMode="External" Id="R54ca0927954543f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://butterflyeffects.com/aba-therapy-in-massachusetts/" TargetMode="External" Id="Rd0cd23b959a1412d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cmsaba.com/" TargetMode="External" Id="R9f7e02f48f2544bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.creativeinterventions.net/" TargetMode="External" Id="R95d551b5d3a945cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.keyautismservices.com/" TargetMode="External" Id="R3d9d8e79c0314bb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.melmark.org/newengland/" TargetMode="External" Id="Ra91fa2eb46fc419f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.southbaycommunityservices.com/" TargetMode="External" Id="Ra896a03f865841e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mcsnet.org/" TargetMode="External" Id="Rb53e0fef9f504efd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ne-arc.org/services/autism-and-specialty-aba-services/building-blocks/" TargetMode="External" Id="Rc19871f543db4f93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rcsconsultingne.com/" TargetMode="External" Id="Rdf8c3d2381a54a29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ssautismcenter.com/" TargetMode="External" Id="R493fd80c7fc84e0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mayinstitute.org/" TargetMode="External" Id="R1b71b424f27d4d9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ucpwma.org/" TargetMode="External" Id="Re99bd35143224de4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -4383,80 +5107,359 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100ABFEDB9F107C6446B43D25A543876226" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="dfaee838cf8758cf1904407ece71fb2c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c83123e5-9264-4e21-bc82-16d9e45b2f5e" xmlns:ns3="fee02ea6-1fef-425e-9027-c2f70faaf434" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f5259bc2a429d13545762525e2ece094" ns2:_="" ns3:_="">
+    <xsd:import namespace="c83123e5-9264-4e21-bc82-16d9e45b2f5e"/>
+    <xsd:import namespace="fee02ea6-1fef-425e-9027-c2f70faaf434"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c83123e5-9264-4e21-bc82-16d9e45b2f5e" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="22" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fee02ea6-1fef-425e-9027-c2f70faaf434" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="16" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{35ddd671-714d-4396-8854-beb75bf744c4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="fee02ea6-1fef-425e-9027-c2f70faaf434">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="fee02ea6-1fef-425e-9027-c2f70faaf434" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c83123e5-9264-4e21-bc82-16d9e45b2f5e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38C7645E-367D-43AA-92EA-D39CF6730704}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{68DF4FE0-7943-423A-B7E8-99E1747168DE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{265C3166-E2E3-4262-8168-EAC924105B98}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="fee02ea6-1fef-425e-9027-c2f70faaf434"/>
+    <ds:schemaRef ds:uri="c83123e5-9264-4e21-bc82-16d9e45b2f5e"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...31 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Gilbride, Molly (DPH)</dc:creator>
-  <cp:keywords/>
+  <keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
+  <lastModifiedBy>Chaneco, Aynsley</lastModifiedBy>
+  <revision>6</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100ABFEDB9F107C6446B43D25A543876226</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>