--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -1,4259 +1,4878 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="04868C1A" w14:textId="1CF0BAF8" w:rsidR="00A60AC2" w:rsidRDefault="00A60AC2" w:rsidP="004E22E3">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9601" w:type="dxa"/>
+        <w:tblInd w:w="132" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="132" w:type="dxa"/>
+          <w:right w:w="132" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4080"/>
+        <w:gridCol w:w="3750"/>
+        <w:gridCol w:w="1771"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="007174F0" w:rsidRPr="00A73539" w14:paraId="596DF7D2" w14:textId="77777777" w:rsidTr="00382F21">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="864"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76272DE2" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="00D04EE5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Commonwealth of Massachusetts</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58182AB7" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="00D04EE5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MassHealth</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="322B92D0" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="00D04EE5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Provider Manual Series</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3750" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CABF15B" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="00D04EE5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Subchapter Number and Title</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B5707F2" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="00D04EE5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Table of Contents</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54D8D197" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="00D04EE5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Page</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CED5F4E" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="00D04EE5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>vi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007174F0" w:rsidRPr="00A73539" w14:paraId="008DF5B3" w14:textId="77777777" w:rsidTr="00382F21">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="864"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AC90DE0" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="00D04EE5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Early Intervention Program Manual</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3750" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E263B5E" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="00D04EE5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Transmittal Letter</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BC05BB0" w14:textId="3638355E" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="00D04EE5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>EIP-</w:t>
+            </w:r>
+            <w:r w:rsidR="005C4ED3" w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D8A6745" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="00D04EE5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41A8B754" w14:textId="15BB644A" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="00D04EE5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="005C4ED3" w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="005C4ED3" w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="611781E2" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0">
+      <w:pPr>
+        <w:pStyle w:val="ban"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1320"/>
+          <w:tab w:val="clear" w:pos="1698"/>
+          <w:tab w:val="clear" w:pos="2076"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
+          <w:tab w:val="right" w:pos="9378"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DDE9B3C" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00942CA3" w:rsidRDefault="007174F0" w:rsidP="00942CA3">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942CA3">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Subchapter 6: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>Early Intervention</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942CA3">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Program </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FF633D3" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00942CA3" w:rsidRDefault="007174F0" w:rsidP="00942CA3">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="160" w:after="80"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942CA3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Table of Contents</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="632EF620" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0">
+      <w:pPr>
+        <w:pStyle w:val="ban"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1320"/>
+          <w:tab w:val="clear" w:pos="1698"/>
+          <w:tab w:val="clear" w:pos="2076"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
+          <w:tab w:val="right" w:pos="9378"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BA5069D" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0">
+      <w:pPr>
+        <w:pStyle w:val="ban"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1320"/>
+          <w:tab w:val="clear" w:pos="1698"/>
+          <w:tab w:val="clear" w:pos="2076"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
+          <w:tab w:val="right" w:pos="9378"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>.  Service</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Codes and Descriptions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24FB7879" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0">
+      <w:pPr>
+        <w:pStyle w:val="ban"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1320"/>
+          <w:tab w:val="clear" w:pos="1698"/>
+          <w:tab w:val="clear" w:pos="2076"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
+          <w:tab w:val="right" w:pos="9378"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E497FB7" w14:textId="214850D8" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="00427046">
+      <w:pPr>
+        <w:pStyle w:val="ban"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1320"/>
+          <w:tab w:val="clear" w:pos="1698"/>
+          <w:tab w:val="clear" w:pos="2076"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
+          <w:tab w:val="right" w:pos="9378"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>601. Introduction</w:t>
+      </w:r>
+      <w:r w:rsidR="005C4ED3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005C4ED3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005C4ED3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>6-1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44B56D71" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="00427046">
+      <w:pPr>
+        <w:pStyle w:val="ban"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1320"/>
+          <w:tab w:val="clear" w:pos="1698"/>
+          <w:tab w:val="clear" w:pos="2076"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
+          <w:tab w:val="right" w:pos="9378"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">602. Service Codes and Descriptions </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk215225279"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:noBreakHyphen/>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F345958" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0">
+      <w:pPr>
+        <w:pStyle w:val="ban"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1320"/>
+          <w:tab w:val="clear" w:pos="1698"/>
+          <w:tab w:val="clear" w:pos="2076"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
+          <w:tab w:val="right" w:pos="9378"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1654883F" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="00C80D7D">
+      <w:pPr>
+        <w:pStyle w:val="ban"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1320"/>
+          <w:tab w:val="clear" w:pos="1698"/>
+          <w:tab w:val="clear" w:pos="2076"/>
+          <w:tab w:val="clear" w:pos="2454"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
+          <w:tab w:val="right" w:pos="9378"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Appendix A.  Directory </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:noBreakHyphen/>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43FB955B" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0">
+      <w:pPr>
+        <w:pStyle w:val="ban"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1320"/>
+          <w:tab w:val="clear" w:pos="1698"/>
+          <w:tab w:val="clear" w:pos="2076"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
+          <w:tab w:val="right" w:pos="9378"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="482C39C0" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0">
+      <w:pPr>
+        <w:pStyle w:val="ban"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1320"/>
+          <w:tab w:val="clear" w:pos="1698"/>
+          <w:tab w:val="clear" w:pos="2076"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
+          <w:tab w:val="right" w:pos="9378"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Appendix C.  Third</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:noBreakHyphen/>
+        <w:t xml:space="preserve">Party-Liability Codes </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:noBreakHyphen/>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63B045E7" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0">
+      <w:pPr>
+        <w:pStyle w:val="ban"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1320"/>
+          <w:tab w:val="clear" w:pos="1698"/>
+          <w:tab w:val="clear" w:pos="2076"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
+          <w:tab w:val="right" w:pos="9378"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C768FDF" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0">
+      <w:pPr>
+        <w:pStyle w:val="ban"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1320"/>
+          <w:tab w:val="clear" w:pos="1698"/>
+          <w:tab w:val="clear" w:pos="2076"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
+          <w:tab w:val="right" w:pos="9378"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Appendix T. CMSP Covered Codes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>T-1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B7A5FDC" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
+          <w:tab w:val="right" w:pos="9378"/>
+        </w:tabs>
+        <w:spacing w:before="160" w:line="240" w:lineRule="exact"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50BC72E2" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00C80D7D" w:rsidRDefault="007174F0" w:rsidP="00361D27">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
+          <w:tab w:val="right" w:pos="9378"/>
+        </w:tabs>
+        <w:ind w:left="1200" w:hanging="1200"/>
+      </w:pPr>
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceName">
+          <w:r w:rsidRPr="00C80D7D">
+            <w:t>Appendix</w:t>
+          </w:r>
+        </w:smartTag>
+        <w:r w:rsidRPr="00C80D7D">
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceType">
+          <w:r w:rsidRPr="00C80D7D">
+            <w:t>U.</w:t>
+          </w:r>
+        </w:smartTag>
+      </w:smartTag>
+      <w:r w:rsidRPr="00C80D7D">
+        <w:t xml:space="preserve"> DPH-Designated Serious Reportable Events That Are Not Provider Preventable Conditions………………………………………………………………………………</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C80D7D">
+        <w:tab/>
+        <w:t>U-1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68901A98" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00C80D7D" w:rsidRDefault="007174F0" w:rsidP="00361D27">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8640"/>
+        </w:tabs>
+        <w:ind w:left="720" w:right="564" w:hanging="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B5938E5" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00572E5C" w:rsidRDefault="007174F0" w:rsidP="00C80D7D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9060"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C80D7D">
+        <w:t>Appendix V. MassHealth Billing Instructions for Provider Preventable Conditions……………….</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>V-1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28E896D0" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="00361D27">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
+          <w:tab w:val="right" w:pos="9378"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DEE7982" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="00361D27">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
+          <w:tab w:val="right" w:pos="9378"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>Appendix W.  EPSDT Services:  Medical and Dental Protocols and Periodicity</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">    Schedules</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>W-1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40B86929" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
+          <w:tab w:val="right" w:pos="9378"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DA72A53" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
+          <w:tab w:val="right" w:pos="9378"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>Appendix X.  Family Assistance Copayments and Deductibles</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>X</w:t>
+      </w:r>
+      <w:r>
+        <w:noBreakHyphen/>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="110FA997" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0">
+      <w:pPr>
+        <w:pStyle w:val="ban"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1320"/>
+          <w:tab w:val="clear" w:pos="1698"/>
+          <w:tab w:val="clear" w:pos="2076"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
+          <w:tab w:val="right" w:pos="9378"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20E9CE03" w14:textId="3A9C030B" w:rsidR="007174F0" w:rsidRDefault="007174F0">
+      <w:pPr>
+        <w:pStyle w:val="ban"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1320"/>
+          <w:tab w:val="clear" w:pos="1698"/>
+          <w:tab w:val="clear" w:pos="2076"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
+          <w:tab w:val="right" w:pos="9378"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Appendix Y.  EVS Codes and Messages </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Y-1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44911FDB" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0">
+      <w:pPr>
+        <w:pStyle w:val="ban"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1320"/>
+          <w:tab w:val="clear" w:pos="1698"/>
+          <w:tab w:val="clear" w:pos="2076"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
+          <w:tab w:val="right" w:pos="9378"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E7FFB70" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0">
+      <w:pPr>
+        <w:pStyle w:val="ban"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1320"/>
+          <w:tab w:val="clear" w:pos="1698"/>
+          <w:tab w:val="clear" w:pos="2076"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
+          <w:tab w:val="right" w:pos="9378"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Appendix Z.  EPSDT/PPHSD Screening Services Codes </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Z-1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EDDBA39" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0">
+      <w:pPr>
+        <w:pStyle w:val="ban"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1320"/>
+          <w:tab w:val="clear" w:pos="1698"/>
+          <w:tab w:val="clear" w:pos="2076"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
+          <w:tab w:val="right" w:pos="9378"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B3E01EF" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0">
+      <w:pPr>
+        <w:pStyle w:val="ban"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1320"/>
+          <w:tab w:val="clear" w:pos="1698"/>
+          <w:tab w:val="clear" w:pos="2076"/>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
+          <w:tab w:val="right" w:pos="9378"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14DD16E0" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="004E22E3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="518"/>
           <w:tab w:val="left" w:pos="936"/>
           <w:tab w:val="left" w:pos="1314"/>
           <w:tab w:val="left" w:pos="1692"/>
           <w:tab w:val="left" w:pos="2070"/>
         </w:tabs>
         <w:spacing w:after="240"/>
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:sectPr w:rsidR="007174F0" w:rsidSect="00987259">
+          <w:headerReference w:type="default" r:id="rId11"/>
+          <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
+          <w:pgMar w:top="432" w:right="1296" w:bottom="432" w:left="1296" w:header="288" w:footer="490" w:gutter="0"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="299"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4080"/>
+        <w:gridCol w:w="3750"/>
+        <w:gridCol w:w="1771"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="007174F0" w:rsidRPr="00A73539" w14:paraId="2988509A" w14:textId="77777777" w:rsidTr="007174F0">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="1045"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00C35C55" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Commonwealth of Massachusetts</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61B9CAE5" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MassHealth</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FA99EDE" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Provider Manual Series</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3750" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19406A44" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Subchapter Number and Title</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57396E58" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6.  Service Codes and Descriptions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="514B1649" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Page</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48A2D313" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rStyle w:val="PageNumber"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rStyle w:val="PageNumber"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGE </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rStyle w:val="PageNumber"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rStyle w:val="PageNumber"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rStyle w:val="PageNumber"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007174F0" w:rsidRPr="00A73539" w14:paraId="6632A8E6" w14:textId="77777777" w:rsidTr="000D1445">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="864"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D88EF78" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Early Intervention Program Manual</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3957D265" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Transmittal Letter</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="792F33A5" w14:textId="4BF1982A" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>EIP-</w:t>
+            </w:r>
+            <w:r w:rsidR="005C4ED3" w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22DD41AC" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D2D195C" w14:textId="6B4BFFBC" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="0009655A" w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="005C4ED3" w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="40866E86" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="00956670">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="518"/>
+          <w:tab w:val="left" w:pos="936"/>
+          <w:tab w:val="left" w:pos="1314"/>
+          <w:tab w:val="left" w:pos="1692"/>
+          <w:tab w:val="left" w:pos="2070"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="004AE4E6" w14:textId="0E2D7D96" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="00956670">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="518"/>
+          <w:tab w:val="left" w:pos="936"/>
+          <w:tab w:val="left" w:pos="1314"/>
+          <w:tab w:val="left" w:pos="1692"/>
+          <w:tab w:val="left" w:pos="2070"/>
+        </w:tabs>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">601 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Service Codes and Descriptions</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3C9980FC" w14:textId="77777777" w:rsidR="00965ABA" w:rsidRDefault="00965ABA" w:rsidP="00117BD2">
+        <w:t>Introduction</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="543BF357" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="00956670">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="518"/>
+          <w:tab w:val="left" w:pos="936"/>
+          <w:tab w:val="left" w:pos="1314"/>
+          <w:tab w:val="left" w:pos="1692"/>
+          <w:tab w:val="left" w:pos="2070"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AF33BC2" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="0012383C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="475"/>
           <w:tab w:val="left" w:pos="936"/>
           <w:tab w:val="left" w:pos="1314"/>
           <w:tab w:val="left" w:pos="1692"/>
           <w:tab w:val="left" w:pos="2070"/>
         </w:tabs>
         <w:spacing w:after="220"/>
-        <w:ind w:left="475" w:hanging="115"/>
-[...23 lines deleted...]
-    <w:p w14:paraId="695BFEEB" w14:textId="174850DA" w:rsidR="00DC075F" w:rsidRPr="00DC075F" w:rsidRDefault="009B5D3B" w:rsidP="00117BD2">
+        <w:ind w:left="115" w:hanging="115"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Unless otherwise specified, one unit = 15 minutes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0048399A" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00DC075F" w:rsidRDefault="007174F0" w:rsidP="0012383C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="220"/>
-        <w:ind w:left="360" w:hanging="115"/>
-[...5 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC075F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00DC075F" w:rsidRPr="00DC075F">
+        </w:rPr>
+        <w:t>MassHealth pays for the services represented by the codes listed in Subchapter 6 in effect at the time of service, subject to all conditions and limitations in Mas</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...22 lines deleted...]
-      <w:r w:rsidR="00F966A0" w:rsidRPr="00F966A0">
+        </w:rPr>
+        <w:t>sHealth regulations at 130 CMR 440.000:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F966A0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F966A0" w:rsidRPr="00A01713">
+      <w:r w:rsidRPr="00A01713">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Early Intervention Plan Services</w:t>
       </w:r>
-      <w:r w:rsidR="00F966A0" w:rsidRPr="00DC075F">
+      <w:r w:rsidRPr="00DC075F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00DC075F" w:rsidRPr="00DC075F">
+        </w:rPr>
+        <w:t xml:space="preserve"> and 4</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...22 lines deleted...]
-      <w:r w:rsidR="00F966A0" w:rsidRPr="000A2B4B">
+        </w:rPr>
+        <w:t xml:space="preserve">50.000: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A2B4B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Administrative and Billing Regulations</w:t>
       </w:r>
-      <w:r w:rsidR="00885C08">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00DC075F">
+        </w:rPr>
+        <w:t>. An early intervention</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC075F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00DC075F" w:rsidRPr="00DC075F">
+        </w:rPr>
+        <w:t xml:space="preserve"> provider may request prior authorization</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00F126B9">
+        </w:rPr>
+        <w:t xml:space="preserve"> (PA)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC075F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00DC075F" w:rsidRPr="00DC075F">
+        </w:rPr>
+        <w:t xml:space="preserve"> for any medically necessary service</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00885C08">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC075F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00DC075F" w:rsidRPr="00DC075F">
+        </w:rPr>
+        <w:t>reimbursable under the federal Medicaid Act</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00F126B9">
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC075F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00DC075F" w:rsidRPr="00DC075F">
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with 130 CMR 450.144, 42 U.S.C. 1396d(a) and 42 U.S.C. 1396d(r)(5)</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00360917">
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC075F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for a MassHealth Standard or CommonHealth member younger than 21 years of age, even if it is not designated as covered or payable in Subchapter 6 of the </w:t>
       </w:r>
-      <w:r w:rsidR="00DC075F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Early Intervention Program</w:t>
       </w:r>
-      <w:r w:rsidR="00DC075F" w:rsidRPr="00DC075F">
+      <w:r w:rsidRPr="00DC075F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DC075F" w:rsidRPr="00DC075F">
+      <w:r w:rsidRPr="00DC075F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Manual</w:t>
       </w:r>
-      <w:r w:rsidR="00DC075F" w:rsidRPr="00DC075F">
+      <w:r w:rsidRPr="00DC075F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45611250" w14:textId="30713C6C" w:rsidR="006F5B65" w:rsidRDefault="006F5B65" w:rsidP="00117BD2">
+    <w:p w14:paraId="6DD67E4B" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="0012383C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="936"/>
           <w:tab w:val="left" w:pos="1314"/>
           <w:tab w:val="left" w:pos="1692"/>
           <w:tab w:val="left" w:pos="2070"/>
         </w:tabs>
         <w:spacing w:after="220"/>
-        <w:ind w:left="360"/>
-[...57 lines deleted...]
-        <w:t xml:space="preserve"> in accordance with </w:t>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For EPSDT-eligible members, the maximum units allowed refers to the maximum number of units payable unless the provider has obtained PA in accordance with </w:t>
       </w:r>
       <w:r w:rsidRPr="00405797">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>130 CMR 450.144(A)(2).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34CDABD7" w14:textId="3B61CA95" w:rsidR="009D33E1" w:rsidRDefault="009B5D3B" w:rsidP="00117BD2">
+    <w:p w14:paraId="58B7E9AC" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="0012383C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="936"/>
           <w:tab w:val="left" w:pos="1314"/>
           <w:tab w:val="left" w:pos="1692"/>
           <w:tab w:val="left" w:pos="2070"/>
         </w:tabs>
         <w:spacing w:after="220"/>
-        <w:ind w:left="360" w:hanging="115"/>
-[...20 lines deleted...]
-    <w:p w14:paraId="37170552" w14:textId="07F041E0" w:rsidR="005E62CA" w:rsidRDefault="009B5D3B" w:rsidP="00117BD2">
+        <w:ind w:hanging="115"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  Providers must include the appropriate modifier with each service code when submitting PA requests or when submitting claims for payment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="228C5F67" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="0012383C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="936"/>
           <w:tab w:val="left" w:pos="1314"/>
           <w:tab w:val="left" w:pos="1692"/>
           <w:tab w:val="left" w:pos="2070"/>
         </w:tabs>
         <w:spacing w:after="220"/>
-        <w:ind w:left="360" w:hanging="115"/>
+        <w:ind w:hanging="115"/>
         <w:rPr>
           <w:i/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="005E62CA" w:rsidRPr="004E22E3">
+      <w:r w:rsidRPr="004E22E3">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Note</w:t>
       </w:r>
-      <w:r w:rsidR="005E62CA">
-[...31 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve">: Rates paid by MassHealth for codes previously covered under this Subchapter 6 for early intervention specialty services, including therapeutic behavioral services, mental health assessments, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00597BFE">
         <w:t>mental health service plan development,</w:t>
       </w:r>
-      <w:r w:rsidR="00514792">
-[...27 lines deleted...]
-      <w:r w:rsidR="00910724">
+      <w:r>
+        <w:t xml:space="preserve"> and behavioral health day treatment, are as specified in 101 CMR 358.00: </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
-          <w:sz w:val="22"/>
-[...99 lines deleted...]
-    <w:p w14:paraId="0C15ADFF" w14:textId="77777777" w:rsidR="00A60AC2" w:rsidRDefault="00A60AC2">
+        </w:rPr>
+        <w:t>Rates of Payment for Applied Behavior Analysis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44CA33FE" w14:textId="7BE06ED3" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="0012383C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="979"/>
           <w:tab w:val="left" w:pos="1584"/>
           <w:tab w:val="left" w:pos="2189"/>
           <w:tab w:val="left" w:pos="2779"/>
         </w:tabs>
-        <w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="36C0C1FD" w14:textId="77777777" w:rsidR="00A60AC2" w:rsidRDefault="00A60AC2" w:rsidP="004E22E3">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rates for all codes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A333E8">
+        <w:t>covered under this Subchapter 6</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> are as specified in 101 CMR 349.00: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1445">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Rates for Early Intervention Program Services</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C3974DD" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="0012383C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="979"/>
           <w:tab w:val="left" w:pos="1584"/>
           <w:tab w:val="left" w:pos="2189"/>
           <w:tab w:val="left" w:pos="2779"/>
         </w:tabs>
-        <w:spacing w:after="220"/>
-[...644 lines deleted...]
-    <w:p w14:paraId="2351C211" w14:textId="77777777" w:rsidR="006C7199" w:rsidRDefault="006C7199" w:rsidP="006C7199">
+      </w:pPr>
+      <w:r>
+        <w:t>602  Service Codes and Descriptions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6344F0BD" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="0012383C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="979"/>
           <w:tab w:val="left" w:pos="1584"/>
           <w:tab w:val="left" w:pos="2189"/>
           <w:tab w:val="left" w:pos="2779"/>
         </w:tabs>
-        <w:rPr>
-[...11 lines deleted...]
-    <w:p w14:paraId="128EC711" w14:textId="77777777" w:rsidR="006C7199" w:rsidRDefault="006C7199" w:rsidP="004E22E3">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66D4742D" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="979"/>
           <w:tab w:val="left" w:pos="1584"/>
           <w:tab w:val="left" w:pos="2189"/>
           <w:tab w:val="left" w:pos="2779"/>
         </w:tabs>
-        <w:spacing w:after="220"/>
-[...1365 lines deleted...]
-    <w:p w14:paraId="2E3B963F" w14:textId="77777777" w:rsidR="00885C08" w:rsidRDefault="00885C08" w:rsidP="00885C08">
+      </w:pPr>
+      <w:r>
+        <w:t>Service</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F79C34D" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="004E22E3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="979"/>
           <w:tab w:val="left" w:pos="1584"/>
           <w:tab w:val="left" w:pos="2189"/>
           <w:tab w:val="left" w:pos="2779"/>
         </w:tabs>
-        <w:rPr>
-[...11 lines deleted...]
-    <w:p w14:paraId="3EFFC7D4" w14:textId="77777777" w:rsidR="00885C08" w:rsidRDefault="00885C08" w:rsidP="00117BD2">
+        <w:spacing w:after="220"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Code</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040E05">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Modifier</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Service Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D4662D2" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="0014274E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
+          <w:tab w:val="left" w:pos="2250"/>
+        </w:tabs>
+        <w:spacing w:after="40"/>
+        <w:ind w:left="2520" w:hanging="2520"/>
+      </w:pPr>
+      <w:r>
+        <w:t>H2015</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Comprehensive community support services, per 15 minutes (use for individual child visits, not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A3AAC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>center-based). (Maximum units allowed per member equal 16 units per member per day, not to exceed two visits per day). S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E16E15">
+        <w:t>ervices must be documented in the member’s Individual Family Service Plan (IFSP)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="104A0A41" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="00D9588F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+          <w:tab w:val="left" w:pos="2520"/>
+        </w:tabs>
+        <w:spacing w:after="40"/>
+        <w:ind w:left="1915" w:hanging="1915"/>
+      </w:pPr>
+      <w:r>
+        <w:t>H2015</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>AH</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>services provided by a clinical psychologist</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03780BC0" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="00D9588F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:after="40"/>
+        <w:ind w:left="2520" w:hanging="2520"/>
+      </w:pPr>
+      <w:r>
+        <w:t>H2015</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>AJ</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>services provided by a clinical social worker</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F6777B4" w14:textId="6C089FA4" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="00D9588F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:after="40"/>
+        <w:ind w:left="2520" w:hanging="2520"/>
+      </w:pPr>
+      <w:r>
+        <w:t>H2015</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>GN</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>services provided by a speech/language pathologist</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F67FBA6" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="00D9588F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:after="40"/>
+        <w:ind w:left="2520" w:hanging="2520"/>
+      </w:pPr>
+      <w:r>
+        <w:t>H2015</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>GO</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>services provided by an occupational therapist</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="432DDF2E" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="00D9588F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:after="40"/>
+        <w:ind w:left="2520" w:hanging="2520"/>
+      </w:pPr>
+      <w:r>
+        <w:t>H2015</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>GP</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>services provided by a physical therapist</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51D7B350" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="00D9588F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="8737"/>
+        </w:tabs>
+        <w:spacing w:after="40"/>
+        <w:ind w:left="2610" w:hanging="2610"/>
+      </w:pPr>
+      <w:r>
+        <w:t>H2015</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>HN</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Bachelors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> degree level (services provided by a developmental specialist)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B06E877" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00CC3F9F" w:rsidRDefault="007174F0" w:rsidP="00D9588F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:after="40"/>
+        <w:ind w:left="2520" w:hanging="2520"/>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC3F9F">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>H2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CC3F9F">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>TD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC3F9F">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>services provided by a registered nurse</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3311065B" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="00D9588F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="2520"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009A7716">
+        <w:t>H2015</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009A7716">
+        <w:t>TE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A7716">
+        <w:tab/>
+        <w:t>services provided by a licensed practical nurse LPN/LVN</w:t>
+      </w:r>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9601" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4080"/>
+        <w:gridCol w:w="3750"/>
+        <w:gridCol w:w="1771"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="007174F0" w:rsidRPr="00A73539" w14:paraId="59767580" w14:textId="77777777" w:rsidTr="007174F0">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="1045"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F2DA4D4" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Commonwealth of Massachusetts</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="051935B5" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MassHealth</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="332E0851" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Provider Manual Series</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3750" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0801E1AC" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Subchapter Number and Title</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B3B3995" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6.  Service Codes and Descriptions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A1CE883" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Page</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0210CC33" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6-2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007174F0" w:rsidRPr="00A73539" w14:paraId="47AB75B7" w14:textId="77777777" w:rsidTr="0040203B">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="864"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30869974" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Early Intervention Program Manual</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3750" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36B9BB7A" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Transmittal Letter</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E5A03FA" w14:textId="5B0EF4D7" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>EIP-</w:t>
+            </w:r>
+            <w:r w:rsidR="00A31BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E573A54" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63657E4F" w14:textId="182F635A" w:rsidR="007174F0" w:rsidRPr="00A73539" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="0009655A" w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00A31BD4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A73539">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="17CFBF3B" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="006C7199">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
           <w:tab w:val="left" w:pos="979"/>
-          <w:tab w:val="left" w:pos="1620"/>
+          <w:tab w:val="left" w:pos="1584"/>
           <w:tab w:val="left" w:pos="2189"/>
           <w:tab w:val="left" w:pos="2779"/>
         </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17E7F46E" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="0014274E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="979"/>
+          <w:tab w:val="left" w:pos="1584"/>
+          <w:tab w:val="left" w:pos="2189"/>
+          <w:tab w:val="left" w:pos="2779"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">602  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD4C20">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Service Codes and Descriptions</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (cont.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3898EA11" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="006C7199">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="979"/>
+          <w:tab w:val="left" w:pos="1584"/>
+          <w:tab w:val="left" w:pos="2189"/>
+          <w:tab w:val="left" w:pos="2779"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D585A4D" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="006C7199">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="979"/>
+          <w:tab w:val="left" w:pos="1584"/>
+          <w:tab w:val="left" w:pos="2189"/>
+          <w:tab w:val="left" w:pos="2779"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>Service</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="218D2ACB" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="004E22E3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="979"/>
+          <w:tab w:val="left" w:pos="1584"/>
+          <w:tab w:val="left" w:pos="2189"/>
+          <w:tab w:val="left" w:pos="2779"/>
+        </w:tabs>
         <w:spacing w:after="220"/>
         <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Code</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D9588F">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Modifier</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Service Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FAF7A06" w14:textId="645AA2D6" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="0014274E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+          <w:tab w:val="left" w:pos="1530"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2779"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="2520"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">T1015 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>TL</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve"> Clinic visit/encounter, all-inclusive (per 15 minutes) (Use for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A3AAC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">individual child visits, center-based </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1F9F7C0B">
+        <w:t>or individual child visits occurring at applied behavior analysis centers</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">.) (maximum units allowed = eight units per day). Early intervention/individualized family service plan (IFSP) (Clinical justification for the need for services to be provided at an early intervention center </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1F9F7C0B">
+        <w:t>or applied behavior analysis centers</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> rather than a community site must be documented in the member’s IFSP </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1F9F7C0B">
+        <w:t xml:space="preserve">and justification for services occurring outside the natural environment must be documented in the member’s IFSP </w:t>
+      </w:r>
+      <w:r>
+        <w:t>in accordance with DPH operational standards.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49E90E92" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="00D9588F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2250"/>
+          <w:tab w:val="left" w:pos="2430"/>
+          <w:tab w:val="left" w:pos="2520"/>
+        </w:tabs>
+        <w:spacing w:after="40"/>
+        <w:ind w:left="2520" w:hanging="2520"/>
+      </w:pPr>
+      <w:r>
+        <w:t>T1023</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Screening to determine the appropriateness of consideration of an individual for participation in a specified program, project, or treatment protocol, per encounter (use for EI screening/intake); (use the appropriate modifier(s) below to denote who provided the service); (maximum units allowed per member = eight units per 12-month period) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CE0E171" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="00D9588F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="2610"/>
+        </w:tabs>
+        <w:spacing w:after="40"/>
+        <w:ind w:left="1915" w:hanging="1915"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">T1023 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>AH</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>services provided by a clinical psychologist</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A355CD5" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="00D9588F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="2520"/>
+          <w:tab w:val="left" w:pos="2610"/>
+        </w:tabs>
+        <w:spacing w:after="40"/>
+        <w:ind w:left="1915" w:hanging="1915"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">T1023 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>AJ</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>services provided by a clinical social worker</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C37145F" w14:textId="0425D1B9" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="00D9588F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="2520"/>
+        </w:tabs>
+        <w:spacing w:after="40"/>
+        <w:ind w:left="1915" w:hanging="1915"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">T1023 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>GN</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>services provided by a speech/language pathologist</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="481554CE" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="00D9588F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="2520"/>
+        </w:tabs>
+        <w:spacing w:after="40"/>
+        <w:ind w:left="1915" w:hanging="1915"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">T1023 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>GO</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>services provided by an occupational therapist</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="756349EF" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="00D9588F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="2520"/>
+        </w:tabs>
+        <w:spacing w:after="40"/>
+        <w:ind w:left="1915" w:hanging="1915"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">T1023 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>GP</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>services provided by a physical therapist</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D1853A0" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00CC3F9F" w:rsidRDefault="007174F0" w:rsidP="00D9588F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="2520"/>
+        </w:tabs>
+        <w:spacing w:after="40"/>
+        <w:ind w:left="1915" w:hanging="1915"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">T1023 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>TD</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CC3F9F">
+        <w:t>services provided by a registered nurse</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="294D206E" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00CC3F9F" w:rsidRDefault="007174F0" w:rsidP="00D9588F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="2520"/>
+        </w:tabs>
+        <w:spacing w:after="40"/>
+        <w:ind w:left="1915" w:hanging="1915"/>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC3F9F">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>T1023</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CC3F9F">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>TE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC3F9F">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CC3F9F">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>services provided by a licensed practical nurse</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EE1E6D1" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="004F5F05" w:rsidRDefault="007174F0" w:rsidP="00D9588F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1170"/>
+          <w:tab w:val="left" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="1915" w:hanging="1915"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004F5F05">
+        <w:t>T1023</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004F5F05">
+        <w:t>HN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F5F05">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F126B9">
+        <w:t>Bachelor</w:t>
+      </w:r>
+      <w:r>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F126B9">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F5F05">
+        <w:t xml:space="preserve"> degree level</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F5F05">
+        <w:t>services provided by a developmental specialist</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B60A503" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00564F71" w:rsidRDefault="007174F0" w:rsidP="004D403E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2250"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="2520"/>
+      </w:pPr>
+      <w:r>
+        <w:t>T1024</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00564F71">
+        <w:t>Evaluation and treatment by an integrated specialty team contracted to provide coordin</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ated </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00564F71">
+        <w:t>care to multiple or severely handicapped children, per encounter (use for EI assessments); (use the appropriate modifier(s) below to denote who provided the service); (maximum units allowed per member = 40 units per 12-month period)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15A729B3" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="004D403E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="2040"/>
+          <w:tab w:val="left" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="1915" w:hanging="1915"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">T1024 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>AH</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>services provided by a clinical psychologist</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48F7880D" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="004D403E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="2040"/>
+          <w:tab w:val="left" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="1915" w:hanging="1915"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">T1024 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>AJ</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>services provided by a clinical social worker</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B2B3443" w14:textId="39EB61DA" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="004D403E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="1915" w:hanging="1915"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">T1024 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>GN</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>services provided by a speech/language pathologist</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2380CA81" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="004D403E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="2040"/>
+          <w:tab w:val="left" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="1915" w:hanging="1915"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">T1024 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>GO</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>services provided by an occupational therapist</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EE57A60" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="006F5B65" w:rsidRDefault="007174F0" w:rsidP="004D403E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="2040"/>
+          <w:tab w:val="left" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="1915" w:hanging="1915"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">T1024 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>GP</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006F5B65">
+        <w:t xml:space="preserve">services provided by </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F5B65">
+        <w:t>physical therapist</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6494819A" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00F126B9" w:rsidRDefault="007174F0" w:rsidP="004D403E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="2040"/>
+          <w:tab w:val="left" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="1915" w:hanging="1915"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F126B9">
+        <w:t>T1024</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F126B9">
+        <w:t>TD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F126B9">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F126B9">
+        <w:t>services provided by a registered nurse</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="303CCAC9" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="004D403E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="2040"/>
+          <w:tab w:val="left" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="1915" w:hanging="1915"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F126B9">
+        <w:t>T1024</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F126B9">
+        <w:t>TE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F126B9">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>services provided by a licensed practical nurse</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="273C52B1" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00F126B9" w:rsidRDefault="007174F0" w:rsidP="004D403E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1170"/>
+          <w:tab w:val="left" w:pos="1920"/>
+          <w:tab w:val="left" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="1915" w:hanging="1915"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">T1024 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>HN</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F126B9">
+        <w:t>Bachelors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F126B9">
+        <w:t xml:space="preserve"> degree level</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (services provided by a developmental specialist)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="503D29B1" w14:textId="0281F975" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="00400246">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1170"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2250"/>
+          <w:tab w:val="left" w:pos="2779"/>
+        </w:tabs>
+        <w:ind w:left="2610" w:hanging="2610"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">T1027 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>TL</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Family training and counseling for child development, per 15 minutes early intervention/individualized family service plan (IFSP) (use for parent-focused group session) (maximum units allowed per member = six units per EI session, one session per week and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E16E15">
+        <w:t>services must be documented in the member’s IFSP</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4080"/>
+        <w:gridCol w:w="3750"/>
+        <w:gridCol w:w="1771"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="007174F0" w:rsidRPr="008A237C" w14:paraId="70674246" w14:textId="77777777" w:rsidTr="007174F0">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="1045"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55753986" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="008A237C" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A237C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Commonwealth of Massachusetts</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D2CBBCD" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="008A237C" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A237C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MassHealth</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="082D4D17" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="008A237C" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A237C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Provider Manual Series</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3750" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CF325E0" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="008A237C" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A237C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Subchapter Number and Title</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2700D6E5" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="008A237C" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A237C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6.  Service Codes and Descriptions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6640E4D5" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="008A237C" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A237C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Page</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6297B0D2" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="008A237C" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A237C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A237C">
+              <w:rPr>
+                <w:rStyle w:val="PageNumber"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="008A237C">
+              <w:rPr>
+                <w:rStyle w:val="PageNumber"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGE </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008A237C">
+              <w:rPr>
+                <w:rStyle w:val="PageNumber"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008A237C">
+              <w:rPr>
+                <w:rStyle w:val="PageNumber"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A237C">
+              <w:rPr>
+                <w:rStyle w:val="PageNumber"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007174F0" w:rsidRPr="008A237C" w14:paraId="28F1CDC7" w14:textId="77777777" w:rsidTr="000D1445">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="864"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44667D67" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="008A237C" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A237C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Early Intervention Program Manual</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3744" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AE5A991" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="008A237C" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A237C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Transmittal Letter</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47A6EEA6" w14:textId="4CD04299" w:rsidR="007174F0" w:rsidRPr="008A237C" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A237C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>EIP-</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB10F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A1E4160" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="008A237C" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A237C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25BEEF5F" w14:textId="23862D97" w:rsidR="007174F0" w:rsidRPr="008A237C" w:rsidRDefault="007174F0" w:rsidP="000D1445">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="936"/>
+                <w:tab w:val="left" w:pos="1314"/>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="2070"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A237C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="0009655A" w:rsidRPr="008A237C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A237C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB10F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A237C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5F7022F5" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="005B2508">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1170"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2250"/>
+          <w:tab w:val="left" w:pos="2340"/>
+          <w:tab w:val="left" w:pos="2779"/>
+        </w:tabs>
+        <w:ind w:left="2610" w:hanging="2610"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BF9FEC6" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="0014274E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="979"/>
+          <w:tab w:val="left" w:pos="1584"/>
+          <w:tab w:val="left" w:pos="2189"/>
+          <w:tab w:val="left" w:pos="2779"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">602  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD4C20">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Service Codes and Descriptions</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (cont.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70AFCFBD" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="00535C9E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2340"/>
+          <w:tab w:val="left" w:pos="2430"/>
+          <w:tab w:val="left" w:pos="2779"/>
+        </w:tabs>
+        <w:ind w:left="2610" w:hanging="2610"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23C16F63" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="0014274E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="979"/>
+          <w:tab w:val="left" w:pos="1584"/>
+          <w:tab w:val="left" w:pos="2189"/>
+          <w:tab w:val="left" w:pos="2779"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>Service</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EDAE7D4" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="0014274E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="979"/>
+          <w:tab w:val="left" w:pos="1584"/>
+          <w:tab w:val="left" w:pos="2189"/>
+          <w:tab w:val="left" w:pos="2779"/>
+        </w:tabs>
+        <w:spacing w:after="220"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Code</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D9588F">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Modifier</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Service Description</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EFC9911" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00E16E15" w:rsidRDefault="007174F0" w:rsidP="0014274E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2250"/>
+          <w:tab w:val="left" w:pos="2430"/>
+          <w:tab w:val="left" w:pos="2779"/>
+        </w:tabs>
+        <w:ind w:left="2610" w:hanging="2610"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">96164 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E16E15">
+        <w:t>U1</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E16E15">
+        <w:tab/>
+        <w:t xml:space="preserve">Health behavior intervention, group (2 or more patients), (face-to-face), (initial 30 minutes), (maximum 2 units per week allowed per child), (use for EI-only health behavior intervention group), (clinical justification required for EI services to be provided in an EI-only health behavior intervention group, rather than an EI community health behavior intervention group (96164-U2)), (services must be documented in the member’s Individual Family Service Plan (IFSP) </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">and justification for services occurring outside the natural environment must be documented in member’s IFSP </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E16E15">
+        <w:t>in accordance with DPH operational standards).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B88EDF9" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="00C8721D" w:rsidRDefault="007174F0" w:rsidP="0014274E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1170"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2250"/>
+          <w:tab w:val="left" w:pos="2779"/>
+        </w:tabs>
+        <w:ind w:left="2610" w:hanging="2610"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">96164 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>U2</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Health behavior intervention, group (2 or more patients), (face-to-face), (initial 30 minutes), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8721D">
+        <w:t xml:space="preserve">(use for </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">EI </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8721D">
+        <w:t xml:space="preserve">community </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">health behavior intervention </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8721D">
+        <w:t>group</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8721D">
+        <w:t xml:space="preserve"> includ</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8721D">
+        <w:t xml:space="preserve"> both children enrolled in </w:t>
+      </w:r>
+      <w:r>
+        <w:t>EI and those not enrolled in EI), (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8721D">
+        <w:t xml:space="preserve">maximum </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8721D">
+        <w:t xml:space="preserve">units </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">per week </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8721D">
+        <w:t>per member</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E16E15">
+        <w:t>services must be documented in the member’s Individual Family Service Plan (IFSP)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8721D">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F1E70A1" w14:textId="39A4803B" w:rsidR="007174F0" w:rsidRPr="00F16C4D" w:rsidRDefault="007174F0" w:rsidP="00F16C4D">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1170"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2250"/>
+          <w:tab w:val="left" w:pos="2340"/>
+        </w:tabs>
+        <w:ind w:left="2610" w:hanging="2610"/>
+        <w:rPr>
           <w:sz w:val="22"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F16C4D">
         <w:rPr>
           <w:sz w:val="22"/>
-          <w:u w:val="single"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">96165 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F16C4D">
         <w:rPr>
           <w:sz w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>U1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F16C4D">
         <w:rPr>
           <w:sz w:val="22"/>
-          <w:u w:val="single"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="3D9CD429" w14:textId="068A6D09" w:rsidR="00116E69" w:rsidRDefault="00885C08" w:rsidP="008C407F">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F16C4D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Health behavior intervention, group (2 or more patients), (face-to-face), (each additional 15 minutes following the initial 30 minute units in EI-only health behavior intervention group (96164-U1)), (list separately in addition to code for primary service), (maximum 6 units per week per child, services must be documented in the member’s Individual Family Service Plan (IFSP) and justification for services occurring outside the natural environment must be documented in member’s IFSP). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DD39E0A" w14:textId="69D965BB" w:rsidR="007174F0" w:rsidRPr="00F16C4D" w:rsidRDefault="007174F0" w:rsidP="00664EFC">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="1584"/>
+          <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="1440"/>
-        </w:tabs>
-[...5 lines deleted...]
-      <w:r w:rsidR="003B1193" w:rsidRPr="00C8721D">
+          <w:tab w:val="left" w:pos="2250"/>
+          <w:tab w:val="left" w:pos="2610"/>
+          <w:tab w:val="left" w:pos="2700"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="2520"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F16C4D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">96165 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F16C4D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F16C4D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>U2</w:t>
       </w:r>
-      <w:r w:rsidR="003B1193" w:rsidRPr="00C8721D">
-[...27 lines deleted...]
-    <w:p w14:paraId="07859723" w14:textId="77777777" w:rsidR="008C407F" w:rsidRDefault="008C407F" w:rsidP="00117BD2">
+      <w:r w:rsidRPr="00F16C4D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Health behavior intervention, group (2 or more patients), (face-to-face), (each additional 15 minutes following the initial 30 minute units in EI community health behavior intervention group (96164-U2)), (list separately in addition to code for primary service), (maximum 6 units per week per child and services must be documented in the member’s Individual Family Service Plan (IFSP)). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A62BF66" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="00C00730">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="1584"/>
+          <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="1440"/>
-        </w:tabs>
-[...3 lines deleted...]
-    <w:p w14:paraId="783B669D" w14:textId="36533EDE" w:rsidR="00895C6E" w:rsidRDefault="00B17579" w:rsidP="00117BD2">
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2340"/>
+        </w:tabs>
+        <w:ind w:left="2610" w:hanging="2610"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="595576C2" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="00885C08">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="518"/>
-[...26 lines deleted...]
-    <w:p w14:paraId="19DC849B" w14:textId="77777777" w:rsidR="00895C6E" w:rsidRDefault="00895C6E" w:rsidP="00117BD2">
+          <w:tab w:val="left" w:pos="979"/>
+          <w:tab w:val="left" w:pos="1584"/>
+          <w:tab w:val="left" w:pos="2189"/>
+          <w:tab w:val="left" w:pos="2779"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C1D6031" w14:textId="319C5BE5" w:rsidR="007174F0" w:rsidRDefault="007174F0" w:rsidP="009F7FD3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="518"/>
-[...176 lines deleted...]
-        <w:tabs>
           <w:tab w:val="left" w:pos="1920"/>
         </w:tabs>
         <w:spacing w:before="1200"/>
-        <w:ind w:left="1915" w:hanging="1915"/>
-[...38 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId9"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A43575F" w14:textId="77777777" w:rsidR="002C4CD0" w:rsidRPr="002C4CD0" w:rsidRDefault="002C4CD0" w:rsidP="002C4CD0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C4CD0">
+        <w:t>This publication contains codes that are copyrighted by the American Medical Association. Certain terms used in the service descriptions for HCPCS codes are defined in the Physician’s Current Procedural Terminology (CPT) code book.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F5AEDD1" w14:textId="762BFF9B" w:rsidR="009A0E9B" w:rsidRPr="00B32231" w:rsidRDefault="009A0E9B" w:rsidP="008B41A6">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="009A0E9B" w:rsidRPr="00B32231" w:rsidSect="007174F0">
+      <w:headerReference w:type="default" r:id="rId12"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="432" w:right="1296" w:bottom="432" w:left="1296" w:header="432" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7B5F99E8" w14:textId="77777777" w:rsidR="00702585" w:rsidRDefault="00702585">
+    <w:p w14:paraId="48B85626" w14:textId="77777777" w:rsidR="00600447" w:rsidRDefault="00600447" w:rsidP="00FF5AAD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="62CDBAA8" w14:textId="77777777" w:rsidR="00600447" w:rsidRDefault="00600447" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="097EAA7B" w14:textId="77777777" w:rsidR="00600447" w:rsidRDefault="00600447" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="5B5EF64A" w14:textId="77777777" w:rsidR="00600447" w:rsidRDefault="00600447" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="651B6B44" w14:textId="77777777" w:rsidR="00600447" w:rsidRDefault="00600447" w:rsidP="00FF5AAD"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="29E0CF74" w14:textId="77777777" w:rsidR="00702585" w:rsidRDefault="00702585">
+    <w:p w14:paraId="59368978" w14:textId="77777777" w:rsidR="00600447" w:rsidRDefault="00600447" w:rsidP="00FF5AAD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="1C44AA78" w14:textId="77777777" w:rsidR="00600447" w:rsidRDefault="00600447" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="114C8A53" w14:textId="77777777" w:rsidR="00600447" w:rsidRDefault="00600447" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="406345A1" w14:textId="77777777" w:rsidR="00600447" w:rsidRDefault="00600447" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="3B730329" w14:textId="77777777" w:rsidR="00600447" w:rsidRDefault="00600447" w:rsidP="00FF5AAD"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...36 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="14283212" w14:textId="77777777" w:rsidR="00702585" w:rsidRDefault="00702585">
+    <w:p w14:paraId="37560E56" w14:textId="77777777" w:rsidR="00600447" w:rsidRDefault="00600447" w:rsidP="00FF5AAD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="7B70BF26" w14:textId="77777777" w:rsidR="00600447" w:rsidRDefault="00600447" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="2F6200B4" w14:textId="77777777" w:rsidR="00600447" w:rsidRDefault="00600447" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="5DC1C272" w14:textId="77777777" w:rsidR="00600447" w:rsidRDefault="00600447" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="6D4D6D12" w14:textId="77777777" w:rsidR="00600447" w:rsidRDefault="00600447" w:rsidP="00FF5AAD"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="09D21DA4" w14:textId="77777777" w:rsidR="00702585" w:rsidRDefault="00702585">
+    <w:p w14:paraId="12D74669" w14:textId="77777777" w:rsidR="00600447" w:rsidRDefault="00600447" w:rsidP="00FF5AAD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="67B4EC14" w14:textId="77777777" w:rsidR="00600447" w:rsidRDefault="00600447" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="22D1B57A" w14:textId="77777777" w:rsidR="00600447" w:rsidRDefault="00600447" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="622BC69C" w14:textId="77777777" w:rsidR="00600447" w:rsidRDefault="00600447" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="446F3ED7" w14:textId="77777777" w:rsidR="00600447" w:rsidRDefault="00600447" w:rsidP="00FF5AAD"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-[...418 lines deleted...]
-  <w:p w14:paraId="593CBA94" w14:textId="77777777" w:rsidR="00A333E8" w:rsidRDefault="00A333E8">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="089D87D8" w14:textId="77777777" w:rsidR="007174F0" w:rsidRPr="007174F0" w:rsidRDefault="007174F0" w:rsidP="007174F0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
+      <w:ind w:left="0" w:firstLine="0"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-[...418 lines deleted...]
-  <w:p w14:paraId="630BBFA9" w14:textId="77777777" w:rsidR="00A333E8" w:rsidRDefault="00A333E8">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="02303EC1" w14:textId="77777777" w:rsidR="007174F0" w:rsidRDefault="007174F0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-[...50 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7C"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="81C02E9A"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2880"/>
-[...5 lines deleted...]
-      </w:rPr>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
-[...29 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7D"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="0386951A"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5040"/>
-[...1 lines deleted...]
-        <w:ind w:left="5040" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7E"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="EB2EC786"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7F"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="232EED02"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF80"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="FF563554"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
-[...29 lines deleted...]
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2A5547E4"/>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF81"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="D7603344"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF82"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="4A76F342"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF83"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="FA24BCA2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF88"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="21645818"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF89"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="376A67E4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1DBE2D49"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="7B04CEA4"/>
+    <w:tmpl w:val="2598B38C"/>
+    <w:lvl w:ilvl="0" w:tplc="7CAEA15A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="-486"/>
+        </w:tabs>
+        <w:ind w:left="-486" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="234"/>
+        </w:tabs>
+        <w:ind w:left="234" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="954"/>
+        </w:tabs>
+        <w:ind w:left="954" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1674"/>
+        </w:tabs>
+        <w:ind w:left="1674" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2394"/>
+        </w:tabs>
+        <w:ind w:left="2394" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3114"/>
+        </w:tabs>
+        <w:ind w:left="3114" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3834"/>
+        </w:tabs>
+        <w:ind w:left="3834" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4554"/>
+        </w:tabs>
+        <w:ind w:left="4554" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="22E30747"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A51835F0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -4319,1502 +4938,2299 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="578A2343"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D3FE6A4A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1166" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1886" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2606" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3326" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4046" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4766" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5486" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6206" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6926" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65234CC5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B3622912"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C634F92"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D5F49BE6"/>
+    <w:lvl w:ilvl="0" w:tplc="4A9229FC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="37DAF3F4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7A60495A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="86723870">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="683E864C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="7F7AE2BA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="85245362">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="4858D10A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="1482212E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1610312720">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1119253475">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="2019962973">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1163736646">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="405105329">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1234967336">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1153252758">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="51269344">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1695379085">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1308826171">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="11" w16cid:durableId="646128741">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1801920883">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="995379034">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1253851449">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="413163894">
+    <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:stylePaneFormatFilter w:val="3F04" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
-  <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
-  <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
-    <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00613882"/>
-[...166 lines deleted...]
-    <w:rsid w:val="00FF4C4F"/>
+    <w:rsidRoot w:val="00032BB1"/>
+    <w:rsid w:val="000006C4"/>
+    <w:rsid w:val="000149FE"/>
+    <w:rsid w:val="00015A03"/>
+    <w:rsid w:val="00021E87"/>
+    <w:rsid w:val="0002638F"/>
+    <w:rsid w:val="00032BB1"/>
+    <w:rsid w:val="00032C02"/>
+    <w:rsid w:val="00041220"/>
+    <w:rsid w:val="00056E4C"/>
+    <w:rsid w:val="00061975"/>
+    <w:rsid w:val="000656FB"/>
+    <w:rsid w:val="000706EF"/>
+    <w:rsid w:val="000773B8"/>
+    <w:rsid w:val="00080FFB"/>
+    <w:rsid w:val="00086041"/>
+    <w:rsid w:val="000943BC"/>
+    <w:rsid w:val="00095863"/>
+    <w:rsid w:val="0009655A"/>
+    <w:rsid w:val="00097DCC"/>
+    <w:rsid w:val="000A2664"/>
+    <w:rsid w:val="000C2F0E"/>
+    <w:rsid w:val="000D0196"/>
+    <w:rsid w:val="000D32CF"/>
+    <w:rsid w:val="000D6A13"/>
+    <w:rsid w:val="000D71AE"/>
+    <w:rsid w:val="000E364F"/>
+    <w:rsid w:val="000E3E10"/>
+    <w:rsid w:val="000F173A"/>
+    <w:rsid w:val="000F579B"/>
+    <w:rsid w:val="00101111"/>
+    <w:rsid w:val="001069A1"/>
+    <w:rsid w:val="00113E7F"/>
+    <w:rsid w:val="0012314A"/>
+    <w:rsid w:val="0012792C"/>
+    <w:rsid w:val="00130054"/>
+    <w:rsid w:val="001343D0"/>
+    <w:rsid w:val="001359B5"/>
+    <w:rsid w:val="0014797D"/>
+    <w:rsid w:val="00153E24"/>
+    <w:rsid w:val="00156DC5"/>
+    <w:rsid w:val="00160FB0"/>
+    <w:rsid w:val="001655EC"/>
+    <w:rsid w:val="0017506B"/>
+    <w:rsid w:val="00181CE8"/>
+    <w:rsid w:val="00183784"/>
+    <w:rsid w:val="0018768A"/>
+    <w:rsid w:val="00194069"/>
+    <w:rsid w:val="00194491"/>
+    <w:rsid w:val="00195C8A"/>
+    <w:rsid w:val="0019736A"/>
+    <w:rsid w:val="00197D44"/>
+    <w:rsid w:val="001A15C3"/>
+    <w:rsid w:val="001A25AC"/>
+    <w:rsid w:val="001A477C"/>
+    <w:rsid w:val="001A7499"/>
+    <w:rsid w:val="001C1140"/>
+    <w:rsid w:val="001C784A"/>
+    <w:rsid w:val="001D5FD0"/>
+    <w:rsid w:val="001D7B12"/>
+    <w:rsid w:val="001E0603"/>
+    <w:rsid w:val="001F6109"/>
+    <w:rsid w:val="00200899"/>
+    <w:rsid w:val="002018B3"/>
+    <w:rsid w:val="00213853"/>
+    <w:rsid w:val="00216420"/>
+    <w:rsid w:val="00221668"/>
+    <w:rsid w:val="00227A1C"/>
+    <w:rsid w:val="00227DE1"/>
+    <w:rsid w:val="00232E91"/>
+    <w:rsid w:val="00240726"/>
+    <w:rsid w:val="002432EC"/>
+    <w:rsid w:val="00246D80"/>
+    <w:rsid w:val="00250727"/>
+    <w:rsid w:val="00251F02"/>
+    <w:rsid w:val="00254A64"/>
+    <w:rsid w:val="00263F44"/>
+    <w:rsid w:val="00264FE0"/>
+    <w:rsid w:val="00265DCC"/>
+    <w:rsid w:val="00265FBB"/>
+    <w:rsid w:val="00270DBE"/>
+    <w:rsid w:val="0028040D"/>
+    <w:rsid w:val="00280993"/>
+    <w:rsid w:val="00280E81"/>
+    <w:rsid w:val="002916ED"/>
+    <w:rsid w:val="0029448A"/>
+    <w:rsid w:val="002C12F8"/>
+    <w:rsid w:val="002C40EA"/>
+    <w:rsid w:val="002C4CD0"/>
+    <w:rsid w:val="002C664C"/>
+    <w:rsid w:val="002D647E"/>
+    <w:rsid w:val="002E3B6A"/>
+    <w:rsid w:val="002E5188"/>
+    <w:rsid w:val="002F7D2A"/>
+    <w:rsid w:val="003065DA"/>
+    <w:rsid w:val="00316D54"/>
+    <w:rsid w:val="0032327C"/>
+    <w:rsid w:val="0032351D"/>
+    <w:rsid w:val="00324D18"/>
+    <w:rsid w:val="00330472"/>
+    <w:rsid w:val="00361843"/>
+    <w:rsid w:val="0037002C"/>
+    <w:rsid w:val="003737F7"/>
+    <w:rsid w:val="00374688"/>
+    <w:rsid w:val="00381957"/>
+    <w:rsid w:val="00382F21"/>
+    <w:rsid w:val="003869FD"/>
+    <w:rsid w:val="00386F7B"/>
+    <w:rsid w:val="00390C38"/>
+    <w:rsid w:val="00396970"/>
+    <w:rsid w:val="003A31CA"/>
+    <w:rsid w:val="003A6E1E"/>
+    <w:rsid w:val="003B1482"/>
+    <w:rsid w:val="003C0130"/>
+    <w:rsid w:val="003D1352"/>
+    <w:rsid w:val="003D5F66"/>
+    <w:rsid w:val="003E4934"/>
+    <w:rsid w:val="003F221A"/>
+    <w:rsid w:val="003F4AF4"/>
+    <w:rsid w:val="003F731E"/>
+    <w:rsid w:val="00400246"/>
+    <w:rsid w:val="004117FD"/>
+    <w:rsid w:val="0041192B"/>
+    <w:rsid w:val="0041389E"/>
+    <w:rsid w:val="004153B5"/>
+    <w:rsid w:val="00427DA0"/>
+    <w:rsid w:val="004373B7"/>
+    <w:rsid w:val="00437C15"/>
+    <w:rsid w:val="00444CCA"/>
+    <w:rsid w:val="00450E46"/>
+    <w:rsid w:val="00461793"/>
+    <w:rsid w:val="00461DD8"/>
+    <w:rsid w:val="0047107E"/>
+    <w:rsid w:val="00475089"/>
+    <w:rsid w:val="0048085F"/>
+    <w:rsid w:val="004911F7"/>
+    <w:rsid w:val="004A1A4D"/>
+    <w:rsid w:val="004A5518"/>
+    <w:rsid w:val="004A5AA4"/>
+    <w:rsid w:val="004A6099"/>
+    <w:rsid w:val="004A612B"/>
+    <w:rsid w:val="004B033F"/>
+    <w:rsid w:val="004B6A66"/>
+    <w:rsid w:val="004B7F8B"/>
+    <w:rsid w:val="004C1488"/>
+    <w:rsid w:val="004C365D"/>
+    <w:rsid w:val="004D37EF"/>
+    <w:rsid w:val="004D4BC9"/>
+    <w:rsid w:val="004D60BA"/>
+    <w:rsid w:val="004F64E7"/>
+    <w:rsid w:val="004F6902"/>
+    <w:rsid w:val="00511043"/>
+    <w:rsid w:val="00516BF0"/>
+    <w:rsid w:val="00520930"/>
+    <w:rsid w:val="005237ED"/>
+    <w:rsid w:val="00526EAB"/>
+    <w:rsid w:val="00541203"/>
+    <w:rsid w:val="00541D2A"/>
+    <w:rsid w:val="00541D99"/>
+    <w:rsid w:val="0055139C"/>
+    <w:rsid w:val="0055663C"/>
+    <w:rsid w:val="00557836"/>
+    <w:rsid w:val="00560034"/>
+    <w:rsid w:val="005750B4"/>
+    <w:rsid w:val="005763C9"/>
+    <w:rsid w:val="005764BF"/>
+    <w:rsid w:val="00577AF8"/>
+    <w:rsid w:val="00581ABB"/>
+    <w:rsid w:val="00583219"/>
+    <w:rsid w:val="0058781B"/>
+    <w:rsid w:val="00590E06"/>
+    <w:rsid w:val="0059389D"/>
+    <w:rsid w:val="00595C99"/>
+    <w:rsid w:val="00596612"/>
+    <w:rsid w:val="005A3602"/>
+    <w:rsid w:val="005A5C18"/>
+    <w:rsid w:val="005B3A7D"/>
+    <w:rsid w:val="005C33E4"/>
+    <w:rsid w:val="005C4ED3"/>
+    <w:rsid w:val="005C7D99"/>
+    <w:rsid w:val="005D7056"/>
+    <w:rsid w:val="005E1EED"/>
+    <w:rsid w:val="005E6E73"/>
+    <w:rsid w:val="005F51E3"/>
+    <w:rsid w:val="00600447"/>
+    <w:rsid w:val="006015A8"/>
+    <w:rsid w:val="00606AD2"/>
+    <w:rsid w:val="00620B34"/>
+    <w:rsid w:val="006233DC"/>
+    <w:rsid w:val="0062443F"/>
+    <w:rsid w:val="006420ED"/>
+    <w:rsid w:val="0064698F"/>
+    <w:rsid w:val="00654896"/>
+    <w:rsid w:val="00655F63"/>
+    <w:rsid w:val="00664EFC"/>
+    <w:rsid w:val="006719AF"/>
+    <w:rsid w:val="00671BD2"/>
+    <w:rsid w:val="00676163"/>
+    <w:rsid w:val="0068668D"/>
+    <w:rsid w:val="006A0269"/>
+    <w:rsid w:val="006A58CB"/>
+    <w:rsid w:val="006A6739"/>
+    <w:rsid w:val="006B272D"/>
+    <w:rsid w:val="006B5BD5"/>
+    <w:rsid w:val="006C4EB1"/>
+    <w:rsid w:val="006C69E1"/>
+    <w:rsid w:val="006C786D"/>
+    <w:rsid w:val="006D1809"/>
+    <w:rsid w:val="006D49AA"/>
+    <w:rsid w:val="006F115D"/>
+    <w:rsid w:val="00700C89"/>
+    <w:rsid w:val="00700F0E"/>
+    <w:rsid w:val="00702352"/>
+    <w:rsid w:val="0070313F"/>
+    <w:rsid w:val="007153B8"/>
+    <w:rsid w:val="0071649D"/>
+    <w:rsid w:val="007174F0"/>
+    <w:rsid w:val="00731164"/>
+    <w:rsid w:val="00733878"/>
+    <w:rsid w:val="007535D9"/>
+    <w:rsid w:val="00757D07"/>
+    <w:rsid w:val="0076059D"/>
+    <w:rsid w:val="007629E9"/>
+    <w:rsid w:val="00772393"/>
+    <w:rsid w:val="007756B5"/>
+    <w:rsid w:val="00776856"/>
+    <w:rsid w:val="00796833"/>
+    <w:rsid w:val="007A5445"/>
+    <w:rsid w:val="007B24B5"/>
+    <w:rsid w:val="007B2DA7"/>
+    <w:rsid w:val="007C2918"/>
+    <w:rsid w:val="007C3BAF"/>
+    <w:rsid w:val="007C63E4"/>
+    <w:rsid w:val="007C68CC"/>
+    <w:rsid w:val="007D2272"/>
+    <w:rsid w:val="007D35FC"/>
+    <w:rsid w:val="007D38A4"/>
+    <w:rsid w:val="007E33AA"/>
+    <w:rsid w:val="007F1CCF"/>
+    <w:rsid w:val="007F4A56"/>
+    <w:rsid w:val="007F69B5"/>
+    <w:rsid w:val="007F74B0"/>
+    <w:rsid w:val="00800CE8"/>
+    <w:rsid w:val="00802040"/>
+    <w:rsid w:val="008031E5"/>
+    <w:rsid w:val="00803582"/>
+    <w:rsid w:val="00807AD4"/>
+    <w:rsid w:val="00811DAF"/>
+    <w:rsid w:val="00814336"/>
+    <w:rsid w:val="008151A9"/>
+    <w:rsid w:val="0082380C"/>
+    <w:rsid w:val="00824A64"/>
+    <w:rsid w:val="0082579E"/>
+    <w:rsid w:val="0082594F"/>
+    <w:rsid w:val="008268F2"/>
+    <w:rsid w:val="00832EAC"/>
+    <w:rsid w:val="00856980"/>
+    <w:rsid w:val="00857E6B"/>
+    <w:rsid w:val="008708FF"/>
+    <w:rsid w:val="00872219"/>
+    <w:rsid w:val="00893B9C"/>
+    <w:rsid w:val="00894FF0"/>
+    <w:rsid w:val="008970F5"/>
+    <w:rsid w:val="008A237C"/>
+    <w:rsid w:val="008A3156"/>
+    <w:rsid w:val="008A3B9D"/>
+    <w:rsid w:val="008A41EA"/>
+    <w:rsid w:val="008A577C"/>
+    <w:rsid w:val="008A6A30"/>
+    <w:rsid w:val="008B293F"/>
+    <w:rsid w:val="008B41A6"/>
+    <w:rsid w:val="008B518A"/>
+    <w:rsid w:val="008C062D"/>
+    <w:rsid w:val="008C49F0"/>
+    <w:rsid w:val="008E37F1"/>
+    <w:rsid w:val="008E6F93"/>
+    <w:rsid w:val="008F0A01"/>
+    <w:rsid w:val="008F0D56"/>
+    <w:rsid w:val="008F1DC8"/>
+    <w:rsid w:val="008F7531"/>
+    <w:rsid w:val="00902810"/>
+    <w:rsid w:val="009030B0"/>
+    <w:rsid w:val="00914F8B"/>
+    <w:rsid w:val="00915205"/>
+    <w:rsid w:val="00924FDD"/>
+    <w:rsid w:val="00930D16"/>
+    <w:rsid w:val="0093651D"/>
+    <w:rsid w:val="00942510"/>
+    <w:rsid w:val="00943F98"/>
+    <w:rsid w:val="00946A02"/>
+    <w:rsid w:val="00965D5A"/>
+    <w:rsid w:val="00976412"/>
+    <w:rsid w:val="00977415"/>
+    <w:rsid w:val="00981FE9"/>
+    <w:rsid w:val="00982791"/>
+    <w:rsid w:val="009841A9"/>
+    <w:rsid w:val="00987259"/>
+    <w:rsid w:val="00987EC1"/>
+    <w:rsid w:val="00992105"/>
+    <w:rsid w:val="009A0E9B"/>
+    <w:rsid w:val="009A3F81"/>
+    <w:rsid w:val="009A794A"/>
+    <w:rsid w:val="009B4513"/>
+    <w:rsid w:val="009C2533"/>
+    <w:rsid w:val="009C6A05"/>
+    <w:rsid w:val="009D15FA"/>
+    <w:rsid w:val="009D59BC"/>
+    <w:rsid w:val="009D5CF4"/>
+    <w:rsid w:val="009F3D01"/>
+    <w:rsid w:val="009F6672"/>
+    <w:rsid w:val="00A024A3"/>
+    <w:rsid w:val="00A0380C"/>
+    <w:rsid w:val="00A072EA"/>
+    <w:rsid w:val="00A15EDB"/>
+    <w:rsid w:val="00A170E4"/>
+    <w:rsid w:val="00A31BD4"/>
+    <w:rsid w:val="00A32028"/>
+    <w:rsid w:val="00A32D62"/>
+    <w:rsid w:val="00A34229"/>
+    <w:rsid w:val="00A422EC"/>
+    <w:rsid w:val="00A458CF"/>
+    <w:rsid w:val="00A4616C"/>
+    <w:rsid w:val="00A4669C"/>
+    <w:rsid w:val="00A53700"/>
+    <w:rsid w:val="00A56D1A"/>
+    <w:rsid w:val="00A570CF"/>
+    <w:rsid w:val="00A63CB3"/>
+    <w:rsid w:val="00A71583"/>
+    <w:rsid w:val="00A73539"/>
+    <w:rsid w:val="00A7391A"/>
+    <w:rsid w:val="00A75E05"/>
+    <w:rsid w:val="00AA50A8"/>
+    <w:rsid w:val="00AA5B85"/>
+    <w:rsid w:val="00AB155F"/>
+    <w:rsid w:val="00AD2EF9"/>
+    <w:rsid w:val="00AD32C9"/>
+    <w:rsid w:val="00AD35E6"/>
+    <w:rsid w:val="00AD4B0C"/>
+    <w:rsid w:val="00AD4C20"/>
+    <w:rsid w:val="00AD7BAF"/>
+    <w:rsid w:val="00AE61F2"/>
+    <w:rsid w:val="00AF6898"/>
+    <w:rsid w:val="00AF6D8F"/>
+    <w:rsid w:val="00B03A46"/>
+    <w:rsid w:val="00B058D1"/>
+    <w:rsid w:val="00B06137"/>
+    <w:rsid w:val="00B06C4D"/>
+    <w:rsid w:val="00B12A3B"/>
+    <w:rsid w:val="00B131F5"/>
+    <w:rsid w:val="00B15234"/>
+    <w:rsid w:val="00B20D9D"/>
+    <w:rsid w:val="00B22DE0"/>
+    <w:rsid w:val="00B32231"/>
+    <w:rsid w:val="00B32555"/>
+    <w:rsid w:val="00B327EA"/>
+    <w:rsid w:val="00B4268A"/>
+    <w:rsid w:val="00B44F42"/>
+    <w:rsid w:val="00B51510"/>
+    <w:rsid w:val="00B60798"/>
+    <w:rsid w:val="00B652A1"/>
+    <w:rsid w:val="00B73219"/>
+    <w:rsid w:val="00B743D9"/>
+    <w:rsid w:val="00B764A9"/>
+    <w:rsid w:val="00B773EE"/>
+    <w:rsid w:val="00B85705"/>
+    <w:rsid w:val="00B928B2"/>
+    <w:rsid w:val="00B964AA"/>
+    <w:rsid w:val="00B97DA1"/>
+    <w:rsid w:val="00BB228C"/>
+    <w:rsid w:val="00BC376D"/>
+    <w:rsid w:val="00BD0F64"/>
+    <w:rsid w:val="00BD2F4A"/>
+    <w:rsid w:val="00BE49D9"/>
+    <w:rsid w:val="00C0114D"/>
+    <w:rsid w:val="00C046E9"/>
+    <w:rsid w:val="00C05181"/>
+    <w:rsid w:val="00C100CF"/>
+    <w:rsid w:val="00C102A7"/>
+    <w:rsid w:val="00C12AD1"/>
+    <w:rsid w:val="00C15254"/>
+    <w:rsid w:val="00C16CEA"/>
+    <w:rsid w:val="00C57605"/>
+    <w:rsid w:val="00C57688"/>
+    <w:rsid w:val="00C57C00"/>
+    <w:rsid w:val="00C63B05"/>
+    <w:rsid w:val="00C666AC"/>
+    <w:rsid w:val="00C847AA"/>
+    <w:rsid w:val="00C84B58"/>
+    <w:rsid w:val="00C9185E"/>
+    <w:rsid w:val="00CA3B98"/>
+    <w:rsid w:val="00CB3D77"/>
+    <w:rsid w:val="00CE3400"/>
+    <w:rsid w:val="00CF0AAB"/>
+    <w:rsid w:val="00D0388D"/>
+    <w:rsid w:val="00D07D26"/>
+    <w:rsid w:val="00D11E9B"/>
+    <w:rsid w:val="00D20897"/>
+    <w:rsid w:val="00D2728B"/>
+    <w:rsid w:val="00D31B78"/>
+    <w:rsid w:val="00D33ED2"/>
+    <w:rsid w:val="00D36D37"/>
+    <w:rsid w:val="00D40538"/>
+    <w:rsid w:val="00D40840"/>
+    <w:rsid w:val="00D441D0"/>
+    <w:rsid w:val="00D4746B"/>
+    <w:rsid w:val="00D50460"/>
+    <w:rsid w:val="00D516D7"/>
+    <w:rsid w:val="00D5369E"/>
+    <w:rsid w:val="00D55314"/>
+    <w:rsid w:val="00D56643"/>
+    <w:rsid w:val="00D648F8"/>
+    <w:rsid w:val="00D757EC"/>
+    <w:rsid w:val="00D76690"/>
+    <w:rsid w:val="00D80218"/>
+    <w:rsid w:val="00D93D6D"/>
+    <w:rsid w:val="00D95EAD"/>
+    <w:rsid w:val="00D96EB5"/>
+    <w:rsid w:val="00DA0783"/>
+    <w:rsid w:val="00DA1F51"/>
+    <w:rsid w:val="00DD509A"/>
+    <w:rsid w:val="00DD76C0"/>
+    <w:rsid w:val="00DD7B60"/>
+    <w:rsid w:val="00DD7B9C"/>
+    <w:rsid w:val="00DE2E8F"/>
+    <w:rsid w:val="00DE3B51"/>
+    <w:rsid w:val="00DF15B5"/>
+    <w:rsid w:val="00DF2BB6"/>
+    <w:rsid w:val="00DF3936"/>
+    <w:rsid w:val="00DF3C72"/>
+    <w:rsid w:val="00DF5421"/>
+    <w:rsid w:val="00DF5A51"/>
+    <w:rsid w:val="00E117D6"/>
+    <w:rsid w:val="00E2504A"/>
+    <w:rsid w:val="00E253A6"/>
+    <w:rsid w:val="00E25774"/>
+    <w:rsid w:val="00E26210"/>
+    <w:rsid w:val="00E30AF6"/>
+    <w:rsid w:val="00E4227E"/>
+    <w:rsid w:val="00E46EB1"/>
+    <w:rsid w:val="00E50766"/>
+    <w:rsid w:val="00E61907"/>
+    <w:rsid w:val="00E6302E"/>
+    <w:rsid w:val="00E70EF5"/>
+    <w:rsid w:val="00E77D62"/>
+    <w:rsid w:val="00E81416"/>
+    <w:rsid w:val="00E84BFD"/>
+    <w:rsid w:val="00EA2611"/>
+    <w:rsid w:val="00EB1686"/>
+    <w:rsid w:val="00EB2269"/>
+    <w:rsid w:val="00EB39C7"/>
+    <w:rsid w:val="00EB6CE7"/>
+    <w:rsid w:val="00EC3247"/>
+    <w:rsid w:val="00EC4C96"/>
+    <w:rsid w:val="00ED2626"/>
+    <w:rsid w:val="00ED5E99"/>
+    <w:rsid w:val="00EF0846"/>
+    <w:rsid w:val="00EF202B"/>
+    <w:rsid w:val="00F00371"/>
+    <w:rsid w:val="00F11A5C"/>
+    <w:rsid w:val="00F12CB8"/>
+    <w:rsid w:val="00F13F05"/>
+    <w:rsid w:val="00F1656D"/>
+    <w:rsid w:val="00F16C4D"/>
+    <w:rsid w:val="00F16CA8"/>
+    <w:rsid w:val="00F22E0C"/>
+    <w:rsid w:val="00F24727"/>
+    <w:rsid w:val="00F25059"/>
+    <w:rsid w:val="00F3220B"/>
+    <w:rsid w:val="00F32E6F"/>
+    <w:rsid w:val="00F3494C"/>
+    <w:rsid w:val="00F35D39"/>
+    <w:rsid w:val="00F5166D"/>
+    <w:rsid w:val="00F5746D"/>
+    <w:rsid w:val="00F60EA2"/>
+    <w:rsid w:val="00F664ED"/>
+    <w:rsid w:val="00F7039F"/>
+    <w:rsid w:val="00F70970"/>
+    <w:rsid w:val="00F712E9"/>
+    <w:rsid w:val="00F81151"/>
+    <w:rsid w:val="00F823BA"/>
+    <w:rsid w:val="00F902FE"/>
+    <w:rsid w:val="00F91798"/>
+    <w:rsid w:val="00F96F03"/>
+    <w:rsid w:val="00FA39BC"/>
+    <w:rsid w:val="00FB10F5"/>
+    <w:rsid w:val="00FB7A9B"/>
+    <w:rsid w:val="00FC03F0"/>
+    <w:rsid w:val="00FC1193"/>
+    <w:rsid w:val="00FC1974"/>
+    <w:rsid w:val="00FC402F"/>
+    <w:rsid w:val="00FC443A"/>
+    <w:rsid w:val="00FD2E8B"/>
+    <w:rsid w:val="00FE2B77"/>
+    <w:rsid w:val="00FE5846"/>
+    <w:rsid w:val="00FF12D8"/>
+    <w:rsid w:val="00FF5AAD"/>
+    <w:rsid w:val="00FF6613"/>
+    <w:rsid w:val="2B8969BF"/>
+    <w:rsid w:val="4813BCF9"/>
+    <w:rsid w:val="7FA5EEC1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
-  <w:doNotAutoCompressPictures/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceType"/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceName"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="65C663C0"/>
-  <w14:defaultImageDpi w14:val="96"/>
+  <w14:docId w14:val="56904630"/>
+  <w15:docId w15:val="{CE357604-757C-4540-80F7-B6B973F437DD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...137 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:pPr>
-[...1 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00F11A5C"/>
     <w:rPr>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
-    <w:uiPriority w:val="99"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
+    <w:rsid w:val="0055663C"/>
     <w:pPr>
-      <w:keepNext/>
-      <w:widowControl w:val="0"/>
       <w:tabs>
-        <w:tab w:val="left" w:pos="936"/>
-[...2 lines deleted...]
-        <w:tab w:val="left" w:pos="2070"/>
+        <w:tab w:val="left" w:pos="5400"/>
       </w:tabs>
-      <w:jc w:val="center"/>
+      <w:spacing w:before="360" w:after="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
+      <w:noProof/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="002C21F4"/>
+    <w:rsid w:val="00AE61F2"/>
     <w:pPr>
-      <w:keepNext/>
-[...3 lines deleted...]
-      </w:tabs>
+      <w:spacing w:before="240" w:after="120"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Heading2"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00654896"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="990"/>
+      </w:tabs>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00461DD8"/>
+    <w:pPr>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
       <w:b/>
+      <w:bCs/>
       <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00C12AD1"/>
+    <w:pPr>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="7F7F7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00C12AD1"/>
+    <w:pPr>
+      <w:spacing w:line="271" w:lineRule="auto"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="7F7F7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00C12AD1"/>
+    <w:pPr>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00C12AD1"/>
+    <w:pPr>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00C12AD1"/>
+    <w:pPr>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:i/>
+      <w:iCs/>
+      <w:spacing w:val="5"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...44 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="memo">
+    <w:name w:val="memo"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
-        <w:tab w:val="left" w:pos="979"/>
-[...2 lines deleted...]
-        <w:tab w:val="left" w:pos="2779"/>
+        <w:tab w:val="right" w:pos="1080"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1800"/>
+        <w:tab w:val="left" w:pos="5040"/>
       </w:tabs>
-      <w:ind w:left="1590" w:hanging="1590"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
-    </w:rPr>
-[...96 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="002A3AAC"/>
+    <w:rsid w:val="00FF5AAD"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
+      <w:ind w:left="720" w:hanging="720"/>
     </w:pPr>
-  </w:style>
-[...4 lines deleted...]
-    <w:uiPriority w:val="99"/>
     <w:rPr>
+      <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+      <w:b/>
+      <w:i/>
+      <w:iCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="002A3AAC"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-    <w:name w:val="Footer Char"/>
+  <w:style w:type="character" w:styleId="PageNumber">
+    <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FF5AAD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+      <w:b/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:rsid w:val="0059389D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:link w:val="BalloonText"/>
+    <w:rsid w:val="0059389D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="0055663C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:noProof/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00AE61F2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:noProof/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00654896"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="fr-029"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00461DD8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C12AD1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="7F7F7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C12AD1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="7F7F7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C12AD1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C12AD1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C12AD1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:spacing w:val="5"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C12AD1"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:spacing w:val="5"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00C12AD1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:spacing w:val="5"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C12AD1"/>
+    <w:pPr>
+      <w:spacing w:after="600"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:i/>
+      <w:iCs/>
+      <w:spacing w:val="13"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00C12AD1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:spacing w:val="13"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C12AD1"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C12AD1"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:spacing w:val="10"/>
+      <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C12AD1"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C12AD1"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C12AD1"/>
+    <w:pPr>
+      <w:spacing w:before="200"/>
+      <w:ind w:left="360" w:right="360"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00C12AD1"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C12AD1"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="200" w:after="280"/>
+      <w:ind w:left="1008" w:right="1152"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00C12AD1"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubtleEmphasis">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:uiPriority w:val="19"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C12AD1"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C12AD1"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubtleReference">
+    <w:name w:val="Subtle Reference"/>
+    <w:uiPriority w:val="31"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C12AD1"/>
+    <w:rPr>
+      <w:smallCaps/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C12AD1"/>
+    <w:rPr>
+      <w:smallCaps/>
+      <w:spacing w:val="5"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="BookTitle">
+    <w:name w:val="Book Title"/>
+    <w:uiPriority w:val="33"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C12AD1"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:smallCaps/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00C12AD1"/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00B32231"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:rsid w:val="00B32231"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B4268A"/>
     <w:rPr>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006C7199"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00056E4C"/>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006C7199"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00056E4C"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00056E4C"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="006C7199"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00056E4C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:rsid w:val="00056E4C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PageNumber">
-    <w:name w:val="page number"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SubjectLine">
+    <w:name w:val="Subject Line"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="SubjectLineChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AE61F2"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="1080"/>
+      </w:tabs>
+      <w:spacing w:before="120" w:after="120"/>
+      <w:ind w:left="1080" w:hanging="1080"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubjectLineChar">
+    <w:name w:val="Subject Line Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006C7199"/>
+    <w:link w:val="SubjectLine"/>
+    <w:rsid w:val="00AE61F2"/>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00116E69"/>
+    <w:rsid w:val="00E61907"/>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="007756B5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001069A1"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PartSub">
+    <w:name w:val="_PartSub"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00F3220B"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:suppressAutoHyphens/>
+      <w:ind w:left="1123" w:hanging="691"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndentChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F3220B"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-    <w:name w:val="Heading 2 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
+    <w:name w:val="Body Text Indent Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading2"/>
-    <w:rsid w:val="002C21F4"/>
+    <w:link w:val="BodyTextIndent"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F3220B"/>
     <w:rPr>
-      <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
-[...2 lines deleted...]
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Subheader">
+    <w:name w:val="_Subheader"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00F3220B"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="576"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:ind w:left="1440" w:hanging="1440"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
-[...2 lines deleted...]
-    <w:rsid w:val="002C21F4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubheaderUN">
+    <w:name w:val="_SubheaderUN"/>
+    <w:rsid w:val="00F3220B"/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
-[...13 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="fontstyle01">
+    <w:name w:val="fontstyle01"/>
+    <w:rsid w:val="00F3220B"/>
     <w:rPr>
-      <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
-[...300 lines deleted...]
-      <w:rFonts w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ban">
     <w:name w:val="ban"/>
-    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="007174F0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1320"/>
         <w:tab w:val="left" w:pos="1698"/>
         <w:tab w:val="left" w:pos="2076"/>
         <w:tab w:val="left" w:pos="2454"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...282 lines deleted...]
-      <w:spacing w:line="260" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
-[...32 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6058,72 +7474,401 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="84e97cf7-d201-4266-b669-9750d8c82d63">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="3681058a-78c6-45c7-bc37-ed8082d13ab2" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010098D1198CE6780C4AB0DC98B27A0894E8" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="90e0b01e85307a51a29e1250bdf93fe3">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="84e97cf7-d201-4266-b669-9750d8c82d63" xmlns:ns3="3681058a-78c6-45c7-bc37-ed8082d13ab2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cb246813315565e077419f25e17ca87c" ns2:_="" ns3:_="">
+    <xsd:import namespace="84e97cf7-d201-4266-b669-9750d8c82d63"/>
+    <xsd:import namespace="3681058a-78c6-45c7-bc37-ed8082d13ab2"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="84e97cf7-d201-4266-b669-9750d8c82d63" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="19" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3681058a-78c6-45c7-bc37-ed8082d13ab2" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{83c426d3-5e00-4a72-864b-bd42d36afe8f}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="3681058a-78c6-45c7-bc37-ed8082d13ab2">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A7C9D65E-72E5-472C-B58C-60CA1C3689C3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="84e97cf7-d201-4266-b669-9750d8c82d63"/>
+    <ds:schemaRef ds:uri="3681058a-78c6-45c7-bc37-ed8082d13ab2"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4DE9609A-F2FE-4E42-A38A-6C641956FE6C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35D302EB-86F6-4BD2-9D49-5F6BC20DA92B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="84e97cf7-d201-4266-b669-9750d8c82d63"/>
+    <ds:schemaRef ds:uri="3681058a-78c6-45c7-bc37-ed8082d13ab2"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B989D34B-ED85-4DB2-95E2-CC7D43909196}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1057</Words>
-  <Characters>6500</Characters>
+  <Words>1262</Words>
+  <Characters>7738</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>54</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>64</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>Commonwealth of Massachusetts</Company>
+  <Company>DMA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7542</CharactersWithSpaces>
+  <CharactersWithSpaces>8983</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Commonwealth of Massachusetts</dc:title>
-  <dc:creator>LAURA WATSON</dc:creator>
+  <dc:title>Transmittal Letter</dc:title>
+  <dc:creator>MassHealth</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010098D1198CE6780C4AB0DC98B27A0894E8</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>