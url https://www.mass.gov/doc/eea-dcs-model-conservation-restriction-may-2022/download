--- v0 (2025-10-21)
+++ v1 (2026-03-27)
@@ -1,177 +1,174 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="75D0691D" w14:textId="39AD61D3" w:rsidR="00EF37FC" w:rsidRDefault="00EF37FC" w:rsidP="00A91284">
+    <w:p w14:paraId="71DD37A7" w14:textId="77777777" w:rsidR="002520FE" w:rsidRPr="001002B6" w:rsidRDefault="002520FE" w:rsidP="00360BA9">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>EEA-DCS Model Conservation Restriction April 2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10CF0AC7" w14:textId="77777777" w:rsidR="002520FE" w:rsidRPr="00452106" w:rsidRDefault="002520FE" w:rsidP="00A91284">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="FF0000"/>
-[...5 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="A20000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75D0691D" w14:textId="6DBD4362" w:rsidR="00EF37FC" w:rsidRPr="00452106" w:rsidRDefault="00EF37FC" w:rsidP="00A91284">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="A20000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00452106">
+        <w:rPr>
+          <w:color w:val="A20000"/>
         </w:rPr>
         <w:t>Ure</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="1AFF006C" w14:textId="6385AD73" w:rsidR="00275C65" w:rsidRPr="00EF37FC" w:rsidRDefault="00956B84" w:rsidP="00EF37FC">
+    </w:p>
+    <w:p w14:paraId="1AFF006C" w14:textId="6385AD73" w:rsidR="00275C65" w:rsidRPr="00452106" w:rsidRDefault="00956B84" w:rsidP="00EF37FC">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="A20000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00452106">
+        <w:rPr>
+          <w:color w:val="A20000"/>
         </w:rPr>
         <w:t>Some information contained in this document refers to federal income tax deductions. Nothing contained herein shall be construed as legal advice for those seeking federal income tax deductions. Anyone seeking a federal income tax deduction is encouraged to seek legal counsel and other professional assistance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1669ADFB" w14:textId="77777777" w:rsidR="00D41151" w:rsidRPr="00EC317C" w:rsidRDefault="00D41151" w:rsidP="0071576F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3780"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3429C920" w14:textId="77777777" w:rsidR="00275C65" w:rsidRPr="00EC317C" w:rsidRDefault="00275C65" w:rsidP="0071576F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3780"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CB4CC36" w14:textId="184C6FA9" w:rsidR="00F82EA5" w:rsidRPr="00852CE4" w:rsidRDefault="00F82EA5" w:rsidP="0071576F">
+    <w:p w14:paraId="6CB4CC36" w14:textId="184C6FA9" w:rsidR="00F82EA5" w:rsidRPr="009D5761" w:rsidRDefault="00F82EA5" w:rsidP="0071576F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3780"/>
         </w:tabs>
         <w:rPr>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00852CE4">
+          <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
         </w:rPr>
         <w:t>Italics indicate guidance to drafter</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47CECB3E" w14:textId="6357E5FC" w:rsidR="00F82EA5" w:rsidRDefault="00F82EA5" w:rsidP="0071576F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3780"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E1ED3EE" w14:textId="638B567B" w:rsidR="00F82EA5" w:rsidRPr="00F82EA5" w:rsidRDefault="00F82EA5" w:rsidP="0071576F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3780"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00C92AAF" w:rsidRPr="00852CE4">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00C92AAF" w:rsidRPr="009D5761">
         <w:t xml:space="preserve">plain </w:t>
       </w:r>
-      <w:r w:rsidRPr="00852CE4">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009D5761">
         <w:t xml:space="preserve">text in brackets </w:t>
       </w:r>
-      <w:r w:rsidR="00C92AAF" w:rsidRPr="00852CE4">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00C92AAF" w:rsidRPr="009D5761">
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidRPr="00852CE4">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009D5761">
         <w:t xml:space="preserve"> optional </w:t>
       </w:r>
-      <w:r w:rsidR="00C92AAF" w:rsidRPr="00852CE4">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00C92AAF" w:rsidRPr="009D5761">
         <w:t>or alternate language</w:t>
       </w:r>
       <w:r>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5305D6BD" w14:textId="77777777" w:rsidR="00275C65" w:rsidRPr="00EC317C" w:rsidRDefault="00275C65" w:rsidP="0071576F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3780"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="220BFD02" w14:textId="2742DD34" w:rsidR="00275C65" w:rsidRPr="00EC317C" w:rsidRDefault="00857FA6" w:rsidP="0071576F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3780"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>**</w:t>
       </w:r>
       <w:r w:rsidR="00FE1B68">
         <w:t>NOTE</w:t>
       </w:r>
@@ -340,51 +337,51 @@
       <w:r w:rsidR="00015688" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00C644F2" w:rsidRPr="00EC317C">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00015688" w:rsidRPr="00EC317C">
         <w:t>age</w:t>
       </w:r>
       <w:r w:rsidR="00C405B8" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006A167E">
         <w:t>___</w:t>
       </w:r>
       <w:r w:rsidR="00E1405B">
         <w:t>__</w:t>
       </w:r>
       <w:r w:rsidR="00DC547D" w:rsidRPr="00EC317C">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00015688" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:commentRangeEnd w:id="0"/>
-      <w:r w:rsidR="007464D3">
+      <w:r w:rsidR="0057556A">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:kern w:val="28"/>
         </w:rPr>
         <w:commentReference w:id="0"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DBE1EC0" w14:textId="77777777" w:rsidR="00B52F30" w:rsidRPr="00EC317C" w:rsidRDefault="00B52F30" w:rsidP="00E50E10">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31AE99AC" w14:textId="000BB277" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="007E29D9" w:rsidP="00E50E10">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -409,108 +406,115 @@
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>STATEMENT OF GRANT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38932FC8" w14:textId="77777777" w:rsidR="00DF30F0" w:rsidRDefault="00DF30F0" w:rsidP="00020662">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="019CE713" w14:textId="3BB186A7" w:rsidR="002D15C9" w:rsidRPr="00EC317C" w:rsidRDefault="00E04278" w:rsidP="00020662">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00020662" w:rsidRPr="00EC317C">
+      <w:r w:rsidR="00020662" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">Enter </w:t>
       </w:r>
-      <w:r w:rsidR="005D0081" w:rsidRPr="00EC317C">
+      <w:r w:rsidR="005D0081" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">Grantor </w:t>
       </w:r>
-      <w:r w:rsidR="00020662" w:rsidRPr="00EC317C">
+      <w:r w:rsidR="00020662" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t>name</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC317C">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t>(s), marital status if applicable, address, County (and state or country if not in MA)</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00E50E10" w:rsidRPr="00EC317C">
         <w:t>, being the</w:t>
       </w:r>
       <w:r w:rsidR="0065491D" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC317C">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t>enter ownership – sole, joint, etc</w:t>
       </w:r>
-      <w:r w:rsidR="00DC547D" w:rsidRPr="00EC317C">
+      <w:r w:rsidR="00DC547D" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC317C">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t>..</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="0065491D" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CE2C3B" w:rsidRPr="000E3E9D">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">owner of the Premises as defined herein, </w:t>
       </w:r>
       <w:r w:rsidR="00A700A0" w:rsidRPr="00EC317C">
         <w:t>constituting</w:t>
       </w:r>
       <w:r w:rsidR="0065491D" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> all of the</w:t>
       </w:r>
@@ -528,483 +532,528 @@
       </w:r>
       <w:r w:rsidR="00E50E10" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> grant</w:t>
       </w:r>
       <w:r w:rsidR="00237FAB">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00B52F30" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> with </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t>QUITCLAIM COVENANTS</w:t>
       </w:r>
       <w:r w:rsidR="00237FAB">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E50E10" w:rsidRPr="00EC317C">
         <w:t>to</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC317C">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t>enter Grantee(s) legal name and address.</w:t>
       </w:r>
-      <w:r w:rsidR="003F7610" w:rsidRPr="00EC317C">
+      <w:r w:rsidR="003F7610" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t xml:space="preserve"> If more than one</w:t>
       </w:r>
-      <w:r w:rsidR="007C4547" w:rsidRPr="00EC317C">
+      <w:r w:rsidR="007C4547" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t xml:space="preserve"> Grantee, specify Primary</w:t>
       </w:r>
-      <w:r w:rsidR="00843FED">
+      <w:r w:rsidR="00843FED" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t xml:space="preserve"> Grantee</w:t>
       </w:r>
-      <w:r w:rsidR="007C4547" w:rsidRPr="00EC317C">
+      <w:r w:rsidR="007C4547" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Secondary</w:t>
       </w:r>
-      <w:r w:rsidR="00843FED">
+      <w:r w:rsidR="00843FED" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t xml:space="preserve"> Grantee</w:t>
       </w:r>
-      <w:r w:rsidR="003C6BA3">
+      <w:r w:rsidR="003C6BA3" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t xml:space="preserve"> (see Paragraph III for further references to CRs with two grantees)</w:t>
       </w:r>
-      <w:r w:rsidR="007C4547" w:rsidRPr="00EC317C">
+      <w:r w:rsidR="007C4547" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC317C">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t xml:space="preserve"> If </w:t>
       </w:r>
-      <w:r w:rsidR="006A3E8A">
+      <w:r w:rsidR="006A3E8A" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t>the Grantee is</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC317C">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t xml:space="preserve"> a municipality, insert name of municipality, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A91284">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t>acting by and through its Conservation Commission by authority of Section 8C of Chapter 40 of the Massachusetts General Laws</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC317C">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t xml:space="preserve">, if Grantee is a </w:t>
       </w:r>
-      <w:r w:rsidR="00C644F2" w:rsidRPr="00EC317C">
+      <w:r w:rsidR="00C644F2" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t>Water Commission</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC317C">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="006C12F0">
+      <w:r w:rsidR="006C12F0" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t xml:space="preserve">then </w:t>
       </w:r>
-      <w:r w:rsidR="006C12F0" w:rsidRPr="00A91284">
+      <w:r w:rsidR="006C12F0" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t>by authority of Section 41 of Chapter 40 of the Massachusetts General Laws</w:t>
       </w:r>
-      <w:r w:rsidR="006C12F0">
+      <w:r w:rsidR="006C12F0" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC317C">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r w:rsidR="00A03957">
+      <w:r w:rsidR="00A03957" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t>if held by an</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC317C">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t xml:space="preserve">other government body then </w:t>
       </w:r>
-      <w:r w:rsidR="00514CB3">
+      <w:r w:rsidR="00514CB3" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t>it</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC317C">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t xml:space="preserve"> must be eligible to hold a CR</w:t>
       </w:r>
-      <w:r w:rsidR="00724E7D" w:rsidRPr="00EC317C">
+      <w:r w:rsidR="00724E7D" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t xml:space="preserve"> and add citation to the relevant statutory authority</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC317C">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="009C0A91" w:rsidRPr="00EC317C">
         <w:t>, their p</w:t>
       </w:r>
       <w:r w:rsidR="00E50E10" w:rsidRPr="00EC317C">
         <w:t>ermitted successors and assigns (“Grantee”), for</w:t>
       </w:r>
       <w:r w:rsidR="008C1BB1" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BE02D4" w:rsidRPr="00EC317C">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00BE02D4" w:rsidRPr="00EC317C">
+      <w:r w:rsidR="00BE02D4" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t xml:space="preserve">Enter the amount of the consideration </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk41388797"/>
-      <w:r w:rsidR="00771B13">
+      <w:r w:rsidR="00771B13" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00BE02D4" w:rsidRPr="00EC317C">
+      <w:r w:rsidR="00BE02D4" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t xml:space="preserve"> enter </w:t>
       </w:r>
-      <w:r w:rsidR="00BE02D4" w:rsidRPr="00EE3B0C">
+      <w:r w:rsidR="00BE02D4" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="00417FEF">
+      <w:r w:rsidR="00417FEF" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t>for nominal consideration” or “</w:t>
       </w:r>
-      <w:r w:rsidR="00BE02D4" w:rsidRPr="00EE3B0C">
+      <w:r w:rsidR="00BE02D4" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
-      <w:r w:rsidR="00417FEF">
+      <w:r w:rsidR="00417FEF" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t>charitable</w:t>
       </w:r>
-      <w:r w:rsidR="00BE02D4" w:rsidRPr="00EE3B0C">
+      <w:r w:rsidR="00BE02D4" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t xml:space="preserve"> consideration</w:t>
       </w:r>
-      <w:r w:rsidR="000D75FA" w:rsidRPr="00BB5172">
+      <w:r w:rsidR="000D75FA" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:iCs/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t xml:space="preserve"> as this conveyance is to be </w:t>
       </w:r>
-      <w:r w:rsidR="00906C4A" w:rsidRPr="00BB5172">
+      <w:r w:rsidR="00906C4A" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:iCs/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t>considered and characterized as a gift</w:t>
       </w:r>
-      <w:r w:rsidR="00B01E9F">
+      <w:r w:rsidR="00B01E9F" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:iCs/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
-      <w:r w:rsidR="00B01E9F">
-[...13 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00B01E9F" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>in accordance with 26.U.S.C. Section 170(h)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D63183" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidR="00BE02D4" w:rsidRPr="00EE3B0C">
+      <w:r w:rsidR="00BE02D4" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidR="00BE02D4" w:rsidRPr="00EC317C">
+      <w:r w:rsidR="00BE02D4" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidR="00BE02D4" w:rsidRPr="00EC317C">
+      <w:r w:rsidR="00BE02D4" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t xml:space="preserve"> but DO NOT use “and other valuable consideration”</w:t>
       </w:r>
       <w:r w:rsidR="00BE02D4" w:rsidRPr="00EC317C">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00E50E10" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00BE02D4" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>IN PERPETUITY AND EXCLUSIVELY FOR CONSERVATION PURPOSES</w:t>
       </w:r>
       <w:r w:rsidR="00E50E10" w:rsidRPr="00EC317C">
         <w:t>, the following Conserv</w:t>
       </w:r>
       <w:r w:rsidR="00015688" w:rsidRPr="00EC317C">
-        <w:t>ation Restriction on</w:t>
+        <w:t xml:space="preserve">ation Restriction </w:t>
+      </w:r>
+      <w:r w:rsidR="00015688" w:rsidRPr="00EC317C">
+        <w:lastRenderedPageBreak/>
+        <w:t>on</w:t>
       </w:r>
       <w:r w:rsidR="00724E7D" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> land</w:t>
       </w:r>
       <w:r w:rsidR="00015688" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009C0A91" w:rsidRPr="00EC317C">
         <w:t>located in</w:t>
       </w:r>
       <w:r w:rsidR="002D15C9" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BE02D4" w:rsidRPr="00EC317C">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00155C3B">
+      <w:r w:rsidR="00155C3B" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t>Name of</w:t>
       </w:r>
-      <w:r w:rsidR="00BE02D4" w:rsidRPr="00EC317C">
+      <w:r w:rsidR="00BE02D4" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t xml:space="preserve"> City or Town</w:t>
       </w:r>
       <w:r w:rsidR="00BE02D4" w:rsidRPr="00EC317C">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="002D15C9" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009C0A91" w:rsidRPr="00EC317C">
         <w:t>containing</w:t>
       </w:r>
       <w:r w:rsidR="002D15C9" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC317C">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t>Enter either</w:t>
       </w:r>
-      <w:r w:rsidR="00BE02D4" w:rsidRPr="00EC317C">
+      <w:r w:rsidR="00BE02D4" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00724E7D" w:rsidRPr="00EC317C">
+      <w:r w:rsidR="00724E7D" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00724E7D" w:rsidRPr="00EE3B0C">
+      <w:r w:rsidR="00724E7D" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t>“the entirety of a XX-acre parcel of land”</w:t>
       </w:r>
-      <w:r w:rsidR="00724E7D" w:rsidRPr="00EC317C">
+      <w:r w:rsidR="00724E7D" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t xml:space="preserve"> OR </w:t>
       </w:r>
-      <w:r w:rsidR="00724E7D" w:rsidRPr="00EE3B0C">
+      <w:r w:rsidR="00724E7D" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t xml:space="preserve">“a XX-acre portion of a XX-acre </w:t>
       </w:r>
-      <w:r w:rsidR="00906C4A" w:rsidRPr="00BB5172">
+      <w:r w:rsidR="00906C4A" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:iCs/>
+          <w:color w:val="505050"/>
         </w:rPr>
         <w:t>property</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="009C0A91" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E50E10" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">(“Premises”), </w:t>
       </w:r>
       <w:r w:rsidR="00724E7D" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">which Premises is </w:t>
       </w:r>
       <w:r w:rsidR="00E50E10" w:rsidRPr="00EC317C">
-        <w:lastRenderedPageBreak/>
         <w:t>more particularly described</w:t>
       </w:r>
       <w:r w:rsidR="00015688" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:r w:rsidR="00015688" w:rsidRPr="00EE3B0C">
         <w:t>Exhibit A</w:t>
       </w:r>
       <w:r w:rsidR="00724E7D" w:rsidRPr="00EE3B0C">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidR="00015688" w:rsidRPr="00906C4A">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00724E7D" w:rsidRPr="00906C4A">
         <w:t xml:space="preserve">shown </w:t>
       </w:r>
       <w:r w:rsidR="00FD7881" w:rsidRPr="00906C4A">
         <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r w:rsidR="00BE02D4" w:rsidRPr="00906C4A">
         <w:t xml:space="preserve">the </w:t>
@@ -1029,272 +1078,259 @@
       </w:r>
       <w:r w:rsidR="00724E7D" w:rsidRPr="00EE3B0C">
         <w:t>Exhibit B</w:t>
       </w:r>
       <w:r w:rsidR="00724E7D" w:rsidRPr="00EE3B0C">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r w:rsidR="00724E7D" w:rsidRPr="00906C4A">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00724E7D" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">both of which are incorporated herein and </w:t>
       </w:r>
       <w:r w:rsidR="00A046ED" w:rsidRPr="00EC317C">
         <w:t>attached hereto.</w:t>
       </w:r>
       <w:r w:rsidR="00DC4471">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009C7A03">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="009C7A03" w:rsidRPr="00AB19DD">
+      <w:r w:rsidR="009C7A03" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
         </w:rPr>
         <w:t>Use the following sentence if the CR has two Grantees</w:t>
       </w:r>
-      <w:r w:rsidR="00AB19DD" w:rsidRPr="00AB19DD">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00AB19DD" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="004A12F3" w:rsidRPr="00AB19DD">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="004A12F3" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
         </w:rPr>
         <w:t>As used herein, the terms “Grantee” and “Grantees” shall refer to the Primary Grantee and the Secondary Grantee collectively</w:t>
       </w:r>
-      <w:r w:rsidR="002D3297" w:rsidRPr="00AB19DD">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="002D3297" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00AB19DD">
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B596817" w14:textId="1252FA3E" w:rsidR="00E50E10" w:rsidRDefault="00E50E10" w:rsidP="00020662">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73CA9360" w14:textId="5C7142CC" w:rsidR="003671FA" w:rsidRPr="00560A1D" w:rsidRDefault="003671FA" w:rsidP="003671FA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="2"/>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="000B44C0">
-[...17 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fee interest in the Premises </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidRPr="000B44C0">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000B44C0">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
         </w:rPr>
         <w:t>Conservation Restriction</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">] </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>was acquired utilizing, in part, Community Preservation Act funds pursuant to Chapter 44B of the Massachusetts General Laws, which funds were authorized for such purposes by a vote of the [</w:t>
       </w:r>
-      <w:r w:rsidRPr="003671FA">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>enter municipality name</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>] Town Meeting [</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE3B0C">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE3B0C">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> City Council Meeting</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">] </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">held </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>on [</w:t>
       </w:r>
-      <w:r w:rsidRPr="005928C3">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>enter date of Town Meeting or City Council Meeting that authorized used of CPA funds</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>], a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">n attested </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">copy of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>which vote</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> is attached hereto as Exhibit C</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (the “CPA Vote”)</w:t>
       </w:r>
       <w:commentRangeEnd w:id="2"/>
-      <w:r w:rsidR="00BD0BCF">
+      <w:r w:rsidR="0057556A">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:kern w:val="28"/>
         </w:rPr>
         <w:commentReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:commentRangeStart w:id="3"/>
       <w:r>
         <w:t>Pursuant to Section 12(b) of Chapter 44B of the Massachusetts General Laws, and pursuant to the CPA Vote</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the fee interest in the Premises, and therefore the management of the Premises, is under the care, custody, and control of the Conservation Commission of the City/Town of ______.</w:t>
       </w:r>
       <w:commentRangeEnd w:id="3"/>
-      <w:r>
+      <w:r w:rsidR="0057556A">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:kern w:val="28"/>
         </w:rPr>
         <w:commentReference w:id="3"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="449CC140" w14:textId="77777777" w:rsidR="00560A1D" w:rsidRPr="00EC317C" w:rsidRDefault="00560A1D" w:rsidP="00020662">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FFB304C" w14:textId="041F89DF" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="00E50E10" w:rsidP="00DF30F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -1348,121 +1384,121 @@
       </w:r>
       <w:r w:rsidRPr="00DD74BA">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidR="00544086" w:rsidRPr="00DD74BA">
         <w:t>ensure</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD74BA">
         <w:t xml:space="preserve"> that the Premises will be maintained in </w:t>
       </w:r>
       <w:r w:rsidR="00A700A0" w:rsidRPr="00DD74BA">
         <w:t>perpetuity</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD74BA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00771B13" w:rsidRPr="00DD74BA">
         <w:t xml:space="preserve">in its natural, </w:t>
       </w:r>
       <w:r w:rsidR="006F4EA5" w:rsidRPr="00DD74BA">
         <w:t>scenic,</w:t>
       </w:r>
       <w:r w:rsidR="00771B13" w:rsidRPr="00DD74BA">
         <w:t xml:space="preserve"> or open condition [</w:t>
       </w:r>
-      <w:r w:rsidR="00BA7DCC">
+      <w:r w:rsidR="00BA7DCC" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>and, if applicable, choose which may apply,</w:t>
       </w:r>
-      <w:r w:rsidR="00771B13" w:rsidRPr="00EE3B0C">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00771B13" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004965DE">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="004965DE" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>and available for</w:t>
       </w:r>
-      <w:r w:rsidR="00771B13" w:rsidRPr="00EE3B0C">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00771B13" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> agricultural</w:t>
       </w:r>
-      <w:r w:rsidR="00CB2C66">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00CB2C66" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> use,</w:t>
       </w:r>
-      <w:r w:rsidR="00771B13" w:rsidRPr="00EE3B0C">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00771B13" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> forest</w:t>
       </w:r>
-      <w:r w:rsidR="00CB2C66">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00CB2C66" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>ry</w:t>
       </w:r>
-      <w:r w:rsidR="00771B13" w:rsidRPr="00EE3B0C">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00771B13" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> use</w:t>
       </w:r>
-      <w:r w:rsidR="0017201F" w:rsidRPr="00EB4251">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="0017201F" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="2167458D" w:rsidRPr="00EB4251">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="2167458D" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">passive outdoor </w:t>
       </w:r>
-      <w:r w:rsidR="0017201F" w:rsidRPr="00EB4251">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="0017201F" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>recreational use</w:t>
       </w:r>
-      <w:r w:rsidR="00CB2C66">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00CB2C66" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>, or community park use</w:t>
       </w:r>
       <w:r w:rsidR="00771B13" w:rsidRPr="00DD74BA">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD74BA">
         <w:t xml:space="preserve">, and to prevent any use or change that would </w:t>
       </w:r>
       <w:r w:rsidR="00E97F41" w:rsidRPr="00DD74BA">
         <w:t xml:space="preserve">materially </w:t>
       </w:r>
       <w:r w:rsidR="005B3EC7">
         <w:t>impair</w:t>
       </w:r>
       <w:r w:rsidR="00EB4251">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A30188" w:rsidRPr="00DD74BA">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00360138" w:rsidRPr="00DD74BA">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD74BA">
@@ -1474,1005 +1510,887 @@
       <w:r w:rsidR="008A60CB" w:rsidRPr="00DD74BA">
         <w:t xml:space="preserve">alues </w:t>
       </w:r>
       <w:r w:rsidR="00360138" w:rsidRPr="00DD74BA">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="008A60CB" w:rsidRPr="00DD74BA">
         <w:t>as defined below</w:t>
       </w:r>
       <w:r w:rsidR="00360138" w:rsidRPr="00DD74BA">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD74BA">
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1636DFC7" w14:textId="4B1514D9" w:rsidR="00674375" w:rsidRPr="00EC317C" w:rsidRDefault="00674375" w:rsidP="00020662">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5233A431" w14:textId="4C903FD2" w:rsidR="005D0081" w:rsidRPr="00EC317C" w:rsidRDefault="00BE02D4" w:rsidP="00020662">
+    <w:p w14:paraId="5233A431" w14:textId="4C903FD2" w:rsidR="005D0081" w:rsidRPr="009D5761" w:rsidRDefault="00BE02D4" w:rsidP="00020662">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="004473D8" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>Choose from below,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if applicable, for </w:t>
+      </w:r>
+      <w:r w:rsidR="004473D8" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>CRs connected with state or federal funding</w:t>
+      </w:r>
+      <w:r w:rsidR="005D0081" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E317C5" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D0081" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">permits, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E317C5" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>etc</w:t>
+      </w:r>
+      <w:r w:rsidR="005D0081" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="222ECFE8" w14:textId="77777777" w:rsidR="005D0081" w:rsidRPr="00EC317C" w:rsidRDefault="005D0081" w:rsidP="00020662">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="658223BB" w14:textId="153BB274" w:rsidR="005D0081" w:rsidRPr="00EC317C" w:rsidRDefault="005D0081" w:rsidP="00020662">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E97F41">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Permit </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF16BA" w:rsidRPr="00E97F41">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Requirement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E97F41">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="004A5E19" w:rsidRPr="00E97F41">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE02D4" w:rsidRPr="00E97F41">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE02D4" w:rsidRPr="00EC317C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Conservation Restriction is required by </w:t>
+      </w:r>
+      <w:r w:rsidR="00B174A1" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00B174A1" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>Describe</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE02D4" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all permits by issuing agency and permit number and recording information </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>and a brief description of the permitted activity or project, i.e., commercial development, subdivision</w:t>
+      </w:r>
+      <w:r w:rsidR="00694D8C" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>, etc</w:t>
+      </w:r>
+      <w:r w:rsidR="00694D8C" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B174A1" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0094C665" w14:textId="77777777" w:rsidR="004A5E19" w:rsidRPr="004A5E19" w:rsidRDefault="004A5E19" w:rsidP="005D0081">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC317C">
-[...2 lines deleted...]
-        </w:rPr>
+    </w:p>
+    <w:p w14:paraId="708BFFCB" w14:textId="5E821A12" w:rsidR="007B288D" w:rsidRPr="00EC317C" w:rsidRDefault="007B288D" w:rsidP="007B288D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC317C">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="004473D8" w:rsidRPr="00EC317C">
+      <w:r w:rsidRPr="00EC317C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>LAND Grant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
+        <w:t xml:space="preserve">] The </w:t>
+      </w:r>
+      <w:r w:rsidR="000B44C0">
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="000B44C0" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fee interest in the Premises </w:t>
+      </w:r>
+      <w:r w:rsidR="00074869" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="000B44C0" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B44C0" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>Conservation Restriction</w:t>
+      </w:r>
+      <w:r w:rsidR="000B44C0">
+        <w:t xml:space="preserve">] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
+        <w:t>was acquired utilizing, in part, assistance from the Local Acquisitions for Natural Diversity (LAND) program pursuant to Section 11 of Chapter 132A of the Massachusetts General Laws and Section 2A of Chapter 286 of the Acts of 2014, and therefore the Premises is subject to a LAND Grant Project Agreement (“Project Agreement”) recorded at the [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005928C3">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">enter </w:t>
+      </w:r>
+      <w:r w:rsidR="005928C3" w:rsidRPr="005928C3">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>proper name</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
+        <w:t xml:space="preserve">] Registry of Deeds in Book _____ Page _____. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45E10AD4" w14:textId="77777777" w:rsidR="007B288D" w:rsidRPr="00EC317C" w:rsidRDefault="007B288D" w:rsidP="007B288D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6569390F" w14:textId="09EF13B7" w:rsidR="007B288D" w:rsidRPr="00EC317C" w:rsidRDefault="007B288D" w:rsidP="007B288D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Hlk23347854"/>
+      <w:r w:rsidRPr="00EC317C">
+        <w:lastRenderedPageBreak/>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Conservation Partnership</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
+        <w:t xml:space="preserve">] The </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4251">
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4251" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fee interest in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Premises </w:t>
+      </w:r>
+      <w:r w:rsidR="00074869" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4251" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B44C0" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>Conservation Restriction</w:t>
+      </w:r>
+      <w:r w:rsidR="000B44C0">
+        <w:t xml:space="preserve">] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
+        <w:t xml:space="preserve">was acquired utilizing, in part, assistance from the Conservation Partnership program which requires, </w:t>
+      </w:r>
+      <w:r w:rsidR="00196AB9">
+        <w:t xml:space="preserve">pursuant to </w:t>
+      </w:r>
+      <w:r w:rsidR="00196AB9" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:i/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00EC317C">
+        </w:rPr>
+        <w:t>Section 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00196AB9">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:i/>
-[...4 lines deleted...]
-      <w:r w:rsidR="004473D8" w:rsidRPr="00EC317C">
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00196AB9" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:i/>
-[...4 lines deleted...]
-      <w:r w:rsidR="005D0081" w:rsidRPr="00EC317C">
+        </w:rPr>
+        <w:t xml:space="preserve"> of Chapter 286 of the Acts of 2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
+        <w:t>, the conveyance of this Conservation Restriction.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w14:paraId="10BEF0AF" w14:textId="1CF50893" w:rsidR="007B288D" w:rsidRPr="00EC317C" w:rsidRDefault="007B288D" w:rsidP="007B288D">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:i/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00E317C5">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08242333" w14:textId="5E1416EE" w:rsidR="007B288D" w:rsidRPr="00EC317C" w:rsidRDefault="007B288D" w:rsidP="007B288D">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:i/>
-[...4 lines deleted...]
-      <w:r w:rsidR="005D0081" w:rsidRPr="00EC317C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:i/>
-[...23 lines deleted...]
-        <w:jc w:val="both"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>Landscape Partnership</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00E97F41">
+        <w:t xml:space="preserve">] The </w:t>
+      </w:r>
+      <w:r w:rsidR="000B44C0">
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="000B44C0" w:rsidRPr="009D5761">
+        <w:t xml:space="preserve">fee interest in the Premises </w:t>
+      </w:r>
+      <w:r w:rsidR="00074869" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="000B44C0" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B44C0" w:rsidRPr="009D5761">
+        <w:t>Conservation Restriction</w:t>
+      </w:r>
+      <w:r w:rsidR="000B44C0">
+        <w:t xml:space="preserve">] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>was acquired utilizing, in part, assistance from the Landscape Partnership program pursuant to Section 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00196AB9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Chapter 286 of the Acts of 2014 (the “Landscape Partnership Grant”), and therefore the Premises is subject to a Landscape Partnership Grant Program Project Agreement (“Project Agreement”) recorded at the [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b/>
-          <w:u w:val="single"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00DF16BA" w:rsidRPr="00E97F41">
+          <w:i/>
+        </w:rPr>
+        <w:t>enter county</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>] County Registry of Deeds at Book _______ Page _____.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D6702CA" w14:textId="77777777" w:rsidR="007B288D" w:rsidRPr="00EC317C" w:rsidRDefault="007B288D" w:rsidP="007B288D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23E2E01E" w14:textId="28253995" w:rsidR="007B288D" w:rsidRPr="00EC317C" w:rsidRDefault="007B288D" w:rsidP="007B288D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Hlk23347863"/>
+      <w:r w:rsidRPr="00EC317C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b/>
-          <w:u w:val="single"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E97F41">
+        </w:rPr>
+        <w:t>PARC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>]</w:t>
-[...98 lines deleted...]
-      <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">] The </w:t>
       </w:r>
       <w:r w:rsidR="000B44C0">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="000B44C0" w:rsidRPr="000B44C0">
-[...17 lines deleted...]
-      <w:r w:rsidR="00074869">
+      <w:r w:rsidR="000B44C0" w:rsidRPr="009D5761">
+        <w:t xml:space="preserve">fee interest in the Premises </w:t>
+      </w:r>
+      <w:r w:rsidR="00D560AB" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="000B44C0" w:rsidRPr="000B44C0">
+      <w:r w:rsidR="000B44C0" w:rsidRPr="009D5761">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000B44C0" w:rsidRPr="000B44C0">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="000B44C0" w:rsidRPr="009D5761">
         <w:t>Conservation Restriction</w:t>
       </w:r>
       <w:r w:rsidR="000B44C0">
         <w:t xml:space="preserve">] </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
-        <w:t>was acquired utilizing, in part, assistance from the Local Acquisitions for Natural Diversity (LAND) program pursuant to Section 11 of Chapter 132A of the Massachusetts General Laws and Section 2A of Chapter 286 of the Acts of 2014, and therefore the Premises is subject to a LAND Grant Project Agreement (“Project Agreement”) recorded at the [</w:t>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">was acquired utilizing, in part, assistance from the Parkland Acquisitions and Renovations for Communities (PARC) program </w:t>
+      </w:r>
+      <w:r w:rsidR="00196AB9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pursuant to </w:t>
+      </w:r>
+      <w:r w:rsidR="00196AB9" w:rsidRPr="00EC317C">
+        <w:t>Section 2A of Chapter 286 of the Acts of 2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, and therefore the Premises is subject to a Project Agreement (</w:t>
+      </w:r>
+      <w:r w:rsidR="00116C35">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>PARC Project Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00116C35">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>) recorded at the [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>enter county</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>] County Registry of Deeds at Book _______ Page _____.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w14:paraId="51BCA58E" w14:textId="77777777" w:rsidR="007B288D" w:rsidRPr="00EC317C" w:rsidRDefault="007B288D" w:rsidP="007B288D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D281D70" w14:textId="0614FAF3" w:rsidR="007B288D" w:rsidRPr="00EC317C" w:rsidRDefault="007B288D" w:rsidP="007B288D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC317C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Drinking Water Supply Protection Program</w:t>
       </w:r>
       <w:r w:rsidRPr="005928C3">
         <w:rPr>
-          <w:bCs/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="000B44C0">
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="000B44C0" w:rsidRPr="009D5761">
+        <w:t xml:space="preserve">fee interest in the Premises </w:t>
+      </w:r>
+      <w:r w:rsidR="00D560AB" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">enter </w:t>
-[...60 lines deleted...]
-        </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00EB4251" w:rsidRPr="000B44C0">
+      <w:r w:rsidR="000B44C0" w:rsidRPr="009D5761">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000B44C0" w:rsidRPr="000B44C0">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="000B44C0" w:rsidRPr="009D5761">
         <w:t>Conservation Restriction</w:t>
       </w:r>
       <w:r w:rsidR="000B44C0">
         <w:t xml:space="preserve">] </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
-        <w:t xml:space="preserve">was acquired utilizing, in part, assistance from the Conservation Partnership program which requires, </w:t>
-[...5 lines deleted...]
-      <w:r w:rsidR="00196AB9" w:rsidRPr="00EC317C">
+        <w:t>was acquired utilizing, in part, assistance from the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Section 2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00196AB9">
+        <w:t xml:space="preserve"> Drinking Water Supply Protection program, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00196AB9" w:rsidRPr="00EC317C">
+          <w:bCs/>
+        </w:rPr>
+        <w:t>pursuant to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of Chapter 286 of the Acts of 2014</w:t>
-[...25 lines deleted...]
-        <w:t>[</w:t>
+        <w:t xml:space="preserve"> Chapter 312 of the Acts of 2008, § 2A, 2200-7017 and therefore the Premises is subject to a Project Agreement recorded with [</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b/>
-        </w:rPr>
-        <w:t>Landscape Partnership</w:t>
+          <w:i/>
+        </w:rPr>
+        <w:t>enter county</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>] Registry of Deeds at Book _______, Page _____.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16FE3E43" w14:textId="77777777" w:rsidR="007B288D" w:rsidRPr="00EC317C" w:rsidRDefault="007B288D" w:rsidP="007B288D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32A74B62" w14:textId="549B1B18" w:rsidR="007B288D" w:rsidRPr="00EC317C" w:rsidRDefault="007B288D" w:rsidP="007B288D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Hlk23347871"/>
+      <w:r w:rsidRPr="00EC317C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Land and Water Conservation Fund</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">] The </w:t>
       </w:r>
       <w:r w:rsidR="000B44C0">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="000B44C0" w:rsidRPr="000B44C0">
-[...17 lines deleted...]
-      <w:r w:rsidR="00074869" w:rsidRPr="00074869">
+      <w:r w:rsidR="000B44C0" w:rsidRPr="009D5761">
+        <w:t xml:space="preserve">fee interest in the Premises </w:t>
+      </w:r>
+      <w:r w:rsidR="00D560AB" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="000B44C0" w:rsidRPr="000B44C0">
+      <w:r w:rsidR="000B44C0" w:rsidRPr="009D5761">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000B44C0" w:rsidRPr="000B44C0">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="000B44C0" w:rsidRPr="009D5761">
         <w:t>Conservation Restriction</w:t>
       </w:r>
       <w:r w:rsidR="000B44C0">
         <w:t xml:space="preserve">] </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>was acquired utilizing, in part, assistance from the Landscape Partnership program pursuant to Section 2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00196AB9">
+        <w:t xml:space="preserve">was acquired utilizing, in part, assistance from the National Park Service Land and Water Conservation Fund (L&amp;WCF), authorized by the Land and Water Conservation Fund Act of 1965, Stat. 897 (1964), </w:t>
+      </w:r>
+      <w:r w:rsidR="00232078">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>A</w:t>
+        <w:t xml:space="preserve">Public Law 88-578, </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of Chapter 286 of the Acts of 2014 (the “Landscape Partnership Grant”), and therefore the Premises is subject to a Landscape Partnership Grant Program Project Agreement (“Project Agreement”) recorded at the [</w:t>
+        <w:t>as it may be amended, such assistance described under Project Agreement Number #_______________, recorded at the [</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>enter county</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>] County Registry of Deeds at Book _______ Page _____.</w:t>
-[...26 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        <w:t>] Registry of Deeds at Book _____ Page _____.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p w14:paraId="5703CD89" w14:textId="77777777" w:rsidR="007B288D" w:rsidRPr="00EC317C" w:rsidRDefault="007B288D" w:rsidP="007B288D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47F0DFEE" w14:textId="22B710FC" w:rsidR="007B288D" w:rsidRPr="00EC317C" w:rsidRDefault="007B288D" w:rsidP="007B288D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC317C">
+        <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>PARC</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">] The </w:t>
+        <w:t>[Conservation Land Tax Credit]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
+        <w:rPr>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="000B44C0">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="000B44C0" w:rsidRPr="000B44C0">
-[...17 lines deleted...]
-      <w:r w:rsidR="00D560AB">
+      <w:r w:rsidR="000B44C0" w:rsidRPr="009D5761">
+        <w:t xml:space="preserve">fee interest in the Premises </w:t>
+      </w:r>
+      <w:r w:rsidR="00D560AB" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="000B44C0" w:rsidRPr="000B44C0">
+      <w:r w:rsidR="000B44C0" w:rsidRPr="009D5761">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000B44C0" w:rsidRPr="000B44C0">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="000B44C0" w:rsidRPr="009D5761">
         <w:t>Conservation Restriction</w:t>
       </w:r>
       <w:r w:rsidR="000B44C0">
         <w:t xml:space="preserve">] </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-[...375 lines deleted...]
-        <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>was acquired utilizing, in part, the Conversation Land Tax Credit Program authorized under the Chapter 509 Acts of 2008 Sections 1-4 as amended by Chapter 409 Acts of 2010 Sections 4-13 of the Massachusetts General Court.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7ECB7B28" w14:textId="77777777" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="00E50E10" w:rsidP="00020662">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F40BB98" w14:textId="443EFC8C" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="00A700A0" w:rsidP="00020662">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidR="00E50E10" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -2482,389 +2400,340 @@
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Conservation Values </w:t>
       </w:r>
       <w:r w:rsidR="00A13AD1">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">protected by this Conservation Restriction </w:t>
       </w:r>
       <w:r w:rsidR="00E50E10" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>include the following</w:t>
       </w:r>
       <w:r w:rsidR="00DA04FE" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51699F0B" w14:textId="77777777" w:rsidR="00B3077B" w:rsidRPr="00EC317C" w:rsidRDefault="00B3077B" w:rsidP="00020662">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69C46C72" w14:textId="19CF5924" w:rsidR="00DE297B" w:rsidRPr="005928C3" w:rsidRDefault="003A754A" w:rsidP="00020662">
+    <w:p w14:paraId="69C46C72" w14:textId="19CF5924" w:rsidR="00DE297B" w:rsidRPr="009D5761" w:rsidRDefault="003A754A" w:rsidP="00020662">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EC317C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00FC308F">
+      <w:r w:rsidR="00FC308F" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve">Use the </w:t>
       </w:r>
-      <w:r w:rsidR="00206917">
+      <w:r w:rsidR="00206917" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>examples</w:t>
       </w:r>
-      <w:r w:rsidR="005628D6" w:rsidRPr="005928C3">
+      <w:r w:rsidR="005628D6" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> listed below </w:t>
       </w:r>
-      <w:r w:rsidRPr="005928C3">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>that apply to the Premises</w:t>
       </w:r>
-      <w:r w:rsidR="00FC308F">
+      <w:r w:rsidR="00FC308F" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> and adapt them to the specific conditions of the </w:t>
       </w:r>
-      <w:r w:rsidR="005B3137">
+      <w:r w:rsidR="005B3137" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>Premises and</w:t>
       </w:r>
-      <w:r w:rsidR="0005544A">
+      <w:r w:rsidR="0005544A" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> add other Conservation Values not stated below as applicable</w:t>
       </w:r>
-      <w:r w:rsidRPr="005928C3">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>. Provide detailed information</w:t>
       </w:r>
-      <w:r w:rsidR="00A329BB" w:rsidRPr="005928C3">
+      <w:r w:rsidR="00A329BB" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005928C3">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>rather than broad generaliti</w:t>
       </w:r>
-      <w:r w:rsidR="007C4547" w:rsidRPr="005928C3">
+      <w:r w:rsidR="007C4547" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
-      <w:r w:rsidR="005B3137">
+      <w:r w:rsidR="005B3137" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="007C4547" w:rsidRPr="005928C3">
+      <w:r w:rsidR="007C4547" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="0005544A">
+      <w:r w:rsidR="0005544A" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="0005544A" w:rsidRPr="005928C3">
+        </w:rPr>
+        <w:t xml:space="preserve">Conservation Values </w:t>
+      </w:r>
+      <w:r w:rsidR="007C4547" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="0005544A">
+        </w:rPr>
+        <w:t xml:space="preserve">should sufficiently describe the features of </w:t>
+      </w:r>
+      <w:r w:rsidR="0005544A" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="0005544A" w:rsidRPr="005928C3">
+        </w:rPr>
+        <w:t>the Premises</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="007C4547" w:rsidRPr="005928C3">
+        </w:rPr>
+        <w:t xml:space="preserve"> that </w:t>
+      </w:r>
+      <w:r w:rsidR="007C4547" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="0005544A">
+        </w:rPr>
+        <w:t>necessitate its permanent protection and that provide a significant public benefit</w:t>
+      </w:r>
+      <w:r w:rsidR="005928C3" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005928C3">
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005928C3" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:i/>
-[...26 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="582F689A" w14:textId="48DE9B21" w:rsidR="003A754A" w:rsidRPr="00EC317C" w:rsidRDefault="003A754A" w:rsidP="00020662">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2DCCB842" w14:textId="584CE67B" w:rsidR="003A754A" w:rsidRPr="00EC317C" w:rsidRDefault="000B0F16" w:rsidP="00026297">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Open Space</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="003A754A" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>The Premises contributes to the protection of the scenic and natural character of ___________ and the protection of the Premises will enhance the open-space value of these and nearby lands</w:t>
+        <w:t xml:space="preserve">The Premises contributes to the protection of the scenic and natural character of ___________ and the protection of the Premises will enhance the open-space value of </w:t>
+      </w:r>
+      <w:r w:rsidR="003A754A" w:rsidRPr="00EC317C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>these and nearby lands</w:t>
       </w:r>
       <w:r w:rsidR="00DC547D" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="008B03AD" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> The Premises abuts land already conserved</w:t>
       </w:r>
       <w:r w:rsidR="00026297" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, including</w:t>
       </w:r>
       <w:r w:rsidR="008B03AD" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008B03AD" w:rsidRPr="00EC317C">
+      <w:r w:rsidR="008B03AD" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve">[If applicable, list abutting or nearby lands already conserved, e.g., ‘the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00026297" w:rsidRPr="00EC317C">
+      <w:r w:rsidR="00026297" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>12,455 acre</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00026297" w:rsidRPr="00EC317C">
+      <w:r w:rsidR="00026297" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008B03AD" w:rsidRPr="00EC317C">
+      <w:r w:rsidR="008B03AD" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve">Mount Greylock </w:t>
       </w:r>
-      <w:r w:rsidR="00026297" w:rsidRPr="00EC317C">
+      <w:r w:rsidR="00026297" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>State Reservation</w:t>
       </w:r>
-      <w:r w:rsidR="00C15D04" w:rsidRPr="00EC317C">
+      <w:r w:rsidR="00C15D04" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidR="00026297" w:rsidRPr="00EC317C">
+      <w:r w:rsidR="00026297" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21C58D6D" w14:textId="77777777" w:rsidR="00DC547D" w:rsidRPr="00EC317C" w:rsidRDefault="00DC547D" w:rsidP="00020662">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32CF5315" w14:textId="34FE12BD" w:rsidR="003A754A" w:rsidRPr="00EC317C" w:rsidRDefault="003A754A" w:rsidP="00020662">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
@@ -2879,104 +2748,99 @@
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>lain</w:t>
       </w:r>
       <w:r w:rsidR="000B0F16" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
+      <w:r w:rsidR="00B04821" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Enter ‘majority’ or acreage or ‘a portion of’, as applicable] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>of the Premises lies w</w:t>
+      </w:r>
       <w:r w:rsidR="00B04821" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:i/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00EC317C">
+        </w:rPr>
+        <w:t>ithin the 100-year floodplain</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB5852" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>of the Premises lies w</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B04821" w:rsidRPr="00EC317C">
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB5852" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00DB5852" w:rsidRPr="00EC317C">
+          <w:i/>
+        </w:rPr>
+        <w:t>[Enter the name of the river/stream/water body</w:t>
+      </w:r>
+      <w:r w:rsidR="001A42AD" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00DB5852" w:rsidRPr="00EC317C">
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and reference the data source</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB5852" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="001A42AD">
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="00B04821" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:i/>
-[...15 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">The protection of this floodplain will ensure the continued availability of this flood storage during major storm events.     </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56B32737" w14:textId="77777777" w:rsidR="00B04821" w:rsidRPr="00EC317C" w:rsidRDefault="00B04821" w:rsidP="00B04821">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31F459F9" w14:textId="37AFF372" w:rsidR="00B04821" w:rsidRPr="00EC317C" w:rsidRDefault="00B04821" w:rsidP="00B04821">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
@@ -2989,127 +2853,112 @@
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Soils</w:t>
       </w:r>
       <w:r w:rsidR="00CE74F4" w:rsidRPr="005B3137">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Soil Health</w:t>
       </w:r>
       <w:r w:rsidRPr="005B3137">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>. The Premises includes ____</w:t>
       </w:r>
       <w:r w:rsidR="00135D9F" w:rsidRPr="005B3137">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AB4794" w:rsidRPr="005B3137">
+      <w:r w:rsidR="00AB4794" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve">[Enter acreage or ‘a majority of’ or ‘a portion of’ as preferred] </w:t>
       </w:r>
       <w:r w:rsidRPr="005B3137">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B3137">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve">[Enter </w:t>
       </w:r>
-      <w:r w:rsidR="008B03AD" w:rsidRPr="005B3137">
+      <w:r w:rsidR="008B03AD" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve">all </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B3137">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>Farm and Forest Land soil type</w:t>
       </w:r>
-      <w:r w:rsidR="008B03AD" w:rsidRPr="005B3137">
+      <w:r w:rsidR="008B03AD" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>s that apply</w:t>
       </w:r>
-      <w:r w:rsidRPr="005B3137">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> of Unique Importance, Farmland of Statewide Importance, Prime Forest Land, Forest Land of Statewide Importance, Forest Land of Local Importance, etc. Use Mass GIS’ OLIVER to explore these soil types - </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">, e.g., Prime Farmland, Farmland of Unique Importance, Farmland of Statewide Importance, Prime Forest Land, Forest Land of Statewide Importance, Forest Land of Local Importance, etc. Use Mass GIS’ OLIVER to explore these soil types - </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00EC317C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             <w:i/>
           </w:rPr>
           <w:t>http://maps.massgis.state.ma.us/map_ol/oliver.php</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EC317C">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve">] </w:t>
       </w:r>
       <w:r w:rsidR="00C91D9E" w:rsidRPr="00C91D9E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
         <w:t>as identified by the USDA Natural Resources Conservation Service.</w:t>
       </w:r>
       <w:r w:rsidR="00D019B5">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> The protection of the Premises will promote healthy soils and </w:t>
       </w:r>
       <w:r w:rsidR="00302807">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">healthy soils practices as such terms are defined in </w:t>
       </w:r>
       <w:r w:rsidR="00FE6691">
@@ -3226,150 +3075,142 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00026297" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>the protection of which aligns with NHESP’s wildlife and habitat protection objectives</w:t>
       </w:r>
       <w:r w:rsidR="003A754A" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C91D9E">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>[Look for other NHESP characteristics, such as vernal pools, potential habitat, and natural communities]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A59685C" w14:textId="77777777" w:rsidR="00DC547D" w:rsidRPr="00EC317C" w:rsidRDefault="00DC547D" w:rsidP="00020662">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23054F3D" w14:textId="51DB84AC" w:rsidR="005628D6" w:rsidRPr="00EC317C" w:rsidRDefault="00694D8C" w:rsidP="00020662">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Public Access</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="003A754A" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Public access </w:t>
       </w:r>
       <w:r w:rsidR="002541A1" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">to the Premises will be allowed for </w:t>
       </w:r>
-      <w:r w:rsidR="002541A1" w:rsidRPr="00EC317C">
+      <w:r w:rsidR="002541A1" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>[Enter activities, e.g., passive outdoor recreation, education, nature stud</w:t>
       </w:r>
-      <w:r w:rsidR="00D3718B" w:rsidRPr="00EC317C">
+      <w:r w:rsidR="00D3718B" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>y.</w:t>
       </w:r>
-      <w:r w:rsidR="00923103" w:rsidRPr="00EE3B0C">
+      <w:r w:rsidR="00923103" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002541A1" w:rsidRPr="00EE3B0C">
+      <w:r w:rsidR="002541A1" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>Also explain here how the Premises connects with other Public Acces</w:t>
       </w:r>
-      <w:r w:rsidR="00D3718B" w:rsidRPr="00EE3B0C">
+      <w:r w:rsidR="00D3718B" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>s opportunities, if applicable.</w:t>
       </w:r>
-      <w:r w:rsidR="00D3718B" w:rsidRPr="00EE3B0C">
+      <w:r w:rsidR="00D3718B" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> E.g., ‘The Premises will permanently conserve 1.3 miles of the Bay Circuit Trail &amp; Greenway, a 230-mile trail that connects 37 towns in the Greater Boston area from Plum Island to Kingston Bay and provides close-to-home multi-use recreational opportunities to millions of Massachusetts residents.’</w:t>
       </w:r>
-      <w:r w:rsidR="00923103">
+      <w:r w:rsidR="00923103" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DBDAB62" w14:textId="77777777" w:rsidR="00323D74" w:rsidRPr="00EC317C" w:rsidRDefault="00323D74" w:rsidP="00020662">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10648860" w14:textId="5B9AD794" w:rsidR="002541A1" w:rsidRPr="00EC317C" w:rsidRDefault="004453C9" w:rsidP="002541A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Biodiversity</w:t>
@@ -3394,73 +3235,71 @@
       </w:r>
       <w:r w:rsidR="00445832">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>includes areas designated</w:t>
       </w:r>
       <w:r w:rsidR="00445832" w:rsidRPr="00EE3B0C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D6CBE" w:rsidRPr="00EE3B0C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidR="008D6CBE">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002541A1" w:rsidRPr="00EC317C">
+      <w:r w:rsidR="002541A1" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve">[Enter here the components of BioMap2 that overlap with the Premises, e.g., Core Habitat, Critical Natural Landscape, - </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="002541A1" w:rsidRPr="00EC317C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             <w:i/>
           </w:rPr>
           <w:t>http://maps.massgis.state.ma.us/dfg/biomap2.htm</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="002541A1" w:rsidRPr="00EC317C">
+      <w:r w:rsidR="002541A1" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve">], </w:t>
       </w:r>
       <w:r w:rsidR="002541A1" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>as defined by the Massachusetts Natural Heritage and Endangered Species Program. BioMap2, published in 2010, was designed to guide strategic biodiversity conservation in Massachusetts over the next decade by focusing land protection and stewardship on the areas that are most critical for ensuring the long-term persistence of rare and other native species and their habitats, exemplary natural communities, and a diversity of ecosystems. </w:t>
       </w:r>
       <w:r w:rsidR="002541A1" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>BioMap2</w:t>
       </w:r>
       <w:r w:rsidR="002541A1" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t> is also designed to include the habitats and species of conservation concern identified in the State Wildlife Action Plan</w:t>
       </w:r>
       <w:r w:rsidR="003A754A" w:rsidRPr="00EC317C">
         <w:rPr>
@@ -3468,50 +3307,51 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BD08012" w14:textId="77777777" w:rsidR="00323D74" w:rsidRPr="00EC317C" w:rsidRDefault="00323D74" w:rsidP="00332934">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70DD33C1" w14:textId="13C297F8" w:rsidR="004549B6" w:rsidRPr="004549B6" w:rsidRDefault="004453C9" w:rsidP="00D87AFD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00617B70">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Habitat Connectivity and Ecosystem Integrity</w:t>
       </w:r>
       <w:r w:rsidR="00621DCE" w:rsidRPr="00617B70">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00621DCE" w:rsidRPr="29D98B71">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> The </w:t>
       </w:r>
       <w:r w:rsidR="00434F20">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">Premises includes areas </w:t>
       </w:r>
       <w:r w:rsidR="00B53D63">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
@@ -3525,65 +3365,63 @@
       </w:r>
       <w:r w:rsidR="00B82F4A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> (CAPS)</w:t>
       </w:r>
       <w:r w:rsidR="00621DCE" w:rsidRPr="29D98B71">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B82F4A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">as </w:t>
       </w:r>
       <w:r w:rsidR="00B82F4A" w:rsidRPr="00617B70">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00B82F4A" w:rsidRPr="00617B70">
+      <w:r w:rsidR="00B82F4A" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>Describe here the CAPS designation</w:t>
       </w:r>
-      <w:r w:rsidR="00D87AFD" w:rsidRPr="00617B70">
+      <w:r w:rsidR="00D87AFD" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
       <w:r w:rsidR="00D87AFD">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidR="005A201E" w:rsidRPr="00923283">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           </w:rPr>
           <w:t>https://www.umass.edu/landeco/research/caps/data/iei/iei.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B82F4A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">]. CAPS </w:t>
       </w:r>
       <w:r w:rsidR="00621DCE" w:rsidRPr="00B82F4A">
@@ -3613,121 +3451,93 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Water Quality</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="005928C3">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00332934" w:rsidRPr="00E97F41">
+      <w:r w:rsidR="00332934" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>Explain here how protection of the Premises will maintain or improve water quality on the Premises or in a connected water body.</w:t>
       </w:r>
-      <w:r w:rsidR="00332934" w:rsidRPr="00E97F41">
+      <w:r w:rsidR="00332934" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> E.g., </w:t>
       </w:r>
-      <w:r w:rsidR="000E1AF4" w:rsidRPr="000E1AF4">
+      <w:r w:rsidR="000E1AF4" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>‘</w:t>
       </w:r>
-      <w:r w:rsidR="00E97F41" w:rsidRPr="00EE3B0C">
+      <w:r w:rsidR="00E97F41" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00332934" w:rsidRPr="00EE3B0C">
+      <w:r w:rsidR="00332934" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve">rotection of a Forest Core area or other </w:t>
       </w:r>
-      <w:r w:rsidR="00CA0F3E" w:rsidRPr="00EE3B0C">
+      <w:r w:rsidR="00CA0F3E" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00CA0F3E" w:rsidRPr="000E1AF4">
+        </w:rPr>
+        <w:t>large, forested</w:t>
+      </w:r>
+      <w:r w:rsidR="00332934" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...22 lines deleted...]
-        <w:t>fisheries</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> landscape can help maintain water quality for public drinking water; protection of a riparian corridor can help maintain water quality critical to cold water fisheries</w:t>
       </w:r>
       <w:r w:rsidR="000E1AF4">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>’]</w:t>
       </w:r>
       <w:r w:rsidR="009624EA" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6949B719" w14:textId="77777777" w:rsidR="00C91D9E" w:rsidRPr="00C91D9E" w:rsidRDefault="00C91D9E" w:rsidP="00C91D9E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C0217E4" w14:textId="20302412" w:rsidR="00073374" w:rsidRDefault="00C91D9E" w:rsidP="00073374">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -3737,94 +3547,74 @@
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="04CF9110">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Wetlands.</w:t>
       </w:r>
       <w:r w:rsidRPr="04CF9110">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> T</w:t>
       </w:r>
       <w:r w:rsidR="009624EA" w:rsidRPr="04CF9110">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">he </w:t>
       </w:r>
-      <w:r w:rsidR="00AB4794" w:rsidRPr="04CF9110">
+      <w:r w:rsidR="00AB4794" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve">[Enter </w:t>
       </w:r>
-      <w:r w:rsidR="008D6CBE" w:rsidRPr="04CF9110">
+      <w:r w:rsidR="008D6CBE" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="008D6CBE" w:rsidRPr="00EE3B0C">
+        </w:rPr>
+        <w:t>type of wetland</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4794" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="008D6CBE" w:rsidRPr="04CF9110">
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="005928C3" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-          <w:i/>
-[...15 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009624EA" w:rsidRPr="04CF9110">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">wetlands on the Premises </w:t>
       </w:r>
       <w:r w:rsidR="009624EA" w:rsidRPr="00EC317C">
         <w:t>provide valuable habitat for a diverse array of wildlife species as well as provide the many other public benefits of wetlands protection recognized by the Commonwealth of Massachusetts (</w:t>
       </w:r>
       <w:r w:rsidR="000966FB">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="009624EA" w:rsidRPr="00EC317C">
         <w:t>ection 40</w:t>
       </w:r>
       <w:r w:rsidR="000966FB">
         <w:t xml:space="preserve"> of Chapter 131 of the Massachusetts General Laws</w:t>
       </w:r>
       <w:r w:rsidR="009624EA" w:rsidRPr="00EC317C">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00332934" w:rsidRPr="04CF9110">
@@ -3845,62 +3635,58 @@
     <w:p w14:paraId="1BB51B0D" w14:textId="55C741C1" w:rsidR="0075215D" w:rsidRPr="00E10038" w:rsidRDefault="0075215D" w:rsidP="003F16C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E10038">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Indigenous Cultural Landscape</w:t>
       </w:r>
       <w:r w:rsidRPr="00E10038">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00E10038">
+      <w:r w:rsidR="00E10038" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve">Explain here how the protection of the Premises ensures protection of an area important to Indigenous cultural heritage. E.g., </w:t>
       </w:r>
-      <w:r w:rsidR="00E10038">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E10038" w:rsidRPr="009D5761">
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00E10038">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">The Premises is identified </w:t>
       </w:r>
       <w:r w:rsidR="00854B13">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">by ___________ </w:t>
       </w:r>
       <w:r w:rsidRPr="00E10038">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>as an Indigenous cultural landscape with attributes relevant to the intrinsic values of contemporary Indigenous communities within the Commonwealth of Massachusetts</w:t>
       </w:r>
       <w:r w:rsidR="00E67ECA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -3943,105 +3729,105 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="1C1899F5" w14:textId="77777777" w:rsidR="009261B0" w:rsidRPr="00EC317C" w:rsidRDefault="009261B0" w:rsidP="009261B0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76D71CEC" w14:textId="00B0B049" w:rsidR="00632D41" w:rsidRDefault="00632D41" w:rsidP="00020662">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Climate Change Resiliency.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> The Premises is identified as an area of _______________ </w:t>
       </w:r>
-      <w:r w:rsidRPr="005928C3">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="00632D41">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>average, slightly above average, above average, far above average]</w:t>
       </w:r>
-      <w:r w:rsidRPr="00632D41">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Terrestrial </w:t>
       </w:r>
-      <w:r w:rsidRPr="00632D41">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>[or Coastal, as applicable</w:t>
       </w:r>
-      <w:r w:rsidRPr="005928C3">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00632D41">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Resilience according to The Nature Conservancy’s (TNC) Resilient Land Mapping Tool, including _______________ Landscape Diversity and ______________ Local Connectedness. TNC’s Resilient Land Mapping Tool was developed in order to map ‘climate-resilient’ sites that are ‘more likely to sustain native plants, animals, and natural processes into the future.’ The protection of these climate resilient sites is an important step in both reducing human and ecosystem vulnerability to climate change and adapting to changing conditions. </w:t>
       </w:r>
       <w:r w:rsidR="00B9717E">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00B9717E" w:rsidRPr="00B9717E">
+      <w:r w:rsidR="00B9717E" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>Link to TNC’s Resilient Land Mapping Tool:</w:t>
       </w:r>
       <w:r w:rsidR="00B9717E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidR="00B9717E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>http://maps.tnc.org/resilientland/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B9717E">
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40C81945" w14:textId="77777777" w:rsidR="006A377A" w:rsidRPr="00EE3B0C" w:rsidRDefault="006A377A" w:rsidP="006A377A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15678E3B" w14:textId="13D0FEDE" w:rsidR="006A377A" w:rsidRPr="00632D41" w:rsidRDefault="006A377A" w:rsidP="006A377A">
       <w:pPr>
@@ -4054,261 +3840,269 @@
       </w:pPr>
       <w:r>
         <w:t>Also see t</w:t>
       </w:r>
       <w:r w:rsidRPr="006A377A">
         <w:t>he UMass Amherst I-CARES model</w:t>
       </w:r>
       <w:r w:rsidR="00733AA2">
         <w:t>, which</w:t>
       </w:r>
       <w:r w:rsidRPr="006A377A">
         <w:t xml:space="preserve"> may be used to demonstrate significant climate resilience for reducing heat islands and flooding</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="357D9088" w14:textId="77777777" w:rsidR="00632D41" w:rsidRPr="00632D41" w:rsidRDefault="00632D41" w:rsidP="00632D41">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D1E828E" w14:textId="076711EB" w:rsidR="009261B0" w:rsidRPr="00EE3B0C" w:rsidRDefault="009261B0" w:rsidP="00020662">
+    <w:p w14:paraId="2D1E828E" w14:textId="076711EB" w:rsidR="009261B0" w:rsidRPr="009D5761" w:rsidRDefault="009261B0" w:rsidP="00020662">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Consistency with Clearly Delineated Federal, State, or Local Governmental Conservation Policy</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00183BE4" w:rsidRPr="00183BE4">
+      <w:r w:rsidR="00183BE4" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE3B0C">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">Explain here how protection of the Premises advances a governmental policy regarding conservation of natural resources, such as the State Wildlife Action Plan, the Statewide Comprehensive Outdoor Recreation Plan, a local Comprehensive or </w:t>
       </w:r>
-      <w:r w:rsidR="00020523" w:rsidRPr="00EE3B0C">
-[...9 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00020523" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Open Space and Recreation Plan, or any other federal, state, or local governmental conservation </w:t>
+      </w:r>
+      <w:r w:rsidR="00020523" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>policy, report, etc.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB5852" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> This is where CRs commonly cite the IRS definitions of ‘conservation purposes’ found at 26 CFR 1.170A-14(d)(1), or other IRS definitions regarding ‘qualified conservation contributions’ found at 26 CFR 1.170A-14</w:t>
       </w:r>
-      <w:r w:rsidR="00CD78CA" w:rsidRPr="00183BE4">
+      <w:r w:rsidR="00CD78CA" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00183BE4" w:rsidRPr="00183BE4">
+      <w:r w:rsidR="00183BE4" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidR="00DB5852" w:rsidRPr="00EE3B0C">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00DB5852" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06835090" w14:textId="77777777" w:rsidR="00DC547D" w:rsidRPr="00EC317C" w:rsidRDefault="00DC547D" w:rsidP="000D1145">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76B66905" w14:textId="18270A83" w:rsidR="00B54ADC" w:rsidRPr="00EC317C" w:rsidRDefault="003A754A" w:rsidP="00B54ADC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Heritage Landscape Inventory</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00C15D04" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>The Premises is located within a Massachusetts Department of Conservation and Recreation</w:t>
       </w:r>
       <w:r w:rsidR="00B54ADC" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (DCR)</w:t>
       </w:r>
       <w:r w:rsidR="00C15D04" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00B54ADC" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Insert here ‘Agricultural’, ‘Archaeological’, ‘Civic’, etc.] </w:t>
+      </w:r>
+      <w:r w:rsidR="00C15D04" w:rsidRPr="00EC317C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Heritage Landscape</w:t>
+      </w:r>
       <w:r w:rsidR="00B54ADC" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:i/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00C15D04" w:rsidRPr="00EC317C">
+        </w:rPr>
+        <w:t>, as determined by the DCR Heritage Landscape Inventory of 2012.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Heritage Landscape</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B54ADC" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>, as determined by the DCR Heritage Landscape Inventory of 2012.</w:t>
+        <w:t xml:space="preserve">Heritage Landscapes </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
+        <w:t>are vital to the history, character, and quality of life of communities. Heritage landscapes are the result of human interaction with the natural resources of an area, which influence the use and development of land and contain both natural and cultural resources, such as cemeteries, parks, estates, and agricultural properties.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B54ADC" w:rsidRPr="00EC317C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B54ADC" w:rsidRPr="00EC317C">
+    </w:p>
+    <w:p w14:paraId="4EE7D44F" w14:textId="77777777" w:rsidR="00B54ADC" w:rsidRPr="009D5761" w:rsidRDefault="00B54ADC" w:rsidP="00B54ADC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EC317C">
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EC8BF54" w14:textId="77777777" w:rsidR="005628D6" w:rsidRPr="00EC317C" w:rsidRDefault="00B54ADC" w:rsidP="00B54ADC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00B54ADC" w:rsidRPr="00EC317C">
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-        </w:rPr>
-[...26 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">Explore heritage landscapes here: </w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="005928C3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="000080" w:themeColor="hyperlink" w:themeShade="80"/>
           </w:rPr>
           <w:t>http://maps.massgis.state.ma.us/dcr/hli/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EC317C">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">] </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B12134B" w14:textId="77777777" w:rsidR="00DC547D" w:rsidRPr="00EC317C" w:rsidRDefault="00DC547D" w:rsidP="000D65DC">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F7ADFF7" w14:textId="625D76BF" w:rsidR="005628D6" w:rsidRPr="00EC317C" w:rsidRDefault="00290599" w:rsidP="00020662">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Historic and Archaeological Resources</w:t>
       </w:r>
@@ -4320,235 +4114,228 @@
       </w:r>
       <w:r w:rsidR="009261B0" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Conservation and appropriate management of the </w:t>
       </w:r>
       <w:r w:rsidR="00AA0781">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Premises</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> has an important public benefit by preserving historic and archeological resources within the Premises. [</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE3B0C">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">Consult with the Massachusetts Historical Commission for specific information to include in this </w:t>
       </w:r>
-      <w:r w:rsidR="00EA2D19" w:rsidRPr="00EE3B0C">
+      <w:r w:rsidR="00EA2D19" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>stipulation</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE3B0C">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37EED7A7" w14:textId="77777777" w:rsidR="00694D8C" w:rsidRPr="00EC317C" w:rsidRDefault="00694D8C" w:rsidP="00D3718B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A275346" w14:textId="065410F3" w:rsidR="00F75D01" w:rsidRPr="00401B8C" w:rsidRDefault="00694D8C" w:rsidP="00B75612">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Water Supply</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="00AD4B2A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">The Premises includes </w:t>
       </w:r>
-      <w:r w:rsidR="00653ECA" w:rsidRPr="00653ECA">
+      <w:r w:rsidR="00653ECA" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE3B0C">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>Zone I, II</w:t>
       </w:r>
-      <w:r w:rsidR="00AD4B2A" w:rsidRPr="00EE3B0C">
+      <w:r w:rsidR="00AD4B2A" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> Wellhead Protection Areas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE3B0C">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00AD4B2A" w:rsidRPr="00EE3B0C">
+      <w:r w:rsidR="00AD4B2A" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> Zone</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE3B0C">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> A, B, </w:t>
       </w:r>
-      <w:r w:rsidR="00AD4B2A" w:rsidRPr="00EE3B0C">
+      <w:r w:rsidR="00AD4B2A" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">C </w:t>
       </w:r>
-      <w:r w:rsidR="00545BF7" w:rsidRPr="00653ECA">
+      <w:r w:rsidR="00545BF7" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>Surface Water Supply Protection Areas</w:t>
       </w:r>
-      <w:r w:rsidR="00AD4B2A" w:rsidRPr="00EE3B0C">
+      <w:r w:rsidR="00AD4B2A" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>– as identified by the MA Department of Environmental Protectio</w:t>
       </w:r>
-      <w:r w:rsidR="00653ECA" w:rsidRPr="00EE3B0C">
+      <w:r w:rsidR="00653ECA" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...8 lines deleted...]
-        <w:t>]</w:t>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>n]</w:t>
       </w:r>
       <w:r w:rsidR="00AD4B2A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, the protection of which is critical to maintaining the public drinking water supply. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2700F000" w14:textId="77777777" w:rsidR="00401B8C" w:rsidRPr="00401B8C" w:rsidRDefault="00401B8C" w:rsidP="00EE3B0C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75266652" w14:textId="31F0562E" w:rsidR="009971E0" w:rsidRPr="00EC317C" w:rsidRDefault="009971E0" w:rsidP="00020662">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005928C3">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="005928C3">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>Add any other applicable conservation values that the CR will help to protect</w:t>
       </w:r>
-      <w:r w:rsidRPr="005928C3">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D3046FB" w14:textId="77777777" w:rsidR="003A754A" w:rsidRPr="00EC317C" w:rsidRDefault="003A754A" w:rsidP="00DF30F0">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="201FFA4E" w14:textId="3798A338" w:rsidR="00E50E10" w:rsidRPr="00DF30F0" w:rsidRDefault="00E50E10" w:rsidP="00DF30F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF30F0">
         <w:rPr>
           <w:b/>
@@ -4865,50 +4652,51 @@
       <w:r w:rsidR="00E50E10" w:rsidRPr="00EE3B0C">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07458FA0" w14:textId="77777777" w:rsidR="00E50E10" w:rsidRPr="00F6319F" w:rsidRDefault="00E50E10" w:rsidP="00EE3B0C">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12A3AA32" w14:textId="5346F8A6" w:rsidR="00E50E10" w:rsidRPr="00F6319F" w:rsidRDefault="004404D4" w:rsidP="00EE3B0C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F6319F">
         <w:rPr>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Disposal/Storage.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F6319F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E50E10" w:rsidRPr="00F6319F">
         <w:t>Placing, filling, st</w:t>
       </w:r>
       <w:r w:rsidR="00BB2B8C" w:rsidRPr="00F6319F">
         <w:t>oring or dumping</w:t>
       </w:r>
       <w:r w:rsidR="00E50E10" w:rsidRPr="00F6319F">
         <w:t xml:space="preserve"> of soil, refuse, trash</w:t>
       </w:r>
       <w:r w:rsidR="00133FB3" w:rsidRPr="00F6319F">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00E50E10" w:rsidRPr="00F6319F">
         <w:t>vehicle bodies or parts, rubbish, debris, junk</w:t>
       </w:r>
       <w:r w:rsidR="0016193D" w:rsidRPr="00F6319F">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="007C4547" w:rsidRPr="00F6319F">
         <w:t xml:space="preserve">tree </w:t>
@@ -5349,68 +5137,68 @@
           <w:numId w:val="44"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Adverse </w:t>
       </w:r>
       <w:r w:rsidR="00B9717E" w:rsidRPr="00F6319F">
         <w:rPr>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Impacts to Stone Walls, Boundary Markers.</w:t>
       </w:r>
       <w:r w:rsidR="00B9717E" w:rsidRPr="00F6319F">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004404D4" w:rsidRPr="00F6319F">
+      <w:r w:rsidR="004404D4" w:rsidRPr="009D5761">
         <w:rPr>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="004404D4" w:rsidRPr="00F6319F">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="004404D4" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>Add, delete, or edit, if applicable</w:t>
       </w:r>
-      <w:r w:rsidR="004404D4" w:rsidRPr="00F6319F">
+      <w:r w:rsidR="004404D4" w:rsidRPr="009D5761">
         <w:rPr>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="004404D4" w:rsidRPr="00F6319F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A13AD1" w:rsidRPr="00F6319F">
         <w:t>Disrupting</w:t>
       </w:r>
       <w:r w:rsidR="004404D4" w:rsidRPr="00F6319F">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00A13AD1" w:rsidRPr="00F6319F">
         <w:t>removing</w:t>
       </w:r>
       <w:r w:rsidR="004404D4" w:rsidRPr="00F6319F">
         <w:t xml:space="preserve">, or </w:t>
       </w:r>
       <w:r w:rsidR="00A13AD1" w:rsidRPr="00F6319F">
         <w:t xml:space="preserve">destroying </w:t>
       </w:r>
       <w:r w:rsidR="004404D4" w:rsidRPr="00F6319F">
         <w:t>stone walls</w:t>
       </w:r>
       <w:r w:rsidR="00B9717E" w:rsidRPr="00F6319F">
@@ -5423,88 +5211,88 @@
         <w:t>, or any other boundary markers</w:t>
       </w:r>
       <w:r w:rsidR="004404D4" w:rsidRPr="00F6319F">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D5FAA14" w14:textId="77777777" w:rsidR="004404D4" w:rsidRPr="00F6319F" w:rsidRDefault="004404D4" w:rsidP="00EE3B0C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A0CA453" w14:textId="240EC0FE" w:rsidR="005A1894" w:rsidRPr="00F6319F" w:rsidRDefault="005A1894" w:rsidP="00EE3B0C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00F6319F">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F6319F">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>Add</w:t>
       </w:r>
-      <w:r w:rsidR="00FF75A0">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00FF75A0" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F6319F">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>any other prohibited acts or uses on the Premises;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F6319F">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F6319F">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7208C809" w14:textId="77777777" w:rsidR="005A1894" w:rsidRPr="00F6319F" w:rsidRDefault="005A1894" w:rsidP="00EE3B0C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E5961AE" w14:textId="62DCDE1A" w:rsidR="0068247F" w:rsidRPr="00F6319F" w:rsidRDefault="009507D1" w:rsidP="00D46F42">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F6319F">
         <w:rPr>
@@ -5675,159 +5463,146 @@
       </w:pPr>
       <w:r w:rsidRPr="00F82EA5">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Permitted Acts and Uses</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3517CD0F" w14:textId="7DD5F140" w:rsidR="00D229C9" w:rsidRPr="00A91284" w:rsidRDefault="00D229C9" w:rsidP="00D229C9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D229535" w14:textId="01D67C02" w:rsidR="00D229C9" w:rsidRPr="00A91284" w:rsidRDefault="00D229C9" w:rsidP="00A91284">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C36A4">
+        <w:lastRenderedPageBreak/>
         <w:t>Notwithstanding the Prohibited Acts and Uses described in Paragraph III</w:t>
       </w:r>
       <w:r w:rsidR="00A91284">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="007C36A4">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="0082196E">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00736665" w:rsidRPr="00F82EA5">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="007C36A4">
         <w:t xml:space="preserve"> the Grantor may conduct or permit the following acts and uses on the Premises, provided they do not materially impair the </w:t>
       </w:r>
       <w:r w:rsidR="002D22B9" w:rsidRPr="007C36A4">
         <w:t xml:space="preserve">Purposes and/or </w:t>
       </w:r>
       <w:r w:rsidRPr="007C36A4">
         <w:t>Conservation Values. In conducting any Permitted Act and Use, Grantor shall minimize impacts to the Conservation Values to ensure any such impairment thereto is not material.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AD05D4D" w14:textId="77777777" w:rsidR="00D229C9" w:rsidRPr="00EC317C" w:rsidRDefault="00D229C9" w:rsidP="00020662">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7DA11DC0" w14:textId="2599CC4D" w:rsidR="00C762F3" w:rsidRPr="00EE3B0C" w:rsidRDefault="00D46F42" w:rsidP="00020662">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00C762F3" w:rsidRPr="00EE3B0C">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00C762F3" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">Add, delete, or edit any </w:t>
       </w:r>
-      <w:r w:rsidR="006232B5" w:rsidRPr="00D46F42">
-[...16 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="006232B5" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">acts or uses </w:t>
+      </w:r>
+      <w:r w:rsidR="00C762F3" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="00484839" w:rsidRPr="00D46F42">
-[...16 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00484839" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Grantor </w:t>
+      </w:r>
+      <w:r w:rsidR="00C762F3" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">wishes to </w:t>
       </w:r>
-      <w:r w:rsidR="00484839" w:rsidRPr="00D46F42">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00484839" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>engage in or permit</w:t>
       </w:r>
-      <w:r w:rsidR="00A14BE7" w:rsidRPr="00D46F42">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00A14BE7" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> and provide comments in the margins explaining the intention behind such addition(s), deletion(s), and/or edit(s)</w:t>
       </w:r>
-      <w:r w:rsidR="00C762F3" w:rsidRPr="00D46F42">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00C762F3" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28FF4E6E" w14:textId="77777777" w:rsidR="00C762F3" w:rsidRPr="00EC317C" w:rsidRDefault="00C762F3" w:rsidP="00020662">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65709937" w14:textId="60FE72C2" w:rsidR="00C762F3" w:rsidRDefault="00C762F3" w:rsidP="00020662">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
@@ -5842,51 +5617,59 @@
       <w:r w:rsidR="007F0ABA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E3193F">
         <w:t>Maintaining</w:t>
       </w:r>
       <w:r w:rsidR="00E97F41">
         <w:t xml:space="preserve"> vegetation, including pruning, trimming, cutting, and mowing, and removing brush</w:t>
       </w:r>
       <w:r w:rsidR="00DB714C">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00E97F41">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003D685E">
         <w:t xml:space="preserve">all </w:t>
       </w:r>
       <w:r w:rsidR="00E97F41">
         <w:t xml:space="preserve">to prevent, control, and manage hazards, disease, insect or fire damage, </w:t>
       </w:r>
       <w:r w:rsidR="003D685E">
         <w:t>and/or</w:t>
       </w:r>
       <w:r w:rsidR="00E97F41">
-        <w:t xml:space="preserve"> in order to maintain the condition of the Premises</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E97F41">
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E97F41">
+        <w:t xml:space="preserve"> maintain the condition of the Premises</w:t>
       </w:r>
       <w:r w:rsidR="003D685E">
         <w:t xml:space="preserve"> as documented in the Baseline Report</w:t>
       </w:r>
       <w:r w:rsidR="00B3520C">
         <w:t xml:space="preserve"> (see Paragraph XV</w:t>
       </w:r>
       <w:r w:rsidR="0002204A">
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00B3520C">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="649528E5" w14:textId="77777777" w:rsidR="00F82EA5" w:rsidRDefault="00F82EA5" w:rsidP="00F82EA5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
@@ -5992,63 +5775,63 @@
       </w:r>
       <w:r w:rsidR="00F3129E" w:rsidRPr="00EC317C">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> brush</w:t>
       </w:r>
       <w:r w:rsidR="00F3129E" w:rsidRPr="00EC317C">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> limbs</w:t>
       </w:r>
       <w:r w:rsidR="00F3129E" w:rsidRPr="00EC317C">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> and similar biodegradable materials originating on the Premises</w:t>
       </w:r>
       <w:r w:rsidR="00FB5927" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="0005079B">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00563CB7" w:rsidRPr="0017146E">
+      <w:r w:rsidR="00563CB7" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>Add fact specific limitations as needed</w:t>
       </w:r>
-      <w:r w:rsidR="005C30D1" w:rsidRPr="0017146E">
+      <w:r w:rsidR="005C30D1" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>, such as wetland setbacks</w:t>
       </w:r>
       <w:r w:rsidR="0005079B">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="197CD208" w14:textId="77777777" w:rsidR="00127059" w:rsidRPr="00127059" w:rsidRDefault="00127059" w:rsidP="00A91284">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2CB6818D" w14:textId="6983EAC4" w:rsidR="00997F00" w:rsidRDefault="001B71D1" w:rsidP="00997F00">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
@@ -6132,99 +5915,99 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B85D3A9" w14:textId="295E3F95" w:rsidR="00E3193F" w:rsidRPr="00E8423C" w:rsidRDefault="004F7E3A" w:rsidP="00A91284">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:commentRangeStart w:id="8"/>
       <w:r w:rsidRPr="00E0460C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Indigenous </w:t>
       </w:r>
       <w:r w:rsidR="00C76945" w:rsidRPr="00E0460C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Cultural Practices</w:t>
       </w:r>
       <w:commentRangeEnd w:id="8"/>
-      <w:r w:rsidR="001F48A8">
+      <w:r w:rsidR="0057556A">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:kern w:val="28"/>
         </w:rPr>
         <w:commentReference w:id="8"/>
       </w:r>
       <w:r w:rsidR="006F307F">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="006F307F" w:rsidRPr="00E8423C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EC45BA">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00EC45BA">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00EC45BA" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>With</w:t>
       </w:r>
-      <w:r w:rsidR="0017146E">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="0017146E" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> prior written notice </w:t>
       </w:r>
-      <w:r w:rsidR="0017146E">
+      <w:r w:rsidR="0017146E" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="0017146E">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="0017146E" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> approval of the </w:t>
       </w:r>
-      <w:r w:rsidR="001B7F48">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="001B7F48" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>Grantee</w:t>
       </w:r>
       <w:r w:rsidR="001B7F48">
         <w:t>],</w:t>
       </w:r>
       <w:r w:rsidR="00EC45BA">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA3849" w:rsidRPr="00E8423C">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00822C39" w:rsidRPr="00E8423C">
         <w:t>llowing</w:t>
       </w:r>
       <w:r w:rsidR="00C76945" w:rsidRPr="00E8423C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00345340">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00C76945" w:rsidRPr="00E8423C">
@@ -6332,74 +6115,74 @@
       </w:r>
       <w:r w:rsidR="00F37F97">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, using methods which, in the sole judgment of the Grantee, </w:t>
       </w:r>
       <w:r w:rsidR="00CE7941">
         <w:t>ensure</w:t>
       </w:r>
       <w:r w:rsidR="07DAA5CC">
         <w:t xml:space="preserve"> sustainable populations</w:t>
       </w:r>
       <w:r w:rsidR="00B415BA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F37F97">
         <w:t>of the harvested species within the Premises, including regrowth and replanting</w:t>
       </w:r>
       <w:r w:rsidR="008D15E6">
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00B415BA">
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00E8423C" w:rsidRPr="00DC7CCA">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00E8423C" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">[in some areas there are published lists, so this could be added: </w:t>
       </w:r>
-      <w:r w:rsidR="00E8423C" w:rsidRPr="00DC7CCA">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00E8423C" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>Plants and plant materials that may be removed include those referenced in _____</w:t>
       </w:r>
-      <w:r w:rsidR="00493B9C" w:rsidRPr="00DC7CCA">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00493B9C" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00E8423C" w:rsidRPr="00DC7CCA">
+      <w:r w:rsidR="00E8423C" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2046FDE8" w14:textId="77777777" w:rsidR="00CA3849" w:rsidRPr="00EE3B0C" w:rsidRDefault="00CA3849" w:rsidP="00CA3849">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C21FBE7" w14:textId="0610D7C5" w:rsidR="00F22B6B" w:rsidRPr="00EC317C" w:rsidRDefault="00F22B6B" w:rsidP="00EE3B0C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00E3193F">
         <w:rPr>
@@ -6410,51 +6193,55 @@
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="00822C39">
         <w:t>Conducting</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> archaeological activities, including without limitation archaeological research, surveys, excavation and artifact retrieval, but only in accordance with an archaeological field investigation plan</w:t>
       </w:r>
       <w:r w:rsidR="006532EC">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00E07B9E">
         <w:t xml:space="preserve"> which plan shall also address restoration following </w:t>
       </w:r>
       <w:r w:rsidR="005E31E8">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00E07B9E">
         <w:t>ompletion of the archaeological investigation,</w:t>
       </w:r>
       <w:r w:rsidR="006532EC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
-        <w:t xml:space="preserve">prepared by or on behalf of the Grantor and approved in advance of such activity, in writing, by the </w:t>
+        <w:t xml:space="preserve">prepared by or on behalf of the Grantor and approved in advance of such activity, in writing, by </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="0016193D" w:rsidRPr="00EC317C">
         <w:t>Massachusetts Historic</w:t>
       </w:r>
       <w:r w:rsidR="00290599" w:rsidRPr="00EC317C">
         <w:t>al</w:t>
       </w:r>
       <w:r w:rsidR="0016193D" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> Commission </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t>State Archaeologist</w:t>
       </w:r>
       <w:r w:rsidR="00323F8A" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> (or appropriate successor official)</w:t>
       </w:r>
       <w:r w:rsidR="00A11A24">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FE7435">
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidR="00A11A24">
         <w:t xml:space="preserve"> by</w:t>
       </w:r>
@@ -6589,76 +6376,76 @@
       </w:r>
       <w:r w:rsidR="00FE2671">
         <w:t>) feet in width</w:t>
       </w:r>
       <w:r w:rsidR="006532EC">
         <w:t xml:space="preserve"> overall, with a treadway up to </w:t>
       </w:r>
       <w:r w:rsidR="00EA0C73">
         <w:t>Y</w:t>
       </w:r>
       <w:r w:rsidR="006532EC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F82EA5">
         <w:t xml:space="preserve">(Y) </w:t>
       </w:r>
       <w:r w:rsidR="006532EC">
         <w:t>feet in width</w:t>
       </w:r>
       <w:r w:rsidR="00CE2C3B">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="006532EC">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="006532EC" w:rsidRPr="00EE3B0C">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="006532EC" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">drafters are encouraged to </w:t>
       </w:r>
-      <w:r w:rsidR="00EA0C73" w:rsidRPr="00EE3B0C">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00EA0C73" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">review professional guidance for </w:t>
       </w:r>
-      <w:r w:rsidR="001A0D2B">
+      <w:r w:rsidR="001A0D2B" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>appropriate trail and treadway</w:t>
       </w:r>
-      <w:r w:rsidR="00EA0C73" w:rsidRPr="00EE3B0C">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00EA0C73" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> widths, such as AMC’s or DCR’s guidance.</w:t>
       </w:r>
       <w:r w:rsidR="006532EC">
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1342D02A" w14:textId="19684D38" w:rsidR="003A1857" w:rsidRDefault="003A1857" w:rsidP="00B02B91">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>New Trails.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -6835,147 +6622,147 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="4474366E" w14:textId="77777777" w:rsidR="00A51C8F" w:rsidRDefault="00A51C8F" w:rsidP="00F82EA5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2962168F" w14:textId="698F5C24" w:rsidR="008623C2" w:rsidRPr="00E41640" w:rsidRDefault="00E41640" w:rsidP="00E80955">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:commentRangeStart w:id="9"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Motorized Vehicles</w:t>
       </w:r>
       <w:commentRangeEnd w:id="9"/>
-      <w:r w:rsidR="004A01C8">
+      <w:r w:rsidR="0057556A">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:kern w:val="28"/>
         </w:rPr>
         <w:commentReference w:id="9"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0038039F">
         <w:t>Using</w:t>
       </w:r>
       <w:r w:rsidR="0038039F" w:rsidRPr="00EE3B0C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008623C2" w:rsidRPr="00EE3B0C">
         <w:t xml:space="preserve">motorized vehicles by </w:t>
       </w:r>
       <w:r w:rsidR="00A827CB">
         <w:t xml:space="preserve">persons </w:t>
       </w:r>
       <w:r w:rsidR="004963F6">
         <w:t>with mobility impairments</w:t>
       </w:r>
       <w:r w:rsidR="008A3252">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005A239E">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00FE7435" w:rsidRPr="005A239E">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00FE7435" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>provided however the manner of such motorized vehicle use is approved in advance by Grant</w:t>
       </w:r>
-      <w:r w:rsidR="000F4D91" w:rsidRPr="005A239E">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="000F4D91" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>ee</w:t>
       </w:r>
       <w:r w:rsidR="005A239E">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00B76FEE">
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
-      <w:r w:rsidR="00B76FEE">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00B76FEE" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>and as otherwise</w:t>
       </w:r>
-      <w:r w:rsidR="00883A2E">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00883A2E" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> permitted herein</w:t>
       </w:r>
       <w:r w:rsidR="00883A2E">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00A51C8F" w:rsidRPr="00EE3B0C">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00066897">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00066897">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00066897" w:rsidRPr="001A0D2B">
+      <w:r w:rsidR="00066897" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">Add references to other Permitted Acts and Uses </w:t>
       </w:r>
-      <w:r w:rsidR="00D130F7" w:rsidRPr="001A0D2B">
+      <w:r w:rsidR="00D130F7" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>for which motorized vehicles may be used, such as Forest Management, Agricultural Activities, etc.</w:t>
       </w:r>
       <w:r w:rsidR="00D130F7">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="778512B0" w14:textId="77777777" w:rsidR="00415F4E" w:rsidRPr="00E41640" w:rsidRDefault="00415F4E" w:rsidP="00020662">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="472AECD6" w14:textId="67019289" w:rsidR="00E50E10" w:rsidRDefault="00415F4E" w:rsidP="00B02B91">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
@@ -7007,84 +6794,84 @@
       </w:r>
       <w:r w:rsidR="00C762F3" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">.  Fishing, </w:t>
       </w:r>
       <w:r w:rsidR="00552808" w:rsidRPr="00EC317C">
         <w:t>canoeing and other non-motorized boating</w:t>
       </w:r>
       <w:r w:rsidR="00C762F3" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00552808" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">swimming, </w:t>
       </w:r>
       <w:r w:rsidR="00C762F3" w:rsidRPr="00EC317C">
         <w:t>hunting</w:t>
       </w:r>
       <w:r w:rsidR="001403A7">
         <w:t>, trapping</w:t>
       </w:r>
       <w:r w:rsidR="00E8423C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE3B0C">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>delete if hunting is to be prohibited or clarify whether Grantor reserves right unto him/herself and</w:t>
       </w:r>
-      <w:r w:rsidR="00D1266F" w:rsidRPr="00EE3B0C">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00D1266F" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>/or</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE3B0C">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> that hunting may only be allowed with express permission of the Grantor</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00C762F3" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="002379FE">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="002379FE" w:rsidRPr="00EE3B0C">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="002379FE" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>include, delete from, or supplement the following list</w:t>
       </w:r>
       <w:r w:rsidR="002379FE">
         <w:t xml:space="preserve">] </w:t>
       </w:r>
       <w:r w:rsidR="00C762F3" w:rsidRPr="00EC317C">
         <w:t>hiking, horseback riding, cross-country skiing</w:t>
       </w:r>
       <w:r w:rsidR="00581204" w:rsidRPr="00EC317C">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00C762F3" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001B71D1" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">snowshoeing, </w:t>
       </w:r>
       <w:r w:rsidR="00552808" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">ice-skating, </w:t>
       </w:r>
       <w:r w:rsidR="001B71D1" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">nature observation, </w:t>
       </w:r>
       <w:r w:rsidR="0082136C">
@@ -7121,233 +6908,237 @@
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Forest</w:t>
       </w:r>
       <w:r w:rsidR="00590038" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Management</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="006C4D19" w:rsidRPr="00105844">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="006C4D19" w:rsidRPr="00EE3B0C">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="006C4D19" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">If the CR is to allow </w:t>
       </w:r>
-      <w:r w:rsidR="00C00FEC" w:rsidRPr="00EE3B0C">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00C00FEC" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">harvest </w:t>
       </w:r>
-      <w:r w:rsidR="00E8423C" w:rsidRPr="00EE3B0C">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00E8423C" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
-      <w:r w:rsidR="00C00FEC" w:rsidRPr="00EE3B0C">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00C00FEC" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>forest products</w:t>
       </w:r>
-      <w:r w:rsidR="006C4D19" w:rsidRPr="00EE3B0C">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="006C4D19" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00E90C0E" w:rsidRPr="006849EA">
+      <w:r w:rsidR="00E90C0E" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">or other forest management activities that exceed the scope of those described in sub-paragraph (c), </w:t>
       </w:r>
-      <w:r w:rsidR="006C4D19" w:rsidRPr="00EE3B0C">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="006C4D19" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">include </w:t>
       </w:r>
-      <w:r w:rsidR="00B21A5D" w:rsidRPr="006849EA">
+      <w:r w:rsidR="00B21A5D" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>sub-paragraphs (</w:t>
       </w:r>
-      <w:r w:rsidR="006C4D19" w:rsidRPr="00EE3B0C">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="006C4D19" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00B21A5D" w:rsidRPr="006849EA">
+      <w:r w:rsidR="00B21A5D" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="006C4D19" w:rsidRPr="00EE3B0C">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="006C4D19" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidR="00B21A5D" w:rsidRPr="006849EA">
+      <w:r w:rsidR="00B21A5D" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="006C4D19" w:rsidRPr="00EE3B0C">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="006C4D19" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
-      <w:r w:rsidR="00B21A5D" w:rsidRPr="006849EA">
+      <w:r w:rsidR="00B21A5D" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="006C4D19" w:rsidRPr="00EE3B0C">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="006C4D19" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> below, otherwise delete </w:t>
       </w:r>
-      <w:r w:rsidR="00B21A5D" w:rsidRPr="006849EA">
+      <w:r w:rsidR="00B21A5D" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>(a) and (b)</w:t>
       </w:r>
-      <w:r w:rsidR="006C4D19" w:rsidRPr="00EE3B0C">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="006C4D19" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> and allow </w:t>
       </w:r>
-      <w:r w:rsidR="00B21A5D" w:rsidRPr="006849EA">
+      <w:r w:rsidR="00B21A5D" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00B21A5D" w:rsidRPr="00EE3B0C">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00B21A5D" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidR="00B21A5D" w:rsidRPr="006849EA">
+      <w:r w:rsidR="00B21A5D" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="006C4D19" w:rsidRPr="00EE3B0C">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="006C4D19" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> to stand alone</w:t>
       </w:r>
       <w:r w:rsidR="006C4D19" w:rsidRPr="00105844">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="519D9F7E" w14:textId="09122D8A" w:rsidR="00BC571F" w:rsidRDefault="003E5078" w:rsidP="00A91284">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Permitted Activities.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D1266F" w:rsidRPr="00EC317C">
-        <w:t xml:space="preserve">Conducting sound silvicultural uses of the Premises, including the right to harvest forest products (as such term may be defined from time to time in </w:t>
+        <w:t xml:space="preserve">Conducting sound silvicultural uses of the Premises, including the right to harvest forest products (as such term may be defined from </w:t>
+      </w:r>
+      <w:r w:rsidR="00D1266F" w:rsidRPr="00EC317C">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">time to time in </w:t>
       </w:r>
       <w:r w:rsidR="00EA2D19" w:rsidRPr="00EC317C">
         <w:t>Section 1 of Chapter 61 of the Massachusetts General Laws</w:t>
       </w:r>
       <w:r w:rsidR="00D1266F" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">, or successor law) </w:t>
       </w:r>
       <w:r w:rsidR="00864D20" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">or conduct other forest management activities, </w:t>
       </w:r>
       <w:r w:rsidR="00EB60D7">
         <w:t xml:space="preserve">reestablish </w:t>
       </w:r>
       <w:r w:rsidR="00781608">
         <w:t xml:space="preserve">historic </w:t>
       </w:r>
       <w:r w:rsidR="00EB60D7">
         <w:t>woods road</w:t>
       </w:r>
       <w:r w:rsidR="002727AC">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00EB60D7">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
@@ -7698,73 +7489,73 @@
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> The</w:t>
       </w:r>
       <w:r w:rsidR="00346A9E">
         <w:t xml:space="preserve"> sustainable</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> cutting of trees only for the Grantor’s </w:t>
       </w:r>
       <w:r w:rsidRPr="00105844">
         <w:t>personal use</w:t>
       </w:r>
       <w:r w:rsidR="00956B84" w:rsidRPr="00105844">
         <w:t xml:space="preserve">, not to exceed </w:t>
       </w:r>
       <w:r w:rsidR="000A51B5" w:rsidRPr="00105844">
         <w:t>xxx</w:t>
       </w:r>
       <w:r w:rsidR="00956B84" w:rsidRPr="00105844">
         <w:t xml:space="preserve"> board feet </w:t>
       </w:r>
       <w:r w:rsidR="00105844">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00105844" w:rsidRPr="00EE3B0C">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00105844" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>consider property-specific advice from forester</w:t>
       </w:r>
       <w:r w:rsidR="00105844">
         <w:t xml:space="preserve">] </w:t>
       </w:r>
       <w:r w:rsidR="00956B84" w:rsidRPr="00105844">
         <w:t>or</w:t>
       </w:r>
       <w:r w:rsidR="000A51B5" w:rsidRPr="00105844">
         <w:t xml:space="preserve"> XX cords</w:t>
       </w:r>
       <w:r w:rsidR="00105844">
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
-      <w:r w:rsidR="00105844" w:rsidRPr="00EE3B0C">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00105844" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>consider 0.5 cords/acre/year</w:t>
       </w:r>
       <w:r w:rsidR="00105844">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="000A51B5" w:rsidRPr="00105844">
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
       <w:r w:rsidR="00956B84" w:rsidRPr="00105844">
         <w:t xml:space="preserve"> equivalent volume,</w:t>
       </w:r>
       <w:r w:rsidRPr="00105844">
         <w:t xml:space="preserve"> shall not require a Forestry Plan provided that any such cutting complies with the Forestry BMPs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24D0DEFC" w14:textId="77777777" w:rsidR="00B02B91" w:rsidRDefault="00B02B91" w:rsidP="00B02B91">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7EB3BCAF" w14:textId="77777777" w:rsidR="00B12F06" w:rsidRDefault="00B12F06" w:rsidP="00B12F06">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -7824,51 +7615,55 @@
       <w:r>
         <w:t xml:space="preserve"> Raising</w:t>
       </w:r>
       <w:r w:rsidRPr="00C355EB">
         <w:t xml:space="preserve"> animals, including but not limited to dairy cattle, beef cattle, poultry, sheep, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">swine, </w:t>
       </w:r>
       <w:r w:rsidRPr="00C355EB">
         <w:t xml:space="preserve">horses, ponies, mules, goats, and bees, for the purpose of </w:t>
       </w:r>
       <w:r w:rsidR="001667B3">
         <w:t xml:space="preserve">using, </w:t>
       </w:r>
       <w:r w:rsidR="00862DE1">
         <w:t>consuming</w:t>
       </w:r>
       <w:r w:rsidR="001667B3">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00862DE1">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r w:rsidRPr="00C355EB">
-        <w:t xml:space="preserve">selling such animals or a product derived from such animals in the regular course of business; or when primarily and directly used in a related manner which is incidental thereto and represents a customary and necessary use in raising such animals and preparing them or the products derived therefrom for </w:t>
+        <w:t xml:space="preserve">selling such animals </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C355EB">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">or a product derived from such animals in the regular course of business; or when primarily and directly used in a related manner which is incidental thereto and represents a customary and necessary use in raising such animals and preparing them or the products derived therefrom for </w:t>
       </w:r>
       <w:r w:rsidR="000D0D92">
         <w:t xml:space="preserve">use, consumption, </w:t>
       </w:r>
       <w:r w:rsidR="002A160F">
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidRPr="00C355EB">
         <w:t>market.</w:t>
       </w:r>
       <w:r w:rsidR="00862DE1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C355EB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B849293" w14:textId="51B774F0" w:rsidR="00B12F06" w:rsidRPr="00C355EB" w:rsidRDefault="00B12F06" w:rsidP="00B12F06">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
@@ -8101,50 +7896,51 @@
         <w:t xml:space="preserve">in the event animal husbandry activities are proposed, establish and govern the type and number of each type of animal unit permitted on the Premises, and analyze the pasturage potential of the Premises and establish and govern the cycling of pasturage, and any other measures necessary to ensure the carrying capacity of the Premises is not exceeded in order to protect water quality, prevent soil erosion, and otherwise protect the </w:t>
       </w:r>
       <w:r>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00C355EB">
         <w:t xml:space="preserve">onservation </w:t>
       </w:r>
       <w:r>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidRPr="00C355EB">
         <w:t>alues; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40D7CD39" w14:textId="49106B27" w:rsidR="00B12F06" w:rsidRPr="00C355EB" w:rsidRDefault="00B12F06" w:rsidP="00B12F06">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C355EB">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">describe how </w:t>
       </w:r>
       <w:r>
         <w:t>Agricultural Activities</w:t>
       </w:r>
       <w:r w:rsidRPr="00C355EB">
         <w:t xml:space="preserve"> will maximize soil and water </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C355EB">
         <w:t>conservation</w:t>
       </w:r>
       <w:r>
         <w:t>, and</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> promote </w:t>
       </w:r>
       <w:r w:rsidR="00CF2EA4">
         <w:t>Healthy Soils and Practices</w:t>
       </w:r>
       <w:r w:rsidRPr="00C355EB">
         <w:t>.</w:t>
       </w:r>
@@ -8233,55 +8029,55 @@
       <w:r w:rsidRPr="0024025B">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>, including but not limited to artesian wells, and any irrigation structures that require subsurface installation</w:t>
       </w:r>
       <w:r w:rsidRPr="00A91284">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55ED2611" w14:textId="77777777" w:rsidR="00B12F06" w:rsidRPr="00C355EB" w:rsidRDefault="00B12F06" w:rsidP="00B12F06">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C355EB">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C364C">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>List any other specific structures that need prior approval. Allowances for permanent structures must receive prior written approval</w:t>
       </w:r>
       <w:r w:rsidRPr="00C355EB">
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05DA4600" w14:textId="77777777" w:rsidR="00B12F06" w:rsidRPr="008805B5" w:rsidRDefault="00B12F06" w:rsidP="00B12F06">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C355EB">
         <w:t>The following improvements are permitted without prior approval from the Grantee:</w:t>
       </w:r>
       <w:bookmarkStart w:id="11" w:name="_Hlk507075992"/>
     </w:p>
     <w:p w14:paraId="21BC3017" w14:textId="3FCFA393" w:rsidR="00B12F06" w:rsidRPr="00370959" w:rsidRDefault="00B12F06" w:rsidP="00B12F06">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
@@ -8339,58 +8135,66 @@
       <w:r>
         <w:t>replacing</w:t>
       </w:r>
       <w:r w:rsidRPr="00C355EB">
         <w:t xml:space="preserve"> temporary structures and improvements directly related to or in support of Agricultural Activities, including, but not limited to, fencing, hayracks, “run-in” shelters or other three-sided shelters, hoop houses (also known as “high tunnels”), and the like. For the purposes of this Conservation Restriction, the term “temporary” shall mean any improvement without a foundation that can be constructed or removed without significant disturbance of the soil;</w:t>
       </w:r>
       <w:r w:rsidRPr="00C355EB">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE3B0C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B5F1457" w14:textId="77777777" w:rsidR="00E0404D" w:rsidRDefault="00B12F06" w:rsidP="00E0404D">
       <w:pPr>
         <w:ind w:left="2880"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>2.  [</w:t>
       </w:r>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>List</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="008C364C">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...1 lines deleted...]
-        <w:t>List any other improvements that don’t require prior approval</w:t>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any other improvements that don’t require prior approval</w:t>
       </w:r>
       <w:r>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49C6EDF3" w14:textId="77777777" w:rsidR="00E0404D" w:rsidRDefault="00E0404D" w:rsidP="00A91284">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1560D398" w14:textId="1D03706F" w:rsidR="00E0404D" w:rsidRPr="00E0404D" w:rsidRDefault="00E0404D" w:rsidP="00A91284">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Hlk23347979"/>
       <w:r w:rsidRPr="0024025B">
         <w:rPr>
@@ -8425,50 +8229,51 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D5ABD46" w14:textId="24227D0C" w:rsidR="00CB3E09" w:rsidRPr="003649D9" w:rsidRDefault="00CB3E09" w:rsidP="005B7D34">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003649D9">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Green Energy.</w:t>
       </w:r>
       <w:r w:rsidRPr="003649D9">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> With prior </w:t>
       </w:r>
       <w:r w:rsidR="00D36A23" w:rsidRPr="003649D9">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">written </w:t>
       </w:r>
       <w:r w:rsidRPr="003649D9">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>approval of the Grantee</w:t>
       </w:r>
       <w:r w:rsidR="00C15E0B">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
@@ -8718,179 +8523,171 @@
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> the power requirements of the </w:t>
       </w:r>
       <w:r w:rsidR="002A18A1">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>Permitted Acts and Uses</w:t>
       </w:r>
       <w:r w:rsidRPr="003649D9">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:p w14:paraId="768FEAAC" w14:textId="2B544FAB" w:rsidR="005C212D" w:rsidRPr="00656D50" w:rsidRDefault="005C212D" w:rsidP="00A91284">
       <w:pPr>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A2AADCB" w14:textId="7D842365" w:rsidR="00BC571F" w:rsidRPr="00EC317C" w:rsidRDefault="00BC571F" w:rsidP="00BC571F">
+    <w:p w14:paraId="0A2AADCB" w14:textId="7D842365" w:rsidR="00BC571F" w:rsidRPr="009D5761" w:rsidRDefault="00BC571F" w:rsidP="00BC571F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A91284">
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>[C.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005B7D34">
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>Special Use Area</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:bCs/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A91284">
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>. For CRs with residential areas or other special use areas, insert this and continue letter</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5199D" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> below for Site Restoration at “D”. Special use areas must be in fixed locations and must be described either by metes and bounds, shown on a recorded plan, or shown on a sketch map</w:t>
+      </w:r>
+      <w:r w:rsidR="00956B84" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>. Consider adding language to the Purpose paragraph to explain the importance of including a Special Use Area in the CR</w:t>
+      </w:r>
+      <w:r w:rsidR="00B318FD" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>, and to explain how the location of such Special Use Are</w:t>
+      </w:r>
+      <w:r w:rsidR="004D730E" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a and the activities allowed within it will not </w:t>
+      </w:r>
+      <w:r w:rsidR="000B0F04" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">materially </w:t>
+      </w:r>
+      <w:r w:rsidR="004D730E" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>impair the Conservation Values</w:t>
+      </w:r>
+      <w:r w:rsidR="00956B84" w:rsidRPr="009D5761">
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...67 lines deleted...]
-      <w:r w:rsidR="00956B84">
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EC317C">
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2259E80A" w14:textId="77777777" w:rsidR="00BC571F" w:rsidRPr="009D5761" w:rsidRDefault="00BC571F" w:rsidP="00BC571F">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...10 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E279050" w14:textId="41795669" w:rsidR="00BC571F" w:rsidRPr="00EC317C" w:rsidRDefault="002A18A1" w:rsidP="00BC571F">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00BC571F" w:rsidRPr="00EC317C">
         <w:t>he Grantor reserves the right to conduct or permit the following activities and uses</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006B367F">
         <w:t xml:space="preserve">only </w:t>
       </w:r>
       <w:r>
         <w:t>within the area shown on the Plan as “_____”</w:t>
       </w:r>
       <w:r w:rsidR="00BC571F" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> in addition to the </w:t>
       </w:r>
@@ -8967,137 +8764,137 @@
       </w:r>
       <w:r w:rsidR="00BC571F" w:rsidRPr="00BA3F81">
         <w:t>as documented in the Baseline Report</w:t>
       </w:r>
       <w:r w:rsidR="00BC571F" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">, with </w:t>
       </w:r>
       <w:r w:rsidR="003C2CFD">
         <w:t xml:space="preserve">the same footprint at grade of </w:t>
       </w:r>
       <w:r w:rsidR="00BC571F" w:rsidRPr="00EC317C">
         <w:t>_________ square feet</w:t>
       </w:r>
       <w:r w:rsidR="003C2CFD">
         <w:t xml:space="preserve"> and a maximum height of any part of the dwelling of ____ feet</w:t>
       </w:r>
       <w:r w:rsidR="00BC571F" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">, provided that there shall be no more than one (1) single-family dwelling at any one time within the </w:t>
       </w:r>
       <w:r w:rsidR="00050926">
         <w:t>Special Use Area</w:t>
       </w:r>
       <w:r w:rsidR="008C364C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008C364C" w:rsidRPr="008C364C">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="008C364C" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00BC571F" w:rsidRPr="00BC571F">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00BC571F" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>OR</w:t>
       </w:r>
-      <w:r w:rsidR="008F1EE7">
+      <w:r w:rsidR="008F1EE7" w:rsidRPr="009D5761">
         <w:rPr>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00BC571F" w:rsidRPr="00BC571F">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00BC571F" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BC571F" w:rsidRPr="008C364C">
+      <w:r w:rsidR="00BC571F" w:rsidRPr="009D5761">
         <w:rPr>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">The right to construct, </w:t>
       </w:r>
-      <w:r w:rsidR="00BA3F81" w:rsidRPr="008C364C">
+      <w:r w:rsidR="00BA3F81" w:rsidRPr="009D5761">
         <w:rPr>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">use, </w:t>
       </w:r>
-      <w:r w:rsidR="00BC571F" w:rsidRPr="008C364C">
+      <w:r w:rsidR="00BC571F" w:rsidRPr="009D5761">
         <w:rPr>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">repair, and replace one (1) single-family dwelling within the </w:t>
       </w:r>
-      <w:r w:rsidR="00050926" w:rsidRPr="008C364C">
+      <w:r w:rsidR="00050926" w:rsidRPr="009D5761">
         <w:rPr>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>Special Use Area</w:t>
       </w:r>
-      <w:r w:rsidR="00BC571F" w:rsidRPr="008C364C">
+      <w:r w:rsidR="00BC571F" w:rsidRPr="009D5761">
         <w:rPr>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>, such a dwelling not to exceed ________ square feet</w:t>
       </w:r>
-      <w:r w:rsidR="00105844" w:rsidRPr="008C364C">
+      <w:r w:rsidR="00105844" w:rsidRPr="009D5761">
         <w:rPr>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003C2CFD" w:rsidRPr="008C364C">
+      <w:r w:rsidR="003C2CFD" w:rsidRPr="009D5761">
         <w:rPr>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>of footprint at grade and a maximum height of any part of the dwelling of ____ feet</w:t>
       </w:r>
-      <w:r w:rsidR="00BC571F" w:rsidRPr="008C364C">
+      <w:r w:rsidR="00BC571F" w:rsidRPr="009D5761">
         <w:rPr>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>, provided that there shall be no more than one (1) single-family dwelling at any one time within the Residential Are</w:t>
       </w:r>
-      <w:r w:rsidR="008C364C">
+      <w:r w:rsidR="008C364C" w:rsidRPr="009D5761">
         <w:rPr>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>a]</w:t>
       </w:r>
       <w:r w:rsidR="00BC571F" w:rsidRPr="00EC317C">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44D64E1F" w14:textId="3800C0AD" w:rsidR="007E6B7F" w:rsidRDefault="007E6B7F" w:rsidP="007E6B7F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4672F0FE" w14:textId="0796003B" w:rsidR="00BC571F" w:rsidRPr="007E6B7F" w:rsidRDefault="000B0F04" w:rsidP="007E6B7F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="007E6B7F">
         <w:rPr>
@@ -9232,68 +9029,68 @@
         <w:t xml:space="preserve"> Area, and further provided that any of these Improvements serves only the permitted single family dwelling located within the </w:t>
       </w:r>
       <w:r w:rsidR="00F5299F">
         <w:t>Special Use</w:t>
       </w:r>
       <w:r w:rsidR="00F70192">
         <w:t xml:space="preserve"> Area.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32159E13" w14:textId="77777777" w:rsidR="007E6B7F" w:rsidRPr="00EE3B0C" w:rsidRDefault="007E6B7F" w:rsidP="00EE3B0C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42940C7A" w14:textId="063960AE" w:rsidR="00BC571F" w:rsidRPr="00EC317C" w:rsidRDefault="00BC571F" w:rsidP="00BC571F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="003649D9">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="003649D9">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">Add, delete, or edit, any other additional permitted uses and activities allowed within the </w:t>
       </w:r>
-      <w:r w:rsidR="00F5299F">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00F5299F" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>Special Use Area</w:t>
       </w:r>
       <w:r w:rsidRPr="003649D9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">]  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44AF73BF" w14:textId="77777777" w:rsidR="00BC571F" w:rsidRPr="00BC571F" w:rsidRDefault="00BC571F" w:rsidP="00BC571F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:b/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19F82E8C" w14:textId="77777777" w:rsidR="00DF30F0" w:rsidRPr="00DF30F0" w:rsidRDefault="00DF30F0" w:rsidP="00DF30F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
@@ -9303,50 +9100,51 @@
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Site Restoration</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="611E6143" w14:textId="77777777" w:rsidR="00DF30F0" w:rsidRDefault="00DF30F0" w:rsidP="00DF30F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65862E37" w14:textId="190B4E8A" w:rsidR="005C212D" w:rsidRPr="00DF30F0" w:rsidRDefault="005C212D" w:rsidP="00EE3B0C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Upon completion of any </w:t>
       </w:r>
       <w:r w:rsidR="003824B4">
         <w:t>Permitted Acts and Uses</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">, any disturbed areas shall be restored substantially to </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF30F0">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">the conditions </w:t>
       </w:r>
       <w:r w:rsidR="00F96DC5" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">that existed prior to said </w:t>
       </w:r>
       <w:r w:rsidR="00F96DC5">
         <w:t>activities</w:t>
       </w:r>
       <w:r w:rsidR="00F96DC5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">, including </w:t>
@@ -9750,82 +9548,76 @@
           <w:rStyle w:val="PlaceholderText"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB3E09">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Grantee </w:t>
       </w:r>
       <w:r w:rsidR="00C72FE6">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Review</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB3E09">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB3E09">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E33E2F" w:rsidRPr="002257DC">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00E33E2F" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="003579DD" w:rsidRPr="002257DC">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="003579DD" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">Use this paragraph for </w:t>
       </w:r>
-      <w:r w:rsidR="00E33E2F" w:rsidRPr="002257DC">
+      <w:r w:rsidR="00E33E2F" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">CRs with 1 </w:t>
       </w:r>
-      <w:r w:rsidR="00E33E2F" w:rsidRPr="002257DC">
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="00E33E2F" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Grantee] </w:t>
       </w:r>
       <w:r w:rsidR="00E50E10" w:rsidRPr="00E33E2F">
         <w:t>Where</w:t>
       </w:r>
       <w:r w:rsidR="00E50E10" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> Grantee’s approval is required, Grantee shall </w:t>
       </w:r>
       <w:r w:rsidR="00E50E10" w:rsidRPr="00D23717">
         <w:t xml:space="preserve">grant or withhold approval in writing within </w:t>
       </w:r>
       <w:r w:rsidR="00CD2646" w:rsidRPr="00D23717">
         <w:t>sixty (</w:t>
       </w:r>
       <w:r w:rsidR="00E50E10" w:rsidRPr="00D23717">
         <w:t>60</w:t>
       </w:r>
       <w:r w:rsidR="00CD2646" w:rsidRPr="00D23717">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00E50E10" w:rsidRPr="00D23717">
         <w:t xml:space="preserve"> days of receipt of Grantor’s request. Grantee’s approval shall only be granted upon a showing that </w:t>
       </w:r>
       <w:r w:rsidR="007401D3" w:rsidRPr="00D23717">
         <w:t xml:space="preserve">the proposed activity </w:t>
       </w:r>
@@ -9857,97 +9649,104 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000021E7">
         <w:t>Grantee may require Grantor to secure expert review and evaluation of a proposed activity by a mutually agreed upon party.</w:t>
       </w:r>
       <w:r w:rsidR="00236CD5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="742F75DB" w14:textId="5704BC6E" w:rsidR="00252E06" w:rsidRPr="00EE3B0C" w:rsidRDefault="00252E06" w:rsidP="00EE3B0C">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="052008BF" w14:textId="59777078" w:rsidR="003E04F3" w:rsidRPr="00EC317C" w:rsidRDefault="00E33E2F" w:rsidP="00EE3B0C">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="14"/>
-      <w:r w:rsidRPr="003579DD">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="003579DD">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="003579DD" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">Use this paragraph for </w:t>
       </w:r>
-      <w:r w:rsidRPr="003579DD">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>CRs with 2 Grantees</w:t>
       </w:r>
-      <w:r w:rsidRPr="003579DD">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:commentRangeEnd w:id="14"/>
-      <w:r w:rsidR="00652B17">
+      <w:r w:rsidR="0057556A">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:kern w:val="28"/>
         </w:rPr>
         <w:commentReference w:id="14"/>
       </w:r>
       <w:r w:rsidRPr="003579DD">
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003E04F3" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Where Grantee’s approval is required, the Secondary Grantee, within thirty (30) days of receipt of Grantor’s request, shall notify the Primary Grantee of the Secondary Grantee’s decision. Within sixty (60) days of the Primary Grantee’s receipt of Grantor’s request, the Primary Grantee shall either affirm, amend or reverse the decision of the Secondary Grantee, shall notify the Secondary Grantee thereof in writing, and shall issue its decision to the Grantor in writing. The Primary Grantee’s decision shall in all cases be the final and controlling decision binding on both Grantees. </w:t>
+        <w:t xml:space="preserve">Where Grantee’s approval is required, the Secondary Grantee, within thirty (30) days of receipt of Grantor’s request, shall notify the Primary Grantee of the Secondary Grantee’s decision. Within sixty (60) days of the Primary Grantee’s receipt of Grantor’s request, the Primary Grantee shall either affirm, amend or reverse the decision of the Secondary Grantee, shall notify the Secondary Grantee thereof in writing, and shall issue its decision to the Grantor in </w:t>
+      </w:r>
+      <w:r w:rsidR="003E04F3" w:rsidRPr="00EC317C">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">writing. The Primary Grantee’s decision shall in all cases be the final and controlling decision binding on both Grantees. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="003E04F3" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>In the event that</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="003E04F3" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> no decision is received from the Secondary Grantee within thirty (30) days, the Primary </w:t>
       </w:r>
       <w:r w:rsidR="003E04F3" w:rsidRPr="007A43F1">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Grantee shall proceed to issue its decision within sixty (60) days of </w:t>
       </w:r>
       <w:r w:rsidR="00F31E21" w:rsidRPr="007A43F1">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
@@ -10056,51 +9855,51 @@
       <w:r w:rsidR="00105844">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="00671B54" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Grantor may </w:t>
       </w:r>
       <w:r w:rsidR="00252E06">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">subsequently </w:t>
       </w:r>
       <w:r w:rsidR="00671B54" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>submit the same or a similar request for approval.</w:t>
       </w:r>
       <w:commentRangeEnd w:id="15"/>
-      <w:r w:rsidR="00CC3413">
+      <w:r w:rsidR="0057556A">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:kern w:val="28"/>
         </w:rPr>
         <w:commentReference w:id="15"/>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:p w14:paraId="53D3D9B9" w14:textId="77777777" w:rsidR="00B656AD" w:rsidRPr="00EE3B0C" w:rsidRDefault="00B656AD" w:rsidP="00020662">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01546E0B" w14:textId="742F081C" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="004E6811" w:rsidP="00DF30F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
@@ -10214,53 +10013,53 @@
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="001403A7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E50E10" w:rsidRPr="00EC317C">
         <w:t>The rights hereby granted shall include the right to enforce this Conservation Restriction by appropriate legal proceedings and to obtain</w:t>
       </w:r>
       <w:r w:rsidR="00C55E28">
         <w:t xml:space="preserve"> compensatory</w:t>
       </w:r>
       <w:r w:rsidR="00564788">
         <w:t xml:space="preserve"> relief</w:t>
       </w:r>
       <w:r w:rsidR="00232C9C" w:rsidRPr="003E5341">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00A91284" w:rsidRPr="003E5341">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00232C9C" w:rsidRPr="003E5341">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00A91284" w:rsidRPr="003E5341">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00A91284" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>including without limitation, compensation for interim losses (i.e., ecological and public use service losses that occur from the date of the violation until the date of restoration)</w:t>
       </w:r>
       <w:r w:rsidR="00232C9C" w:rsidRPr="003E5341">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00A91284" w:rsidRPr="003E5341">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E125E6" w:rsidRPr="003E5341">
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidR="00E125E6">
         <w:t xml:space="preserve"> equitable relief against any violations, including, without limitation, </w:t>
       </w:r>
       <w:r w:rsidR="00E50E10" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">injunctive </w:t>
       </w:r>
       <w:r w:rsidR="00E125E6">
         <w:t>relief</w:t>
       </w:r>
       <w:r w:rsidR="00A91284">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0039066C">
@@ -10527,51 +10326,51 @@
     </w:p>
     <w:p w14:paraId="5821CADD" w14:textId="77777777" w:rsidR="001171B8" w:rsidRDefault="001171B8" w:rsidP="00EE3B0C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E9105EC" w14:textId="09977AAF" w:rsidR="001171B8" w:rsidRPr="00EC317C" w:rsidRDefault="001171B8" w:rsidP="00CA1022">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:commentRangeStart w:id="17"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Coordination between Primary and Secondary Grantee</w:t>
       </w:r>
       <w:commentRangeEnd w:id="17"/>
-      <w:r w:rsidR="001D3E1F">
+      <w:r w:rsidR="0057556A">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:kern w:val="28"/>
         </w:rPr>
         <w:commentReference w:id="17"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00151DE1">
         <w:t xml:space="preserve">Whenever there is a question of whether there is a violation of this Conservation Restriction, or how to proceed in addressing the violation, the Primary Grantee shall consult with </w:t>
       </w:r>
       <w:r w:rsidR="00342210">
         <w:t>the Secondary Grantee</w:t>
       </w:r>
       <w:r w:rsidRPr="00151DE1">
         <w:t xml:space="preserve">. The Primary Grantee shall then determine whether there is a violation and how to proceed in addressing the violation. The Primary Grantee’s decision shall in all cases be the final and controlling decision binding on both Grantees. </w:t>
       </w:r>
@@ -10759,229 +10558,221 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="18"/>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">PUBLIC </w:t>
       </w:r>
       <w:r w:rsidR="00E50E10" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ACCESS</w:t>
       </w:r>
       <w:r w:rsidR="006408DD">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:commentRangeEnd w:id="18"/>
-      <w:r w:rsidR="00F92113">
+      <w:r w:rsidR="0057556A">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:kern w:val="28"/>
         </w:rPr>
         <w:commentReference w:id="18"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="57102EAE" w14:textId="22DBBC87" w:rsidR="00BF7C08" w:rsidRDefault="00BF7C08" w:rsidP="00BF7C08">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6FE951EC" w14:textId="3D628E08" w:rsidR="004E70A1" w:rsidRPr="00EC317C" w:rsidRDefault="00BF7C08" w:rsidP="007E6B7F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This Conservation Restriction does not </w:t>
       </w:r>
       <w:r w:rsidR="0058361C">
         <w:t>grant any right of access to the general public</w:t>
       </w:r>
       <w:r w:rsidR="00A813EC">
         <w:t xml:space="preserve"> and the Grantor retains its rights to prohibit access to the Premises by the general public. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34B6EBBB" w14:textId="2864DCA6" w:rsidR="00DF30F0" w:rsidRDefault="00DF30F0" w:rsidP="00DF30F0">
+    <w:p w14:paraId="34B6EBBB" w14:textId="2864DCA6" w:rsidR="00DF30F0" w:rsidRPr="009D5761" w:rsidRDefault="00DF30F0" w:rsidP="00DF30F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="40718866" w14:textId="715901D2" w:rsidR="00C04566" w:rsidRDefault="00C04566" w:rsidP="007E6B7F">
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40718866" w14:textId="715901D2" w:rsidR="00C04566" w:rsidRPr="009D5761" w:rsidRDefault="00C04566" w:rsidP="007E6B7F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>OR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EA7D86A" w14:textId="77777777" w:rsidR="00C04566" w:rsidRPr="00C04566" w:rsidRDefault="00C04566" w:rsidP="007E6B7F">
+    <w:p w14:paraId="7EA7D86A" w14:textId="77777777" w:rsidR="00C04566" w:rsidRPr="009D5761" w:rsidRDefault="00C04566" w:rsidP="007E6B7F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="687E2CB6" w14:textId="79468442" w:rsidR="00BF4BA1" w:rsidRPr="00EC317C" w:rsidRDefault="00BF4BA1" w:rsidP="00EE3B0C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EC317C">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="004E70A1" w:rsidRPr="00EC317C">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="004E70A1" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC317C">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>elete if public access is not being granted</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC317C">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00546D8F">
         <w:t>Subject to the provisions of this Conservation Restriction, the</w:t>
       </w:r>
       <w:r w:rsidR="00546D8F" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">Grantor </w:t>
       </w:r>
       <w:r w:rsidR="00546D8F">
         <w:t xml:space="preserve">hereby </w:t>
       </w:r>
       <w:r w:rsidR="00CE2C3B">
-        <w:t xml:space="preserve">grants access to the Premises to the </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and </w:t>
+        <w:t xml:space="preserve">grants access to the Premises to the general public and </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t>agrees</w:t>
       </w:r>
       <w:r w:rsidR="0008362E" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> to take no action to prohibit or </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">discourage access to and use of the Premises by the general public, but only for daytime use </w:t>
       </w:r>
       <w:r w:rsidRPr="00A63C22">
         <w:t xml:space="preserve">and only as described in </w:t>
       </w:r>
       <w:commentRangeStart w:id="19"/>
       <w:r w:rsidR="0097008B">
         <w:t>Paragraph I</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t>II</w:t>
       </w:r>
       <w:r w:rsidR="001E6238">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidR="001E6238">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00434FA4">
         <w:t>10</w:t>
       </w:r>
       <w:commentRangeEnd w:id="19"/>
-      <w:r w:rsidR="00434FA4">
+      <w:r w:rsidR="0057556A">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:kern w:val="28"/>
         </w:rPr>
         <w:commentReference w:id="19"/>
       </w:r>
       <w:r w:rsidR="00B143C1">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="001E6238">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">provided that such agreement by Grantor is subject to the Grantor’s reserved right to establish reasonable rules, regulations, and restrictions on such permitted recreational use by the general public for the protection of the </w:t>
       </w:r>
       <w:r w:rsidR="004E70A1" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">Purposes </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="004E70A1" w:rsidRPr="00EC317C">
         <w:t>Conservation Values</w:t>
       </w:r>
@@ -11294,300 +11085,290 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="21"/>
       <w:r w:rsidRPr="00DF30F0">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Grantee’s Receipt of Property Right</w:t>
       </w:r>
       <w:r w:rsidR="00CD1255">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:commentRangeEnd w:id="21"/>
-      <w:r w:rsidR="001E1164">
+      <w:r w:rsidR="0057556A">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:kern w:val="28"/>
         </w:rPr>
         <w:commentReference w:id="21"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="23C1E6AB" w14:textId="77777777" w:rsidR="00DF30F0" w:rsidRDefault="00DF30F0" w:rsidP="00A91284">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60BB00FD" w14:textId="1EC1D0C9" w:rsidR="00A22541" w:rsidRDefault="000B0890" w:rsidP="00A91284">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00826145">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00074C04" w:rsidRPr="00EE3B0C">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00074C04" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>This language to be used for a donated CR for which a deduction will be taken</w:t>
       </w:r>
-      <w:r w:rsidR="00826145" w:rsidRPr="00826145">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00826145" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="000313F9" w:rsidRPr="000313F9">
         <w:t xml:space="preserve"> Grantor and Grantee agree that the conveyance of this Conservation Restriction gives rise to a real property right, immediately vested in the Grantee, with a fair market value that is at least equal to the proportionate value that this Conservation Restriction, determined at the time of the conveyance, bears to the value of the unrestricted Premises.  The proportionate value of the Grantee’s property right as of the Effective Date (See Paragraph XII</w:t>
       </w:r>
       <w:r w:rsidR="00371AEC">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="000313F9" w:rsidRPr="000313F9">
-        <w:t>) was determined to be ___ %. Such proportionate value of the Grantee’s property right shall remain constant.</w:t>
+        <w:t xml:space="preserve">) was determined to be ___ %. Such proportionate </w:t>
+      </w:r>
+      <w:r w:rsidR="000313F9" w:rsidRPr="000313F9">
+        <w:lastRenderedPageBreak/>
+        <w:t>value of the Grantee’s property right shall remain constant.</w:t>
       </w:r>
       <w:r w:rsidR="00F9667E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0072014E">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="0072014E" w:rsidRPr="00EE3B0C">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="0072014E" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>Drafter’s alternative</w:t>
       </w:r>
-      <w:r w:rsidR="00154DE6" w:rsidRPr="00EE3B0C">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00154DE6" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F9667E">
+      <w:r w:rsidR="00F9667E" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">for the previous sentence </w:t>
       </w:r>
-      <w:r w:rsidR="00154DE6" w:rsidRPr="00EE3B0C">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00154DE6" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>in cases where a proportionate value for the CR</w:t>
       </w:r>
-      <w:r w:rsidR="00AE2D8D" w:rsidRPr="00F9667E">
+      <w:r w:rsidR="00AE2D8D" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> is not established at the time of its recording</w:t>
       </w:r>
-      <w:r w:rsidR="0072014E" w:rsidRPr="00EE3B0C">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="0072014E" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">: The proportionate value of the Grantee’s property right </w:t>
       </w:r>
-      <w:r w:rsidR="00154DE6" w:rsidRPr="00EE3B0C" w:rsidDel="00FE2FB5">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00154DE6" w:rsidRPr="009D5761" w:rsidDel="00FE2FB5">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
-      <w:r w:rsidR="009145B4" w:rsidRPr="00EE3B0C">
-[...13 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="009145B4" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>as of the Effective Date (See Paragraph XII</w:t>
+      </w:r>
+      <w:r w:rsidR="002676C3" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="009145B4" w:rsidRPr="00F9667E">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="009145B4" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="0072014E" w:rsidRPr="00EE3B0C">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="0072014E" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0009668D" w:rsidRPr="00EE3B0C">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="0009668D" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidR="0072014E" w:rsidRPr="00EE3B0C">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="0072014E" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">will be determined </w:t>
       </w:r>
-      <w:r w:rsidR="00154DE6" w:rsidRPr="00EE3B0C">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00154DE6" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>by an appraisal</w:t>
       </w:r>
-      <w:r w:rsidR="0072014E" w:rsidRPr="00EE3B0C">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="0072014E" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>. Such proportionate value of the Grantee’s property right shall remain constant.</w:t>
       </w:r>
       <w:r w:rsidR="0072014E">
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="127323C9" w14:textId="77777777" w:rsidR="00C4184D" w:rsidRDefault="00C4184D" w:rsidP="00A91284">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1AF55EBD" w14:textId="445C73DD" w:rsidR="00074C04" w:rsidRPr="00EC317C" w:rsidRDefault="0009668D" w:rsidP="00A91284">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="0009668D">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00074C04" w:rsidRPr="00EE3B0C">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00074C04" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>This language to be used for a CR for which NO deduction will be taken</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009668D">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00074C04" w:rsidRPr="006739EC">
         <w:t xml:space="preserve"> Grantor and Grantee agree that the conveyance of this Conservation Restriction gives rise to a real property right, immediately vested in the Grantee, with a fair market value that is at least equal to the proportionate value that this Conservation Restriction</w:t>
       </w:r>
       <w:r w:rsidR="007D49CB" w:rsidRPr="006739EC">
         <w:t xml:space="preserve"> bears to the value of the unrestricted Premises</w:t>
       </w:r>
       <w:r w:rsidR="00074C04" w:rsidRPr="006739EC">
         <w:t xml:space="preserve">. The proportionate value of the Grantee’s property right will be determined as of the date of </w:t>
       </w:r>
       <w:r w:rsidR="003E5129">
         <w:t>termination, release, or extinguishment</w:t>
       </w:r>
       <w:r w:rsidR="00074C04" w:rsidRPr="006739EC">
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DA02DA1" w14:textId="09203909" w:rsidR="00FB35F8" w:rsidRDefault="00FB35F8" w:rsidP="00C80935"/>
     <w:p w14:paraId="1D4DAAA9" w14:textId="05B96CB4" w:rsidR="002F219E" w:rsidRPr="00F87554" w:rsidRDefault="0009668D" w:rsidP="00C80935">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0009668D">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00312878" w:rsidRPr="0009668D">
+      <w:r w:rsidR="00312878" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...13 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>This language to be used for a CR for which the Grantee is receiving no proportionate value</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">] </w:t>
       </w:r>
       <w:r w:rsidR="00312878" w:rsidRPr="0009668D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Grantor</w:t>
       </w:r>
       <w:r w:rsidR="00312878" w:rsidRPr="00717C8D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Grantee agree that the </w:t>
       </w:r>
       <w:r w:rsidR="00312878">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>conveyance</w:t>
       </w:r>
       <w:r w:rsidR="00312878" w:rsidRPr="00717C8D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
@@ -11895,51 +11676,55 @@
       <w:r w:rsidRPr="00EC317C">
         <w:t>The Grantee is authorized to record or file any notices or instruments appropriate to assuring the perpetual enforceability of this Conservation Restriction</w:t>
       </w:r>
       <w:r w:rsidR="00470E4C">
         <w:t>. T</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">he Grantor, on behalf of </w:t>
       </w:r>
       <w:r w:rsidR="00544725" w:rsidRPr="00EC317C">
         <w:t>itself and its</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> successors and assigns, appoint</w:t>
       </w:r>
       <w:r w:rsidR="00FD7881" w:rsidRPr="00EC317C">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> the Grantee </w:t>
       </w:r>
       <w:r w:rsidR="00470E4C">
         <w:t>its</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
-        <w:t xml:space="preserve"> attorney-in-fact to execute, acknowledge and del</w:t>
+        <w:t xml:space="preserve"> attorney-in-fact to execute, acknowledge and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
+        <w:lastRenderedPageBreak/>
+        <w:t>del</w:t>
       </w:r>
       <w:r w:rsidR="00544725" w:rsidRPr="00EC317C">
         <w:t>iver any such instruments on its</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> behalf. Without limiting the foregoing, the Grantor and </w:t>
       </w:r>
       <w:r w:rsidR="00544725" w:rsidRPr="00EC317C">
         <w:t>its</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> successors and assigns agree themselves to execute any such instruments upon request.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C29141D" w14:textId="77777777" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="00E50E10" w:rsidP="008470EB">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3EF56956" w14:textId="77777777" w:rsidR="00DF30F0" w:rsidRPr="00DF30F0" w:rsidRDefault="00E50E10" w:rsidP="008470EB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
@@ -11958,51 +11743,59 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="67D6E90C" w14:textId="77777777" w:rsidR="00DF30F0" w:rsidRDefault="00DF30F0" w:rsidP="00DF30F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3AB76546" w14:textId="39C28FE9" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="00E50E10" w:rsidP="00DF30F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:t>The benefits of this Conservation Restriction shall</w:t>
       </w:r>
       <w:r w:rsidR="00562566" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> run to the Grantee, shall</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
-        <w:t xml:space="preserve"> be in gross and shall not be assignable by the Grantee, except </w:t>
+        <w:t xml:space="preserve"> be in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EC317C">
+        <w:t>gross</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EC317C">
+        <w:t xml:space="preserve"> and shall not be assignable by the Grantee, except </w:t>
       </w:r>
       <w:r w:rsidR="008446D5" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">when </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="008446D5" w:rsidRPr="00EC317C">
         <w:t>all of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="008446D5" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> the following conditions are met</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28B50832" w14:textId="77777777" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="00E50E10" w:rsidP="00020662">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="440830DE" w14:textId="77777777" w:rsidR="008446D5" w:rsidRPr="00EC317C" w:rsidRDefault="00E50E10" w:rsidP="008446D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
@@ -12200,72 +11993,72 @@
       </w:r>
       <w:r w:rsidR="00D57866" w:rsidRPr="00EC317C">
         <w:t>twenty (</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00D57866" w:rsidRPr="00EC317C">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> days </w:t>
       </w:r>
       <w:r w:rsidR="00D57866" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">prior to the </w:t>
       </w:r>
       <w:r w:rsidR="00460F89">
         <w:t>effective date</w:t>
       </w:r>
       <w:r w:rsidR="00D57866" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> of</w:t>
       </w:r>
       <w:r w:rsidR="005A7233" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> such transfer</w:t>
       </w:r>
-      <w:r w:rsidR="005A7233" w:rsidRPr="00DF30F0">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="005A7233" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="006816FB" w:rsidRPr="00DF30F0">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="006816FB" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="006816FB" w:rsidRPr="00DF30F0">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="006816FB" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>If the Premises was acquired by a Land Trust or similar conservation organization with a Conservation Partnership grant, insert the following</w:t>
       </w:r>
-      <w:r w:rsidR="006816FB" w:rsidRPr="00DF30F0">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="006816FB" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">: Any transfers shall receive prior approval by Grantee to assure that the Premises is transferred to a qualified conservation organization.] </w:t>
       </w:r>
       <w:r w:rsidR="005A7233" w:rsidRPr="00EC317C">
         <w:t>Failure to do any of the above</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> shall not impair the validity or enforceability of this Conservation Restriction. </w:t>
       </w:r>
       <w:r w:rsidR="009B0FE7">
         <w:t>If the Grantor fails to reference the terms of this Conservation Restriction in any deed or other legal instrument which grants any interest in all or a portion of the Premises, then the Grantee may record, in the applicable registry of deeds</w:t>
       </w:r>
       <w:r w:rsidR="002109BF">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="009B0FE7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002109BF">
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="004E4354">
         <w:t xml:space="preserve">registered in the applicable </w:t>
       </w:r>
       <w:r w:rsidR="008B6EF8">
@@ -12362,50 +12155,51 @@
           <w:numId w:val="29"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ESTOPPEL CERTIFICATES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F979125" w14:textId="77777777" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="00E50E10" w:rsidP="00020662">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14A7E8DA" w14:textId="2717BB74" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="00E50E10" w:rsidP="00020662">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Upon request by the Grantor, the Grantee shall, within </w:t>
       </w:r>
       <w:r w:rsidR="005A7233" w:rsidRPr="00EC317C">
         <w:t>thirty (30)</w:t>
       </w:r>
       <w:r w:rsidR="00CE0BD7" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
       <w:r w:rsidR="00CE0BD7" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>60 days for municipalities unless otherwise agreed upon</w:t>
       </w:r>
       <w:r w:rsidR="00CE0BD7" w:rsidRPr="00EC317C">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="005A7233" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> days </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t>execute and deliver to the Grantor any document, including an estoppel certificate, which certifies the Grantor’s compliance</w:t>
       </w:r>
       <w:r w:rsidR="00D566A5" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> or non-compliance</w:t>
@@ -12950,77 +12744,77 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1041D697" w14:textId="7FD9A090" w:rsidR="00AA41C7" w:rsidRDefault="00AA41C7" w:rsidP="00EE3B0C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00A817EC">
         <w:t>No amendment shall be effective unless documented in a notarized writing executed by Grantee and Grantor</w:t>
       </w:r>
       <w:r w:rsidR="000C3E79">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00434E4D">
         <w:t xml:space="preserve">approved by </w:t>
       </w:r>
       <w:r w:rsidR="00434E4D" w:rsidRPr="008C6D24">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00520A2E" w:rsidRPr="008C6D24">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00434E4D" w:rsidRPr="00EE3B0C">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00434E4D" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">Town/City of </w:t>
       </w:r>
-      <w:r w:rsidR="00520A2E" w:rsidRPr="008C6D24">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00520A2E" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">Name of </w:t>
       </w:r>
-      <w:r w:rsidR="00434E4D" w:rsidRPr="00EE3B0C">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00434E4D" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>Municip</w:t>
       </w:r>
-      <w:r w:rsidR="0010100A" w:rsidRPr="00EE3B0C">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="0010100A" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00434E4D" w:rsidRPr="00EE3B0C">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00434E4D" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>lity</w:t>
       </w:r>
       <w:r w:rsidR="00434E4D" w:rsidRPr="008C6D24">
         <w:t xml:space="preserve">] and </w:t>
       </w:r>
       <w:r w:rsidR="00183962">
         <w:t xml:space="preserve">by </w:t>
       </w:r>
       <w:r w:rsidR="00434E4D" w:rsidRPr="008C6D24">
         <w:t>the Secr</w:t>
       </w:r>
       <w:r w:rsidR="00434E4D">
         <w:t>etary in the public interest pursuant to Section 32 of Chapter 184 of the Massachusetts General Laws,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A817EC">
         <w:t xml:space="preserve"> and recorded in the </w:t>
       </w:r>
       <w:r w:rsidR="00434E4D">
         <w:t xml:space="preserve">applicable registry of deeds or </w:t>
       </w:r>
       <w:r w:rsidR="00554074">
         <w:t>registered in the applicable land court registry district</w:t>
       </w:r>
       <w:r w:rsidR="007A33A6">
@@ -13717,51 +13511,51 @@
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="24"/>
       <w:r w:rsidRPr="00DF30F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">Release of </w:t>
       </w:r>
       <w:r w:rsidR="004F2F80" w:rsidRPr="00DF30F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Homestead</w:t>
       </w:r>
       <w:commentRangeEnd w:id="24"/>
-      <w:r w:rsidR="005D3FFD">
+      <w:r w:rsidR="0057556A">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Palatino" w:eastAsia="Times New Roman" w:hAnsi="Palatino"/>
           <w:color w:val="auto"/>
           <w:kern w:val="28"/>
         </w:rPr>
         <w:commentReference w:id="24"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="51F8DA22" w14:textId="77777777" w:rsidR="00DF30F0" w:rsidRDefault="00DF30F0" w:rsidP="00DF30F0">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52D51F19" w14:textId="22AD7AFE" w:rsidR="00A24FBA" w:rsidRPr="00EC317C" w:rsidRDefault="00A24FBA" w:rsidP="00DF30F0">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -13863,85 +13657,76 @@
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">The Grantor hereby </w:t>
       </w:r>
       <w:r w:rsidR="00330F43">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">grees to waive, subordinate, and release </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EC317C">
+        <w:t xml:space="preserve">grees to waive, subordinate, and release any and all Homestead rights </w:t>
+      </w:r>
+      <w:r w:rsidR="001403A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>any and all</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">pursuant to Chapter 188 of the Massachusetts General Laws </w:t>
+      </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Homestead rights </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001403A7">
+        <w:t xml:space="preserve">it may have in favor of this Conservation Restriction with respect to any portion of the Premises affected by this Conservation Restriction, and hereby agrees to execute, deliver and/or record any and all instruments necessary </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">pursuant to Chapter 188 of the Massachusetts General Laws </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">it may have in favor of this Conservation Restriction with respect to any portion of the Premises affected by this Conservation Restriction, and hereby agrees to execute, deliver and/or record any and all instruments necessary to effectuate such waiver, subordination and release. In all other respects, the Grantor reserves and retains </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">to effectuate such waiver, subordination and release. In all other respects, the Grantor reserves and retains </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>any and all</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> Homestead rights, subject to this Conservation Restriction, pursuant to </w:t>
       </w:r>
       <w:r w:rsidR="00860782" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
@@ -14000,51 +13785,51 @@
     </w:p>
     <w:p w14:paraId="5D1B5349" w14:textId="77777777" w:rsidR="00DF30F0" w:rsidRPr="00DF30F0" w:rsidRDefault="00FD7881" w:rsidP="00EC2D18">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="25"/>
       <w:r w:rsidRPr="00DF30F0">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Subordination</w:t>
       </w:r>
       <w:commentRangeEnd w:id="25"/>
-      <w:r w:rsidR="005D3FFD">
+      <w:r w:rsidR="0057556A">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:kern w:val="28"/>
         </w:rPr>
         <w:commentReference w:id="25"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C570D27" w14:textId="77777777" w:rsidR="00DF30F0" w:rsidRDefault="00DF30F0" w:rsidP="00DF30F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32A0981D" w14:textId="79F6611A" w:rsidR="007A3180" w:rsidRPr="00EC317C" w:rsidRDefault="00E80955" w:rsidP="00DF30F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0"/>
@@ -14214,82 +13999,76 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Executory Limitation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DDC3C6C" w14:textId="77777777" w:rsidR="004D52EC" w:rsidRDefault="004D52EC" w:rsidP="00F66A1C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E756F0D" w14:textId="6FF7B844" w:rsidR="00F66A1C" w:rsidRDefault="00E53D98" w:rsidP="00F66A1C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="002257DC">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="002257DC">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">Use this paragraph for </w:t>
       </w:r>
-      <w:r w:rsidRPr="002257DC">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">CRs with 1 </w:t>
       </w:r>
-      <w:r w:rsidRPr="002257DC">
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Grantee] </w:t>
       </w:r>
       <w:r w:rsidR="009C329A" w:rsidRPr="00773B97">
         <w:t xml:space="preserve">If Grantee shall cease to exist or to be qualified </w:t>
       </w:r>
       <w:r w:rsidR="005B16AC">
         <w:t>to hold conservation restrictions pursuant to Section 32 of Chapter 184 of the Massachusetts General Laws, or to be q</w:t>
       </w:r>
       <w:r w:rsidR="006C061F">
         <w:t xml:space="preserve">ualified </w:t>
       </w:r>
       <w:r w:rsidR="009C329A" w:rsidRPr="00773B97">
         <w:t xml:space="preserve">organization </w:t>
       </w:r>
       <w:r w:rsidR="003161EB" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">under </w:t>
       </w:r>
       <w:r w:rsidR="003161EB">
         <w:t>26</w:t>
       </w:r>
       <w:r w:rsidR="00D13D52">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003161EB">
         <w:t xml:space="preserve">U.S.C. </w:t>
       </w:r>
@@ -14306,110 +14085,76 @@
         <w:t>I, then Grantee’s rights and obligations under this Conservation Restriction shall vest in such organization as a court of competent jurisdiction shall direct pursuant to the applicable Massachusetts law and with due regard to the requirements for an assignment pursuant to Paragraph VI</w:t>
       </w:r>
       <w:r w:rsidR="00D100BC">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="009C329A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09272441" w14:textId="0C12F314" w:rsidR="009C329A" w:rsidRDefault="009C329A" w:rsidP="00F66A1C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E03F4F2" w14:textId="55590D1E" w:rsidR="004D52EC" w:rsidRDefault="00E53D98" w:rsidP="00F66A1C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="002257DC">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="002257DC">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">Use this paragraph for </w:t>
       </w:r>
-      <w:r w:rsidRPr="002257DC">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...41 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CRs with 2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Grantees] </w:t>
       </w:r>
       <w:r w:rsidR="004D52EC" w:rsidRPr="00824128">
         <w:t xml:space="preserve">If either Grantee shall cease to exist </w:t>
       </w:r>
       <w:r w:rsidR="00D13D52" w:rsidRPr="00773B97">
         <w:t xml:space="preserve">or to be qualified </w:t>
       </w:r>
       <w:r w:rsidR="00D13D52">
         <w:t xml:space="preserve">to hold conservation restrictions pursuant to Section 32 of Chapter 184 of the Massachusetts General Laws, or to be qualified </w:t>
       </w:r>
       <w:r w:rsidR="00D13D52" w:rsidRPr="00773B97">
         <w:t xml:space="preserve">organization </w:t>
       </w:r>
       <w:r w:rsidR="00D13D52" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">under </w:t>
       </w:r>
       <w:r w:rsidR="00D13D52">
         <w:t xml:space="preserve">26 U.S.C. </w:t>
       </w:r>
       <w:r w:rsidR="00D13D52" w:rsidRPr="00EC317C">
         <w:t>170(h), and applicable regulations thereunder, if applicable,</w:t>
       </w:r>
       <w:r w:rsidR="00D13D52">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -14442,142 +14187,110 @@
       </w:r>
       <w:r w:rsidR="00BF60A5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D13D52">
         <w:t xml:space="preserve">U.S.C. </w:t>
       </w:r>
       <w:r w:rsidR="00D13D52" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">170(h), and applicable regulations thereunder, </w:t>
       </w:r>
       <w:r w:rsidR="00CE1CB8">
         <w:t xml:space="preserve">if applicable, </w:t>
       </w:r>
       <w:r w:rsidR="004D52EC" w:rsidRPr="00824128">
         <w:t>and a prior assignment is not made pursuant to Paragraph V</w:t>
       </w:r>
       <w:r w:rsidR="00D100BC">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="004D52EC" w:rsidRPr="00824128">
         <w:t xml:space="preserve">I, then their rights and obligations under this Conservation Restriction shall run to the </w:t>
       </w:r>
       <w:r w:rsidR="00896713" w:rsidRPr="008C6D24">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00896713" w:rsidRPr="00EE3B0C">
-[...15 lines deleted...]
-        <w:t>Municipality</w:t>
+      <w:r w:rsidR="00896713" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>Town/City of Name of Municipality</w:t>
       </w:r>
       <w:r w:rsidR="00896713" w:rsidRPr="008C6D24">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00896713">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004D52EC" w:rsidRPr="00824128">
         <w:t xml:space="preserve">Conservation Commission.  If the </w:t>
       </w:r>
       <w:r w:rsidR="00896713" w:rsidRPr="008C6D24">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00896713" w:rsidRPr="00EE3B0C">
-[...15 lines deleted...]
-        <w:t>Municipality</w:t>
+      <w:r w:rsidR="00896713" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>Town/City of Name of Municipality</w:t>
       </w:r>
       <w:r w:rsidR="00896713" w:rsidRPr="008C6D24">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00896713">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004D52EC" w:rsidRPr="00824128">
         <w:t xml:space="preserve">Conservation Commission is no longer in existence at the time the rights and obligations under this Conservation Restriction would otherwise vest in it, or if the </w:t>
       </w:r>
       <w:r w:rsidR="00896713" w:rsidRPr="008C6D24">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00896713" w:rsidRPr="00EE3B0C">
-[...15 lines deleted...]
-        <w:t>Municipality</w:t>
+      <w:r w:rsidR="00896713" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>Town/City of Name of Municipality</w:t>
       </w:r>
       <w:r w:rsidR="00896713" w:rsidRPr="008C6D24">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00896713">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004D52EC" w:rsidRPr="00824128">
         <w:t>Conservation Commission is not qualified or authorized to hold conservation restrictions as provided for assignments pursuant to Paragraph V</w:t>
       </w:r>
       <w:r w:rsidR="00D100BC">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="004D52EC" w:rsidRPr="00824128">
-        <w:t>I, or if it shall refuse such rights and obligations, then the rights and obligations under this Conservation Restriction shall vest in such organization as a court of competent jurisdiction shall direct pursuant to the applicable Massachusetts law and with due regard to the requirements for an assignment pursuant to Paragraph VI</w:t>
+        <w:t xml:space="preserve">I, or if it shall refuse such rights and obligations, then the rights and obligations under this Conservation Restriction shall vest in such organization as a court of competent </w:t>
+      </w:r>
+      <w:r w:rsidR="004D52EC" w:rsidRPr="00824128">
+        <w:lastRenderedPageBreak/>
+        <w:t>jurisdiction shall direct pursuant to the applicable Massachusetts law and with due regard to the requirements for an assignment pursuant to Paragraph VI</w:t>
       </w:r>
       <w:r w:rsidR="00D100BC">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="004D52EC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67A6C1EA" w14:textId="77777777" w:rsidR="004D52EC" w:rsidRPr="00F66A1C" w:rsidRDefault="004D52EC" w:rsidP="00F66A1C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5BAB3B54" w14:textId="145A2BE5" w:rsidR="00DF30F0" w:rsidRPr="00DF30F0" w:rsidRDefault="002A105A" w:rsidP="008470EB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
@@ -14625,62 +14338,65 @@
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidR="0013649B">
         <w:t xml:space="preserve"> following signature </w:t>
       </w:r>
       <w:r>
         <w:t>pages are included in this Grant</w:t>
       </w:r>
       <w:r w:rsidR="00896909" w:rsidRPr="00EC317C">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64865CFE" w14:textId="77777777" w:rsidR="00E17290" w:rsidRPr="00EC317C" w:rsidRDefault="00E17290" w:rsidP="00020662">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="11AA5F68" w14:textId="4E73D954" w:rsidR="00C56F60" w:rsidRPr="00EC317C" w:rsidRDefault="00E17290" w:rsidP="00020662">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EC317C">
-[...1 lines deleted...]
-      </w:r>
       <w:commentRangeStart w:id="26"/>
+      <w:r w:rsidRPr="00EC317C">
+        <w:t>Grantor</w:t>
+      </w:r>
       <w:commentRangeEnd w:id="26"/>
-      <w:r w:rsidR="00910183">
+      <w:r w:rsidR="0057556A">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:kern w:val="28"/>
         </w:rPr>
         <w:commentReference w:id="26"/>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="501AD82C" w14:textId="77777777" w:rsidR="00C56F60" w:rsidRPr="00EC317C" w:rsidRDefault="00896909" w:rsidP="00020662">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:t>Grantee</w:t>
       </w:r>
       <w:r w:rsidR="00CE0BD7" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> Acceptance</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30E3DD16" w14:textId="258EC3C4" w:rsidR="00C56F60" w:rsidRPr="00EC317C" w:rsidRDefault="00CE0BD7" w:rsidP="00020662">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">Approval </w:t>
       </w:r>
       <w:r w:rsidR="0073695E">
         <w:t>of</w:t>
       </w:r>
       <w:r w:rsidR="0073695E" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> </w:t>
@@ -14775,65 +14491,66 @@
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Applies to CPA purchases</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69FF28D5" w14:textId="266E8B19" w:rsidR="00AD4B2A" w:rsidRPr="00EC317C" w:rsidRDefault="00E17290">
       <w:r w:rsidRPr="00EC317C">
         <w:t>Exhibit C: Town or City Vote</w:t>
       </w:r>
       <w:r w:rsidR="002A3F64" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> Authorizing the Use of CPA Funds</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E261FD5" w14:textId="38AC6D21" w:rsidR="004F590C" w:rsidRDefault="006E4E43" w:rsidP="00E50E10">
       <w:r w:rsidRPr="00EC317C">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16071A62" w14:textId="4D5F3370" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="00E50E10" w:rsidP="00E50E10">
-      <w:r w:rsidRPr="00EC317C">
+    <w:p w14:paraId="16071A62" w14:textId="59987F03" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="00E50E10" w:rsidP="00E50E10">
+      <w:r w:rsidRPr="00EC317C">
+        <w:lastRenderedPageBreak/>
         <w:t>WITNESS my hand and seal this _</w:t>
       </w:r>
       <w:r w:rsidR="00393FF8" w:rsidRPr="00EC317C">
         <w:t>___day of ___________________</w:t>
       </w:r>
       <w:r w:rsidR="00C56F60" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00171C06">
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="006C46AA">
-        <w:t>3</w:t>
+      <w:r w:rsidR="0057556A">
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00C56F60" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="298BDF6B" w14:textId="77777777" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="00E50E10" w:rsidP="00E50E10"/>
     <w:p w14:paraId="7606E016" w14:textId="77777777" w:rsidR="00C56F60" w:rsidRPr="00EC317C" w:rsidRDefault="00C56F60" w:rsidP="00E50E10"/>
     <w:p w14:paraId="2E46CC01" w14:textId="2DF04DBA" w:rsidR="004106C4" w:rsidRPr="00EE3B0C" w:rsidRDefault="00393FF8" w:rsidP="00E50E10">
       <w:commentRangeStart w:id="27"/>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -14850,113 +14567,113 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006617CD">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="006617CD" w:rsidRPr="00EE3B0C">
         <w:t xml:space="preserve"> duly authorized</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AFF410C" w14:textId="1B0B391A" w:rsidR="00C56F60" w:rsidRPr="00EC317C" w:rsidRDefault="00393FF8" w:rsidP="00EE3B0C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE3B0C">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>Name of Grantor and Title if Grantor is corporate entity or Trust</w:t>
       </w:r>
-      <w:r w:rsidR="00DD1DAF" w:rsidRPr="00A75CF3">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00DD1DAF" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t>]</w:t>
       </w:r>
       <w:commentRangeEnd w:id="27"/>
-      <w:r w:rsidR="007549A4">
+      <w:r w:rsidR="0057556A">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:kern w:val="28"/>
         </w:rPr>
         <w:commentReference w:id="27"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D6F48D1" w14:textId="77777777" w:rsidR="00300137" w:rsidRPr="00EC317C" w:rsidRDefault="00300137" w:rsidP="00E50E10"/>
     <w:p w14:paraId="5932C914" w14:textId="77777777" w:rsidR="00C56F60" w:rsidRPr="00EC317C" w:rsidRDefault="00C56F60" w:rsidP="00E50E10">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C58EBD2" w14:textId="77777777" w:rsidR="00393FF8" w:rsidRPr="00EC317C" w:rsidRDefault="00393FF8" w:rsidP="00E50E10">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A5B8BD0" w14:textId="0E2D16E0" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="00CE2C0E" w:rsidP="00E50E10">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">THE </w:t>
       </w:r>
       <w:r w:rsidR="00E50E10" w:rsidRPr="00EC317C">
         <w:t>COMMONWEALTH OF MASSACHUSETTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51BD9253" w14:textId="36E87970" w:rsidR="006303CF" w:rsidRDefault="006303CF" w:rsidP="00E50E10"/>
     <w:p w14:paraId="313CFF3C" w14:textId="0F878E8A" w:rsidR="00E50E10" w:rsidRDefault="006303CF" w:rsidP="00E50E10">
       <w:r w:rsidRPr="00EC317C">
         <w:t>_____________</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE3B0C">
         <w:t xml:space="preserve"> County</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t>, ss:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12659676" w14:textId="77777777" w:rsidR="006303CF" w:rsidRPr="00EC317C" w:rsidRDefault="006303CF" w:rsidP="00E50E10"/>
-    <w:p w14:paraId="0C187445" w14:textId="732E30FE" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="00F22B6B" w:rsidP="00F22B6B">
+    <w:p w14:paraId="0C187445" w14:textId="6B558D10" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="00F22B6B" w:rsidP="00F22B6B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">On this </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C56F60" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">day of </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -14965,52 +14682,52 @@
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C56F60" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> ,</w:t>
       </w:r>
       <w:r w:rsidR="00093537" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00171C06">
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="006C46AA">
-        <w:t>3</w:t>
+      <w:r w:rsidR="0057556A">
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00E50E10" w:rsidRPr="00EC317C">
         <w:t>, before me, the undersigned notary publi</w:t>
       </w:r>
       <w:r w:rsidR="00393FF8" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">c, personally appeared </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -15136,271 +14853,266 @@
         <w:t>My Commission Expires:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C840A4A" w14:textId="77777777" w:rsidR="00DB6E84" w:rsidRPr="00EE3B0C" w:rsidRDefault="00DB6E84">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DFBCB0A" w14:textId="56610211" w:rsidR="00540449" w:rsidRPr="00540449" w:rsidRDefault="00540449" w:rsidP="00540449">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">GRANT AND APPROVAL OF </w:t>
       </w:r>
       <w:r w:rsidR="008101E5">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="008101E5" w:rsidRPr="008101E5">
+      <w:r w:rsidR="008101E5" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>TOWN</w:t>
       </w:r>
       <w:r w:rsidR="008101E5">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">] </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>SELECT BOARD</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15A0E5AF" w14:textId="77777777" w:rsidR="00540449" w:rsidRDefault="00540449" w:rsidP="00363281">
+    <w:p w14:paraId="15A0E5AF" w14:textId="77777777" w:rsidR="00540449" w:rsidRPr="009D5761" w:rsidRDefault="00540449" w:rsidP="00363281">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="PlaceholderText"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="277A257D" w14:textId="25F90626" w:rsidR="00BD128D" w:rsidRPr="00E54652" w:rsidRDefault="00BD128D" w:rsidP="00363281">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:commentRangeStart w:id="28"/>
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E54652">
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00363281" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00363281">
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Use this signature page </w:t>
+      </w:r>
+      <w:r w:rsidR="00363281" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
-          <w:iCs/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00363281">
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E54652">
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">f Grantor is a </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF5FC9" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00BF5FC9">
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>Town</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
-          <w:i/>
-[...7 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:commentRangeEnd w:id="28"/>
-      <w:r w:rsidR="00CF0610">
+      <w:r w:rsidR="0057556A">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:kern w:val="28"/>
         </w:rPr>
         <w:commentReference w:id="28"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="13FCE92E" w14:textId="77777777" w:rsidR="00BD128D" w:rsidRPr="006E4E43" w:rsidRDefault="00BD128D" w:rsidP="00BD128D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="688A4919" w14:textId="68A8C6AF" w:rsidR="00BD128D" w:rsidRPr="001E12B4" w:rsidRDefault="00BD128D" w:rsidP="00BD128D">
+    <w:p w14:paraId="688A4919" w14:textId="28AE8937" w:rsidR="00BD128D" w:rsidRPr="001E12B4" w:rsidRDefault="00BD128D" w:rsidP="00BD128D">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00957EE0">
         <w:t xml:space="preserve">We, the undersigned, being a majority of the </w:t>
       </w:r>
       <w:r w:rsidR="00326C10">
         <w:t>Select Board</w:t>
       </w:r>
       <w:r w:rsidRPr="00957EE0">
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
       <w:r>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="00496625">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>Town</w:t>
       </w:r>
       <w:r>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00957EE0">
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:t>________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00957EE0">
         <w:t>, Massachusetts,</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD0027">
         <w:t xml:space="preserve"> hereby certify that at a public meeting duly held on ________________________</w:t>
       </w:r>
       <w:r>
         <w:t>, 202</w:t>
       </w:r>
-      <w:r w:rsidR="006C46AA">
-        <w:t>3</w:t>
+      <w:r w:rsidR="0057556A">
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD0027">
         <w:t xml:space="preserve">, the </w:t>
       </w:r>
       <w:r w:rsidR="00326C10">
         <w:t xml:space="preserve">Select Board </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD0027">
         <w:t xml:space="preserve">voted to approve </w:t>
       </w:r>
       <w:r w:rsidR="00326C10">
         <w:t xml:space="preserve">in the public interest </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD0027">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidRPr="00E44C05">
         <w:t xml:space="preserve">grant </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37516">
         <w:t xml:space="preserve">the foregoing Conservation Restriction </w:t>
       </w:r>
       <w:r w:rsidRPr="0003176C">
         <w:t>to</w:t>
       </w:r>
       <w:r w:rsidRPr="001E12B4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">] </w:t>
       </w:r>
       <w:r w:rsidRPr="001E12B4">
         <w:t xml:space="preserve">pursuant to Section 32 </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">of Chapter 184 of the Massachusetts General Laws and do hereby </w:t>
       </w:r>
       <w:r w:rsidR="00326C10">
         <w:t xml:space="preserve">approve </w:t>
       </w:r>
       <w:r w:rsidR="00E44E34">
         <w:t xml:space="preserve">in the public interest </w:t>
       </w:r>
       <w:r w:rsidR="00326C10">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:t>grant the foregoing Conservation Restriction</w:t>
       </w:r>
       <w:r w:rsidRPr="001E12B4">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C23378D" w14:textId="77777777" w:rsidR="00BD128D" w:rsidRPr="001E12B4" w:rsidRDefault="00BD128D" w:rsidP="00BD128D"/>
     <w:p w14:paraId="0E16CC2E" w14:textId="65BCF76F" w:rsidR="00BD128D" w:rsidRPr="00B60F2A" w:rsidRDefault="00F86CCC" w:rsidP="00BD128D">
@@ -15412,63 +15124,63 @@
       </w:pPr>
       <w:commentRangeStart w:id="29"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>TOWN</w:t>
       </w:r>
       <w:r w:rsidR="00BD128D" w:rsidRPr="00B60F2A">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BD128D" w:rsidRPr="00B60F2A">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>OF</w:t>
       </w:r>
-      <w:r w:rsidR="00BD128D" w:rsidRPr="00B60F2A">
+      <w:r w:rsidR="00BD128D" w:rsidRPr="009D5761">
         <w:rPr>
           <w:bCs/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> _________</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:bCs/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00326C10">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>SELECT BOARD</w:t>
       </w:r>
       <w:r w:rsidR="00BD128D" w:rsidRPr="00B60F2A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BA3BDC8" w14:textId="77777777" w:rsidR="00BD128D" w:rsidRPr="001E12B4" w:rsidRDefault="00BD128D" w:rsidP="00BD128D">
       <w:pPr>
         <w:ind w:left="4320"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73B4568E" w14:textId="77777777" w:rsidR="00BD128D" w:rsidRPr="001E12B4" w:rsidRDefault="00BD128D" w:rsidP="00BD128D">
       <w:pPr>
         <w:ind w:left="4320"/>
       </w:pPr>
@@ -15724,96 +15436,96 @@
     </w:p>
     <w:p w14:paraId="35025688" w14:textId="77777777" w:rsidR="00BD128D" w:rsidRPr="00896909" w:rsidRDefault="00BD128D" w:rsidP="00BD128D">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">THE </w:t>
       </w:r>
       <w:r w:rsidRPr="00896909">
         <w:t>COMMONWEALTH OF MASSACHUSETTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35BE7F2A" w14:textId="77777777" w:rsidR="00BD128D" w:rsidRDefault="00BD128D" w:rsidP="00BD128D"/>
     <w:p w14:paraId="68214D57" w14:textId="77777777" w:rsidR="00BD128D" w:rsidRDefault="00BD128D" w:rsidP="00BD128D">
       <w:r w:rsidRPr="00EC317C">
         <w:t>_____________</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE3B0C">
         <w:t xml:space="preserve"> County</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t>, ss:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60A0EFB3" w14:textId="77777777" w:rsidR="00BD128D" w:rsidRPr="00896909" w:rsidRDefault="00BD128D" w:rsidP="00BD128D"/>
-    <w:p w14:paraId="191891DA" w14:textId="4A417E18" w:rsidR="00BD128D" w:rsidRPr="00896909" w:rsidRDefault="00BD128D" w:rsidP="00BD128D">
+    <w:p w14:paraId="191891DA" w14:textId="3A54077B" w:rsidR="00BD128D" w:rsidRPr="00896909" w:rsidRDefault="00BD128D" w:rsidP="00BD128D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">On this </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> day of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> , 202</w:t>
       </w:r>
-      <w:r w:rsidR="006C46AA">
-        <w:t>3</w:t>
+      <w:r w:rsidR="0057556A">
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00896909">
         <w:t xml:space="preserve"> before me, the undersigned notary publi</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">c, personally appeared </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
@@ -16055,124 +15767,125 @@
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00BF5FC9">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F4EA577" w14:textId="260F94F1" w:rsidR="008101E5" w:rsidRPr="00363281" w:rsidRDefault="008101E5" w:rsidP="008101E5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00363281">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">GRANT AND APPROVAL OF </w:t>
       </w:r>
       <w:r w:rsidR="00363281" w:rsidRPr="00363281">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>MAYOR OF CITY OF __________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ED195A1" w14:textId="77777777" w:rsidR="00363281" w:rsidRPr="008101E5" w:rsidRDefault="00363281" w:rsidP="008101E5">
+    <w:p w14:paraId="3ED195A1" w14:textId="77777777" w:rsidR="00363281" w:rsidRPr="009D5761" w:rsidRDefault="00363281" w:rsidP="008101E5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="556DC780" w14:textId="2324E663" w:rsidR="00BF5FC9" w:rsidRPr="00E54652" w:rsidRDefault="00BF5FC9" w:rsidP="00363281">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="30"/>
-      <w:r w:rsidRPr="00E54652">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00363281">
+      <w:r w:rsidR="00363281" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>Use this signature page if</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E54652">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> Grantor is a </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>City</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00E54652">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:commentRangeEnd w:id="30"/>
-      <w:r w:rsidR="008802E4">
+      <w:r w:rsidR="0057556A">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:kern w:val="28"/>
         </w:rPr>
         <w:commentReference w:id="30"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F8B5669" w14:textId="77777777" w:rsidR="00BF5FC9" w:rsidRPr="006E4E43" w:rsidRDefault="00BF5FC9" w:rsidP="00BF5FC9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F7EDCF9" w14:textId="565833B8" w:rsidR="00BF5FC9" w:rsidRPr="001E12B4" w:rsidRDefault="00BF5FC9" w:rsidP="00BF5FC9">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00957EE0">
         <w:t xml:space="preserve">he undersigned, </w:t>
@@ -16206,180 +15919,174 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve">in the public interest </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD0027">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidRPr="00E44C05">
         <w:t>grant</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00E44C05">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37516">
         <w:t xml:space="preserve">the foregoing Conservation Restriction </w:t>
       </w:r>
       <w:r w:rsidRPr="0003176C">
         <w:t>to</w:t>
       </w:r>
       <w:r w:rsidRPr="001E12B4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">] </w:t>
       </w:r>
       <w:r w:rsidRPr="001E12B4">
         <w:t xml:space="preserve">pursuant to Section 32 </w:t>
       </w:r>
       <w:r>
         <w:t>of Chapter 184 of the Massachusetts General Laws</w:t>
       </w:r>
       <w:r w:rsidRPr="001E12B4">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50F02CC6" w14:textId="77777777" w:rsidR="00BF5FC9" w:rsidRPr="001E12B4" w:rsidRDefault="00BF5FC9" w:rsidP="00BF5FC9"/>
     <w:p w14:paraId="3D777DB1" w14:textId="1B57B0EB" w:rsidR="00BF5FC9" w:rsidRPr="001E12B4" w:rsidRDefault="004E578B" w:rsidP="004E578B">
       <w:r>
         <w:t>___________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C1DB1D7" w14:textId="0E2AF8F9" w:rsidR="00BF5FC9" w:rsidRDefault="00BF5FC9" w:rsidP="004E578B"/>
     <w:p w14:paraId="219E1484" w14:textId="1ED9A06E" w:rsidR="004E578B" w:rsidRDefault="004E578B" w:rsidP="004E578B">
       <w:r>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A66B70">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>Name</w:t>
       </w:r>
       <w:r>
         <w:t>], Mayor of the City of _________________, duly authorized</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DEC57C2" w14:textId="77777777" w:rsidR="004E578B" w:rsidRPr="004E578B" w:rsidRDefault="004E578B" w:rsidP="004E578B"/>
     <w:p w14:paraId="0A3C43F9" w14:textId="359E2515" w:rsidR="00BF5FC9" w:rsidRPr="00896909" w:rsidRDefault="00BF5FC9" w:rsidP="00BF5FC9">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">THE </w:t>
       </w:r>
       <w:r w:rsidRPr="00896909">
         <w:t>COMMONWEALTH OF MASSACHUSETTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45086A25" w14:textId="77777777" w:rsidR="00BF5FC9" w:rsidRDefault="00BF5FC9" w:rsidP="00BF5FC9"/>
     <w:p w14:paraId="6EDCDA3E" w14:textId="77777777" w:rsidR="00BF5FC9" w:rsidRDefault="00BF5FC9" w:rsidP="00BF5FC9">
       <w:r w:rsidRPr="00EC317C">
         <w:t>_____________</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE3B0C">
         <w:t xml:space="preserve"> County</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t>, ss:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29AD5D55" w14:textId="77777777" w:rsidR="00BF5FC9" w:rsidRPr="00896909" w:rsidRDefault="00BF5FC9" w:rsidP="00BF5FC9"/>
-    <w:p w14:paraId="7AE2536D" w14:textId="0DACD2C4" w:rsidR="00BF5FC9" w:rsidRPr="00896909" w:rsidRDefault="00BF5FC9" w:rsidP="00BF5FC9">
+    <w:p w14:paraId="7AE2536D" w14:textId="46BE2CA1" w:rsidR="00BF5FC9" w:rsidRPr="00896909" w:rsidRDefault="00BF5FC9" w:rsidP="00BF5FC9">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">On this </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> day of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> , 202</w:t>
       </w:r>
-      <w:r w:rsidR="006C46AA">
-        <w:t>3</w:t>
+      <w:r w:rsidR="0057556A">
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00896909">
         <w:t xml:space="preserve"> before me, the undersigned notary publi</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">c, personally appeared </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
@@ -16448,283 +16155,284 @@
         <w:tab/>
         <w:t>______________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F2B38AE" w14:textId="77777777" w:rsidR="00BF5FC9" w:rsidRPr="00896909" w:rsidRDefault="00BF5FC9" w:rsidP="00BF5FC9">
       <w:r w:rsidRPr="00896909">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00896909">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00896909">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00896909">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00896909">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00896909">
         <w:tab/>
         <w:t>Notary Public</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74C43D8C" w14:textId="52491199" w:rsidR="00BD128D" w:rsidRDefault="00BF5FC9" w:rsidP="00BF5FC9">
+    <w:p w14:paraId="74C43D8C" w14:textId="52491199" w:rsidR="00BD128D" w:rsidRPr="009D5761" w:rsidRDefault="00BF5FC9" w:rsidP="00BF5FC9">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00896909">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00896909">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00896909">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00896909">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00896909">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00896909">
         <w:tab/>
         <w:t>My Commission Expires</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00BD128D">
+      <w:r w:rsidR="00BD128D" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="608B9545" w14:textId="1D1292FC" w:rsidR="00DB6E84" w:rsidRPr="00E54652" w:rsidRDefault="00DB6E84" w:rsidP="00DB6E84">
+    <w:p w14:paraId="608B9545" w14:textId="1D1292FC" w:rsidR="00DB6E84" w:rsidRPr="009D5761" w:rsidRDefault="00DB6E84" w:rsidP="00DB6E84">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E54652">
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-        </w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E54652">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">If Grantor is a </w:t>
       </w:r>
-      <w:r w:rsidR="00BD128D">
+      <w:r w:rsidR="00BD128D" w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>Conservation Commission</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E54652">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65EA507B" w14:textId="77777777" w:rsidR="00DB6E84" w:rsidRPr="006E4E43" w:rsidRDefault="00DB6E84" w:rsidP="00DB6E84">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="691E6568" w14:textId="3BFB582F" w:rsidR="00DB6E84" w:rsidRPr="001E12B4" w:rsidRDefault="00DB6E84" w:rsidP="00DB6E84">
+    <w:p w14:paraId="691E6568" w14:textId="4EAF8E31" w:rsidR="00DB6E84" w:rsidRPr="001E12B4" w:rsidRDefault="00DB6E84" w:rsidP="00DB6E84">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:commentRangeStart w:id="31"/>
       <w:r w:rsidRPr="00957EE0">
         <w:t xml:space="preserve">We, the undersigned, being a majority of the Conservation Commission of the </w:t>
       </w:r>
       <w:r w:rsidR="00496625">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00496625" w:rsidRPr="00496625">
+      <w:r w:rsidR="00496625" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>Town/City</w:t>
       </w:r>
       <w:r w:rsidR="00496625">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00957EE0">
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r w:rsidR="002C0582">
         <w:t>________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00957EE0">
         <w:t>, Massachusetts,</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD0027">
         <w:t xml:space="preserve"> hereby certify that at a public meeting duly held on ________________________</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="002D5DE4">
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="006C46AA">
-        <w:t>3</w:t>
+      <w:r w:rsidR="0057556A">
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD0027">
         <w:t xml:space="preserve">, the Conservation Commission voted to approve </w:t>
       </w:r>
       <w:r w:rsidR="00E44E34">
         <w:t>in the public interest</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD0027">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidRPr="00E44C05">
         <w:t xml:space="preserve">grant </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37516">
         <w:t xml:space="preserve">the foregoing Conservation Restriction </w:t>
       </w:r>
       <w:r w:rsidRPr="0003176C">
         <w:t>to</w:t>
       </w:r>
       <w:r w:rsidRPr="001E12B4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E54652">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00E54652" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00E54652">
+      <w:r w:rsidR="00E54652" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
-      <w:r w:rsidR="00E54652">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00E54652" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E54652">
-[...1 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001E12B4">
         <w:t xml:space="preserve">pursuant to Section 32 </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">of Chapter 184 and Section 8C of Chapter 40 of the Massachusetts General Laws and do hereby </w:t>
       </w:r>
       <w:r w:rsidR="00E44E34">
         <w:t xml:space="preserve">approve in the public interest and </w:t>
       </w:r>
       <w:r>
         <w:t>grant the foregoing Conservation Restriction</w:t>
       </w:r>
       <w:r w:rsidRPr="001E12B4">
         <w:t>.</w:t>
       </w:r>
       <w:commentRangeEnd w:id="31"/>
-      <w:r w:rsidR="00BD35F1">
+      <w:r w:rsidR="0057556A">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:kern w:val="28"/>
         </w:rPr>
         <w:commentReference w:id="31"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E25481B" w14:textId="77777777" w:rsidR="00DB6E84" w:rsidRPr="001E12B4" w:rsidRDefault="00DB6E84" w:rsidP="00DB6E84"/>
     <w:p w14:paraId="0EA58919" w14:textId="11ED9843" w:rsidR="00DB6E84" w:rsidRPr="00B60F2A" w:rsidRDefault="00743471" w:rsidP="00DB6E84">
       <w:pPr>
         <w:ind w:left="4320"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="32"/>
-      <w:r w:rsidRPr="00B60F2A">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:bCs/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve">[TOWN/CITY] </w:t>
       </w:r>
       <w:r w:rsidRPr="00B60F2A">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>OF</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B60F2A">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:bCs/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t xml:space="preserve"> _________</w:t>
       </w:r>
       <w:r w:rsidR="00DB6E84" w:rsidRPr="00B60F2A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>CONSERVATION COMMISSION:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F89318F" w14:textId="77777777" w:rsidR="00DB6E84" w:rsidRPr="001E12B4" w:rsidRDefault="00DB6E84" w:rsidP="00DB6E84">
       <w:pPr>
         <w:ind w:left="4320"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D3F44F7" w14:textId="77777777" w:rsidR="00DB6E84" w:rsidRPr="001E12B4" w:rsidRDefault="00DB6E84" w:rsidP="00DB6E84">
       <w:pPr>
         <w:ind w:left="4320"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F45A80D" w14:textId="77777777" w:rsidR="00DB6E84" w:rsidRPr="001E12B4" w:rsidRDefault="00DB6E84" w:rsidP="00DB6E84">
       <w:pPr>
         <w:ind w:left="4320"/>
         <w:rPr>
           <w:u w:val="single"/>
@@ -16974,99 +16682,99 @@
     </w:p>
     <w:p w14:paraId="7E1FBC53" w14:textId="0A8FDEFD" w:rsidR="00DB6E84" w:rsidRPr="00896909" w:rsidRDefault="005C2C8D" w:rsidP="00DB6E84">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">THE </w:t>
       </w:r>
       <w:r w:rsidR="00DB6E84" w:rsidRPr="00896909">
         <w:t>COMMONWEALTH OF MASSACHUSETTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CC666E0" w14:textId="77777777" w:rsidR="006303CF" w:rsidRDefault="006303CF" w:rsidP="00DB6E84"/>
     <w:p w14:paraId="7210A7D7" w14:textId="17ADC67C" w:rsidR="00DB6E84" w:rsidRDefault="006303CF" w:rsidP="00DB6E84">
       <w:r w:rsidRPr="00EC317C">
         <w:t>_____________</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE3B0C">
         <w:t xml:space="preserve"> County</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t>, ss:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36806636" w14:textId="77777777" w:rsidR="006303CF" w:rsidRPr="00896909" w:rsidRDefault="006303CF" w:rsidP="00DB6E84"/>
-    <w:p w14:paraId="0403DF57" w14:textId="3286D1BA" w:rsidR="00DB6E84" w:rsidRPr="00896909" w:rsidRDefault="00DB6E84" w:rsidP="00DB6E84">
+    <w:p w14:paraId="0403DF57" w14:textId="0D1E6ACF" w:rsidR="00DB6E84" w:rsidRPr="00896909" w:rsidRDefault="00DB6E84" w:rsidP="00DB6E84">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">On this </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> day of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> , 20</w:t>
       </w:r>
       <w:r w:rsidR="002D5DE4">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="006C46AA">
-        <w:t>3</w:t>
+      <w:r w:rsidR="0057556A">
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="002D5DE4">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00896909">
         <w:t xml:space="preserve"> before me, the undersigned notary publi</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">c, personally appeared </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
@@ -17325,122 +17033,122 @@
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="02DC9CDD" w14:textId="77777777" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="00E50E10" w:rsidP="00E50E10"/>
     <w:p w14:paraId="3385069D" w14:textId="54EE63E7" w:rsidR="003E5078" w:rsidRDefault="00E50E10" w:rsidP="00E50E10">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="33"/>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ACCEPTANCE OF GRANT</w:t>
       </w:r>
       <w:r w:rsidR="008F39F6" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:commentRangeEnd w:id="33"/>
-      <w:r w:rsidR="000E0AFD">
+      <w:r w:rsidR="0057556A">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:kern w:val="28"/>
         </w:rPr>
         <w:commentReference w:id="33"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="482C3989" w14:textId="77777777" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="00E50E10" w:rsidP="00E50E10"/>
-    <w:p w14:paraId="63A809A5" w14:textId="28177539" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="00407ED1" w:rsidP="00020662">
+    <w:p w14:paraId="63A809A5" w14:textId="0291419B" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="00407ED1" w:rsidP="00020662">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>The foregoing</w:t>
       </w:r>
       <w:r w:rsidR="00393FF8" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E50E10" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">Conservation Restriction </w:t>
       </w:r>
       <w:r w:rsidR="00393FF8" w:rsidRPr="00EC317C">
         <w:t>from [</w:t>
       </w:r>
-      <w:r w:rsidR="00C808BC">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00C808BC" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
       <w:r w:rsidR="00393FF8" w:rsidRPr="00EC317C">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="008F39F6" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E50E10" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">was accepted by </w:t>
       </w:r>
       <w:r w:rsidR="008F39F6" w:rsidRPr="00EC317C">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00C808BC">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00C808BC" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
       <w:r w:rsidR="008F39F6" w:rsidRPr="00EC317C">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00E50E10" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> this __________ day</w:t>
       </w:r>
       <w:r w:rsidR="00093537" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r w:rsidR="00544086">
         <w:t>________________</w:t>
       </w:r>
       <w:r w:rsidR="00093537" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00171C06">
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="006C46AA">
-        <w:t>3</w:t>
+      <w:r w:rsidR="0057556A">
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00E50E10" w:rsidRPr="00EC317C">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4086E6B8" w14:textId="77777777" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="001420D3" w:rsidP="001420D3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5835"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="124DEA47" w14:textId="77777777" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="00E50E10" w:rsidP="00E50E10">
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
@@ -17453,54 +17161,54 @@
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
         <w:t>By: _____________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52215991" w14:textId="77777777" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="00300137" w:rsidP="00E50E10">
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
         <w:t xml:space="preserve">       [</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE3B0C">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>Enter name</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6475FD38" w14:textId="77777777" w:rsidR="00300137" w:rsidRPr="00EC317C" w:rsidRDefault="00300137" w:rsidP="00E50E10"/>
     <w:p w14:paraId="1D803C9D" w14:textId="77777777" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="00E50E10" w:rsidP="00E50E10">
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
@@ -17519,99 +17227,99 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37495183" w14:textId="77777777" w:rsidR="00C56F60" w:rsidRPr="00EC317C" w:rsidRDefault="00C56F60" w:rsidP="00C56F60">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12C8D0C1" w14:textId="71A922ED" w:rsidR="00F22B6B" w:rsidRPr="00EC317C" w:rsidRDefault="005C2C8D" w:rsidP="00F22B6B">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">THE </w:t>
       </w:r>
       <w:r w:rsidR="00F22B6B" w:rsidRPr="00EC317C">
         <w:t>COMMONWEALTH OF MASSACHUSETTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44FC359D" w14:textId="77777777" w:rsidR="006303CF" w:rsidRDefault="006303CF" w:rsidP="00F22B6B"/>
     <w:p w14:paraId="5A538BCA" w14:textId="1AE45777" w:rsidR="00F22B6B" w:rsidRDefault="006303CF" w:rsidP="00F22B6B">
       <w:r w:rsidRPr="00EC317C">
         <w:t>_____________ County, ss:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23700108" w14:textId="77777777" w:rsidR="006303CF" w:rsidRPr="00EC317C" w:rsidRDefault="006303CF" w:rsidP="00F22B6B"/>
-    <w:p w14:paraId="5226B5AC" w14:textId="32BC5DDD" w:rsidR="00F22B6B" w:rsidRPr="00EC317C" w:rsidRDefault="00F22B6B" w:rsidP="00F22B6B">
+    <w:p w14:paraId="5226B5AC" w14:textId="7D864EBD" w:rsidR="00F22B6B" w:rsidRPr="00EC317C" w:rsidRDefault="00F22B6B" w:rsidP="00F22B6B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">On this </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> day of </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00093537" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> , </w:t>
       </w:r>
       <w:r w:rsidR="00171C06">
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="006C46AA">
-        <w:t>3</w:t>
+      <w:r w:rsidR="0057556A">
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">, before me, the undersigned notary public, personally appeared </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
@@ -17711,237 +17419,190 @@
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
         <w:t>My Commission Expires:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5014197D" w14:textId="1E6B7F88" w:rsidR="00C353EF" w:rsidRDefault="00C353EF">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="51985E53" w14:textId="3B7DE036" w:rsidR="00C353EF" w:rsidRDefault="00C353EF" w:rsidP="000E0AFD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="34"/>
       <w:r w:rsidRPr="00782B57">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">ACCEPTANCE </w:t>
       </w:r>
       <w:r w:rsidR="006606AB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>OF</w:t>
       </w:r>
       <w:r w:rsidR="00A21D61" w:rsidRPr="00782B57">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00743471">
+      <w:r w:rsidR="00743471" w:rsidRPr="009D5761">
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[TOWN/CITY] </w:t>
       </w:r>
       <w:r w:rsidR="00743471" w:rsidRPr="00743471">
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>OF</w:t>
       </w:r>
-      <w:r w:rsidRPr="00743471">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>____________________</w:t>
       </w:r>
       <w:r w:rsidR="00743471">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00782B57">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>CONSERVATION COMMISSION</w:t>
       </w:r>
       <w:commentRangeEnd w:id="34"/>
-      <w:r w:rsidR="000E0AFD">
+      <w:r w:rsidR="0057556A">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:kern w:val="28"/>
         </w:rPr>
         <w:commentReference w:id="34"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="670F5C78" w14:textId="77777777" w:rsidR="000E0AFD" w:rsidRPr="000E0AFD" w:rsidRDefault="000E0AFD" w:rsidP="000E0AFD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="633AA0B6" w14:textId="163CC4A5" w:rsidR="00C353EF" w:rsidRDefault="00C353EF" w:rsidP="00C93223">
+    <w:p w14:paraId="633AA0B6" w14:textId="1BC90C58" w:rsidR="00C353EF" w:rsidRDefault="00C353EF" w:rsidP="00C93223">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">We, the undersigned, being a majority of the Conservation Commission of the </w:t>
       </w:r>
       <w:r w:rsidR="00496625">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00C1170C" w:rsidRPr="00496625">
+      <w:r w:rsidR="00C1170C" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>Town/City</w:t>
       </w:r>
       <w:r w:rsidR="00496625">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00C1170C">
         <w:t xml:space="preserve"> of _______________</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, Massachusetts, hereby certify that at a public meeting duly held on </w:t>
       </w:r>
       <w:r w:rsidR="00C1170C">
         <w:t xml:space="preserve">_______________, </w:t>
       </w:r>
       <w:r w:rsidR="00171C06">
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="006C46AA">
-        <w:t>3</w:t>
+      <w:r w:rsidR="0057556A">
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t>, the Conservation Commission voted to approve and accept the foregoing Conservation Restriction from [</w:t>
       </w:r>
-      <w:r w:rsidR="00B60F2A" w:rsidRPr="00B60F2A">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="00B60F2A" w:rsidRPr="009D5761">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
       <w:r>
         <w:t>] pursuant to Section 32 of Chapter 184 and Section 8C</w:t>
       </w:r>
       <w:r w:rsidRPr="00E6099A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>of Chapter 40 of the Massachusetts General Laws</w:t>
       </w:r>
       <w:r w:rsidRPr="001360CA">
         <w:t xml:space="preserve"> and do hereby accept the foregoing Conservation Restriction.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B345D40" w14:textId="7A573498" w:rsidR="00C353EF" w:rsidRPr="001E12EA" w:rsidRDefault="00B60F2A" w:rsidP="00C353EF">
       <w:pPr>
         <w:ind w:left="4320"/>
       </w:pPr>
       <w:commentRangeStart w:id="35"/>
-      <w:r>
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[TOWN/CITY] </w:t>
       </w:r>
       <w:r w:rsidRPr="00B60F2A">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>OF</w:t>
       </w:r>
       <w:r w:rsidRPr="00B60F2A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00496625">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">_______________ </w:t>
       </w:r>
       <w:r w:rsidR="00C353EF" w:rsidRPr="001E12EA">
         <w:t>CONSERVATION COMMISSION:</w:t>
       </w:r>
     </w:p>
@@ -18200,99 +17861,99 @@
         <w:t xml:space="preserve">THE </w:t>
       </w:r>
       <w:r w:rsidR="00C353EF" w:rsidRPr="00896909">
         <w:t>COMMONWEALTH OF MASSACHUSETTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F79838E" w14:textId="77777777" w:rsidR="006303CF" w:rsidRDefault="006303CF" w:rsidP="006303CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6546D511" w14:textId="32ED2A38" w:rsidR="006303CF" w:rsidRDefault="006303CF" w:rsidP="006303CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:t>_____________ County, ss:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55E783C9" w14:textId="77777777" w:rsidR="006303CF" w:rsidRDefault="006303CF" w:rsidP="00C353EF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51684FE8" w14:textId="45DE0323" w:rsidR="00C353EF" w:rsidRDefault="00C353EF" w:rsidP="00C93223">
+    <w:p w14:paraId="51684FE8" w14:textId="3F6EB535" w:rsidR="00C353EF" w:rsidRDefault="00C353EF" w:rsidP="00C93223">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">On this </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> day of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> , 20</w:t>
       </w:r>
       <w:r w:rsidR="00171C06">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00B93C2E">
-        <w:t>3</w:t>
+      <w:r w:rsidR="0057556A">
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00171C06">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00896909">
         <w:t xml:space="preserve"> before me, the undersigned notary publi</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">c, personally appeared </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
@@ -18564,134 +18225,134 @@
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">APPROVAL OF </w:t>
       </w:r>
       <w:r w:rsidR="00693170">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">TOWN OF </w:t>
       </w:r>
       <w:r w:rsidR="00496625">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">_______________ </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>SELECT BOARD</w:t>
       </w:r>
       <w:commentRangeEnd w:id="36"/>
-      <w:r w:rsidR="00974BA9">
+      <w:r w:rsidR="0057556A">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:kern w:val="28"/>
         </w:rPr>
         <w:commentReference w:id="36"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="74890F40" w14:textId="77777777" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="00E50E10" w:rsidP="00E50E10"/>
-    <w:p w14:paraId="491AF64C" w14:textId="73DCC640" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="00387BAB" w:rsidP="001E12EA">
+    <w:p w14:paraId="491AF64C" w14:textId="01911BDB" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="00387BAB" w:rsidP="001E12EA">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00E50E10" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">he undersigned, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Chair of </w:t>
       </w:r>
       <w:r w:rsidR="00E50E10" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">the Select Board of the Town of ___________________, hereby </w:t>
       </w:r>
       <w:r>
         <w:t>certifies</w:t>
       </w:r>
       <w:r w:rsidR="00E50E10" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> that at a </w:t>
       </w:r>
       <w:r w:rsidR="00D10962" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">public </w:t>
       </w:r>
       <w:r w:rsidR="00E50E10" w:rsidRPr="00EC317C">
         <w:t>meeti</w:t>
       </w:r>
       <w:r w:rsidR="00341A52" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">ng duly held on ___________, </w:t>
       </w:r>
       <w:r>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00B93C2E">
-        <w:t>3</w:t>
+      <w:r w:rsidR="0057556A">
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00E50E10" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">, the Select Board voted to approve the foregoing Conservation Restriction </w:t>
       </w:r>
       <w:r w:rsidR="00D10962" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">from </w:t>
       </w:r>
       <w:r>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B60F2A">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
       <w:r>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00AB26AE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001E12EA" w:rsidRPr="00EC317C">
         <w:t>to</w:t>
       </w:r>
       <w:r w:rsidR="00AB26AE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B60F2A">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
       <w:r>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00701700" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> in the public interest </w:t>
       </w:r>
       <w:r w:rsidR="00E50E10" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">pursuant to Section 32 of Chapter 184 of the </w:t>
       </w:r>
       <w:r w:rsidR="00EA2D19" w:rsidRPr="00EC317C">
         <w:t>Massachusetts General Laws</w:t>
       </w:r>
       <w:r w:rsidR="00E50E10" w:rsidRPr="00EC317C">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A6798C1" w14:textId="77777777" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="00E50E10" w:rsidP="00E50E10"/>
     <w:p w14:paraId="56D79D1A" w14:textId="77777777" w:rsidR="001E12EA" w:rsidRPr="00EC317C" w:rsidRDefault="001E12EA" w:rsidP="001E12EA">
       <w:pPr>
         <w:ind w:left="4320"/>
       </w:pPr>
     </w:p>
@@ -18708,55 +18369,55 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C237500" w14:textId="1DEBCE54" w:rsidR="001E12EA" w:rsidRPr="00EE3B0C" w:rsidRDefault="00387BAB" w:rsidP="00EE3B0C">
       <w:r>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00B60F2A">
+      <w:r w:rsidR="00B60F2A" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>NAME</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">], Chair of the </w:t>
       </w:r>
       <w:r w:rsidR="00B60F2A">
         <w:t xml:space="preserve">Town of </w:t>
       </w:r>
       <w:r w:rsidR="00496625">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">_______________ </w:t>
       </w:r>
       <w:r>
         <w:t>Select Board</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE3B0C">
         <w:t>, duly authorized</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="374C6674" w14:textId="77777777" w:rsidR="001E12EA" w:rsidRPr="00EC317C" w:rsidRDefault="001E12EA" w:rsidP="001E12EA"/>
     <w:p w14:paraId="090347BC" w14:textId="77777777" w:rsidR="00D10962" w:rsidRPr="00EC317C" w:rsidRDefault="00D10962" w:rsidP="00E50E10">
       <w:pPr>
@@ -18769,99 +18430,99 @@
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">THE </w:t>
       </w:r>
       <w:r w:rsidR="00F22B6B" w:rsidRPr="00EC317C">
         <w:t>COMMONWEALTH OF MASSACHUSETTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="403F3961" w14:textId="763F4F6D" w:rsidR="006303CF" w:rsidRPr="00EC317C" w:rsidRDefault="006303CF" w:rsidP="00F22B6B">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6FF95F6B" w14:textId="75D71263" w:rsidR="00F22B6B" w:rsidRDefault="006303CF" w:rsidP="00F22B6B">
       <w:r w:rsidRPr="00EC317C">
         <w:t>_____________</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE3B0C">
         <w:t xml:space="preserve"> County</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t>, ss:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="779B325E" w14:textId="77777777" w:rsidR="006303CF" w:rsidRPr="00EC317C" w:rsidRDefault="006303CF" w:rsidP="00F22B6B"/>
-    <w:p w14:paraId="4CCE748C" w14:textId="7B627A68" w:rsidR="00F22B6B" w:rsidRPr="00EC317C" w:rsidRDefault="00F22B6B" w:rsidP="00F22B6B">
+    <w:p w14:paraId="4CCE748C" w14:textId="71D1B8BA" w:rsidR="00F22B6B" w:rsidRPr="00EC317C" w:rsidRDefault="00F22B6B" w:rsidP="00F22B6B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">On this </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> day of </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00341A52" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> , </w:t>
       </w:r>
       <w:r w:rsidR="00387BAB">
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00B93C2E">
-        <w:t>3</w:t>
+      <w:r w:rsidR="0057556A">
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">, before me, the undersigned notary public, personally appeared </w:t>
       </w:r>
       <w:r w:rsidR="000966FB">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000966FB">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000966FB">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000966FB">
         <w:rPr>
           <w:u w:val="single"/>
@@ -18948,155 +18609,159 @@
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
         <w:t>My Commission Expires:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52A26861" w14:textId="77777777" w:rsidR="00050A8C" w:rsidRDefault="00050A8C">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B8B3438" w14:textId="5E237B09" w:rsidR="00050A8C" w:rsidRPr="00EC317C" w:rsidRDefault="00050A8C" w:rsidP="00050A8C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">APPROVAL OF </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">TOWN OF </w:t>
       </w:r>
       <w:r w:rsidR="00496625">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>SELECT BOARD</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="665F2028" w14:textId="77777777" w:rsidR="00050A8C" w:rsidRPr="00EC317C" w:rsidRDefault="00050A8C" w:rsidP="00050A8C"/>
-    <w:p w14:paraId="6A619A3C" w14:textId="08858757" w:rsidR="00050A8C" w:rsidRPr="00EC317C" w:rsidRDefault="00612702" w:rsidP="00050A8C">
+    <w:p w14:paraId="6A619A3C" w14:textId="2AD5F77A" w:rsidR="00050A8C" w:rsidRPr="00EC317C" w:rsidRDefault="00612702" w:rsidP="00050A8C">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>We t</w:t>
       </w:r>
       <w:r w:rsidR="00050A8C" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">he undersigned, </w:t>
       </w:r>
       <w:r w:rsidR="006303CF">
         <w:t xml:space="preserve">being a majority of the </w:t>
       </w:r>
       <w:r w:rsidR="00050A8C" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">Select Board of the Town of ___________________, hereby </w:t>
       </w:r>
       <w:r w:rsidR="006303CF">
         <w:t>certify</w:t>
       </w:r>
       <w:r w:rsidR="00050A8C" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> that at a public meeting duly held on ___________, </w:t>
       </w:r>
       <w:r w:rsidR="00050A8C">
-        <w:t>2021</w:t>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="0057556A">
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00050A8C" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">, the Select Board voted to approve the foregoing Conservation Restriction from </w:t>
       </w:r>
       <w:r w:rsidR="00050A8C">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00050A8C" w:rsidRPr="00B60F2A">
+      <w:r w:rsidR="00050A8C" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
       <w:r w:rsidR="00050A8C">
         <w:t xml:space="preserve">] </w:t>
       </w:r>
       <w:r w:rsidR="00050A8C" w:rsidRPr="00EC317C">
         <w:t>to</w:t>
       </w:r>
       <w:r w:rsidR="00050A8C">
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
-      <w:r w:rsidR="00050A8C" w:rsidRPr="00B60F2A">
+      <w:r w:rsidR="00050A8C" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
       <w:r w:rsidR="00050A8C">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00050A8C" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> in the public interest pursuant to Section 32 of Chapter 184 of the Massachusetts General Laws.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D66EBBB" w14:textId="77777777" w:rsidR="00050A8C" w:rsidRPr="00EC317C" w:rsidRDefault="00050A8C" w:rsidP="00050A8C"/>
     <w:p w14:paraId="306E290B" w14:textId="00256C92" w:rsidR="00050A8C" w:rsidRDefault="00050A8C" w:rsidP="00050A8C">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:commentRangeStart w:id="37"/>
       <w:r>
         <w:t>TOWN OF [</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B60F2A">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>TOWN NAME</w:t>
       </w:r>
       <w:r>
         <w:t>] SELECT BOARD</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36C2CF77" w14:textId="77777777" w:rsidR="00050A8C" w:rsidRPr="00EC317C" w:rsidRDefault="00050A8C" w:rsidP="00050A8C">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D29691C" w14:textId="77777777" w:rsidR="00050A8C" w:rsidRPr="00387BAB" w:rsidRDefault="00050A8C" w:rsidP="00050A8C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -19318,99 +18983,99 @@
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1641AF72" w14:textId="289B2325" w:rsidR="00050A8C" w:rsidRDefault="005C2C8D" w:rsidP="00050A8C">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">THE </w:t>
       </w:r>
       <w:r w:rsidR="00050A8C" w:rsidRPr="00EC317C">
         <w:t>COMMONWEALTH OF MASSACHUSETTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EEF0A74" w14:textId="77777777" w:rsidR="006303CF" w:rsidRPr="00EC317C" w:rsidRDefault="006303CF" w:rsidP="00050A8C">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="699889F2" w14:textId="3B7F72A7" w:rsidR="00050A8C" w:rsidRDefault="006303CF" w:rsidP="00050A8C">
       <w:r w:rsidRPr="00EC317C">
         <w:t>_____________ County, ss:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="235E43FE" w14:textId="77777777" w:rsidR="006303CF" w:rsidRPr="00EC317C" w:rsidRDefault="006303CF" w:rsidP="00050A8C"/>
-    <w:p w14:paraId="1BF0FDBB" w14:textId="7A379132" w:rsidR="00050A8C" w:rsidRPr="00EC317C" w:rsidRDefault="00050A8C" w:rsidP="00050A8C">
+    <w:p w14:paraId="1BF0FDBB" w14:textId="2DF9C33C" w:rsidR="00050A8C" w:rsidRPr="00EC317C" w:rsidRDefault="00050A8C" w:rsidP="00050A8C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">On this </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> day of </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> , </w:t>
       </w:r>
       <w:r>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00B93C2E">
-        <w:t>3</w:t>
+      <w:r w:rsidR="0057556A">
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">, before me, the undersigned notary public, personally appeared </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
@@ -19644,166 +19309,167 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
         <w:t>My Commission Expires:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DEC3E82" w14:textId="77777777" w:rsidR="007A3777" w:rsidRPr="00EC317C" w:rsidRDefault="007A3777" w:rsidP="00F22B6B"/>
     <w:p w14:paraId="688E5D7D" w14:textId="77777777" w:rsidR="007A3777" w:rsidRPr="00EC317C" w:rsidRDefault="007A3777">
       <w:r w:rsidRPr="00EC317C">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="38A57840" w14:textId="5DAA37F4" w:rsidR="00FB5687" w:rsidRPr="00EC317C" w:rsidRDefault="007A3777" w:rsidP="00FB5687">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="38"/>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">APPROVAL </w:t>
       </w:r>
       <w:r w:rsidR="006606AB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>OF</w:t>
       </w:r>
       <w:r w:rsidR="006606AB" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>MAYOR OF ___________</w:t>
       </w:r>
       <w:r w:rsidR="00FB5687" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:commentRangeEnd w:id="38"/>
-      <w:r w:rsidR="000E0AFD">
+      <w:r w:rsidR="0057556A">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:kern w:val="28"/>
         </w:rPr>
         <w:commentReference w:id="38"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A3AC936" w14:textId="77777777" w:rsidR="007A3777" w:rsidRPr="00EC317C" w:rsidRDefault="007A3777" w:rsidP="007A3777"/>
     <w:p w14:paraId="4C45EE10" w14:textId="0E5BD7F9" w:rsidR="007A3777" w:rsidRPr="00EC317C" w:rsidRDefault="00622928" w:rsidP="00BA4C15">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>The undersigned,</w:t>
       </w:r>
       <w:r w:rsidR="007A3777" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> Mayor of the City of _______________, hereby approve</w:t>
       </w:r>
       <w:r w:rsidR="00944996">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="007A3777" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> the foregoing Conservation Restriction from </w:t>
       </w:r>
       <w:r w:rsidR="002C4597">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="002C4597" w:rsidRPr="00D77F1E">
+      <w:r w:rsidR="002C4597" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
       <w:r w:rsidR="002C4597">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="007A3777" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidR="002C4597">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="002C4597" w:rsidRPr="00D77F1E">
+      <w:r w:rsidR="002C4597" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
       <w:r w:rsidR="002C4597">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="007A3777" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> in the public interest pursuant to Section 32 of Chapter 184 of the </w:t>
       </w:r>
       <w:r w:rsidR="00EA2D19" w:rsidRPr="00EC317C">
         <w:t>Massachusetts General Laws</w:t>
       </w:r>
       <w:r w:rsidR="007A3777" w:rsidRPr="00EC317C">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31CAC6A9" w14:textId="77777777" w:rsidR="00FB5687" w:rsidRPr="00EC317C" w:rsidRDefault="00FB5687" w:rsidP="007A3777"/>
     <w:p w14:paraId="4B341BFC" w14:textId="77777777" w:rsidR="00FB5687" w:rsidRPr="00EC317C" w:rsidRDefault="00FB5687" w:rsidP="007A3777"/>
     <w:p w14:paraId="66E7C5CC" w14:textId="4CE6C933" w:rsidR="000966FB" w:rsidRDefault="007A3777" w:rsidP="000966FB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:t>_____________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="535FD89D" w14:textId="394B85BF" w:rsidR="007A3777" w:rsidRPr="00EC317C" w:rsidRDefault="00294805" w:rsidP="000966FB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00D77F1E" w:rsidRPr="00D77F1E">
+      <w:r w:rsidR="00D77F1E" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>NAME</w:t>
       </w:r>
       <w:r>
         <w:t>],</w:t>
       </w:r>
       <w:r w:rsidR="007A3777" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> Mayor</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of the City of </w:t>
       </w:r>
       <w:r w:rsidR="00D77F1E">
         <w:t>_________________</w:t>
       </w:r>
       <w:r w:rsidR="007A3777" w:rsidRPr="00EC317C">
         <w:t>, duly authorized</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F05F2A7" w14:textId="77777777" w:rsidR="00FB5687" w:rsidRPr="00EC317C" w:rsidRDefault="00FB5687" w:rsidP="00FB5687"/>
     <w:p w14:paraId="423AAE8F" w14:textId="77777777" w:rsidR="00FB5687" w:rsidRPr="00EC317C" w:rsidRDefault="00FB5687" w:rsidP="00FB5687"/>
     <w:p w14:paraId="60477F23" w14:textId="77777777" w:rsidR="00FB5687" w:rsidRPr="00EC317C" w:rsidRDefault="00FB5687" w:rsidP="00FB5687"/>
     <w:p w14:paraId="31E53DBA" w14:textId="1EBF0347" w:rsidR="007A3777" w:rsidRPr="00EC317C" w:rsidRDefault="005C2C8D" w:rsidP="007A3777">
       <w:pPr>
         <w:jc w:val="center"/>
@@ -19817,93 +19483,93 @@
     </w:p>
     <w:p w14:paraId="427DE482" w14:textId="77777777" w:rsidR="007A3777" w:rsidRPr="00EC317C" w:rsidRDefault="007A3777" w:rsidP="007A3777">
       <w:r w:rsidRPr="00EC317C">
         <w:t>___________ County, ss:</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="72B42431" w14:textId="77777777" w:rsidR="007A3777" w:rsidRPr="00EC317C" w:rsidRDefault="007A3777" w:rsidP="007A3777"/>
-    <w:p w14:paraId="03DD6B42" w14:textId="289DB380" w:rsidR="007A3777" w:rsidRPr="00EC317C" w:rsidRDefault="007A3777" w:rsidP="00622928">
+    <w:p w14:paraId="03DD6B42" w14:textId="5D8B1AD5" w:rsidR="007A3777" w:rsidRPr="00EC317C" w:rsidRDefault="007A3777" w:rsidP="00622928">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">On this </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">day of </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00341A52" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00544086">
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00B93C2E">
-        <w:t>3</w:t>
+      <w:r w:rsidR="0057556A">
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">, before me, the undersigned notary public, personally appeared __________________________ proved to me through satisfactory evidence of identification which was personal knowledge to be the person whose name is signed on the </w:t>
       </w:r>
       <w:r w:rsidR="00DA3C69">
         <w:t>preceding</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> or attached document, and acknowledged to me </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB26AE">
         <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r w:rsidR="00B23DCF" w:rsidRPr="00AB26AE">
         <w:t>s/</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB26AE">
         <w:t>he signed it voluntarily</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> for its stated purpose</w:t>
       </w:r>
       <w:r w:rsidR="000B4B28">
         <w:t xml:space="preserve"> as __________________</w:t>
       </w:r>
@@ -19979,194 +19645,181 @@
     <w:p w14:paraId="564F25B4" w14:textId="77777777" w:rsidR="00FB5687" w:rsidRPr="00EC317C" w:rsidRDefault="00FB5687">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3566576A" w14:textId="4CC184A4" w:rsidR="007A3777" w:rsidRPr="00EC317C" w:rsidRDefault="006303CF" w:rsidP="007A3777">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="39"/>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">APPROVAL </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">APPROVAL OF </w:t>
+      </w:r>
+      <w:r w:rsidR="007A3777" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">OF </w:t>
-[...12 lines deleted...]
-        <w:t>_______________ CITY COUNCIL</w:t>
+        <w:t xml:space="preserve"> ________________ CITY COUNCIL</w:t>
       </w:r>
       <w:commentRangeEnd w:id="39"/>
-      <w:r w:rsidR="00974BA9">
+      <w:r w:rsidR="0057556A">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:kern w:val="28"/>
         </w:rPr>
         <w:commentReference w:id="39"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="32343C00" w14:textId="77777777" w:rsidR="007A3777" w:rsidRPr="00EC317C" w:rsidRDefault="007A3777" w:rsidP="007A3777">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18EE9236" w14:textId="0F78ECBF" w:rsidR="007A3777" w:rsidRPr="00EC317C" w:rsidRDefault="00622928" w:rsidP="00B014C8">
+    <w:p w14:paraId="18EE9236" w14:textId="4BF938E3" w:rsidR="007A3777" w:rsidRPr="00EC317C" w:rsidRDefault="00622928" w:rsidP="00B014C8">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>The undersigned,</w:t>
       </w:r>
       <w:r w:rsidR="007A3777" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> President of the City Council of the City of _______________ hereby </w:t>
       </w:r>
       <w:r w:rsidR="00944996">
         <w:t>certifies</w:t>
       </w:r>
       <w:r w:rsidR="007A3777" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> that at a meeting duly held on ____________, </w:t>
       </w:r>
       <w:r w:rsidR="00544086">
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00B93C2E">
-        <w:t>3</w:t>
+      <w:r w:rsidR="0057556A">
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="007A3777" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> the City Council voted to approve the foregoing Conservation Restriction from </w:t>
       </w:r>
       <w:r w:rsidR="002C4597">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="002C4597" w:rsidRPr="001A5E23">
+      <w:r w:rsidR="002C4597" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
       <w:r w:rsidR="002C4597">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="007A3777" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidR="002C4597">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="002C4597" w:rsidRPr="001A5E23">
+      <w:r w:rsidR="002C4597" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
       <w:r w:rsidR="002C4597">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="007A3777" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> in the public interest pursuant to Section 32 of Chapter 184 of the </w:t>
       </w:r>
       <w:r w:rsidR="00EA2D19" w:rsidRPr="00EC317C">
         <w:t>Massachusetts General Laws</w:t>
       </w:r>
       <w:r w:rsidR="007A3777" w:rsidRPr="00EC317C">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007A3777" w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007A3777" w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007A3777" w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007A3777" w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007A3777" w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007A3777" w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="136BDCAA" w14:textId="77777777" w:rsidR="00FB5687" w:rsidRPr="00EC317C" w:rsidRDefault="00FB5687" w:rsidP="007A3777"/>
     <w:p w14:paraId="6A8EE78F" w14:textId="0C91458B" w:rsidR="007A3777" w:rsidRPr="00EC317C" w:rsidRDefault="007A3777" w:rsidP="000966FB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:t>_____________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13262731" w14:textId="1AB9941C" w:rsidR="000966FB" w:rsidRPr="00EC317C" w:rsidRDefault="002C4597" w:rsidP="000966FB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="001A5E23">
+      <w:r w:rsidR="001A5E23" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>NAME</w:t>
       </w:r>
       <w:r>
         <w:t>],</w:t>
       </w:r>
       <w:r w:rsidR="000966FB" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A5E23">
         <w:t xml:space="preserve">_____________ </w:t>
       </w:r>
       <w:r w:rsidR="000966FB" w:rsidRPr="00EC317C">
         <w:t>City Council President, duly authorized</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39BA499C" w14:textId="77777777" w:rsidR="007A3777" w:rsidRPr="00EC317C" w:rsidRDefault="007A3777" w:rsidP="000966FB">
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
@@ -20206,93 +19859,93 @@
     </w:p>
     <w:p w14:paraId="6CE8AD07" w14:textId="77777777" w:rsidR="007A3777" w:rsidRPr="00EC317C" w:rsidRDefault="007A3777" w:rsidP="007A3777">
       <w:r w:rsidRPr="00EC317C">
         <w:t>_____________ County, ss:</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3542D077" w14:textId="77777777" w:rsidR="007A3777" w:rsidRPr="00EC317C" w:rsidRDefault="007A3777" w:rsidP="007A3777"/>
-    <w:p w14:paraId="5F4446DC" w14:textId="1ACF2E5E" w:rsidR="007A3777" w:rsidRPr="00EC317C" w:rsidRDefault="007A3777" w:rsidP="00622928">
+    <w:p w14:paraId="5F4446DC" w14:textId="5643B78E" w:rsidR="007A3777" w:rsidRPr="00EC317C" w:rsidRDefault="007A3777" w:rsidP="00622928">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">On this </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">day of </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00341A52" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="002C4597">
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00B93C2E">
-        <w:t>3</w:t>
+      <w:r w:rsidR="0057556A">
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">, before me, the undersigned notary public, personally appeared __________________________, proved to me through satisfactory evidence of identification which was personal knowledge to be the persons whose names are signed on the </w:t>
       </w:r>
       <w:r w:rsidR="00DA3C69">
         <w:t>preceding</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> or attached document, and acknowledged to me that </w:t>
       </w:r>
       <w:r w:rsidR="00434970">
         <w:t>s/he</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> signed it voluntarily for its stated purpose</w:t>
       </w:r>
       <w:r w:rsidR="000B4B28">
         <w:t xml:space="preserve"> as a City Counselor</w:t>
       </w:r>
       <w:r w:rsidR="00C874B0">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="595F59C3" w14:textId="77777777" w:rsidR="007A3777" w:rsidRPr="00EC317C" w:rsidRDefault="007A3777" w:rsidP="007A3777"/>
     <w:p w14:paraId="3A0360A3" w14:textId="77777777" w:rsidR="007A3777" w:rsidRPr="00EC317C" w:rsidRDefault="007A3777" w:rsidP="007A3777">
@@ -20352,173 +20005,169 @@
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
         <w:t>My Commission Expires:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="099B4D68" w14:textId="77777777" w:rsidR="006303CF" w:rsidRDefault="006303CF">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="25F55777" w14:textId="37268F57" w:rsidR="006303CF" w:rsidRPr="00EC317C" w:rsidRDefault="006303CF" w:rsidP="006303CF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">APPROVAL OF </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>________________ CITY COUNCIL</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50292B0C" w14:textId="77777777" w:rsidR="006303CF" w:rsidRPr="00EC317C" w:rsidRDefault="006303CF" w:rsidP="006303CF">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56655BC0" w14:textId="412BD0BD" w:rsidR="006303CF" w:rsidRPr="00EC317C" w:rsidRDefault="006303CF" w:rsidP="006303CF">
+    <w:p w14:paraId="56655BC0" w14:textId="18922636" w:rsidR="006303CF" w:rsidRPr="00EC317C" w:rsidRDefault="006303CF" w:rsidP="006303CF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>We, the undersigned,</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">being a majority of the </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">City Council of the City of _______________ hereby </w:t>
       </w:r>
       <w:r>
         <w:t>certify</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> that at a meeting duly held on ____________, </w:t>
       </w:r>
       <w:r>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00B93C2E">
-        <w:t>3</w:t>
+      <w:r w:rsidR="0057556A">
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> the City Council voted to approve the foregoing Conservation Restriction from </w:t>
       </w:r>
       <w:r>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E70A9">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
       <w:r>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E70A9">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
       <w:r>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> in the public interest pursuant to Section 32 of Chapter 184 of the Massachusetts General Laws.</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="25D6D512" w14:textId="1DEAA0FE" w:rsidR="006303CF" w:rsidRDefault="002E70A9" w:rsidP="006303CF">
       <w:commentRangeStart w:id="40"/>
       <w:r>
         <w:t>_____________</w:t>
       </w:r>
       <w:r w:rsidR="006303CF">
         <w:t xml:space="preserve"> CITY COUNCIL</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5825AA2D" w14:textId="77777777" w:rsidR="006303CF" w:rsidRPr="00EC317C" w:rsidRDefault="006303CF" w:rsidP="006303CF"/>
     <w:p w14:paraId="58388B84" w14:textId="77777777" w:rsidR="006303CF" w:rsidRDefault="006303CF" w:rsidP="006303CF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:sectPr w:rsidR="006303CF" w:rsidSect="00BE02D4">
-          <w:headerReference w:type="even" r:id="rId22"/>
-[...4 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId27"/>
+          <w:footerReference w:type="default" r:id="rId22"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38460A02" w14:textId="629DBBBF" w:rsidR="006303CF" w:rsidRPr="00EC317C" w:rsidRDefault="006303CF" w:rsidP="006303CF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:t>_____________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07E406EB" w14:textId="4200F561" w:rsidR="006303CF" w:rsidRDefault="006303CF" w:rsidP="006303CF">
       <w:pPr>
         <w:sectPr w:rsidR="006303CF" w:rsidSect="006303CF">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
@@ -20688,51 +20337,51 @@
     </w:p>
     <w:p w14:paraId="0F83BC9B" w14:textId="77777777" w:rsidR="006303CF" w:rsidRPr="00EC317C" w:rsidRDefault="006303CF" w:rsidP="006303CF">
       <w:r w:rsidRPr="00EC317C">
         <w:t>_____________ County, ss:</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BE74938" w14:textId="77777777" w:rsidR="006303CF" w:rsidRPr="00EC317C" w:rsidRDefault="006303CF" w:rsidP="006303CF"/>
-    <w:p w14:paraId="02F0CB0E" w14:textId="663C55C8" w:rsidR="006303CF" w:rsidRPr="00EC317C" w:rsidRDefault="006303CF" w:rsidP="006303CF">
+    <w:p w14:paraId="02F0CB0E" w14:textId="15DDF93E" w:rsidR="006303CF" w:rsidRPr="00EC317C" w:rsidRDefault="006303CF" w:rsidP="006303CF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">On this </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EE40AB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">day of </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -20741,52 +20390,52 @@
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EE40AB">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EE40AB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00B93C2E">
-        <w:t>3</w:t>
+      <w:r w:rsidR="0057556A">
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">, before me, the undersigned notary public, personally appeared </w:t>
       </w:r>
       <w:r w:rsidR="00EE40AB">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EE40AB">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EE40AB">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EE40AB">
         <w:rPr>
           <w:u w:val="single"/>
@@ -21005,50 +20654,51 @@
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
         <w:t>My Commission Expires:</w:t>
       </w:r>
       <w:r w:rsidR="008F39F6" w:rsidRPr="00EC317C">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="07A2BEF1" w14:textId="236BBC30" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="00E50E10" w:rsidP="004D10C9">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">APPROVAL </w:t>
       </w:r>
       <w:r w:rsidR="006B59F9">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>OF</w:t>
       </w:r>
       <w:r w:rsidR="006B59F9" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">SECRETARY OF </w:t>
       </w:r>
       <w:r w:rsidR="004D10C9" w:rsidRPr="00EC317C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ENERGY AN</w:t>
@@ -21083,265 +20733,283 @@
         </w:rPr>
         <w:t>COMMONWEALTH OF MASSACHUSETTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0983E112" w14:textId="77777777" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="00E50E10" w:rsidP="00E50E10"/>
     <w:p w14:paraId="235E27E3" w14:textId="77777777" w:rsidR="008F39F6" w:rsidRPr="00EC317C" w:rsidRDefault="008F39F6" w:rsidP="00E50E10"/>
     <w:p w14:paraId="6E2CF9B7" w14:textId="2A7A2BBB" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="00E50E10" w:rsidP="008F39F6">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">The undersigned, Secretary of Energy and Environmental Affairs of the Commonwealth of Massachusetts, hereby </w:t>
       </w:r>
       <w:r w:rsidR="00EE40AB">
         <w:t xml:space="preserve">approves </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t>the foregoing Conservation Restriction</w:t>
       </w:r>
       <w:r w:rsidR="00C82921" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> from </w:t>
       </w:r>
       <w:r w:rsidR="002C4597">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="002C4597" w:rsidRPr="002E70A9">
+      <w:r w:rsidR="002C4597" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>GRANTOR</w:t>
       </w:r>
       <w:r w:rsidR="002C4597">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00445373" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidR="002C4597">
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="002C4597" w:rsidRPr="002E70A9">
+      <w:r w:rsidR="002C4597" w:rsidRPr="009D5761">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
         </w:rPr>
         <w:t>GRANTEE</w:t>
       </w:r>
       <w:r w:rsidR="002C4597">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> in the public interest pursuant to Section 32</w:t>
       </w:r>
       <w:r w:rsidR="000966FB">
         <w:t xml:space="preserve"> of Chapter 184 of the Massachusetts General Laws</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E74E1E8" w14:textId="77777777" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="00E50E10" w:rsidP="00E50E10"/>
     <w:p w14:paraId="750B6801" w14:textId="77777777" w:rsidR="008F39F6" w:rsidRPr="00EC317C" w:rsidRDefault="008F39F6" w:rsidP="00E50E10"/>
     <w:p w14:paraId="51A1EFB0" w14:textId="77777777" w:rsidR="008F39F6" w:rsidRPr="00EC317C" w:rsidRDefault="008F39F6" w:rsidP="00E50E10"/>
-    <w:p w14:paraId="4C75208F" w14:textId="1138F275" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="003A3141" w:rsidP="00E50E10">
+    <w:p w14:paraId="4C75208F" w14:textId="0A9364E3" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="003A3141" w:rsidP="00E50E10">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">Dated: ________________, </w:t>
       </w:r>
       <w:r w:rsidR="002C4597">
         <w:t>202</w:t>
       </w:r>
+      <w:r w:rsidR="0057556A">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="008F39F6" w:rsidRPr="00EC317C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008F39F6" w:rsidRPr="00EC317C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008F39F6" w:rsidRPr="00EC317C">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008F39F6" w:rsidRPr="00EC317C">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008F39F6" w:rsidRPr="00EC317C">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008F39F6" w:rsidRPr="00EC317C">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008F39F6" w:rsidRPr="00EC317C">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008F39F6" w:rsidRPr="00EC317C">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="446EDDD3" w14:textId="53922138" w:rsidR="00F22B6B" w:rsidRPr="00EC317C" w:rsidRDefault="00F22B6B" w:rsidP="00E50E10">
+      <w:r w:rsidRPr="00EC317C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
+        <w:tab/>
+      </w:r>
       <w:r w:rsidR="00B93C2E">
-        <w:t>3</w:t>
-[...61 lines deleted...]
-        <w:tab/>
+        <w:t>Rebecca L</w:t>
+      </w:r>
+      <w:r w:rsidR="0057556A">
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B93C2E">
-        <w:t>Rebecca L Tepper</w:t>
+        <w:t xml:space="preserve"> Tepper</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C40B341" w14:textId="77777777" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="00E50E10" w:rsidP="004D10C9">
       <w:pPr>
         <w:ind w:left="4320"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:t>Secretary of Energy and Environmental Affairs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0929A905" w14:textId="77777777" w:rsidR="00E50E10" w:rsidRPr="00EC317C" w:rsidRDefault="00E50E10" w:rsidP="00E50E10"/>
     <w:p w14:paraId="1E45E794" w14:textId="77777777" w:rsidR="00C82921" w:rsidRPr="00EC317C" w:rsidRDefault="00C82921" w:rsidP="00E50E10"/>
     <w:p w14:paraId="7AD1EC88" w14:textId="77777777" w:rsidR="00C82921" w:rsidRPr="00EC317C" w:rsidRDefault="00C82921" w:rsidP="00C82921">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="626C2074" w14:textId="192FF6DE" w:rsidR="00F22B6B" w:rsidRPr="00EC317C" w:rsidRDefault="005C2C8D" w:rsidP="00F22B6B">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">THE </w:t>
       </w:r>
       <w:r w:rsidR="00F22B6B" w:rsidRPr="00EC317C">
         <w:t>COMMONWEALTH OF MASSACHUSETTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6925F681" w14:textId="77777777" w:rsidR="00F22B6B" w:rsidRPr="00EC317C" w:rsidRDefault="00F22B6B" w:rsidP="00F22B6B">
       <w:r w:rsidRPr="00EC317C">
         <w:t>SUFFOLK, ss:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="706E9012" w14:textId="77777777" w:rsidR="00F22B6B" w:rsidRPr="00EC317C" w:rsidRDefault="00F22B6B" w:rsidP="00F22B6B"/>
-    <w:p w14:paraId="5C9A013E" w14:textId="552AB5C7" w:rsidR="00F22B6B" w:rsidRPr="00EC317C" w:rsidRDefault="00F22B6B" w:rsidP="00F22B6B">
+    <w:p w14:paraId="5C9A013E" w14:textId="5DA7B8E4" w:rsidR="00F22B6B" w:rsidRPr="00EC317C" w:rsidRDefault="00F22B6B" w:rsidP="00F22B6B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">On this </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> day of </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BF4BA1" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="002C4597">
         <w:t>202</w:t>
       </w:r>
+      <w:r w:rsidR="0057556A">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC317C">
+        <w:t xml:space="preserve">, before me, the undersigned notary public, personally appeared </w:t>
+      </w:r>
       <w:r w:rsidR="00B93C2E">
-        <w:t>3</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">, before me, the undersigned notary public, personally appeared </w:t>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Rebecca L</w:t>
+      </w:r>
+      <w:r w:rsidR="0057556A">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B93C2E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Rebecca L Tepper</w:t>
+        <w:t xml:space="preserve"> Tepper</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">, and proved to me through satisfactory evidence of identification which was ______________________________ to be the person whose name is signed on the proceeding or attached document, and acknowledged to me that </w:t>
       </w:r>
       <w:r w:rsidR="00300137" w:rsidRPr="00EC317C">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">he signed it voluntarily for its stated purpose. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B2E875C" w14:textId="77777777" w:rsidR="00F22B6B" w:rsidRPr="00EC317C" w:rsidRDefault="00F22B6B" w:rsidP="00F22B6B"/>
     <w:p w14:paraId="630B941C" w14:textId="77777777" w:rsidR="00F22B6B" w:rsidRPr="00EC317C" w:rsidRDefault="00F22B6B" w:rsidP="00F22B6B">
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
@@ -21387,50 +21055,51 @@
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:tab/>
         <w:t>My Commission Expires:</w:t>
       </w:r>
       <w:r w:rsidR="009E6919" w:rsidRPr="00EC317C">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BBBA425" w14:textId="77777777" w:rsidR="00C82921" w:rsidRPr="00EC317C" w:rsidRDefault="009E6919" w:rsidP="009E6919">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>EXHIBIT A</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5894EC9E" w14:textId="77777777" w:rsidR="009E6919" w:rsidRPr="00EC317C" w:rsidRDefault="009E6919" w:rsidP="009E6919">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="644646AF" w14:textId="77777777" w:rsidR="009E6919" w:rsidRPr="00EC317C" w:rsidRDefault="009E6919" w:rsidP="009E6919">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Legal Description of Premises</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="771286E1" w14:textId="77777777" w:rsidR="009E6919" w:rsidRPr="00EC317C" w:rsidRDefault="009E6919" w:rsidP="009E6919"/>
     <w:p w14:paraId="1CCD67BE" w14:textId="77777777" w:rsidR="0091356E" w:rsidRPr="00EC317C" w:rsidRDefault="0091356E" w:rsidP="009E6919">
       <w:pPr>
@@ -21642,50 +21311,51 @@
     </w:p>
     <w:p w14:paraId="12623830" w14:textId="77777777" w:rsidR="0091356E" w:rsidRPr="00EC317C" w:rsidRDefault="0091356E" w:rsidP="0091356E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="236F23E0" w14:textId="77777777" w:rsidR="00F2402C" w:rsidRPr="00EC317C" w:rsidRDefault="00F2402C" w:rsidP="0091356E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="79C00C68" w14:textId="77777777" w:rsidR="00F2402C" w:rsidRPr="00EC317C" w:rsidRDefault="00F2402C" w:rsidP="00F2402C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>EXHIBIT B</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57A8EF49" w14:textId="77777777" w:rsidR="00F2402C" w:rsidRPr="00EC317C" w:rsidRDefault="00F2402C" w:rsidP="00F2402C">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06F0A6F4" w14:textId="77777777" w:rsidR="00F2402C" w:rsidRPr="00EC317C" w:rsidRDefault="00271A90" w:rsidP="00F2402C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">[Reduced Copy of </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:i/>
           <w:u w:val="single"/>
@@ -21718,55 +21388,56 @@
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">For </w:t>
       </w:r>
       <w:r w:rsidR="00271A90" w:rsidRPr="00EC317C">
         <w:t xml:space="preserve">official </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00271A90" w:rsidRPr="00EC317C">
         <w:t>full</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> size</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00EC317C">
         <w:t xml:space="preserve"> plan see </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC317C">
+      <w:r w:rsidRPr="009D5761">
         <w:rPr>
           <w:rStyle w:val="PlaceholderText"/>
           <w:b/>
           <w:i/>
+          <w:color w:val="747474"/>
         </w:rPr>
         <w:t>enter County</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>] Registry of Deeds Plan Book _____ Page _____</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CCC485B" w14:textId="77777777" w:rsidR="00F2402C" w:rsidRPr="00EC317C" w:rsidRDefault="00F2402C" w:rsidP="00F2402C">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64007A09" w14:textId="77777777" w:rsidR="00F2402C" w:rsidRPr="00EC317C" w:rsidRDefault="00F2402C" w:rsidP="00F2402C"/>
     <w:p w14:paraId="0156A734" w14:textId="3E227ADA" w:rsidR="00271A90" w:rsidRPr="00EC317C" w:rsidRDefault="00F2402C" w:rsidP="00F2402C">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC317C">
         <w:t>[</w:t>
       </w:r>
@@ -21880,744 +21551,676 @@
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00EC317C">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> plan that has not been altered in any way, then it should be labeled as a ‘Reduced Copy of Plan of Premises’.</w:t>
       </w:r>
       <w:r w:rsidR="00F2402C" w:rsidRPr="00EC317C">
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67350962" w14:textId="49220FF2" w:rsidR="00F2402C" w:rsidRPr="00EC317C" w:rsidRDefault="00F2402C" w:rsidP="00F2402C"/>
     <w:sectPr w:rsidR="00F2402C" w:rsidRPr="00EC317C" w:rsidSect="00EE3B0C">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
-<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...1 lines deleted...]
-    <w:p w14:paraId="42EDFA9C" w14:textId="6C79E9EF" w:rsidR="007464D3" w:rsidRDefault="007464D3">
+<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:comment w:id="0" w:author="Widdiss, Sheri (EEA)" w:date="2026-02-10T16:02:00Z" w:initials="SW">
+    <w:p w14:paraId="4338DEEE" w14:textId="77777777" w:rsidR="0057556A" w:rsidRDefault="0057556A" w:rsidP="0057556A">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
+        <w:t>Type names of Grantor(s), Grantee(s), address of the CR Premises and the Grantor’s deed reference(s). If the Grantor will take title to the Premises immediately prior to recording the CR, leave the deed references blank and write in the recording information before recording the CR</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="2" w:author="Widdiss, Sheri (EEA)" w:date="2026-02-10T16:02:00Z" w:initials="SW">
+    <w:p w14:paraId="217CBF1C" w14:textId="77777777" w:rsidR="0057556A" w:rsidRDefault="0057556A" w:rsidP="0057556A">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
-        <w:t>Type names of Grantor(s), Grantee(s), address of the CR Premises and the Grantor’s deed reference(s). If the Grantor will take title to the Premises immediately prior to recording the CR, leave the deed references blank and write in the recording information before recording the CR</w:t>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Where CPA funding was used to acquire the fee interest in the Premises, unless the authorizing vote explicitly authorizes the Conservation Commission to convey the CR, then the municipal executive (e.g,. the Select Board or the Mayor) must act as Grantor. In such cases, the Conservation Commission may elect to sign the CR in approval.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="2" w:author="Gioia, John (EEA)" w:date="2021-10-13T13:30:00Z" w:initials="GJ(">
-    <w:p w14:paraId="47149ED1" w14:textId="30A65863" w:rsidR="00BD0BCF" w:rsidRDefault="00C47D78">
+  <w:comment w:id="3" w:author="Widdiss, Sheri (EEA)" w:date="2026-02-10T16:02:00Z" w:initials="SW">
+    <w:p w14:paraId="4F73A2A5" w14:textId="77777777" w:rsidR="0057556A" w:rsidRDefault="0057556A" w:rsidP="0057556A">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
-        <w:t>Where CPA funding was used to acquire the fee interest in the Premises</w:t>
-[...20 lines deleted...]
-        <w:t>.</w:t>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>This last sentence should be included where the fee interest has been acquired using CPA funding, provided that the vote does deem the land under the care, custody, and control of the Conservation Commission.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="3" w:author="Gioia, John (EEA)" w:date="2021-08-27T17:17:00Z" w:initials="GJ(">
-    <w:p w14:paraId="3D84D29F" w14:textId="7E3397AA" w:rsidR="003671FA" w:rsidRDefault="003671FA">
+  <w:comment w:id="8" w:author="Widdiss, Sheri (EEA)" w:date="2026-02-10T16:03:00Z" w:initials="SW">
+    <w:p w14:paraId="59E0A123" w14:textId="77777777" w:rsidR="0057556A" w:rsidRDefault="0057556A" w:rsidP="0057556A">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
-        <w:t>This last sentence should be included where the fee interest has been acquired using CPA funding</w:t>
-[...8 lines deleted...]
-        <w:t>.</w:t>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Practitioners have suggested that an MOU with the particular group(s) engaging in this permitted act/use may be useful in establishing parameters</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="8" w:author="Gioia, John (EEA)" w:date="2021-10-13T14:14:00Z" w:initials="GJ(">
-    <w:p w14:paraId="1527825D" w14:textId="2F95C6C0" w:rsidR="001F48A8" w:rsidRDefault="001F48A8">
+  <w:comment w:id="9" w:author="Widdiss, Sheri (EEA)" w:date="2026-02-10T16:03:00Z" w:initials="SW">
+    <w:p w14:paraId="4E57BA2A" w14:textId="77777777" w:rsidR="0057556A" w:rsidRDefault="0057556A" w:rsidP="0057556A">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
-        <w:t>Practitioners have suggested that an MOU with the particular group(s) engaging in this permitted act/use may be useful in establishing parameters</w:t>
+        <w:t>For example, “Using motorized vehicles by persons with mobility impairments or as necessary for engaging in Agricultural Activities or Forestry Activities as permitted herein.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="9" w:author="Gioia, John (EEA)" w:date="2021-10-13T16:54:00Z" w:initials="GJ(">
-    <w:p w14:paraId="35DD21B4" w14:textId="1B8C8039" w:rsidR="004A01C8" w:rsidRDefault="004A01C8">
+  <w:comment w:id="14" w:author="Widdiss, Sheri (EEA)" w:date="2026-02-10T16:03:00Z" w:initials="SW">
+    <w:p w14:paraId="5C079F42" w14:textId="77777777" w:rsidR="0057556A" w:rsidRDefault="0057556A" w:rsidP="0057556A">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
-        <w:t>For example</w:t>
-[...2 lines deleted...]
-        <w:t>, “Using motorized vehicles by persons with mobility impairments or as necessary for engaging in Agricultural Activities or Forestry Activities as permitted herein.</w:t>
+        <w:t>Delete this paragraph if the CR has only 1 Grantee</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="14" w:author="Gioia, John (EEA)" w:date="2021-04-20T15:36:00Z" w:initials="GJ(">
-    <w:p w14:paraId="34CA2B09" w14:textId="6AF60586" w:rsidR="00652B17" w:rsidRDefault="00652B17" w:rsidP="008F076D">
+  <w:comment w:id="15" w:author="Widdiss, Sheri (EEA)" w:date="2026-02-10T16:03:00Z" w:initials="SW">
+    <w:p w14:paraId="7A96F9FC" w14:textId="77777777" w:rsidR="0057556A" w:rsidRDefault="0057556A" w:rsidP="0057556A">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
+        <w:t>Use this paragraph regardless of the number of Grantees</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="17" w:author="Widdiss, Sheri (EEA)" w:date="2026-02-10T16:03:00Z" w:initials="SW">
+    <w:p w14:paraId="17C35309" w14:textId="77777777" w:rsidR="0057556A" w:rsidRDefault="0057556A" w:rsidP="0057556A">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
         <w:t>Delete this paragraph if the CR has only 1 Grantee</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="15" w:author="Gioia, John (EEA)" w:date="2021-04-20T15:44:00Z" w:initials="GJ(">
-    <w:p w14:paraId="7ED2802B" w14:textId="3C369823" w:rsidR="00CC3413" w:rsidRDefault="00CC3413">
+  <w:comment w:id="18" w:author="Widdiss, Sheri (EEA)" w:date="2026-02-10T16:03:00Z" w:initials="SW">
+    <w:p w14:paraId="16FDFEB1" w14:textId="77777777" w:rsidR="0057556A" w:rsidRDefault="0057556A" w:rsidP="0057556A">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Use this paragraph </w:t>
-[...2 lines deleted...]
-        <w:t>regardless of the number of Grantees</w:t>
+        <w:t>Use one of the following two paragraphs and delete the other</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="17" w:author="Gioia, John (EEA)" w:date="2021-05-03T16:03:00Z" w:initials="GJ(">
-    <w:p w14:paraId="134A3DC7" w14:textId="44B29EF1" w:rsidR="001D3E1F" w:rsidRDefault="001D3E1F">
+  <w:comment w:id="19" w:author="Widdiss, Sheri (EEA)" w:date="2026-02-10T16:04:00Z" w:initials="SW">
+    <w:p w14:paraId="16926EA6" w14:textId="77777777" w:rsidR="0057556A" w:rsidRDefault="0057556A" w:rsidP="0057556A">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
-        <w:t>Delete this paragraph if the CR has only 1 Grantee</w:t>
+        <w:t>Update paragraph # as necessary - this should be a reference to the Permitted Act/Use describing Passive Outdoor Recreational Activities</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="18" w:author="Gioia, John (EEA)" w:date="2021-04-20T15:47:00Z" w:initials="GJ(">
-    <w:p w14:paraId="7FE855B5" w14:textId="1B0A4081" w:rsidR="00F92113" w:rsidRDefault="00F92113">
+  <w:comment w:id="21" w:author="Widdiss, Sheri (EEA)" w:date="2026-02-10T16:04:00Z" w:initials="SW">
+    <w:p w14:paraId="74CDF157" w14:textId="77777777" w:rsidR="0057556A" w:rsidRDefault="0057556A" w:rsidP="0057556A">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="006E1869">
+      <w:r>
+        <w:t>Choose one of the following three paragraphs, depending on the particular circumstances, and delete the other two</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="24" w:author="Widdiss, Sheri (EEA)" w:date="2026-02-10T16:04:00Z" w:initials="SW">
+    <w:p w14:paraId="7D1C8395" w14:textId="77777777" w:rsidR="0057556A" w:rsidRDefault="0057556A" w:rsidP="0057556A">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
         <w:t>Use one of the following two paragraphs and delete the other</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="19" w:author="Gioia, John (EEA)" w:date="2021-04-20T15:46:00Z" w:initials="GJ(">
-    <w:p w14:paraId="2B0F934D" w14:textId="4E955677" w:rsidR="00434FA4" w:rsidRDefault="00434FA4">
+  <w:comment w:id="25" w:author="Widdiss, Sheri (EEA)" w:date="2026-02-10T16:04:00Z" w:initials="SW">
+    <w:p w14:paraId="710CF661" w14:textId="77777777" w:rsidR="0057556A" w:rsidRDefault="0057556A" w:rsidP="0057556A">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Update paragraph # </w:t>
-[...5 lines deleted...]
-        <w:t>e describing Passive Outdoor Recreational Activities</w:t>
+        <w:t>Use one of the following two paragraphs and delete the other</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="21" w:author="Gioia, John (EEA)" w:date="2021-04-20T15:38:00Z" w:initials="GJ(">
-    <w:p w14:paraId="556AA517" w14:textId="43C5EDF9" w:rsidR="001E1164" w:rsidRDefault="001E1164">
+  <w:comment w:id="26" w:author="Widdiss, Sheri (EEA)" w:date="2026-02-10T16:05:00Z" w:initials="SW">
+    <w:p w14:paraId="40BC793A" w14:textId="77777777" w:rsidR="0057556A" w:rsidRDefault="0057556A" w:rsidP="0057556A">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
-        <w:t>Choose one of the following three paragraphs, depending on the particular circumstances, and delete the other two</w:t>
+        <w:t>If the Grantor is a Trust, a draft Trustee’s Certificate or a recorded copy of the Trustee’s Certificate should be submitted with the CR for review. We encourage you to check with your registry to determine particular requirements regarding attaching Trustee’s Certificates to the CR</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="24" w:author="Gioia, John (EEA)" w:date="2021-04-20T15:39:00Z" w:initials="GJ(">
-    <w:p w14:paraId="667EEAA6" w14:textId="54322475" w:rsidR="005D3FFD" w:rsidRDefault="005D3FFD">
+  <w:comment w:id="27" w:author="Widdiss, Sheri (EEA)" w:date="2026-02-10T16:05:00Z" w:initials="SW">
+    <w:p w14:paraId="0422AB9A" w14:textId="77777777" w:rsidR="0057556A" w:rsidRDefault="0057556A" w:rsidP="0057556A">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
-        <w:t>Use one of the following two paragraphs and delete the other</w:t>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>If Grantor is a corporation, then pursuant to Section 8 of Chapter 155 of the Massachusetts General Law, the President or Vice President AND Treasurer or Assistant Treasurer must sign the CR, so this page will need a second signatory in such an instance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="411DD424" w14:textId="77777777" w:rsidR="0057556A" w:rsidRDefault="0057556A" w:rsidP="0057556A">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BD0FC66" w14:textId="77777777" w:rsidR="0057556A" w:rsidRDefault="0057556A" w:rsidP="0057556A">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>If only one person will sign on behalf of a corporate entity, then proof of corporate authority, such as a certificate of vote, demonstrating that person's authority to act in such capacity on behalf of the corporation, must be provided.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="25" w:author="Gioia, John (EEA)" w:date="2021-04-20T15:39:00Z" w:initials="GJ(">
-    <w:p w14:paraId="0C865D4B" w14:textId="6CFBB05B" w:rsidR="005D3FFD" w:rsidRDefault="005D3FFD">
+  <w:comment w:id="28" w:author="Widdiss, Sheri (EEA)" w:date="2026-02-10T16:05:00Z" w:initials="SW">
+    <w:p w14:paraId="0CD61975" w14:textId="77777777" w:rsidR="0057556A" w:rsidRDefault="0057556A" w:rsidP="0057556A">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
-        <w:t>Use one of the following two paragraphs and delete the other</w:t>
-[...4 lines deleted...]
-    <w:p w14:paraId="45E76DD8" w14:textId="2381D776" w:rsidR="00910183" w:rsidRDefault="00910183">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>If Grantor is a corporation, then pursuant to Section 8 of Chapter 155 of the Massachusetts General Law, the President or Vice President AND Treasurer or Assistant Treasurer must sign the CR, so this page will need a second signatory in such an instance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C9B5B53" w14:textId="77777777" w:rsidR="0057556A" w:rsidRDefault="0057556A" w:rsidP="0057556A">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
-      <w:r>
-[...14 lines deleted...]
-    <w:p w14:paraId="396B0FE4" w14:textId="77777777" w:rsidR="007549A4" w:rsidRDefault="007549A4" w:rsidP="007549A4">
+    </w:p>
+    <w:p w14:paraId="4E0EAA3C" w14:textId="77777777" w:rsidR="0057556A" w:rsidRDefault="0057556A" w:rsidP="0057556A">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
-        <w:rPr>
-[...75 lines deleted...]
-        <w:t>If the municipality prefers the Conservation Commission act as Grantor, explicit authority must be given to the Conservation Commission, such as through a Town Meeting vote or City Council order.</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>If only one person will sign on behalf of a corporate entity, then proof of corporate authority, such as a certificate of vote, demonstrating that person's authority to act in such capacity on behalf of the corporation, must be provided.</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="29" w:author="Widdiss, Sheri (EEA)" w:date="2023-04-10T09:02:00Z" w:initials="WS(">
-    <w:p w14:paraId="42DB6316" w14:textId="77777777" w:rsidR="00B93C2E" w:rsidRDefault="00B93C2E" w:rsidP="00CA11A5">
+    <w:p w14:paraId="42DB6316" w14:textId="2ACA85DC" w:rsidR="00B93C2E" w:rsidRDefault="00B93C2E" w:rsidP="00CA11A5">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Please insert all names of Select Board Members under signatory lines, thank you </w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="30" w:author="Gioia, John (EEA)" w:date="2021-10-13T17:11:00Z" w:initials="GJ(">
-    <w:p w14:paraId="19E06CF1" w14:textId="292891B1" w:rsidR="008802E4" w:rsidRDefault="008802E4" w:rsidP="008802E4">
+  <w:comment w:id="30" w:author="Widdiss, Sheri (EEA)" w:date="2026-02-10T16:05:00Z" w:initials="SW">
+    <w:p w14:paraId="367E247C" w14:textId="77777777" w:rsidR="0057556A" w:rsidRDefault="0057556A" w:rsidP="0057556A">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>The executive of the municipality shall act as Grantor and sign the CR on behalf of the municipality. If the municipality prefers the Conservation Commission act as Grantor, explicit authority must be given to the Conservation Commission, such as through a Town Meeting vote or City Council order.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="31" w:author="Gioia, John (EEA)" w:date="2021-10-13T14:06:00Z" w:initials="GJ(">
-    <w:p w14:paraId="169AFDEA" w14:textId="2FD6D900" w:rsidR="000000AA" w:rsidRDefault="00BD35F1">
+  <w:comment w:id="31" w:author="Widdiss, Sheri (EEA)" w:date="2026-02-10T16:05:00Z" w:initials="SW">
+    <w:p w14:paraId="545B68CC" w14:textId="77777777" w:rsidR="0057556A" w:rsidRDefault="0057556A" w:rsidP="0057556A">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="000000AA">
-[...12 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:t>If the Conservation Commission is acting as Grantor, there must be a Town Meeting vote or City Council Order authorizing it to do so. In the absence of said vote/order, the Select Board or Mayor, as the case may be, shall be the Grantor, and the Conservation Commission may elect to sign the CR in approval.</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="32" w:author="Widdiss, Sheri (EEA)" w:date="2023-04-10T09:02:00Z" w:initials="WS(">
-    <w:p w14:paraId="4AFBBBD3" w14:textId="77777777" w:rsidR="00B93C2E" w:rsidRDefault="00B93C2E" w:rsidP="0056470F">
+    <w:p w14:paraId="4AFBBBD3" w14:textId="77777777" w:rsidR="0057556A" w:rsidRDefault="00B93C2E" w:rsidP="0057556A">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="0057556A">
         <w:t xml:space="preserve">Please insert all names of Conservation Commission Members under signatory lines, thank you </w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="33" w:author="Gioia, John (EEA)" w:date="2021-10-28T12:26:00Z" w:initials="GJ(">
-    <w:p w14:paraId="2B9D9571" w14:textId="28B53A6C" w:rsidR="000E0AFD" w:rsidRDefault="000E0AFD">
+  <w:comment w:id="33" w:author="Widdiss, Sheri (EEA)" w:date="2026-02-10T16:06:00Z" w:initials="SW">
+    <w:p w14:paraId="750467B4" w14:textId="77777777" w:rsidR="0057556A" w:rsidRDefault="0057556A" w:rsidP="0057556A">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>To be used if Grantee is a charitable corporation or trust</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="34" w:author="Gioia, John (EEA)" w:date="2021-10-28T12:26:00Z" w:initials="GJ(">
-    <w:p w14:paraId="4E7980D7" w14:textId="45FCB2D3" w:rsidR="000E0AFD" w:rsidRDefault="000E0AFD">
+  <w:comment w:id="34" w:author="Widdiss, Sheri (EEA)" w:date="2026-02-10T16:06:00Z" w:initials="SW">
+    <w:p w14:paraId="38E5393F" w14:textId="77777777" w:rsidR="0057556A" w:rsidRDefault="0057556A" w:rsidP="0057556A">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>To be used if Grantee is a Conservation Commission</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="35" w:author="Widdiss, Sheri (EEA)" w:date="2023-04-10T09:02:00Z" w:initials="WS(">
-    <w:p w14:paraId="712B4116" w14:textId="77777777" w:rsidR="00B93C2E" w:rsidRDefault="00B93C2E" w:rsidP="007C673F">
+    <w:p w14:paraId="712B4116" w14:textId="729E61A0" w:rsidR="00B93C2E" w:rsidRDefault="00B93C2E" w:rsidP="007C673F">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Please insert all names of Conservation Commission Members under signatory lines, thank you </w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="36" w:author="Gioia, John (EEA)" w:date="2021-04-20T15:42:00Z" w:initials="GJ(">
-    <w:p w14:paraId="026D0F6A" w14:textId="2EF3C442" w:rsidR="00974BA9" w:rsidRDefault="00974BA9" w:rsidP="00AF35E7">
+  <w:comment w:id="36" w:author="Widdiss, Sheri (EEA)" w:date="2026-02-10T16:06:00Z" w:initials="SW">
+    <w:p w14:paraId="41141A7B" w14:textId="77777777" w:rsidR="0057556A" w:rsidRDefault="0057556A" w:rsidP="0057556A">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="005A5705">
-[...3 lines deleted...]
-        <w:t>a majority of the Select Board should sign, so the following page should be used.</w:t>
+      <w:r>
+        <w:t>If the meeting at which the Select Board approves occurs remotely, this page may be used. If the meeting occurs in person, a majority of the Select Board should sign, so the following page should be used.</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="37" w:author="Widdiss, Sheri (EEA)" w:date="2023-04-10T09:03:00Z" w:initials="WS(">
-    <w:p w14:paraId="0BFEE54A" w14:textId="77777777" w:rsidR="00B93C2E" w:rsidRDefault="00B93C2E" w:rsidP="00F32C3F">
+    <w:p w14:paraId="0BFEE54A" w14:textId="1E66A1F0" w:rsidR="00B93C2E" w:rsidRDefault="00B93C2E" w:rsidP="00F32C3F">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Please insert all names of Select Board Members under signatory lines, thank you </w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="38" w:author="Gioia, John (EEA)" w:date="2021-10-28T12:27:00Z" w:initials="GJ(">
-    <w:p w14:paraId="38EB13D0" w14:textId="4A01A250" w:rsidR="000E0AFD" w:rsidRDefault="000E0AFD">
+  <w:comment w:id="38" w:author="Widdiss, Sheri (EEA)" w:date="2026-02-10T16:06:00Z" w:initials="SW">
+    <w:p w14:paraId="625F3659" w14:textId="77777777" w:rsidR="0057556A" w:rsidRDefault="0057556A" w:rsidP="0057556A">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00132863">
+      <w:r>
         <w:t>If the CR is within a city, mayoral and city council approval are required</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="39" w:author="Gioia, John (EEA)" w:date="2021-04-20T15:43:00Z" w:initials="GJ(">
-    <w:p w14:paraId="6B434883" w14:textId="7759B4E5" w:rsidR="00974BA9" w:rsidRDefault="00974BA9" w:rsidP="00132863">
+  <w:comment w:id="39" w:author="Widdiss, Sheri (EEA)" w:date="2026-02-10T16:06:00Z" w:initials="SW">
+    <w:p w14:paraId="6BC44541" w14:textId="77777777" w:rsidR="0057556A" w:rsidRDefault="0057556A" w:rsidP="0057556A">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00132863">
-[...3 lines deleted...]
-        <w:t>f the meeting at which the City Council approves occurs remotely, this page may be used. If the meeting occurs in person, a majority of the City Council should sign, so the following page should be used.</w:t>
+      <w:r>
+        <w:t>If the meeting at which the City Council approves occurs remotely, this page may be used. If the meeting occurs in person, a majority of the City Council should sign, so the following page should be used.</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="40" w:author="Widdiss, Sheri (EEA)" w:date="2023-04-10T09:03:00Z" w:initials="WS(">
-    <w:p w14:paraId="474606AF" w14:textId="77777777" w:rsidR="00B93C2E" w:rsidRDefault="00B93C2E" w:rsidP="008B33AA">
+    <w:p w14:paraId="474606AF" w14:textId="4A63DA20" w:rsidR="00B93C2E" w:rsidRDefault="00B93C2E" w:rsidP="008B33AA">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Please insert all names of City Council Members under signatory lines, thank you </w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
-<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...15 lines deleted...]
-  <w15:commentEx w15:paraId="37AE6223" w15:done="0"/>
+<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:commentEx w15:paraId="4338DEEE" w15:done="0"/>
+  <w15:commentEx w15:paraId="217CBF1C" w15:done="0"/>
+  <w15:commentEx w15:paraId="4F73A2A5" w15:done="0"/>
+  <w15:commentEx w15:paraId="59E0A123" w15:done="0"/>
+  <w15:commentEx w15:paraId="4E57BA2A" w15:done="0"/>
+  <w15:commentEx w15:paraId="5C079F42" w15:done="0"/>
+  <w15:commentEx w15:paraId="7A96F9FC" w15:done="0"/>
+  <w15:commentEx w15:paraId="17C35309" w15:done="0"/>
+  <w15:commentEx w15:paraId="16FDFEB1" w15:done="0"/>
+  <w15:commentEx w15:paraId="16926EA6" w15:done="0"/>
+  <w15:commentEx w15:paraId="74CDF157" w15:done="0"/>
+  <w15:commentEx w15:paraId="7D1C8395" w15:done="0"/>
+  <w15:commentEx w15:paraId="710CF661" w15:done="0"/>
+  <w15:commentEx w15:paraId="40BC793A" w15:done="0"/>
+  <w15:commentEx w15:paraId="4BD0FC66" w15:done="0"/>
+  <w15:commentEx w15:paraId="4E0EAA3C" w15:done="0"/>
   <w15:commentEx w15:paraId="42DB6316" w15:done="0"/>
-  <w15:commentEx w15:paraId="19E06CF1" w15:done="0"/>
-  <w15:commentEx w15:paraId="169AFDEA" w15:done="0"/>
+  <w15:commentEx w15:paraId="367E247C" w15:done="0"/>
+  <w15:commentEx w15:paraId="545B68CC" w15:done="0"/>
   <w15:commentEx w15:paraId="4AFBBBD3" w15:done="0"/>
-  <w15:commentEx w15:paraId="2B9D9571" w15:done="0"/>
-  <w15:commentEx w15:paraId="4E7980D7" w15:done="0"/>
+  <w15:commentEx w15:paraId="750467B4" w15:done="0"/>
+  <w15:commentEx w15:paraId="38E5393F" w15:done="0"/>
   <w15:commentEx w15:paraId="712B4116" w15:done="0"/>
-  <w15:commentEx w15:paraId="026D0F6A" w15:done="0"/>
+  <w15:commentEx w15:paraId="41141A7B" w15:done="0"/>
   <w15:commentEx w15:paraId="0BFEE54A" w15:done="0"/>
-  <w15:commentEx w15:paraId="38EB13D0" w15:done="0"/>
-  <w15:commentEx w15:paraId="6B434883" w15:done="0"/>
+  <w15:commentEx w15:paraId="625F3659" w15:done="0"/>
+  <w15:commentEx w15:paraId="6BC44541" w15:done="0"/>
   <w15:commentEx w15:paraId="474606AF" w15:done="0"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
-<w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...15 lines deleted...]
-  <w16cex:commentExtensible w16cex:durableId="2511913A" w16cex:dateUtc="2021-10-13T21:09:00Z"/>
+<w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
+  <w16cex:commentExtensible w16cex:durableId="3A3F9850" w16cex:dateUtc="2026-02-10T21:02:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="4411F839" w16cex:dateUtc="2026-02-10T21:02:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="3962210B" w16cex:dateUtc="2026-02-10T21:02:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="200EF834" w16cex:dateUtc="2026-02-10T21:03:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="5E4F953C" w16cex:dateUtc="2026-02-10T21:03:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="1CE28E8A" w16cex:dateUtc="2026-02-10T21:03:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="5CB491CA" w16cex:dateUtc="2026-02-10T21:03:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="786CAEA3" w16cex:dateUtc="2026-02-10T21:03:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="2CD1F288" w16cex:dateUtc="2026-02-10T21:03:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="15886B9D" w16cex:dateUtc="2026-02-10T21:04:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="3A80C96A" w16cex:dateUtc="2026-02-10T21:04:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="2A37DFDC" w16cex:dateUtc="2026-02-10T21:04:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="258279BD" w16cex:dateUtc="2026-02-10T21:04:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="4D5957B7" w16cex:dateUtc="2026-02-10T21:05:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="20B5EEC2" w16cex:dateUtc="2026-02-10T21:05:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="4D56CFAC" w16cex:dateUtc="2026-02-10T21:05:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="27DE4F37" w16cex:dateUtc="2023-04-10T13:02:00Z"/>
-  <w16cex:commentExtensible w16cex:durableId="251191A9" w16cex:dateUtc="2021-10-13T21:11:00Z"/>
-  <w16cex:commentExtensible w16cex:durableId="25116664" w16cex:dateUtc="2021-10-13T18:06:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="05162A1D" w16cex:dateUtc="2026-02-10T21:05:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="7707F09A" w16cex:dateUtc="2026-02-10T21:05:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="27DE4F29" w16cex:dateUtc="2023-04-10T13:02:00Z"/>
-  <w16cex:commentExtensible w16cex:durableId="2525156B" w16cex:dateUtc="2021-10-28T16:26:00Z"/>
-  <w16cex:commentExtensible w16cex:durableId="2525157E" w16cex:dateUtc="2021-10-28T16:26:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="5D03543A" w16cex:dateUtc="2026-02-10T21:06:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="4F14A1D9" w16cex:dateUtc="2026-02-10T21:06:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="27DE4F15" w16cex:dateUtc="2023-04-10T13:02:00Z"/>
-  <w16cex:commentExtensible w16cex:durableId="242974EE" w16cex:dateUtc="2021-04-20T19:42:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="21355A39" w16cex:dateUtc="2026-02-10T21:06:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="27DE4F56" w16cex:dateUtc="2023-04-10T13:03:00Z"/>
-  <w16cex:commentExtensible w16cex:durableId="25251599" w16cex:dateUtc="2021-10-28T16:27:00Z"/>
-  <w16cex:commentExtensible w16cex:durableId="24297504" w16cex:dateUtc="2021-04-20T19:43:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="6E2C4950" w16cex:dateUtc="2026-02-10T21:06:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="1069591A" w16cex:dateUtc="2026-02-10T21:06:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="27DE4F7D" w16cex:dateUtc="2023-04-10T13:03:00Z"/>
 </w16cex:commentsExtensible>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
-<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...15 lines deleted...]
-  <w16cid:commentId w16cid:paraId="37AE6223" w16cid:durableId="2511913A"/>
+<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w16cid:commentId w16cid:paraId="4338DEEE" w16cid:durableId="3A3F9850"/>
+  <w16cid:commentId w16cid:paraId="217CBF1C" w16cid:durableId="4411F839"/>
+  <w16cid:commentId w16cid:paraId="4F73A2A5" w16cid:durableId="3962210B"/>
+  <w16cid:commentId w16cid:paraId="59E0A123" w16cid:durableId="200EF834"/>
+  <w16cid:commentId w16cid:paraId="4E57BA2A" w16cid:durableId="5E4F953C"/>
+  <w16cid:commentId w16cid:paraId="5C079F42" w16cid:durableId="1CE28E8A"/>
+  <w16cid:commentId w16cid:paraId="7A96F9FC" w16cid:durableId="5CB491CA"/>
+  <w16cid:commentId w16cid:paraId="17C35309" w16cid:durableId="786CAEA3"/>
+  <w16cid:commentId w16cid:paraId="16FDFEB1" w16cid:durableId="2CD1F288"/>
+  <w16cid:commentId w16cid:paraId="16926EA6" w16cid:durableId="15886B9D"/>
+  <w16cid:commentId w16cid:paraId="74CDF157" w16cid:durableId="3A80C96A"/>
+  <w16cid:commentId w16cid:paraId="7D1C8395" w16cid:durableId="2A37DFDC"/>
+  <w16cid:commentId w16cid:paraId="710CF661" w16cid:durableId="258279BD"/>
+  <w16cid:commentId w16cid:paraId="40BC793A" w16cid:durableId="4D5957B7"/>
+  <w16cid:commentId w16cid:paraId="4BD0FC66" w16cid:durableId="20B5EEC2"/>
+  <w16cid:commentId w16cid:paraId="4E0EAA3C" w16cid:durableId="4D56CFAC"/>
   <w16cid:commentId w16cid:paraId="42DB6316" w16cid:durableId="27DE4F37"/>
-  <w16cid:commentId w16cid:paraId="19E06CF1" w16cid:durableId="251191A9"/>
-  <w16cid:commentId w16cid:paraId="169AFDEA" w16cid:durableId="25116664"/>
+  <w16cid:commentId w16cid:paraId="367E247C" w16cid:durableId="05162A1D"/>
+  <w16cid:commentId w16cid:paraId="545B68CC" w16cid:durableId="7707F09A"/>
   <w16cid:commentId w16cid:paraId="4AFBBBD3" w16cid:durableId="27DE4F29"/>
-  <w16cid:commentId w16cid:paraId="2B9D9571" w16cid:durableId="2525156B"/>
-  <w16cid:commentId w16cid:paraId="4E7980D7" w16cid:durableId="2525157E"/>
+  <w16cid:commentId w16cid:paraId="750467B4" w16cid:durableId="5D03543A"/>
+  <w16cid:commentId w16cid:paraId="38E5393F" w16cid:durableId="4F14A1D9"/>
   <w16cid:commentId w16cid:paraId="712B4116" w16cid:durableId="27DE4F15"/>
-  <w16cid:commentId w16cid:paraId="026D0F6A" w16cid:durableId="242974EE"/>
+  <w16cid:commentId w16cid:paraId="41141A7B" w16cid:durableId="21355A39"/>
   <w16cid:commentId w16cid:paraId="0BFEE54A" w16cid:durableId="27DE4F56"/>
-  <w16cid:commentId w16cid:paraId="38EB13D0" w16cid:durableId="25251599"/>
-  <w16cid:commentId w16cid:paraId="6B434883" w16cid:durableId="24297504"/>
+  <w16cid:commentId w16cid:paraId="625F3659" w16cid:durableId="6E2C4950"/>
+  <w16cid:commentId w16cid:paraId="6BC44541" w16cid:durableId="1069591A"/>
   <w16cid:commentId w16cid:paraId="474606AF" w16cid:durableId="27DE4F7D"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="66829C85" w14:textId="77777777" w:rsidR="00924BE4" w:rsidRDefault="00924BE4" w:rsidP="0007161D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2563462A" w14:textId="77777777" w:rsidR="00924BE4" w:rsidRDefault="00924BE4" w:rsidP="0007161D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="26AD4891" w14:textId="77777777" w:rsidR="00924BE4" w:rsidRDefault="00924BE4"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
@@ -22634,91 +22237,81 @@
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino">
     <w:altName w:val="Book Antiqua"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="7800205A" w:usb2="14600000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...9 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-488482627"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="6B426CA7" w14:textId="6E91FBB0" w:rsidR="008B24EF" w:rsidRDefault="008B24EF">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
@@ -22726,62 +22319,52 @@
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="5779600D" w14:textId="77777777" w:rsidR="00E9426C" w:rsidRDefault="00E9426C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3B5B621A" w14:textId="77777777" w:rsidR="00924BE4" w:rsidRDefault="00924BE4" w:rsidP="0007161D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1C84587D" w14:textId="77777777" w:rsidR="00924BE4" w:rsidRDefault="00924BE4" w:rsidP="0007161D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="612ADFFF" w14:textId="77777777" w:rsidR="00924BE4" w:rsidRDefault="00924BE4"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="157C287D" w14:textId="156D455A" w:rsidR="00BA5CDE" w:rsidRDefault="00BA5CDE">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
@@ -22820,98 +22403,52 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve">s metes and bounds measurements.  When using a plan, identify the following: the name or label for the pertinent parcel or CR area, the title of the plan, etc. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="572A0FB0" w14:textId="1A5A0537" w:rsidR="00BA5CDE" w:rsidRDefault="00BA5CDE">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> If a recorded plan is being used as the legal description, attach a reduced copy of the recorded plan in Exhibit B.  The CR area and any excluded areas or building envelopes must be clearly marked.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...44 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01582CC8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="496C380E"/>
     <w:lvl w:ilvl="0" w:tplc="9B3232A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -27104,63 +26641,60 @@
   <w:num w:numId="38" w16cid:durableId="428818980">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="63064976">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="833229178">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="911505737">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="853349505">
     <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="811679786">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1247809312">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...2 lines deleted...]
-  </w15:person>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="Widdiss, Sheri (EEA)">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::Sheri.Widdiss@mass.gov::bcfca806-1d61-4de1-8a83-4cfe75bbef52"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -27590,50 +27124,51 @@
     <w:rsid w:val="0023027B"/>
     <w:rsid w:val="00230E61"/>
     <w:rsid w:val="00232078"/>
     <w:rsid w:val="00232408"/>
     <w:rsid w:val="00232C9C"/>
     <w:rsid w:val="00233BF9"/>
     <w:rsid w:val="00233CF1"/>
     <w:rsid w:val="00234E2C"/>
     <w:rsid w:val="0023554A"/>
     <w:rsid w:val="00236674"/>
     <w:rsid w:val="00236BD3"/>
     <w:rsid w:val="00236CD5"/>
     <w:rsid w:val="002379FE"/>
     <w:rsid w:val="00237EB5"/>
     <w:rsid w:val="00237EFF"/>
     <w:rsid w:val="00237FAB"/>
     <w:rsid w:val="0024025B"/>
     <w:rsid w:val="00240E77"/>
     <w:rsid w:val="00242ABA"/>
     <w:rsid w:val="00243869"/>
     <w:rsid w:val="00243F3E"/>
     <w:rsid w:val="002451CA"/>
     <w:rsid w:val="0024597F"/>
     <w:rsid w:val="00251062"/>
     <w:rsid w:val="00251B0B"/>
+    <w:rsid w:val="002520FE"/>
     <w:rsid w:val="00252171"/>
     <w:rsid w:val="00252E06"/>
     <w:rsid w:val="002535C6"/>
     <w:rsid w:val="0025373D"/>
     <w:rsid w:val="002541A1"/>
     <w:rsid w:val="00254C72"/>
     <w:rsid w:val="002550ED"/>
     <w:rsid w:val="00256FC9"/>
     <w:rsid w:val="0026005B"/>
     <w:rsid w:val="00261A98"/>
     <w:rsid w:val="00262007"/>
     <w:rsid w:val="00262606"/>
     <w:rsid w:val="00263CD3"/>
     <w:rsid w:val="00263E32"/>
     <w:rsid w:val="002645F3"/>
     <w:rsid w:val="00264B5A"/>
     <w:rsid w:val="00266247"/>
     <w:rsid w:val="00266564"/>
     <w:rsid w:val="00267004"/>
     <w:rsid w:val="002676C3"/>
     <w:rsid w:val="00267BBE"/>
     <w:rsid w:val="00271A90"/>
     <w:rsid w:val="002727AC"/>
     <w:rsid w:val="00272A66"/>
     <w:rsid w:val="00272AA8"/>
@@ -27743,97 +27278,99 @@
     <w:rsid w:val="003001E7"/>
     <w:rsid w:val="003001EC"/>
     <w:rsid w:val="0030020C"/>
     <w:rsid w:val="00300BE7"/>
     <w:rsid w:val="00300C4D"/>
     <w:rsid w:val="00301257"/>
     <w:rsid w:val="00301A37"/>
     <w:rsid w:val="00302807"/>
     <w:rsid w:val="00302A5E"/>
     <w:rsid w:val="00303238"/>
     <w:rsid w:val="00303DFF"/>
     <w:rsid w:val="00305803"/>
     <w:rsid w:val="00305A26"/>
     <w:rsid w:val="00306A66"/>
     <w:rsid w:val="00307B96"/>
     <w:rsid w:val="00310F4D"/>
     <w:rsid w:val="00311081"/>
     <w:rsid w:val="00312878"/>
     <w:rsid w:val="00312A43"/>
     <w:rsid w:val="00314867"/>
     <w:rsid w:val="003155E9"/>
     <w:rsid w:val="003161EB"/>
     <w:rsid w:val="0031791F"/>
     <w:rsid w:val="003200EB"/>
     <w:rsid w:val="00320174"/>
+    <w:rsid w:val="0032129E"/>
     <w:rsid w:val="003224D9"/>
     <w:rsid w:val="0032302C"/>
     <w:rsid w:val="00323D74"/>
     <w:rsid w:val="00323F8A"/>
     <w:rsid w:val="00324C3C"/>
     <w:rsid w:val="003251C5"/>
     <w:rsid w:val="00326C10"/>
     <w:rsid w:val="00326ED3"/>
     <w:rsid w:val="00327FC3"/>
     <w:rsid w:val="00330052"/>
     <w:rsid w:val="00330D7E"/>
     <w:rsid w:val="00330F43"/>
     <w:rsid w:val="003312F1"/>
     <w:rsid w:val="00331472"/>
     <w:rsid w:val="00331F3D"/>
     <w:rsid w:val="0033243F"/>
     <w:rsid w:val="00332934"/>
     <w:rsid w:val="00336C45"/>
     <w:rsid w:val="003373B1"/>
     <w:rsid w:val="00340772"/>
     <w:rsid w:val="00341A52"/>
     <w:rsid w:val="00341EB7"/>
     <w:rsid w:val="00342210"/>
     <w:rsid w:val="003425E4"/>
     <w:rsid w:val="00344FFD"/>
     <w:rsid w:val="00345340"/>
     <w:rsid w:val="003453E5"/>
     <w:rsid w:val="00345F53"/>
     <w:rsid w:val="0034656F"/>
     <w:rsid w:val="00346A9E"/>
     <w:rsid w:val="00347E5A"/>
     <w:rsid w:val="00352A84"/>
     <w:rsid w:val="00352EBB"/>
     <w:rsid w:val="003540F5"/>
     <w:rsid w:val="00354129"/>
     <w:rsid w:val="00354426"/>
     <w:rsid w:val="00354933"/>
     <w:rsid w:val="00354B88"/>
     <w:rsid w:val="0035577D"/>
     <w:rsid w:val="00355CCB"/>
     <w:rsid w:val="00356214"/>
     <w:rsid w:val="00356AD0"/>
     <w:rsid w:val="0035743F"/>
     <w:rsid w:val="003579DD"/>
     <w:rsid w:val="00357DD7"/>
     <w:rsid w:val="00360138"/>
     <w:rsid w:val="003608FA"/>
+    <w:rsid w:val="00360BA9"/>
     <w:rsid w:val="00361A2D"/>
     <w:rsid w:val="00361C9E"/>
     <w:rsid w:val="003621E1"/>
     <w:rsid w:val="003622B0"/>
     <w:rsid w:val="00363281"/>
     <w:rsid w:val="00363AA6"/>
     <w:rsid w:val="00363F0F"/>
     <w:rsid w:val="00364098"/>
     <w:rsid w:val="00364187"/>
     <w:rsid w:val="003649D9"/>
     <w:rsid w:val="003671FA"/>
     <w:rsid w:val="00367555"/>
     <w:rsid w:val="00370959"/>
     <w:rsid w:val="00371895"/>
     <w:rsid w:val="00371AEC"/>
     <w:rsid w:val="00372B4E"/>
     <w:rsid w:val="003735B5"/>
     <w:rsid w:val="00373D75"/>
     <w:rsid w:val="00374928"/>
     <w:rsid w:val="00375842"/>
     <w:rsid w:val="00375E81"/>
     <w:rsid w:val="00376BCE"/>
     <w:rsid w:val="00376FD0"/>
     <w:rsid w:val="00377BBA"/>
     <w:rsid w:val="0038039F"/>
@@ -27958,50 +27495,51 @@
     <w:rsid w:val="00434E4D"/>
     <w:rsid w:val="00434F20"/>
     <w:rsid w:val="00434FA4"/>
     <w:rsid w:val="00436617"/>
     <w:rsid w:val="00436DC2"/>
     <w:rsid w:val="004372D5"/>
     <w:rsid w:val="004404D4"/>
     <w:rsid w:val="00440B26"/>
     <w:rsid w:val="00440C18"/>
     <w:rsid w:val="00442A81"/>
     <w:rsid w:val="00442D2C"/>
     <w:rsid w:val="00442E8E"/>
     <w:rsid w:val="00443893"/>
     <w:rsid w:val="0044469C"/>
     <w:rsid w:val="00444791"/>
     <w:rsid w:val="00445373"/>
     <w:rsid w:val="004453C9"/>
     <w:rsid w:val="00445832"/>
     <w:rsid w:val="00445C2A"/>
     <w:rsid w:val="00445D89"/>
     <w:rsid w:val="004460C0"/>
     <w:rsid w:val="00446205"/>
     <w:rsid w:val="00446DE0"/>
     <w:rsid w:val="004473D8"/>
     <w:rsid w:val="0045149F"/>
+    <w:rsid w:val="00452106"/>
     <w:rsid w:val="0045323A"/>
     <w:rsid w:val="00453CE8"/>
     <w:rsid w:val="004549B6"/>
     <w:rsid w:val="00454E69"/>
     <w:rsid w:val="0045509D"/>
     <w:rsid w:val="00456C2B"/>
     <w:rsid w:val="00457A6B"/>
     <w:rsid w:val="00457EF5"/>
     <w:rsid w:val="00460F89"/>
     <w:rsid w:val="004621DA"/>
     <w:rsid w:val="0046257C"/>
     <w:rsid w:val="004625C8"/>
     <w:rsid w:val="00462B89"/>
     <w:rsid w:val="004632A9"/>
     <w:rsid w:val="0046389F"/>
     <w:rsid w:val="00464825"/>
     <w:rsid w:val="00464936"/>
     <w:rsid w:val="0046499D"/>
     <w:rsid w:val="00465220"/>
     <w:rsid w:val="00465F2D"/>
     <w:rsid w:val="004660A3"/>
     <w:rsid w:val="004663E2"/>
     <w:rsid w:val="00466974"/>
     <w:rsid w:val="00467C15"/>
     <w:rsid w:val="00467C44"/>
@@ -28157,50 +27695,51 @@
     <w:rsid w:val="005513EE"/>
     <w:rsid w:val="00551D61"/>
     <w:rsid w:val="00551D6C"/>
     <w:rsid w:val="00552808"/>
     <w:rsid w:val="00552822"/>
     <w:rsid w:val="005538C7"/>
     <w:rsid w:val="00553CCD"/>
     <w:rsid w:val="00554074"/>
     <w:rsid w:val="00554850"/>
     <w:rsid w:val="00554E26"/>
     <w:rsid w:val="00560A1D"/>
     <w:rsid w:val="00562566"/>
     <w:rsid w:val="005628D6"/>
     <w:rsid w:val="00563CB7"/>
     <w:rsid w:val="00564788"/>
     <w:rsid w:val="00564F5E"/>
     <w:rsid w:val="005702A6"/>
     <w:rsid w:val="0057119C"/>
     <w:rsid w:val="0057151C"/>
     <w:rsid w:val="00571A52"/>
     <w:rsid w:val="00571E60"/>
     <w:rsid w:val="00572FA9"/>
     <w:rsid w:val="00573112"/>
     <w:rsid w:val="00573179"/>
     <w:rsid w:val="00574CA2"/>
+    <w:rsid w:val="0057556A"/>
     <w:rsid w:val="00575B0C"/>
     <w:rsid w:val="005774E1"/>
     <w:rsid w:val="00577C60"/>
     <w:rsid w:val="00581204"/>
     <w:rsid w:val="00581210"/>
     <w:rsid w:val="005814F5"/>
     <w:rsid w:val="0058361C"/>
     <w:rsid w:val="0058505D"/>
     <w:rsid w:val="00585CE3"/>
     <w:rsid w:val="00587F0F"/>
     <w:rsid w:val="00590038"/>
     <w:rsid w:val="00590209"/>
     <w:rsid w:val="005903F5"/>
     <w:rsid w:val="00591CC4"/>
     <w:rsid w:val="00591E7D"/>
     <w:rsid w:val="005928C3"/>
     <w:rsid w:val="005950C1"/>
     <w:rsid w:val="00595B84"/>
     <w:rsid w:val="0059651B"/>
     <w:rsid w:val="005A074F"/>
     <w:rsid w:val="005A08A3"/>
     <w:rsid w:val="005A1894"/>
     <w:rsid w:val="005A1AD5"/>
     <w:rsid w:val="005A201E"/>
     <w:rsid w:val="005A239E"/>
@@ -28992,50 +28531,51 @@
     <w:rsid w:val="009B2BB9"/>
     <w:rsid w:val="009B47E9"/>
     <w:rsid w:val="009B48E0"/>
     <w:rsid w:val="009B51D9"/>
     <w:rsid w:val="009B607E"/>
     <w:rsid w:val="009B77FA"/>
     <w:rsid w:val="009B78EB"/>
     <w:rsid w:val="009B7B3D"/>
     <w:rsid w:val="009C0A91"/>
     <w:rsid w:val="009C329A"/>
     <w:rsid w:val="009C3348"/>
     <w:rsid w:val="009C34D0"/>
     <w:rsid w:val="009C469A"/>
     <w:rsid w:val="009C4BA7"/>
     <w:rsid w:val="009C4E1B"/>
     <w:rsid w:val="009C50A7"/>
     <w:rsid w:val="009C7A03"/>
     <w:rsid w:val="009D1682"/>
     <w:rsid w:val="009D1D0D"/>
     <w:rsid w:val="009D24BF"/>
     <w:rsid w:val="009D32DF"/>
     <w:rsid w:val="009D374B"/>
     <w:rsid w:val="009D4201"/>
     <w:rsid w:val="009D4418"/>
     <w:rsid w:val="009D45F2"/>
+    <w:rsid w:val="009D5761"/>
     <w:rsid w:val="009D5A29"/>
     <w:rsid w:val="009D61E7"/>
     <w:rsid w:val="009D62FC"/>
     <w:rsid w:val="009E132F"/>
     <w:rsid w:val="009E1896"/>
     <w:rsid w:val="009E3157"/>
     <w:rsid w:val="009E3EDF"/>
     <w:rsid w:val="009E4AC0"/>
     <w:rsid w:val="009E50D5"/>
     <w:rsid w:val="009E65AF"/>
     <w:rsid w:val="009E66B2"/>
     <w:rsid w:val="009E6919"/>
     <w:rsid w:val="009E6BEF"/>
     <w:rsid w:val="009E7F2C"/>
     <w:rsid w:val="009F3A3B"/>
     <w:rsid w:val="009F40E6"/>
     <w:rsid w:val="009F48EB"/>
     <w:rsid w:val="009F6982"/>
     <w:rsid w:val="009F7908"/>
     <w:rsid w:val="00A00997"/>
     <w:rsid w:val="00A00D5B"/>
     <w:rsid w:val="00A02271"/>
     <w:rsid w:val="00A03957"/>
     <w:rsid w:val="00A03AFA"/>
     <w:rsid w:val="00A046ED"/>
@@ -29150,50 +28690,51 @@
     <w:rsid w:val="00AA29CB"/>
     <w:rsid w:val="00AA2A4B"/>
     <w:rsid w:val="00AA3B9E"/>
     <w:rsid w:val="00AA41C7"/>
     <w:rsid w:val="00AA5371"/>
     <w:rsid w:val="00AA6793"/>
     <w:rsid w:val="00AB19DD"/>
     <w:rsid w:val="00AB26AE"/>
     <w:rsid w:val="00AB317A"/>
     <w:rsid w:val="00AB35D9"/>
     <w:rsid w:val="00AB4794"/>
     <w:rsid w:val="00AB4BAC"/>
     <w:rsid w:val="00AB55A6"/>
     <w:rsid w:val="00AB668D"/>
     <w:rsid w:val="00AB6833"/>
     <w:rsid w:val="00AB7546"/>
     <w:rsid w:val="00AC0F73"/>
     <w:rsid w:val="00AC0FEA"/>
     <w:rsid w:val="00AC1BC1"/>
     <w:rsid w:val="00AC1D44"/>
     <w:rsid w:val="00AC2929"/>
     <w:rsid w:val="00AC3E9A"/>
     <w:rsid w:val="00AC3FBC"/>
     <w:rsid w:val="00AC4047"/>
     <w:rsid w:val="00AC4E83"/>
+    <w:rsid w:val="00AC6944"/>
     <w:rsid w:val="00AC79FA"/>
     <w:rsid w:val="00AD065E"/>
     <w:rsid w:val="00AD1436"/>
     <w:rsid w:val="00AD1ED9"/>
     <w:rsid w:val="00AD2FE6"/>
     <w:rsid w:val="00AD3C91"/>
     <w:rsid w:val="00AD431F"/>
     <w:rsid w:val="00AD4B2A"/>
     <w:rsid w:val="00AD51A0"/>
     <w:rsid w:val="00AD5461"/>
     <w:rsid w:val="00AD5F1E"/>
     <w:rsid w:val="00AD668F"/>
     <w:rsid w:val="00AD6BD7"/>
     <w:rsid w:val="00AD6C2B"/>
     <w:rsid w:val="00AD7397"/>
     <w:rsid w:val="00AE063E"/>
     <w:rsid w:val="00AE1925"/>
     <w:rsid w:val="00AE23AB"/>
     <w:rsid w:val="00AE2D8D"/>
     <w:rsid w:val="00AE31AA"/>
     <w:rsid w:val="00AE5298"/>
     <w:rsid w:val="00AE6D13"/>
     <w:rsid w:val="00AE6E5F"/>
     <w:rsid w:val="00AF0ED7"/>
     <w:rsid w:val="00AF118F"/>
@@ -30164,51 +29705,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="06DCD6A6"/>
   <w15:docId w15:val="{6F2BD15B-1EF6-4FAB-9637-F52B4E713DF5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -31031,51 +30572,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00092824"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005A201E"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="152841500">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="726533197">
           <w:marLeft w:val="1080"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="80"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -31541,55 +31082,55 @@
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2125608918">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:doNotRelyOnCSS/>
   <w:doNotOrganizeInFolder/>
   <w:doNotUseLongFileNames/>
   <w:pixelsPerInch w:val="0"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://maps.massgis.state.ma.us/dfg/biomap2.htm" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://maps.massgis.state.ma.us/dcr/hli/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://maps.massgis.state.ma.us/map_ol/oliver.php" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://maps.tnc.org/resilientland/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.umass.edu/landeco/research/caps/data/iei/iei.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://maps.massgis.state.ma.us/dfg/biomap2.htm" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://maps.massgis.state.ma.us/dcr/hli/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://maps.massgis.state.ma.us/map_ol/oliver.php" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://maps.tnc.org/resilientland/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId24" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.umass.edu/landeco/research/caps/data/iei/iei.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\Sheri.Widdiss\AppData\Roaming\Microsoft\Templates\NormalEmail.dotm" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\Michael.W.Orcutt\AppData\Roaming\Microsoft\Templates\NormalEmail.dotm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -32197,75 +31738,75 @@
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3EB8E9D6-AC8D-42DD-A2F6-48A5D76C24A4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2336f016-f49e-44e3-8ce1-9deac4153ca5"/>
     <ds:schemaRef ds:uri="a860a01b-be3d-4e52-971f-facc0e10d3d0"/>
     <ds:schemaRef ds:uri="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>NormalEmail</Template>
   <TotalTime></TotalTime>
   <Pages>38</Pages>
-  <Words>11908</Words>
-  <Characters>67881</Characters>
+  <Words>11916</Words>
+  <Characters>67926</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>565</Lines>
+  <Lines>566</Lines>
   <Paragraphs>159</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>79630</CharactersWithSpaces>
+  <CharactersWithSpaces>79683</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="30" baseType="variant">
       <vt:variant>
         <vt:i4>5701697</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>12</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://maps.massgis.state.ma.us/dcr/hli/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2293885</vt:i4>
       </vt:variant>
       <vt:variant>