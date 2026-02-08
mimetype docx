--- v0 (2025-11-04)
+++ v1 (2026-02-08)
@@ -1,1815 +1,1050 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6D055859" w14:textId="284020BF" w:rsidR="00D048C4" w:rsidRDefault="0039496B" w:rsidP="00EA595D">
-[...5 lines deleted...]
-        <w:ind w:left="2160"/>
+    <w:p w14:paraId="2B832C68" w14:textId="77777777" w:rsidR="001B0BB6" w:rsidRPr="00E0535C" w:rsidRDefault="001B0BB6" w:rsidP="001B0BB6">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0535C">
+        <w:t>Commonwealth of Massachusetts</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E0535C">
+        <w:t>Executive Office of Health and Human Se</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0535C">
         <w:rPr>
-          <w:sz w:val="11"/>
-[...189 lines deleted...]
-          <w:rFonts w:ascii="Humanst521 Cn BT" w:eastAsia="Humanst521 Cn BT" w:hAnsi="Humanst521 Cn BT" w:cs="Humanst521 Cn BT"/>
           <w:spacing w:val="3"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00E0535C">
+        <w:t>vices</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00362D26">
+        <w:br/>
+        <w:t>ww</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00362D26">
         <w:rPr>
-          <w:rFonts w:ascii="Humanst521 Cn BT" w:eastAsia="Humanst521 Cn BT" w:hAnsi="Humanst521 Cn BT" w:cs="Humanst521 Cn BT"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:spacing w:val="-12"/>
         </w:rPr>
-        <w:t>vices</w:t>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00362D26">
+        <w:t>.mass.gov/masshealth</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="016A5B9E" w14:textId="365FDDA4" w:rsidR="00D048C4" w:rsidRDefault="00F44469" w:rsidP="000153C1">
-[...29 lines deleted...]
-      </w:hyperlink>
+    <w:p w14:paraId="7977081F" w14:textId="7FCF3540" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00FE73F6">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Electronic Funds Transfer Enrollment/Modification Form</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6849786A" w14:textId="77777777" w:rsidR="000F2328" w:rsidRDefault="00EA595D" w:rsidP="000153C1">
-[...10 lines deleted...]
-        <w:t>www.mass.gov/masshealth</w:t>
+    <w:p w14:paraId="679B313F" w14:textId="5229F98C" w:rsidR="00FE73F6" w:rsidRPr="00FE73F6" w:rsidRDefault="00FE73F6" w:rsidP="00FE73F6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:after="480"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE73F6">
+        <w:t>for Home- and Community-Based Services (HCBS) Waivers and Money Follows the Person Demonstration</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6290F6BF" w14:textId="06E85C9E" w:rsidR="000F2328" w:rsidRPr="00F16177" w:rsidRDefault="000F2328" w:rsidP="00F16177">
-[...6 lines deleted...]
-      <w:r w:rsidR="00F16177" w:rsidRPr="00F16177">
+    <w:p w14:paraId="667F8FB6" w14:textId="3049EF60" w:rsidR="00091186" w:rsidRDefault="00FE73F6" w:rsidP="00FE73F6">
+      <w:r>
+        <w:t>Complete this form to enroll in electronic funds transfer (EFT) with MassHealth or to terminate or modify an existing electronic</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F16177">
-        <w:t>Enrollment/Modification Form</w:t>
+      <w:r>
+        <w:t>funds agreement. Additional terms of agreement on page 2 of this form must be completed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E56EE4D" w14:textId="77777777" w:rsidR="000153C1" w:rsidRDefault="000153C1" w:rsidP="000153C1">
-[...790 lines deleted...]
-    <w:p w14:paraId="5A69B24E" w14:textId="77777777" w:rsidR="008F4DE9" w:rsidRPr="00551430" w:rsidRDefault="008F4DE9" w:rsidP="008F4DE9">
+    <w:p w14:paraId="46B91C19" w14:textId="77777777" w:rsidR="00091186" w:rsidRPr="003720C7" w:rsidRDefault="00091186" w:rsidP="00091186">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00551430">
+      <w:r w:rsidRPr="003720C7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t>Provider Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4677C2E6" w14:textId="7D15D455" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t xml:space="preserve">Provider </w:t>
+      </w:r>
+      <w:r w:rsidR="004763ED">
+        <w:t>l</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">egal </w:t>
+      </w:r>
+      <w:r w:rsidR="004763ED">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ame</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B7CC6E5" w14:textId="4427DF7F" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t xml:space="preserve">DBA </w:t>
+      </w:r>
+      <w:r w:rsidR="004763ED">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ame</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CE73B1F" w14:textId="77777777" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t>Street</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DD3FEBC" w14:textId="77777777" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t>City</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58E0507B" w14:textId="77777777" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t>State</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="307C64E3" w14:textId="396DC9BD" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t xml:space="preserve">Zip </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F372904" w14:textId="77777777" w:rsidR="00091186" w:rsidRPr="003720C7" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003720C7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Provider Identifiers Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="722D3C0B" w14:textId="77777777" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t>Provider TIN or EIN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C6557AC" w14:textId="488F4CCB" w:rsidR="00091186" w:rsidRDefault="00F273CC" w:rsidP="00091186">
+      <w:r>
+        <w:t>NPI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66E14E0E" w14:textId="77777777" w:rsidR="00091186" w:rsidRPr="003720C7" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003720C7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Provider</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003720C7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contact Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C7C507E" w14:textId="7FF97EDC" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Provider</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004763ED">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ontact </w:t>
+      </w:r>
+      <w:r w:rsidR="004763ED">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ame</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7828D0B4" w14:textId="15BD1C31" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t>Tel</w:t>
+      </w:r>
+      <w:r w:rsidR="003720C7">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50DB8EFD" w14:textId="5D7FFA9A" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t>Tel</w:t>
+      </w:r>
+      <w:r w:rsidR="003720C7">
+        <w:t>. Ext.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="120954A8" w14:textId="71F57AC9" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t>Email</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B017538" w14:textId="77777777" w:rsidR="00091186" w:rsidRPr="003720C7" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003720C7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Federal agency information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51FAA40F" w14:textId="009A9C63" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t xml:space="preserve">Federal </w:t>
+      </w:r>
+      <w:r w:rsidR="004763ED">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">rogram </w:t>
+      </w:r>
+      <w:r w:rsidR="004763ED">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">gency </w:t>
+      </w:r>
+      <w:r w:rsidR="004763ED">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:t>dentifier</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1774AE91" w14:textId="77777777" w:rsidR="00091186" w:rsidRPr="003720C7" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003720C7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Financial Institution information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72599F5A" w14:textId="5D73EE73" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t xml:space="preserve">Financial </w:t>
+      </w:r>
+      <w:r w:rsidR="004763ED">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">nstitution </w:t>
+      </w:r>
+      <w:r w:rsidR="004763ED">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ame</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7343461D" w14:textId="77777777" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t>Street</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76E5C17D" w14:textId="77777777" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t xml:space="preserve">City </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="673CDB75" w14:textId="77777777" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t>State</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24BC0BDF" w14:textId="22A1E8A9" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Zip</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D2020DC" w14:textId="6FBF41DE" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t xml:space="preserve">Financial </w:t>
+      </w:r>
+      <w:r w:rsidR="004763ED">
+        <w:t>institution routing number</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34997043" w14:textId="5FB2212E" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t xml:space="preserve">Type </w:t>
+      </w:r>
+      <w:r w:rsidR="004763ED">
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004763ED">
+        <w:t>account</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004763ED">
+        <w:t xml:space="preserve"> at financial institution</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D749A18" w14:textId="26D71E13" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t xml:space="preserve">Provider’s </w:t>
+      </w:r>
+      <w:r w:rsidR="004763ED">
+        <w:t xml:space="preserve">account number with financial institution </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D48902A" w14:textId="77777777" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t>Provider TIN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63CF886D" w14:textId="77777777" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t>NPI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BB1B077" w14:textId="77777777" w:rsidR="00091186" w:rsidRPr="003720C7" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003720C7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Submission information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ACB8A2A" w14:textId="71EBD585" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t xml:space="preserve">Reason for </w:t>
+      </w:r>
+      <w:r w:rsidR="004763ED">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ubmission</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D804B4B" w14:textId="6D421584" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t xml:space="preserve">New </w:t>
+      </w:r>
+      <w:r w:rsidR="004763ED">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:t>nrollment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DD55483" w14:textId="10D577DE" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t xml:space="preserve">Change </w:t>
+      </w:r>
+      <w:r w:rsidR="004763ED">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:t>nrollment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C17FE62" w14:textId="5C38306A" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t xml:space="preserve">Cancel </w:t>
+      </w:r>
+      <w:r w:rsidR="004763ED">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:t>nrollment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F86B272" w14:textId="38FCDE6C" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t>Included</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D7885C6" w14:textId="4E4487A0" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t xml:space="preserve">Voided </w:t>
+      </w:r>
+      <w:r w:rsidR="004763ED">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r>
+        <w:t>heck</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53B0C5E9" w14:textId="31B40E8B" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t xml:space="preserve">Bank </w:t>
+      </w:r>
+      <w:r w:rsidR="004763ED">
+        <w:t>l</w:t>
+      </w:r>
+      <w:r>
+        <w:t>etter</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FA55256" w14:textId="5B4B15FE" w:rsidR="00091186" w:rsidRDefault="002619AA" w:rsidP="00091186">
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="004763ED">
+        <w:t>ignature of person submitting enrollment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44548D27" w14:textId="650A4C46" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t xml:space="preserve">Printed </w:t>
+      </w:r>
+      <w:r w:rsidR="004763ED">
+        <w:t>name of person submitting enrollment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AB7D7D2" w14:textId="10876362" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t xml:space="preserve">Submission </w:t>
+      </w:r>
+      <w:r w:rsidR="004763ED">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12D0A770" w14:textId="1F70FA23" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t xml:space="preserve">If you are modifying/changing your bank account information, you must include your old bank account information on page 2 of this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>form</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> or your request will be incomplete.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="550C4002" w14:textId="02100E3D" w:rsidR="00F273CC" w:rsidRDefault="00F273CC">
+      <w:pPr>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52006537" w14:textId="77777777" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00FE73F6">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Please complete page 2 in its entirety.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23EA3FF1" w14:textId="77777777" w:rsidR="000F2328" w:rsidRDefault="000F2328" w:rsidP="008F4DE9"/>
-[...11 lines deleted...]
-        <w:t>lease provide the old bank account information directly below.</w:t>
+    <w:p w14:paraId="7437DCAC" w14:textId="77777777" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t xml:space="preserve">If you are modifying your bank account </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>information</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> please provide the old bank account information directly below.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60FEAE0A" w14:textId="77777777" w:rsidR="008F4DE9" w:rsidRPr="00C16634" w:rsidRDefault="008F4DE9" w:rsidP="008F4DE9"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C16634">
+    <w:p w14:paraId="5A75E0DB" w14:textId="746FE43B" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
         <w:t xml:space="preserve">Provider </w:t>
       </w:r>
-      <w:r w:rsidR="00551430">
-[...21 lines deleted...]
-        <w:t>umber</w:t>
+      <w:r w:rsidR="00CA7A7D">
+        <w:t>old bank account number</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00F273CC">
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Account </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA7A7D">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ype</w:t>
+      </w:r>
+      <w:r w:rsidR="00F273CC">
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t>Checking</w:t>
+      </w:r>
+      <w:r w:rsidR="00F273CC">
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t>Savings</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="574F8724" w14:textId="77777777" w:rsidR="00551430" w:rsidRDefault="008F4DE9" w:rsidP="008F4DE9">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Account Type </w:t>
+    <w:p w14:paraId="71B11AD1" w14:textId="77777777" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00F273CC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>CERTIFICATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0564E351" w14:textId="77777777" w:rsidR="00551430" w:rsidRDefault="008F4DE9" w:rsidP="00551430">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Checking    </w:t>
+    <w:p w14:paraId="74A8E4FF" w14:textId="3662317C" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t>I,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F273CC">
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">hereby certify that the account/s indicated on this form is under my direct control and access; therefore, I authorize the </w:t>
+      </w:r>
+      <w:r w:rsidR="006C13B4">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:r w:rsidR="006C13B4">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">reasurer as fiscal agent for the State of Massachusetts to initiate, change or cancel credit entries to that account/s as indicated on this form. For ACH debits consistent with the International ACH Transaction (IAT) rules check one: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25679877" w14:textId="24C71B09" w:rsidR="008F4DE9" w:rsidRPr="00C16634" w:rsidRDefault="008F4DE9" w:rsidP="00551430">
-[...4 lines deleted...]
-        <w:t>Savings</w:t>
+    <w:p w14:paraId="7A649B2A" w14:textId="0612B7BB" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t xml:space="preserve">I affirm that payments authorized hereunder are not to an account that is subject to being transferred to a foreign bank account. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1250D71D" w14:textId="77777777" w:rsidR="00D048C4" w:rsidRPr="00C16634" w:rsidRDefault="00D048C4" w:rsidP="008F4DE9"/>
-[...12 lines deleted...]
-        <w:t>CERTIFICATION</w:t>
+    <w:p w14:paraId="515F21AB" w14:textId="24106779" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t xml:space="preserve">I affirm that payments authorized hereunder are to an account that is subject to being transferred to a foreign bank account. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71CA294B" w14:textId="77777777" w:rsidR="008F4DE9" w:rsidRPr="00C16634" w:rsidRDefault="008F4DE9" w:rsidP="008F4DE9"/>
-[...17 lines deleted...]
-      <w:r w:rsidR="0035234F">
+    <w:p w14:paraId="6F62D3A5" w14:textId="77777777" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t>This authority is to remain in full force and effect until the Office of Comptroller has received written notification, from either me or an authorized officer of organization of the account's termination in such time and in such a manner as to afford CTR a reasonable opportunity to act upon it.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D5E4113" w14:textId="77777777" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t>This authorization will remain in effect until either canceled in writing or an updated form changing information is sent to the Department you currently do business with.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="088BFA98" w14:textId="13837F87" w:rsidR="00091186" w:rsidRDefault="00091186" w:rsidP="00091186">
+      <w:r>
+        <w:t xml:space="preserve">Signature of authorized representative </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36C017F7" w14:textId="4F78E87F" w:rsidR="00435CBC" w:rsidRPr="00435CBC" w:rsidRDefault="00435CBC" w:rsidP="00435CBC">
+      <w:r w:rsidRPr="00435CBC">
+        <w:t>(For signature requirements please see instructions.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13C65C03" w14:textId="66B9012A" w:rsidR="00FE73F6" w:rsidRDefault="003720C7" w:rsidP="00FE73F6">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk131756161"/>
+      <w:r>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00FE73F6">
+        <w:t>Please contact your financial institution to arrange for the delivery of the CORE (Committee on Operating Rules for</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE73F6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-      <w:r w:rsidR="0035234F">
+      <w:r w:rsidR="00FE73F6">
+        <w:t>Information Exchange)-required Minimum CCD+ (Corporate Credit or Debit entry) data elements needed for reassociation</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE73F6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...38 lines deleted...]
-        <w:t>)</w:t>
+      <w:r w:rsidR="00FE73F6">
+        <w:t>of the payment and the electronic remittance advice (ERA).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F99CC2D" w14:textId="77777777" w:rsidR="0035234F" w:rsidRDefault="0035234F" w:rsidP="000153C1"/>
-[...102 lines deleted...]
-        <w:r w:rsidR="00EC4751" w:rsidRPr="00D202AC">
+    <w:p w14:paraId="102C553C" w14:textId="1B36F5BD" w:rsidR="00FE73F6" w:rsidRDefault="00FE73F6" w:rsidP="00FE73F6">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">• Instructions to complete the EFT Enrollment/Modification form can be found at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00855F5B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.mass.gov/doc/instructions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t>.)</w:t>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t>You may also confirm the status of your EFT enrollment by contacting the HCBS Provider Network Administration Unit at</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(855) 300-7058.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43A728D7" w14:textId="77777777" w:rsidR="000153C1" w:rsidRDefault="000153C1" w:rsidP="000153C1"/>
-[...11 lines deleted...]
-      <w:r w:rsidR="00F37F46">
+    <w:p w14:paraId="0224D7BD" w14:textId="4F9930B5" w:rsidR="00FE73F6" w:rsidRDefault="00FE73F6" w:rsidP="00FE73F6">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+      <w:r>
+        <w:t>• The EFT user job aid that explains how providers may match the EFT payment to the remittance advice can be found at</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>(Corporate Credit or Debit entry) data elements needed for reassociation of the payment and the electronic remittance advice (ERA).</w:t>
+        <w:t>https://massfinance.state.ma.us/VendorWeb/MassHealthProviderJA.asp.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06F14C37" w14:textId="276E5566" w:rsidR="000153C1" w:rsidRDefault="000153C1" w:rsidP="000153C1">
-[...32 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="7F083581" w14:textId="526F1A32" w:rsidR="00091186" w:rsidRDefault="00FE73F6" w:rsidP="00FE73F6">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+      <w:r>
+        <w:t>• The EFT Enrollment/Modification form can be completed manually or electronically. Electronic submissions must be</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">printed, signed, and mailed to the address </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>below.</w:t>
+      </w:r>
+      <w:r w:rsidR="003720C7">
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="72058A75" w14:textId="4A39B64F" w:rsidR="000153C1" w:rsidRDefault="000153C1" w:rsidP="000153C1">
-[...19 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w14:paraId="74EF8E47" w14:textId="4C1EAE23" w:rsidR="003720C7" w:rsidRDefault="00FE73F6" w:rsidP="00FE73F6">
+      <w:r>
+        <w:t>Mail:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t>Waiver Provider Network Administration</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t>UMass Chan Medical School</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t>PO Box 2672</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t>Worcester, MA 01613</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DEA7344" w14:textId="0ABC6451" w:rsidR="000153C1" w:rsidRDefault="000153C1">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">The EFT Enrollment/Modification form can be completed manually or electronically. Electronic submissions must be printed, signed, and mailed to the address below. </w:t>
+    <w:p w14:paraId="335F60FB" w14:textId="0B4CD70B" w:rsidR="00C66627" w:rsidRPr="007B58EB" w:rsidRDefault="007B58EB" w:rsidP="008550BD">
+      <w:pPr>
+        <w:spacing w:before="600"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007B66DB">
+        <w:t>End of application</w:t>
+      </w:r>
+      <w:r w:rsidR="00F273CC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE73F6" w:rsidRPr="00FE73F6">
+        <w:t>EFT-1-WU</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EFD812C" w14:textId="77777777" w:rsidR="000537F9" w:rsidRDefault="000537F9" w:rsidP="000537F9">
-[...49 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId22"/>
+    <w:sectPr w:rsidR="00C66627" w:rsidRPr="007B58EB" w:rsidSect="00FE73F6">
+      <w:headerReference w:type="even" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="405" w:gutter="0"/>
       <w:cols w:space="720"/>
-      <w:docGrid w:linePitch="299"/>
+      <w:noEndnote/>
+      <w:titlePg/>
+      <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3932A858" w14:textId="77777777" w:rsidR="004B3139" w:rsidRDefault="004B3139" w:rsidP="00850E35">
+    <w:p w14:paraId="29AA1459" w14:textId="77777777" w:rsidR="005128AB" w:rsidRDefault="005128AB" w:rsidP="00C66627">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="77354A56" w14:textId="77777777" w:rsidR="004B3139" w:rsidRDefault="004B3139" w:rsidP="00850E35">
+    <w:p w14:paraId="072A6E82" w14:textId="77777777" w:rsidR="005128AB" w:rsidRDefault="005128AB" w:rsidP="00C66627">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="43C54CF5" w14:textId="77777777" w:rsidR="005128AB" w:rsidRDefault="005128AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Symbol">
-[...4 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="ITC Century Std Book Cond">
-[...4 lines deleted...]
-    <w:notTrueType/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="ITC Century Std Book">
-[...7 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="BentonSansComp Medium">
-    <w:altName w:val="Calibri"/>
+  <w:font w:name="Kepler Std Light Scn">
+    <w:altName w:val="BentonSansComp Black"/>
+    <w:panose1 w:val="0204030606070A060204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="BentonSansComp Bold">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Humanst521 XBd BT">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="BentonSansComp Book">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="ITC Garamond Std Book Cond">
-[...1 lines deleted...]
-    <w:panose1 w:val="00000000000000000000"/>
+  <w:font w:name="Kepler Std Light">
+    <w:panose1 w:val="0204070306070A060204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Humanst521 XBdCn BT">
-[...25 lines deleted...]
-  <w:font w:name="Aptos Display">
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="43200E77" w14:textId="77777777" w:rsidR="00850E35" w:rsidRDefault="00850E35">
+  <w:p w14:paraId="6027C78A" w14:textId="4B0598C9" w:rsidR="00FE73F6" w:rsidRDefault="00FE73F6" w:rsidP="00FE73F6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:ind w:left="-720"/>
     </w:pPr>
-  </w:p>
-[...18 lines deleted...]
-    </w:pPr>
+    <w:r w:rsidRPr="00FE73F6">
+      <w:t>EFT-1-WU_2025-11</w:t>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="069FBD7E" w14:textId="77777777" w:rsidR="004B3139" w:rsidRDefault="004B3139" w:rsidP="00850E35">
+    <w:p w14:paraId="4FDEB811" w14:textId="77777777" w:rsidR="005128AB" w:rsidRDefault="005128AB" w:rsidP="00C66627">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4BD2A137" w14:textId="77777777" w:rsidR="004B3139" w:rsidRDefault="004B3139" w:rsidP="00850E35">
+    <w:p w14:paraId="25436855" w14:textId="77777777" w:rsidR="005128AB" w:rsidRDefault="005128AB" w:rsidP="00C66627">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="5B9ADF77" w14:textId="77777777" w:rsidR="005128AB" w:rsidRDefault="005128AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="593682DC" w14:textId="77777777" w:rsidR="00850E35" w:rsidRDefault="00850E35">
+  <w:p w14:paraId="142CA6A4" w14:textId="77777777" w:rsidR="002B4E24" w:rsidRDefault="002B4E24">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="BodyText"/>
+      <w:kinsoku w:val="0"/>
+      <w:overflowPunct w:val="0"/>
+      <w:spacing w:before="0" w:line="14" w:lineRule="auto"/>
+      <w:ind w:left="0"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="12444ADD" w14:textId="77777777" w:rsidR="00850E35" w:rsidRDefault="00850E35">
+  <w:p w14:paraId="55D7BB96" w14:textId="77777777" w:rsidR="00FE73F6" w:rsidRPr="007C1453" w:rsidRDefault="00FE73F6" w:rsidP="00FE73F6">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:rPr>
+        <w:color w:val="FF0000"/>
+      </w:rPr>
     </w:pPr>
-  </w:p>
-[...8 lines deleted...]
-    </w:pPr>
+    <w:r w:rsidRPr="007C1453">
+      <w:rPr>
+        <w:color w:val="FF0000"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Please note. This document has been formatted for use with screen readers. Page references in this document—whether in the table of contents or elsewhere in the text—refer to page numbers in the original publication. </w:t>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="28492513"/>
+    <w:nsid w:val="0CF306A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="2C5E5894"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="E61C699C"/>
+    <w:lvl w:ilvl="0" w:tplc="7F7C1974">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -1866,400 +1101,3771 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="32F17B1A"/>
+    <w:nsid w:val="0DCC06FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D49299BC"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="DD5EE6F8"/>
+    <w:lvl w:ilvl="0" w:tplc="7F7C1974">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:hanging="161"/>
-[...8 lines deleted...]
-      <w:start w:val="1"/>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0EB86817"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6F9C224A"/>
+    <w:lvl w:ilvl="0" w:tplc="7F7C1974">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
-      <w:rPr>
-[...4 lines deleted...]
-      <w:start w:val="1"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="11B91C4D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="ED80F854"/>
+    <w:lvl w:ilvl="0" w:tplc="7F7C1974">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
-      <w:rPr>
-[...4 lines deleted...]
-      <w:start w:val="1"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="13A97368"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="70C467CA"/>
+    <w:lvl w:ilvl="0" w:tplc="7F7C1974">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
-      <w:rPr>
-[...4 lines deleted...]
-      <w:start w:val="1"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A5A2B8C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B2EED1F4"/>
+    <w:lvl w:ilvl="0" w:tplc="7F7C1974">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
-      <w:rPr>
-[...4 lines deleted...]
-      <w:start w:val="1"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A8770F2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6F4AE8C0"/>
+    <w:lvl w:ilvl="0" w:tplc="7F7C1974">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
-      <w:rPr>
-[...4 lines deleted...]
-      <w:start w:val="1"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24E50C43"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="86144702"/>
+    <w:lvl w:ilvl="0" w:tplc="7F7C1974">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
-      <w:rPr>
-[...4 lines deleted...]
-      <w:start w:val="1"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26BA64C1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="918E9E92"/>
+    <w:lvl w:ilvl="0" w:tplc="7F7C1974">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
-      <w:rPr>
-[...4 lines deleted...]
-      <w:start w:val="1"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="289643B4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="63F29FA0"/>
+    <w:lvl w:ilvl="0" w:tplc="7F7C1974">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
-      <w:rPr>
-        <w:rFonts w:hint="default"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="913010832">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="345D027B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C3DC4FBC"/>
+    <w:lvl w:ilvl="0" w:tplc="7F7C1974">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="43FD01DA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="66B80F34"/>
+    <w:lvl w:ilvl="0" w:tplc="7F7C1974">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="459110B7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BB92817A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46125CFE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6A12D154"/>
+    <w:lvl w:ilvl="0" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4A306A1C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F5323EF4"/>
+    <w:lvl w:ilvl="0" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4A902A49"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C3D65FD6"/>
+    <w:lvl w:ilvl="0" w:tplc="7F7C1974">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4FCA3126"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B158161C"/>
+    <w:lvl w:ilvl="0" w:tplc="7F7C1974">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="50EC3C83"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4434FED0"/>
+    <w:lvl w:ilvl="0" w:tplc="7F7C1974">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="52D1740B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2F0A1DAC"/>
+    <w:lvl w:ilvl="0" w:tplc="7F7C1974">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5AE84815"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0A38788A"/>
+    <w:lvl w:ilvl="0" w:tplc="7F7C1974">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="652C26B0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3B7EB842"/>
+    <w:lvl w:ilvl="0" w:tplc="7F7C1974">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0100D29C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66E82426"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AA9CAE62"/>
+    <w:lvl w:ilvl="0" w:tplc="7F7C1974">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6AF8039C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="476A23D6"/>
+    <w:lvl w:ilvl="0" w:tplc="7F7C1974">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E130D82"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BF96725E"/>
+    <w:lvl w:ilvl="0" w:tplc="7F7C1974">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="733F7A56"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F7AC4894"/>
+    <w:lvl w:ilvl="0" w:tplc="7F7C1974">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="743C0132"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3D623422"/>
+    <w:lvl w:ilvl="0" w:tplc="7F7C1974">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7F1C316D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9BA47476"/>
+    <w:lvl w:ilvl="0" w:tplc="7F7C1974">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7FF373D6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="13C0FC1E"/>
+    <w:lvl w:ilvl="0" w:tplc="7F7C1974">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="7F7C1974">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="257181128">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1365322805">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="452094015">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="637102103">
+  <w:num w:numId="4" w16cid:durableId="1368725931">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="709918620">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="697002577">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="787436639">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1376807213">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1172795164">
     <w:abstractNumId w:val="0"/>
   </w:num>
+  <w:num w:numId="10" w16cid:durableId="1441948774">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1984962222">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1894658057">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="433481466">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="810633435">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1608810385">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="616716466">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1408914828">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1246649451">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1433210756">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="651713086">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="206989638">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="2092459260">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="755906374">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="999964248">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="600917787">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1444572633">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1767654757">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="245505836">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:numIdMacAtCleanup w:val="7"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:ulTrailSpace/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D048C4"/>
-[...114 lines deleted...]
-    <w:rsid w:val="00FE63C4"/>
+    <w:rsidRoot w:val="00C66627"/>
+    <w:rsid w:val="000017F0"/>
+    <w:rsid w:val="00004819"/>
+    <w:rsid w:val="00005A95"/>
+    <w:rsid w:val="00006409"/>
+    <w:rsid w:val="000111A4"/>
+    <w:rsid w:val="000121B8"/>
+    <w:rsid w:val="000130CE"/>
+    <w:rsid w:val="00014417"/>
+    <w:rsid w:val="00027A39"/>
+    <w:rsid w:val="00031C4C"/>
+    <w:rsid w:val="00033B27"/>
+    <w:rsid w:val="0006238D"/>
+    <w:rsid w:val="00067248"/>
+    <w:rsid w:val="0007417A"/>
+    <w:rsid w:val="00075981"/>
+    <w:rsid w:val="00091186"/>
+    <w:rsid w:val="00091C6C"/>
+    <w:rsid w:val="000A3AC6"/>
+    <w:rsid w:val="000A780C"/>
+    <w:rsid w:val="000B54AD"/>
+    <w:rsid w:val="000B55A4"/>
+    <w:rsid w:val="000B6140"/>
+    <w:rsid w:val="000C101D"/>
+    <w:rsid w:val="000C5074"/>
+    <w:rsid w:val="000D164A"/>
+    <w:rsid w:val="000D50B6"/>
+    <w:rsid w:val="000E4CB8"/>
+    <w:rsid w:val="00101968"/>
+    <w:rsid w:val="00121B85"/>
+    <w:rsid w:val="0012364B"/>
+    <w:rsid w:val="00123CBD"/>
+    <w:rsid w:val="00123F32"/>
+    <w:rsid w:val="001530C1"/>
+    <w:rsid w:val="00153944"/>
+    <w:rsid w:val="0016159A"/>
+    <w:rsid w:val="00167E7F"/>
+    <w:rsid w:val="001721FB"/>
+    <w:rsid w:val="00175893"/>
+    <w:rsid w:val="001764B8"/>
+    <w:rsid w:val="0018088E"/>
+    <w:rsid w:val="00180891"/>
+    <w:rsid w:val="001810AD"/>
+    <w:rsid w:val="001A1FD8"/>
+    <w:rsid w:val="001A5A9B"/>
+    <w:rsid w:val="001A5C95"/>
+    <w:rsid w:val="001B0BB6"/>
+    <w:rsid w:val="001B6B60"/>
+    <w:rsid w:val="001E06A9"/>
+    <w:rsid w:val="00200190"/>
+    <w:rsid w:val="00200E47"/>
+    <w:rsid w:val="00201663"/>
+    <w:rsid w:val="002273E3"/>
+    <w:rsid w:val="00242292"/>
+    <w:rsid w:val="002441AE"/>
+    <w:rsid w:val="00255C55"/>
+    <w:rsid w:val="002619AA"/>
+    <w:rsid w:val="0026566E"/>
+    <w:rsid w:val="00265BCC"/>
+    <w:rsid w:val="00266789"/>
+    <w:rsid w:val="002708F9"/>
+    <w:rsid w:val="00271796"/>
+    <w:rsid w:val="002747AD"/>
+    <w:rsid w:val="00276B30"/>
+    <w:rsid w:val="0029141F"/>
+    <w:rsid w:val="002975B0"/>
+    <w:rsid w:val="002A4D4E"/>
+    <w:rsid w:val="002B4E24"/>
+    <w:rsid w:val="002B715E"/>
+    <w:rsid w:val="002B79FC"/>
+    <w:rsid w:val="002B7AD7"/>
+    <w:rsid w:val="002D5817"/>
+    <w:rsid w:val="002E41E7"/>
+    <w:rsid w:val="002E49DB"/>
+    <w:rsid w:val="00303B1F"/>
+    <w:rsid w:val="00304C8B"/>
+    <w:rsid w:val="00304D11"/>
+    <w:rsid w:val="00306196"/>
+    <w:rsid w:val="00310A06"/>
+    <w:rsid w:val="00311F23"/>
+    <w:rsid w:val="00315777"/>
+    <w:rsid w:val="00316BDB"/>
+    <w:rsid w:val="00324F39"/>
+    <w:rsid w:val="00337E9E"/>
+    <w:rsid w:val="00342AE7"/>
+    <w:rsid w:val="003431C3"/>
+    <w:rsid w:val="00357846"/>
+    <w:rsid w:val="00361FFC"/>
+    <w:rsid w:val="003642D8"/>
+    <w:rsid w:val="003720C7"/>
+    <w:rsid w:val="00372DD9"/>
+    <w:rsid w:val="00387292"/>
+    <w:rsid w:val="00391E98"/>
+    <w:rsid w:val="0039491F"/>
+    <w:rsid w:val="003A63D7"/>
+    <w:rsid w:val="003A709B"/>
+    <w:rsid w:val="003B08B3"/>
+    <w:rsid w:val="003C4FB5"/>
+    <w:rsid w:val="003D68E4"/>
+    <w:rsid w:val="003F5072"/>
+    <w:rsid w:val="003F52D8"/>
+    <w:rsid w:val="003F5CEF"/>
+    <w:rsid w:val="003F774A"/>
+    <w:rsid w:val="00414778"/>
+    <w:rsid w:val="00422FE4"/>
+    <w:rsid w:val="00424770"/>
+    <w:rsid w:val="004252F5"/>
+    <w:rsid w:val="00426215"/>
+    <w:rsid w:val="00435CBC"/>
+    <w:rsid w:val="004464B3"/>
+    <w:rsid w:val="004465B5"/>
+    <w:rsid w:val="00452885"/>
+    <w:rsid w:val="00466BF3"/>
+    <w:rsid w:val="004763ED"/>
+    <w:rsid w:val="004773F6"/>
+    <w:rsid w:val="00484E6C"/>
+    <w:rsid w:val="004A26DC"/>
+    <w:rsid w:val="004B390D"/>
+    <w:rsid w:val="004B4C05"/>
+    <w:rsid w:val="004C4AD9"/>
+    <w:rsid w:val="004D3051"/>
+    <w:rsid w:val="004D31CC"/>
+    <w:rsid w:val="004D3393"/>
+    <w:rsid w:val="004D6F69"/>
+    <w:rsid w:val="004E113D"/>
+    <w:rsid w:val="004E4C44"/>
+    <w:rsid w:val="004F2301"/>
+    <w:rsid w:val="004F290C"/>
+    <w:rsid w:val="004F4D56"/>
+    <w:rsid w:val="004F72A9"/>
+    <w:rsid w:val="005112AC"/>
+    <w:rsid w:val="00511D99"/>
+    <w:rsid w:val="005128AB"/>
+    <w:rsid w:val="00512B8E"/>
+    <w:rsid w:val="0051367E"/>
+    <w:rsid w:val="00520E9D"/>
+    <w:rsid w:val="005218D2"/>
+    <w:rsid w:val="00524687"/>
+    <w:rsid w:val="0052585E"/>
+    <w:rsid w:val="00530162"/>
+    <w:rsid w:val="00530C13"/>
+    <w:rsid w:val="005330C8"/>
+    <w:rsid w:val="00533B4B"/>
+    <w:rsid w:val="005626CF"/>
+    <w:rsid w:val="00563B33"/>
+    <w:rsid w:val="00570CB7"/>
+    <w:rsid w:val="0057352E"/>
+    <w:rsid w:val="00577C63"/>
+    <w:rsid w:val="00582ADD"/>
+    <w:rsid w:val="005850F9"/>
+    <w:rsid w:val="00587010"/>
+    <w:rsid w:val="00587366"/>
+    <w:rsid w:val="00591805"/>
+    <w:rsid w:val="005A02AC"/>
+    <w:rsid w:val="005A7EBF"/>
+    <w:rsid w:val="005B056A"/>
+    <w:rsid w:val="005B1A6A"/>
+    <w:rsid w:val="005B2A72"/>
+    <w:rsid w:val="005C3962"/>
+    <w:rsid w:val="005C486D"/>
+    <w:rsid w:val="005C5334"/>
+    <w:rsid w:val="005C5C7E"/>
+    <w:rsid w:val="005C6D9D"/>
+    <w:rsid w:val="005C7F53"/>
+    <w:rsid w:val="005D74E0"/>
+    <w:rsid w:val="005D77A0"/>
+    <w:rsid w:val="005E0B0D"/>
+    <w:rsid w:val="005E1108"/>
+    <w:rsid w:val="005E3BB6"/>
+    <w:rsid w:val="005F048B"/>
+    <w:rsid w:val="006002AA"/>
+    <w:rsid w:val="00604716"/>
+    <w:rsid w:val="00611D09"/>
+    <w:rsid w:val="006155DF"/>
+    <w:rsid w:val="00615EBA"/>
+    <w:rsid w:val="00616F70"/>
+    <w:rsid w:val="00624A21"/>
+    <w:rsid w:val="00631BE4"/>
+    <w:rsid w:val="006372E9"/>
+    <w:rsid w:val="00646330"/>
+    <w:rsid w:val="0064735C"/>
+    <w:rsid w:val="0065436C"/>
+    <w:rsid w:val="00655C95"/>
+    <w:rsid w:val="0066290B"/>
+    <w:rsid w:val="00662D3D"/>
+    <w:rsid w:val="00664B0C"/>
+    <w:rsid w:val="00665680"/>
+    <w:rsid w:val="00680C11"/>
+    <w:rsid w:val="00682A10"/>
+    <w:rsid w:val="006A4AAB"/>
+    <w:rsid w:val="006B1AC0"/>
+    <w:rsid w:val="006B2172"/>
+    <w:rsid w:val="006B41CB"/>
+    <w:rsid w:val="006C13B4"/>
+    <w:rsid w:val="006C1D90"/>
+    <w:rsid w:val="006C71AD"/>
+    <w:rsid w:val="006D7ABE"/>
+    <w:rsid w:val="006E1BC7"/>
+    <w:rsid w:val="00703E15"/>
+    <w:rsid w:val="00704F82"/>
+    <w:rsid w:val="00726219"/>
+    <w:rsid w:val="00726667"/>
+    <w:rsid w:val="007354E8"/>
+    <w:rsid w:val="00736196"/>
+    <w:rsid w:val="00737DFB"/>
+    <w:rsid w:val="00751CBF"/>
+    <w:rsid w:val="0075268C"/>
+    <w:rsid w:val="0077082E"/>
+    <w:rsid w:val="00781D4C"/>
+    <w:rsid w:val="00793A68"/>
+    <w:rsid w:val="00794988"/>
+    <w:rsid w:val="00794BC4"/>
+    <w:rsid w:val="007B5209"/>
+    <w:rsid w:val="007B58EB"/>
+    <w:rsid w:val="007B66DB"/>
+    <w:rsid w:val="007C1453"/>
+    <w:rsid w:val="007C1C7E"/>
+    <w:rsid w:val="007C1D1A"/>
+    <w:rsid w:val="007C563F"/>
+    <w:rsid w:val="007D2C7B"/>
+    <w:rsid w:val="007E3F47"/>
+    <w:rsid w:val="007F7650"/>
+    <w:rsid w:val="007F7753"/>
+    <w:rsid w:val="00800298"/>
+    <w:rsid w:val="008154A0"/>
+    <w:rsid w:val="00815CEC"/>
+    <w:rsid w:val="0082427A"/>
+    <w:rsid w:val="00837272"/>
+    <w:rsid w:val="00841873"/>
+    <w:rsid w:val="008505CC"/>
+    <w:rsid w:val="008550BD"/>
+    <w:rsid w:val="008574F8"/>
+    <w:rsid w:val="008661AD"/>
+    <w:rsid w:val="0087015F"/>
+    <w:rsid w:val="00870366"/>
+    <w:rsid w:val="00871939"/>
+    <w:rsid w:val="00876713"/>
+    <w:rsid w:val="00885371"/>
+    <w:rsid w:val="00891427"/>
+    <w:rsid w:val="00894FD6"/>
+    <w:rsid w:val="00897DE4"/>
+    <w:rsid w:val="008A6F31"/>
+    <w:rsid w:val="008B0988"/>
+    <w:rsid w:val="008B2157"/>
+    <w:rsid w:val="008B2B89"/>
+    <w:rsid w:val="008B72DF"/>
+    <w:rsid w:val="008B755E"/>
+    <w:rsid w:val="008C71DA"/>
+    <w:rsid w:val="008D62E4"/>
+    <w:rsid w:val="008D7120"/>
+    <w:rsid w:val="008F2270"/>
+    <w:rsid w:val="009042AE"/>
+    <w:rsid w:val="009052A9"/>
+    <w:rsid w:val="00917A77"/>
+    <w:rsid w:val="00924ED9"/>
+    <w:rsid w:val="009307B3"/>
+    <w:rsid w:val="00950E74"/>
+    <w:rsid w:val="0095237B"/>
+    <w:rsid w:val="009574CB"/>
+    <w:rsid w:val="00961268"/>
+    <w:rsid w:val="00963B15"/>
+    <w:rsid w:val="00963DEB"/>
+    <w:rsid w:val="00964D31"/>
+    <w:rsid w:val="00972CE2"/>
+    <w:rsid w:val="0097499D"/>
+    <w:rsid w:val="00975CB0"/>
+    <w:rsid w:val="00982C07"/>
+    <w:rsid w:val="00994F50"/>
+    <w:rsid w:val="009A1DF5"/>
+    <w:rsid w:val="009B4B3F"/>
+    <w:rsid w:val="009C19A9"/>
+    <w:rsid w:val="009C3D4E"/>
+    <w:rsid w:val="009C7E30"/>
+    <w:rsid w:val="009E0AA2"/>
+    <w:rsid w:val="009E5EC9"/>
+    <w:rsid w:val="009F02D6"/>
+    <w:rsid w:val="009F2204"/>
+    <w:rsid w:val="009F3328"/>
+    <w:rsid w:val="009F3AF4"/>
+    <w:rsid w:val="00A014CD"/>
+    <w:rsid w:val="00A07499"/>
+    <w:rsid w:val="00A113C9"/>
+    <w:rsid w:val="00A11501"/>
+    <w:rsid w:val="00A11AA5"/>
+    <w:rsid w:val="00A124BC"/>
+    <w:rsid w:val="00A12685"/>
+    <w:rsid w:val="00A15010"/>
+    <w:rsid w:val="00A17FD7"/>
+    <w:rsid w:val="00A301BF"/>
+    <w:rsid w:val="00A43766"/>
+    <w:rsid w:val="00A4596A"/>
+    <w:rsid w:val="00A4669B"/>
+    <w:rsid w:val="00A54EDE"/>
+    <w:rsid w:val="00A5710F"/>
+    <w:rsid w:val="00A57237"/>
+    <w:rsid w:val="00A61D7D"/>
+    <w:rsid w:val="00A80207"/>
+    <w:rsid w:val="00A8353C"/>
+    <w:rsid w:val="00A90BB2"/>
+    <w:rsid w:val="00A95F39"/>
+    <w:rsid w:val="00A963EA"/>
+    <w:rsid w:val="00AB7CC3"/>
+    <w:rsid w:val="00AC30D7"/>
+    <w:rsid w:val="00AD7C39"/>
+    <w:rsid w:val="00AE59D3"/>
+    <w:rsid w:val="00AF5BAC"/>
+    <w:rsid w:val="00AF5D6A"/>
+    <w:rsid w:val="00B000AB"/>
+    <w:rsid w:val="00B124AD"/>
+    <w:rsid w:val="00B25EB5"/>
+    <w:rsid w:val="00B35555"/>
+    <w:rsid w:val="00B40150"/>
+    <w:rsid w:val="00B41F21"/>
+    <w:rsid w:val="00B42347"/>
+    <w:rsid w:val="00B4686C"/>
+    <w:rsid w:val="00B530FA"/>
+    <w:rsid w:val="00B561A4"/>
+    <w:rsid w:val="00B608C4"/>
+    <w:rsid w:val="00B60E56"/>
+    <w:rsid w:val="00B64370"/>
+    <w:rsid w:val="00B71222"/>
+    <w:rsid w:val="00B7716C"/>
+    <w:rsid w:val="00B82531"/>
+    <w:rsid w:val="00B93CC1"/>
+    <w:rsid w:val="00B9519E"/>
+    <w:rsid w:val="00B96259"/>
+    <w:rsid w:val="00BA3450"/>
+    <w:rsid w:val="00BA5325"/>
+    <w:rsid w:val="00BA705C"/>
+    <w:rsid w:val="00BB409E"/>
+    <w:rsid w:val="00BB41FA"/>
+    <w:rsid w:val="00BB54D9"/>
+    <w:rsid w:val="00BD57B1"/>
+    <w:rsid w:val="00BE07F9"/>
+    <w:rsid w:val="00BE415C"/>
+    <w:rsid w:val="00BF265C"/>
+    <w:rsid w:val="00BF644D"/>
+    <w:rsid w:val="00C015A0"/>
+    <w:rsid w:val="00C11FEF"/>
+    <w:rsid w:val="00C16300"/>
+    <w:rsid w:val="00C167B7"/>
+    <w:rsid w:val="00C168DD"/>
+    <w:rsid w:val="00C17265"/>
+    <w:rsid w:val="00C214B8"/>
+    <w:rsid w:val="00C21C48"/>
+    <w:rsid w:val="00C22905"/>
+    <w:rsid w:val="00C352B3"/>
+    <w:rsid w:val="00C40A59"/>
+    <w:rsid w:val="00C436C0"/>
+    <w:rsid w:val="00C51F41"/>
+    <w:rsid w:val="00C523DC"/>
+    <w:rsid w:val="00C622BF"/>
+    <w:rsid w:val="00C64C01"/>
+    <w:rsid w:val="00C66627"/>
+    <w:rsid w:val="00C706B1"/>
+    <w:rsid w:val="00C71AED"/>
+    <w:rsid w:val="00C878EE"/>
+    <w:rsid w:val="00C963E8"/>
+    <w:rsid w:val="00CA1577"/>
+    <w:rsid w:val="00CA7A7D"/>
+    <w:rsid w:val="00CB377A"/>
+    <w:rsid w:val="00CD45DD"/>
+    <w:rsid w:val="00CD4A69"/>
+    <w:rsid w:val="00CE0979"/>
+    <w:rsid w:val="00CE348E"/>
+    <w:rsid w:val="00CF0777"/>
+    <w:rsid w:val="00CF36F2"/>
+    <w:rsid w:val="00CF3DA1"/>
+    <w:rsid w:val="00CF797C"/>
+    <w:rsid w:val="00D03AFE"/>
+    <w:rsid w:val="00D16BA4"/>
+    <w:rsid w:val="00D1733B"/>
+    <w:rsid w:val="00D17CBC"/>
+    <w:rsid w:val="00D23A66"/>
+    <w:rsid w:val="00D257D0"/>
+    <w:rsid w:val="00D30D76"/>
+    <w:rsid w:val="00D31D55"/>
+    <w:rsid w:val="00D37A4B"/>
+    <w:rsid w:val="00D37DA0"/>
+    <w:rsid w:val="00D412D0"/>
+    <w:rsid w:val="00D42251"/>
+    <w:rsid w:val="00D4228B"/>
+    <w:rsid w:val="00D4573A"/>
+    <w:rsid w:val="00D45CA4"/>
+    <w:rsid w:val="00D4700C"/>
+    <w:rsid w:val="00D50908"/>
+    <w:rsid w:val="00D53E67"/>
+    <w:rsid w:val="00D5535B"/>
+    <w:rsid w:val="00D56FFE"/>
+    <w:rsid w:val="00D6042A"/>
+    <w:rsid w:val="00D66FEB"/>
+    <w:rsid w:val="00D67353"/>
+    <w:rsid w:val="00D815AC"/>
+    <w:rsid w:val="00D83580"/>
+    <w:rsid w:val="00D8454B"/>
+    <w:rsid w:val="00D90706"/>
+    <w:rsid w:val="00D93FA3"/>
+    <w:rsid w:val="00D97E94"/>
+    <w:rsid w:val="00DA2991"/>
+    <w:rsid w:val="00DA54D8"/>
+    <w:rsid w:val="00DB55E2"/>
+    <w:rsid w:val="00DC0D54"/>
+    <w:rsid w:val="00DC5FD1"/>
+    <w:rsid w:val="00DE1632"/>
+    <w:rsid w:val="00DE3CE2"/>
+    <w:rsid w:val="00DE7ECF"/>
+    <w:rsid w:val="00DF28F5"/>
+    <w:rsid w:val="00DF4F2C"/>
+    <w:rsid w:val="00E339FE"/>
+    <w:rsid w:val="00E42210"/>
+    <w:rsid w:val="00E5027D"/>
+    <w:rsid w:val="00E52795"/>
+    <w:rsid w:val="00E56378"/>
+    <w:rsid w:val="00E569B4"/>
+    <w:rsid w:val="00E6349E"/>
+    <w:rsid w:val="00E766FF"/>
+    <w:rsid w:val="00E818A0"/>
+    <w:rsid w:val="00E8323B"/>
+    <w:rsid w:val="00E871C1"/>
+    <w:rsid w:val="00E911C3"/>
+    <w:rsid w:val="00E9145A"/>
+    <w:rsid w:val="00E975A3"/>
+    <w:rsid w:val="00EA40C4"/>
+    <w:rsid w:val="00EB0297"/>
+    <w:rsid w:val="00EB0DAF"/>
+    <w:rsid w:val="00EB2AD0"/>
+    <w:rsid w:val="00EC3235"/>
+    <w:rsid w:val="00EC424D"/>
+    <w:rsid w:val="00EC518C"/>
+    <w:rsid w:val="00ED34A5"/>
+    <w:rsid w:val="00ED6205"/>
+    <w:rsid w:val="00EE5850"/>
+    <w:rsid w:val="00EF336D"/>
+    <w:rsid w:val="00EF6CAF"/>
+    <w:rsid w:val="00F06C17"/>
+    <w:rsid w:val="00F11AB5"/>
+    <w:rsid w:val="00F22009"/>
+    <w:rsid w:val="00F273CC"/>
+    <w:rsid w:val="00F33E31"/>
+    <w:rsid w:val="00F364A7"/>
+    <w:rsid w:val="00F36F8F"/>
+    <w:rsid w:val="00F41F57"/>
+    <w:rsid w:val="00F45D02"/>
+    <w:rsid w:val="00F464AE"/>
+    <w:rsid w:val="00F52F21"/>
+    <w:rsid w:val="00F6176C"/>
+    <w:rsid w:val="00F618FE"/>
+    <w:rsid w:val="00F72E75"/>
+    <w:rsid w:val="00F830BF"/>
+    <w:rsid w:val="00F876E9"/>
+    <w:rsid w:val="00F91B07"/>
+    <w:rsid w:val="00F95371"/>
+    <w:rsid w:val="00FA19D7"/>
+    <w:rsid w:val="00FA2928"/>
+    <w:rsid w:val="00FB032E"/>
+    <w:rsid w:val="00FB6357"/>
+    <w:rsid w:val="00FB728B"/>
+    <w:rsid w:val="00FC06C1"/>
+    <w:rsid w:val="00FD23E6"/>
+    <w:rsid w:val="00FD3867"/>
+    <w:rsid w:val="00FD3C2E"/>
+    <w:rsid w:val="00FE73F6"/>
+    <w:rsid w:val="00FF026C"/>
+    <w:rsid w:val="00FF3472"/>
+    <w:rsid w:val="00FF68AC"/>
+    <w:rsid w:val="00FF69E3"/>
+    <w:rsid w:val="00FF708C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="22CD0AB0"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{0A9EC200-8ECB-425B-8908-F56ECC34CC05}"/>
+  <w14:docId w14:val="6A53D313"/>
+  <w15:docId w15:val="{D492FC1C-416C-4CBF-A39B-59164036B123}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2528,1335 +5134,1829 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:rsid w:val="00D50908"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
+      <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="22"/>
-      <w:szCs w:val="22"/>
+      <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
+    <w:rsid w:val="008F2270"/>
     <w:pPr>
-      <w:spacing w:before="44"/>
-      <w:ind w:left="800"/>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="ITC Century Std Book" w:eastAsia="ITC Century Std Book" w:hAnsi="ITC Century Std Book"/>
-[...1 lines deleted...]
-      <w:sz w:val="28"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="32"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00EA595D"/>
+    <w:rsid w:val="007B66DB"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="200"/>
+      <w:spacing w:before="320" w:after="240"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="4F81BD"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00EA595D"/>
+    <w:rsid w:val="00BF644D"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:spacing w:before="200"/>
+      <w:spacing w:before="280" w:after="160" w:line="271" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="4F81BD"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D50908"/>
+    <w:pPr>
+      <w:spacing w:before="120"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0097499D"/>
+    <w:pPr>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0097499D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0097499D"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0097499D"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0097499D"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:spacing w:val="5"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="008F2270"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="007B66DB"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00BF644D"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D50908"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:iCs/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0097499D"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0097499D"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0097499D"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0097499D"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0097499D"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:spacing w:val="5"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
     <w:uiPriority w:val="1"/>
-    <w:qFormat/>
+    <w:rsid w:val="00C66627"/>
     <w:pPr>
-      <w:ind w:left="169"/>
+      <w:spacing w:before="36"/>
+      <w:ind w:left="100"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="ITC Century Std Book Cond" w:eastAsia="ITC Century Std Book Cond" w:hAnsi="ITC Century Std Book Cond"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Kepler Std Light Scn" w:hAnsi="Kepler Std Light Scn" w:cs="Kepler Std Light Scn"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:link w:val="BodyText"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00C66627"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Kepler Std Light Scn" w:eastAsia="Times New Roman" w:hAnsi="Kepler Std Light Scn" w:cs="Kepler Std Light Scn"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
+    <w:rsid w:val="0097499D"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
-    <w:qFormat/>
+    <w:rsid w:val="00C66627"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00EA595D"/>
+    <w:rsid w:val="0097499D"/>
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4F81BD"/>
+        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
-      <w:spacing w:after="300"/>
+      <w:spacing w:before="240" w:after="480" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria"/>
-      <w:color w:val="17365D"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
       <w:spacing w:val="5"/>
-      <w:kern w:val="28"/>
-      <w:sz w:val="52"/>
+      <w:sz w:val="48"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="00EA595D"/>
+    <w:rsid w:val="0097499D"/>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
-      <w:color w:val="17365D"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
       <w:spacing w:val="5"/>
-      <w:kern w:val="28"/>
-      <w:sz w:val="52"/>
+      <w:sz w:val="48"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="subrule">
-    <w:name w:val="sub_rule"/>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00EA595D"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="0097499D"/>
     <w:pPr>
-      <w:widowControl/>
-[...9 lines deleted...]
-      <w:textAlignment w:val="center"/>
+      <w:spacing w:after="600"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="BentonSansComp Medium" w:hAnsi="BentonSansComp Medium" w:cs="BentonSansComp Medium"/>
-[...4 lines deleted...]
-      <w:position w:val="2"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:spacing w:val="13"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="field3ruleB">
-[...18 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="0097499D"/>
     <w:rPr>
-      <w:rFonts w:ascii="BentonSansComp Book" w:hAnsi="BentonSansComp Book" w:cs="BentonSansComp Book"/>
-[...31 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:spacing w:val="13"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00EA595D"/>
+    <w:rsid w:val="0097499D"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-[...3 lines deleted...]
-    <w:rsid w:val="00EA595D"/>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="0097499D"/>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="4F81BD"/>
-[...1 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:i/>
+      <w:iCs/>
+      <w:spacing w:val="10"/>
+      <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
-[...3 lines deleted...]
-    <w:rsid w:val="00EA595D"/>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="0097499D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="0097499D"/>
+    <w:pPr>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:ind w:left="360" w:right="360"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="0097499D"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="0097499D"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="200" w:after="280"/>
+      <w:ind w:left="1008" w:right="1152"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="4F81BD"/>
+      <w:i/>
+      <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BasicParagraph">
-    <w:name w:val="[Basic Paragraph]"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="0097499D"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubtleEmphasis">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:uiPriority w:val="19"/>
+    <w:qFormat/>
+    <w:rsid w:val="0097499D"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="0097499D"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubtleReference">
+    <w:name w:val="Subtle Reference"/>
+    <w:uiPriority w:val="31"/>
+    <w:qFormat/>
+    <w:rsid w:val="0097499D"/>
+    <w:rPr>
+      <w:smallCaps/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="0097499D"/>
+    <w:rPr>
+      <w:smallCaps/>
+      <w:spacing w:val="5"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="BookTitle">
+    <w:name w:val="Book Title"/>
+    <w:uiPriority w:val="33"/>
+    <w:qFormat/>
+    <w:rsid w:val="0097499D"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:smallCaps/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0097499D"/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C66627"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C66627"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C66627"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C66627"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C66627"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="header2">
+    <w:name w:val="header 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00EA595D"/>
+    <w:rsid w:val="00C66627"/>
     <w:pPr>
-      <w:widowControl/>
-[...19 lines deleted...]
-      <w:widowControl/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="260"/>
+      </w:tabs>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:before="144" w:line="280" w:lineRule="atLeast"/>
-[...1 lines deleted...]
-      <w:textAlignment w:val="center"/>
+      <w:spacing w:before="720" w:after="216" w:line="440" w:lineRule="atLeast"/>
+      <w:ind w:left="400"/>
+      <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="ITC Garamond Std Book Cond" w:hAnsi="ITC Garamond Std Book Cond" w:cs="ITC Garamond Std Book Cond"/>
+      <w:rFonts w:ascii="BentonSansComp Bold" w:hAnsi="BentonSansComp Bold" w:cs="BentonSansComp Bold"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="417177"/>
+      <w:spacing w:val="1"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SECTION">
+    <w:name w:val="SECTION"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C66627"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="96" w:space="0" w:color="417177"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="360"/>
+      </w:tabs>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="264" w:lineRule="atLeast"/>
+      <w:ind w:left="360"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Humanst521 XBd BT" w:hAnsi="Humanst521 XBd BT" w:cs="Humanst521 XBd BT"/>
+      <w:b/>
+      <w:bCs/>
+      <w:caps/>
+      <w:color w:val="FFFFFF"/>
+      <w:spacing w:val="2"/>
+      <w:w w:val="85"/>
+      <w:position w:val="-2"/>
+      <w:sz w:val="64"/>
+      <w:szCs w:val="64"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="text1">
+    <w:name w:val="text 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C66627"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="300"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:before="99" w:after="0" w:line="272" w:lineRule="atLeast"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Kepler Std Light Scn" w:hAnsi="Kepler Std Light Scn" w:cs="Kepler Std Light Scn"/>
       <w:color w:val="000000"/>
       <w:spacing w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
-    <w:name w:val="Hyperlink"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a">
+    <w:name w:val="*"/>
+    <w:basedOn w:val="text1"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="001D5FE2"/>
+    <w:rsid w:val="00C66627"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="8" w:space="10" w:color="417177"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="300"/>
+        <w:tab w:val="left" w:pos="440"/>
+      </w:tabs>
+      <w:spacing w:before="122" w:after="80"/>
+      <w:ind w:left="270" w:hanging="270"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="0000FF"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="BentonSansComp Book" w:hAnsi="BentonSansComp Book" w:cs="BentonSansComp Book"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FormName">
-[...1 lines deleted...]
-    <w:basedOn w:val="BasicParagraph"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodysubT">
+    <w:name w:val="Body subT"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="008F4DE9"/>
+    <w:rsid w:val="00C66627"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
-      <w:spacing w:line="440" w:lineRule="atLeast"/>
-      <w:jc w:val="center"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:before="200" w:after="0" w:line="272" w:lineRule="atLeast"/>
+      <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Humanst521 XBdCn BT" w:hAnsi="Humanst521 XBdCn BT" w:cs="Humanst521 XBdCn BT"/>
-[...3 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:rFonts w:ascii="Kepler Std Light" w:hAnsi="Kepler Std Light" w:cs="Kepler Std Light"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bodylist">
-[...1 lines deleted...]
-    <w:basedOn w:val="Body"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="text2b">
+    <w:name w:val="text 2b"/>
+    <w:basedOn w:val="text1"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="008F4DE9"/>
+    <w:rsid w:val="00C66627"/>
     <w:pPr>
-      <w:spacing w:line="320" w:lineRule="atLeast"/>
-      <w:ind w:left="380" w:hanging="160"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="300"/>
+        <w:tab w:val="left" w:pos="288"/>
+      </w:tabs>
+      <w:spacing w:before="36"/>
+      <w:ind w:left="266" w:hanging="252"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="smallscript">
+    <w:name w:val="small script"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C66627"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:before="122" w:after="0" w:line="240" w:lineRule="atLeast"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Kepler Std Light" w:hAnsi="Kepler Std Light" w:cs="Kepler Std Light"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="417177"/>
+      <w:spacing w:val="1"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="table">
+    <w:name w:val="table"/>
+    <w:basedOn w:val="text1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C66627"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="300"/>
+        <w:tab w:val="left" w:pos="2420"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="BentonSansComp Book" w:hAnsi="BentonSansComp Book" w:cs="BentonSansComp Book"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00180891"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00180891"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00372C6D"/>
+    <w:rsid w:val="00CE348E"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00372C6D"/>
+    <w:rsid w:val="00CE348E"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00372C6D"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CE348E"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00372C6D"/>
+    <w:rsid w:val="00CE348E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00372C6D"/>
+    <w:rsid w:val="00CE348E"/>
     <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b/>
       <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009F02D6"/>
+    <w:rPr>
+      <w:color w:val="800080"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00217155"/>
+    <w:rsid w:val="00E975A3"/>
     <w:rPr>
-      <w:sz w:val="22"/>
-      <w:szCs w:val="22"/>
+      <w:rFonts w:eastAsia="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
-    <w:name w:val="FollowedHyperlink"/>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="003A63D7"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="PlainText">
+    <w:name w:val="Plain Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PlainTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00217155"/>
+    <w:rsid w:val="007B58EB"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="96607D"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman" w:hAnsi="Consolas" w:cs="Times New Roman"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
+    <w:name w:val="Plain Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="PlainText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="007B58EB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman" w:hAnsi="Consolas" w:cs="Times New Roman"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00217155"/>
+    <w:rsid w:val="00FE73F6"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
-    </w:rPr>
-[...48 lines deleted...]
-      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="549271375">
+    <w:div w:id="194588343">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="284894832">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1104838109">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1648318047">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1746297730">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1924945538">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
+  <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://massfinance.state.ma.us/VendorWeb/MassHealthProviderJA.asp" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/eftera-enrollment" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/instructions" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/instructions" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...195 lines deleted...]
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\CHICAGO.XSL" StyleName="Chicago"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{212E9B69-3287-45B3-BCF0-0D795F64DCF1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{23809CEA-CFDB-4189-AB48-ABEF43393425}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...48 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>656</Words>
-  <Characters>3743</Characters>
+  <Words>578</Words>
+  <Characters>3299</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>27</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>EHS</Company>
+  <Company>EOHHS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4391</CharactersWithSpaces>
+  <CharactersWithSpaces>3870</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
-    <vt:vector size="36" baseType="variant">
-[...1 lines deleted...]
-        <vt:i4>8060991</vt:i4>
+    <vt:vector size="108" baseType="variant">
+      <vt:variant>
+        <vt:i4>5701657</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>54</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.mass.gov/masshealth/eligtables</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6094921</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>51</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.medicare.gov/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4718642</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>48</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:ADAAccommodations@state.ma.us</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6094921</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>45</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.medicare.gov/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2621488</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>42</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.mass.gov/masshealth</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1376347</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>36</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.mahealthconnector.org/site-policies/privacy-policy</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2621488</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>33</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.mass.gov/masshealth</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>327684</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>30</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.hhs.gov/ocr/office/file/index.html</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7929889</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>27</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://ocrportal.hhs.gov/ocr/portal/lobby.jsf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7798788</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>24</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:Section1557Coordinator@state.ma.us</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4718672</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>21</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.mahealthconnector.org/esi-affordability-calculator</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2621488</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>18</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.mass.gov/masshealth</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2621488</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>15</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.mass.gov/masshealth</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2621488</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>12</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.mass.gov/masshealth</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2621488</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>9</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.mass.gov/masshealth</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2621488</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://massfinance.state.ma.us/VendorWeb/MassHealthProviderJA.asp</vt:lpwstr>
+        <vt:lpwstr>http://www.mass.gov/masshealth</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3473441</vt:i4>
+        <vt:i4>2621488</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>http://www.mass.gov/eohhs/docs/masshealth/aca/eft-instructions.pdf</vt:lpwstr>
+        <vt:lpwstr>http://www.mass.gov/masshealth</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2621488</vt:i4>
+        <vt:i4>3276836</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>http://www.mass.gov/masshealth</vt:lpwstr>
-[...53 lines deleted...]
-        <vt:lpwstr>https://www.mass.gov/doc/electronic-funds-transfer-enrollmentmodification-form-eft-1-0/download</vt:lpwstr>
+        <vt:lpwstr>http://www.mass.gov/wic</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...2 lines deleted...]
-  <cp:keywords/>
+  <dc:creator>Administrator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...45 lines deleted...]
-</file>