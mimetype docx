--- v0 (2025-12-11)
+++ v1 (2026-03-31)
@@ -1,58 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4F93EC00" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Section</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78D191F1" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -328,84 +322,87 @@
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>101 CMR 204.0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Reserved)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08AAB219" w14:textId="10E77AEF" w:rsidR="00626930" w:rsidRPr="00DD21F5" w:rsidRDefault="005C1D79">
       <w:pPr>
         <w:rPr>
+          <w:ins w:id="0" w:author="Author"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">204.10: </w:t>
       </w:r>
       <w:r w:rsidR="00C23A46" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Resident Care Cost Quotient</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46249FCA" w14:textId="43549343" w:rsidR="008F35A7" w:rsidRPr="00DD21F5" w:rsidRDefault="008F35A7">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
+      <w:ins w:id="1" w:author="Author">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>204.11:  Supplemental Payments</w:t>
+        </w:r>
+      </w:ins>
     </w:p>
     <w:p w14:paraId="1B556015" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3553B549" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="005E3321">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00D939F1" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
@@ -776,100 +773,110 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1 CMR </w:t>
       </w:r>
       <w:r w:rsidR="005E3321" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6.00. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7679F6C9" w14:textId="77777777" w:rsidR="005F0B01" w:rsidRPr="00DD21F5" w:rsidRDefault="005F0B01" w:rsidP="00F61782">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FFD62EC" w14:textId="20463395" w:rsidR="005F0B01" w:rsidRPr="00DD21F5" w:rsidRDefault="005F0B01" w:rsidP="005F0B01">
+    <w:p w14:paraId="3FFD62EC" w14:textId="5A8513E2" w:rsidR="005F0B01" w:rsidRPr="00DD21F5" w:rsidRDefault="005F0B01" w:rsidP="005F0B01">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>(2)</w:t>
       </w:r>
       <w:r w:rsidR="00877954" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Applicable Dates of Service</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  Rates contained in 101 CMR 204.00 apply for services provided on or after </w:t>
       </w:r>
-      <w:r w:rsidR="008A0D6C">
-[...10 lines deleted...]
-      </w:r>
+      <w:del w:id="2" w:author="Author">
+        <w:r w:rsidR="004772A1" w:rsidRPr="00DD21F5" w:rsidDel="008A0D6C">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText xml:space="preserve">January </w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="3" w:author="Author">
+        <w:r w:rsidR="008A0D6C">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>December</w:t>
+        </w:r>
+        <w:r w:rsidR="008A0D6C" w:rsidRPr="00DD21F5">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
       <w:r w:rsidR="00A8400E" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>1, 202</w:t>
       </w:r>
       <w:r w:rsidR="00E942A9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76C8D2C5" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -931,65 +938,51 @@
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="005E3321" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1 CMR </w:t>
       </w:r>
       <w:r w:rsidR="005E3321" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">4.00 is not authorization for or approval of the substantive services or the </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> for which rates are determined pursuant to 1</w:t>
+        <w:t>4.00 is not authorization for or approval of the substantive services or the time period for which rates are determined pursuant to 1</w:t>
       </w:r>
       <w:r w:rsidR="005E3321" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1 CMR </w:t>
       </w:r>
       <w:r w:rsidR="005E3321" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4.00. Governmental units and insurers that purchase services from eligible </w:t>
       </w:r>
@@ -1375,116 +1368,108 @@
       </w:r>
       <w:r w:rsidR="00BF023B" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New </w:t>
       </w:r>
       <w:r w:rsidR="00EB682D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">nits or enlargements of existing </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00EB682D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>nits that</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> may or may not be accompanied by an increase in </w:t>
+        <w:t xml:space="preserve">nits that may or may not be accompanied by an increase in </w:t>
       </w:r>
       <w:r w:rsidR="00EB682D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">icensed </w:t>
       </w:r>
       <w:r w:rsidR="00EB682D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ed </w:t>
       </w:r>
       <w:r w:rsidR="00EB682D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>apacity.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="561C08EE" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="001936BB">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C8F6616" w14:textId="6261B9D5" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="001936BB">
+    <w:p w14:paraId="0C8F6616" w14:textId="11648999" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="001936BB">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Base Year</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00BF023B" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1527,116 +1512,136 @@
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ase </w:t>
       </w:r>
       <w:r w:rsidR="00EB682D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>ear for rates effective</w:t>
       </w:r>
       <w:r w:rsidR="00684A9F" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008A0D6C">
-[...10 lines deleted...]
-      </w:r>
+      <w:del w:id="4" w:author="Author">
+        <w:r w:rsidR="00A273FF" w:rsidRPr="00DD21F5" w:rsidDel="008A0D6C">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText xml:space="preserve">January </w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="5" w:author="Author">
+        <w:r w:rsidR="008A0D6C">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>December</w:t>
+        </w:r>
+        <w:r w:rsidR="008A0D6C" w:rsidRPr="00DD21F5">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1, </w:t>
       </w:r>
       <w:r w:rsidR="00A8400E" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00E942A9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00354AEA" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="001940BE" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
       <w:r w:rsidR="00A8400E" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00205DEB" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="008A0D6C">
-[...4 lines deleted...]
-      </w:r>
+      <w:ins w:id="6" w:author="Author">
+        <w:r w:rsidR="008A0D6C">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="7" w:author="Author">
+        <w:r w:rsidR="00E942A9" w:rsidDel="008A0D6C">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>2</w:delText>
+        </w:r>
+      </w:del>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="744C0260" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="001936BB">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23041968" w14:textId="722763D2" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="001936BB">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -2128,65 +2133,51 @@
       <w:r w:rsidR="00296FB5" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="007F5022" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>erm Care Facilities</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> that provides or </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> to provide appropriate mental health services in addition to the minimum basic care and services required by 105 CMR 150.000 for </w:t>
+        <w:t xml:space="preserve"> that provides or makes arrangements to provide appropriate mental health services in addition to the minimum basic care and services required by 105 CMR 150.000 for </w:t>
       </w:r>
       <w:r w:rsidR="00EB682D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>esidents who do not routinely require nursing or other medically</w:t>
       </w:r>
       <w:r w:rsidR="00B1626C" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">related services. </w:t>
       </w:r>
@@ -2811,121 +2802,93 @@
         </w:rPr>
         <w:t xml:space="preserve">upport </w:t>
       </w:r>
       <w:r w:rsidR="00EB682D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">esident </w:t>
       </w:r>
       <w:r w:rsidR="00EB682D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ays. </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> days a bed is held vacant for a non-</w:t>
+        <w:t>ays. Those days a bed is held vacant for a non-</w:t>
       </w:r>
       <w:r w:rsidR="00EB682D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>ublicly</w:t>
       </w:r>
       <w:r w:rsidR="00354AEA" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EB682D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ided </w:t>
       </w:r>
       <w:r w:rsidR="00EB682D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">esident, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> there is a charge for such reservation by the </w:t>
+        <w:t xml:space="preserve">esident, whether or not there is a charge for such reservation by the </w:t>
       </w:r>
       <w:r w:rsidR="00EB682D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">acility, are included as </w:t>
       </w:r>
       <w:r w:rsidR="00EB682D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ommunity </w:t>
       </w:r>
@@ -3140,79 +3103,51 @@
         </w:rPr>
         <w:t xml:space="preserve">, which states: the capacity of a </w:t>
       </w:r>
       <w:r w:rsidR="00EB682D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>uilding to accommodate a bed and the necessary physical appurtenances in accordance with the applicable standards imposed as a condition of operation under state law. It include</w:t>
       </w:r>
       <w:r w:rsidR="00A97742" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a room designed or able to accommodate a bed and necessary physical appurtenances, </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> place, with any necessary utilities (</w:t>
+        <w:t xml:space="preserve"> a room designed or able to accommodate a bed and necessary physical appurtenances, whether or not a bed and all such appurtenances are actually in place, with any necessary utilities (</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>e.g.</w:t>
       </w:r>
       <w:r w:rsidR="00354AEA" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> drinking water, sprinkler lines, oxygen, electric current, electric signals, </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -3253,118 +3188,104 @@
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="003617FC" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Expenditures, such as prepaid insurance, rent or licenses, not recognized as a cost of operations for the period in which they were incurred</w:t>
       </w:r>
       <w:r w:rsidR="00F30A80" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> but carried forward to be written off in one or more future periods. Deferred charges are not expenditures that can be identified with and justified as relating to physical assets that will </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> to future operations. </w:t>
+        <w:t xml:space="preserve"> but carried forward to be written off in one or more future periods. Deferred charges are not expenditures that can be identified with and justified as relating to physical assets that will contribute services to future operations. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CF40705" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="001936BB">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45F125FC" w14:textId="45EAA313" w:rsidR="001D10B5" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="001936BB">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Department</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="003617FC" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Massachusetts Department of Public Health. </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Hlk86743708"/>
+      <w:bookmarkStart w:id="8" w:name="_Hlk86743708"/>
     </w:p>
     <w:p w14:paraId="557EEFE2" w14:textId="77777777" w:rsidR="00FA7C28" w:rsidRPr="00DD21F5" w:rsidRDefault="00FA7C28" w:rsidP="001936BB">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p w14:paraId="7D23EDE3" w14:textId="38A33E4E" w:rsidR="00DF28DF" w:rsidRPr="00DD21F5" w:rsidRDefault="00DF28DF" w:rsidP="00DF28DF">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Department of Transitional Assistance Days (DTA Days)</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00C23A46" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -3422,65 +3343,51 @@
         </w:rPr>
         <w:t xml:space="preserve">’s offices in which the auditor evaluates the accuracy of the information in the </w:t>
       </w:r>
       <w:r w:rsidR="00B84780" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ost </w:t>
       </w:r>
       <w:r w:rsidR="00B84780" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">eports and </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> documentation in accordance with an audit program.</w:t>
+        <w:t>eports and supporting documentation in accordance with an audit program.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3938FDE2" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="001936BB">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A709566" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="001936BB">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Direct Restorative Therapy</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
@@ -4228,92 +4135,76 @@
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="003617FC" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The employee benefits that are reasonable and necessary for the efficient operation of the </w:t>
       </w:r>
       <w:r w:rsidR="00B84780" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">acility </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>acility including</w:t>
+      </w:r>
       <w:r w:rsidR="00284B88" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> but not limited to</w:t>
       </w:r>
       <w:r w:rsidR="00284B88" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> insurance, pensions, bonuses, </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> insurance, pensions, bonuses, child care</w:t>
+      </w:r>
       <w:r w:rsidR="00B1626C" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and non-required but job-related education. Such benefits must be nondiscriminatory and available to all full-time employees. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05C15306" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="001936BB">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="649ACC0B" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="001936BB">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
@@ -4347,69 +4238,61 @@
       </w:r>
       <w:r w:rsidR="00B84780" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">uilding by rearranging the </w:t>
       </w:r>
       <w:r w:rsidR="00B84780" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">uilding layout or substituting improved components for old components so that facilities are in some way better than before the renovation. Improvements do not add to the existing </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00B84780" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>uilding</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> nor do they expand the square footage of the </w:t>
+        <w:t xml:space="preserve">uilding nor do they expand the square footage of the </w:t>
       </w:r>
       <w:r w:rsidR="00B84780" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">uilding. An improvement is measured by the </w:t>
       </w:r>
       <w:r w:rsidR="00B84780" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>acility</w:t>
       </w:r>
@@ -4520,65 +4403,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Indirect Restorative Therapy</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="009473CB" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Services of physical therapists, occupational </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> speech, hearing</w:t>
+        <w:t>Services of physical therapists, occupational therapists, and speech, hearing</w:t>
       </w:r>
       <w:r w:rsidR="00354AEA" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and language therapists to provide orientation programs for aides and assistants, in-service training to staff, and consultation and planning for continuing care after discharge.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D036A51" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="001936BB">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47127021" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="001936BB">
       <w:pPr>
         <w:ind w:left="720"/>
@@ -5182,121 +5051,93 @@
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>erm Interest Expense</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="003617FC" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Reasonable and necessary </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> is incurred for the use of legitimate loans related to the care of </w:t>
+        <w:t xml:space="preserve">Reasonable and necessary expense that is incurred for the use of legitimate loans related to the care of </w:t>
       </w:r>
       <w:r w:rsidR="00B84780" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>ublicly</w:t>
       </w:r>
       <w:r w:rsidR="00354AEA" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B84780" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ided </w:t>
       </w:r>
       <w:r w:rsidR="00B84780" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">esidents and that is supported by allowable, depreciable fixed assets. It includes </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> the costs of borrowing money including, but not limited to, interest, allowable </w:t>
+        <w:t xml:space="preserve">esidents and that is supported by allowable, depreciable fixed assets. It includes all of the costs of borrowing money including, but not limited to, interest, allowable </w:t>
       </w:r>
       <w:r w:rsidR="00B84780" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ortgage </w:t>
       </w:r>
       <w:r w:rsidR="00B84780" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">cquisition </w:t>
       </w:r>
@@ -5916,65 +5757,51 @@
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="003617FC" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Those costs, including finder</w:t>
       </w:r>
       <w:r w:rsidR="007E71C7" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>s fees, points, certain legal fees, and filing fees</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> are necessary to obtain long</w:t>
+        <w:t>s fees, points, certain legal fees, and filing fees, that are necessary to obtain long</w:t>
       </w:r>
       <w:r w:rsidR="00B84780" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>term financing through a mortgage, bond</w:t>
       </w:r>
       <w:r w:rsidR="00D06AC5" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or other long</w:t>
       </w:r>
@@ -6486,51 +6313,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The assumption that a purchase price that exceeds the market price for a supply or service is an unreasonable cost. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BF33340" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="001936BB">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C020C18" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="001936BB">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk86740554"/>
+      <w:bookmarkStart w:id="9" w:name="_Hlk86740554"/>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Publicly</w:t>
       </w:r>
       <w:r w:rsidR="00870D1B" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Aided Resident</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -6563,51 +6390,51 @@
       <w:r w:rsidR="005B3B14" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
       <w:r w:rsidR="005B3B14" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">acility the Commonwealth or a political subdivision of the Commonwealth is in whole or in part financially liable. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p w14:paraId="2596D9A6" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="001936BB">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2728828F" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="001936BB">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Rate Year</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -7171,65 +6998,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005B3B14" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ided </w:t>
       </w:r>
       <w:r w:rsidR="005B3B14" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">esident, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> there is a charge for such reservation by the </w:t>
+        <w:t xml:space="preserve">esident, whether or not there is a charge for such reservation by the </w:t>
       </w:r>
       <w:r w:rsidR="005B3B14" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">acility, are included as </w:t>
       </w:r>
       <w:r w:rsidR="005B3B14" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">esident </w:t>
       </w:r>
@@ -7673,65 +7486,51 @@
         </w:rPr>
         <w:t xml:space="preserve">ommunity </w:t>
       </w:r>
       <w:r w:rsidR="005B3B14" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">upport </w:t>
       </w:r>
       <w:r w:rsidR="005B3B14" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">esident(s) </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> enhance psycho</w:t>
+        <w:t>esident(s) in order to enhance psycho</w:t>
       </w:r>
       <w:r w:rsidR="005B3B14" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>social and physical functioning as defined by the Department in 105 CMR 150.00</w:t>
       </w:r>
       <w:r w:rsidR="00354AEA" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">0:  </w:t>
       </w:r>
       <w:r w:rsidR="00296FB5" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Standards for</w:t>
@@ -9451,94 +9250,104 @@
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00D939F1" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>4.03:  General Rate Provisions</w:t>
       </w:r>
       <w:r w:rsidR="00D939F1" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01651E7A" w14:textId="77777777" w:rsidR="0006156D" w:rsidRPr="00DD21F5" w:rsidRDefault="0006156D" w:rsidP="0006156D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F4EDC41" w14:textId="5A2302AF" w:rsidR="0006156D" w:rsidRPr="00DD21F5" w:rsidRDefault="0006156D" w:rsidP="00A8400E">
+    <w:p w14:paraId="1F4EDC41" w14:textId="701B8345" w:rsidR="0006156D" w:rsidRPr="00DD21F5" w:rsidRDefault="0006156D" w:rsidP="00A8400E">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1)  </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>General</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  EOHHS will determine a payment rate for </w:t>
       </w:r>
       <w:r w:rsidR="00586348" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">dates of service on or after </w:t>
       </w:r>
-      <w:r w:rsidR="00F54B3B">
-[...10 lines deleted...]
-      </w:r>
+      <w:del w:id="10" w:author="Author">
+        <w:r w:rsidR="00E2680F" w:rsidRPr="00DD21F5" w:rsidDel="00F54B3B">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText xml:space="preserve">January </w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="11" w:author="Author">
+        <w:r w:rsidR="00F54B3B">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>December</w:t>
+        </w:r>
+        <w:r w:rsidR="00F54B3B" w:rsidRPr="00DD21F5">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
       <w:r w:rsidR="00586348" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1, </w:t>
       </w:r>
       <w:r w:rsidR="001F6742" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00E942A9">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00586348" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, for </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
@@ -9641,1504 +9450,2147 @@
       <w:r w:rsidR="0006156D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  allowable capital and other fixed costs as determined under </w:t>
       </w:r>
       <w:r w:rsidR="0006156D" w:rsidRPr="007D1B7E">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>101 CMR 204.05</w:t>
       </w:r>
       <w:r w:rsidR="005904DA" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0006156D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A39A0DE" w14:textId="3D2F459B" w:rsidR="00F5406C" w:rsidRPr="00A87919" w:rsidRDefault="0006156D" w:rsidP="000A7045">
+    <w:p w14:paraId="4A39A0DE" w14:textId="1FDF2AB9" w:rsidR="00F5406C" w:rsidRPr="00A87919" w:rsidRDefault="0006156D" w:rsidP="000A7045">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(b)  </w:t>
       </w:r>
-      <w:r w:rsidR="004C66AF" w:rsidRPr="00A87919">
+      <w:ins w:id="12" w:author="Author">
+        <w:r w:rsidR="004C66AF" w:rsidRPr="00A87919">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>DTA Days Percentage Adjustment</w:t>
+        </w:r>
+        <w:r w:rsidR="004C66AF" w:rsidRPr="00A87919" w:rsidDel="004C66AF">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="13" w:author="Author">
+        <w:r w:rsidR="00586348" w:rsidRPr="00A87919" w:rsidDel="004C66AF">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:delText xml:space="preserve">Rate </w:delText>
+        </w:r>
+        <w:r w:rsidR="00F5406C" w:rsidRPr="00A87919" w:rsidDel="004C66AF">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:delText>Adjustment</w:delText>
+        </w:r>
+        <w:r w:rsidR="00F70E03" w:rsidRPr="00A87919" w:rsidDel="004C66AF">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:delText>s</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidR="00F5406C" w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="003E6973" w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F5406C" w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>The preliminary rate</w:t>
+      </w:r>
+      <w:r w:rsidR="00774CC3" w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as calculated in 101 CMR 204.03(1)(a)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F5406C" w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be adjusted </w:t>
+      </w:r>
+      <w:r w:rsidR="009E6925" w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>as follows</w:t>
+      </w:r>
+      <w:r w:rsidR="00B70F2F" w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009E6925" w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34D0D38F" w14:textId="67431A19" w:rsidR="007E4C2C" w:rsidRPr="00A87919" w:rsidDel="00E931EE" w:rsidRDefault="00F5406C" w:rsidP="00BE4142">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:del w:id="14" w:author="Author"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="003E6973" w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:del w:id="15" w:author="Author">
+        <w:r w:rsidR="007E4C2C" w:rsidRPr="00A87919" w:rsidDel="004C66AF">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:delText>DTA Days Percentage Adjustment</w:delText>
+        </w:r>
+        <w:r w:rsidR="005553CB" w:rsidRPr="00A87919" w:rsidDel="00E931EE">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>.</w:delText>
+        </w:r>
+      </w:del>
+    </w:p>
+    <w:p w14:paraId="1FDD44B5" w14:textId="1D9E0029" w:rsidR="00586348" w:rsidRPr="00A87919" w:rsidRDefault="001F38CE">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:pPrChange w:id="16" w:author="Author">
+          <w:pPr>
+            <w:ind w:left="1800"/>
+          </w:pPr>
+        </w:pPrChange>
+      </w:pPr>
+      <w:del w:id="17" w:author="Author">
+        <w:r w:rsidRPr="00A87919" w:rsidDel="00E931EE">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>a</w:delText>
+        </w:r>
+        <w:r w:rsidR="00390FEA" w:rsidRPr="00A87919" w:rsidDel="00E931EE">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>.</w:delText>
+        </w:r>
+        <w:r w:rsidR="00095497" w:rsidRPr="00A87919" w:rsidDel="00E931EE">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText xml:space="preserve"> </w:delText>
+        </w:r>
+        <w:r w:rsidRPr="00A87919" w:rsidDel="00E931EE">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText xml:space="preserve"> </w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidR="00716A7F" w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For each facility, calculate its DTA days percentage by dividing </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF28DF" w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>its DTA days</w:t>
+      </w:r>
+      <w:r w:rsidR="00716A7F" w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by the </w:t>
+      </w:r>
+      <w:r w:rsidR="008E06FB" w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>facility’s</w:t>
+      </w:r>
+      <w:r w:rsidR="00716A7F" w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> total resident days, as reported on </w:t>
+      </w:r>
+      <w:r w:rsidR="00C8409B" w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>the Resident Days schedule</w:t>
+      </w:r>
+      <w:r w:rsidR="00716A7F" w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r w:rsidR="003E20EC" w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:ins w:id="18" w:author="Author">
+        <w:r w:rsidR="00F307C1" w:rsidRPr="00A87919">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="19" w:author="Author">
+        <w:r w:rsidR="00E942A9" w:rsidRPr="00A87919" w:rsidDel="00F307C1">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>2</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidR="00716A7F" w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> HCF-4. </w:t>
+      </w:r>
+      <w:r w:rsidR="002C2DD2" w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F5406C" w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06A1A85A" w14:textId="63942057" w:rsidR="007F5022" w:rsidRPr="00DD21F5" w:rsidRDefault="00E931EE">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:pPrChange w:id="20" w:author="Author">
+          <w:pPr>
+            <w:ind w:left="1800"/>
+          </w:pPr>
+        </w:pPrChange>
+      </w:pPr>
+      <w:ins w:id="21" w:author="Author">
+        <w:r w:rsidRPr="00A87919">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve">2.  </w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="22" w:author="Author">
+        <w:r w:rsidR="001F38CE" w:rsidRPr="00A87919" w:rsidDel="00E931EE">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>b</w:delText>
+        </w:r>
+        <w:r w:rsidR="00390FEA" w:rsidRPr="00A87919" w:rsidDel="00E931EE">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>.</w:delText>
+        </w:r>
+        <w:r w:rsidR="00B70F2F" w:rsidRPr="00A87919" w:rsidDel="00E931EE">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText xml:space="preserve"> </w:delText>
+        </w:r>
+        <w:r w:rsidR="00095497" w:rsidRPr="00A87919" w:rsidDel="00E931EE">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText xml:space="preserve"> </w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidR="002C2DD2" w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Each facility will receive a </w:t>
+      </w:r>
+      <w:r w:rsidR="00C17025" w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DTA </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA591C" w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17025" w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ays </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA591C" w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17025" w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ercentage </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA591C" w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17025" w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>djustment</w:t>
+      </w:r>
+      <w:r w:rsidR="002C2DD2" w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> equal to </w:t>
+      </w:r>
+      <w:r w:rsidR="009E3EF8" w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+      <w:ins w:id="23" w:author="Author">
+        <w:r w:rsidR="00F307C1" w:rsidRPr="00A87919">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="24" w:author="Author">
+        <w:r w:rsidR="00C8409B" w:rsidRPr="00A87919" w:rsidDel="00F307C1">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>24</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidR="00C8409B" w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:ins w:id="25" w:author="Author">
+        <w:r w:rsidR="00F307C1" w:rsidRPr="00A87919">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>39</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="26" w:author="Author">
+        <w:r w:rsidR="00C8409B" w:rsidRPr="00A87919" w:rsidDel="00F307C1">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>65</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidR="00C8409B" w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002C2DD2" w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>multiplied by the percentage calculated in 101 CMR 204.03(1)(b)1</w:t>
+      </w:r>
+      <w:del w:id="27" w:author="Author">
+        <w:r w:rsidR="00390FEA" w:rsidRPr="00A87919" w:rsidDel="00C255F9">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>.</w:delText>
+        </w:r>
+        <w:r w:rsidR="001F38CE" w:rsidRPr="00A87919" w:rsidDel="00C255F9">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>a</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidR="002C2DD2" w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02C43AF3" w14:textId="02B24AD8" w:rsidR="00F5406C" w:rsidRPr="00DD21F5" w:rsidRDefault="009B22B5" w:rsidP="005553CB">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(c)  </w:t>
+      </w:r>
+      <w:r w:rsidR="00822996" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>DTA Days Percentage Adjustment</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004C66AF" w:rsidRPr="00A87919" w:rsidDel="004C66AF">
+        <w:t>Paymen</w:t>
+      </w:r>
+      <w:r w:rsidR="00586348" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F5406C" w:rsidRPr="00A87919">
+        <w:t>t Rate</w:t>
+      </w:r>
+      <w:r w:rsidR="00586348" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="003E6973" w:rsidRPr="00A87919">
-[...29 lines deleted...]
-      <w:r w:rsidR="00B70F2F" w:rsidRPr="00A87919">
+      <w:r w:rsidR="003E6973" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B0630" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Subject to the </w:t>
+      </w:r>
+      <w:r w:rsidR="003B2F9D" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Payment Rate </w:t>
+      </w:r>
+      <w:r w:rsidR="003B0630" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Maximum Increase</w:t>
+      </w:r>
+      <w:r w:rsidR="00513C91" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as described in </w:t>
+      </w:r>
+      <w:r w:rsidR="00513C91" w:rsidRPr="00E953B4">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>101 CMR 204.03(1)(</w:t>
+      </w:r>
+      <w:ins w:id="28" w:author="Author">
+        <w:r w:rsidR="00B6113B">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>f</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="29" w:author="Author">
+        <w:r w:rsidR="00513C91" w:rsidRPr="00E953B4">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>d</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidR="00513C91" w:rsidRPr="00E953B4">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00337768" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the </w:t>
+      </w:r>
+      <w:r w:rsidR="0097110B" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Resident Care Cost Quotient as described in </w:t>
+      </w:r>
+      <w:r w:rsidR="0097110B" w:rsidRPr="00E953B4">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>101 CMR 204.03(</w:t>
+      </w:r>
+      <w:r w:rsidR="00095336" w:rsidRPr="00E953B4">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>1)(e</w:t>
+      </w:r>
+      <w:r w:rsidR="00513C91" w:rsidRPr="00E953B4">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00513C91" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, t</w:t>
+      </w:r>
+      <w:r w:rsidR="00F5406C" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he facility’s </w:t>
+      </w:r>
+      <w:del w:id="30" w:author="Author">
+        <w:r w:rsidR="005904DA" w:rsidRPr="00DD21F5" w:rsidDel="00F307C1">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText xml:space="preserve">January </w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="31" w:author="Author">
+        <w:r w:rsidR="00F307C1">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>December</w:t>
+        </w:r>
+        <w:r w:rsidR="00F307C1" w:rsidRPr="00DD21F5">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidR="00586348" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1, </w:t>
+      </w:r>
+      <w:r w:rsidR="001A6E6E" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B15C03">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00586348" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00822996" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">payment </w:t>
+      </w:r>
+      <w:r w:rsidR="00F5406C" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rate is equal to the </w:t>
+      </w:r>
+      <w:r w:rsidR="0079089E" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>greater</w:t>
+      </w:r>
+      <w:r w:rsidR="00F5406C" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D161CDF" w14:textId="35F33546" w:rsidR="00F5406C" w:rsidRPr="00DD21F5" w:rsidRDefault="007F5022" w:rsidP="007F5022">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="720219BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F5406C" w:rsidRPr="720219BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  the </w:t>
+      </w:r>
+      <w:r w:rsidR="0079089E" w:rsidRPr="720219BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sum of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F5406C" w:rsidRPr="720219BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">preliminary rate as determined in </w:t>
+      </w:r>
+      <w:r w:rsidR="00827EFE" w:rsidRPr="720219BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">101 CMR </w:t>
+      </w:r>
+      <w:r w:rsidR="00F5406C" w:rsidRPr="720219BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>204.03(1)(a) and</w:t>
+      </w:r>
+      <w:r w:rsidR="0079089E" w:rsidRPr="720219BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the payment rate adjustment</w:t>
+      </w:r>
+      <w:r w:rsidR="009E3EF8" w:rsidRPr="720219BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="0079089E" w:rsidRPr="720219BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as determined in 101 CMR 204.03(1)(b)</w:t>
+      </w:r>
+      <w:ins w:id="32" w:author="Author">
+        <w:r w:rsidR="000A2814" w:rsidRPr="720219BA" w:rsidDel="00F307C1">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>,</w:t>
+        </w:r>
+        <w:r w:rsidR="009E3EF8" w:rsidRPr="720219BA" w:rsidDel="00F307C1">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00A724F7" w:rsidRPr="720219BA">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>and</w:t>
+        </w:r>
+        <w:r w:rsidR="000919BE">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:del w:id="33" w:author="Author">
+          <w:r w:rsidR="00A724F7" w:rsidRPr="720219BA">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:delText xml:space="preserve"> </w:delText>
+          </w:r>
+        </w:del>
+        <w:r w:rsidR="00A724F7" w:rsidRPr="720219BA">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>capping the maximum decrease at 0% if appl</w:t>
+        </w:r>
+        <w:r w:rsidR="00273609" w:rsidRPr="720219BA">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>icable</w:t>
+        </w:r>
+        <w:r w:rsidR="00D8445F" w:rsidRPr="720219BA">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve">; </w:t>
+        </w:r>
+        <w:r w:rsidR="00D8445F" w:rsidRPr="00C36F55">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>or</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="34" w:author="Author">
+        <w:r w:rsidR="000A2814" w:rsidRPr="00C36F55" w:rsidDel="00F307C1">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:delText>,</w:delText>
+        </w:r>
+        <w:r w:rsidR="009E3EF8" w:rsidRPr="00C36F55" w:rsidDel="00F307C1">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:delText xml:space="preserve"> plus $</w:delText>
+        </w:r>
+        <w:r w:rsidR="00B15C03" w:rsidRPr="00C36F55" w:rsidDel="00F307C1">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:delText>4.60</w:delText>
+        </w:r>
+        <w:r w:rsidR="0079089E" w:rsidRPr="00A87919" w:rsidDel="00072E9F">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:delText>;</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidR="0079089E" w:rsidRPr="720219BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="145E7161" w14:textId="10E4D357" w:rsidR="00F5406C" w:rsidRPr="00DD21F5" w:rsidRDefault="007F5022" w:rsidP="007F5022">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:del w:id="35" w:author="Author"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:del w:id="36" w:author="Author">
+        <w:r w:rsidRPr="00DD21F5">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>2</w:delText>
+        </w:r>
+        <w:r w:rsidR="00F5406C" w:rsidRPr="00DD21F5">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText xml:space="preserve">.  </w:delText>
+        </w:r>
+        <w:r w:rsidR="0079089E" w:rsidRPr="00DD21F5">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText xml:space="preserve">the facility’s certified rate in effect on </w:delText>
+        </w:r>
+        <w:r w:rsidR="00E2680F" w:rsidRPr="00DD21F5" w:rsidDel="00050B40">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText xml:space="preserve">December </w:delText>
+        </w:r>
+        <w:r w:rsidR="0079089E" w:rsidRPr="00DD21F5" w:rsidDel="00D8445F">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>3</w:delText>
+        </w:r>
+        <w:r w:rsidR="00E2680F" w:rsidRPr="00DD21F5" w:rsidDel="00050B40">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>1</w:delText>
+        </w:r>
+        <w:r w:rsidR="0079089E" w:rsidRPr="00DD21F5" w:rsidDel="00D8445F">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>, 202</w:delText>
+        </w:r>
+        <w:r w:rsidR="00B15C03" w:rsidDel="00050B40">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>4</w:delText>
+        </w:r>
+        <w:r w:rsidR="00205DEB" w:rsidRPr="00DD21F5">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>; or</w:delText>
+        </w:r>
+      </w:del>
+    </w:p>
+    <w:p w14:paraId="44D28B58" w14:textId="655DAC47" w:rsidR="003B0630" w:rsidRPr="00DD21F5" w:rsidRDefault="00D8445F" w:rsidP="003B2F9D">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="37" w:author="Author">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="38" w:author="Author">
+        <w:r w:rsidR="00205DEB" w:rsidRPr="00DD21F5">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>3</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidR="00205DEB" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:ins w:id="39" w:author="Author">
+        <w:r w:rsidR="000919BE">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidR="00205DEB" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2680F" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>105</w:t>
+      </w:r>
+      <w:r w:rsidR="00712309" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="009E6925" w:rsidRPr="00A87919">
-[...12 lines deleted...]
-      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C7D9253" w14:textId="1FFF54FE" w:rsidR="00BA088B" w:rsidDel="000C54A3" w:rsidRDefault="00205DEB" w:rsidP="00BA088B">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:del w:id="40" w:author="Author"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="41" w:author="Author">
+        <w:r w:rsidRPr="00DD21F5">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>(</w:t>
+        </w:r>
+        <w:r w:rsidR="00BA088B">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>d</w:t>
+        </w:r>
+        <w:del w:id="42" w:author="Author">
+          <w:r w:rsidR="00BA088B" w:rsidRPr="00DD21F5" w:rsidDel="00BA088B">
+            <w:rPr>
+              <w:sz w:val="22"/>
+            </w:rPr>
+            <w:delText>e</w:delText>
+          </w:r>
+        </w:del>
+        <w:r w:rsidR="00BA088B" w:rsidRPr="00DD21F5">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve">)  </w:t>
+        </w:r>
+        <w:r w:rsidR="00BA088B" w:rsidRPr="000E1FFB">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Resident Care Cost Quotient (RCC-Q)</w:t>
+        </w:r>
+        <w:r w:rsidR="00BA088B" w:rsidRPr="00DD21F5">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve">. </w:t>
+        </w:r>
+        <w:r w:rsidR="00C738EA">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00BA088B" w:rsidRPr="00DD21F5">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve">If the facility’s RCC-Q score is less than the RCC-Q threshold established pursuant to </w:t>
+        </w:r>
+        <w:r w:rsidR="00BA088B" w:rsidRPr="007D1B7E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>101 CMR 204.10(1),</w:t>
+        </w:r>
+        <w:r w:rsidR="00BA088B" w:rsidRPr="00DD21F5">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> the facility will receive a downward adjustment as described in 101 CMR 204.10.</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="2074D82C" w14:textId="77777777" w:rsidR="000C54A3" w:rsidRPr="00DD21F5" w:rsidRDefault="000C54A3" w:rsidP="00BA088B">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:ins w:id="43" w:author="Author"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61B26D77" w14:textId="09742055" w:rsidR="00BA088B" w:rsidRDefault="00E72AE3" w:rsidP="00BA088B">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:ins w:id="44" w:author="Author"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="45" w:author="Author">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve">(e)  </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:u w:val="single"/>
+            <w:rPrChange w:id="46" w:author="Author">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>Resident Care Add-on Adjustment</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00CD4222">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidR="00CD4222">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve">  </w:t>
+        </w:r>
+        <w:r w:rsidR="00DE3EED">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Facilities that do not receive </w:t>
+        </w:r>
+        <w:r w:rsidR="00DE3EED" w:rsidRPr="00DE3EED">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve">RCC-Q downward adjustments will receive a resident care add-on adjustment of $0.89 to the proposed rate as calculated </w:t>
+        </w:r>
+        <w:r w:rsidR="00C028AF">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>in 101</w:t>
+        </w:r>
+        <w:r w:rsidR="00385EAA">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> CMR</w:t>
+        </w:r>
+        <w:r w:rsidR="004C61FF">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 204.03(1)</w:t>
+        </w:r>
+        <w:r w:rsidR="00A758B2">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>(</w:t>
+        </w:r>
+        <w:r w:rsidR="00FF6A2B">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>c)</w:t>
+        </w:r>
+        <w:r w:rsidR="00DE3EED" w:rsidRPr="00DE3EED">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="1BC66FB0" w14:textId="74497DC4" w:rsidR="00205DEB" w:rsidRPr="00DD21F5" w:rsidRDefault="00205DEB" w:rsidP="00DB3F13">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:ins w:id="47" w:author="Author">
+        <w:r w:rsidR="008D789F">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>f</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="48" w:author="Author">
+        <w:r w:rsidRPr="00DD21F5">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>d</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00712309" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B2F9D" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Payment Rate </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Maximum </w:t>
+      </w:r>
+      <w:r w:rsidR="00F931CD" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Increase</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00712309" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>If the facility’s payment rate as calculated in 101 CMR 204.03(1)(</w:t>
+      </w:r>
+      <w:ins w:id="49" w:author="Author">
+        <w:r w:rsidR="00F44418">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>e</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="50" w:author="Author">
+        <w:r w:rsidRPr="00DD21F5">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>c</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) is greater than the facility’s certified rate in effect on </w:t>
+      </w:r>
+      <w:del w:id="51" w:author="Author">
+        <w:r w:rsidR="005904DA" w:rsidRPr="00DD21F5" w:rsidDel="00821DA0">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText xml:space="preserve">December </w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="52" w:author="Author">
+        <w:r w:rsidR="00821DA0">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>November</w:t>
+        </w:r>
+        <w:r w:rsidR="00821DA0" w:rsidRPr="00DD21F5">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:ins w:id="53" w:author="Author">
+        <w:r w:rsidR="00821DA0">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>0</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="54" w:author="Author">
+        <w:r w:rsidR="005904DA" w:rsidRPr="00DD21F5" w:rsidDel="00821DA0">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>1</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, 202</w:t>
+      </w:r>
+      <w:ins w:id="55" w:author="Author">
+        <w:r w:rsidR="00821DA0">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="56" w:author="Author">
+        <w:r w:rsidR="00B15C03" w:rsidDel="00821DA0">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>4</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidR="00993B64" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> plus $</w:t>
+      </w:r>
+      <w:del w:id="57" w:author="Author">
+        <w:r w:rsidR="005904DA" w:rsidRPr="00DD21F5" w:rsidDel="002846CA">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>70</w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="58" w:author="Author">
+        <w:r w:rsidR="002846CA">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>0.89</w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the facility will receive a </w:t>
+      </w:r>
+      <w:r w:rsidR="003B2F9D" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>downward</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> adjustment </w:t>
+      </w:r>
       <w:r w:rsidRPr="00A87919">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. </w:t>
-[...429 lines deleted...]
-        </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="0079089E" w:rsidRPr="720219BA">
-[...429 lines deleted...]
-      </w:r>
+      <w:ins w:id="59" w:author="Author">
+        <w:r w:rsidR="00B85BA7" w:rsidRPr="00A87919">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>o</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="60" w:author="Author">
+        <w:r w:rsidRPr="00A87919" w:rsidDel="00B85BA7">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>uch</w:delText>
+        </w:r>
+      </w:del>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r w:rsidR="00637ACB" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>the total payment rate</w:t>
       </w:r>
       <w:r w:rsidR="003B2F9D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> effective </w:t>
       </w:r>
-      <w:r w:rsidR="00710D95">
-[...10 lines deleted...]
-      </w:r>
+      <w:del w:id="61" w:author="Author">
+        <w:r w:rsidR="005904DA" w:rsidRPr="00DD21F5" w:rsidDel="00710D95">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>January</w:delText>
+        </w:r>
+        <w:r w:rsidR="003B2F9D" w:rsidRPr="00DD21F5" w:rsidDel="00710D95">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText xml:space="preserve"> </w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="62" w:author="Author">
+        <w:r w:rsidR="00710D95">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>December</w:t>
+        </w:r>
+        <w:r w:rsidR="00710D95" w:rsidRPr="00DD21F5">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
       <w:r w:rsidR="003B2F9D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>1, 202</w:t>
       </w:r>
       <w:r w:rsidR="00B15C03">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="003B2F9D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00637ACB" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is equal to the facility’s certified rate in effect on </w:t>
       </w:r>
-      <w:r w:rsidR="00710D95">
-[...10 lines deleted...]
-      </w:r>
+      <w:del w:id="63" w:author="Author">
+        <w:r w:rsidR="005904DA" w:rsidRPr="00DD21F5" w:rsidDel="00710D95">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText xml:space="preserve">December </w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="64" w:author="Author">
+        <w:r w:rsidR="00710D95">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>November</w:t>
+        </w:r>
+        <w:r w:rsidR="00710D95" w:rsidRPr="00DD21F5">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
       <w:r w:rsidR="00637ACB" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00710D95">
-[...4 lines deleted...]
-      </w:r>
+      <w:ins w:id="65" w:author="Author">
+        <w:r w:rsidR="00710D95">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>0</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="66" w:author="Author">
+        <w:r w:rsidR="005904DA" w:rsidRPr="00DD21F5" w:rsidDel="00710D95">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>1</w:delText>
+        </w:r>
+      </w:del>
       <w:r w:rsidR="00637ACB" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>, 202</w:t>
       </w:r>
-      <w:r w:rsidR="00710D95">
+      <w:ins w:id="67" w:author="Author">
+        <w:r w:rsidR="00710D95">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="68" w:author="Author">
+        <w:r w:rsidR="00B15C03" w:rsidDel="00710D95">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>4</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidR="00712309" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00637ACB" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> plus $</w:t>
+      </w:r>
+      <w:ins w:id="69" w:author="Author">
+        <w:r w:rsidR="005C02B9">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>0.</w:t>
+        </w:r>
+        <w:r w:rsidR="002846CA">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>89</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="70" w:author="Author">
+        <w:r w:rsidR="005904DA" w:rsidRPr="00DD21F5" w:rsidDel="002846CA">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>70</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidR="00637ACB" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D88AFF4" w14:textId="25F25ACF" w:rsidR="002F5266" w:rsidRPr="00C74688" w:rsidRDefault="002F5266" w:rsidP="00E653B7">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:del w:id="71" w:author="Author"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:del w:id="72" w:author="Author">
+        <w:r w:rsidRPr="00C74688">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText xml:space="preserve">(e)  </w:delText>
+        </w:r>
+        <w:r w:rsidRPr="00C74688">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:delText>Resident Care Cost Quotient (RCC-Q)</w:delText>
+        </w:r>
+        <w:r w:rsidRPr="00C74688">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>. If the facility’s RCC-Q score is less than the RCC-Q threshold</w:delText>
+        </w:r>
+        <w:r w:rsidR="00F244F9" w:rsidRPr="00C74688">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText xml:space="preserve"> established pursuant to 101 CMR 204.10(1)</w:delText>
+        </w:r>
+        <w:r w:rsidRPr="00C74688">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>, the facility will receive a downward adjustment as described in 101 CMR 204.</w:delText>
+        </w:r>
+        <w:r w:rsidR="00F244F9" w:rsidRPr="00C74688">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>10</w:delText>
+        </w:r>
+        <w:r w:rsidRPr="00C74688">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>.</w:delText>
+        </w:r>
+      </w:del>
+    </w:p>
+    <w:p w14:paraId="063062F8" w14:textId="105AD17E" w:rsidR="004F2908" w:rsidRPr="00DD21F5" w:rsidRDefault="00F5406C" w:rsidP="00E653B7">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:ins w:id="73" w:author="Author">
+        <w:r w:rsidR="005674A6" w:rsidRPr="00A87919">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>g</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="74" w:author="Author">
+        <w:r w:rsidR="00E94FD2" w:rsidRPr="00A87919" w:rsidDel="005674A6">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>f</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidRPr="00A87919">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="009B22B5" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Annualization Adjustment</w:t>
+      </w:r>
+      <w:r w:rsidR="009B22B5" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  For the period from </w:t>
+      </w:r>
+      <w:del w:id="75" w:author="Author">
+        <w:r w:rsidR="002F5266" w:rsidRPr="00DD21F5" w:rsidDel="00710D95">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText xml:space="preserve">January </w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="76" w:author="Author">
+        <w:r w:rsidR="00710D95">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>December</w:t>
+        </w:r>
+        <w:r w:rsidR="00710D95" w:rsidRPr="00DD21F5">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidR="009B22B5" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1, </w:t>
+      </w:r>
+      <w:r w:rsidR="0079089E" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B15C03">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00712309" w:rsidRPr="00DD21F5">
+      <w:r w:rsidR="003B0630" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00637ACB" w:rsidRPr="00DD21F5">
-[...43 lines deleted...]
-      <w:r w:rsidRPr="00A87919">
+      <w:r w:rsidR="009B22B5" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> through </w:t>
+      </w:r>
+      <w:del w:id="77" w:author="Author">
+        <w:r w:rsidR="002F5266" w:rsidRPr="00DD21F5" w:rsidDel="00710D95">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText xml:space="preserve">January </w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="78" w:author="Author">
+        <w:r w:rsidR="00710D95">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>December</w:t>
+        </w:r>
+        <w:r w:rsidR="00710D95" w:rsidRPr="00DD21F5">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidR="009B22B5" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">31, </w:t>
+      </w:r>
+      <w:r w:rsidR="0079089E" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B15C03">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="009B22B5" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, EOHHS will apply an annualization adjustment of </w:t>
+      </w:r>
+      <w:ins w:id="79" w:author="Author">
+        <w:r w:rsidR="00710D95">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="80" w:author="Author">
+        <w:r w:rsidR="00B15C03" w:rsidDel="00710D95">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>2</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidR="00B15C03">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>96.77</w:t>
+      </w:r>
+      <w:r w:rsidR="0079089E" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>%</w:t>
+      </w:r>
+      <w:r w:rsidR="009B22B5" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the difference between the facility’s </w:t>
+      </w:r>
+      <w:del w:id="81" w:author="Author">
+        <w:r w:rsidR="002F5266" w:rsidRPr="00DD21F5" w:rsidDel="00710D95">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>January</w:delText>
+        </w:r>
+        <w:r w:rsidR="00B54E13" w:rsidRPr="00DD21F5" w:rsidDel="00710D95">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText xml:space="preserve"> </w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="82" w:author="Author">
+        <w:r w:rsidR="00710D95">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>December</w:t>
+        </w:r>
+        <w:r w:rsidR="00710D95" w:rsidRPr="00DD21F5">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidR="00B54E13" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1, </w:t>
+      </w:r>
+      <w:r w:rsidR="0079089E" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="008003C1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:del w:id="83" w:author="Author">
+        <w:r w:rsidR="00B54E13" w:rsidRPr="00DD21F5" w:rsidDel="00B818D0">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>,</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidR="000D4F1F" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00482EE4" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>rate</w:t>
+      </w:r>
+      <w:r w:rsidR="009B22B5" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as determined in 101 CMR 204.0</w:t>
+      </w:r>
+      <w:r w:rsidR="005E1565" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="009B22B5" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>(1)(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="009B22B5" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD21F5">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+      <w:r w:rsidR="00E94FD2" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="002D7758" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (d)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E94FD2" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, and (e</w:t>
+      </w:r>
+      <w:r w:rsidR="002D7758" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="009B22B5" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
-          <w:u w:val="single"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t xml:space="preserve"> and its certified rate in effect on </w:t>
+      </w:r>
+      <w:del w:id="84" w:author="Author">
+        <w:r w:rsidR="002F5266" w:rsidRPr="00DD21F5" w:rsidDel="00B818D0">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText xml:space="preserve">December </w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="85" w:author="Author">
+        <w:r w:rsidR="00B818D0">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>November</w:t>
+        </w:r>
+        <w:r w:rsidR="00B818D0" w:rsidRPr="00DD21F5">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:ins w:id="86" w:author="Author">
+        <w:r w:rsidR="00B818D0">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>0</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="87" w:author="Author">
+        <w:r w:rsidR="002F5266" w:rsidRPr="00DD21F5" w:rsidDel="00B818D0">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>1</w:delText>
+        </w:r>
+      </w:del>
       <w:r w:rsidR="009B22B5" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  For the period from </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidR="009B22B5" w:rsidRPr="00DD21F5">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0079089E" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:ins w:id="88" w:author="Author">
+        <w:r w:rsidR="00B818D0">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="89" w:author="Author">
+        <w:r w:rsidR="00B15C03" w:rsidDel="00B818D0">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>4</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidR="00586348" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, which accounts for the period </w:t>
+      </w:r>
+      <w:r w:rsidR="00B15C03">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>October</w:t>
+      </w:r>
+      <w:r w:rsidR="00B15C03" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00586348" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1, </w:t>
       </w:r>
       <w:r w:rsidR="0079089E" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00B15C03">
-[...11 lines deleted...]
-      <w:r w:rsidR="009B22B5" w:rsidRPr="00DD21F5">
+      <w:ins w:id="90" w:author="Author">
+        <w:r w:rsidR="00B818D0">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="91" w:author="Author">
+        <w:r w:rsidR="00B15C03" w:rsidDel="00B818D0">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>4</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidR="00586348" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> through </w:t>
       </w:r>
-      <w:r w:rsidR="00710D95">
-[...15 lines deleted...]
-        <w:t xml:space="preserve">31, </w:t>
+      <w:del w:id="92" w:author="Author">
+        <w:r w:rsidR="002F5266" w:rsidRPr="00DD21F5" w:rsidDel="00B818D0">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText xml:space="preserve">December </w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="93" w:author="Author">
+        <w:r w:rsidR="00B818D0">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>November</w:t>
+        </w:r>
+        <w:r w:rsidR="00B818D0" w:rsidRPr="00DD21F5">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidR="00586348" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:ins w:id="94" w:author="Author">
+        <w:r w:rsidR="00B818D0">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>0</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="95" w:author="Author">
+        <w:r w:rsidR="002F5266" w:rsidRPr="00DD21F5" w:rsidDel="00B818D0">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>1</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidR="00586348" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0079089E" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00B15C03">
-[...262 lines deleted...]
-      </w:r>
+      <w:ins w:id="96" w:author="Author">
+        <w:r w:rsidR="00B818D0">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="97" w:author="Author">
+        <w:r w:rsidR="00B15C03" w:rsidDel="00B818D0">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>4</w:delText>
+        </w:r>
+      </w:del>
       <w:r w:rsidR="009B22B5" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28D2DF2C" w14:textId="734B7AAC" w:rsidR="00C340E2" w:rsidRPr="00DD21F5" w:rsidRDefault="005553CB" w:rsidP="005C055A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2430"/>
         </w:tabs>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5" w:rsidDel="005553CB">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
@@ -11159,51 +11611,51 @@
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Other Provisions</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C8ACA1F" w14:textId="620E2A0D" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="00DA4F07">
+    <w:p w14:paraId="6C8ACA1F" w14:textId="70647E27" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="00DA4F07">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>(a)</w:t>
       </w:r>
       <w:r w:rsidR="00DA4F07" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
@@ -11215,62 +11667,100 @@
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00DA4F07" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00422662" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>EOHHS</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> will establish rates after a comprehensive </w:t>
       </w:r>
-      <w:r w:rsidR="001D6B8A">
-[...10 lines deleted...]
-      </w:r>
+      <w:ins w:id="98" w:author="Author">
+        <w:r w:rsidR="001D6B8A">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>financial</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="99" w:author="Author">
+        <w:r w:rsidR="00084556" w:rsidRPr="00DD21F5" w:rsidDel="001D6B8A">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>d</w:delText>
+        </w:r>
+        <w:r w:rsidRPr="00DD21F5" w:rsidDel="001D6B8A">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>esk</w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="100" w:author="Author">
+        <w:r w:rsidR="00C040CA">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> review</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="101" w:author="Author">
+        <w:r w:rsidRPr="00DD21F5" w:rsidDel="00C040CA">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText xml:space="preserve"> </w:delText>
+        </w:r>
+        <w:r w:rsidR="00084556" w:rsidRPr="00DD21F5" w:rsidDel="00C040CA">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>a</w:delText>
+        </w:r>
+        <w:r w:rsidRPr="00DD21F5" w:rsidDel="00C040CA">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>udit</w:delText>
+        </w:r>
+      </w:del>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
       <w:r w:rsidR="00084556" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ase </w:t>
       </w:r>
       <w:r w:rsidR="00084556" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
@@ -11291,58 +11781,74 @@
         </w:rPr>
         <w:t xml:space="preserve">ost </w:t>
       </w:r>
       <w:r w:rsidR="00084556" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">eport. The </w:t>
       </w:r>
       <w:r w:rsidR="00422662" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Center</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> may also conduct </w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> may also</w:t>
+      </w:r>
+      <w:del w:id="102" w:author="Author">
+        <w:r w:rsidRPr="00DD21F5" w:rsidDel="00C040CA">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>, whenever possible,</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> conduct </w:t>
+      </w:r>
+      <w:ins w:id="103" w:author="Author">
+        <w:r w:rsidR="00C040CA">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve">desk audits or </w:t>
+        </w:r>
+      </w:ins>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">on-site </w:t>
       </w:r>
       <w:r w:rsidR="00084556" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ield </w:t>
       </w:r>
       <w:r w:rsidR="00084556" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
@@ -11450,65 +11956,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>General Cost Principles</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00DA4F07" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> be reimbursed, a cost must</w:t>
+        <w:t xml:space="preserve"> In order to be reimbursed, a cost must</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73430771" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="00DA4F07">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidR="00DA4F07" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -11632,65 +12124,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="1B3EC129" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="00DA4F07">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r w:rsidR="00DA4F07" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">be for goods and services </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> in the </w:t>
+        <w:t xml:space="preserve">be for goods and services actually provided in the </w:t>
       </w:r>
       <w:r w:rsidR="00084556" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">esident </w:t>
       </w:r>
       <w:r w:rsidR="00084556" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
@@ -11742,63 +12220,55 @@
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> under the principle that the substance of the transaction must prevail over form; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="741996F1" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="00DA4F07">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5. </w:t>
       </w:r>
       <w:r w:rsidR="00DA4F07" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> paid by the </w:t>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">actually be paid by the </w:t>
       </w:r>
       <w:r w:rsidR="00084556" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>rovider. Examples of costs that are not considered paid for purposes of reimbursement include, but are not limited to</w:t>
       </w:r>
       <w:r w:rsidR="007E1ECD" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> costs that are discharged in bankruptcy; forgiven; converted to a promissory note; and accruals of self-insured costs based on actuarial estimates; and</w:t>
       </w:r>
@@ -11828,65 +12298,51 @@
         </w:rPr>
         <w:t xml:space="preserve">not be paid to a </w:t>
       </w:r>
       <w:r w:rsidR="00084556" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">elated </w:t>
       </w:r>
       <w:r w:rsidR="00084556" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">arty that has not been identified </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> the </w:t>
+        <w:t xml:space="preserve">arty that has not been identified on the </w:t>
       </w:r>
       <w:r w:rsidR="00084556" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>eports.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38E2725E" w14:textId="59432FCE" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="00326860">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -12063,65 +12519,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B1626C" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>ecovery of expense items, that is, expenses that are reduced or eliminated by applicable income including</w:t>
       </w:r>
       <w:r w:rsidR="00284B88" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> but not limited to, rental of quarters to employees and others, income from meals sold to </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> other than </w:t>
+        <w:t xml:space="preserve"> but not limited to, rental of quarters to employees and others, income from meals sold to persons other than </w:t>
       </w:r>
       <w:r w:rsidR="00084556" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>esidents, telephone income, vending machine income</w:t>
       </w:r>
       <w:r w:rsidR="002B52EE" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and medical records income. Vending machine income will be recovered against the </w:t>
       </w:r>
@@ -12434,65 +12876,51 @@
         </w:rPr>
         <w:t>f.</w:t>
       </w:r>
       <w:r w:rsidR="003617FC" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001936BB" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ny amounts </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> any schedule or limitation contained in </w:t>
+        <w:t xml:space="preserve">ny amounts in excess of any schedule or limitation contained in </w:t>
       </w:r>
       <w:r w:rsidR="00224FE8" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="005E3321" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1 CMR </w:t>
       </w:r>
@@ -12658,91 +13086,63 @@
         </w:rPr>
         <w:t xml:space="preserve"> may reverse the adjustment and include that cost, if otherwise allowable, in the applicable prospective rates. Except</w:t>
       </w:r>
       <w:r w:rsidR="00A8703B">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00895164" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>for costs</w:t>
       </w:r>
       <w:r w:rsidR="00025970" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> that are not allowable as described at 101 CMR 204.03(2)(c)</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, a cost must </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> paid by the </w:t>
+        <w:t xml:space="preserve">, a cost must actually be paid by the </w:t>
       </w:r>
       <w:r w:rsidR="00084556" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">rovider </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> be reimbursable. Examples of costs that are not considered paid for purposes of reimbursement include, but are not limited to, costs that are discharged in bankruptcy; costs that are forgiven; costs that are converted to a promissory note; and accruals of self</w:t>
+        <w:t>rovider in order to be reimbursable. Examples of costs that are not considered paid for purposes of reimbursement include, but are not limited to, costs that are discharged in bankruptcy; costs that are forgiven; costs that are converted to a promissory note; and accruals of self</w:t>
       </w:r>
       <w:r w:rsidR="008E08FD" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>insured costs that are based on actuarial estimates</w:t>
       </w:r>
       <w:r w:rsidR="001936BB" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39CDF1C1" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="00DA4F07">
       <w:pPr>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:sz w:val="22"/>
@@ -13275,69 +13675,61 @@
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>ublicly</w:t>
       </w:r>
       <w:r w:rsidR="00354AEA" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00084556" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ided </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00084556" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>esidents</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> and the average rate charged private residents corresponding to the </w:t>
+        <w:t xml:space="preserve">esidents and the average rate charged private residents corresponding to the </w:t>
       </w:r>
       <w:r w:rsidR="00084556" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ase </w:t>
       </w:r>
       <w:r w:rsidR="00084556" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ear above. </w:t>
       </w:r>
@@ -14427,51 +14819,51 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ariable </w:t>
       </w:r>
       <w:r w:rsidR="00615D0A" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">osts. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40084809" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18C065E7" w14:textId="6BB4876B" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1">
+    <w:p w14:paraId="18C065E7" w14:textId="50F21E3C" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>(2)</w:t>
       </w:r>
       <w:r w:rsidR="00DA4F07" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
@@ -14679,56 +15071,66 @@
       </w:r>
       <w:r w:rsidR="00615D0A" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">esident </w:t>
       </w:r>
       <w:r w:rsidR="00615D0A" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ays or </w:t>
       </w:r>
-      <w:r w:rsidR="00B818D0">
-[...4 lines deleted...]
-      </w:r>
+      <w:ins w:id="104" w:author="Author">
+        <w:r w:rsidR="00B818D0">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>87</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="105" w:author="Author">
+        <w:r w:rsidR="00A17C66" w:rsidRPr="00DD21F5" w:rsidDel="00B818D0">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>90</w:delText>
+        </w:r>
+      </w:del>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">% of the </w:t>
       </w:r>
       <w:r w:rsidR="00615D0A" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ean </w:t>
       </w:r>
       <w:r w:rsidR="00615D0A" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
@@ -14835,78 +15237,88 @@
       </w:r>
       <w:r w:rsidR="00615D0A" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">roprietors, </w:t>
       </w:r>
       <w:r w:rsidR="00422662" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>EOHHS</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> will include an imputed amount of $</w:t>
       </w:r>
-      <w:r w:rsidR="00B818D0">
-[...4 lines deleted...]
-      </w:r>
+      <w:del w:id="106" w:author="Author">
+        <w:r w:rsidR="00F36901" w:rsidDel="00B818D0">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>121,380</w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="107" w:author="Author">
+        <w:r w:rsidR="00B818D0">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>114,622</w:t>
+        </w:r>
+      </w:ins>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for the personal services of an owner</w:t>
       </w:r>
       <w:r w:rsidR="00B00243" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28120039" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="559F521D" w14:textId="54D3D4A7" w:rsidR="002A36DB" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="002A36DB">
+    <w:p w14:paraId="559F521D" w14:textId="7C01518B" w:rsidR="002A36DB" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="002A36DB">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00A91EB0" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00DA4F07" w:rsidRPr="00DD21F5">
@@ -14966,80 +15378,100 @@
       </w:r>
       <w:r w:rsidR="00615D0A" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">djustment </w:t>
       </w:r>
       <w:r w:rsidR="00615D0A" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">actor of </w:t>
       </w:r>
-      <w:r w:rsidR="00B818D0">
-[...4 lines deleted...]
-      </w:r>
+      <w:ins w:id="108" w:author="Author">
+        <w:r w:rsidR="00B818D0">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>8.78</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="109" w:author="Author">
+        <w:r w:rsidR="00F36901" w:rsidDel="00B818D0">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>6.98</w:delText>
+        </w:r>
+      </w:del>
       <w:r w:rsidR="00C747E1" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidR="00637ACB" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00B818D0">
-[...4 lines deleted...]
-      </w:r>
+      <w:ins w:id="110" w:author="Author">
+        <w:r w:rsidR="00B818D0">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="111" w:author="Author">
+        <w:r w:rsidR="00F36901" w:rsidDel="00B818D0">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>2</w:delText>
+        </w:r>
+      </w:del>
       <w:r w:rsidR="00637ACB" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00615D0A" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ase </w:t>
       </w:r>
       <w:r w:rsidR="00615D0A" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
@@ -15048,65 +15480,51 @@
         </w:rPr>
         <w:t xml:space="preserve">ear </w:t>
       </w:r>
       <w:r w:rsidR="00615D0A" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">osts. If there has been a </w:t>
       </w:r>
       <w:r w:rsidR="00615D0A" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">hange </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">hange of </w:t>
       </w:r>
       <w:r w:rsidR="00615D0A" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">wnership in the </w:t>
       </w:r>
       <w:r w:rsidR="00615D0A" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ase </w:t>
       </w:r>
@@ -15193,51 +15611,51 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">djustment </w:t>
       </w:r>
       <w:r w:rsidR="00987A47" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>actor to reflect the number of months from the midpoint of the new owner’s reporting period to the midpoint of the prospective rate period.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C1E0058" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="060019B2" w14:textId="5D91E5EE" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1">
+    <w:p w14:paraId="060019B2" w14:textId="42F66693" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00A91EB0" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00DA4F07" w:rsidRPr="00DD21F5">
@@ -15352,56 +15770,66 @@
       <w:r w:rsidR="00987A47" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ost </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>per diem</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or $</w:t>
       </w:r>
-      <w:r w:rsidR="00B818D0">
-[...4 lines deleted...]
-      </w:r>
+      <w:del w:id="112" w:author="Author">
+        <w:r w:rsidR="00F36901" w:rsidDel="00B818D0">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>165.93</w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="113" w:author="Author">
+        <w:r w:rsidR="00B818D0">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>195.74</w:t>
+        </w:r>
+      </w:ins>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="005C055A" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">which is further </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">adjusted by the </w:t>
       </w:r>
       <w:r w:rsidR="00987A47" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
@@ -15730,65 +16158,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Staff Training Expenses</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00DA4F07" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>The net cost, which is the cost of required staff training activities</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> any reimbursement from grants, tuition, specific donations, employee contributions, or other sources is included, only if the training is</w:t>
+        <w:t>The net cost, which is the cost of required staff training activities less any reimbursement from grants, tuition, specific donations, employee contributions, or other sources is included, only if the training is</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="438659B5" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="00DA4F07">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidR="00DA4F07" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -16009,295 +16423,272 @@
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="006431D1" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> The reasonable and necessary expense of newspaper or other public media advertisements for the purpose of hiring necessary employees. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60B2713D" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="006431D1">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>(e)</w:t>
       </w:r>
       <w:r w:rsidR="006431D1" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Generally Available Employee</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Generally Available Employee Benefits</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="006431D1" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The extent of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00987A47" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>acility's contribution to the cost of generally</w:t>
+      </w:r>
+      <w:r w:rsidR="0038667C" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">available fringe benefits are included so long as they are nondiscriminatory. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38AF0FA5" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="006431D1">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>(f)</w:t>
+      </w:r>
+      <w:r w:rsidR="006431D1" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Benefits</w:t>
+        <w:t>Membership Dues</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="006431D1" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The extent of the </w:t>
+        <w:t>Reasonable and necessary membership dues are included if the organization</w:t>
+      </w:r>
+      <w:r w:rsidR="007E71C7" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s function and purpose are directly related to the development and operation of the </w:t>
       </w:r>
       <w:r w:rsidR="00987A47" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>acility's contribution to the cost of generally</w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="38AF0FA5" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="006431D1">
+        <w:t xml:space="preserve">acility and providing adequate </w:t>
+      </w:r>
+      <w:r w:rsidR="00987A47" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">esident care. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EF808A8" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="006431D1">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>(f)</w:t>
+        <w:t xml:space="preserve">(g) </w:t>
       </w:r>
       <w:r w:rsidR="006431D1" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Membership Dues</w:t>
+        <w:t>Services of Volunteer Workers</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="006431D1" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Reasonable and necessary membership dues are included if the organization</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">s function and purpose are directly related to the development and operation of the </w:t>
+        <w:t xml:space="preserve">Services performed under an agreement between the organization and the </w:t>
       </w:r>
       <w:r w:rsidR="00987A47" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>f</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">acility and providing adequate </w:t>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rovider for the performance of the services without direct payment. The value of services normally provided on a voluntary basis, such as distribution of magazines and newspapers to </w:t>
       </w:r>
       <w:r w:rsidR="00987A47" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">esident care. </w:t>
-[...82 lines deleted...]
-        <w:t xml:space="preserve"> in positions customarily held by paid employees, performing such services on a regular basis as unpaid members of religious or other organizations, is allowable as a variable cost if</w:t>
+        <w:t>esidents, does not constitute a reasonable variable cost. The net value of services for unpaid persons in positions customarily held by paid employees, performing such services on a regular basis as unpaid members of religious or other organizations, is allowable as a variable cost if</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C70D517" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="006431D1">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidR="006431D1" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00354AEA" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -16987,79 +17378,51 @@
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidR="006431D1" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003617FC" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006431D1" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">the claimed expenses are costs incurred on current </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> payroll</w:t>
+        <w:t>the claimed expenses are costs incurred on current year payroll and do not include payments for prior year payroll</w:t>
       </w:r>
       <w:r w:rsidR="006431D1" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77B0F5DD" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="006431D1">
       <w:pPr>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -17764,51 +18127,51 @@
         </w:rPr>
         <w:t xml:space="preserve">ear. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58D7F4ED" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6FDC0A40" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="005C055A">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>(2</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="_Hlk209175964"/>
+      <w:bookmarkStart w:id="114" w:name="_Hlk209175964"/>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="006431D1" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Allowable Basis of Fixed Assets</w:t>
       </w:r>
@@ -18527,51 +18890,51 @@
       <w:r w:rsidR="006C3DAD" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mprovements will become part of the new owner’s allowable basis of </w:t>
       </w:r>
       <w:r w:rsidR="006C3DAD" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>uilding.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p w14:paraId="44F7CB59" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="006431D1">
       <w:pPr>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">d. </w:t>
       </w:r>
       <w:r w:rsidR="006431D1" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">If the amount of actual depreciation allowed in a prior year is not known, the buyer must furnish the information to the </w:t>
       </w:r>
@@ -18809,65 +19172,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Forgiveness of Debt</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003617FC" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Where, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> a </w:t>
+        <w:t xml:space="preserve"> Where, subsequent to a </w:t>
       </w:r>
       <w:r w:rsidR="006C3DAD" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">hange of </w:t>
       </w:r>
       <w:r w:rsidR="006C3DAD" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">wnership, the transferor forgives or reduces the debt of the transferee, such forgiveness or reduction of debt </w:t>
       </w:r>
@@ -20639,301 +20988,255 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="006431D1" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Depreciation </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DD21F5">
+        <w:t>Depreciation on Assets</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="006431D1" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00132C33" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>EOHHS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will limit the annual amount of depreciation on transferred assets to the seller</w:t>
+      </w:r>
+      <w:r w:rsidR="008E08FD" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>s annual allowed depreciation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="169B0E07" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1">
+      <w:pPr>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>on</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5575E96D" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="005C055A" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="006431D1" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Assets</w:t>
+        <w:t>Interest</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="006431D1" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidR="00C20284" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>acility’s rate will include reasonable and necessary interest expense determined as follows</w:t>
+      </w:r>
+      <w:r w:rsidR="006431D1" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4653697B" w14:textId="258049F3" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="006431D1">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00B630C2" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00A013A8" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Interest on Long</w:t>
+      </w:r>
+      <w:r w:rsidR="008E08FD" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00556FE4" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>erm Debt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A013A8" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00132C33" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>EOHHS</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> will limit the annual amount of depreciation on transferred assets to the seller</w:t>
-[...209 lines deleted...]
-        <w:t xml:space="preserve"> allowable long</w:t>
+        <w:t xml:space="preserve"> will include reasonable and necessary interest on allowable long</w:t>
       </w:r>
       <w:r w:rsidR="007E71C7" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>term debt, supported by depreciable fixed assets subject to 1</w:t>
       </w:r>
       <w:r w:rsidR="005E3321" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1 CMR </w:t>
       </w:r>
@@ -22423,1080 +22726,997 @@
         <w:t>EOHHS</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> will not reimburse the costs associated with the </w:t>
       </w:r>
       <w:r w:rsidR="008956DE" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>rovider’s rental expense.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56B8C792" w14:textId="77777777" w:rsidR="007B3F65" w:rsidRDefault="00D939F1" w:rsidP="00A013A8">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:rPr>
+          <w:ins w:id="115" w:author="Author"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>(c)</w:t>
       </w:r>
       <w:r w:rsidR="00A013A8" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Management Company</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Management Company Cost Report</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A013A8" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidR="008956DE" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rovider that claims management or central office expenses must file a separate management company </w:t>
+      </w:r>
+      <w:r w:rsidR="008956DE" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ost </w:t>
+      </w:r>
+      <w:r w:rsidR="008956DE" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eport </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4413" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with the Center </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for each entity for which it claims management or central office expense. If these costs are claimed for reimbursement, the </w:t>
+      </w:r>
+      <w:r w:rsidR="008956DE" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rovider must certify that costs are reasonable and necessary for the care of </w:t>
+      </w:r>
+      <w:r w:rsidR="008956DE" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ublicly</w:t>
+      </w:r>
+      <w:r w:rsidR="00256D1E" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008956DE" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ided </w:t>
+      </w:r>
+      <w:r w:rsidR="008956DE" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>esidents in Massachusetts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BE9B0BA" w14:textId="6172EECF" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="007B3F65" w:rsidP="00A013A8">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="116" w:author="Author">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve">(d) </w:t>
+        </w:r>
+        <w:r w:rsidR="00327D0D">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:u w:val="single"/>
+            <w:rPrChange w:id="117" w:author="Author">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>Financial Statements.</w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidR="00D939F1" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:ins w:id="118" w:author="Author">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Each provider must file any accompanying financial statements that most closely match the cost report year. </w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="7F2DD337" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C0CEABB" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>(2)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A013A8" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Cost Report</w:t>
+        <w:t>General Cost Reporting Requirements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3695C440" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="00A013A8">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>(a)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A013A8" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Accrual Method</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00A013A8" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">A </w:t>
+        <w:t>Providers must complete all required reports using the accrual method of accounting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A96AD8F" w14:textId="6FD52066" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="00A013A8">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>(b)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A013A8" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Documentation of Reported Costs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A013A8" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Providers must maintain accurate, detailed, and original financial records to substantiate reported costs for a period of at least five years following the submission of required reports or until the final resolution of any appeal involving a rate for the period covered by the report, whichever occurs later. Providers must maintain complete documentation of all of the financial transactions and census activity of the </w:t>
       </w:r>
       <w:r w:rsidR="008956DE" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>acility and affiliated entities including</w:t>
+      </w:r>
+      <w:r w:rsidR="00284B88" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but not limited to</w:t>
+      </w:r>
+      <w:r w:rsidR="00284B88" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the books, invoices, bank statements, canceled checks, payroll records, governmental filings</w:t>
+      </w:r>
+      <w:r w:rsidR="00F94696" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and any other records necessary to document the </w:t>
+      </w:r>
+      <w:r w:rsidR="008956DE" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">rovider that claims management or central office expenses must file a separate management company </w:t>
+        <w:t xml:space="preserve">rovider’s claim for reimbursement. Providers must be able to document expenses relating to affiliated entities for which reimbursement is claimed whether or not they are </w:t>
       </w:r>
       <w:r w:rsidR="008956DE" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">elated </w:t>
+      </w:r>
+      <w:r w:rsidR="008956DE" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>arties.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="718D0669" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="00A013A8">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(c) </w:t>
+      </w:r>
+      <w:r w:rsidR="00A013A8" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Fixed Asset Ledger</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="003617FC" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Providers must maintain a fixed asset ledger that clearly identifies each asset for which reimbursement is being claimed, including its location, the date of purchase, the cost, salvage value, accumulated depreciation, and the disposition of sold, lost</w:t>
+      </w:r>
+      <w:r w:rsidR="00F94696" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or fully depreciated assets.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A3BE494" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="00A013A8">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>(d)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A013A8" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Job Descriptions and Time Records</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A013A8" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Providers and management companies must maintain written job descriptions including time records, qualifications, duties, and responsibilities for all positions for which reimbursement is claimed. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4413" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>EOHHS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will not reimburse the salary and fringe benefits or the imputed amount for </w:t>
+      </w:r>
+      <w:r w:rsidR="008956DE" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ole </w:t>
+      </w:r>
+      <w:r w:rsidR="008956DE" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>roprietors as specified in 1</w:t>
+      </w:r>
+      <w:r w:rsidR="005C60A5" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 CMR </w:t>
+      </w:r>
+      <w:r w:rsidR="005C60A5" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.04(2) for any individual for which the </w:t>
+      </w:r>
+      <w:r w:rsidR="008956DE" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>rovider does not maintain a job description and time record.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76BCD41C" w14:textId="7D6A15E7" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="00A013A8">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(e) </w:t>
+      </w:r>
+      <w:r w:rsidR="00A013A8" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Other Cost Reporting Requirements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="452227EA" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="00A013A8">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A013A8" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Expenses that Generate Income</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A013A8" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Providers must identify the expense accounts that generate income. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4413" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>EOHHS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will offset reported ancillary income if the </w:t>
+      </w:r>
+      <w:r w:rsidR="008956DE" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>rovider does not identify the associated expense account.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A620BA8" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="00A013A8">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A013A8" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Laundry Expense</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A013A8" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Providers must separately identify the expense associated with laundry services not provided to all </w:t>
+      </w:r>
+      <w:r w:rsidR="008956DE" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>esidents. Providers may not claim reimbursement for such expense.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E660918" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="00A013A8">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A013A8" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Fixed Costs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B77A820" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="00A013A8">
+      <w:pPr>
+        <w:ind w:left="1800"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>a.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A013A8" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Providers must allocate all </w:t>
+      </w:r>
+      <w:r w:rsidR="008956DE" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ixed </w:t>
+      </w:r>
+      <w:r w:rsidR="008956DE" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ost </w:t>
+        <w:t xml:space="preserve">osts, except </w:t>
       </w:r>
       <w:r w:rsidR="008956DE" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>r</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">for each entity for which it claims management or central office expense. If these costs are claimed for reimbursement, the </w:t>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">quipment, on the basis of square footage. Providers may elect to specifically identify </w:t>
       </w:r>
       <w:r w:rsidR="008956DE" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">quipment related to the </w:t>
+      </w:r>
+      <w:r w:rsidR="008956DE" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">acility. The </w:t>
+      </w:r>
+      <w:r w:rsidR="008956DE" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">rovider must certify that costs are reasonable and necessary for the care of </w:t>
+        <w:t xml:space="preserve">rovider must document each piece of </w:t>
       </w:r>
       <w:r w:rsidR="008956DE" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">quipment in the fixed asset ledger. If a </w:t>
+      </w:r>
+      <w:r w:rsidR="008956DE" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>ublicly</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">rovider elects not to identify </w:t>
       </w:r>
       <w:r w:rsidR="008956DE" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">ided </w:t>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">quipment, it must allocate </w:t>
       </w:r>
       <w:r w:rsidR="008956DE" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>r</w:t>
-[...732 lines deleted...]
-        </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">quipment, </w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve"> square footage.</w:t>
+        <w:t>quipment on the basis of square footage.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58799543" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="00A013A8">
       <w:pPr>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidR="00A013A8" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="003617FC" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -25273,65 +25493,51 @@
         </w:rPr>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidR="00433B90" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ricing </w:t>
       </w:r>
       <w:r w:rsidR="00433B90" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">roup may grant a request for an extension of the filing due date for a maximum of 30 calendar days. </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> receive an extension, the </w:t>
+        <w:t xml:space="preserve">roup may grant a request for an extension of the filing due date for a maximum of 30 calendar days. In order to receive an extension, the </w:t>
       </w:r>
       <w:r w:rsidR="00433B90" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">rovider must </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79696646" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="00A4500F">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -25665,51 +25871,51 @@
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Additional Information</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00A4500F" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_Hlk180484639"/>
+      <w:bookmarkStart w:id="119" w:name="_Hlk180484639"/>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00AC4413" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Center</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> may require the </w:t>
       </w:r>
       <w:r w:rsidR="00AD191D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
@@ -25828,51 +26034,51 @@
       </w:r>
       <w:r w:rsidR="00433B90" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">elated </w:t>
       </w:r>
       <w:r w:rsidR="00433B90" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>arty</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="119"/>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2696F699" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="087F1F48" w14:textId="7E7DA987" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -25958,65 +26164,51 @@
         </w:rPr>
         <w:t xml:space="preserve">eports by the due date, </w:t>
       </w:r>
       <w:r w:rsidR="009C2B94" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>EOHHS</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> may reduce the </w:t>
       </w:r>
       <w:r w:rsidR="00433B90" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">rovider’s rate for current services by 5% on the day following the date the submission is due and 5% for each month of noncompliance thereafter. The reduction accrues cumulatively such that the rate reduction equals 5% for the first month late, 10% for the second month late, and so on. The reduction will be reversed </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> on the date the </w:t>
+        <w:t xml:space="preserve">rovider’s rate for current services by 5% on the day following the date the submission is due and 5% for each month of noncompliance thereafter. The reduction accrues cumulatively such that the rate reduction equals 5% for the first month late, 10% for the second month late, and so on. The reduction will be reversed effective on the date the </w:t>
       </w:r>
       <w:r w:rsidR="00433B90" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ost </w:t>
       </w:r>
       <w:r w:rsidR="00433B90" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">eports are filed. </w:t>
       </w:r>
@@ -27735,103 +27927,75 @@
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>fter the Base Year</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  If a </w:t>
       </w:r>
       <w:r w:rsidR="00C20284" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">rovider </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> after the </w:t>
+        <w:t xml:space="preserve">rovider closed after the </w:t>
       </w:r>
       <w:r w:rsidR="00C20284" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ase </w:t>
       </w:r>
       <w:r w:rsidR="00C20284" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ear and subsequently </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">ear and subsequently reopened, </w:t>
       </w:r>
       <w:r w:rsidR="00A81F88" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>EOHHS</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> will use the </w:t>
       </w:r>
       <w:r w:rsidR="00C20284" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ase </w:t>
       </w:r>
@@ -28883,65 +29047,51 @@
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00A4500F" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00AD191D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">rovider may petition for recognition of increased depreciation and interest expense </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> the expenditure. The </w:t>
+        <w:t xml:space="preserve">rovider may petition for recognition of increased depreciation and interest expense as a result of the expenditure. The </w:t>
       </w:r>
       <w:r w:rsidR="00AD191D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">rovider may not petition for </w:t>
       </w:r>
       <w:r w:rsidR="00AD191D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ortgage </w:t>
       </w:r>
@@ -28957,68 +29107,54 @@
         </w:rPr>
         <w:t xml:space="preserve">cquisition </w:t>
       </w:r>
       <w:r w:rsidR="00AD191D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>osts</w:t>
       </w:r>
       <w:r w:rsidR="008771A3" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">or increased operating costs </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="000AA209" w14:textId="5CA1591D" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="00A4500F">
+        <w:t>or increased operating costs as a result of the expenditure.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000AA209" w14:textId="6F5052FC" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="00A4500F">
       <w:pPr>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">b. </w:t>
       </w:r>
       <w:r w:rsidR="00A4500F" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Expenditures </w:t>
       </w:r>
@@ -29058,80 +29194,130 @@
       </w:r>
       <w:r w:rsidR="00A4500F" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">For </w:t>
       </w:r>
       <w:r w:rsidR="00AD191D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mprovements, the expenditure amount must be at least 1.5 times the </w:t>
       </w:r>
-      <w:r w:rsidR="00DE5461" w:rsidRPr="00E172C3">
-[...28 lines deleted...]
-      </w:r>
+      <w:ins w:id="120" w:author="Author">
+        <w:r w:rsidR="00DE5461" w:rsidRPr="00E172C3">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>end</w:t>
+        </w:r>
+        <w:r w:rsidR="00FC2E6D" w:rsidRPr="00E172C3">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+        <w:del w:id="121" w:author="Author">
+          <w:r w:rsidR="00DE5461" w:rsidRPr="00E172C3" w:rsidDel="00FC2E6D">
+            <w:rPr>
+              <w:sz w:val="22"/>
+            </w:rPr>
+            <w:delText xml:space="preserve"> </w:delText>
+          </w:r>
+        </w:del>
+        <w:r w:rsidR="00DE5461" w:rsidRPr="00E172C3">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>of</w:t>
+        </w:r>
+        <w:r w:rsidR="00FC2E6D" w:rsidRPr="00E172C3">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+        <w:del w:id="122" w:author="Author">
+          <w:r w:rsidR="00DE5461" w:rsidRPr="00E172C3" w:rsidDel="00FC2E6D">
+            <w:rPr>
+              <w:sz w:val="22"/>
+            </w:rPr>
+            <w:delText xml:space="preserve"> </w:delText>
+          </w:r>
+        </w:del>
+        <w:r w:rsidR="00DE5461" w:rsidRPr="00E172C3">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve">year basis </w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="123" w:author="Author">
+        <w:r w:rsidRPr="00E172C3" w:rsidDel="00DE5461">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText xml:space="preserve">allowable annual </w:delText>
+        </w:r>
+        <w:r w:rsidR="00AD191D" w:rsidRPr="00E172C3" w:rsidDel="00DE5461">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>b</w:delText>
+        </w:r>
+        <w:r w:rsidRPr="00E172C3" w:rsidDel="00DE5461">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText xml:space="preserve">ase </w:delText>
+        </w:r>
+        <w:r w:rsidR="00AD191D" w:rsidRPr="00E172C3" w:rsidDel="00DE5461">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>y</w:delText>
+        </w:r>
+        <w:r w:rsidRPr="00E172C3" w:rsidDel="00DE5461">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText xml:space="preserve">ear depreciation expense </w:delText>
+        </w:r>
+      </w:del>
       <w:r w:rsidRPr="00E172C3">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
       <w:r w:rsidR="00AD191D" w:rsidRPr="00E172C3">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00E172C3">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">uilding, </w:t>
       </w:r>
       <w:r w:rsidR="00AD191D" w:rsidRPr="00E172C3">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00E172C3">
@@ -29178,140 +29364,216 @@
       </w:r>
       <w:r w:rsidR="00E25278" w:rsidRPr="00E172C3">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00E172C3">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ssets. For </w:t>
       </w:r>
       <w:r w:rsidR="00441FB0" w:rsidRPr="00E172C3">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00E172C3">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">quipment, the expenditure amount must be at least 1.5 times the </w:t>
       </w:r>
-      <w:r w:rsidR="00DE5461" w:rsidRPr="00E172C3">
-[...28 lines deleted...]
-      </w:r>
+      <w:del w:id="124" w:author="Author">
+        <w:r w:rsidRPr="00E172C3" w:rsidDel="00DE5461">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText xml:space="preserve">allowable </w:delText>
+        </w:r>
+        <w:r w:rsidR="00C110DC" w:rsidRPr="00E172C3" w:rsidDel="00DE5461">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>b</w:delText>
+        </w:r>
+        <w:r w:rsidRPr="00E172C3" w:rsidDel="00DE5461">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText xml:space="preserve">ase </w:delText>
+        </w:r>
+        <w:r w:rsidR="00C110DC" w:rsidRPr="00E172C3" w:rsidDel="00DE5461">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>y</w:delText>
+        </w:r>
+        <w:r w:rsidRPr="00E172C3" w:rsidDel="00DE5461">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText>ear depreciation</w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="125" w:author="Author">
+        <w:r w:rsidR="00DE5461" w:rsidRPr="00E172C3">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>end</w:t>
+        </w:r>
+        <w:r w:rsidR="00FC2E6D" w:rsidRPr="00E172C3">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+        <w:del w:id="126" w:author="Author">
+          <w:r w:rsidR="00DE5461" w:rsidRPr="00E172C3" w:rsidDel="00FC2E6D">
+            <w:rPr>
+              <w:sz w:val="22"/>
+            </w:rPr>
+            <w:delText xml:space="preserve"> </w:delText>
+          </w:r>
+        </w:del>
+        <w:r w:rsidR="00DE5461" w:rsidRPr="00E172C3">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>of</w:t>
+        </w:r>
+        <w:r w:rsidR="00FC2E6D" w:rsidRPr="00E172C3">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+        <w:del w:id="127" w:author="Author">
+          <w:r w:rsidR="00DE5461" w:rsidRPr="00E172C3" w:rsidDel="00FC2E6D">
+            <w:rPr>
+              <w:sz w:val="22"/>
+            </w:rPr>
+            <w:delText xml:space="preserve"> </w:delText>
+          </w:r>
+        </w:del>
+        <w:r w:rsidR="00DE5461" w:rsidRPr="00E172C3">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>year basis</w:t>
+        </w:r>
+      </w:ins>
       <w:r w:rsidRPr="00E172C3">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r w:rsidR="00C110DC" w:rsidRPr="00E172C3">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00E172C3">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>quipment.</w:t>
       </w:r>
-      <w:r w:rsidR="001A2499" w:rsidRPr="00E172C3">
-[...40 lines deleted...]
-      </w:r>
+      <w:del w:id="128" w:author="Author">
+        <w:r w:rsidRPr="00E172C3" w:rsidDel="00207CFB">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:delText xml:space="preserve"> </w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="129" w:author="Author">
+        <w:r w:rsidR="001A2499" w:rsidRPr="00E172C3">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> A facility’s end</w:t>
+        </w:r>
+        <w:r w:rsidR="00FC2E6D" w:rsidRPr="00E172C3">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+        <w:del w:id="130" w:author="Author">
+          <w:r w:rsidR="001A2499" w:rsidRPr="00E172C3" w:rsidDel="00FC2E6D">
+            <w:rPr>
+              <w:sz w:val="22"/>
+            </w:rPr>
+            <w:delText xml:space="preserve"> </w:delText>
+          </w:r>
+        </w:del>
+        <w:r w:rsidR="001A2499" w:rsidRPr="00E172C3">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>of</w:t>
+        </w:r>
+        <w:r w:rsidR="00FC2E6D" w:rsidRPr="00E172C3">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+        <w:del w:id="131" w:author="Author">
+          <w:r w:rsidR="001A2499" w:rsidRPr="00E172C3" w:rsidDel="00FC2E6D">
+            <w:rPr>
+              <w:sz w:val="22"/>
+            </w:rPr>
+            <w:delText xml:space="preserve"> </w:delText>
+          </w:r>
+        </w:del>
+        <w:r w:rsidR="001A2499" w:rsidRPr="00E172C3">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve">year basis is </w:t>
+        </w:r>
+        <w:r w:rsidR="00AB34FB" w:rsidRPr="00E172C3">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>their starting allowable basis for that year, plus any additions and</w:t>
+        </w:r>
+        <w:r w:rsidR="00AB34FB">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> minus any deletions experienced in that year.</w:t>
+        </w:r>
+      </w:ins>
     </w:p>
     <w:p w14:paraId="32F6E1A7" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="00A4500F">
       <w:pPr>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>c.</w:t>
       </w:r>
       <w:r w:rsidR="00A4500F" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -29379,91 +29641,63 @@
         </w:rPr>
         <w:t xml:space="preserve">eed approval, the </w:t>
       </w:r>
       <w:r w:rsidR="00AD191D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">rovider may petition for an adjustment after the Department has determined that need exists for the project and after the time for making an appeal to the Health Facilities Appeals Board has expired or all administrative and judicial reviews of the Department’s determination have been concluded. The </w:t>
       </w:r>
       <w:r w:rsidR="00AD191D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">rovider may petition for an adjustment before the Department has </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> on the project if the Commissioner of Public Health requests that </w:t>
+        <w:t xml:space="preserve">rovider may petition for an adjustment before the Department has made a determination on the project if the Commissioner of Public Health requests that </w:t>
       </w:r>
       <w:r w:rsidR="00A81F88" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>EOHHS</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> determine the appropriate amount of </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> before a </w:t>
+        <w:t xml:space="preserve"> determine the appropriate amount of an adjustment before a </w:t>
       </w:r>
       <w:r w:rsidR="00AD191D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">etermination of </w:t>
       </w:r>
       <w:r w:rsidR="00AD191D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">eed is made with respect to the </w:t>
       </w:r>
@@ -29488,67 +29722,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>d.</w:t>
       </w:r>
       <w:r w:rsidR="00A4500F" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Limitation </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Capital</w:t>
+        <w:t>Limitation on Capital</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00A4500F" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The maximum amount </w:t>
       </w:r>
       <w:r w:rsidR="00675BA1" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">allowed for </w:t>
       </w:r>
@@ -30388,91 +30606,63 @@
         </w:rPr>
         <w:t xml:space="preserve">rovider. In measuring the financial stability of the </w:t>
       </w:r>
       <w:r w:rsidR="00AD191D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">rovider, </w:t>
       </w:r>
       <w:r w:rsidR="00715ECB" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>EOHHS</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> will consider </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> the </w:t>
+        <w:t xml:space="preserve"> will consider all of the </w:t>
       </w:r>
       <w:r w:rsidR="00AD191D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">rovider’s </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> and revenues.</w:t>
+        <w:t>rovider’s expenditures and revenues.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="256100D5" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="00A4500F">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
       <w:r w:rsidR="00A4500F" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
@@ -30511,65 +30701,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="1569B530" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="00A4500F">
       <w:pPr>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a. </w:t>
       </w:r>
       <w:r w:rsidR="00A4500F" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The receiver must submit detailed invoices that document the hours </w:t>
-[...13 lines deleted...]
-        <w:t>, a brief description of each activity</w:t>
+        <w:t>The receiver must submit detailed invoices that document the hours expended, a brief description of each activity</w:t>
       </w:r>
       <w:r w:rsidR="00466131" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the hourly rate. </w:t>
       </w:r>
       <w:r w:rsidR="00715ECB" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>EOHHS</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> will limit the reimbursement to the reasonable and necessary cost to safeguard the health, safety</w:t>
       </w:r>
@@ -30641,65 +30817,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> and $1,500 for each 30</w:t>
       </w:r>
       <w:r w:rsidR="001E4925" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">day period thereafter. </w:t>
       </w:r>
       <w:r w:rsidR="00715ECB" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>EOHHS</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> may include additional receiver compensation if both the Department of Public Health and the Department of Transitional Assistance </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> additional compensation to the receiver due to unique circumstances. </w:t>
+        <w:t xml:space="preserve"> may include additional receiver compensation if both the Department of Public Health and the Department of Transitional Assistance approve additional compensation to the receiver due to unique circumstances. </w:t>
       </w:r>
       <w:r w:rsidR="00715ECB" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>EOHHS</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>, the Department, and the Department of Transitional Assistance will evaluate such requests for additional compensation for reasonableness.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A66393E" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="00326860">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -30724,65 +30886,51 @@
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00A4500F" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">If a </w:t>
       </w:r>
       <w:r w:rsidR="00C20284" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">acility is transferred during the first six months of the year </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> the </w:t>
+        <w:t xml:space="preserve">acility is transferred during the first six months of the year subsequent to the </w:t>
       </w:r>
       <w:r w:rsidR="00AD191D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ase </w:t>
       </w:r>
       <w:r w:rsidR="00AD191D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ear, the buyer may file a petition requesting that </w:t>
       </w:r>
@@ -30896,69 +31044,61 @@
       </w:r>
       <w:r w:rsidR="00AD191D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">eport is appropriate to reflect reasonable and necessary patient care costs. </w:t>
       </w:r>
       <w:r w:rsidR="00DD2713" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>EOHHS</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> will make the appropriate adjustments to reflect the use of a non-</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00AD191D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>ase</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">ase </w:t>
       </w:r>
       <w:r w:rsidR="00AD191D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ear </w:t>
       </w:r>
       <w:r w:rsidR="00AD191D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ost </w:t>
       </w:r>
@@ -31113,65 +31253,51 @@
         </w:rPr>
         <w:t xml:space="preserve">rovider must submit any other information that </w:t>
       </w:r>
       <w:r w:rsidR="00DD2713" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>EOHHS</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> requires within 30 days of the request. </w:t>
       </w:r>
       <w:r w:rsidR="00DD2713" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>EOHHS</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> will not </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> if the </w:t>
+        <w:t xml:space="preserve"> will not allow the petition if the </w:t>
       </w:r>
       <w:r w:rsidR="00AD191D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">rovider fails to timely submit the requested information.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="662429A9" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="00A4500F">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -31350,65 +31476,51 @@
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00DD2713" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Center</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> may require that the </w:t>
       </w:r>
       <w:r w:rsidR="00AD191D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">rovider demonstrate that the changes in costs have </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> and that the </w:t>
+        <w:t xml:space="preserve">rovider demonstrate that the changes in costs have actually occurred and that the </w:t>
       </w:r>
       <w:r w:rsidR="00A91FFA" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>year-end</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> cost report substantiates the financial condition stated in the petition. If the </w:t>
       </w:r>
       <w:r w:rsidR="00AD191D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">rovider fails to provide evidence of such costs within 45 days of the </w:t>
       </w:r>
@@ -31457,65 +31569,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Effective Date</w:t>
       </w:r>
       <w:r w:rsidR="00A4500F" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">An administrative adjustment will be effective </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> the later of the date the petition is filed with </w:t>
+        <w:t xml:space="preserve">An administrative adjustment will be effective on the later of the date the petition is filed with </w:t>
       </w:r>
       <w:r w:rsidR="00DD2713" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>EOHHS</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or the date on which the event that is the basis of the petition is completed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="678CEF7D" w14:textId="77777777" w:rsidR="00D31E2D" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1" w:rsidP="00A4500F">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -31686,65 +31784,51 @@
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00D939F1" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00A4500F" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0072464D" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00D939F1" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">he ability of the Department of Transitional Assistance to collect any </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> that may result from the petition. </w:t>
+        <w:t xml:space="preserve">he ability of the Department of Transitional Assistance to collect any overpayments that may result from the petition. </w:t>
       </w:r>
       <w:r w:rsidR="00DD2713" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>EOHHS</w:t>
       </w:r>
       <w:r w:rsidR="00D939F1" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> will notify the Department of Transitional Assistance of the petition.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27AE7578" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D31E2D" w:rsidP="00A4500F">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -32956,88 +33040,101 @@
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> administrative bulletin or other written issuance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F6C76E0" w14:textId="77777777" w:rsidR="00A20819" w:rsidRPr="00DD21F5" w:rsidRDefault="00A20819" w:rsidP="00A20819">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F1948C3" w14:textId="34E49862" w:rsidR="00A20819" w:rsidRPr="00DD21F5" w:rsidRDefault="00A20819" w:rsidP="00A20819">
+    <w:p w14:paraId="6F1948C3" w14:textId="53584046" w:rsidR="00A20819" w:rsidRPr="00DD21F5" w:rsidRDefault="00A20819" w:rsidP="00A20819">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">(3)  All resident care facilities, </w:t>
       </w:r>
-      <w:r w:rsidR="00A14AB1">
-[...16 lines deleted...]
-      </w:r>
+      <w:del w:id="132" w:author="Author">
+        <w:r w:rsidRPr="00DD21F5" w:rsidDel="00A14AB1">
+          <w:rPr>
+            <w:iCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:bidi="en-US"/>
+          </w:rPr>
+          <w:delText xml:space="preserve">including </w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="133" w:author="Author">
+        <w:r w:rsidR="00A14AB1">
+          <w:rPr>
+            <w:iCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:bidi="en-US"/>
+          </w:rPr>
+          <w:t>excluding</w:t>
+        </w:r>
+        <w:r w:rsidR="00A14AB1" w:rsidRPr="00DD21F5">
+          <w:rPr>
+            <w:iCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:bidi="en-US"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">facilities </w:t>
       </w:r>
       <w:r w:rsidR="008E6CC9" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">described </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
@@ -33075,256 +33172,216 @@
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> of each year and a final compliance report by September 1</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of each year. The interim report will be used to inform facilities if they are on track to meet the RCC-Q threshold in the reporting period. The final compliance report will be used </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DD21F5">
+        <w:t xml:space="preserve"> of each year. The interim report will be used to inform facilities if they are on track to meet the RCC-Q threshold in the reporting period. The final compliance report will be used for determining whether the facility met that threshold and whether a downward adjustment will be applied to the facility’s rate in the following rate year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3809556E" w14:textId="77777777" w:rsidR="00A20819" w:rsidRPr="00DD21F5" w:rsidRDefault="00A20819" w:rsidP="00A20819">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>for determining</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DD21F5">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="591F28B6" w14:textId="3C674A69" w:rsidR="00A20819" w:rsidRPr="00DD21F5" w:rsidRDefault="00A20819" w:rsidP="00A20819">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> whether the facility met that threshold and whether a downward adjustment will be applied to the facility’s rate in the </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+      </w:pPr>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>following rate</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DD21F5">
+        <w:t xml:space="preserve">(4) </w:t>
+      </w:r>
+      <w:r w:rsidR="00A36596" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> year.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3809556E" w14:textId="77777777" w:rsidR="00A20819" w:rsidRPr="00DD21F5" w:rsidRDefault="00A20819" w:rsidP="00A20819">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The downward adjustment to the rate will be applied in the following rate year to facilities that failed to meet the RCC-Q threshold or failed to submit the final report by the final compliance report due date. Such downward adjustment will be </w:t>
+      </w:r>
+      <w:r w:rsidR="006A1380" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>applied as follows</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F268D81" w14:textId="55CF7BDB" w:rsidR="006A1380" w:rsidRPr="00DD21F5" w:rsidRDefault="006A1380" w:rsidP="000E1FFB">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(a) </w:t>
+      </w:r>
+      <w:r w:rsidR="00994BD1" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For every 1% below the 80% RCC-Q threshold, a 0.5% downward adjustment will be applied to the facility’s rate. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DF9FBDA" w14:textId="12D6B8FF" w:rsidR="004373D4" w:rsidRPr="00DD21F5" w:rsidRDefault="006A1380" w:rsidP="004373D4">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>(b) The maximum downward adjustment calculated in accordance with 101 CMR 204.10(4)(a) may be no more than 5% of the facility’s rate. EOHHS may apply the maximum downward adjustment of 5% in the following rate year for facilities that fail to submit the final report by the due date established in 101 CMR 204.10(3).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B69C076" w14:textId="77777777" w:rsidR="00A20819" w:rsidRPr="00DD21F5" w:rsidRDefault="00A20819" w:rsidP="00A20819">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="591F28B6" w14:textId="3C674A69" w:rsidR="00A20819" w:rsidRPr="00DD21F5" w:rsidRDefault="00A20819" w:rsidP="00A20819">
+    <w:p w14:paraId="43092963" w14:textId="4B146620" w:rsidR="00A20819" w:rsidRPr="00DD21F5" w:rsidRDefault="00A20819" w:rsidP="00A20819">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="134" w:name="_Hlk86743685"/>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">(4) </w:t>
-[...128 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">(5)  </w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="_Hlk86740204"/>
+      <w:bookmarkStart w:id="135" w:name="_Hlk86740204"/>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Residential care facilities that have fewer than </w:t>
       </w:r>
       <w:r w:rsidR="00676184" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>1,700 SSI/SSP and EAEDC days (also known as DTA days), based on the most recent cost report data available to CHIA,</w:t>
       </w:r>
       <w:r w:rsidR="00676184" w:rsidRPr="00DD21F5" w:rsidDel="00676184">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
@@ -33391,1891 +33448,2219 @@
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">immediately </w:t>
       </w:r>
       <w:r w:rsidR="002E41B8" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>following the end of the particular state fiscal year</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>, will be exempt from the downward adjustment established at 101 CMR 204.10(4).</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="135"/>
       <w:r w:rsidR="00F762D2" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004373D4">
+      <w:ins w:id="136" w:author="Author">
+        <w:r w:rsidR="004373D4">
+          <w:rPr>
+            <w:iCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:bidi="en-US"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Residential care facilities that request and receive approval for a waiver </w:t>
+        </w:r>
+        <w:r w:rsidR="00F15F2D" w:rsidRPr="00E172C3">
+          <w:rPr>
+            <w:iCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:bidi="en-US"/>
+          </w:rPr>
+          <w:t>because</w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidR="0049360D" w:rsidRPr="00E172C3">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Residential care facilities that request and receive approval for a waiver </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F15F2D" w:rsidRPr="00E172C3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:ins w:id="137" w:author="Author">
+        <w:r w:rsidR="0049360D" w:rsidRPr="00E172C3">
+          <w:rPr>
+            <w:iCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:bidi="en-US"/>
+          </w:rPr>
+          <w:t>their</w:t>
+        </w:r>
+        <w:r w:rsidR="004373D4" w:rsidRPr="00E172C3">
+          <w:rPr>
+            <w:iCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:bidi="en-US"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> capital expenses exceed</w:t>
+        </w:r>
+        <w:r w:rsidR="001A3C26" w:rsidRPr="00E172C3">
+          <w:rPr>
+            <w:iCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:bidi="en-US"/>
+          </w:rPr>
+          <w:t>ed</w:t>
+        </w:r>
+        <w:r w:rsidR="004373D4" w:rsidRPr="00E172C3">
+          <w:rPr>
+            <w:iCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:bidi="en-US"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 10% of reported revenue will be exempt from the downward adjustment </w:t>
+        </w:r>
+        <w:r w:rsidR="002B50AE" w:rsidRPr="00E172C3">
+          <w:rPr>
+            <w:iCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:bidi="en-US"/>
+          </w:rPr>
+          <w:t>described</w:t>
+        </w:r>
+        <w:r w:rsidR="004373D4">
+          <w:rPr>
+            <w:iCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:bidi="en-US"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> at </w:t>
+        </w:r>
+        <w:r w:rsidR="004373D4" w:rsidRPr="00DD21F5">
+          <w:rPr>
+            <w:iCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:bidi="en-US"/>
+          </w:rPr>
+          <w:t xml:space="preserve">101 CMR 204.10(4). </w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidR="00F762D2" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>because</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0049360D" w:rsidRPr="00E172C3">
+        <w:t xml:space="preserve">For purposes of 101 CMR 204.10(5), the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B91429" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> their</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004373D4" w:rsidRPr="00E172C3">
+        <w:t>RCC-Q minimum</w:t>
+      </w:r>
+      <w:r w:rsidR="00175F9E" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> capital expenses exceed</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001A3C26" w:rsidRPr="00E172C3">
+        <w:t xml:space="preserve"> paid DTA days</w:t>
+      </w:r>
+      <w:r w:rsidR="00F762D2" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>ed</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004373D4" w:rsidRPr="00E172C3">
+        <w:t xml:space="preserve"> will be established by EOHHS by administrative bulletin or other written issuance.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:p w14:paraId="4180C3AD" w14:textId="23343A42" w:rsidR="004318A6" w:rsidRPr="00DD21F5" w:rsidRDefault="004318A6">
+      <w:pPr>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 10% of reported revenue will be exempt from the downward adjustment </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002B50AE" w:rsidRPr="00E172C3">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BDE5DB2" w14:textId="3271596F" w:rsidR="00A20819" w:rsidRDefault="00A20819" w:rsidP="00A20819">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>described</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004373D4">
+      </w:pPr>
+      <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> at </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004373D4" w:rsidRPr="00DD21F5">
+        <w:t xml:space="preserve">(6)  EOHHS may issue an administrative bulletin or other written issuance to clarify provisions of 101 CMR 204.10, and </w:t>
+      </w:r>
+      <w:r w:rsidR="00E23B79" w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">101 CMR 204.10(4). </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F762D2" w:rsidRPr="00DD21F5">
+        <w:t>as otherwise provided at 101 CMR 204.10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">For purposes of 101 CMR 204.10(5), the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B91429" w:rsidRPr="00DD21F5">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4276C020" w14:textId="77777777" w:rsidR="00924DBD" w:rsidRDefault="00924DBD" w:rsidP="00A20819">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>RCC-Q minimum</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00175F9E" w:rsidRPr="00DD21F5">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="418E7743" w14:textId="13A00E82" w:rsidR="00924DBD" w:rsidRDefault="00924DBD" w:rsidP="00A20819">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> paid DTA days</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F762D2" w:rsidRPr="00DD21F5">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> will be established by EOHHS by administrative bulletin or other written issuance.</w:t>
-[...4 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">(7)  EOHHS </w:t>
+      </w:r>
+      <w:r w:rsidR="008629A8">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:ind w:left="720"/>
+        <w:t xml:space="preserve">or the Center </w:t>
+      </w:r>
+      <w:r w:rsidR="00071A9C">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00DD21F5">
+        <w:t xml:space="preserve">may </w:t>
+      </w:r>
+      <w:r w:rsidR="00076B6F">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">(6)  EOHHS may issue an administrative bulletin or other written issuance to clarify provisions of 101 CMR 204.10, and </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E23B79" w:rsidRPr="00DD21F5">
+        <w:t xml:space="preserve">audit facilities or otherwise </w:t>
+      </w:r>
+      <w:r w:rsidR="00071A9C" w:rsidRPr="00071A9C">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>as otherwise provided at 101 CMR 204.10</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DD21F5">
+        <w:t>require the provider to submit data</w:t>
+      </w:r>
+      <w:r w:rsidR="00076B6F">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...5 lines deleted...]
-        <w:ind w:left="720"/>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00071A9C" w:rsidRPr="00071A9C">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:ind w:left="720"/>
+        <w:t>documentation</w:t>
+      </w:r>
+      <w:r w:rsidR="00076B6F">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00071A9C">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">(7)  EOHHS </w:t>
+        <w:t xml:space="preserve"> or other materials to </w:t>
       </w:r>
       <w:r w:rsidR="008629A8">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">or the Center </w:t>
+        <w:t xml:space="preserve">support or otherwise </w:t>
       </w:r>
       <w:r w:rsidR="00071A9C">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">may </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00076B6F">
+        <w:t>demonstrate costs as an audit of the RCC-Q reporting</w:t>
+      </w:r>
+      <w:r w:rsidR="000459E6">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">audit facilities or otherwise </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00071A9C" w:rsidRPr="00071A9C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000459E6" w:rsidRPr="00550C56">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>require the provider to submit data</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00076B6F">
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidR="00071A9C">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00071A9C" w:rsidRPr="00071A9C">
+        <w:t xml:space="preserve"> a facility submitted, or failed to submit, in accordance 101 CMR 204.10(3)</w:t>
+      </w:r>
+      <w:r w:rsidR="008629A8">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>documentation</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00076B6F">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00071A9C">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00071A9C">
+        <w:t xml:space="preserve"> or to confirm the validity of the RCC-Q</w:t>
+      </w:r>
+      <w:r w:rsidR="008629A8">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or other materials to </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008629A8">
+        <w:t xml:space="preserve"> determined pursuant to 101 CMR 204.10</w:t>
+      </w:r>
+      <w:r w:rsidR="00071A9C">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">support or otherwise </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00071A9C">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00071A9C" w:rsidRPr="00071A9C">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>demonstrate costs as an audit of the RCC-Q reporting</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000459E6">
+        <w:t xml:space="preserve">In addition, </w:t>
+      </w:r>
+      <w:r w:rsidR="008629A8">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000459E6" w:rsidRPr="00550C56">
+        <w:t>EOHHS</w:t>
+      </w:r>
+      <w:r w:rsidR="00071A9C" w:rsidRPr="00071A9C">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>that</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00071A9C">
+        <w:t xml:space="preserve"> may request additional information and data relating to the operations of the </w:t>
+      </w:r>
+      <w:r w:rsidR="0070340C">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a facility submitted, or failed to submit, in accordance 101 CMR 204.10(3)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008629A8">
+        <w:t>facility</w:t>
+      </w:r>
+      <w:r w:rsidR="00071A9C" w:rsidRPr="00071A9C">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00071A9C">
+        <w:t xml:space="preserve"> and any related </w:t>
+      </w:r>
+      <w:r w:rsidR="00071A9C" w:rsidRPr="00550C56">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or to confirm the validity of the RCC-Q</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008629A8">
+        <w:t>party</w:t>
+      </w:r>
+      <w:r w:rsidR="008629A8" w:rsidRPr="00550C56">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> determined pursuant to 101 CMR 204.10</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00071A9C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00010885" w:rsidRPr="00550C56">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00071A9C" w:rsidRPr="00071A9C">
+        <w:t>concerning</w:t>
+      </w:r>
+      <w:r w:rsidR="008629A8" w:rsidRPr="00550C56">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">In addition, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008629A8">
+        <w:t xml:space="preserve"> the RCC-Q in accordance with 101 CMR 204.10. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6568" w:rsidRPr="00550C56">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>EOHHS</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00071A9C" w:rsidRPr="00071A9C">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="008629A8" w:rsidRPr="00550C56">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> may request additional information and data relating to the operations of the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0070340C">
+        <w:t xml:space="preserve">fter </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6568" w:rsidRPr="00550C56">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>facility</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00071A9C" w:rsidRPr="00071A9C">
+        <w:t>this</w:t>
+      </w:r>
+      <w:r w:rsidR="008629A8" w:rsidRPr="00550C56">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and any related </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00071A9C" w:rsidRPr="00550C56">
+        <w:t xml:space="preserve"> audit, </w:t>
+      </w:r>
+      <w:r w:rsidR="00592EA0" w:rsidRPr="00550C56">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>party</w:t>
+        <w:t xml:space="preserve">if </w:t>
       </w:r>
       <w:r w:rsidR="008629A8" w:rsidRPr="00550C56">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00010885" w:rsidRPr="00550C56">
+        <w:t xml:space="preserve">EOHHS determines </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6568" w:rsidRPr="00550C56">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>concerning</w:t>
+        <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r w:rsidR="008629A8" w:rsidRPr="00550C56">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the RCC-Q in accordance with 101 CMR 204.10. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DD6568" w:rsidRPr="00550C56">
+        <w:t xml:space="preserve">the facility did not meet the RCC-Q threshold established pursuant to 101 CMR 204.10(1), but </w:t>
+      </w:r>
+      <w:r w:rsidR="00076B6F" w:rsidRPr="00550C56">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>A</w:t>
+        <w:t>the full and appropriate</w:t>
       </w:r>
       <w:r w:rsidR="008629A8" w:rsidRPr="00550C56">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">fter </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DD6568" w:rsidRPr="00550C56">
+        <w:t xml:space="preserve"> downward adjustment was not applied</w:t>
+      </w:r>
+      <w:r w:rsidR="00076B6F" w:rsidRPr="00550C56">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>this</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008629A8" w:rsidRPr="00550C56">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6568" w:rsidRPr="00550C56">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> audit, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00592EA0" w:rsidRPr="00550C56">
+        <w:t>to the applicable facility rates</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6568">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">if </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008629A8" w:rsidRPr="00550C56">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00076B6F">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">EOHHS determines </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DD6568" w:rsidRPr="00550C56">
+        <w:t>pursuant to 101 CMR 204.10(4)</w:t>
+      </w:r>
+      <w:r w:rsidR="008629A8">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">that </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008629A8" w:rsidRPr="00550C56">
+        <w:t>, EOHHS, in its sole authority and discretion, may</w:t>
+      </w:r>
+      <w:r w:rsidR="0070340C">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">the facility did not meet the RCC-Q threshold established pursuant to 101 CMR 204.10(1), but </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00076B6F" w:rsidRPr="00550C56">
+        <w:t xml:space="preserve"> apply one or more of the following actions, as appropriate</w:t>
+      </w:r>
+      <w:r w:rsidR="008629A8">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>the full and appropriate</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008629A8" w:rsidRPr="00550C56">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3898EC8B" w14:textId="15A54A76" w:rsidR="0070340C" w:rsidRDefault="0070340C">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="1080"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> downward adjustment was not applied</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00076B6F" w:rsidRPr="00550C56">
+        <w:pPrChange w:id="138" w:author="Author">
+          <w:pPr>
+            <w:suppressAutoHyphens/>
+            <w:ind w:left="1260"/>
+          </w:pPr>
+        </w:pPrChange>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DD6568" w:rsidRPr="00550C56">
+        <w:t>(a)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F537C0">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>to the applicable facility rates</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DD6568">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> apply the downward adjustment for the full or partial period of the rate year to which the downward adjustment should have been applied</w:t>
       </w:r>
       <w:r w:rsidR="00076B6F">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>pursuant to 101 CMR 204.10(4)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008629A8">
+        <w:t xml:space="preserve"> pursuant to 101 CMR 204.10(4)</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>, EOHHS, in its sole authority and discretion, may</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0070340C">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FC4803F" w14:textId="020563C2" w:rsidR="008629A8" w:rsidRDefault="008629A8">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="1080"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> apply one or more of the following actions, as appropriate</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008629A8">
+        <w:pPrChange w:id="139" w:author="Author">
+          <w:pPr>
+            <w:suppressAutoHyphens/>
+            <w:ind w:left="1260"/>
+          </w:pPr>
+        </w:pPrChange>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3898EC8B" w14:textId="15A54A76" w:rsidR="0070340C" w:rsidRDefault="0070340C" w:rsidP="00086035">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="0070340C">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00F537C0">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070340C">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">apply </w:t>
+      </w:r>
+      <w:r w:rsidR="00477CF2">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="0070340C">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">negative annualization adjustment </w:t>
+      </w:r>
+      <w:r w:rsidR="00477CF2">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>to one or more</w:t>
+      </w:r>
+      <w:r w:rsidR="0070340C">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prospective </w:t>
+      </w:r>
+      <w:r w:rsidR="00477CF2">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>payments</w:t>
+      </w:r>
+      <w:r w:rsidR="0070340C">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to account for the period the facility was paid at a rate</w:t>
+      </w:r>
+      <w:r w:rsidR="00477CF2">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to which</w:t>
+      </w:r>
+      <w:r w:rsidR="0070340C">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the downward adjustment should have been applied</w:t>
+      </w:r>
+      <w:r w:rsidR="00477CF2">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pursuant to 101 CMR 204.10(4)</w:t>
+      </w:r>
+      <w:r w:rsidR="0070340C">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DADF532" w14:textId="390E6BCD" w:rsidR="00AA1C3B" w:rsidRDefault="008629A8">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
+        <w:pPrChange w:id="140" w:author="Author">
+          <w:pPr>
+            <w:suppressAutoHyphens/>
+            <w:ind w:left="1260"/>
+          </w:pPr>
+        </w:pPrChange>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>(a)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F537C0">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="0070340C">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> apply the downward adjustment for the full or partial period of the rate year to which the downward adjustment should have been applied</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00076B6F">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F537C0">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pursuant to 101 CMR 204.10(4)</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3FC4803F" w14:textId="020563C2" w:rsidR="008629A8" w:rsidRDefault="008629A8" w:rsidP="00086035">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A80AA6">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">notwithstanding the maximum downward adjustment described in 101 CMR 204.10(4), </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA1C3B">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">apply the downward adjustment </w:t>
+      </w:r>
+      <w:r w:rsidR="00297957">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that should have been applied to the applicable rate year </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA1C3B">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to the rate for the subsequent rate year in accordance with the parameters described at 101 CMR 204.10(4) in addition to any applicable downward adjustment pursuant to 101 CMR 204.10(4) that </w:t>
+      </w:r>
+      <w:r w:rsidR="00477CF2">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>would</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA1C3B">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> otherwise </w:t>
+      </w:r>
+      <w:r w:rsidR="00477CF2">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA1C3B">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">applicable for </w:t>
+      </w:r>
+      <w:r w:rsidR="00A70C15" w:rsidRPr="00550C56">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="002B3CC9" w:rsidRPr="00550C56">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00297957">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> subsequent</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA1C3B">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rate year</w:t>
+      </w:r>
+      <w:r w:rsidR="0070340C">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1178708B" w14:textId="00CAEF6E" w:rsidR="008629A8" w:rsidRDefault="00AA1C3B">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
+        <w:pPrChange w:id="141" w:author="Author">
+          <w:pPr>
+            <w:suppressAutoHyphens/>
+            <w:ind w:left="1260"/>
+          </w:pPr>
+        </w:pPrChange>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0070340C">
+        <w:t>(d)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F537C0">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>b</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">) </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F537C0">
+        <w:t xml:space="preserve"> require the facility to </w:t>
+      </w:r>
+      <w:r w:rsidR="00477CF2">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0070340C">
+        <w:t>refund the</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">apply </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00477CF2">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">a </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0070340C">
+        <w:t>over</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">negative annualization adjustment </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00477CF2">
+        <w:t xml:space="preserve">payments that account for the difference between the rate paid and the rate that should have been paid after application of the downward adjustment that should have been applied pursuant to 101 CMR 204.10(4); </w:t>
+      </w:r>
+      <w:r w:rsidR="0070340C">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>to one or more</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0070340C">
+        <w:t>or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06282E21" w14:textId="7C6BD048" w:rsidR="008629A8" w:rsidRPr="00DD21F5" w:rsidRDefault="008629A8">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="1080"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> prospective </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00477CF2">
+        <w:pPrChange w:id="142" w:author="Author">
+          <w:pPr>
+            <w:suppressAutoHyphens/>
+            <w:ind w:left="1260"/>
+          </w:pPr>
+        </w:pPrChange>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>payments</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0070340C">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA1C3B">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to account for the period the facility was paid at a rate</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00477CF2">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to which</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0070340C">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00F537C0">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the downward adjustment should have been applied</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00477CF2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pursuant to 101 CMR 204.10(4)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0070340C">
+        <w:t xml:space="preserve">take </w:t>
+      </w:r>
+      <w:r w:rsidR="00477CF2">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>;</w:t>
-[...5 lines deleted...]
-        <w:ind w:left="1080"/>
+        <w:t>another</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> appropriate action.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33B22D4F" w14:textId="77777777" w:rsidR="00903ADD" w:rsidRDefault="00903ADD" w:rsidP="00903ADD">
+      <w:pPr>
+        <w:rPr>
+          <w:ins w:id="143" w:author="Author"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B69C675" w14:textId="6F2E3D8D" w:rsidR="00903ADD" w:rsidRPr="00714F5E" w:rsidRDefault="00903ADD" w:rsidP="00903ADD">
+      <w:pPr>
+        <w:rPr>
+          <w:ins w:id="144" w:author="Author"/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+          <w:rPrChange w:id="145" w:author="Author">
+            <w:rPr>
+              <w:ins w:id="146" w:author="Author"/>
+              <w:sz w:val="22"/>
+            </w:rPr>
+          </w:rPrChange>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="147" w:author="Author">
+        <w:r w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:u w:val="single"/>
+            <w:rPrChange w:id="148" w:author="Author">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t xml:space="preserve">204.11: </w:t>
+        </w:r>
+        <w:r w:rsidR="00454338">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:u w:val="single"/>
+            <w:rPrChange w:id="149" w:author="Author">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>Supplemental Payments</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="43EF3585" w14:textId="77777777" w:rsidR="00903ADD" w:rsidRDefault="00903ADD" w:rsidP="00903ADD">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:ins w:id="150" w:author="Author"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AE4FFF0" w14:textId="0F0BB1B3" w:rsidR="00903ADD" w:rsidRDefault="00D01258">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:ins w:id="151" w:author="Author"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:pPrChange w:id="152" w:author="Author">
+          <w:pPr>
+            <w:pStyle w:val="ListParagraph"/>
+            <w:numPr>
+              <w:numId w:val="19"/>
+            </w:numPr>
+            <w:ind w:left="1080" w:hanging="360"/>
+          </w:pPr>
+        </w:pPrChange>
+      </w:pPr>
+      <w:ins w:id="153" w:author="Author">
+        <w:r w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="154" w:author="Author">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t xml:space="preserve">(1)  </w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:u w:val="single"/>
+            <w:rPrChange w:id="155" w:author="Author">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>General Provision</w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD" w:rsidRPr="00E172C3">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Resident care facilities</w:t>
+        </w:r>
+        <w:r w:rsidR="001864FB">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00530637">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve">will receive a supplemental payment </w:t>
+        </w:r>
+        <w:r w:rsidR="00730AD1">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve">to support additional allowable costs. Each resident care facility will receive a proportional payment of the total amount available </w:t>
+        </w:r>
+        <w:r w:rsidR="00F3740D">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>of $4,000,000.</w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> T</w:t>
+        </w:r>
+        <w:r w:rsidR="001864FB">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>hese</w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00A22E3F">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>supplemental</w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> payment</w:t>
+        </w:r>
+        <w:r w:rsidR="001864FB">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>s</w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> will be distributed in January 2026.</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="4E3B851C" w14:textId="77777777" w:rsidR="00903ADD" w:rsidRDefault="00903ADD">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:ins w:id="156" w:author="Author"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:pPrChange w:id="157" w:author="Author">
+          <w:pPr/>
+        </w:pPrChange>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C6E64BA" w14:textId="72063A34" w:rsidR="00903ADD" w:rsidRDefault="00D01258">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:ins w:id="158" w:author="Author"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:pPrChange w:id="159" w:author="Author">
+          <w:pPr>
+            <w:pStyle w:val="ListParagraph"/>
+            <w:numPr>
+              <w:numId w:val="19"/>
+            </w:numPr>
+            <w:ind w:left="1080" w:hanging="360"/>
+          </w:pPr>
+        </w:pPrChange>
+      </w:pPr>
+      <w:ins w:id="160" w:author="Author">
+        <w:r w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="161" w:author="Author">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:highlight w:val="yellow"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t xml:space="preserve">(2)  </w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:u w:val="single"/>
+            <w:rPrChange w:id="162" w:author="Author">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>Calculation of Certain Supplementa</w:t>
+        </w:r>
+        <w:r w:rsidR="00B25AB2" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:u w:val="single"/>
+            <w:rPrChange w:id="163" w:author="Author">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t xml:space="preserve">l </w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:u w:val="single"/>
+            <w:rPrChange w:id="164" w:author="Author">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>Payments</w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD" w:rsidRPr="00E172C3">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve">. EOHHS will calculate the </w:t>
+        </w:r>
+        <w:r w:rsidR="00B25AB2" w:rsidRPr="00E172C3">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>supplemental</w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD" w:rsidRPr="00E172C3">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> payment for each facility as follows</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00E172C3">
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:del w:id="165" w:author="Author">
+          <w:r w:rsidR="00903ADD" w:rsidRPr="00E172C3" w:rsidDel="00D01258">
+            <w:rPr>
+              <w:sz w:val="22"/>
+            </w:rPr>
+            <w:delText>:</w:delText>
+          </w:r>
+        </w:del>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="121B2072" w14:textId="222B3C7E" w:rsidR="00903ADD" w:rsidRPr="00714F5E" w:rsidRDefault="008073C7">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:ins w:id="166" w:author="Author"/>
+          <w:sz w:val="22"/>
+          <w:rPrChange w:id="167" w:author="Author">
+            <w:rPr>
+              <w:ins w:id="168" w:author="Author"/>
+            </w:rPr>
+          </w:rPrChange>
+        </w:rPr>
+        <w:pPrChange w:id="169" w:author="Author">
+          <w:pPr>
+            <w:pStyle w:val="ListParagraph"/>
+            <w:numPr>
+              <w:numId w:val="20"/>
+            </w:numPr>
+            <w:ind w:left="1440" w:hanging="360"/>
+          </w:pPr>
+        </w:pPrChange>
+      </w:pPr>
+      <w:ins w:id="170" w:author="Author">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve">(a)  </w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="171" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t xml:space="preserve">Determine the total number of reported </w:t>
+        </w:r>
+        <w:r w:rsidR="00943C17" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="172" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>r</w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="173" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t xml:space="preserve">esident </w:t>
+        </w:r>
+        <w:r w:rsidR="00943C17" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="174" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>d</w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="175" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t xml:space="preserve">ays for </w:t>
+        </w:r>
+        <w:r w:rsidR="00943C17" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="176" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>p</w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="177" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t xml:space="preserve">ublicly </w:t>
+        </w:r>
+        <w:r w:rsidR="00943C17" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="178" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>a</w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="179" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t xml:space="preserve">ided </w:t>
+        </w:r>
+        <w:r w:rsidR="00943C17" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="180" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>r</w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="181" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t xml:space="preserve">esidents submitted by </w:t>
+        </w:r>
+        <w:r w:rsidR="00F3740D" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="182" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>r</w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="183" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t xml:space="preserve">esident </w:t>
+        </w:r>
+        <w:r w:rsidR="00F3740D" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="184" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>c</w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="185" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t xml:space="preserve">are </w:t>
+        </w:r>
+        <w:r w:rsidR="00F3740D" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="186" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>f</w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="187" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>acilities in the calendar year 2023 cost report.</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="35B865F8" w14:textId="3806A889" w:rsidR="00903ADD" w:rsidRPr="00714F5E" w:rsidRDefault="008073C7">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:ins w:id="188" w:author="Author"/>
+          <w:sz w:val="22"/>
+          <w:rPrChange w:id="189" w:author="Author">
+            <w:rPr>
+              <w:ins w:id="190" w:author="Author"/>
+            </w:rPr>
+          </w:rPrChange>
+        </w:rPr>
+        <w:pPrChange w:id="191" w:author="Author">
+          <w:pPr>
+            <w:pStyle w:val="ListParagraph"/>
+            <w:numPr>
+              <w:numId w:val="20"/>
+            </w:numPr>
+            <w:ind w:left="1440" w:hanging="360"/>
+          </w:pPr>
+        </w:pPrChange>
+      </w:pPr>
+      <w:ins w:id="192" w:author="Author">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:lastRenderedPageBreak/>
+          <w:t xml:space="preserve">(b)  </w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="193" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t xml:space="preserve">Divide $4,000,000 by the total number of </w:t>
+        </w:r>
+        <w:r w:rsidR="00943C17" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="194" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>r</w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="195" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t xml:space="preserve">esident </w:t>
+        </w:r>
+        <w:r w:rsidR="00943C17" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="196" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>d</w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="197" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t xml:space="preserve">ays for </w:t>
+        </w:r>
+        <w:r w:rsidR="00943C17" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="198" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>p</w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="199" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t xml:space="preserve">ublicly </w:t>
+        </w:r>
+        <w:r w:rsidR="00943C17" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="200" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>a</w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="201" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t xml:space="preserve">ided </w:t>
+        </w:r>
+        <w:r w:rsidR="00943C17" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="202" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>r</w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="203" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>esidents identified pursuant to 101 CMR 204.</w:t>
+        </w:r>
+        <w:r w:rsidR="00530637" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="204" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>11</w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="205" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>(2)(a).</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="7E2CA98A" w14:textId="19372014" w:rsidR="00903ADD" w:rsidRPr="00714F5E" w:rsidRDefault="008073C7">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:ins w:id="206" w:author="Author"/>
+          <w:sz w:val="22"/>
+          <w:rPrChange w:id="207" w:author="Author">
+            <w:rPr>
+              <w:ins w:id="208" w:author="Author"/>
+            </w:rPr>
+          </w:rPrChange>
+        </w:rPr>
+        <w:pPrChange w:id="209" w:author="Author">
+          <w:pPr>
+            <w:pStyle w:val="ListParagraph"/>
+            <w:numPr>
+              <w:numId w:val="20"/>
+            </w:numPr>
+            <w:ind w:left="1440" w:hanging="360"/>
+          </w:pPr>
+        </w:pPrChange>
+      </w:pPr>
+      <w:ins w:id="210" w:author="Author">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve">(c)  </w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="211" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>Multiply the quotient determined by the methodology described at 101 CMR 204.</w:t>
+        </w:r>
+        <w:r w:rsidR="00530637" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="212" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>11</w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="213" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t xml:space="preserve">(2)(b) by the number of </w:t>
+        </w:r>
+        <w:r w:rsidR="00943C17" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="214" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>r</w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="215" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t xml:space="preserve">esident </w:t>
+        </w:r>
+        <w:r w:rsidR="00943C17" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="216" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>d</w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="217" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t xml:space="preserve">ays for </w:t>
+        </w:r>
+        <w:r w:rsidR="00943C17" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="218" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>p</w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="219" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t xml:space="preserve">ublicly </w:t>
+        </w:r>
+        <w:r w:rsidR="00943C17" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="220" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>a</w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="221" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t xml:space="preserve">ided </w:t>
+        </w:r>
+        <w:r w:rsidR="00943C17" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="222" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>r</w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="223" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t xml:space="preserve">esidents for the </w:t>
+        </w:r>
+        <w:r w:rsidR="00943C17" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="224" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>r</w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="225" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t xml:space="preserve">esident </w:t>
+        </w:r>
+        <w:r w:rsidR="00943C17" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="226" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>c</w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="227" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t xml:space="preserve">are </w:t>
+        </w:r>
+        <w:r w:rsidR="00943C17" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="228" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>f</w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="229" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>acility according to the cost report identified in 101 CMR 204.</w:t>
+        </w:r>
+        <w:r w:rsidR="00530637" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="230" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>11</w:t>
+        </w:r>
+        <w:r w:rsidR="00903ADD" w:rsidRPr="00714F5E">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:rPrChange w:id="231" w:author="Author">
+              <w:rPr/>
+            </w:rPrChange>
+          </w:rPr>
+          <w:t>(2)(a).</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="17D8C677" w14:textId="77777777" w:rsidR="005C1D79" w:rsidRPr="00DD21F5" w:rsidRDefault="005C1D79" w:rsidP="005C1D79">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BFD49BC" w14:textId="77777777" w:rsidR="00696352" w:rsidRPr="00DD21F5" w:rsidRDefault="00696352" w:rsidP="00AA7C76">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02E6AC0D" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRPr="00DD21F5" w:rsidRDefault="00D939F1">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">REGULATORY AUTHORITY </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66631802" w14:textId="77777777" w:rsidR="00A4500F" w:rsidRPr="00DD21F5" w:rsidRDefault="00A4500F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="029CE1CB" w14:textId="77777777" w:rsidR="00D939F1" w:rsidRDefault="00D939F1" w:rsidP="00326860">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3185C" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 CMR </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA48AE" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.00: </w:t>
+      </w:r>
+      <w:r w:rsidR="00A4500F" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>M.G.L. c. 118</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2713" w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD21F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:iCs/>
-[...983 lines deleted...]
-        <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D939F1" w:rsidSect="00BF5106">
-      <w:headerReference w:type="even" r:id="rId11"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:paperSrc w:first="15" w:other="15"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="70A711C2" w14:textId="77777777" w:rsidR="007F20EC" w:rsidRDefault="007F20EC">
+    <w:p w14:paraId="21543A87" w14:textId="77777777" w:rsidR="00AC6565" w:rsidRDefault="00AC6565">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2FBE2003" w14:textId="77777777" w:rsidR="007F20EC" w:rsidRDefault="007F20EC">
+    <w:p w14:paraId="7E8624A0" w14:textId="77777777" w:rsidR="00AC6565" w:rsidRDefault="00AC6565">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="23118E2D" w14:textId="77777777" w:rsidR="007F20EC" w:rsidRDefault="007F20EC"/>
+    <w:p w14:paraId="2EB5F345" w14:textId="77777777" w:rsidR="00AC6565" w:rsidRDefault="00AC6565"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -35381,93 +35766,73 @@
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>27</w:t>
     </w:r>
     <w:r w:rsidRPr="00F6532F">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1D4BC66C" w14:textId="77777777" w:rsidR="00F5257B" w:rsidRDefault="00F5257B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="338C1F00" w14:textId="77777777" w:rsidR="007F20EC" w:rsidRDefault="007F20EC">
+    <w:p w14:paraId="269FC8A4" w14:textId="77777777" w:rsidR="00AC6565" w:rsidRDefault="00AC6565">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="63DB56F0" w14:textId="77777777" w:rsidR="007F20EC" w:rsidRDefault="007F20EC">
+    <w:p w14:paraId="05A3D6B5" w14:textId="77777777" w:rsidR="00AC6565" w:rsidRDefault="00AC6565">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4001F1FA" w14:textId="77777777" w:rsidR="007F20EC" w:rsidRDefault="007F20EC"/>
+    <w:p w14:paraId="6BE5741B" w14:textId="77777777" w:rsidR="00AC6565" w:rsidRDefault="00AC6565"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="35A823C4" w14:textId="7EF04DCD" w:rsidR="00822739" w:rsidRDefault="00983860" w:rsidP="00720A38">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Emergency</w:t>
     </w:r>
     <w:r w:rsidR="007E198C">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00934129">
@@ -35574,51 +35939,51 @@
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00861F76">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>101 CMR 204.00:  RATES OF PAYMENT TO RESIDENT CARE FACILITIES</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3C54DFF0" w14:textId="77777777" w:rsidR="00F5257B" w:rsidRDefault="00F5257B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1CE7D1CD" w14:textId="2BB23D6C" w:rsidR="00D37523" w:rsidRPr="00B42E3F" w:rsidRDefault="00983860" w:rsidP="003D4AF6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Emergency</w:t>
     </w:r>
     <w:r w:rsidR="00970EEB" w:rsidRPr="00B42E3F">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00934129" w:rsidRPr="00B42E3F">
@@ -37577,52 +37942,54 @@
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1904028057">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="2128037022">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="746079196">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="883371965">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -37664,124 +38031,125 @@
     <w:rsid w:val="0006156D"/>
     <w:rsid w:val="00062D68"/>
     <w:rsid w:val="00066AD5"/>
     <w:rsid w:val="0006712E"/>
     <w:rsid w:val="00070479"/>
     <w:rsid w:val="00071280"/>
     <w:rsid w:val="000712F7"/>
     <w:rsid w:val="000712F8"/>
     <w:rsid w:val="00071A9C"/>
     <w:rsid w:val="000728E9"/>
     <w:rsid w:val="00072E9F"/>
     <w:rsid w:val="000734C2"/>
     <w:rsid w:val="00076970"/>
     <w:rsid w:val="00076B15"/>
     <w:rsid w:val="00076B57"/>
     <w:rsid w:val="00076B6F"/>
     <w:rsid w:val="00077D23"/>
     <w:rsid w:val="00081224"/>
     <w:rsid w:val="000822A1"/>
     <w:rsid w:val="000828B6"/>
     <w:rsid w:val="000831A6"/>
     <w:rsid w:val="000838AD"/>
     <w:rsid w:val="00084556"/>
     <w:rsid w:val="00085568"/>
     <w:rsid w:val="0008574C"/>
-    <w:rsid w:val="00086035"/>
     <w:rsid w:val="0009037D"/>
     <w:rsid w:val="00091687"/>
     <w:rsid w:val="000919BE"/>
     <w:rsid w:val="00092222"/>
     <w:rsid w:val="00092B83"/>
     <w:rsid w:val="00094F32"/>
     <w:rsid w:val="00095336"/>
     <w:rsid w:val="00095497"/>
     <w:rsid w:val="000A165E"/>
     <w:rsid w:val="000A2814"/>
     <w:rsid w:val="000A393C"/>
     <w:rsid w:val="000A3B32"/>
     <w:rsid w:val="000A4388"/>
     <w:rsid w:val="000A483B"/>
     <w:rsid w:val="000A4864"/>
     <w:rsid w:val="000A4D7C"/>
     <w:rsid w:val="000A6948"/>
     <w:rsid w:val="000A7045"/>
     <w:rsid w:val="000B452E"/>
     <w:rsid w:val="000B7735"/>
     <w:rsid w:val="000B79E6"/>
     <w:rsid w:val="000B7A89"/>
     <w:rsid w:val="000B7CF4"/>
     <w:rsid w:val="000C027E"/>
     <w:rsid w:val="000C0E3B"/>
     <w:rsid w:val="000C0EBC"/>
     <w:rsid w:val="000C2C39"/>
     <w:rsid w:val="000C3360"/>
     <w:rsid w:val="000C3ADC"/>
     <w:rsid w:val="000C3D1D"/>
+    <w:rsid w:val="000C3E75"/>
     <w:rsid w:val="000C54A3"/>
     <w:rsid w:val="000C7C45"/>
     <w:rsid w:val="000C7CF5"/>
     <w:rsid w:val="000C7F94"/>
     <w:rsid w:val="000D0643"/>
     <w:rsid w:val="000D0F7C"/>
     <w:rsid w:val="000D3F42"/>
     <w:rsid w:val="000D4D72"/>
     <w:rsid w:val="000D4F1F"/>
     <w:rsid w:val="000D5B81"/>
     <w:rsid w:val="000D7886"/>
     <w:rsid w:val="000E0E51"/>
     <w:rsid w:val="000E1749"/>
     <w:rsid w:val="000E1FFB"/>
     <w:rsid w:val="000E3415"/>
     <w:rsid w:val="000E4F5F"/>
     <w:rsid w:val="000E6686"/>
     <w:rsid w:val="000E6E4C"/>
     <w:rsid w:val="000E706E"/>
     <w:rsid w:val="000E7B38"/>
     <w:rsid w:val="000E7DF7"/>
     <w:rsid w:val="000F07F7"/>
     <w:rsid w:val="000F507A"/>
     <w:rsid w:val="000F52D9"/>
     <w:rsid w:val="000F6136"/>
     <w:rsid w:val="000F6172"/>
     <w:rsid w:val="000F6FCE"/>
     <w:rsid w:val="001002C4"/>
     <w:rsid w:val="00101C05"/>
     <w:rsid w:val="001039D0"/>
     <w:rsid w:val="0010419B"/>
     <w:rsid w:val="001067AA"/>
     <w:rsid w:val="00107321"/>
     <w:rsid w:val="00111791"/>
     <w:rsid w:val="00111DFE"/>
     <w:rsid w:val="00113490"/>
     <w:rsid w:val="001135DD"/>
     <w:rsid w:val="00116705"/>
     <w:rsid w:val="001200E5"/>
     <w:rsid w:val="00122663"/>
     <w:rsid w:val="001249A3"/>
     <w:rsid w:val="00125120"/>
     <w:rsid w:val="0012693D"/>
+    <w:rsid w:val="00126D19"/>
     <w:rsid w:val="00127FF1"/>
     <w:rsid w:val="0013043D"/>
     <w:rsid w:val="001306A9"/>
     <w:rsid w:val="00131D01"/>
     <w:rsid w:val="00132557"/>
     <w:rsid w:val="00132A49"/>
     <w:rsid w:val="00132C33"/>
     <w:rsid w:val="00132DCA"/>
     <w:rsid w:val="00132F99"/>
     <w:rsid w:val="00134EA7"/>
     <w:rsid w:val="00134F63"/>
     <w:rsid w:val="00136577"/>
     <w:rsid w:val="00137923"/>
     <w:rsid w:val="001402AD"/>
     <w:rsid w:val="0014064F"/>
     <w:rsid w:val="00140EF4"/>
     <w:rsid w:val="00145D50"/>
     <w:rsid w:val="0014743D"/>
     <w:rsid w:val="00147D25"/>
     <w:rsid w:val="00152B96"/>
     <w:rsid w:val="001570FA"/>
     <w:rsid w:val="001604AE"/>
     <w:rsid w:val="00161AEA"/>
     <w:rsid w:val="00161FE5"/>
     <w:rsid w:val="0016334B"/>
@@ -37988,50 +38356,51 @@
     <w:rsid w:val="003579DE"/>
     <w:rsid w:val="00357CAF"/>
     <w:rsid w:val="003603D9"/>
     <w:rsid w:val="0036144B"/>
     <w:rsid w:val="003617FC"/>
     <w:rsid w:val="0036338A"/>
     <w:rsid w:val="003655D9"/>
     <w:rsid w:val="00366289"/>
     <w:rsid w:val="00366769"/>
     <w:rsid w:val="00366A78"/>
     <w:rsid w:val="00366BD0"/>
     <w:rsid w:val="00367ABA"/>
     <w:rsid w:val="003700FA"/>
     <w:rsid w:val="00371443"/>
     <w:rsid w:val="003735CE"/>
     <w:rsid w:val="003763AB"/>
     <w:rsid w:val="00377D01"/>
     <w:rsid w:val="00382F2B"/>
     <w:rsid w:val="00383E17"/>
     <w:rsid w:val="00384027"/>
     <w:rsid w:val="00385EAA"/>
     <w:rsid w:val="0038667C"/>
     <w:rsid w:val="00387BED"/>
     <w:rsid w:val="003903AC"/>
     <w:rsid w:val="0039058B"/>
+    <w:rsid w:val="00390C56"/>
     <w:rsid w:val="00390FEA"/>
     <w:rsid w:val="00391905"/>
     <w:rsid w:val="00391CD9"/>
     <w:rsid w:val="00392B43"/>
     <w:rsid w:val="00395703"/>
     <w:rsid w:val="003966AC"/>
     <w:rsid w:val="00396C00"/>
     <w:rsid w:val="003A376C"/>
     <w:rsid w:val="003A3E24"/>
     <w:rsid w:val="003A51D1"/>
     <w:rsid w:val="003A5F73"/>
     <w:rsid w:val="003A698B"/>
     <w:rsid w:val="003A6E88"/>
     <w:rsid w:val="003A7F79"/>
     <w:rsid w:val="003B0630"/>
     <w:rsid w:val="003B10FD"/>
     <w:rsid w:val="003B186D"/>
     <w:rsid w:val="003B2E4F"/>
     <w:rsid w:val="003B2F9D"/>
     <w:rsid w:val="003B3D11"/>
     <w:rsid w:val="003B3DDF"/>
     <w:rsid w:val="003B4412"/>
     <w:rsid w:val="003B630B"/>
     <w:rsid w:val="003B63B4"/>
     <w:rsid w:val="003B7360"/>
@@ -38306,50 +38675,51 @@
     <w:rsid w:val="00605E65"/>
     <w:rsid w:val="0061031F"/>
     <w:rsid w:val="00611006"/>
     <w:rsid w:val="00614531"/>
     <w:rsid w:val="00615BA1"/>
     <w:rsid w:val="00615D0A"/>
     <w:rsid w:val="00615F38"/>
     <w:rsid w:val="006161A3"/>
     <w:rsid w:val="0062049F"/>
     <w:rsid w:val="00623E45"/>
     <w:rsid w:val="006249D9"/>
     <w:rsid w:val="00626930"/>
     <w:rsid w:val="00627953"/>
     <w:rsid w:val="00631613"/>
     <w:rsid w:val="00632E50"/>
     <w:rsid w:val="006346F6"/>
     <w:rsid w:val="00635837"/>
     <w:rsid w:val="00637ACB"/>
     <w:rsid w:val="00637AF0"/>
     <w:rsid w:val="00637B08"/>
     <w:rsid w:val="00640547"/>
     <w:rsid w:val="006408DA"/>
     <w:rsid w:val="00642286"/>
     <w:rsid w:val="006431D1"/>
     <w:rsid w:val="006441E2"/>
+    <w:rsid w:val="006458CA"/>
     <w:rsid w:val="006505D0"/>
     <w:rsid w:val="00650CEC"/>
     <w:rsid w:val="00651687"/>
     <w:rsid w:val="0065345F"/>
     <w:rsid w:val="006543D4"/>
     <w:rsid w:val="00655AC8"/>
     <w:rsid w:val="0065668A"/>
     <w:rsid w:val="00657098"/>
     <w:rsid w:val="00661079"/>
     <w:rsid w:val="006620DD"/>
     <w:rsid w:val="00662478"/>
     <w:rsid w:val="006644AB"/>
     <w:rsid w:val="00664EB2"/>
     <w:rsid w:val="0066594F"/>
     <w:rsid w:val="00666328"/>
     <w:rsid w:val="0066657D"/>
     <w:rsid w:val="006666E5"/>
     <w:rsid w:val="0066756F"/>
     <w:rsid w:val="006678BB"/>
     <w:rsid w:val="00670354"/>
     <w:rsid w:val="00671C99"/>
     <w:rsid w:val="00672EA9"/>
     <w:rsid w:val="0067334B"/>
     <w:rsid w:val="0067367E"/>
     <w:rsid w:val="006759B3"/>
@@ -38401,50 +38771,51 @@
     <w:rsid w:val="006D7D89"/>
     <w:rsid w:val="006E376B"/>
     <w:rsid w:val="006E3B32"/>
     <w:rsid w:val="006E4709"/>
     <w:rsid w:val="006E4BB8"/>
     <w:rsid w:val="006E5AF4"/>
     <w:rsid w:val="006E7C72"/>
     <w:rsid w:val="006F0337"/>
     <w:rsid w:val="006F0AF1"/>
     <w:rsid w:val="006F2AF3"/>
     <w:rsid w:val="006F4374"/>
     <w:rsid w:val="006F6F49"/>
     <w:rsid w:val="006F6FBC"/>
     <w:rsid w:val="006F6FDB"/>
     <w:rsid w:val="00700302"/>
     <w:rsid w:val="007008E6"/>
     <w:rsid w:val="00701120"/>
     <w:rsid w:val="00702C48"/>
     <w:rsid w:val="0070340C"/>
     <w:rsid w:val="007036D9"/>
     <w:rsid w:val="00705ADB"/>
     <w:rsid w:val="00710D95"/>
     <w:rsid w:val="0071130F"/>
     <w:rsid w:val="00712309"/>
     <w:rsid w:val="007138CD"/>
+    <w:rsid w:val="00714F5E"/>
     <w:rsid w:val="00715392"/>
     <w:rsid w:val="00715ECB"/>
     <w:rsid w:val="00716A7F"/>
     <w:rsid w:val="00720A38"/>
     <w:rsid w:val="00723EFA"/>
     <w:rsid w:val="0072464D"/>
     <w:rsid w:val="00724A80"/>
     <w:rsid w:val="0072547A"/>
     <w:rsid w:val="007266D5"/>
     <w:rsid w:val="007273ED"/>
     <w:rsid w:val="00730580"/>
     <w:rsid w:val="00730AD1"/>
     <w:rsid w:val="00730D2B"/>
     <w:rsid w:val="00730D9F"/>
     <w:rsid w:val="00734BED"/>
     <w:rsid w:val="00735C86"/>
     <w:rsid w:val="007378D6"/>
     <w:rsid w:val="00737BE0"/>
     <w:rsid w:val="007432D9"/>
     <w:rsid w:val="00745D07"/>
     <w:rsid w:val="00746C00"/>
     <w:rsid w:val="00747E0D"/>
     <w:rsid w:val="0075146B"/>
     <w:rsid w:val="00752476"/>
     <w:rsid w:val="00754319"/>
@@ -38786,50 +39157,51 @@
     <w:rsid w:val="00A93329"/>
     <w:rsid w:val="00A9429B"/>
     <w:rsid w:val="00A94EC7"/>
     <w:rsid w:val="00A95F0E"/>
     <w:rsid w:val="00A97540"/>
     <w:rsid w:val="00A97742"/>
     <w:rsid w:val="00AA1C3B"/>
     <w:rsid w:val="00AA2C02"/>
     <w:rsid w:val="00AA2CF9"/>
     <w:rsid w:val="00AA3AD1"/>
     <w:rsid w:val="00AA7C76"/>
     <w:rsid w:val="00AB00D7"/>
     <w:rsid w:val="00AB34FB"/>
     <w:rsid w:val="00AB39D8"/>
     <w:rsid w:val="00AB5CB2"/>
     <w:rsid w:val="00AB6517"/>
     <w:rsid w:val="00AB7504"/>
     <w:rsid w:val="00AB772B"/>
     <w:rsid w:val="00AC06DC"/>
     <w:rsid w:val="00AC07A9"/>
     <w:rsid w:val="00AC1416"/>
     <w:rsid w:val="00AC4413"/>
     <w:rsid w:val="00AC4741"/>
     <w:rsid w:val="00AC54CB"/>
     <w:rsid w:val="00AC57FA"/>
+    <w:rsid w:val="00AC6565"/>
     <w:rsid w:val="00AC65AC"/>
     <w:rsid w:val="00AD191D"/>
     <w:rsid w:val="00AD1922"/>
     <w:rsid w:val="00AD1F19"/>
     <w:rsid w:val="00AD3F85"/>
     <w:rsid w:val="00AD78FF"/>
     <w:rsid w:val="00AD7EF4"/>
     <w:rsid w:val="00AE03EF"/>
     <w:rsid w:val="00AE296B"/>
     <w:rsid w:val="00AE3E48"/>
     <w:rsid w:val="00AE5EFD"/>
     <w:rsid w:val="00AF1001"/>
     <w:rsid w:val="00AF11F8"/>
     <w:rsid w:val="00AF14D6"/>
     <w:rsid w:val="00AF1ED6"/>
     <w:rsid w:val="00AF3913"/>
     <w:rsid w:val="00AF54EF"/>
     <w:rsid w:val="00AF54F4"/>
     <w:rsid w:val="00AF7088"/>
     <w:rsid w:val="00AF78D3"/>
     <w:rsid w:val="00B00243"/>
     <w:rsid w:val="00B05708"/>
     <w:rsid w:val="00B0571E"/>
     <w:rsid w:val="00B0695B"/>
     <w:rsid w:val="00B07215"/>
@@ -38972,50 +39344,51 @@
     <w:rsid w:val="00C255F9"/>
     <w:rsid w:val="00C25A1C"/>
     <w:rsid w:val="00C25EB1"/>
     <w:rsid w:val="00C27FF6"/>
     <w:rsid w:val="00C3081C"/>
     <w:rsid w:val="00C340E2"/>
     <w:rsid w:val="00C34BF3"/>
     <w:rsid w:val="00C36722"/>
     <w:rsid w:val="00C36F55"/>
     <w:rsid w:val="00C40A54"/>
     <w:rsid w:val="00C42B95"/>
     <w:rsid w:val="00C43565"/>
     <w:rsid w:val="00C47194"/>
     <w:rsid w:val="00C50729"/>
     <w:rsid w:val="00C51AD8"/>
     <w:rsid w:val="00C52782"/>
     <w:rsid w:val="00C53799"/>
     <w:rsid w:val="00C553E2"/>
     <w:rsid w:val="00C561B0"/>
     <w:rsid w:val="00C56260"/>
     <w:rsid w:val="00C565F2"/>
     <w:rsid w:val="00C574AA"/>
     <w:rsid w:val="00C579AE"/>
     <w:rsid w:val="00C60EF3"/>
     <w:rsid w:val="00C612D3"/>
+    <w:rsid w:val="00C61AA6"/>
     <w:rsid w:val="00C61EF6"/>
     <w:rsid w:val="00C629D7"/>
     <w:rsid w:val="00C63059"/>
     <w:rsid w:val="00C63B6E"/>
     <w:rsid w:val="00C642E1"/>
     <w:rsid w:val="00C65112"/>
     <w:rsid w:val="00C65A26"/>
     <w:rsid w:val="00C738EA"/>
     <w:rsid w:val="00C7464A"/>
     <w:rsid w:val="00C74688"/>
     <w:rsid w:val="00C747E1"/>
     <w:rsid w:val="00C754A9"/>
     <w:rsid w:val="00C759F7"/>
     <w:rsid w:val="00C77611"/>
     <w:rsid w:val="00C80697"/>
     <w:rsid w:val="00C80CCC"/>
     <w:rsid w:val="00C827D1"/>
     <w:rsid w:val="00C82F0B"/>
     <w:rsid w:val="00C8409B"/>
     <w:rsid w:val="00C84DCC"/>
     <w:rsid w:val="00C86845"/>
     <w:rsid w:val="00C92DC1"/>
     <w:rsid w:val="00C93E08"/>
     <w:rsid w:val="00C96A22"/>
     <w:rsid w:val="00CA06FF"/>
@@ -39227,50 +39600,51 @@
     <w:rsid w:val="00E63764"/>
     <w:rsid w:val="00E653B7"/>
     <w:rsid w:val="00E655DB"/>
     <w:rsid w:val="00E65AA9"/>
     <w:rsid w:val="00E66528"/>
     <w:rsid w:val="00E671E6"/>
     <w:rsid w:val="00E67ECB"/>
     <w:rsid w:val="00E71B02"/>
     <w:rsid w:val="00E72AE3"/>
     <w:rsid w:val="00E74904"/>
     <w:rsid w:val="00E749FF"/>
     <w:rsid w:val="00E750BB"/>
     <w:rsid w:val="00E75400"/>
     <w:rsid w:val="00E75493"/>
     <w:rsid w:val="00E764D0"/>
     <w:rsid w:val="00E76F86"/>
     <w:rsid w:val="00E7718B"/>
     <w:rsid w:val="00E7729C"/>
     <w:rsid w:val="00E77C9A"/>
     <w:rsid w:val="00E80348"/>
     <w:rsid w:val="00E810FE"/>
     <w:rsid w:val="00E81A10"/>
     <w:rsid w:val="00E831F2"/>
     <w:rsid w:val="00E839C9"/>
     <w:rsid w:val="00E84E7F"/>
+    <w:rsid w:val="00E86E7E"/>
     <w:rsid w:val="00E90751"/>
     <w:rsid w:val="00E931EE"/>
     <w:rsid w:val="00E942A9"/>
     <w:rsid w:val="00E94FD2"/>
     <w:rsid w:val="00E953B4"/>
     <w:rsid w:val="00E97B14"/>
     <w:rsid w:val="00EA07F4"/>
     <w:rsid w:val="00EA257E"/>
     <w:rsid w:val="00EA3A2D"/>
     <w:rsid w:val="00EA4804"/>
     <w:rsid w:val="00EA571A"/>
     <w:rsid w:val="00EA591C"/>
     <w:rsid w:val="00EA60DA"/>
     <w:rsid w:val="00EA771A"/>
     <w:rsid w:val="00EB043F"/>
     <w:rsid w:val="00EB3825"/>
     <w:rsid w:val="00EB3D6E"/>
     <w:rsid w:val="00EB3DCA"/>
     <w:rsid w:val="00EB44CA"/>
     <w:rsid w:val="00EB4C7D"/>
     <w:rsid w:val="00EB682D"/>
     <w:rsid w:val="00EB77A3"/>
     <w:rsid w:val="00EC030D"/>
     <w:rsid w:val="00EC07CD"/>
     <w:rsid w:val="00EC5554"/>
@@ -39428,51 +39802,50 @@
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="53C7727A"/>
-  <w15:docId w15:val="{3E9896C8-BE59-4C80-AA89-623802AC86F9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -40016,51 +40389,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1916695565">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -40308,436 +40681,89 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...10 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...283 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FC4758A7-00BD-4126-AC21-FF9E49E0654D}">
-[...36 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D59EDE6A-21BF-470A-93F6-25A168905491}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>24</Pages>
-[...1 lines deleted...]
-  <Characters>64009</Characters>
+  <Pages>25</Pages>
+  <Words>11391</Words>
+  <Characters>64932</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>151</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>541</Lines>
+  <Paragraphs>152</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Microsoft</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>75524</CharactersWithSpaces>
+  <CharactersWithSpaces>76171</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
-  <dc:creator>Malcolm.Crystal@MassMail.State.MA.US;Kara.Solimini@MassMail.State.MA.US;Jeffrey.Clausen@MassMail.State.MA.US</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dc:creator/>
+  <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...9 lines deleted...]
-</file>