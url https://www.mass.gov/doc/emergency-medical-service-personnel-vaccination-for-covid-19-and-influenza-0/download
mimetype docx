--- v0 (2025-10-31)
+++ v1 (2025-12-15)
@@ -1,6523 +1,2275 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4D13015A" w14:textId="77777777" w:rsidR="000537DA" w:rsidRDefault="000537DA" w:rsidP="000F315B">
       <w:pPr>
         <w:framePr w:w="6926" w:hSpace="187" w:wrap="notBeside" w:vAnchor="page" w:hAnchor="page" w:x="2884" w:y="711"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk203127234"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>The Commonwealth of Massachusetts</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D27BA80" w14:textId="77777777" w:rsidR="000537DA" w:rsidRDefault="000537DA" w:rsidP="000F315B">
       <w:pPr>
         <w:pStyle w:val="ExecOffice"/>
         <w:framePr w:w="6926" w:wrap="notBeside" w:vAnchor="page" w:x="2884" w:y="711"/>
       </w:pPr>
       <w:r>
         <w:t>Executive Office of Health and Human Services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="282AB46A" w14:textId="2210E354" w:rsidR="000537DA" w:rsidRDefault="000537DA" w:rsidP="000F315B">
+    <w:p w14:paraId="2FE9E88A" w14:textId="635A6638" w:rsidR="00D76119" w:rsidRDefault="000537DA" w:rsidP="00D76119">
       <w:pPr>
         <w:pStyle w:val="ExecOffice"/>
         <w:framePr w:w="6926" w:wrap="notBeside" w:vAnchor="page" w:x="2884" w:y="711"/>
       </w:pPr>
       <w:r>
         <w:t>Department of Public Health</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CEDE4CE" w14:textId="18154016" w:rsidR="00C5233F" w:rsidRDefault="00C5233F" w:rsidP="000F315B">
+    <w:p w14:paraId="0958205A" w14:textId="77777777" w:rsidR="006D06D9" w:rsidRPr="00951305" w:rsidRDefault="000537DA" w:rsidP="000F315B">
       <w:pPr>
         <w:pStyle w:val="ExecOffice"/>
         <w:framePr w:w="6926" w:wrap="notBeside" w:vAnchor="page" w:x="2884" w:y="711"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="0910C808" w14:textId="46A53A13" w:rsidR="00C5233F" w:rsidRDefault="00C5233F" w:rsidP="000F315B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00951305">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>250 Washington Street, Boston, MA 02108-4619</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10BFC7A4" w14:textId="1D6C16C5" w:rsidR="0017749A" w:rsidRPr="0017749A" w:rsidRDefault="0017749A" w:rsidP="000F315B">
       <w:pPr>
         <w:pStyle w:val="ExecOffice"/>
         <w:framePr w:w="6926" w:wrap="notBeside" w:vAnchor="page" w:x="2884" w:y="711"/>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:framePr w:w="1927" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="940" w:y="-951"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017749A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>617-624-6000 | mass.gov/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0017749A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>dph</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="14DDC802" w14:textId="3FA133ED" w:rsidR="00BA4055" w:rsidRDefault="00E814A1" w:rsidP="00E814A1">
+      <w:pPr>
+        <w:framePr w:w="2300" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="940" w:y="-951"/>
+        <w:ind w:left="630"/>
         <w:rPr>
           <w:rFonts w:ascii="LinePrinter" w:hAnsi="LinePrinter"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="LinePrinter" w:hAnsi="LinePrinter"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1406FE77" wp14:editId="0F8708FE">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2651EE28" wp14:editId="302A2CF4">
             <wp:extent cx="962025" cy="1152525"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name="Picture 1"/>
+            <wp:docPr id="1" name="Picture 1" descr="Massachusetts state seal"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPr id="1" name="Picture 1" descr="Massachusetts state seal"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10" cstate="print">
+                    <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="962025" cy="1152525"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B4EA7C1" w14:textId="145C36EC" w:rsidR="009908FF" w:rsidRDefault="0074181C" w:rsidP="0072610D">
-[...556 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w14:paraId="33866557" w14:textId="7B11C513" w:rsidR="00FC6B42" w:rsidRDefault="00FC6B42" w:rsidP="0072610D"/>
+    <w:p w14:paraId="5523EF4D" w14:textId="77777777" w:rsidR="00802852" w:rsidRDefault="00802852" w:rsidP="0072610D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00802852">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70EB315F" w14:textId="77777777" w:rsidR="00802852" w:rsidRDefault="00E814A1" w:rsidP="0072610D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00237280">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Maura T. Healey</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25BE71A6" w14:textId="51C5E49E" w:rsidR="0088305B" w:rsidRDefault="00802852" w:rsidP="000C2E20">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00237280">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Governor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19D02B02" w14:textId="77777777" w:rsidR="00951305" w:rsidRDefault="0088305B" w:rsidP="0072610D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088305B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Kimberley Driscoll</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45EA865C" w14:textId="703E4E09" w:rsidR="00FC6B42" w:rsidRPr="0088305B" w:rsidRDefault="0088305B" w:rsidP="0072610D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Lieutenant Governor</w:t>
+      </w:r>
+      <w:r w:rsidR="00237280" w:rsidRPr="00237280">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="723AD3B1" w14:textId="5030074F" w:rsidR="007D1D51" w:rsidRDefault="00802852" w:rsidP="00802852">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00237280">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Kiame Mahaniah, MD</w:t>
+      </w:r>
+      <w:r w:rsidR="000164B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>, MBA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51314366" w14:textId="498AF08B" w:rsidR="00033154" w:rsidRDefault="00237280" w:rsidP="007D1D51">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00237280">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Secretary</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49013D2D" w14:textId="509F30C9" w:rsidR="00951305" w:rsidRPr="00951305" w:rsidRDefault="00951305" w:rsidP="00802852">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00951305">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Robert Goldstein, MD, PhD</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EA03CA8" w14:textId="7173ADCA" w:rsidR="00802852" w:rsidRDefault="00951305" w:rsidP="00951305">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00802852" w:rsidSect="00802852">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:num="2" w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Commissione</w:t>
+      </w:r>
+      <w:r w:rsidR="00D10DDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76751140" w14:textId="77777777" w:rsidR="00D10DDE" w:rsidRDefault="00D10DDE" w:rsidP="0072610D"/>
+    <w:p w14:paraId="1709DB3C" w14:textId="77777777" w:rsidR="00C31C2D" w:rsidRDefault="00C31C2D" w:rsidP="00C31C2D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Memorandum</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="702C3854" w14:textId="77777777" w:rsidR="00C31C2D" w:rsidRDefault="00C31C2D" w:rsidP="00C31C2D">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="90"/>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="@Batang"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B79DCCF" w14:textId="5F8D5475" w:rsidR="00C31C2D" w:rsidRDefault="00C31C2D" w:rsidP="00C31C2D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="@Batang"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="@Batang"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TO</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="@Batang"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="@Batang"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="@Batang"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Licensed</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ambulance</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and EFR Services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D18D96D" w14:textId="77777777" w:rsidR="00C31C2D" w:rsidRDefault="00C31C2D" w:rsidP="00C31C2D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="@Batang"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="@Batang"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>FROM</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="@Batang"/>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-2"/>
-[...7 lines deleted...]
-        <w:widowControl w:val="0"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="@Batang"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="@Batang"/>
+        </w:rPr>
+        <w:t>Teryl</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="@Batang"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Smith, RN, MPH, Bureau Director</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D59F78C" w14:textId="77777777" w:rsidR="00C31C2D" w:rsidRDefault="00C31C2D" w:rsidP="00C31C2D">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="7"/>
-[...12 lines deleted...]
-        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="@Batang"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="@Batang"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bureau of Health Care Safety and Quality</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="@Batang"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F7AA49A" w14:textId="61E38A71" w:rsidR="00C31C2D" w:rsidRDefault="00C31C2D" w:rsidP="00C31C2D">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:ind w:left="801"/>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="@Batang"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="@Batang"/>
           <w:b/>
-          <w:spacing w:val="-5"/>
-[...6 lines deleted...]
-          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SUBJECT:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="@Batang"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="@Batang"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0074181C">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="0074181C">
+      <w:r w:rsidR="009B4D10" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Emergency</w:t>
+      </w:r>
+      <w:r w:rsidR="009B4D10" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B4D10" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Medical</w:t>
+      </w:r>
+      <w:r w:rsidR="009B4D10" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B4D10" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidR="009B4D10" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B4D10" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Personnel</w:t>
+      </w:r>
+      <w:r w:rsidR="009B4D10" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B4D10" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vaccination</w:t>
+      </w:r>
+      <w:r w:rsidR="009B4D10" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B4D10" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidR="009B4D10" w:rsidRPr="0074181C">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0074181C">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="0074181C">
+      <w:r w:rsidR="009B4D10" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>COVID-19</w:t>
+      </w:r>
+      <w:r w:rsidR="009B4D10" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B4D10" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="009B4D10" w:rsidRPr="0074181C">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Services</w:t>
-[...31 lines deleted...]
-        <w:rPr>
+        <w:t>Influenza</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F0993C5" w14:textId="53F1DCAC" w:rsidR="00C31C2D" w:rsidRDefault="00C31C2D" w:rsidP="00C31C2D">
+      <w:pPr>
+        <w:spacing w:line="256" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="@Batang"/>
           <w:b/>
           <w:bCs/>
+        </w:rPr>
+        <w:t>DATE:</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C762A8">
+        <w:t>September 30</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D76AEBA" w14:textId="77777777" w:rsidR="00C31C2D" w:rsidRDefault="00C31C2D" w:rsidP="00C31C2D"/>
+    <w:p w14:paraId="20C3FA53" w14:textId="412738FC" w:rsidR="216A1022" w:rsidRPr="00F2080C" w:rsidRDefault="00C31C2D" w:rsidP="00F2080C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The purpose of this memorandum is to inform Massachusetts </w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="5799B9E0">
+        <w:t>Licensed</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="5799B9E0">
+        <w:t>Ambulance</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="5799B9E0">
+        <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:szCs w:val="24"/>
-[...31 lines deleted...]
-      <w:r w:rsidRPr="0074181C">
+        </w:rPr>
+        <w:t>Services and EFR Services</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">of the steps needed to fulfill the Massachusetts Department of Public Health (DPH) requirement to vaccinate healthcare personnel (HCP) for influenza and </w:t>
+      </w:r>
+      <w:r w:rsidR="00C762A8">
+        <w:t>SARS-CoV-2(</w:t>
+      </w:r>
+      <w:r>
+        <w:t>COVID-19</w:t>
+      </w:r>
+      <w:r w:rsidR="00C762A8">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and to </w:t>
+      </w:r>
+      <w:r w:rsidR="00C762A8">
+        <w:t>report</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> data in accordance with DPH guidelines outlined in this memorandum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18D8978E" w14:textId="47543329" w:rsidR="5799B9E0" w:rsidRDefault="5799B9E0" w:rsidP="5799B9E0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="493E6715" w14:textId="77777777" w:rsidR="00C31C2D" w:rsidRDefault="00C31C2D" w:rsidP="00C31C2D">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>COVID-19 and Influenza Vaccination Requirement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63D9F5A4" w14:textId="4EBE43B2" w:rsidR="62FBF11C" w:rsidRDefault="00C31C2D" w:rsidP="62FBF11C">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="62FBF11C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">As a condition of licensure, under </w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:t>105 CMR 170.341 and 170.342</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="62FBF11C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DPH </w:t>
+      </w:r>
+      <w:r w:rsidR="009B4D10">
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:t>icensed</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B4D10">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:t>mbulance</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B4D10">
+        <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:szCs w:val="24"/>
-[...27 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:szCs w:val="24"/>
-[...107 lines deleted...]
-      <w:r w:rsidRPr="0074181C">
+        </w:rPr>
+        <w:t>ervices</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:szCs w:val="24"/>
-[...2346 lines deleted...]
-        <w:r w:rsidRPr="0074181C">
+        </w:rPr>
+        <w:t xml:space="preserve"> and EFR Services</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="62FBF11C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="62FBF11C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">regulations require licensed </w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ambulance services </w:t>
+      </w:r>
+      <w:r w:rsidRPr="62FBF11C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to ensure all HCP are vaccinated annually with seasonal influenza vaccine and are up to date with vaccine doses for COVID-19 as recommended by the Centers for Disease Control and Prevention (CDC), unless an individual is exempt from vaccination. </w:t>
+      </w:r>
+      <w:r w:rsidR="00070758" w:rsidRPr="62FBF11C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">On September 17, 2025, DPH, in alignment with the Northeast Public Health Collaboration, issued recommendations regarding COVID-19 vaccinations available here: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12">
+        <w:r w:rsidR="00FC2EA5" w:rsidRPr="62FBF11C">
           <w:rPr>
-            <w:color w:val="0431FF"/>
-[...1 lines deleted...]
-            <w:u w:val="single" w:color="0431FF"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Comprehensive PPE Guidance</w:t>
-[...5 lines deleted...]
-          <w:t>.</w:t>
+          <w:t>https://www.mass.gov/info-details/dph-recommended-guidance-for-vaccines</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...27 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00070758" w:rsidRPr="62FBF11C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Based on clinical evidence and in alignment with the Northeast Public Health Collaboration and CDC </w:t>
+      </w:r>
+      <w:r w:rsidR="00507731" w:rsidRPr="62FBF11C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>recommendations, being</w:t>
+      </w:r>
+      <w:r w:rsidRPr="62FBF11C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> up to date with vaccine doses for COVID-19 means that </w:t>
+      </w:r>
+      <w:r w:rsidR="00407C69" w:rsidRPr="62FBF11C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">all </w:t>
+      </w:r>
+      <w:r w:rsidRPr="62FBF11C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>HCP must receive one 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00407C69" w:rsidRPr="62FBF11C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="62FBF11C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00407C69" w:rsidRPr="62FBF11C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2026 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="62FBF11C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>COVID-19 vaccine</w:t>
+      </w:r>
+      <w:r w:rsidR="00407C69" w:rsidRPr="62FBF11C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="399FB640" w14:textId="38DAE918" w:rsidR="62FBF11C" w:rsidRPr="008F1B91" w:rsidRDefault="00C31C2D" w:rsidP="008F1B91">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="62FBF11C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>HCP means an</w:t>
+      </w:r>
+      <w:r w:rsidR="00407C69" w:rsidRPr="62FBF11C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="62FBF11C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> individual or individuals who </w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:t>either work at or come to the licensed service or site</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0074181C">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:t>EMS</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:t>vehicle</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:t>who</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:t>employed</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:szCs w:val="24"/>
-[...31 lines deleted...]
-      <w:r w:rsidRPr="0074181C">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:t>affiliated</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
         <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:szCs w:val="24"/>
-[...35 lines deleted...]
-      <w:r w:rsidRPr="0074181C">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
         <w:rPr>
           <w:spacing w:val="-6"/>
-          <w:szCs w:val="24"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="0074181C">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:t>service</w:t>
+      </w:r>
+      <w:r w:rsidRPr="62FBF11C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, whether directly, by contract with another entity, or as an independent contractor, paid or unpaid including, but not limited to, employees, members of the medical staff, contract employees or staff, students, and volunteers, whether or not such individual(s) provide direct care.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BBEE93B" w14:textId="18CFE4C9" w:rsidR="62FBF11C" w:rsidRDefault="00A03886" w:rsidP="005D0B96">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A03886">
+        <w:t>Vaccination of HCP is an important component of the strategy to protect Massachusetts residents from morbidity and mortality from respiratory infections including influenza and COVID-</w:t>
+      </w:r>
+      <w:r w:rsidR="00767F6E">
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03886">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03886">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Vaccinated healthcare workers are less likely to transmit SARS-CoV-2 to vulnerable </w:t>
+      </w:r>
+      <w:r w:rsidR="0015671C">
+        <w:t>residents</w:t>
+      </w:r>
+      <w:r w:rsidR="0008572F">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+      <w:r w:rsidRPr="00A03886">
+        <w:t xml:space="preserve">.  HCP are also at higher risk of exposure and infection with SARS-CoV-2. Prevention of both influenza and COVID-19 in HCP is vital to maintaining healthcare capacity and protecting the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D354A0">
+        <w:t>residents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A03886">
+        <w:t xml:space="preserve"> they care for.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C30B26D" w14:textId="7437DD33" w:rsidR="62FBF11C" w:rsidRDefault="00C31C2D" w:rsidP="005D0B96">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">All HCP, who are not subject to an exemption, must </w:t>
+      </w:r>
+      <w:r w:rsidR="00D354A0">
+        <w:t>receive a 2025-2026</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> COVID-19 vaccine no later than March 31, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D354A0">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. In alignment with the CDC and the Centers for Medicare and Medicare Care Services (CMS), all HCP, who are not subject to an exemption, must have received the 202</w:t>
+      </w:r>
+      <w:r w:rsidR="3B1413BA">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="5DD6282F">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> seasonal influenza vaccine no later than March 31, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D354A0">
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. While </w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ambulance</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0074181C">
-[...139 lines deleted...]
-      <w:r w:rsidRPr="0074181C">
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>services</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">are not required to procure vaccines for, or administer vaccines to </w:t>
+      </w:r>
+      <w:r w:rsidR="003F0D60">
+        <w:t xml:space="preserve">their </w:t>
+      </w:r>
+      <w:r>
+        <w:t>HCP directly, they are required to ensure that HCP are vaccinated, unless exempt</w:t>
+      </w:r>
+      <w:r w:rsidR="003F0D60">
+        <w:t>, in accordance with these guidelines</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mbulance</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0074181C">
-[...51 lines deleted...]
-      <w:r w:rsidRPr="0074181C">
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>services</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>to:</w:t>
-[...4 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">may choose to host a health care provider to administer vaccine to their HCP and may bill health insurance for those HCP that provide their insurance information. Additionally, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ambulance</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>services</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>may direct HCP to a local pharmacy or health care provider for the administration of these vaccines.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FEDF3EB" w14:textId="4FEEC3BF" w:rsidR="00C31C2D" w:rsidRDefault="00C31C2D" w:rsidP="00C31C2D">
+      <w:r>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r w:rsidR="003F0D60">
+        <w:t>HCP</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> subject to the vaccine exemption, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ambulance</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>services</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">must require that such individual take mitigation measures in addition to continuing to self-assess for any signs or symptoms of illness. Mitigation measures that the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ambulance</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>services</w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">can require exempt </w:t>
+      </w:r>
+      <w:r w:rsidR="00182FB2">
+        <w:t xml:space="preserve">HCP </w:t>
+      </w:r>
+      <w:r>
+        <w:t>take include, but are not limited to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46B36699" w14:textId="0781ED82" w:rsidR="00C31C2D" w:rsidRDefault="00C31C2D" w:rsidP="00C31C2D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:tabs>
-[...59 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Wearing a facemask during all </w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1">
+        <w:t>patient</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> care encounters for the duration of the respiratory illness season; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="336840BE" w14:textId="689B8F97" w:rsidR="62FBF11C" w:rsidRDefault="00C31C2D" w:rsidP="62FBF11C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:tabs>
-[...124 lines deleted...]
-        <w:widowControl w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Avoiding direct </w:t>
+      </w:r>
+      <w:r w:rsidR="00B364E1">
+        <w:t>patient</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> care.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BA38E44" w14:textId="55CB3E1C" w:rsidR="62FBF11C" w:rsidRPr="005D0B96" w:rsidRDefault="00C31C2D" w:rsidP="005D0B96">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">DPH continues to recommend that HCP use personal protective equipment (PPE) consistent with the Department’s </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13">
+        <w:r w:rsidRPr="216A1022">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Comprehensive PPE Guidance</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BA17381" w14:textId="77777777" w:rsidR="00C31C2D" w:rsidRDefault="00C31C2D" w:rsidP="00C31C2D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Documentation Requirements</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BD8DEEC" w14:textId="61729A6D" w:rsidR="00C31C2D" w:rsidRDefault="00C31C2D" w:rsidP="00C31C2D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00545FA4" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>EMS System regulations direct that ambulance services</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> require and maintain for each individual proof of current seasonal influenza vaccination and COVID-19 vaccination or the </w:t>
+      </w:r>
+      <w:r w:rsidR="00182FB2">
+        <w:t xml:space="preserve">HCP’s </w:t>
+      </w:r>
+      <w:r>
+        <w:t>exemption statement. These records must be maintained via a central system to track the vaccination status of all HCP and must be available to DPH upon request. Examples of individual proof of current vaccination include but are not limited to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79ECF360" w14:textId="77777777" w:rsidR="00C31C2D" w:rsidRDefault="00C31C2D" w:rsidP="00C31C2D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:tabs>
-[...91 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Copy of CDC Vaccination Card.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12419C98" w14:textId="77777777" w:rsidR="00C31C2D" w:rsidRDefault="00C31C2D" w:rsidP="00C31C2D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:tabs>
-[...685 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Copy of MA Immunization Information System (MIIS) Vaccination Record.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A212A4A" w14:textId="77777777" w:rsidR="00C31C2D" w:rsidRDefault="00C31C2D" w:rsidP="00C31C2D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:tabs>
-[...111 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Copy of vaccination from an electronic health record. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65604620" w14:textId="77777777" w:rsidR="00C31C2D" w:rsidRDefault="00C31C2D" w:rsidP="00C31C2D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:tabs>
-[...5 lines deleted...]
-        <w:ind w:left="2241" w:hanging="360"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">COVID-19 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>SmartHealthcard</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> from the Commonwealth’s </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>MyVaxRecords</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> public portal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D4CD712" w14:textId="5C9D483A" w:rsidR="622E1E70" w:rsidRPr="002873B0" w:rsidRDefault="00C31C2D" w:rsidP="002873B0">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Exemption statements from HCP must include a signed statement certifying they received information about the risks and benefits of COVID-19 and/or influenza vaccination. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F38ABC8" w14:textId="73A7C41D" w:rsidR="00C31C2D" w:rsidRDefault="00C31C2D" w:rsidP="00C31C2D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Reporting Requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52924B98" w14:textId="77777777" w:rsidR="00545FA4" w:rsidRDefault="00545FA4" w:rsidP="002873B0">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00545FA4">
+        <w:t xml:space="preserve">To comply with the EMS System regulations, all Massachusetts ambulance services must annually report their aggregate HCP COVID-19 and influenza data </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">to DPH via </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00545FA4">
+        <w:t>REDCap</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00545FA4">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E94A94">
+        <w:t xml:space="preserve">The link may be found here: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14">
+        <w:r w:rsidR="00E94A94" w:rsidRPr="62FBF11C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://redcap.link/ma-hcp-covidandfluvaccination</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="09408DDF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AD8F2C8" w14:textId="77777777" w:rsidR="00545FA4" w:rsidRPr="00545FA4" w:rsidRDefault="00545FA4" w:rsidP="00545FA4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00545FA4">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t>Only</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00545FA4">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Each</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0074181C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00545FA4">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>reports</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00545FA4">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00545FA4">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>submitted</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00545FA4">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0074181C">
+      <w:r w:rsidRPr="00545FA4">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>licensed</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0074181C">
+        <w:t>through</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00545FA4">
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00545FA4">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>REDCap</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00545FA4">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00545FA4">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00545FA4">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00545FA4">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00545FA4">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00545FA4">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0074181C">
+        <w:t>accepted.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D8A4484" w14:textId="473128C9" w:rsidR="00545FA4" w:rsidRPr="00545FA4" w:rsidRDefault="00545FA4" w:rsidP="00545FA4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00545FA4">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>Each</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00545FA4">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00545FA4">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>licensed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00545FA4">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00545FA4">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>ambulance</w:t>
       </w:r>
-      <w:r w:rsidRPr="0074181C">
+      <w:r w:rsidRPr="00545FA4">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0074181C">
+      <w:r w:rsidRPr="00545FA4">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>service</w:t>
       </w:r>
-      <w:r w:rsidRPr="0074181C">
+      <w:r w:rsidRPr="00545FA4">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0074181C">
+      <w:r w:rsidRPr="00545FA4">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidRPr="0074181C">
+      <w:r w:rsidRPr="00545FA4">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0074181C">
+      <w:r w:rsidRPr="00545FA4">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>required</w:t>
       </w:r>
-      <w:r w:rsidRPr="0074181C">
+      <w:r w:rsidRPr="00545FA4">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0074181C">
+      <w:r w:rsidRPr="00545FA4">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidRPr="0074181C">
+      <w:r w:rsidRPr="00545FA4">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0074181C">
+      <w:r w:rsidRPr="00545FA4">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>report</w:t>
       </w:r>
-      <w:r w:rsidRPr="0074181C">
+      <w:r w:rsidRPr="00545FA4">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0074181C">
+      <w:r w:rsidRPr="00545FA4">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="0074181C">
+      <w:r w:rsidRPr="00545FA4">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0074181C">
+      <w:r w:rsidRPr="00545FA4">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>following</w:t>
       </w:r>
-      <w:r w:rsidRPr="0074181C">
+      <w:r w:rsidRPr="00545FA4">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0074181C">
+      <w:r w:rsidRPr="00545FA4">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>no</w:t>
       </w:r>
-      <w:r w:rsidRPr="0074181C">
+      <w:r w:rsidRPr="00545FA4">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0074181C">
+      <w:r w:rsidRPr="00545FA4">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">later </w:t>
       </w:r>
-      <w:r w:rsidRPr="0074181C">
+      <w:r w:rsidRPr="00545FA4">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>than</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-        <w:outlineLvl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00545FA4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>May</w:t>
       </w:r>
-      <w:r w:rsidRPr="0074181C">
+      <w:r w:rsidRPr="00545FA4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0074181C">
+      <w:r w:rsidRPr="00545FA4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">15, </w:t>
       </w:r>
-      <w:r w:rsidRPr="0074181C">
+      <w:r w:rsidRPr="00545FA4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidRPr="0074181C">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0074181C">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00545FA4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CADA0B3" w14:textId="77777777" w:rsidR="0074181C" w:rsidRPr="0074181C" w:rsidRDefault="0074181C" w:rsidP="0074181C">
-[...1 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w14:paraId="4825BF8E" w14:textId="619A55CB" w:rsidR="00545FA4" w:rsidRDefault="00545FA4" w:rsidP="00545FA4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:tabs>
-[...189 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Number of HCP who worked at the ambulance service for at least 1 day between October 1, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and March 31, 2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B3287CB" w14:textId="3F68E34D" w:rsidR="00545FA4" w:rsidRDefault="00545FA4" w:rsidP="00545FA4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:tabs>
-[...123 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Number of HCP who received the updated 2025-2026 influenza vaccine as of March 31, 2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C907574" w14:textId="77777777" w:rsidR="00545FA4" w:rsidRDefault="00545FA4" w:rsidP="00545FA4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:tabs>
-[...149 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Number of HCP who are exempt from the influenza vaccine (unvaccinated at time of reporting).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CF69C9D" w14:textId="244212AB" w:rsidR="00545FA4" w:rsidRDefault="00545FA4" w:rsidP="00545FA4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:tabs>
-[...19 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Number of HCP who received an updated 2025-2026 COVID-19 vaccine as of March 31, 2026</w:t>
+      </w:r>
+      <w:r w:rsidR="009B4D10">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BE2F2BA" w14:textId="77777777" w:rsidR="00545FA4" w:rsidRDefault="00545FA4" w:rsidP="00545FA4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:tabs>
-[...181 lines deleted...]
-      <w:r w:rsidRPr="0074181C">
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Number of HCP who are exempt from the updated COVID-19 vaccine (unvaccinated at time of reporting).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="674FC202" w14:textId="33BF58B2" w:rsidR="00C31C2D" w:rsidRDefault="00C31C2D" w:rsidP="00C31C2D">
+      <w:r>
+        <w:t xml:space="preserve">Please note that the </w:t>
+      </w:r>
+      <w:r w:rsidR="009B4D10" w:rsidRPr="0074181C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EMS System regulations </w:t>
+      </w:r>
+      <w:r>
+        <w:t>do not allow for reporting an unknown vaccination status.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43E00B34" w14:textId="0D1EC35E" w:rsidR="00C31C2D" w:rsidRDefault="00C31C2D" w:rsidP="00C31C2D"/>
+    <w:p w14:paraId="051AAD79" w14:textId="29DEE086" w:rsidR="00C31C2D" w:rsidRDefault="00C31C2D" w:rsidP="00C31C2D">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0074181C">
+        </w:rPr>
+        <w:t xml:space="preserve">To assist </w:t>
+      </w:r>
+      <w:r w:rsidR="009B4D10">
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="0074181C">
+        </w:rPr>
+        <w:t>ambulance services</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...184 lines deleted...]
-        <w:r w:rsidRPr="0074181C">
+        </w:rPr>
+        <w:t xml:space="preserve"> in documenting, monitoring and tracking HCP COVID-19 &amp; influenza vaccination data throughout the respiratory season, DPH has developed a Facility COVID-19 &amp; Flu Tracking Tool, available at the following link:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r>
           <w:rPr>
-            <w:color w:val="0000FF"/>
-[...1 lines deleted...]
-            <w:u w:val="single" w:color="0000FF"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Health Care</w:t>
+          <w:t>Health Care Personnel Influenza Vaccination References and Resources | Mass.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0074181C">
-[...7 lines deleted...]
-        <w:r w:rsidRPr="0074181C">
+    </w:p>
+    <w:p w14:paraId="6B7DBDCA" w14:textId="77777777" w:rsidR="00C31C2D" w:rsidRDefault="00C31C2D" w:rsidP="00C31C2D">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51E6EF7C" w14:textId="77777777" w:rsidR="00C31C2D" w:rsidRDefault="00C31C2D" w:rsidP="00C31C2D">
+      <w:r>
+        <w:t xml:space="preserve">Please submit questions regarding the reporting and data submission requirements to the Bureau of Health Care Safety and Quality at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r>
           <w:rPr>
-            <w:color w:val="0000FF"/>
-[...79 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>dhcq.fludata@state.ma.us</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0074181C">
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F8A989C" w14:textId="77777777" w:rsidR="0074181C" w:rsidRPr="0074181C" w:rsidRDefault="0074181C" w:rsidP="0074181C">
-[...42 lines deleted...]
-    <w:sectPr w:rsidR="00F45EF2">
+    <w:p w14:paraId="237E40B0" w14:textId="77777777" w:rsidR="00C31C2D" w:rsidRDefault="00C31C2D" w:rsidP="00C31C2D"/>
+    <w:p w14:paraId="74BAC1E1" w14:textId="77777777" w:rsidR="007210FB" w:rsidRPr="009908FF" w:rsidRDefault="007210FB" w:rsidP="0072610D"/>
+    <w:sectPr w:rsidR="007210FB" w:rsidRPr="009908FF" w:rsidSect="00802852">
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="35ADE0F5" w14:textId="77777777" w:rsidR="002A6F5B" w:rsidRDefault="002A6F5B" w:rsidP="0074181C">
+    <w:p w14:paraId="5B31559C" w14:textId="77777777" w:rsidR="006B041D" w:rsidRDefault="006B041D" w:rsidP="00C31C2D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7C0319AC" w14:textId="77777777" w:rsidR="002A6F5B" w:rsidRDefault="002A6F5B" w:rsidP="0074181C">
+    <w:p w14:paraId="49F1D049" w14:textId="77777777" w:rsidR="006B041D" w:rsidRDefault="006B041D" w:rsidP="00C31C2D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...4 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Rounded MT Bold">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020F0704030504030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="LinePrinter">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="@Batang">
+    <w:panose1 w:val="02030600000101010101"/>
+    <w:charset w:val="81"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...59 lines deleted...]
-</w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4F61CB79" w14:textId="77777777" w:rsidR="002A6F5B" w:rsidRDefault="002A6F5B" w:rsidP="0074181C">
+    <w:p w14:paraId="5527E92B" w14:textId="77777777" w:rsidR="006B041D" w:rsidRDefault="006B041D" w:rsidP="00C31C2D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0C16619C" w14:textId="77777777" w:rsidR="002A6F5B" w:rsidRDefault="002A6F5B" w:rsidP="0074181C">
+    <w:p w14:paraId="782AB5B5" w14:textId="77777777" w:rsidR="006B041D" w:rsidRDefault="006B041D" w:rsidP="00C31C2D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="20DBD2FF" w14:textId="77777777" w:rsidR="0074181C" w:rsidRDefault="0074181C" w:rsidP="0074181C">
+    <w:p w14:paraId="5AA7EB38" w14:textId="72B21A82" w:rsidR="0008572F" w:rsidRDefault="0008572F">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
-      <w:r w:rsidRPr="0FDE616D">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Information on up to date COVID-19 vaccination can be found here: </w:t>
-[...13 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0008572F">
+        <w:t>Klompas M, Pearson M, Morris C. The Case for Mandating COVID-19 Vaccines for Health Care Workers. Ann Intern Med. 2021;174(9):1305-1307. doi:10.7326/M21-2366</w:t>
+      </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
-</file>
-[...59 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0CEF5AD4"/>
-[...119 lines deleted...]
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="128B2045"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="68F4E6FC"/>
     <w:lvl w:ilvl="0" w:tplc="0FA8278A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1881" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="101"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="435A48A4">
       <w:numFmt w:val="bullet"/>
@@ -6602,227 +2354,695 @@
     <w:lvl w:ilvl="7" w:tplc="55E6B23E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8306" w:hanging="721"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="94421D98">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9317" w:hanging="721"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="163859183">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="18A703CB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="640470E0"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3367381A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F6329F36"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="51E62B08"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="30164B0A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="42295233">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1348480626">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1141770628">
+  <w:num w:numId="3" w16cid:durableId="163859183">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1241600887">
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006D77A6"/>
     <w:rsid w:val="0000218B"/>
+    <w:rsid w:val="00014759"/>
+    <w:rsid w:val="000164B3"/>
+    <w:rsid w:val="00025FB6"/>
     <w:rsid w:val="00033154"/>
     <w:rsid w:val="00042048"/>
-    <w:rsid w:val="00051763"/>
     <w:rsid w:val="000537DA"/>
-    <w:rsid w:val="0006776A"/>
+    <w:rsid w:val="00060874"/>
+    <w:rsid w:val="00070758"/>
+    <w:rsid w:val="0008572F"/>
     <w:rsid w:val="000A1DE1"/>
+    <w:rsid w:val="000A3205"/>
     <w:rsid w:val="000B7D96"/>
+    <w:rsid w:val="000C2E20"/>
+    <w:rsid w:val="000D467F"/>
+    <w:rsid w:val="000D54DE"/>
     <w:rsid w:val="000F315B"/>
     <w:rsid w:val="001125C0"/>
     <w:rsid w:val="0015268B"/>
-    <w:rsid w:val="0017626A"/>
+    <w:rsid w:val="0015671C"/>
+    <w:rsid w:val="0015709E"/>
+    <w:rsid w:val="00173451"/>
+    <w:rsid w:val="0017749A"/>
     <w:rsid w:val="00177C77"/>
+    <w:rsid w:val="00182FB2"/>
+    <w:rsid w:val="001A38F9"/>
+    <w:rsid w:val="001A7E66"/>
     <w:rsid w:val="001B6693"/>
     <w:rsid w:val="0021698C"/>
+    <w:rsid w:val="00237280"/>
+    <w:rsid w:val="00257B30"/>
     <w:rsid w:val="00260D54"/>
     <w:rsid w:val="00276957"/>
     <w:rsid w:val="00276DCC"/>
-    <w:rsid w:val="002910B8"/>
+    <w:rsid w:val="002873B0"/>
     <w:rsid w:val="002A132F"/>
-    <w:rsid w:val="002A6F5B"/>
     <w:rsid w:val="002D1C21"/>
+    <w:rsid w:val="002F28E9"/>
+    <w:rsid w:val="002F7787"/>
     <w:rsid w:val="00301022"/>
+    <w:rsid w:val="00314253"/>
+    <w:rsid w:val="00357A68"/>
     <w:rsid w:val="00375EAD"/>
+    <w:rsid w:val="00381FC3"/>
     <w:rsid w:val="00385812"/>
     <w:rsid w:val="00392D0B"/>
     <w:rsid w:val="003A7AFC"/>
-    <w:rsid w:val="003C227F"/>
-    <w:rsid w:val="003C3B2D"/>
+    <w:rsid w:val="003C4D2C"/>
     <w:rsid w:val="003C60EF"/>
+    <w:rsid w:val="003D5924"/>
+    <w:rsid w:val="003D61DA"/>
+    <w:rsid w:val="003F0D60"/>
+    <w:rsid w:val="00407C69"/>
+    <w:rsid w:val="00415519"/>
+    <w:rsid w:val="00456835"/>
     <w:rsid w:val="004813AC"/>
+    <w:rsid w:val="004A30E0"/>
     <w:rsid w:val="004B37A0"/>
     <w:rsid w:val="004B5CFB"/>
+    <w:rsid w:val="004C3F69"/>
     <w:rsid w:val="004D6B39"/>
     <w:rsid w:val="004E0C3F"/>
+    <w:rsid w:val="004F007C"/>
+    <w:rsid w:val="00505059"/>
+    <w:rsid w:val="00507731"/>
     <w:rsid w:val="00512956"/>
     <w:rsid w:val="00530145"/>
     <w:rsid w:val="005448AA"/>
+    <w:rsid w:val="00545FA4"/>
+    <w:rsid w:val="00572A6E"/>
+    <w:rsid w:val="005D0B96"/>
+    <w:rsid w:val="005D70FF"/>
+    <w:rsid w:val="0061739C"/>
+    <w:rsid w:val="00623F24"/>
+    <w:rsid w:val="0066772E"/>
+    <w:rsid w:val="00681F86"/>
+    <w:rsid w:val="006917DA"/>
+    <w:rsid w:val="006B041D"/>
     <w:rsid w:val="006D06D9"/>
+    <w:rsid w:val="006D1F9C"/>
+    <w:rsid w:val="006D30E3"/>
     <w:rsid w:val="006D77A6"/>
-    <w:rsid w:val="00700039"/>
     <w:rsid w:val="00702109"/>
+    <w:rsid w:val="00710732"/>
+    <w:rsid w:val="007210FB"/>
     <w:rsid w:val="0072610D"/>
-    <w:rsid w:val="0074181C"/>
+    <w:rsid w:val="007359C3"/>
+    <w:rsid w:val="00751FAE"/>
     <w:rsid w:val="00757006"/>
+    <w:rsid w:val="00767F6E"/>
+    <w:rsid w:val="00771FEB"/>
+    <w:rsid w:val="007971ED"/>
     <w:rsid w:val="007B3F4B"/>
     <w:rsid w:val="007B7347"/>
     <w:rsid w:val="007D10F3"/>
+    <w:rsid w:val="007D1D51"/>
+    <w:rsid w:val="007E06B4"/>
     <w:rsid w:val="007F3CDB"/>
-    <w:rsid w:val="008E5BCE"/>
+    <w:rsid w:val="00802852"/>
+    <w:rsid w:val="0082152B"/>
+    <w:rsid w:val="00850407"/>
+    <w:rsid w:val="00881361"/>
+    <w:rsid w:val="0088305B"/>
+    <w:rsid w:val="008A7545"/>
+    <w:rsid w:val="008B4B63"/>
+    <w:rsid w:val="008C5371"/>
+    <w:rsid w:val="008D2A35"/>
+    <w:rsid w:val="008D7869"/>
+    <w:rsid w:val="008F1B91"/>
+    <w:rsid w:val="009164E8"/>
+    <w:rsid w:val="00951305"/>
+    <w:rsid w:val="00972B91"/>
     <w:rsid w:val="009730E5"/>
     <w:rsid w:val="009908FF"/>
     <w:rsid w:val="00995505"/>
+    <w:rsid w:val="009B4D10"/>
     <w:rsid w:val="009C4428"/>
     <w:rsid w:val="009D48CD"/>
+    <w:rsid w:val="00A03886"/>
+    <w:rsid w:val="00A1134D"/>
+    <w:rsid w:val="00A5547C"/>
     <w:rsid w:val="00A65101"/>
+    <w:rsid w:val="00A75F59"/>
+    <w:rsid w:val="00AD0D00"/>
+    <w:rsid w:val="00B147BA"/>
+    <w:rsid w:val="00B364E1"/>
+    <w:rsid w:val="00B36ADA"/>
     <w:rsid w:val="00B403BF"/>
     <w:rsid w:val="00B608D9"/>
-    <w:rsid w:val="00B82C87"/>
+    <w:rsid w:val="00BA15C5"/>
     <w:rsid w:val="00BA4055"/>
     <w:rsid w:val="00BA7FB6"/>
-    <w:rsid w:val="00BF2329"/>
+    <w:rsid w:val="00BB3B4F"/>
+    <w:rsid w:val="00BC06A6"/>
+    <w:rsid w:val="00C066FA"/>
     <w:rsid w:val="00C20BFE"/>
+    <w:rsid w:val="00C31C2D"/>
     <w:rsid w:val="00C46D29"/>
-    <w:rsid w:val="00C5233F"/>
+    <w:rsid w:val="00C762A8"/>
+    <w:rsid w:val="00CC0D26"/>
     <w:rsid w:val="00CC1778"/>
+    <w:rsid w:val="00CE38EC"/>
     <w:rsid w:val="00CE575B"/>
+    <w:rsid w:val="00CF0BB2"/>
+    <w:rsid w:val="00CF252C"/>
+    <w:rsid w:val="00CF29FE"/>
     <w:rsid w:val="00CF3DE8"/>
     <w:rsid w:val="00D0493F"/>
-    <w:rsid w:val="00D53BD2"/>
+    <w:rsid w:val="00D10DDE"/>
+    <w:rsid w:val="00D12742"/>
+    <w:rsid w:val="00D16F5C"/>
+    <w:rsid w:val="00D354A0"/>
+    <w:rsid w:val="00D427ED"/>
     <w:rsid w:val="00D56F91"/>
+    <w:rsid w:val="00D76119"/>
+    <w:rsid w:val="00D81852"/>
     <w:rsid w:val="00D8671C"/>
     <w:rsid w:val="00D91390"/>
+    <w:rsid w:val="00D95789"/>
     <w:rsid w:val="00DA57C3"/>
     <w:rsid w:val="00DC3855"/>
+    <w:rsid w:val="00DE321B"/>
+    <w:rsid w:val="00E0797C"/>
     <w:rsid w:val="00E242A8"/>
     <w:rsid w:val="00E274B8"/>
+    <w:rsid w:val="00E5656E"/>
     <w:rsid w:val="00E72707"/>
-    <w:rsid w:val="00EF623F"/>
+    <w:rsid w:val="00E814A1"/>
+    <w:rsid w:val="00E842BB"/>
+    <w:rsid w:val="00E92038"/>
+    <w:rsid w:val="00E94A94"/>
+    <w:rsid w:val="00EA5E68"/>
+    <w:rsid w:val="00EB7374"/>
+    <w:rsid w:val="00ED2FDE"/>
+    <w:rsid w:val="00ED56B6"/>
+    <w:rsid w:val="00EE3732"/>
+    <w:rsid w:val="00EF0780"/>
+    <w:rsid w:val="00F02853"/>
     <w:rsid w:val="00F0586E"/>
+    <w:rsid w:val="00F2080C"/>
     <w:rsid w:val="00F43932"/>
-    <w:rsid w:val="00F45EF2"/>
+    <w:rsid w:val="00F445F2"/>
+    <w:rsid w:val="00F8269C"/>
+    <w:rsid w:val="00F965E5"/>
     <w:rsid w:val="00FA575E"/>
+    <w:rsid w:val="00FB0FB1"/>
+    <w:rsid w:val="00FB577E"/>
+    <w:rsid w:val="00FC2EA5"/>
     <w:rsid w:val="00FC6B42"/>
+    <w:rsid w:val="00FF3EF3"/>
+    <w:rsid w:val="09408DDF"/>
+    <w:rsid w:val="19EA9B1A"/>
+    <w:rsid w:val="1D862094"/>
+    <w:rsid w:val="216A1022"/>
+    <w:rsid w:val="2ACE9F7B"/>
+    <w:rsid w:val="2DEF549C"/>
+    <w:rsid w:val="2F1A813A"/>
+    <w:rsid w:val="3676F02D"/>
+    <w:rsid w:val="3B1413BA"/>
+    <w:rsid w:val="468E0920"/>
+    <w:rsid w:val="4AAB0349"/>
+    <w:rsid w:val="4C4668F6"/>
+    <w:rsid w:val="51D81C71"/>
+    <w:rsid w:val="5799B9E0"/>
+    <w:rsid w:val="5DD6282F"/>
+    <w:rsid w:val="622E1E70"/>
+    <w:rsid w:val="62FBF11C"/>
+    <w:rsid w:val="7923F3C0"/>
+    <w:rsid w:val="7A052ACB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4299AB33"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{DCFA160E-D377-4B05-982F-B9CF6A55D325}"/>
+  <w15:docId w15:val="{80A1773E-6C33-4B0B-9372-0024782DDB6C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="footnote text" w:uiPriority="99"/>
-    <w:lsdException w:name="header" w:uiPriority="99"/>
-    <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="footnote reference" w:uiPriority="99"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7153,202 +3373,202 @@
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:rsid w:val="00FC6B42"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:rsid w:val="00FC6B42"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00572A6E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D53BD2"/>
-[...20 lines deleted...]
-    <w:rsid w:val="0074181C"/>
+    <w:rsid w:val="00C31C2D"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...5 lines deleted...]
-      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="22"/>
-[...43 lines deleted...]
-      <w:szCs w:val="22"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0074181C"/>
-[...4 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00C31C2D"/>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
     <w:name w:val="Footnote Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0074181C"/>
+    <w:rsid w:val="00C31C2D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C31C2D"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MediumGrid21">
+    <w:name w:val="Medium Grid 21"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C31C2D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Calibri"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C31C2D"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:rsid w:val="00681F86"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:rsid w:val="00681F86"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:rsid w:val="00681F86"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:rsid w:val="00681F86"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FC2EA5"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="781614722">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1008673551">
-[...11 lines deleted...]
-    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://redcap.link/ma-hcp-covidandfluvaccination" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://redcap.link/ma-hcp-covidandfluvaccination" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dhcq.fludata@state.ma.us" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/updated-comprehensive-personal-protective-equipment-2/download" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/health-care-personnel-influenza-vaccination-references-and-resources" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/health-care-personnel-influenza-vaccination-references-and-resources" TargetMode="External"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/covid/vaccines/stay-up-to-date.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/updated-comprehensive-personal-protective-equipment-2/download" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/dph-recommended-guidance-for-vaccines" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dhcq.fludata@state.ma.us" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/health-care-personnel-influenza-vaccination-references-and-resources" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://redcap.link/ma-hcp-covidandfluvaccination" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Documents%20and%20Settings\KMarshall\DPH%20Letterhead.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -7618,93 +3838,93 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B0F2FAA928F6D64BB16ED70B5ACF963F" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="877bd3fb08ef6011f3b79d8bdcb87a43">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ae916ade-957f-4a2f-93c3-592a84a0e75c" xmlns:ns3="e10e4db1-d899-403d-9807-651178ead3da" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6239b1d85b41d22f2dbfb1cea51af504" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B0F2FAA928F6D64BB16ED70B5ACF963F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7432218a972c9ec232d3a9b6f06fcc42">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ae916ade-957f-4a2f-93c3-592a84a0e75c" xmlns:ns3="e10e4db1-d899-403d-9807-651178ead3da" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="32b2b4497390a973007cec6a698f283a" ns2:_="" ns3:_="">
     <xsd:import namespace="ae916ade-957f-4a2f-93c3-592a84a0e75c"/>
     <xsd:import namespace="e10e4db1-d899-403d-9807-651178ead3da"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ae916ade-957f-4a2f-93c3-592a84a0e75c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
@@ -7718,50 +3938,65 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e10e4db1-d899-403d-9807-651178ead3da" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -7861,118 +4096,284 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="e10e4db1-d899-403d-9807-651178ead3da" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ae916ade-957f-4a2f-93c3-592a84a0e75c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E00FE09-04B5-4F2D-BE35-4F00C3FBD9A1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA20013A-EE1F-4A75-8DC0-F8273477E03A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{61B595B0-96E8-4711-AA41-147197B02448}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55F539BB-9888-4AE4-B08D-D8DEA85C8A27}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ae916ade-957f-4a2f-93c3-592a84a0e75c"/>
     <ds:schemaRef ds:uri="e10e4db1-d899-403d-9807-651178ead3da"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1FC13ED-9ACC-4689-9EBE-D1CEF212FA91}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="e10e4db1-d899-403d-9807-651178ead3da"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="ae916ade-957f-4a2f-93c3-592a84a0e75c"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>DPH Letterhead</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>5461</Characters>
+  <Pages>3</Pages>
+  <Words>1053</Words>
+  <Characters>6004</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>50</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr> </vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6406</CharactersWithSpaces>
+  <CharactersWithSpaces>7043</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="42" baseType="variant">
+      <vt:variant>
+        <vt:i4>5046388</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>18</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:dhcq.fludata@state.ma.us</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3997809</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>15</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/info-details/health-care-personnel-influenza-vaccination-references-and-resources</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6946876</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>12</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://sso.hhs.state.ma.us/vgportal/login</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7143479</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>9</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.cdc.gov/nhsn/training/index.html</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4718606</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://redcap.link/ma-hcp-covidandfluvaccination</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3014696</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/doc/updated-comprehensive-personal-protective-equipment-2/download</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2424865</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.mass.gov/info-details/dph-recommended-guidance-for-vaccines</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title> </dc:title>
+  <dc:title/>
   <dc:subject/>
-  <dc:creator>Kyle Marshall</dc:creator>
+  <dc:creator>Fillo, Katherine</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100B0F2FAA928F6D64BB16ED70B5ACF963F</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>