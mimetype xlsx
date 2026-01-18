--- v0 (2025-10-18)
+++ v1 (2026-01-18)
@@ -1,7922 +1,8120 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov.sharepoint.com/sites/OSD-GFS-SHARED/STRATEGICSOURCING/Emergency Response Guides/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="919" documentId="8_{DDFEC4EB-1FF5-4BAD-9E60-719D29A9E392}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{DE44911D-1F2D-4AD0-9793-090232E0EAFB}"/>
+  <xr:revisionPtr revIDLastSave="1408" documentId="8_{DDFEC4EB-1FF5-4BAD-9E60-719D29A9E392}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A8F6C5B2-288E-40EF-808D-A7EAB5D8A4DC}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="gGRO6WoidINBu2SAiW0B1FXmvgsvOorkzlqaQ6qLXeRL4YqRiBCc6a+ZhG5kb+BZ0JzcIKAYG4HsoxOjStGi+g==" workbookSaltValue="vvHthYPcok4fATz5vw7f3g==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="450" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="284" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Emergency Guide" sheetId="1" r:id="rId1"/>
+    <sheet name="Sheet1" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3954" uniqueCount="2596">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4037" uniqueCount="2660">
   <si>
     <t>Emergency Response Supplies, Services and Equipment</t>
   </si>
   <si>
     <t>A Reference Guide to Statewide Contracts for Emergencies</t>
-  </si>
-[...7780 lines deleted...]
-    <t>Click Here To Find A Statewide Contract</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="18"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">How to use this guide: </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="18"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>This document is intended as a Commonwealth reference guide to obtain vendor contact information for emergency situations from existing Statewide Contracts (see link below). This guide allows users to identify the statewide contract number, statewide contract title, vendor company name, emergency contact name, emergency phone and email. Please note that the Statewide Contracts are updated frequently and information can change prior to the next revision of this publication.</t>
     </r>
   </si>
   <si>
-    <t>Legacy Promotional Products, Inc. dba All Sports Heroes</t>
-[...2 lines deleted...]
-    <t>Action Apparel, Inc.</t>
+    <t>Click Here To Find A Statewide Contract</t>
+  </si>
+  <si>
+    <t>Last Updated: 
+September 2025</t>
+  </si>
+  <si>
+    <t>Statewide Contract Number</t>
+  </si>
+  <si>
+    <t>Statewide Contract Title</t>
+  </si>
+  <si>
+    <t>Vendor Company Name</t>
+  </si>
+  <si>
+    <t>Emergency Contact Name</t>
+  </si>
+  <si>
+    <t>Emergency Phone</t>
+  </si>
+  <si>
+    <t>Email</t>
+  </si>
+  <si>
+    <t>CLT09</t>
+  </si>
+  <si>
+    <t>Clothing, Uniforms, Footwear, Accessories, Personal Care Products, and Bedding</t>
+  </si>
+  <si>
+    <t>Action Apparel, LLC</t>
+  </si>
+  <si>
+    <t>Sue Murphy</t>
+  </si>
+  <si>
+    <t>978-618-5544</t>
+  </si>
+  <si>
+    <t>smurphy@actionapparelinc.com</t>
+  </si>
+  <si>
+    <t>Blue Tactical</t>
+  </si>
+  <si>
+    <t>Ryan Dupont</t>
+  </si>
+  <si>
+    <t>413-315-6344 x4</t>
+  </si>
+  <si>
+    <t>solutions@bluetactical.com</t>
+  </si>
+  <si>
+    <t>Bob Barker</t>
+  </si>
+  <si>
+    <t>Jeff Bradley</t>
+  </si>
+  <si>
+    <t>919-753-1635</t>
+  </si>
+  <si>
+    <t>jeffbradley@bobbarker.com</t>
+  </si>
+  <si>
+    <t>Brigham Industries Inc</t>
+  </si>
+  <si>
+    <t>Janice Bagdis</t>
+  </si>
+  <si>
+    <t>508-795-7905</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+jbagdis@brighamindustries.com</t>
+  </si>
+  <si>
+    <t>BSN Sports</t>
+  </si>
+  <si>
+    <t>Mike Hurley</t>
+  </si>
+  <si>
+    <t>860-921-6802</t>
+  </si>
+  <si>
+    <t>mhurley@bsnsports.com</t>
+  </si>
+  <si>
+    <t>Charm-Tex</t>
+  </si>
+  <si>
+    <t>Katherine Bittner</t>
+  </si>
+  <si>
+    <t>718-252-8100 x101</t>
+  </si>
+  <si>
+    <t>katherine@charm-tex.com</t>
+  </si>
+  <si>
+    <t>College Hype Sportswear</t>
+  </si>
+  <si>
+    <t>Joe Foley</t>
+  </si>
+  <si>
+    <t>617-282-8883x404</t>
+  </si>
+  <si>
+    <t>jfoley@collegehype.net</t>
+  </si>
+  <si>
+    <t>Commonwealth of MA-MassCor Industries</t>
+  </si>
+  <si>
+    <t>Steven Niland</t>
+  </si>
+  <si>
+    <t>508-850-1959</t>
+  </si>
+  <si>
+    <t>steven.k.niland@doc.state.ma.us</t>
+  </si>
+  <si>
+    <t>Creative Touch Designs, LLC</t>
+  </si>
+  <si>
+    <t>Marianne Cyr</t>
+  </si>
+  <si>
+    <t>978-828-6337</t>
+  </si>
+  <si>
+    <t>mcyr@ctdemb.com</t>
+  </si>
+  <si>
+    <t>Doughboy Police and Fire Supply</t>
+  </si>
+  <si>
+    <t>Ryan Barry</t>
+  </si>
+  <si>
+    <t>781-878-0302 x180</t>
+  </si>
+  <si>
+    <t>ryan@doughboyuniforms.com</t>
+  </si>
+  <si>
+    <t>First Defense Supply, Inc</t>
+  </si>
+  <si>
+    <t>James Averso</t>
+  </si>
+  <si>
+    <t>978-340-3505</t>
+  </si>
+  <si>
+    <t>javerso@firstdefensesupply.com</t>
+  </si>
+  <si>
+    <t>Galls</t>
+  </si>
+  <si>
+    <t>Chris Medley</t>
+  </si>
+  <si>
+    <t>210-896-0953</t>
+  </si>
+  <si>
+    <t>medley-chris@galls.com</t>
+  </si>
+  <si>
+    <t>Goaltex Corp</t>
+  </si>
+  <si>
+    <t>Robert Grubman</t>
+  </si>
+  <si>
+    <t>516-815-1785</t>
+  </si>
+  <si>
+    <t>robert@goaltex.com</t>
+  </si>
+  <si>
+    <t>Guardian Uniform and Supply LLC</t>
+  </si>
+  <si>
+    <t>David Goodrich</t>
+  </si>
+  <si>
+    <t>413-858-8880</t>
+  </si>
+  <si>
+    <t>contact@guardianuniform.com</t>
+  </si>
+  <si>
+    <t>Lane Printing &amp; Advertising</t>
+  </si>
+  <si>
+    <t>Carolyn Lane</t>
+  </si>
+  <si>
+    <t>781-844-3507</t>
+  </si>
+  <si>
+    <t>carolyn@laneprint.com</t>
+  </si>
+  <si>
+    <t>mag&amp;son clothing</t>
+  </si>
+  <si>
+    <t>Greg Mag</t>
+  </si>
+  <si>
+    <t>860-229-4900</t>
+  </si>
+  <si>
+    <t>gregmag100@aol.com</t>
+  </si>
+  <si>
+    <t>MG Products, LLC</t>
+  </si>
+  <si>
+    <t>Leanne Goddu</t>
+  </si>
+  <si>
+    <t>978-352-5042</t>
+  </si>
+  <si>
+    <t>leanne@mgproducts.net</t>
+  </si>
+  <si>
+    <t>Neptune Uniforms &amp; Equipment, Inc.</t>
+  </si>
+  <si>
+    <t>Linda Cohen-Tobin</t>
+  </si>
+  <si>
+    <t>978-372-8812 x120</t>
+  </si>
+  <si>
+    <t>ltobin@neptuneuniforms.com</t>
+  </si>
+  <si>
+    <t>Proforma Eagle Print &amp; Promotion</t>
+  </si>
+  <si>
+    <t>Kerrianne Foley</t>
+  </si>
+  <si>
+    <t>617-947-7301</t>
+  </si>
+  <si>
+    <t>kerrianne.foley@proforma.com</t>
+  </si>
+  <si>
+    <t>Razz-m-Tazz Promotions, LLC</t>
+  </si>
+  <si>
+    <t>Gail Sabettini</t>
+  </si>
+  <si>
+    <t>978-874-0502</t>
+  </si>
+  <si>
+    <t>gail@razz-m-tazz.com</t>
+  </si>
+  <si>
+    <t>Safo Hair</t>
+  </si>
+  <si>
+    <t>Erin Stinson</t>
+  </si>
+  <si>
+    <t>706-836-1785</t>
+  </si>
+  <si>
+    <t>social@safohair.com</t>
+  </si>
+  <si>
+    <t>Sterling Printing</t>
+  </si>
+  <si>
+    <t>Ricky Malrani</t>
+  </si>
+  <si>
+    <t>781-640-5737</t>
+  </si>
+  <si>
+    <t>ricky@sterlingprinting.com</t>
+  </si>
+  <si>
+    <t>Tiltin Kilts</t>
+  </si>
+  <si>
+    <t>Mary Tierney</t>
+  </si>
+  <si>
+    <t>774-293-0045</t>
+  </si>
+  <si>
+    <t>marytierneykiltmaker@yahoo.com</t>
+  </si>
+  <si>
+    <t>Trippi's Uniforms</t>
+  </si>
+  <si>
+    <t>Frank Trippi</t>
+  </si>
+  <si>
+    <t>508-755-4721</t>
+  </si>
+  <si>
+    <t>frank@trippisuniforms.com</t>
+  </si>
+  <si>
+    <t>US Sports and Apparel Inc</t>
+  </si>
+  <si>
+    <t>Ben Nutter</t>
+  </si>
+  <si>
+    <t>508-630-8710</t>
+  </si>
+  <si>
+    <t>ben@ussportsandapparel.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vestis </t>
+  </si>
+  <si>
+    <t>Ashleigh McLean</t>
+  </si>
+  <si>
+    <t>781-552-2151</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ashley.mclean@vestis.com  </t>
+  </si>
+  <si>
+    <t>W2W Partners Inc DBA Unicorn</t>
+  </si>
+  <si>
+    <t>Denielle Finkelstein</t>
+  </si>
+  <si>
+    <t>917-716-6698</t>
+  </si>
+  <si>
+    <t>deneille@w2wpartners.com</t>
+  </si>
+  <si>
+    <t>ENE50</t>
+  </si>
+  <si>
+    <t>Natural Gas</t>
+  </si>
+  <si>
+    <t>Direct Energy/NRG</t>
+  </si>
+  <si>
+    <t>James Razzaboni</t>
+  </si>
+  <si>
+    <t>203-444-6314</t>
+  </si>
+  <si>
+    <t>james.razzaboni@nrg.com</t>
+  </si>
+  <si>
+    <t>ENE51</t>
+  </si>
+  <si>
+    <t>DCAMM Designated Demand Response Program</t>
+  </si>
+  <si>
+    <t>Cpower</t>
+  </si>
+  <si>
+    <t>Mandy Dodd</t>
+  </si>
+  <si>
+    <t>410-346-5131</t>
+  </si>
+  <si>
+    <t>mandy.dodd@cpowerenergy.com</t>
+  </si>
+  <si>
+    <t>ENE52</t>
+  </si>
+  <si>
+    <t>No2 Heating Oil and APS Eligible Liquid Biofuel</t>
+  </si>
+  <si>
+    <t>Broco Oil</t>
+  </si>
+  <si>
+    <t>Robert Brown</t>
+  </si>
+  <si>
+    <t>781-844-1230</t>
+  </si>
+  <si>
+    <t>Bobby@Brocooil.com</t>
+  </si>
+  <si>
+    <t>East River Energy</t>
+  </si>
+  <si>
+    <t>Jesse M. Herzog</t>
+  </si>
+  <si>
+    <t>800-336-3762</t>
+  </si>
+  <si>
+    <t>jmh@eastriverenergy.com</t>
+  </si>
+  <si>
+    <t>Global Montello</t>
+  </si>
+  <si>
+    <t>Kevin Young</t>
+  </si>
+  <si>
+    <t>781-398-4259</t>
+  </si>
+  <si>
+    <t>kyoung@globalp.com</t>
+  </si>
+  <si>
+    <t>Peterson's Oil</t>
+  </si>
+  <si>
+    <t>Howard Peterson</t>
+  </si>
+  <si>
+    <t>508-368-1000</t>
+  </si>
+  <si>
+    <t>wrenzi@petersonoil.com</t>
+  </si>
+  <si>
+    <t>Sprague Operating Resources LLC</t>
+  </si>
+  <si>
+    <t>Taylor Hudson</t>
+  </si>
+  <si>
+    <t>603-430-5397</t>
+  </si>
+  <si>
+    <t>contractmgmt@spragueenergy.com</t>
+  </si>
+  <si>
+    <t>ENE53</t>
+  </si>
+  <si>
+    <t>Ultra Low Sulfur Diesel and Biodiesel</t>
+  </si>
+  <si>
+    <t>Broco Oil Inc</t>
+  </si>
+  <si>
+    <t>Carmyn Inc</t>
+  </si>
+  <si>
+    <t>Ben Slayden</t>
+  </si>
+  <si>
+    <t>617-352-5796</t>
+  </si>
+  <si>
+    <t>benjamin.m.slayden@carmyn.com</t>
+  </si>
+  <si>
+    <t>Dennis K. Burke</t>
+  </si>
+  <si>
+    <t>Joe Cote</t>
+  </si>
+  <si>
+    <t>800-289-2875</t>
+  </si>
+  <si>
+    <t>joe.cote@burkeoil.com</t>
+  </si>
+  <si>
+    <t>Global Montello Group Corp</t>
+  </si>
+  <si>
+    <t>ENE54</t>
+  </si>
+  <si>
+    <t>Gasoline</t>
+  </si>
+  <si>
+    <t>Sprague Operating resources LLC</t>
+  </si>
+  <si>
+    <t>ENE55</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>ENE57</t>
+  </si>
+  <si>
+    <t>Renewable and Alternative Energy Portfolio Standards-DCAMM Designated</t>
+  </si>
+  <si>
+    <t>Next Grid Markets</t>
+  </si>
+  <si>
+    <t>Heather Merhi</t>
+  </si>
+  <si>
+    <t>617-721-0972</t>
+  </si>
+  <si>
+    <t>heather.merhi@nextgridmarkets.com</t>
+  </si>
+  <si>
+    <t>FAC101</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Facilities Maintenance, Repair &amp; Operations (MRO) Industrial Supplies </t>
+  </si>
+  <si>
+    <t>Fastenal</t>
+  </si>
+  <si>
+    <t>Bill Franssen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">757-342-6123 </t>
+  </si>
+  <si>
+    <t>wfransse@fastenal.com</t>
+  </si>
+  <si>
+    <t>MSC Industrial Supply</t>
+  </si>
+  <si>
+    <t>Paul Medeiros</t>
+  </si>
+  <si>
+    <t>978-594-7214</t>
+  </si>
+  <si>
+    <t>paul.medeiros@mscdirect.com</t>
+  </si>
+  <si>
+    <t>Noble Supply</t>
+  </si>
+  <si>
+    <t>Cassia Proude</t>
+  </si>
+  <si>
+    <t>781-616-1546</t>
+  </si>
+  <si>
+    <t>cproude@noble.com</t>
+  </si>
+  <si>
+    <t>W.W. Grainger</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Erin Charbonneau </t>
+  </si>
+  <si>
+    <t>617-680-5709</t>
+  </si>
+  <si>
+    <t>erin.charbonneau@grainger.com</t>
+  </si>
+  <si>
+    <t>FAC104</t>
+  </si>
+  <si>
+    <t>Landscaping Products, Parks &amp; Recreation Equipment &amp; Related Products, Supplies &amp; Service</t>
+  </si>
+  <si>
+    <t>Bigelow Nurseries Inc</t>
+  </si>
+  <si>
+    <t>Jeff Willman</t>
+  </si>
+  <si>
+    <t>508-845-2143</t>
+  </si>
+  <si>
+    <t>willman@bigelownurseries.com</t>
+  </si>
+  <si>
+    <t>Cavicchio Greenhouses Inc</t>
+  </si>
+  <si>
+    <t>Nicola Cavicchio</t>
+  </si>
+  <si>
+    <t>978-639-6268</t>
+  </si>
+  <si>
+    <t>ncavicchio@cavicchio.com</t>
+  </si>
+  <si>
+    <t>Design Built LLC DBA Childscapes</t>
+  </si>
+  <si>
+    <t>Timothy Pesko</t>
+  </si>
+  <si>
+    <t>781-837-6412</t>
+  </si>
+  <si>
+    <t>tpesko@childscapes.net  </t>
+  </si>
+  <si>
+    <t>Creative Recreation LLC</t>
+  </si>
+  <si>
+    <t>John Hollerbach</t>
+  </si>
+  <si>
+    <t>860-953-5336</t>
+  </si>
+  <si>
+    <t>john@creativerec.com</t>
+  </si>
+  <si>
+    <t>Harrells LLC</t>
+  </si>
+  <si>
+    <t>Greg Nicoll</t>
+  </si>
+  <si>
+    <t>908-698-2106 </t>
+  </si>
+  <si>
+    <t>gnicoll@harrells.com</t>
+  </si>
+  <si>
+    <t>Helena Agri-Enterprises LLC</t>
+  </si>
+  <si>
+    <t>Jeffery Urquhart</t>
+  </si>
+  <si>
+    <t>781-571-1164</t>
+  </si>
+  <si>
+    <t>UrquhartJ@HelenaAgri.com</t>
+  </si>
+  <si>
+    <t>Heritage Landscape Supply Group Inc DBA Heritage PPG</t>
+  </si>
+  <si>
+    <t>Jeff Baker</t>
+  </si>
+  <si>
+    <t>207-606-9119</t>
+  </si>
+  <si>
+    <t>Jeff.Baker@Heritageppg.com</t>
+  </si>
+  <si>
+    <t>John Whelan Kinchla DBA Amherst Nurseries</t>
+  </si>
+  <si>
+    <t>John W Kinchla</t>
+  </si>
+  <si>
+    <t>413-549-8873</t>
+  </si>
+  <si>
+    <t>jwk@amherstnurseries.com</t>
+  </si>
+  <si>
+    <t>Kompan Inc</t>
+  </si>
+  <si>
+    <t>Erik Walsh </t>
+  </si>
+  <si>
+    <t xml:space="preserve">978-569-3797 </t>
+  </si>
+  <si>
+    <t>EriWal@Kompan.com  </t>
+  </si>
+  <si>
+    <t>Lorusso Corporation</t>
+  </si>
+  <si>
+    <t>Jim Botti </t>
+  </si>
+  <si>
+    <t>508-695-3252 </t>
+  </si>
+  <si>
+    <t>jbotti@lorussocorp.com </t>
+  </si>
+  <si>
+    <t>M. E. O'Brien &amp; Sons, Inc</t>
+  </si>
+  <si>
+    <t>Meghan O’Brien </t>
+  </si>
+  <si>
+    <t>508-359-4200 </t>
+  </si>
+  <si>
+    <t>meghan@obrienandsons.com</t>
+  </si>
+  <si>
+    <t>Marturano Recreation Company DBA MRC</t>
+  </si>
+  <si>
+    <t>Megan Kerr</t>
+  </si>
+  <si>
+    <t>800-922-0070 x1026 </t>
+  </si>
+  <si>
+    <t>contracts@mrcrec.com</t>
+  </si>
+  <si>
+    <t>New England Recreation Group, Inc.</t>
+  </si>
+  <si>
+    <t>Charles Ramondo Jr. </t>
+  </si>
+  <si>
+    <t>508-393-1963 </t>
+  </si>
+  <si>
+    <t>nerg@nerecgroup.com</t>
+  </si>
+  <si>
+    <t>P&amp;J Playground Services, Inc.</t>
+  </si>
+  <si>
+    <t>Philip Hock</t>
+  </si>
+  <si>
+    <t>860-485-2037 </t>
+  </si>
+  <si>
+    <t>pjlandplay@gmail.com</t>
+  </si>
+  <si>
+    <t>Park Street Playgrounds LLC</t>
+  </si>
+  <si>
+    <t>Margie Salt</t>
+  </si>
+  <si>
+    <t>978-664-0239</t>
+  </si>
+  <si>
+    <t>Msalt1@verizon.net</t>
+  </si>
+  <si>
+    <t>Pioneer Manufacturing Company Inc</t>
+  </si>
+  <si>
+    <t>Daniel Ford</t>
+  </si>
+  <si>
+    <t>800-877-1500</t>
+  </si>
+  <si>
+    <t>dford@pioneerathletics.com</t>
+  </si>
+  <si>
+    <t>PJC &amp; Company Ecological Land Care, Inc. PJC Organic</t>
+  </si>
+  <si>
+    <t>Pam Newcombe</t>
+  </si>
+  <si>
+    <t>978-432-1019</t>
+  </si>
+  <si>
+    <t>pam@pjcorganic.com</t>
+  </si>
+  <si>
+    <t>Playground Maintenance Corp DBA Playground Medic</t>
+  </si>
+  <si>
+    <t>Janet Kuney</t>
+  </si>
+  <si>
+    <t>914-741-2228</t>
+  </si>
+  <si>
+    <t>janet@playgroundmedic.com</t>
+  </si>
+  <si>
+    <t>Douglas William Knotts DBA Premier Park &amp; Play LLC</t>
+  </si>
+  <si>
+    <t>Doug Knotts</t>
+  </si>
+  <si>
+    <t>617-244-3317</t>
+  </si>
+  <si>
+    <t>premierparkplay@verizon.net</t>
+  </si>
+  <si>
+    <t>ProBark Industries Inc.</t>
+  </si>
+  <si>
+    <t>Michael Duchemin</t>
+  </si>
+  <si>
+    <t>978-768-6999</t>
+  </si>
+  <si>
+    <t>michaeld@mayertree.com</t>
+  </si>
+  <si>
+    <t>Ray Haluch, Inc.</t>
+  </si>
+  <si>
+    <t>Joanne Martins</t>
+  </si>
+  <si>
+    <t>413-583-6508</t>
+  </si>
+  <si>
+    <t>joanne@rayhaluchinc.com</t>
+  </si>
+  <si>
+    <t>Reale Associates, Inc.</t>
+  </si>
+  <si>
+    <t>Jody Reale</t>
+  </si>
+  <si>
+    <t>781-837-6136</t>
+  </si>
+  <si>
+    <t>realeassoc@aol.com</t>
+  </si>
+  <si>
+    <t>Site Specifics, LLC</t>
+  </si>
+  <si>
+    <t>Cindy Maak</t>
+  </si>
+  <si>
+    <t>888-551-3155</t>
+  </si>
+  <si>
+    <t>cindy@sitespecifics.net</t>
+  </si>
+  <si>
+    <t>UltiPlay Parks &amp; Playgrounds, Inc.</t>
+  </si>
+  <si>
+    <t>Michael Parody</t>
+  </si>
+  <si>
+    <t>866-575-7529</t>
+  </si>
+  <si>
+    <t>mparody@ultiplayus.com</t>
+  </si>
+  <si>
+    <t>Valley Green Inc.</t>
+  </si>
+  <si>
+    <t>Jeremy Brown</t>
+  </si>
+  <si>
+    <t>413-533-0726</t>
+  </si>
+  <si>
+    <t>j.brown@valleygreenusa.com</t>
+  </si>
+  <si>
+    <t>FAC110</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hazardous/Universal, Medical, Electronic Waste Disposal and Emergency Response </t>
+  </si>
+  <si>
+    <t>ACV Environmental Services, Inc. (ACV Enviro)</t>
+  </si>
+  <si>
+    <t>On-Call Supervisor</t>
+  </si>
+  <si>
+    <t>(800) 777-4557; (508) 872-5000</t>
+  </si>
+  <si>
+    <t>jcarsus@acvenviro.com</t>
+  </si>
+  <si>
+    <t>American Retroworks Inc. (tradename Good Point Recycling)</t>
+  </si>
+  <si>
+    <t>Peter Funk, VP or Rachael Gosselin, CFO</t>
+  </si>
+  <si>
+    <t>(802) 349-9746; (802) 771-7274</t>
+  </si>
+  <si>
+    <t>petef@good-point.net, rachaelg@good-point.net</t>
+  </si>
+  <si>
+    <t>Clean Earth Environmental Solutions, Inc.</t>
+  </si>
+  <si>
+    <t>Antonio Boiano</t>
+  </si>
+  <si>
+    <t>401-781-6340; 401-316-4025</t>
+  </si>
+  <si>
+    <t>Antonio.Boiano@stericycle.com</t>
+  </si>
+  <si>
+    <t>Clean Harbors Environmental Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Emergency Call-In Number Manned </t>
+  </si>
+  <si>
+    <t>1-800-OIL-TANK;  1-800-645-8265</t>
+  </si>
+  <si>
+    <t>www.cleanharbors.com</t>
+  </si>
+  <si>
+    <t>Complete Recycling Solutions, LLC</t>
+  </si>
+  <si>
+    <t>Keith Boyea</t>
+  </si>
+  <si>
+    <t>508-245-8963</t>
+  </si>
+  <si>
+    <t>kboyea@crsrecycle.com</t>
+  </si>
+  <si>
+    <t>Environmental Services, Inc.</t>
+  </si>
+  <si>
+    <t>24-Hour Dispatch Office</t>
+  </si>
+  <si>
+    <t>800.486.7745; 860.528.9500</t>
+  </si>
+  <si>
+    <t>dispatch@e-s-i.com (contact by phone after normal business hours)</t>
+  </si>
+  <si>
+    <t>F.W.Webb Company/Alliance Environmental Group</t>
+  </si>
+  <si>
+    <t>Michael Leander</t>
+  </si>
+  <si>
+    <t>860-922-8594</t>
+  </si>
+  <si>
+    <t>mikel@fwwebb.com</t>
+  </si>
+  <si>
+    <t>METech Recycling</t>
+  </si>
+  <si>
+    <t>Steve Winfield</t>
+  </si>
+  <si>
+    <t>508-340-4771</t>
+  </si>
+  <si>
+    <t>swinfield@metechrecycling.com</t>
+  </si>
+  <si>
+    <t>New England Disposal Technologies, Inc.</t>
+  </si>
+  <si>
+    <t>On-Call Supervisor – Emergency messages immediately directed via phone to appropriate on-call staff</t>
+  </si>
+  <si>
+    <t>800-698-1865</t>
+  </si>
+  <si>
+    <t>mrobertson@nedtinc.com</t>
+  </si>
+  <si>
+    <t>NLR, Inc.</t>
+  </si>
+  <si>
+    <t>Ray Graczyk</t>
+  </si>
+  <si>
+    <t>860-292-1992</t>
+  </si>
+  <si>
+    <t>r.graczyk@nlr-green.com</t>
+  </si>
+  <si>
+    <t>NRC East Environmental Services, Inc. (a US Ecology company)</t>
+  </si>
+  <si>
+    <t>On-Call Project Manager</t>
+  </si>
+  <si>
+    <t>800-899-4672</t>
+  </si>
+  <si>
+    <t>ronald.schales@usecology.com</t>
+  </si>
+  <si>
+    <t>RMG Enterprise, LLC</t>
+  </si>
+  <si>
+    <t>Bob Gallinaro</t>
+  </si>
+  <si>
+    <t>603-437-6945</t>
+  </si>
+  <si>
+    <t>bobg@rmgenterprise.com</t>
+  </si>
+  <si>
+    <t>Stericycle Inc.</t>
+  </si>
+  <si>
+    <t>Transportation Supervisor (Woonsocket Office)</t>
+  </si>
+  <si>
+    <t>401-766-3580; 866-783-7422</t>
+  </si>
+  <si>
+    <t xml:space="preserve">government@stericycle.com or customercare@stericycle.com </t>
+  </si>
+  <si>
+    <t>Strategic Environmental Services</t>
+  </si>
+  <si>
+    <t>Marsha Harris</t>
+  </si>
+  <si>
+    <t>508-363-2346</t>
+  </si>
+  <si>
+    <t>mharris@strategic-es.com</t>
+  </si>
+  <si>
+    <t>Tradebe Environmental Services, LLC</t>
+  </si>
+  <si>
+    <t>Michael Dangoia</t>
+  </si>
+  <si>
+    <t>475-331-0922</t>
+  </si>
+  <si>
+    <t>michael.dangoia@tradebe.com</t>
+  </si>
+  <si>
+    <t>Trident Environmental Group LLC</t>
+  </si>
+  <si>
+    <t>William Nineve</t>
+  </si>
+  <si>
+    <t>508-229-3545</t>
+  </si>
+  <si>
+    <t>nnieve@tridenthazmat.com</t>
+  </si>
+  <si>
+    <t>Triumvirate</t>
+  </si>
+  <si>
+    <t>Timothy Mooney</t>
+  </si>
+  <si>
+    <t>1-800-966-9282; 617-628-8098</t>
+  </si>
+  <si>
+    <t>busdev@triumvirate.com</t>
+  </si>
+  <si>
+    <t>United Medical Waste Management Inc.</t>
+  </si>
+  <si>
+    <t>David Ryan</t>
+  </si>
+  <si>
+    <t>508-277-4362; 508-234-2400</t>
+  </si>
+  <si>
+    <t>DRyan@unitedmedwaste.com</t>
+  </si>
+  <si>
+    <t>Veolia ES Technical Solutions, LLC</t>
+  </si>
+  <si>
+    <t>Jason Regan</t>
+  </si>
+  <si>
+    <t>603-661-6883</t>
+  </si>
+  <si>
+    <t>jason.regan@veolia.com</t>
+  </si>
+  <si>
+    <t>FAC111</t>
+  </si>
+  <si>
+    <t>Facilities and Uniforms Management Services</t>
+  </si>
+  <si>
+    <t>Cintas Corporation No. 2</t>
+  </si>
+  <si>
+    <t>Jeff Sumwalt</t>
+  </si>
+  <si>
+    <t>631-664-5991</t>
+  </si>
+  <si>
+    <t>sumwaltj@cintas.com</t>
+  </si>
+  <si>
+    <t>Vestis Services</t>
+  </si>
+  <si>
+    <t>Joe Brodeur</t>
+  </si>
+  <si>
+    <t>978-697-1803</t>
+  </si>
+  <si>
+    <t>joe.brodeur@vestis.com</t>
+  </si>
+  <si>
+    <t>FAC115</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Security Services, PI Services, and Fence Rental </t>
+  </si>
+  <si>
+    <t>Absolute Investigations Inc.</t>
+  </si>
+  <si>
+    <t>Robert Sparks</t>
+  </si>
+  <si>
+    <t>781-696-5363</t>
+  </si>
+  <si>
+    <t>bobsparks@absoluteinvestigationsinc.com</t>
+  </si>
+  <si>
+    <t>Access Investigations, Inc.</t>
+  </si>
+  <si>
+    <t>Paul Kerman</t>
+  </si>
+  <si>
+    <t>508-586-0140</t>
+  </si>
+  <si>
+    <t>paul@accessinv.net</t>
+  </si>
+  <si>
+    <t>Alliance Detective &amp; Security Service, Inc.</t>
+  </si>
+  <si>
+    <t>Richard Topham</t>
+  </si>
+  <si>
+    <t>617-387-1261</t>
+  </si>
+  <si>
+    <t>rtopham@alliancesecurityservice.com</t>
+  </si>
+  <si>
+    <t>American Investigative Services, Inc.</t>
+  </si>
+  <si>
+    <t>Jay Groob</t>
+  </si>
+  <si>
+    <t>617-739-6060</t>
+  </si>
+  <si>
+    <t>ais@americaninvestigative.com</t>
+  </si>
+  <si>
+    <t>Central Bureau of Investigation, Inc.</t>
+  </si>
+  <si>
+    <t>Janet Bronstein or Christine Dias</t>
+  </si>
+  <si>
+    <t>781- 830- 6060</t>
+  </si>
+  <si>
+    <t>Detect@cbinvestigation.com</t>
+  </si>
+  <si>
+    <t>East Coast Investigative Services, Inc.</t>
+  </si>
+  <si>
+    <t>James L. Collins III</t>
+  </si>
+  <si>
+    <t>781-740- 0390</t>
+  </si>
+  <si>
+    <t>jimc1988@ecisinc.com</t>
+  </si>
+  <si>
+    <t>Edward Davis, LLC</t>
+  </si>
+  <si>
+    <t>Desiree Dusseault</t>
+  </si>
+  <si>
+    <t>978-888-3133</t>
+  </si>
+  <si>
+    <t>ddusseault@eddavisllc.com</t>
+  </si>
+  <si>
+    <t>Ethos Risk Services</t>
+  </si>
+  <si>
+    <t>Robert Reynolds</t>
+  </si>
+  <si>
+    <t>617-799-5728</t>
+  </si>
+  <si>
+    <t>rreynolds@ethosrisk.com</t>
+  </si>
+  <si>
+    <t>Four  Seasons Investigations, LLC</t>
+  </si>
+  <si>
+    <t>Janna Vogt</t>
+  </si>
+  <si>
+    <t>617-877-5663</t>
+  </si>
+  <si>
+    <t>jvogt@fourseasonspi.com</t>
+  </si>
+  <si>
+    <t>Frasco, Inc.</t>
+  </si>
+  <si>
+    <t>Jonathan Cassidy</t>
+  </si>
+  <si>
+    <t>877-372- 7261</t>
+  </si>
+  <si>
+    <t>JCassidy@frasco.com</t>
+  </si>
+  <si>
+    <t>Internal Security Assoc (ISA)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Diana Cierpka</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 617-704-0948</t>
+  </si>
+  <si>
+    <t>dcierpka@isa.us.com</t>
+  </si>
+  <si>
+    <t>Jet Security, LLC</t>
+  </si>
+  <si>
+    <t>Endri Cenolli</t>
+  </si>
+  <si>
+    <t>617 581 8315</t>
+  </si>
+  <si>
+    <t>ecenolli@jetsecuritypros.com</t>
+  </si>
+  <si>
+    <t>Mark Ross dba Ross Investigations</t>
+  </si>
+  <si>
+    <t>Mark Ross</t>
+  </si>
+  <si>
+    <t>781-775-0571</t>
+  </si>
+  <si>
+    <t>mross@mrossinv.com</t>
+  </si>
+  <si>
+    <t>New England Surveillance Specialists</t>
+  </si>
+  <si>
+    <t>Brian Davis</t>
+  </si>
+  <si>
+    <t>978-412-9008</t>
+  </si>
+  <si>
+    <t>bdavis@nesurveillance.com</t>
+  </si>
+  <si>
+    <t>SRCPI, Inc.</t>
+  </si>
+  <si>
+    <t>Veronica Ramos</t>
+  </si>
+  <si>
+    <t>508-923-6960</t>
+  </si>
+  <si>
+    <t>Investigations@srcpi.com</t>
+  </si>
+  <si>
+    <t>United Security, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kerry Lear </t>
+  </si>
+  <si>
+    <t>603-234-0953</t>
+  </si>
+  <si>
+    <t>klear@usisecurity.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Universal Protection Service, LLC </t>
+  </si>
+  <si>
+    <t>Patrick Blanchette</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 978.265.9001</t>
+  </si>
+  <si>
+    <t>Patrick.Blanchette@aus.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Windwalker Group LLC </t>
+  </si>
+  <si>
+    <t>Herby Duverne</t>
+  </si>
+  <si>
+    <t>617-797-9316</t>
+  </si>
+  <si>
+    <t>herby.duverne@windwalker.com</t>
+  </si>
+  <si>
+    <t>FAC116</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lawns &amp; Grounds Equipment </t>
+  </si>
+  <si>
+    <t>Able Tool and Equipment</t>
+  </si>
+  <si>
+    <t>Derek Bauer</t>
+  </si>
+  <si>
+    <t>860-289-2020</t>
+  </si>
+  <si>
+    <t>derek@abletool.net</t>
+  </si>
+  <si>
+    <t>Aebi New England, LLC</t>
+  </si>
+  <si>
+    <t>Doug Beach</t>
+  </si>
+  <si>
+    <t>603-835-2600</t>
+  </si>
+  <si>
+    <t>doug.beach@aebi-ne.com</t>
+  </si>
+  <si>
+    <t>Ahearn Equipment Inc.</t>
+  </si>
+  <si>
+    <t>Donna Ahearn</t>
+  </si>
+  <si>
+    <t>508-885-7085 ext.101</t>
+  </si>
+  <si>
+    <t>statebid@ahearnequipment.com</t>
+  </si>
+  <si>
+    <t>Ariens Company</t>
+  </si>
+  <si>
+    <t>Tyler Walimaa</t>
+  </si>
+  <si>
+    <t>920-756-4665</t>
+  </si>
+  <si>
+    <t>twalimaa@ariensco.com</t>
+  </si>
+  <si>
+    <t>Bacher Corporation</t>
+  </si>
+  <si>
+    <t>James Viggiano</t>
+  </si>
+  <si>
+    <t>860-627-5924</t>
+  </si>
+  <si>
+    <t>bacher3945@sbcglobal.net</t>
+  </si>
+  <si>
+    <t>Bobcat Of Conneticut, Inc.</t>
+  </si>
+  <si>
+    <t>Matt Stack</t>
+  </si>
+  <si>
+    <t>413-716-4647</t>
+  </si>
+  <si>
+    <t>matts@bobcatct.com</t>
+  </si>
+  <si>
+    <t>Boston Lawnmower Company</t>
+  </si>
+  <si>
+    <t>David Kennedy</t>
+  </si>
+  <si>
+    <t>508-898-3500 ext. 218</t>
+  </si>
+  <si>
+    <t>dkennedy@bostonlawnmower.com</t>
+  </si>
+  <si>
+    <t>C &amp; J Equipment,Inc</t>
+  </si>
+  <si>
+    <t>Charles Hannoosh</t>
+  </si>
+  <si>
+    <t>978-658-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">channoosh@cjequip.com </t>
+  </si>
+  <si>
+    <t>C.N. Wood Enviro, LLC</t>
+  </si>
+  <si>
+    <t>Tom Fiore</t>
+  </si>
+  <si>
+    <t>781-935-1919</t>
+  </si>
+  <si>
+    <t>tfiore@cn-wood.com</t>
+  </si>
+  <si>
+    <t>Cason's Equipment</t>
+  </si>
+  <si>
+    <t>Thomas Cason</t>
+  </si>
+  <si>
+    <t>978-459-6852</t>
+  </si>
+  <si>
+    <t>lcason@casonsequipment.com</t>
+  </si>
+  <si>
+    <t>Chadwick-BaRoss, Inc.</t>
+  </si>
+  <si>
+    <t>Sabrina Hagler</t>
+  </si>
+  <si>
+    <t>978-479-5450</t>
+  </si>
+  <si>
+    <t>hagler@chadwick-baross.com</t>
+  </si>
+  <si>
+    <t>Clark Equipment Company dba Bobcat Company</t>
+  </si>
+  <si>
+    <t>Randy Fuss</t>
+  </si>
+  <si>
+    <t>701-371-4263</t>
+  </si>
+  <si>
+    <t>randy.fuss@doosan.com</t>
+  </si>
+  <si>
+    <t>Country Club Enterprises, LLC</t>
+  </si>
+  <si>
+    <t>Tea Hamzic</t>
+  </si>
+  <si>
+    <t>719-440-8912</t>
+  </si>
+  <si>
+    <t>thamzic@ccegolfcars.com</t>
+  </si>
+  <si>
+    <t>Deere &amp; Company</t>
+  </si>
+  <si>
+    <t>Paul Demaine</t>
+  </si>
+  <si>
+    <t>800-358-5010 ext. 2055</t>
+  </si>
+  <si>
+    <t>demainepaulj@johndeere.com</t>
+  </si>
+  <si>
+    <t>Donovan Equipment ***no longere active 4.5.23***</t>
+  </si>
+  <si>
+    <t>Jamie Abood</t>
+  </si>
+  <si>
+    <t>603-234-0502</t>
+  </si>
+  <si>
+    <t>jamie@donovancompany.com</t>
+  </si>
+  <si>
+    <t>Equipment East, LLC</t>
+  </si>
+  <si>
+    <t>Giovanni Albanese</t>
+  </si>
+  <si>
+    <t>978-454-3320</t>
+  </si>
+  <si>
+    <t>giovanni@equipmenteast.com</t>
+  </si>
+  <si>
+    <t>Finch Services</t>
+  </si>
+  <si>
+    <t>Ren Wilkes</t>
+  </si>
+  <si>
+    <t>603-554-0890</t>
+  </si>
+  <si>
+    <t>rwilkes@finchinc.com</t>
+  </si>
+  <si>
+    <t>Frank LaBelle's Sales &amp; Service</t>
+  </si>
+  <si>
+    <t>Curtis LaBelle</t>
+  </si>
+  <si>
+    <t>413-625-2101</t>
+  </si>
+  <si>
+    <t>curt@franklabelles.com</t>
+  </si>
+  <si>
+    <t>IBC Offshore, Inc.</t>
+  </si>
+  <si>
+    <t>Amy Lincoln</t>
+  </si>
+  <si>
+    <t>781-294-8132</t>
+  </si>
+  <si>
+    <t>ibcoffshore@verzon.net</t>
+  </si>
+  <si>
+    <t>Klem Tractor Inc</t>
+  </si>
+  <si>
+    <t>Jessica Bettencourt</t>
+  </si>
+  <si>
+    <t>508-885-2708</t>
+  </si>
+  <si>
+    <t>jessicab@klemsonline.com</t>
+  </si>
+  <si>
+    <t>Maestranzi Bros.</t>
+  </si>
+  <si>
+    <t>Paul Allan</t>
+  </si>
+  <si>
+    <t>978-922-3509</t>
+  </si>
+  <si>
+    <t>paul@maestranzi.com</t>
+  </si>
+  <si>
+    <t>Mayer Power Products Inc.</t>
+  </si>
+  <si>
+    <t>978-423-7346</t>
+  </si>
+  <si>
+    <t>michael@mayertree.com</t>
+  </si>
+  <si>
+    <t>Morgan Power Equipment Inc.</t>
+  </si>
+  <si>
+    <t>Chris Murphy</t>
+  </si>
+  <si>
+    <t>781-293-9361</t>
+  </si>
+  <si>
+    <t>chris@morganpower.com</t>
+  </si>
+  <si>
+    <t>Moridge Manufacturing, Inc.</t>
+  </si>
+  <si>
+    <t>Brent Dobson</t>
+  </si>
+  <si>
+    <t>620-345-8621</t>
+  </si>
+  <si>
+    <t>bdobson@grasshoppermower.com</t>
+  </si>
+  <si>
+    <t>Morrison's Power Equipment Inc</t>
+  </si>
+  <si>
+    <t>Cody Morrison</t>
+  </si>
+  <si>
+    <t>508-747-9747</t>
+  </si>
+  <si>
+    <t>cody@morrisonspower.com</t>
+  </si>
+  <si>
+    <t>MTD Products Company</t>
+  </si>
+  <si>
+    <t>Jennifer Kucera</t>
+  </si>
+  <si>
+    <t>330-558-3528</t>
+  </si>
+  <si>
+    <t>cubgovbid@mtdproducts.com</t>
+  </si>
+  <si>
+    <t>MTE, Inc.</t>
+  </si>
+  <si>
+    <t>Patti Nicosia</t>
+  </si>
+  <si>
+    <t>716-830-6362</t>
+  </si>
+  <si>
+    <t>pnicosia@mte.us.com</t>
+  </si>
+  <si>
+    <t>New England Golf Cars Inc.</t>
+  </si>
+  <si>
+    <t>Scott Cookson</t>
+  </si>
+  <si>
+    <t>508-336-4285</t>
+  </si>
+  <si>
+    <t>NEGC40@aol.com</t>
+  </si>
+  <si>
+    <t>Norfolk Power Equipment</t>
+  </si>
+  <si>
+    <t>Bob Fregeau</t>
+  </si>
+  <si>
+    <t>508-384-0011</t>
+  </si>
+  <si>
+    <t>bobf@norfolkpower.com</t>
+  </si>
+  <si>
+    <t>Regal Turf Innovations, LLC</t>
+  </si>
+  <si>
+    <t>Kathy Saleeba</t>
+  </si>
+  <si>
+    <t>774-847-4012</t>
+  </si>
+  <si>
+    <t>dennis@regalturfinnovations.com</t>
+  </si>
+  <si>
+    <t>Richey &amp; Clapper Inc.</t>
+  </si>
+  <si>
+    <t>Michael Devine</t>
+  </si>
+  <si>
+    <t>978-443-1333</t>
+  </si>
+  <si>
+    <t>sales@richeyandclapper.com</t>
+  </si>
+  <si>
+    <t>Schmidt Equipment Inc.</t>
+  </si>
+  <si>
+    <t>Denis Neslusan</t>
+  </si>
+  <si>
+    <t>508-987-8786</t>
+  </si>
+  <si>
+    <t>equipment@schmidtequipment.com</t>
+  </si>
+  <si>
+    <t>Southworth Milton Inc.</t>
+  </si>
+  <si>
+    <t>Tom Benedetti</t>
+  </si>
+  <si>
+    <t>774-258-1636</t>
+  </si>
+  <si>
+    <t>tom_benedetti@miltoncat.com</t>
+  </si>
+  <si>
+    <t>Stewart's Power Equipment, Inc.</t>
+  </si>
+  <si>
+    <t>Kaitlyn Joyce</t>
+  </si>
+  <si>
+    <t>781-767-3544</t>
+  </si>
+  <si>
+    <t>kait@stewartspower.com</t>
+  </si>
+  <si>
+    <t>Summa Humma Enterprises, LLC dba MB Tractor and Equipment</t>
+  </si>
+  <si>
+    <t>Zachary Langlois</t>
+  </si>
+  <si>
+    <t>603-382-5031 ext 135</t>
+  </si>
+  <si>
+    <t>zacharyl@mbtractor.com</t>
+  </si>
+  <si>
+    <t>Suzki of Western Mass., Inc.</t>
+  </si>
+  <si>
+    <t>Daniel D'Arcy</t>
+  </si>
+  <si>
+    <t>413-467-3499</t>
+  </si>
+  <si>
+    <t>ddarcy@allpowersales.com</t>
+  </si>
+  <si>
+    <t>Toni's State Line Power Products, LLC</t>
+  </si>
+  <si>
+    <t>Toni Fiore</t>
+  </si>
+  <si>
+    <t>508-883-7670</t>
+  </si>
+  <si>
+    <t>toni831@icloud.com</t>
+  </si>
+  <si>
+    <t>Toro Company</t>
+  </si>
+  <si>
+    <t>Jon Stodola</t>
+  </si>
+  <si>
+    <t>612-597-3224</t>
+  </si>
+  <si>
+    <t>jon.stodola@toro.cpm</t>
+  </si>
+  <si>
+    <t>Tri County Contractors Supply, Inc.</t>
+  </si>
+  <si>
+    <t>Robert H. Clark, Jr.</t>
+  </si>
+  <si>
+    <t>413-733-5189</t>
+  </si>
+  <si>
+    <t>rclarkjr@tricountycontractors.com</t>
+  </si>
+  <si>
+    <t>Turf Products</t>
+  </si>
+  <si>
+    <t>Scott Lagana</t>
+  </si>
+  <si>
+    <t>860-253-7822</t>
+  </si>
+  <si>
+    <t>slagana@turfproductscorp.com</t>
+  </si>
+  <si>
+    <t>Ultra Automotive Inc dba Orlando's Garage</t>
+  </si>
+  <si>
+    <t>Kurt Maloof</t>
+  </si>
+  <si>
+    <t>508-816-7386</t>
+  </si>
+  <si>
+    <t>orlandosgarage@comcast.net</t>
+  </si>
+  <si>
+    <t>United Ag &amp; Turf NE, LLC</t>
+  </si>
+  <si>
+    <t>Nicole Vachon</t>
+  </si>
+  <si>
+    <t>207-453-7131</t>
+  </si>
+  <si>
+    <t>nicole.vachon@uatne.com</t>
+  </si>
+  <si>
+    <t>United Construction &amp; Forestry, LLC</t>
+  </si>
+  <si>
+    <t>Robert Doyle</t>
+  </si>
+  <si>
+    <t>sales@ucfne.com</t>
+  </si>
+  <si>
+    <t>Venture Products, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ryan Miller </t>
+  </si>
+  <si>
+    <t>330-683-0076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">sales@ventrac.com </t>
+  </si>
+  <si>
+    <t>FAC118</t>
+  </si>
+  <si>
+    <t>Environmentally Preferable Cleaning Products, Programs, Equipment and Supplies</t>
+  </si>
+  <si>
+    <t>C &amp; C Janitorial Supplies, Inc.</t>
+  </si>
+  <si>
+    <t>Grace Café</t>
+  </si>
+  <si>
+    <t>860-594-4200 ext. 233</t>
+  </si>
+  <si>
+    <t>grace.cafe@ccsupplies.com</t>
+  </si>
+  <si>
+    <t>Aramsco, Inc. dba Casey EMI (Formerly Casey Engineered Maintenance Inc.)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Erick Heroux </t>
+  </si>
+  <si>
+    <t xml:space="preserve">401-9520884 </t>
+  </si>
+  <si>
+    <t>eheroux@aramsco.com</t>
+  </si>
+  <si>
+    <t>Clean Cut Solutions</t>
+  </si>
+  <si>
+    <t>Rich Raskind</t>
+  </si>
+  <si>
+    <t>781-352-4707</t>
+  </si>
+  <si>
+    <t>rich@cleancutsolutions.com</t>
+  </si>
+  <si>
+    <t>Conlon Products</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Courtney Archambeault      </t>
+  </si>
+  <si>
+    <t>978-682-8482</t>
+  </si>
+  <si>
+    <t>CourtneyC@ConlonProducts.Net</t>
+  </si>
+  <si>
+    <t>Corr Distributors Inc.</t>
+  </si>
+  <si>
+    <t>Carol Corr</t>
+  </si>
+  <si>
+    <t xml:space="preserve">716-873-8323 / Cell  716-870-6479 </t>
+  </si>
+  <si>
+    <t>ccorr@corrdistributors.com</t>
+  </si>
+  <si>
+    <t>Dobmeier Janitor Supply Inc</t>
+  </si>
+  <si>
+    <t>Sue Bumford</t>
+  </si>
+  <si>
+    <t>716-833-2005</t>
+  </si>
+  <si>
+    <t>sue@Dobmeierinc.com</t>
+  </si>
+  <si>
+    <t>Filo Cleantech Incorporated</t>
+  </si>
+  <si>
+    <t>Dennis McCarthy</t>
+  </si>
+  <si>
+    <t>781-901-6030</t>
+  </si>
+  <si>
+    <t>dennis@filocleantech.com</t>
+  </si>
+  <si>
+    <t>Hill &amp; Markes, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Christopher Traver, back-up Diane Eames </t>
+  </si>
+  <si>
+    <t>Chris O:800-836-4455, C: 518-448-4056, Diane 518-627-4458 EXT 3089</t>
+  </si>
+  <si>
+    <t>ctraver@hillnmarkes.com , deames@hillnmakes.com</t>
+  </si>
+  <si>
+    <t>Hillyard, Inc.</t>
+  </si>
+  <si>
+    <t>Jack Stankus</t>
+  </si>
+  <si>
+    <t xml:space="preserve">508 735-9730   </t>
+  </si>
+  <si>
+    <t>jstankus@hillyard.com</t>
+  </si>
+  <si>
+    <t>Lancelot Janitorial &amp; Paper Products Inc.</t>
+  </si>
+  <si>
+    <t>Michael Sonia</t>
+  </si>
+  <si>
+    <t>781-249-1315</t>
+  </si>
+  <si>
+    <t>michael@lancelotjanitorial.com</t>
+  </si>
+  <si>
+    <t>Likarr Inc</t>
+  </si>
+  <si>
+    <t>Darryl Whittemore</t>
+  </si>
+  <si>
+    <t>508-543-2138</t>
+  </si>
+  <si>
+    <t>dwhittemore@likarr.com</t>
+  </si>
+  <si>
+    <t>Milhench Inc</t>
+  </si>
+  <si>
+    <t>Mike Costello</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 401-578-2785</t>
+  </si>
+  <si>
+    <t>mike@milhench.com</t>
+  </si>
+  <si>
+    <t>Next-Gen Supply Group LLC</t>
+  </si>
+  <si>
+    <t>Matthew Glass</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(781) 789-0692 </t>
+  </si>
+  <si>
+    <t>matthew.glass@nextgensupply.com</t>
+  </si>
+  <si>
+    <t>Paramount Partners LLC</t>
+  </si>
+  <si>
+    <t>Marc Ganter</t>
+  </si>
+  <si>
+    <t>617-538-7171</t>
+  </si>
+  <si>
+    <t>marc@paramount-partners.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The Durkin Company / DBA Commonwealth Supply LLC </t>
+  </si>
+  <si>
+    <t>Jack Reynolds</t>
+  </si>
+  <si>
+    <t>978-262-1312 x20</t>
+  </si>
+  <si>
+    <t>jackreynolds@thedurkincompnay.com</t>
+  </si>
+  <si>
+    <t>Top Notch Supply, Inc.</t>
+  </si>
+  <si>
+    <t>Mike O'Meara</t>
+  </si>
+  <si>
+    <t>781-308-5731</t>
+  </si>
+  <si>
+    <t>momeara@topnotchsupplyinc.com</t>
+  </si>
+  <si>
+    <t>W.B. Mason Co., Inc.</t>
+  </si>
+  <si>
+    <t>Gregg Manning</t>
+  </si>
+  <si>
+    <t>508-846-1490</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> gregg.manning@wbmason.com</t>
+  </si>
+  <si>
+    <t>FAC119</t>
+  </si>
+  <si>
+    <t>Maintenance Repair and Operations Retails Products and Supplies</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carr Hardware and Supplies </t>
+  </si>
+  <si>
+    <t>Bart Raser</t>
+  </si>
+  <si>
+    <t>413-446-6678</t>
+  </si>
+  <si>
+    <t xml:space="preserve">bart@carrhardware.com </t>
+  </si>
+  <si>
+    <t>Casons Equipment</t>
+  </si>
+  <si>
+    <t xml:space="preserve">lcason@casonsequipment.com </t>
+  </si>
+  <si>
+    <t>DLP Industries</t>
+  </si>
+  <si>
+    <t>David L Patterson</t>
+  </si>
+  <si>
+    <t>781-953-2629</t>
+  </si>
+  <si>
+    <t>david.l.patterson@comcast.net</t>
+  </si>
+  <si>
+    <t>Everett Supply and True Value Hardware</t>
+  </si>
+  <si>
+    <t>Al Lattanzi</t>
+  </si>
+  <si>
+    <t>617-594-0455</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ajflattanzi@comcast.net </t>
+  </si>
+  <si>
+    <t>Home Depot USA Inc</t>
+  </si>
+  <si>
+    <t>Rich Nyberg</t>
+  </si>
+  <si>
+    <t>866-589-0690</t>
+  </si>
+  <si>
+    <t>richard_nyberg@homedepot.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lowe's Companes Inc </t>
+  </si>
+  <si>
+    <t>Lisa Minton; Ronald Manning</t>
+  </si>
+  <si>
+    <t>888-310-7791; 774-613-1973</t>
+  </si>
+  <si>
+    <t>Lisa.C.Minton@Lowes.com; Ronald.Manning@Lowes.Com</t>
+  </si>
+  <si>
+    <t>Richmond Harware &amp; Paint</t>
+  </si>
+  <si>
+    <t>Rob Seery</t>
+  </si>
+  <si>
+    <t>781-843-0066</t>
+  </si>
+  <si>
+    <t>robert.seery@verizon.net</t>
+  </si>
+  <si>
+    <t>The Norfolk Companies Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Matt Jenkins </t>
+  </si>
+  <si>
+    <t>617-313-5050</t>
+  </si>
+  <si>
+    <t>mjenkins@thenorfolkcompanies.com</t>
+  </si>
+  <si>
+    <t>The Sherwin Williams Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kevin J Mccoy </t>
+  </si>
+  <si>
+    <t>240-350-7862</t>
+  </si>
+  <si>
+    <t>Kevin.J.McCoy@sherwin.com</t>
+  </si>
+  <si>
+    <t>Tools Unlimited</t>
+  </si>
+  <si>
+    <t>Stephen Pires</t>
+  </si>
+  <si>
+    <t>508-509-6190</t>
+  </si>
+  <si>
+    <t>steve@mytoolstop.com</t>
+  </si>
+  <si>
+    <t>FAC120</t>
+  </si>
+  <si>
+    <t>Lansdscaping Services, Snow Removal, Tree Services and Related Services</t>
+  </si>
+  <si>
+    <t>ArborTech Tree Services LLC</t>
+  </si>
+  <si>
+    <t>Randy W. Sample</t>
+  </si>
+  <si>
+    <t>413-262-1124</t>
+  </si>
+  <si>
+    <t>Randy@goarbortech.com</t>
+  </si>
+  <si>
+    <t>Barrett Tree Service East</t>
+  </si>
+  <si>
+    <t>Trumbull Barrett</t>
+  </si>
+  <si>
+    <t>413-329-6886</t>
+  </si>
+  <si>
+    <t>TBarrett@BarrettTreeEast.com</t>
+  </si>
+  <si>
+    <t>Bill Tompkins Corp</t>
+  </si>
+  <si>
+    <t>Christopher Paolucci</t>
+  </si>
+  <si>
+    <t>978-687-2152</t>
+  </si>
+  <si>
+    <t>chrispaolucci@comcast.net</t>
+  </si>
+  <si>
+    <t>BrightView Holdings Inc dba Brightview Landscapes LLC</t>
+  </si>
+  <si>
+    <t>David Palmer</t>
+  </si>
+  <si>
+    <t>617-516-8126</t>
+  </si>
+  <si>
+    <t>david.palme@brightview.com</t>
+  </si>
+  <si>
+    <t>Cambridge Landscape Co., Inc.</t>
+  </si>
+  <si>
+    <t>Chris Flyyn</t>
+  </si>
+  <si>
+    <t>617-592-0266</t>
+  </si>
+  <si>
+    <t>cflynn@cambridgelandscape.com</t>
+  </si>
+  <si>
+    <t>Casablanca Services Inc</t>
+  </si>
+  <si>
+    <t>Yacinne Ibrahimi</t>
+  </si>
+  <si>
+    <t>617-516-8750</t>
+  </si>
+  <si>
+    <t>yibrahimi@casablancaservicesco.com</t>
+  </si>
+  <si>
+    <t>Chestnut Tree and Landscape, LLC</t>
+  </si>
+  <si>
+    <t>Grant McLean</t>
+  </si>
+  <si>
+    <t>978-570-8277</t>
+  </si>
+  <si>
+    <t>info@chestnuttreelandscape.com</t>
+  </si>
+  <si>
+    <t>Cicoria Tree and Crane Service, Inc.</t>
+  </si>
+  <si>
+    <t>Mark Cicoria</t>
+  </si>
+  <si>
+    <t>978-922-5500</t>
+  </si>
+  <si>
+    <t>info@cicoriatree.com</t>
+  </si>
+  <si>
+    <t>Consider It Dunn, Inc.</t>
+  </si>
+  <si>
+    <t>William Dunn lll</t>
+  </si>
+  <si>
+    <t>774-219-9908</t>
+  </si>
+  <si>
+    <t>consideritdunn@comcast.net</t>
+  </si>
+  <si>
+    <t>Davey Resource Group, Inc.</t>
+  </si>
+  <si>
+    <t>Clayton (Clay) Morse</t>
+  </si>
+  <si>
+    <t>508-340-5976</t>
+  </si>
+  <si>
+    <t>clayton.morse@davey.com</t>
+  </si>
+  <si>
+    <t>DeLuca and Sons Excavating and Landscaping</t>
+  </si>
+  <si>
+    <t>Tony DeLuca</t>
+  </si>
+  <si>
+    <t>508-726-1830</t>
+  </si>
+  <si>
+    <t>tony@delucaandsons.com</t>
+  </si>
+  <si>
+    <t>Donlon Draper Inc</t>
+  </si>
+  <si>
+    <t>Jeff Draper</t>
+  </si>
+  <si>
+    <t>617-957-8989</t>
+  </si>
+  <si>
+    <t>jrd.fieldstone@gmail.com</t>
+  </si>
+  <si>
+    <t>Essex Horticulture, LLC</t>
+  </si>
+  <si>
+    <t>Zachary  Navarro</t>
+  </si>
+  <si>
+    <t>978-548-8258</t>
+  </si>
+  <si>
+    <t>znavarro@essexhorticultur.com</t>
+  </si>
+  <si>
+    <t>EZ Landscaping Inc</t>
+  </si>
+  <si>
+    <t>Paul Esdra</t>
+  </si>
+  <si>
+    <t>781-599-0770</t>
+  </si>
+  <si>
+    <t>ezland@verizon.net</t>
+  </si>
+  <si>
+    <t>Favreau Forestry, LLC</t>
+  </si>
+  <si>
+    <t>Brian Favreau</t>
+  </si>
+  <si>
+    <t>978-706-1038</t>
+  </si>
+  <si>
+    <t>office@favreauforestry.com</t>
+  </si>
+  <si>
+    <t>FB Budge Land Services, LLC</t>
+  </si>
+  <si>
+    <t>Jim Boudreau</t>
+  </si>
+  <si>
+    <t>781-635-9229</t>
+  </si>
+  <si>
+    <t>jboudreau@fbbudge.com</t>
+  </si>
+  <si>
+    <t>Gatsby Grounds Company</t>
+  </si>
+  <si>
+    <t>Kimberly Cole</t>
+  </si>
+  <si>
+    <t>978-578-4878</t>
+  </si>
+  <si>
+    <t>kcole@gatsbygrounds.com</t>
+  </si>
+  <si>
+    <t>Gleason Johndrow Landscaping, Inc.</t>
+  </si>
+  <si>
+    <t>William Metzger</t>
+  </si>
+  <si>
+    <t>413-588-8810</t>
+  </si>
+  <si>
+    <t>bill@gleasonjohndrowlandscaping.com</t>
+  </si>
+  <si>
+    <t>Green Acres Inc.</t>
+  </si>
+  <si>
+    <t>Christine Colecchia</t>
+  </si>
+  <si>
+    <t>617-293-4028</t>
+  </si>
+  <si>
+    <t>cc121964@comcast.net</t>
+  </si>
+  <si>
+    <t>Hurst Landscape And Site Services Inc</t>
+  </si>
+  <si>
+    <t>David Hurst</t>
+  </si>
+  <si>
+    <t>617-908-6850</t>
+  </si>
+  <si>
+    <t>dhurst9425@aol.com</t>
+  </si>
+  <si>
+    <t>Iron Tree Service, LLC</t>
+  </si>
+  <si>
+    <t>Eric Roensch</t>
+  </si>
+  <si>
+    <t>978-500-6646</t>
+  </si>
+  <si>
+    <t>eric@irontreeservice.com</t>
+  </si>
+  <si>
+    <t>J DeMarco Inc</t>
+  </si>
+  <si>
+    <t>John DeMarco</t>
+  </si>
+  <si>
+    <t>781-389-2151</t>
+  </si>
+  <si>
+    <t>jdemarco93@icloud.com</t>
+  </si>
+  <si>
+    <t>KeenKut Landscaping</t>
+  </si>
+  <si>
+    <t>Shannon Buldrini</t>
+  </si>
+  <si>
+    <t>413-998-3036/860-978-6347</t>
+  </si>
+  <si>
+    <t>admin@keenkutlandscaping.com</t>
+  </si>
+  <si>
+    <t>Lavoie Horticulture</t>
+  </si>
+  <si>
+    <t>Mark Lavoie</t>
+  </si>
+  <si>
+    <t>413-355-0200</t>
+  </si>
+  <si>
+    <t>mark@lavoiehorticulture.com</t>
+  </si>
+  <si>
+    <t>Leahy Landscaping, Inc</t>
+  </si>
+  <si>
+    <t>Chris Nemeskal</t>
+  </si>
+  <si>
+    <t>857-919-4260</t>
+  </si>
+  <si>
+    <t>cnemeskal@leahylandscaping.com</t>
+  </si>
+  <si>
+    <t>Maltby &amp; Co., Inc.</t>
+  </si>
+  <si>
+    <t>Brian Maltby</t>
+  </si>
+  <si>
+    <t>978-983-8930</t>
+  </si>
+  <si>
+    <t>brian@maltbytree.com</t>
+  </si>
+  <si>
+    <t>Mayer Tree Service</t>
+  </si>
+  <si>
+    <t>Dan Mayer</t>
+  </si>
+  <si>
+    <t>Mountainview Landscapes and Lawncare, Inc.</t>
+  </si>
+  <si>
+    <t>Mark Lacombe</t>
+  </si>
+  <si>
+    <t>413-377-6166/413-537-4561</t>
+  </si>
+  <si>
+    <t>markl@mountainviewinc.com</t>
+  </si>
+  <si>
+    <t>Native Habitat Restoration LLC</t>
+  </si>
+  <si>
+    <t>Sari Hoy</t>
+  </si>
+  <si>
+    <t>413-394-0277</t>
+  </si>
+  <si>
+    <t>sariflwr@hotmail.com</t>
+  </si>
+  <si>
+    <t>NE Acreage Group Inc</t>
+  </si>
+  <si>
+    <t>Michael Duarte</t>
+  </si>
+  <si>
+    <t>978-831-3253</t>
+  </si>
+  <si>
+    <t>michael@neacreage.com</t>
+  </si>
+  <si>
+    <t>Northeastern DBA North-Eastern Tree Service, Inc.</t>
+  </si>
+  <si>
+    <t>Steven Kidd</t>
+  </si>
+  <si>
+    <t>401-374-3511</t>
+  </si>
+  <si>
+    <t>skidd@northeasterntree.com</t>
+  </si>
+  <si>
+    <t>Northern Tree Service, LLC</t>
+  </si>
+  <si>
+    <t>Timothy LaMotte</t>
+  </si>
+  <si>
+    <t>413-478-9970</t>
+  </si>
+  <si>
+    <t>lamotte@northerntree.com</t>
+  </si>
+  <si>
+    <t>Outdoor Perspective</t>
+  </si>
+  <si>
+    <t>Mark Miller</t>
+  </si>
+  <si>
+    <t>617-416-2998</t>
+  </si>
+  <si>
+    <t>mmiller@outdoorperspective.com</t>
+  </si>
+  <si>
+    <t>Pioneer Landscapes, Inc.</t>
+  </si>
+  <si>
+    <t>Bob Lingenberg</t>
+  </si>
+  <si>
+    <t>413-847-1112</t>
+  </si>
+  <si>
+    <t>bob@pioneerlandscapes.com</t>
+  </si>
+  <si>
+    <t>Plumley Landscape, Inc</t>
+  </si>
+  <si>
+    <t>David Plumley</t>
+  </si>
+  <si>
+    <t>413-209-0270</t>
+  </si>
+  <si>
+    <t>plumleylandscape@gmail.com</t>
+  </si>
+  <si>
+    <t>RAD Sports</t>
+  </si>
+  <si>
+    <t>Robert Delmonico</t>
+  </si>
+  <si>
+    <t>781-871-4400</t>
+  </si>
+  <si>
+    <t>rmd@radsports.com</t>
+  </si>
+  <si>
+    <t>REWC Land Management, Inc.</t>
+  </si>
+  <si>
+    <t>Robert Collins</t>
+  </si>
+  <si>
+    <t>413-822-2622</t>
+  </si>
+  <si>
+    <t>robert@rewcinc.com</t>
+  </si>
+  <si>
+    <t>RM Ryan Earthworks</t>
+  </si>
+  <si>
+    <t>Robert Ryan</t>
+  </si>
+  <si>
+    <t>508-455-8787</t>
+  </si>
+  <si>
+    <t>robryan@aol.com</t>
+  </si>
+  <si>
+    <t>S &amp; K Lawn Care</t>
+  </si>
+  <si>
+    <t>Kyle Metcalf</t>
+  </si>
+  <si>
+    <t>413-896-4095</t>
+  </si>
+  <si>
+    <t>sklawncarema@gmail.com</t>
+  </si>
+  <si>
+    <t>Shrewsbury Landscapes, Inc.</t>
+  </si>
+  <si>
+    <t>Kevin Lyons</t>
+  </si>
+  <si>
+    <t>508-294-7207</t>
+  </si>
+  <si>
+    <t>infor@shrewsburylandscapes.com</t>
+  </si>
+  <si>
+    <t>Sole Source Construction</t>
+  </si>
+  <si>
+    <t>Steve Kidd</t>
+  </si>
+  <si>
+    <t>msepe@solesourceconstruction.com</t>
+  </si>
+  <si>
+    <t>Specialized Turf Services Inc</t>
+  </si>
+  <si>
+    <t>Bob Leach</t>
+  </si>
+  <si>
+    <t>508-838-1446</t>
+  </si>
+  <si>
+    <t>ben@sts1inc.com</t>
+  </si>
+  <si>
+    <t>Sperber Landscape Companies of NE, LLC dba Waverly Development</t>
+  </si>
+  <si>
+    <t>Bill Lahey</t>
+  </si>
+  <si>
+    <t xml:space="preserve">617-581-3851   </t>
+  </si>
+  <si>
+    <t>billy@wavelrlydevelopment.net</t>
+  </si>
+  <si>
+    <t>Sports Turf Specialties, Inc</t>
+  </si>
+  <si>
+    <t>Tracey Goulet</t>
+  </si>
+  <si>
+    <t>508-889-2112</t>
+  </si>
+  <si>
+    <t>tracey@sts1inc.com</t>
+  </si>
+  <si>
+    <t>SSE LLC dba Great Horizons Property Services &amp; Landscaping</t>
+  </si>
+  <si>
+    <t>Dhaval Patel</t>
+  </si>
+  <si>
+    <t>617-222-0433</t>
+  </si>
+  <si>
+    <t>dhaval@ghpsl.com</t>
+  </si>
+  <si>
+    <t>Stumpy's Tree Service</t>
+  </si>
+  <si>
+    <t>Chris Orchard</t>
+  </si>
+  <si>
+    <t>508-958-2796</t>
+  </si>
+  <si>
+    <t>info@stumpystree.com</t>
+  </si>
+  <si>
+    <t>SumCo Eco-Contracting, LLC</t>
+  </si>
+  <si>
+    <t>Richard Sumner</t>
+  </si>
+  <si>
+    <t>978-744-1515</t>
+  </si>
+  <si>
+    <t>csumner@sumcoeco.com</t>
+  </si>
+  <si>
+    <t>Thomas P. Ryland Co.Inc</t>
+  </si>
+  <si>
+    <t>John Whitney</t>
+  </si>
+  <si>
+    <t>413-531-1589</t>
+  </si>
+  <si>
+    <t>tpryland@gmail.com</t>
+  </si>
+  <si>
+    <t>Tompkins Corporation</t>
+  </si>
+  <si>
+    <t>chrispaolucci@comcat.net</t>
+  </si>
+  <si>
+    <t>TR Landworks, LLC</t>
+  </si>
+  <si>
+    <t>Theodore D'Onofrio</t>
+  </si>
+  <si>
+    <t>860-402-6177</t>
+  </si>
+  <si>
+    <t>ted@trlandworks.com</t>
+  </si>
+  <si>
+    <t>Tree Tech Inc.</t>
+  </si>
+  <si>
+    <t>John Haehnel</t>
+  </si>
+  <si>
+    <t>508-958-5321</t>
+  </si>
+  <si>
+    <t>johnh@treetechinc.net</t>
+  </si>
+  <si>
+    <t>FAC121</t>
+  </si>
+  <si>
+    <t>Water Treatment Chemicals and Alternative Treatment Systems</t>
+  </si>
+  <si>
+    <t>Aqua Laboratories, Inc.</t>
+  </si>
+  <si>
+    <t>Tom Cass</t>
+  </si>
+  <si>
+    <t>78-388-3989</t>
+  </si>
+  <si>
+    <t>tomcass@aqualaboratories.com</t>
+  </si>
+  <si>
+    <t>Azure Water Services LLC</t>
+  </si>
+  <si>
+    <t>Scott Kaddy</t>
+  </si>
+  <si>
+    <t>617-512-0791</t>
+  </si>
+  <si>
+    <t>Skaddy@azurewaterservices.com</t>
+  </si>
+  <si>
+    <t>Barclay Water Management, Inc.</t>
+  </si>
+  <si>
+    <t>Ruth Shaw</t>
+  </si>
+  <si>
+    <t>617 213 4051</t>
+  </si>
+  <si>
+    <t>ruth.shaw@ecolab.com</t>
+  </si>
+  <si>
+    <t>Conservation Solutions Corporation</t>
+  </si>
+  <si>
+    <t>Daniel Cook</t>
+  </si>
+  <si>
+    <t>508-878-9005 (cell)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">dcook@ConservationSolutions.com </t>
+  </si>
+  <si>
+    <t>Holland Company Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Matthew B. Holland </t>
+  </si>
+  <si>
+    <t>413-743-1292</t>
+  </si>
+  <si>
+    <t>matt.holland@hollandcompany.com</t>
+  </si>
+  <si>
+    <t>Neponset Chemical &amp; Eng Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Richard Donovan </t>
+  </si>
+  <si>
+    <t>781-762-3466/Cell  781.603.6732</t>
+  </si>
+  <si>
+    <t>nepchem@norwoodlight.com</t>
+  </si>
+  <si>
+    <t>Puraqua Pool Service, Inc.</t>
+  </si>
+  <si>
+    <t>Kerri Gabriele</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 781-893- 6300</t>
+  </si>
+  <si>
+    <t>KERRIG@PURAQUAPOOLS.COM</t>
+  </si>
+  <si>
+    <t>The Metro Group Inc</t>
+  </si>
+  <si>
+    <t>Michael Flahive</t>
+  </si>
+  <si>
+    <t xml:space="preserve">781-932-9911 </t>
+  </si>
+  <si>
+    <t>mflahive@metrogroupinc.com</t>
+  </si>
+  <si>
+    <t>FAC124</t>
+  </si>
+  <si>
+    <t>Building Maintenance Repair and Operations Product and Supplies</t>
+  </si>
+  <si>
+    <t>Building Control &amp; Solutions</t>
+  </si>
+  <si>
+    <t>Jeff Hurwitz</t>
+  </si>
+  <si>
+    <t>617-782-9000</t>
+  </si>
+  <si>
+    <t>jeff.hurwitz@building-controls.com</t>
+  </si>
+  <si>
+    <t>Design-Build Solutions, The Garland Group</t>
+  </si>
+  <si>
+    <t>Steve Rojek</t>
+  </si>
+  <si>
+    <t>216-430-3613</t>
+  </si>
+  <si>
+    <t>srojek@garland.com</t>
+  </si>
+  <si>
+    <t>F W Webb Company</t>
+  </si>
+  <si>
+    <t>Scott Cohen</t>
+  </si>
+  <si>
+    <t>781-272-6600</t>
+  </si>
+  <si>
+    <t>scott.cohen@fwwebb.com</t>
+  </si>
+  <si>
+    <t>Frank P. McCartin Co., Inc.</t>
+  </si>
+  <si>
+    <t>DAVID MCCARTIN</t>
+  </si>
+  <si>
+    <t>978-454-9101</t>
+  </si>
+  <si>
+    <t>DAVEM@GOINDUSTRIALSUPPLIES.COM</t>
+  </si>
+  <si>
+    <t>Graybar Electric Co. Inc.</t>
+  </si>
+  <si>
+    <t>Michael Tehan</t>
+  </si>
+  <si>
+    <t>617-721-4041</t>
+  </si>
+  <si>
+    <t>bryan.hayes@graybar.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Richmond Hardware/Home Décor Group </t>
+  </si>
+  <si>
+    <t>ROB SEERY</t>
+  </si>
+  <si>
+    <t>ROB.SEERY@VERIZON.NET</t>
+  </si>
+  <si>
+    <t>Independent Electric Supply</t>
+  </si>
+  <si>
+    <t>Sharon Srabian</t>
+  </si>
+  <si>
+    <t>866-625-5155</t>
+  </si>
+  <si>
+    <t>ssrabian@lesbuy.com</t>
+  </si>
+  <si>
+    <t>KT&amp;T Distributors Inc.</t>
+  </si>
+  <si>
+    <t>Kevin M. Porter</t>
+  </si>
+  <si>
+    <t>603-809-6638</t>
+  </si>
+  <si>
+    <t>diane@kttdistributors.com</t>
+  </si>
+  <si>
+    <t>Metropolitan Pipe and Supply Co</t>
+  </si>
+  <si>
+    <t>Ken Olivieri</t>
+  </si>
+  <si>
+    <t>617-492-6400</t>
+  </si>
+  <si>
+    <t>oliken@metpipe.com</t>
+  </si>
+  <si>
+    <t>Plumbers' Supply Company</t>
+  </si>
+  <si>
+    <t>Brian Jones</t>
+  </si>
+  <si>
+    <t>508-985-4966</t>
+  </si>
+  <si>
+    <t>bjones@plumberssupplyco.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Premier Supply Group Inc. </t>
+  </si>
+  <si>
+    <t>Michael Carr</t>
+  </si>
+  <si>
+    <t>413-782-5262</t>
+  </si>
+  <si>
+    <t>jbeaudry@psgne.com</t>
+  </si>
+  <si>
+    <t>The Granite Group</t>
+  </si>
+  <si>
+    <t>Dennis Ford</t>
+  </si>
+  <si>
+    <t>603-856-6085</t>
+  </si>
+  <si>
+    <t>dford@thegranitegroup.com</t>
+  </si>
+  <si>
+    <t>US Electrical Services Co. dba Hapden Zimmerman Electric Supply</t>
+  </si>
+  <si>
+    <t>Rich Morini</t>
+  </si>
+  <si>
+    <t>800-649-6407</t>
+  </si>
+  <si>
+    <t>rmorini@hzelectric.com</t>
+  </si>
+  <si>
+    <t>US Electrical Services Co. dba Standard Electric</t>
+  </si>
+  <si>
+    <t>William Smith</t>
+  </si>
+  <si>
+    <t>978-658-5050</t>
+  </si>
+  <si>
+    <t>wsmith@standardelectric.com</t>
+  </si>
+  <si>
+    <t>781-341-1188</t>
+  </si>
+  <si>
+    <t>Info@toolsunlimitedinc.net</t>
+  </si>
+  <si>
+    <t>J.R. Balsan Inc dba Johnstone Supply</t>
+  </si>
+  <si>
+    <t>Kimberly Giddinge</t>
+  </si>
+  <si>
+    <t>781-933-8506</t>
+  </si>
+  <si>
+    <t>kim.giddinge@johnstonesupply.com</t>
+  </si>
+  <si>
+    <t>Republic Plumbing Supply</t>
+  </si>
+  <si>
+    <t>Thomas Summers</t>
+  </si>
+  <si>
+    <t>781-762-3900</t>
+  </si>
+  <si>
+    <t>tsummers@republicsupplyco.com</t>
+  </si>
+  <si>
+    <t>Best Plumbing Specialies, Inc.</t>
+  </si>
+  <si>
+    <t>Amber Carr</t>
+  </si>
+  <si>
+    <t>800-448-6710 x8155</t>
+  </si>
+  <si>
+    <t>contracts@bestplumbingonline.com</t>
+  </si>
+  <si>
+    <t>Carr Hardware and Supply Company, Inc.</t>
+  </si>
+  <si>
+    <t>Dan Kays</t>
+  </si>
+  <si>
+    <t>413-443-5611</t>
+  </si>
+  <si>
+    <t>dank@carrhardware.com</t>
+  </si>
+  <si>
+    <t>Kamco Supply Corp. of Boston</t>
+  </si>
+  <si>
+    <t>Jeff Scaia</t>
+  </si>
+  <si>
+    <t>781-938-0909</t>
+  </si>
+  <si>
+    <t>JeffScaia@KAMCOBOSTON.COM</t>
+  </si>
+  <si>
+    <t>Kaufman Company Inc.</t>
+  </si>
+  <si>
+    <t>Mark Evans</t>
+  </si>
+  <si>
+    <t>617-491-5500</t>
+  </si>
+  <si>
+    <t>marke@kaufmanco.com</t>
+  </si>
+  <si>
+    <t>Sonepar Distribution New England Inc.</t>
+  </si>
+  <si>
+    <t>Edward Slowe</t>
+  </si>
+  <si>
+    <t>1-781-401-8500</t>
+  </si>
+  <si>
+    <t>www.needco.com</t>
+  </si>
+  <si>
+    <t>Jackson Lumber &amp; Millwork Co.</t>
+  </si>
+  <si>
+    <t>Tom Zappala</t>
+  </si>
+  <si>
+    <t>978 689 1056</t>
+  </si>
+  <si>
+    <t>zappala@jacksonlumner.com</t>
+  </si>
+  <si>
+    <t>FAC131</t>
+  </si>
+  <si>
+    <t>Equipment Rental</t>
+  </si>
+  <si>
+    <t>Herc Rentals</t>
+  </si>
+  <si>
+    <t>Richard Shugg</t>
+  </si>
+  <si>
+    <t>239-301-1344</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Richard.Shugg@hercrentals.com </t>
+  </si>
+  <si>
+    <t>Sunbelt Rentals</t>
+  </si>
+  <si>
+    <t>Ryan McNeal</t>
+  </si>
+  <si>
+    <t>617-291-5798</t>
+  </si>
+  <si>
+    <t>ryan.mcneal@sunbeltrentals.com</t>
+  </si>
+  <si>
+    <t>United Rentals</t>
+  </si>
+  <si>
+    <t>Peter Carey</t>
+  </si>
+  <si>
+    <t>617-839-7927</t>
+  </si>
+  <si>
+    <t>pcarey@ur.com</t>
+  </si>
+  <si>
+    <t>FAC86</t>
+  </si>
+  <si>
+    <t>Solid Waste and Recycling Services</t>
+  </si>
+  <si>
+    <t>A1 Datashred</t>
+  </si>
+  <si>
+    <t>Patrice McClintic</t>
+  </si>
+  <si>
+    <t>978-858-0200</t>
+  </si>
+  <si>
+    <t>patrice@a1datashred.com</t>
+  </si>
+  <si>
+    <t>Allied Recycling Center, Inc.</t>
+  </si>
+  <si>
+    <t>Paul Saindon</t>
+  </si>
+  <si>
+    <t>774-271-2657</t>
+  </si>
+  <si>
+    <t>psaindon@arcscrap.com</t>
+  </si>
+  <si>
+    <t>Boxes and Bags Unlimited</t>
+  </si>
+  <si>
+    <t>Jeff Marcotte</t>
+  </si>
+  <si>
+    <t>800-696-6702</t>
+  </si>
+  <si>
+    <t>bags528@aol.com</t>
+  </si>
+  <si>
+    <t>Capital Paper Recycling,Inc.</t>
+  </si>
+  <si>
+    <t>Daniel P. Buonagurio</t>
+  </si>
+  <si>
+    <t>617- 719-1616</t>
+  </si>
+  <si>
+    <t>danb@cprecycling.com</t>
+  </si>
+  <si>
+    <t>Casella Waste Management of Massachusetts, Inc.</t>
+  </si>
+  <si>
+    <t>Christine Medaglia</t>
+  </si>
+  <si>
+    <t>978 817-3320</t>
+  </si>
+  <si>
+    <t>Christine.Medaglia@casella.com; Elizabeth.Casella@casella.com</t>
+  </si>
+  <si>
+    <t>Cavossa Disposal Corp.</t>
+  </si>
+  <si>
+    <t>Scott MacNevin</t>
+  </si>
+  <si>
+    <t>774-836-7844</t>
+  </si>
+  <si>
+    <t>Scott.MacNevin@Cavossa.com</t>
+  </si>
+  <si>
+    <t>Charter Contracting Company, LLC</t>
+  </si>
+  <si>
+    <t>Jon Simpson</t>
+  </si>
+  <si>
+    <t>617-594-4054</t>
+  </si>
+  <si>
+    <t>jsimpson@charter.us</t>
+  </si>
+  <si>
+    <t>Dave Wickles Trucking</t>
+  </si>
+  <si>
+    <t>Dave Wickles Jr./Stephanie Moynihan</t>
+  </si>
+  <si>
+    <t>413-218-9357</t>
+  </si>
+  <si>
+    <t>stephtm18@gmail.com</t>
+  </si>
+  <si>
+    <t>E.L. Harvey &amp; Sons</t>
+  </si>
+  <si>
+    <t>Emergency on call contact</t>
+  </si>
+  <si>
+    <t>508-836-3000</t>
+  </si>
+  <si>
+    <t>customerservice@elharvey.com</t>
+  </si>
+  <si>
+    <t>E.O.M.S. Recycling, Inc.</t>
+  </si>
+  <si>
+    <t>Donna Milhomme</t>
+  </si>
+  <si>
+    <t>508-587-9686</t>
+  </si>
+  <si>
+    <t>dmilhomme@eomsrecycling.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EOS Approach dba Proshred Security**Not Active** </t>
+  </si>
+  <si>
+    <t>Joseph A. Kelly</t>
+  </si>
+  <si>
+    <t>413-596-5479/877-767-4733</t>
+  </si>
+  <si>
+    <t>joe.kelly@proshred.com</t>
+  </si>
+  <si>
+    <t>Excel Recycling</t>
+  </si>
+  <si>
+    <t>Wayne Edwards</t>
+  </si>
+  <si>
+    <t>774-264-0595</t>
+  </si>
+  <si>
+    <t>wedwards@excelrecycle.com</t>
+  </si>
+  <si>
+    <t>508-450-5531/978-706-1038</t>
+  </si>
+  <si>
+    <t>office@FavreauForestry.com</t>
+  </si>
+  <si>
+    <t>Liberty Tire Recycling</t>
+  </si>
+  <si>
+    <t>Jessica Figueroa</t>
+  </si>
+  <si>
+    <t>978-772-4251</t>
+  </si>
+  <si>
+    <t>jfigueroa@libertytire.com</t>
+  </si>
+  <si>
+    <t>Mansfield Paper Company</t>
+  </si>
+  <si>
+    <t>Scott Parent</t>
+  </si>
+  <si>
+    <t>413-781-2000 ext. 336</t>
+  </si>
+  <si>
+    <t>rsp@mansfieldpaper.com</t>
+  </si>
+  <si>
+    <t>Mayer Tree Service Inc.</t>
+  </si>
+  <si>
+    <t>Mid City Scrap Iron &amp; Salvage</t>
+  </si>
+  <si>
+    <t>Bruce Correia</t>
+  </si>
+  <si>
+    <t>508-675-7831</t>
+  </si>
+  <si>
+    <t>bcorreia@midcityscrap.com</t>
+  </si>
+  <si>
+    <t>Minichiello Bros., Inc.</t>
+  </si>
+  <si>
+    <t>Fred Rogers</t>
+  </si>
+  <si>
+    <t>617-389-7213</t>
+  </si>
+  <si>
+    <t>frogers@scrapit.us</t>
+  </si>
+  <si>
+    <t>OPRSystems, Inc.</t>
+  </si>
+  <si>
+    <t>Mark Cohen</t>
+  </si>
+  <si>
+    <t>978-694-1450</t>
+  </si>
+  <si>
+    <t>mcohen@oprsystems.com</t>
+  </si>
+  <si>
+    <t>Organic Waste Management, LLC</t>
+  </si>
+  <si>
+    <t>Laura Heffernan</t>
+  </si>
+  <si>
+    <t>413-348-4113</t>
+  </si>
+  <si>
+    <t>lheffernan@owaste.com</t>
+  </si>
+  <si>
+    <t>Prolerized New England, LLC DBA Schnitzer Steel</t>
+  </si>
+  <si>
+    <t>Bill Beck</t>
+  </si>
+  <si>
+    <t>401-255-8057</t>
+  </si>
+  <si>
+    <t>bbeck@schn.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Republic Services </t>
+  </si>
+  <si>
+    <t>Diamond London</t>
+  </si>
+  <si>
+    <t>413-557-6736</t>
+  </si>
+  <si>
+    <t>dlondon@republicservices.com</t>
+  </si>
+  <si>
+    <t>Schnitzer Steel DBA, Prolerized New England, LLC</t>
+  </si>
+  <si>
+    <t>Shred-It US JV LLC</t>
+  </si>
+  <si>
+    <t>Michelle Therrien</t>
+  </si>
+  <si>
+    <t>781-937-0888</t>
+  </si>
+  <si>
+    <t>michelle.therrien@stericycle.com</t>
+  </si>
+  <si>
+    <t>The Institution Recycling Network (IRN)</t>
+  </si>
+  <si>
+    <t>Mark Lennon</t>
+  </si>
+  <si>
+    <t>603-496-7908</t>
+  </si>
+  <si>
+    <t>mlennon@irnsurplus.com</t>
+  </si>
+  <si>
+    <t>Waste Management of MA., Inc.</t>
+  </si>
+  <si>
+    <t>John Henry</t>
+  </si>
+  <si>
+    <t>781-933-2113</t>
+  </si>
+  <si>
+    <t>jhenry2@wm.com</t>
+  </si>
+  <si>
+    <t>Waste Zero</t>
+  </si>
+  <si>
+    <t>Courtney Forrester</t>
+  </si>
+  <si>
+    <t>781-504-5604</t>
+  </si>
+  <si>
+    <t>cforrester@wastezero.com</t>
+  </si>
+  <si>
+    <t>Wolpert Disposal Inc.</t>
+  </si>
+  <si>
+    <t>Mike Wolpert</t>
+  </si>
+  <si>
+    <t>978-463-8177</t>
+  </si>
+  <si>
+    <t>mike@wolpertdisposal.com</t>
+  </si>
+  <si>
+    <t>GRO38</t>
+  </si>
+  <si>
+    <t>Prime Grocers/Food Contract</t>
+  </si>
+  <si>
+    <t>Performance Group</t>
+  </si>
+  <si>
+    <t>Agata Beynor</t>
+  </si>
+  <si>
+    <t>800-388-0257 or 413-846-5464</t>
+  </si>
+  <si>
+    <t>ABEYNOR@PFGC.COM</t>
+  </si>
+  <si>
+    <t>US Foods</t>
+  </si>
+  <si>
+    <t>Tuesday Evans</t>
+  </si>
+  <si>
+    <t>508-259-7301</t>
+  </si>
+  <si>
+    <t>tuesday.evans@usfoods.com</t>
+  </si>
+  <si>
+    <t>B&amp;B Trading</t>
+  </si>
+  <si>
+    <t>James Lampert</t>
+  </si>
+  <si>
+    <t>617-442-1400</t>
+  </si>
+  <si>
+    <t>jlampert@bandbtrading.net</t>
+  </si>
+  <si>
+    <t>Global Foods</t>
+  </si>
+  <si>
+    <t>Amanda Childers</t>
+  </si>
+  <si>
+    <t>702-212-4537 or cell 702-588-1103</t>
+  </si>
+  <si>
+    <t>amandav@globalfoodslv.com</t>
+  </si>
+  <si>
+    <t>National Food Group</t>
+  </si>
+  <si>
+    <t>Rachelle McCoy</t>
+  </si>
+  <si>
+    <t>248-560-2315</t>
+  </si>
+  <si>
+    <t>rmccoy@nationalfoodgroup.com</t>
+  </si>
+  <si>
+    <t>New England Food</t>
+  </si>
+  <si>
+    <t>Chris Stevens</t>
+  </si>
+  <si>
+    <t>781-341-1650</t>
+  </si>
+  <si>
+    <t>chris@nefood.com</t>
+  </si>
+  <si>
+    <t>GRO39</t>
+  </si>
+  <si>
+    <t>Drinking Water-General and Emergency Services</t>
+  </si>
+  <si>
+    <t>Quench USA, Inc.</t>
+  </si>
+  <si>
+    <t>Tommy Modica</t>
+  </si>
+  <si>
+    <t>347-881-5704</t>
+  </si>
+  <si>
+    <t>tmodica@quenchwater.com</t>
+  </si>
+  <si>
+    <t>DS Services of America</t>
+  </si>
+  <si>
+    <t>Sharyea Jackson</t>
+  </si>
+  <si>
+    <t>(678)- 486- 3503</t>
+  </si>
+  <si>
+    <t>SJackson@DSServices.com</t>
+  </si>
+  <si>
+    <t>BlueTriton Brands (Ready Refresh/ Nestle)</t>
+  </si>
+  <si>
+    <t>William (Bill) Gray</t>
+  </si>
+  <si>
+    <t>978-479-0003</t>
+  </si>
+  <si>
+    <t>william.gray@bluetriton.com</t>
+  </si>
+  <si>
+    <t>W.B. Mason</t>
+  </si>
+  <si>
+    <t>(800) 242- 5892 x8273</t>
+  </si>
+  <si>
+    <t>gregg.manning@wbmason.com</t>
+  </si>
+  <si>
+    <t>GRO40</t>
+  </si>
+  <si>
+    <t>Foodservice Supplies and Equipment</t>
+  </si>
+  <si>
+    <t>Milhench Inc.</t>
+  </si>
+  <si>
+    <t>Jade Madonna</t>
+  </si>
+  <si>
+    <t>508-965-8437</t>
+  </si>
+  <si>
+    <t>jade@milhench.com</t>
+  </si>
+  <si>
+    <t>US Foods Inc.</t>
+  </si>
+  <si>
+    <t>Tom Egan</t>
+  </si>
+  <si>
+    <t>978-766-5050</t>
+  </si>
+  <si>
+    <t>tom.egan@usfoods.com</t>
+  </si>
+  <si>
+    <t>B&amp;G Food Service Equipment, Inc.</t>
+  </si>
+  <si>
+    <t>Leah Zacchini</t>
+  </si>
+  <si>
+    <t>781-467-0060</t>
+  </si>
+  <si>
+    <t>leah@bgrestsupply.com</t>
+  </si>
+  <si>
+    <t>Janco Sales Services Inc.</t>
+  </si>
+  <si>
+    <t>Edward Janini</t>
+  </si>
+  <si>
+    <t>508-230-2443</t>
+  </si>
+  <si>
+    <t>eddie@jancosales.com</t>
+  </si>
+  <si>
+    <t>Kittredge Equipment Company</t>
+  </si>
+  <si>
+    <t>Jeff Mackey</t>
+  </si>
+  <si>
+    <t>800-423-7082 ext. 530</t>
+  </si>
+  <si>
+    <t>JMackey@kittredgeequipment.com</t>
+  </si>
+  <si>
+    <t>Cook’s Direct Inc.</t>
+  </si>
+  <si>
+    <t>Terri Teclaw</t>
+  </si>
+  <si>
+    <t>630-821-0250</t>
+  </si>
+  <si>
+    <t>tteclaw@cooksdirect.com</t>
+  </si>
+  <si>
+    <t>Fountainhead Service Group Inc.</t>
+  </si>
+  <si>
+    <t>Jennifer St. Jean</t>
+  </si>
+  <si>
+    <t>781-221-7276</t>
+  </si>
+  <si>
+    <t>jennifer@fountainheadfs.com</t>
+  </si>
+  <si>
+    <t>Northshore Wholesale Marketplace</t>
+  </si>
+  <si>
+    <t>Tim Abbot</t>
+  </si>
+  <si>
+    <t>978-982-0900</t>
+  </si>
+  <si>
+    <t>tim@nswmarketplace.com</t>
+  </si>
+  <si>
+    <t>Mansfield Paper Company Inc.</t>
+  </si>
+  <si>
+    <t>413-781-2000</t>
+  </si>
+  <si>
+    <t>Boston Showcase Company Inc.</t>
+  </si>
+  <si>
+    <t>Andrew Star</t>
+  </si>
+  <si>
+    <t>617-965-1103</t>
+  </si>
+  <si>
+    <t>andy@bostonshowcase.com</t>
+  </si>
+  <si>
+    <t>Imperial Bag &amp; Paper Co, LLC dba Imperial Dade</t>
+  </si>
+  <si>
+    <t>Susanne Trotta</t>
+  </si>
+  <si>
+    <t>800-972-9622 ext.2202</t>
+  </si>
+  <si>
+    <t>strotta@imperialdade.com</t>
+  </si>
+  <si>
+    <t>GRO41</t>
+  </si>
+  <si>
+    <t>Dairy Products &amp; Baked Goods</t>
+  </si>
+  <si>
+    <t>Rosev Dairy Foods, Inc</t>
+  </si>
+  <si>
+    <t>Stephen Jamgochian</t>
+  </si>
+  <si>
+    <t>617-889-7444</t>
+  </si>
+  <si>
+    <t>sjamgochian@rosevdairy.com</t>
+  </si>
+  <si>
+    <t>DFA Dairy Brands DBA Garelick Farms</t>
+  </si>
+  <si>
+    <t>Liz Connolly</t>
+  </si>
+  <si>
+    <t>888-215-7774</t>
+  </si>
+  <si>
+    <t>liz.connolly@dfamilk.com</t>
+  </si>
+  <si>
+    <t>Bimbo Bakeries</t>
+  </si>
+  <si>
+    <t>Virginia Newell</t>
+  </si>
+  <si>
+    <t>518-456-4792</t>
+  </si>
+  <si>
+    <t>vnewell@bbumail.com</t>
+  </si>
+  <si>
+    <t>Calise and Sons Bakery</t>
+  </si>
+  <si>
+    <t>Charlie Stephanopoulos</t>
+  </si>
+  <si>
+    <t>401-255-4805</t>
+  </si>
+  <si>
+    <t>cstephanopoulos@calisebakery.com</t>
+  </si>
+  <si>
+    <t>GRO42</t>
+  </si>
+  <si>
+    <t>K-12 School Nutrition Products</t>
+  </si>
+  <si>
+    <t>A Simos &amp; Co Inc</t>
+  </si>
+  <si>
+    <t>Trevor Emond</t>
+  </si>
+  <si>
+    <t>413-734-8232</t>
+  </si>
+  <si>
+    <t>Trevor.simos@gmail.com</t>
+  </si>
+  <si>
+    <t>Banks Square Market Corp DBA Produce Connection</t>
+  </si>
+  <si>
+    <t>Jim Mullett</t>
+  </si>
+  <si>
+    <t>617-466-0366 ext 204 cell 603-339-7390</t>
+  </si>
+  <si>
+    <t>jim@produceconnection.com</t>
+  </si>
+  <si>
+    <t>F Nasiff Jr Co Inc DBA Nasiff Fruit Company</t>
+  </si>
+  <si>
+    <t>Jordan Nasiff</t>
+  </si>
+  <si>
+    <t>508-676-6116</t>
+  </si>
+  <si>
+    <t>jordan@nasiffproduce.com</t>
+  </si>
+  <si>
+    <t>Ring Bros of Harwich Inc DBA Ring Bros Wholesale</t>
+  </si>
+  <si>
+    <t>Rich Mulcahy</t>
+  </si>
+  <si>
+    <t>508-394-5022</t>
+  </si>
+  <si>
+    <t>rich@ringbroswholesale.com</t>
+  </si>
+  <si>
+    <t>Thomsen Buyer LLC DBA Thomsen Foodservice</t>
+  </si>
+  <si>
+    <t>Leah Gramitt</t>
+  </si>
+  <si>
+    <t>401-655-9033</t>
+  </si>
+  <si>
+    <t>lgramitt@thomsenfoodservice.com</t>
+  </si>
+  <si>
+    <t>Thurston Foods Inc</t>
+  </si>
+  <si>
+    <t>Nikole Scozzari</t>
+  </si>
+  <si>
+    <t>203-427-3875</t>
+  </si>
+  <si>
+    <t>Nikole.Scozzari@thurstonfoods.com</t>
+  </si>
+  <si>
+    <t>HLS06</t>
+  </si>
+  <si>
+    <t>Homeland Security, Public Safety, and Traffic Safety Supplies</t>
+  </si>
+  <si>
+    <t>Grainger</t>
+  </si>
+  <si>
+    <t>Safeware, Inc.</t>
+  </si>
+  <si>
+    <t>Sue Roy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">203-800-6298 </t>
+  </si>
+  <si>
+    <t>sue.roy@safewareinc.com</t>
+  </si>
+  <si>
+    <t>HSP44</t>
+  </si>
+  <si>
+    <t>Medical Commodities</t>
+  </si>
+  <si>
+    <t>Geriatric Medical &amp; Surgical Supply, Inc</t>
+  </si>
+  <si>
+    <t>Jeff Goldstein</t>
+  </si>
+  <si>
+    <t>800-442-1205</t>
+  </si>
+  <si>
+    <t>jgoldstein@geriatricmedical.com</t>
+  </si>
+  <si>
+    <t>McKesson</t>
+  </si>
+  <si>
+    <t>Zack Newsome</t>
+  </si>
+  <si>
+    <t>904-790-9210</t>
+  </si>
+  <si>
+    <t>zack.newsome@mckesson.com</t>
+  </si>
+  <si>
+    <t>Medline</t>
+  </si>
+  <si>
+    <t>Elizabeth Gordon</t>
+  </si>
+  <si>
+    <t>847-949-2696</t>
+  </si>
+  <si>
+    <t>ecgordon@medline.com</t>
+  </si>
+  <si>
+    <t>MedSupply Corp.</t>
+  </si>
+  <si>
+    <t>Talha Mirza</t>
+  </si>
+  <si>
+    <t>248-597-9004</t>
+  </si>
+  <si>
+    <t>tmirza@med-supply.com</t>
+  </si>
+  <si>
+    <t>Steri-Tech Medical Innovations</t>
+  </si>
+  <si>
+    <t>Jorge Rodriguez</t>
+  </si>
+  <si>
+    <t>978-677-7887</t>
+  </si>
+  <si>
+    <t>steritechmed.com</t>
+  </si>
+  <si>
+    <t>Trans Med USA Inc.</t>
+  </si>
+  <si>
+    <t>Darius Masalehdan</t>
+  </si>
+  <si>
+    <t>508-284-9183</t>
+  </si>
+  <si>
+    <t>Darius@transmed-usa.com</t>
+  </si>
+  <si>
+    <t>WESTNET, INC.</t>
+  </si>
+  <si>
+    <t>Tina McLean</t>
+  </si>
+  <si>
+    <t>781-828-7772</t>
+  </si>
+  <si>
+    <t>tmclean@westnetmed.com</t>
+  </si>
+  <si>
+    <t>HSP45</t>
+  </si>
+  <si>
+    <t>Laboratory Supplies and Equipment</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> AB Sciex</t>
+  </si>
+  <si>
+    <t>Erik Schranz</t>
+  </si>
+  <si>
+    <t>650-232-9809</t>
+  </si>
+  <si>
+    <t>erik.schranz@sciex.com</t>
+  </si>
+  <si>
+    <t>Agilent</t>
+  </si>
+  <si>
+    <t>Lindsay Willett</t>
+  </si>
+  <si>
+    <t>302-636-8357</t>
+  </si>
+  <si>
+    <t>lindsay_willett@agilent.com</t>
+  </si>
+  <si>
+    <t>Bio-Rad</t>
+  </si>
+  <si>
+    <t>Bryan Edoria</t>
+  </si>
+  <si>
+    <t>510-741-5361</t>
+  </si>
+  <si>
+    <t>bryan_edoria@bio-rad.com</t>
+  </si>
+  <si>
+    <t>Fisher Scientific</t>
+  </si>
+  <si>
+    <t>Kathryn McLean</t>
+  </si>
+  <si>
+    <t>781-296-4722</t>
+  </si>
+  <si>
+    <t>kathryn. mclean@thermofisher.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Government Scientific Source, Inc </t>
+  </si>
+  <si>
+    <t>Cynthia King</t>
+  </si>
+  <si>
+    <t>703-880-5003</t>
+  </si>
+  <si>
+    <t>sales-b@govsci.com</t>
+  </si>
+  <si>
+    <t>IDEXX</t>
+  </si>
+  <si>
+    <t>Jamie Brunelle</t>
+  </si>
+  <si>
+    <t>207-556-3091</t>
+  </si>
+  <si>
+    <t>jamie-brunelle@idexx.com</t>
+  </si>
+  <si>
+    <t>Lipomed</t>
+  </si>
+  <si>
+    <t>Becky Dewey</t>
+  </si>
+  <si>
+    <t>617-577-7222</t>
+  </si>
+  <si>
+    <t xml:space="preserve">becky.dewey@LGCGroup.com </t>
+  </si>
+  <si>
+    <t>LumiQuick</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tatiana Franco </t>
+  </si>
+  <si>
+    <t>914-462-8237</t>
+  </si>
+  <si>
+    <t>sales@lumiquick.com</t>
+  </si>
+  <si>
+    <t>Myers Construction Materials TEsting</t>
+  </si>
+  <si>
+    <t>Jeff Clouatre</t>
+  </si>
+  <si>
+    <t>888-293-2121</t>
+  </si>
+  <si>
+    <t>jclouatre@myerstest.com</t>
+  </si>
+  <si>
+    <t>Qiagen</t>
+  </si>
+  <si>
+    <t>Amber McManus</t>
+  </si>
+  <si>
+    <t>862-222-0405</t>
+  </si>
+  <si>
+    <t>amber.mcmanus@qiagen.com</t>
+  </si>
+  <si>
+    <t>Safety Inc.</t>
+  </si>
+  <si>
+    <t>June Cross</t>
+  </si>
+  <si>
+    <t>978-532-7330</t>
+  </si>
+  <si>
+    <t>june@esafetyinc.com</t>
+  </si>
+  <si>
+    <t>School Specialty (Frey Scientific)</t>
+  </si>
+  <si>
+    <t>Sherri Kremers</t>
+  </si>
+  <si>
+    <t>920-245-5275</t>
+  </si>
+  <si>
+    <t xml:space="preserve">sherri.kremers@schoolspecialty.com </t>
+  </si>
+  <si>
+    <t>978-656-8069</t>
+  </si>
+  <si>
+    <t>jorge@steritechmed.com</t>
+  </si>
+  <si>
+    <t>Thomas Scientific</t>
+  </si>
+  <si>
+    <t>Jim Losinski</t>
+  </si>
+  <si>
+    <t>763-620-8865</t>
+  </si>
+  <si>
+    <t>jim.losinski@thomassci.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VWR Scientific </t>
+  </si>
+  <si>
+    <t>Seth Cory</t>
+  </si>
+  <si>
+    <t>979-450-8253</t>
+  </si>
+  <si>
+    <t>seth.cory@avantorsciences.com</t>
+  </si>
+  <si>
+    <t>Westcarb</t>
+  </si>
+  <si>
+    <t>Morrell Thomas</t>
+  </si>
+  <si>
+    <t>866-507-1576</t>
+  </si>
+  <si>
+    <t>mt@westcarb.com</t>
+  </si>
+  <si>
+    <t>Wilkem</t>
+  </si>
+  <si>
+    <t>Jim Wilkie Sr</t>
+  </si>
+  <si>
+    <t>401-723-1840</t>
+  </si>
+  <si>
+    <t xml:space="preserve">jim@wilkem.com </t>
+  </si>
+  <si>
+    <t>Wynn Innovations</t>
+  </si>
+  <si>
+    <t>Benjamin Wynn</t>
+  </si>
+  <si>
+    <t>916-996-6377</t>
+  </si>
+  <si>
+    <t>bwynn@wynninnovations.com</t>
+  </si>
+  <si>
+    <t>ITC71</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Security, Surveillance, Monitoring, and Access Control </t>
+  </si>
+  <si>
+    <t>A W Gifford, Inc</t>
+  </si>
+  <si>
+    <t>Jeremy Outhuse</t>
+  </si>
+  <si>
+    <t>413-732-8951</t>
+  </si>
+  <si>
+    <t>denice@giffordlock.com</t>
+  </si>
+  <si>
+    <t>Access Control Systems, Inc.</t>
+  </si>
+  <si>
+    <t>Charles Patterson</t>
+  </si>
+  <si>
+    <t>603.249.9820</t>
+  </si>
+  <si>
+    <t>charlie@a-c-s.biz</t>
+  </si>
+  <si>
+    <t>Advanced Alarm Systems, Inc.</t>
+  </si>
+  <si>
+    <t>Kevin C. Fitzpatrick</t>
+  </si>
+  <si>
+    <t>508-675-1937</t>
+  </si>
+  <si>
+    <t>kevin@80044alarm.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Advanced Security Integration dba. Security101 </t>
+  </si>
+  <si>
+    <t>Main Office Admin</t>
+  </si>
+  <si>
+    <t>1.800.991.4170</t>
+  </si>
+  <si>
+    <t>support@security101ne.com</t>
+  </si>
+  <si>
+    <t>American Alarm &amp; Communications, Inc.</t>
+  </si>
+  <si>
+    <t>Central Station On-Call</t>
+  </si>
+  <si>
+    <t>781-641-2000</t>
+  </si>
+  <si>
+    <t>Centralstation@americanalarm.com</t>
+  </si>
+  <si>
+    <t>American Service Company</t>
+  </si>
+  <si>
+    <t>24 Hrs On Call Techs &amp; Managers</t>
+  </si>
+  <si>
+    <t>617-471-5953</t>
+  </si>
+  <si>
+    <t>servicedepartment@americanservicecompany.com</t>
+  </si>
+  <si>
+    <t>Autoclear, LLC</t>
+  </si>
+  <si>
+    <t>Alan Martin</t>
+  </si>
+  <si>
+    <t>973-525-7312</t>
+  </si>
+  <si>
+    <t>alanm@autoclear.com</t>
+  </si>
+  <si>
+    <t>Ayacht Technology Solutions, LLC</t>
+  </si>
+  <si>
+    <t>Mark Ayotte</t>
+  </si>
+  <si>
+    <t>978-558-0160</t>
+  </si>
+  <si>
+    <t>mark.ayotte@ayacht.com</t>
+  </si>
+  <si>
+    <t>Barrett Security and Surveillance</t>
+  </si>
+  <si>
+    <t>Roderick E. Barrett Jr.</t>
+  </si>
+  <si>
+    <t>617-268-8078</t>
+  </si>
+  <si>
+    <t>rbarrett@barrettsecurity.com or brrttrod@aol.com</t>
+  </si>
+  <si>
+    <t>Bay State Alarm Security, Inc. dba. BSA Security Integrators</t>
+  </si>
+  <si>
+    <t>TJ Murphy</t>
+  </si>
+  <si>
+    <t>508-485-1174  x113</t>
+  </si>
+  <si>
+    <t>service@bsasi.com</t>
+  </si>
+  <si>
+    <t>BCM Controls Corporation</t>
+  </si>
+  <si>
+    <t>John Kane</t>
+  </si>
+  <si>
+    <t>781-897-5154</t>
+  </si>
+  <si>
+    <t>kanej@bcmcontrols.com</t>
+  </si>
+  <si>
+    <t>BeSafe Technologies Inc.</t>
+  </si>
+  <si>
+    <t>Kevin J. Harrington</t>
+  </si>
+  <si>
+    <t>919-809-6681</t>
+  </si>
+  <si>
+    <t>kharrington@besafe.net</t>
+  </si>
+  <si>
+    <t>Boston Electric and Telephone Corp</t>
+  </si>
+  <si>
+    <t>Maria Picanzi</t>
+  </si>
+  <si>
+    <t>617-828-9609</t>
+  </si>
+  <si>
+    <t>maria@betcorp.com</t>
+  </si>
+  <si>
+    <t>CC-Teknologies Inc.</t>
+  </si>
+  <si>
+    <t>Marek Oles</t>
+  </si>
+  <si>
+    <t>508-444-8810 x1, 2 for Emergency</t>
+  </si>
+  <si>
+    <t>marekoles@cc-tek.net</t>
+  </si>
+  <si>
+    <t>Ceia USA Ltd.</t>
+  </si>
+  <si>
+    <t>Jim Wardle</t>
+  </si>
+  <si>
+    <t>330-405-3190</t>
+  </si>
+  <si>
+    <t>jwardle@ceia-usa.com</t>
+  </si>
+  <si>
+    <t>Comm-Tract Corp</t>
+  </si>
+  <si>
+    <t>Mike Reilly</t>
+  </si>
+  <si>
+    <t>(508) 717-7594</t>
+  </si>
+  <si>
+    <t>mreilly@comm-tract.com</t>
+  </si>
+  <si>
+    <t>Craftmaster Hardware</t>
+  </si>
+  <si>
+    <t>Kevin Driscoll</t>
+  </si>
+  <si>
+    <t>508-661-9632</t>
+  </si>
+  <si>
+    <t>kdriscoll@CraftmasterHardware.com</t>
+  </si>
+  <si>
+    <t>CSY Technologies</t>
+  </si>
+  <si>
+    <t>Denis Young</t>
+  </si>
+  <si>
+    <t>617-304-7655</t>
+  </si>
+  <si>
+    <t>dyoung@csytech.com</t>
+  </si>
+  <si>
+    <t>Custom Computer Specialists, Inc.</t>
+  </si>
+  <si>
+    <t>Suzanne McLaughlin</t>
+  </si>
+  <si>
+    <t>(401) 775-1286</t>
+  </si>
+  <si>
+    <t>smclaughlin@customonline.com</t>
+  </si>
+  <si>
+    <t>D.H. Pace Company, Inc.Pasek Corporation</t>
+  </si>
+  <si>
+    <t>David Alessandrini</t>
+  </si>
+  <si>
+    <t>617-269-7110 x 112</t>
+  </si>
+  <si>
+    <t>dalessandrini@pasek.com</t>
+  </si>
+  <si>
+    <t>DG Investment Intermediate Holdings 2Convergint Technologies</t>
+  </si>
+  <si>
+    <t>Helio Leal</t>
+  </si>
+  <si>
+    <t>877-477-8181</t>
+  </si>
+  <si>
+    <t xml:space="preserve">helio.leal@convergint.com </t>
+  </si>
+  <si>
+    <t>Dugmore &amp; Duncan, Inc.</t>
+  </si>
+  <si>
+    <t>Skip Reid</t>
+  </si>
+  <si>
+    <t>877-777-8161</t>
+  </si>
+  <si>
+    <t>Skip@dugmore.com</t>
+  </si>
+  <si>
+    <t>ECI Systems</t>
+  </si>
+  <si>
+    <t>Justin Davis</t>
+  </si>
+  <si>
+    <t>603-458-6501</t>
+  </si>
+  <si>
+    <t>Justin.Davis@ecintegrated.com</t>
+  </si>
+  <si>
+    <t>Electronic Security and Control Systems Inc.</t>
+  </si>
+  <si>
+    <t>Ben Jacobellis</t>
+  </si>
+  <si>
+    <t>781-271-0830</t>
+  </si>
+  <si>
+    <t>benny3@escsinc.com</t>
+  </si>
+  <si>
+    <t>ENE Systems, Inc.</t>
+  </si>
+  <si>
+    <t>John Doherty</t>
+  </si>
+  <si>
+    <t>781-828-6770</t>
+  </si>
+  <si>
+    <t>jdoherty@enesystems.com</t>
+  </si>
+  <si>
+    <t>ePlus Technology</t>
+  </si>
+  <si>
+    <t>Steve Low</t>
+  </si>
+  <si>
+    <t>781-615-1314</t>
+  </si>
+  <si>
+    <t>slow@eplus.com</t>
+  </si>
+  <si>
+    <t>Frank H Perry IIIWhite Hawk Alarm &amp; Security</t>
+  </si>
+  <si>
+    <t>Christen M. Perry</t>
+  </si>
+  <si>
+    <t>(781)812-6411</t>
+  </si>
+  <si>
+    <t>whitehawkalarm@gmail.com</t>
+  </si>
+  <si>
+    <t>FS Systems Inc.</t>
+  </si>
+  <si>
+    <t>Gerald Fitzgerald</t>
+  </si>
+  <si>
+    <t>781-754-7310</t>
+  </si>
+  <si>
+    <t>gfitz@fssystemsinc.com</t>
+  </si>
+  <si>
+    <t>FUTURE TECHNOLOGIES GROUP LLC New Era Technology NE</t>
+  </si>
+  <si>
+    <t>Brian Ingalls</t>
+  </si>
+  <si>
+    <t xml:space="preserve">339-502-6619 </t>
+  </si>
+  <si>
+    <t>service.ne@neweratech.com</t>
+  </si>
+  <si>
+    <t>Galaxy Integrated Technologies, Inc.</t>
+  </si>
+  <si>
+    <t>John Gulezian</t>
+  </si>
+  <si>
+    <t>617-202-6388</t>
+  </si>
+  <si>
+    <t>johng@galaxyintegrated.com</t>
+  </si>
+  <si>
+    <t>Graybar Electric Company Inc.</t>
+  </si>
+  <si>
+    <t>John Ryan</t>
+  </si>
+  <si>
+    <t>781-205-8719</t>
+  </si>
+  <si>
+    <t>john.ryan1@graybar.com</t>
+  </si>
+  <si>
+    <t>Hayden Safe &amp; Lock Co., Inc.</t>
+  </si>
+  <si>
+    <t>John Whitmarsh</t>
+  </si>
+  <si>
+    <t>978-265-5837</t>
+  </si>
+  <si>
+    <t>john@haydenlock.com</t>
+  </si>
+  <si>
+    <t>HEI Security</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HEI Security Service Line </t>
+  </si>
+  <si>
+    <t>(801) 516-6001</t>
+  </si>
+  <si>
+    <t>HEI can setup a Portal for MA</t>
+  </si>
+  <si>
+    <t>Industrial Video &amp; Control Co. LLC</t>
+  </si>
+  <si>
+    <t>Norman Fast</t>
+  </si>
+  <si>
+    <t>617-467-3059 x 105</t>
+  </si>
+  <si>
+    <t>nfast@ivcco.com</t>
+  </si>
+  <si>
+    <t>Ironman Inc.</t>
+  </si>
+  <si>
+    <t>JAMES HATCH</t>
+  </si>
+  <si>
+    <t>989-386-8975</t>
+  </si>
+  <si>
+    <t>IRONMAN@IRONMANS.NET</t>
+  </si>
+  <si>
+    <t>J&amp;M Brown Company, Inc.Spectrum Integrated Technologies</t>
+  </si>
+  <si>
+    <t>Terrence Kilduff</t>
+  </si>
+  <si>
+    <t>617-522-8800</t>
+  </si>
+  <si>
+    <t>tkilduff@spectrumit.com</t>
+  </si>
+  <si>
+    <t>K &amp; M Communications Corp.</t>
+  </si>
+  <si>
+    <t>Robert Lane</t>
+  </si>
+  <si>
+    <t>508-857-2011 Ext 103</t>
+  </si>
+  <si>
+    <t>RLANE@KANDMCOMMUNICATIONS.COM</t>
+  </si>
+  <si>
+    <t>Kamco Supply Corp.</t>
+  </si>
+  <si>
+    <t>On-Call Person</t>
+  </si>
+  <si>
+    <t>(800) 838-0152</t>
+  </si>
+  <si>
+    <t>bmessina@kamcoboston.com</t>
+  </si>
+  <si>
+    <t>KNE Corporation</t>
+  </si>
+  <si>
+    <t>Victor Conklin</t>
+  </si>
+  <si>
+    <t>781-492-7195</t>
+  </si>
+  <si>
+    <t>victor@knecorp.com</t>
+  </si>
+  <si>
+    <t>LAN-TEL Communications, Inc.</t>
+  </si>
+  <si>
+    <t>Peter Baker</t>
+  </si>
+  <si>
+    <t>844.575.2001</t>
+  </si>
+  <si>
+    <t>service@lan-tel.com or pbaker@lan-tel.com</t>
+  </si>
+  <si>
+    <t>McDonald Electrical Corporation</t>
+  </si>
+  <si>
+    <t>John Bartolomucci</t>
+  </si>
+  <si>
+    <t>617-763-3366</t>
+  </si>
+  <si>
+    <t>johnbarts@mcdonaldcorp.com</t>
+  </si>
+  <si>
+    <t>Minuteman Security Technologies</t>
+  </si>
+  <si>
+    <t>Boston Service</t>
+  </si>
+  <si>
+    <t>978-783-0018</t>
+  </si>
+  <si>
+    <t>bostonService@minutemanst.com</t>
+  </si>
+  <si>
+    <t>Networked Educational Technologies Ltd.CSDNET</t>
+  </si>
+  <si>
+    <t>Robert Mealey</t>
+  </si>
+  <si>
+    <t>631-258-2117</t>
+  </si>
+  <si>
+    <t>robert.mealey@csdnet.net</t>
+  </si>
+  <si>
+    <t>NOREL Service Co., Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tom Norton </t>
+  </si>
+  <si>
+    <t>617-590-4604</t>
+  </si>
+  <si>
+    <t>tnorton@norelservice.com</t>
+  </si>
+  <si>
+    <t>Ockers Company</t>
+  </si>
+  <si>
+    <t>Mark Cardarelli</t>
+  </si>
+  <si>
+    <t>508-614-0687</t>
+  </si>
+  <si>
+    <t>mcardarelli@ockers.com</t>
+  </si>
+  <si>
+    <t>Plastic Card Systems, Inc.</t>
+  </si>
+  <si>
+    <t>Donald Axline</t>
+  </si>
+  <si>
+    <t>617-834-5573</t>
+  </si>
+  <si>
+    <t>daxline@plasticard.net</t>
+  </si>
+  <si>
+    <t>Presidio Networked Solutions LLC (Presidio Holdings Inc.)Presidio Networked Solutions LLC</t>
+  </si>
+  <si>
+    <t>Drew Koellmer</t>
+  </si>
+  <si>
+    <t>781-638-2379</t>
+  </si>
+  <si>
+    <t>dkoellmer@presidio.com</t>
+  </si>
+  <si>
+    <t>Schneider Electric Buildings Americas, Inc.</t>
+  </si>
+  <si>
+    <t>BSRC</t>
+  </si>
+  <si>
+    <t>1-877-822-2601</t>
+  </si>
+  <si>
+    <t>BSRC@Schneider-Electric.com</t>
+  </si>
+  <si>
+    <t>Setronics Corp.</t>
+  </si>
+  <si>
+    <t>Don Kwapien</t>
+  </si>
+  <si>
+    <t>978-671-5450</t>
+  </si>
+  <si>
+    <t>dkwapien@setronics.com</t>
+  </si>
+  <si>
+    <t>Siemens Industry Inc.</t>
+  </si>
+  <si>
+    <t>Michael Gagnon</t>
+  </si>
+  <si>
+    <t>339-206-9143</t>
+  </si>
+  <si>
+    <t>michael.gagnon@siemens.com</t>
+  </si>
+  <si>
+    <t>SIGNET Electronic Systems, Inc.</t>
+  </si>
+  <si>
+    <t>Rich Ahern</t>
+  </si>
+  <si>
+    <t xml:space="preserve">781-871-5888 ext. 1118  </t>
+  </si>
+  <si>
+    <t>rich.ahern@signetgroup.net</t>
+  </si>
+  <si>
+    <t>Sonet Electrical Systems, LLC</t>
+  </si>
+  <si>
+    <t>Tom Cavanaugh</t>
+  </si>
+  <si>
+    <t xml:space="preserve">C: 617-594-8462  </t>
+  </si>
+  <si>
+    <t>tcavanaugh@sonetelectrical.com</t>
+  </si>
+  <si>
+    <t>Sonitrol New England/SSSH3, Inc.Alarm New England</t>
+  </si>
+  <si>
+    <t>Douglas M Curtiss</t>
+  </si>
+  <si>
+    <t>860-836-3604</t>
+  </si>
+  <si>
+    <t>douglascurtiss@gmail.com</t>
+  </si>
+  <si>
+    <t>Stanley Convergent Security Solutions, Inc.</t>
+  </si>
+  <si>
+    <t>Larry Movessian</t>
+  </si>
+  <si>
+    <t>781-460-4528</t>
+  </si>
+  <si>
+    <t>Larry.Movsessian@sbdinc.com</t>
+  </si>
+  <si>
+    <t>State Electric Corp.</t>
+  </si>
+  <si>
+    <t>Joseph Vaccari</t>
+  </si>
+  <si>
+    <t>978-423-4552</t>
+  </si>
+  <si>
+    <t>jvaccari@stateelectriccorp.com</t>
+  </si>
+  <si>
+    <t>Stone &amp; Berg Company, Inc.</t>
+  </si>
+  <si>
+    <t>Michael Pagano</t>
+  </si>
+  <si>
+    <t>508-523-7763</t>
+  </si>
+  <si>
+    <t>mpagano@stoneandberg.com</t>
+  </si>
+  <si>
+    <t>Sullivan and McLaughlin</t>
+  </si>
+  <si>
+    <t>SullyMac Emergency Hotline</t>
+  </si>
+  <si>
+    <t>617-474-0500</t>
+  </si>
+  <si>
+    <t>wbissonnette@sullymac.com</t>
+  </si>
+  <si>
+    <t>Surveillance Specialties, Ltd. dba Allied Universal Technology Services</t>
+  </si>
+  <si>
+    <t>Michael Devita, III</t>
+  </si>
+  <si>
+    <t>978-253-5023</t>
+  </si>
+  <si>
+    <t>michael.devita3@securadyne.com</t>
+  </si>
+  <si>
+    <t>THE ADT SECURITY CORPORATION ADT Commercial LLC.</t>
+  </si>
+  <si>
+    <t>Pamela Pletz</t>
+  </si>
+  <si>
+    <t>310-246-9696</t>
+  </si>
+  <si>
+    <t>pamelapletz@adt.com</t>
+  </si>
+  <si>
+    <t>The Collins Electric</t>
+  </si>
+  <si>
+    <t>Mike Angelica</t>
+  </si>
+  <si>
+    <t>413-246-3641</t>
+  </si>
+  <si>
+    <t>mangelica@ce1906.com</t>
+  </si>
+  <si>
+    <t>Tyco Fire &amp; Security Management Inc.JCI Security Solutions LLC</t>
+  </si>
+  <si>
+    <t>Alison Jaclyn</t>
+  </si>
+  <si>
+    <t>781-953-1883</t>
+  </si>
+  <si>
+    <t>alison.jaclyn.scali@jci.com</t>
+  </si>
+  <si>
+    <t>Unified Networking Solutions</t>
+  </si>
+  <si>
+    <t>Brian McDonald</t>
+  </si>
+  <si>
+    <t>508-203-7162</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bmcdonald@UnifiedITSupport.com </t>
+  </si>
+  <si>
+    <t>Utility Communications, Inc.</t>
+  </si>
+  <si>
+    <t>Edward Abrams</t>
+  </si>
+  <si>
+    <t>203-287-1306</t>
+  </si>
+  <si>
+    <t>eda@utilitycommunications.com</t>
+  </si>
+  <si>
+    <t>Valley Communications Systems, Inc.</t>
+  </si>
+  <si>
+    <t>Jacob Motroni</t>
+  </si>
+  <si>
+    <t>413-374-5174</t>
+  </si>
+  <si>
+    <t>jacobm@valleycommunications.com</t>
+  </si>
+  <si>
+    <t>Viscom Systems Inc.</t>
+  </si>
+  <si>
+    <t>Bill Clements</t>
+  </si>
+  <si>
+    <t>617-864-3676</t>
+  </si>
+  <si>
+    <t>bill.c@viscomsystems.com</t>
+  </si>
+  <si>
+    <t>Wayne Alarm Systems, Inc.</t>
+  </si>
+  <si>
+    <t>Brandon Freedman</t>
+  </si>
+  <si>
+    <t>978-729-8428</t>
+  </si>
+  <si>
+    <t>bfreedman@waynealarm.com</t>
+  </si>
+  <si>
+    <t>Whalley Computer Associates, Inc.</t>
+  </si>
+  <si>
+    <t>On Call</t>
+  </si>
+  <si>
+    <t>800-569-0123</t>
+  </si>
+  <si>
+    <t>support@wca.com</t>
+  </si>
+  <si>
+    <t>ITC80</t>
+  </si>
+  <si>
+    <t>Imaging Devices, Supplies and Services</t>
+  </si>
+  <si>
+    <t>CAM OFFICE SERVICES INC</t>
+  </si>
+  <si>
+    <t>Maria Gonzalez-Mandrafino</t>
+  </si>
+  <si>
+    <t>(781)932-9868</t>
+  </si>
+  <si>
+    <t>supplies@camoffice.com</t>
+  </si>
+  <si>
+    <t>CANON U S A INC</t>
+  </si>
+  <si>
+    <t>Samantha Owens</t>
+  </si>
+  <si>
+    <t>631-330-2754</t>
+  </si>
+  <si>
+    <t>isgbidadmin@cusa.canon.com</t>
+  </si>
+  <si>
+    <t>G A BLANCO &amp; SONS INC</t>
+  </si>
+  <si>
+    <t>Steven Walsh</t>
+  </si>
+  <si>
+    <t>508-331-2465</t>
+  </si>
+  <si>
+    <t>swalsh@gablanco.com</t>
+  </si>
+  <si>
+    <t>HP Inc.</t>
+  </si>
+  <si>
+    <t>Michelle Gladmon</t>
+  </si>
+  <si>
+    <t>michelle.gladmon@hp.com</t>
+  </si>
+  <si>
+    <t>KONICA MINOLTA BUSINESS</t>
+  </si>
+  <si>
+    <t>Desiree Mendro</t>
+  </si>
+  <si>
+    <t>571-425-6335</t>
+  </si>
+  <si>
+    <t>dmendro@kmbs.konicaminolta.us</t>
+  </si>
+  <si>
+    <t>SHARP ELECTRONICS CORP</t>
+  </si>
+  <si>
+    <t>Matthew Huggins</t>
+  </si>
+  <si>
+    <t>(201) 669-9669</t>
+  </si>
+  <si>
+    <t>HugginsM@sharpsec.com</t>
+  </si>
+  <si>
+    <t>TOSHIBA AMERICA BUSINESS</t>
+  </si>
+  <si>
+    <t>Thomas Perry</t>
+  </si>
+  <si>
+    <t>617-999-4981</t>
+  </si>
+  <si>
+    <t>Thomas.Perry@TBS.Toshiba.com</t>
+  </si>
+  <si>
+    <t>W. B MASON CO INC</t>
+  </si>
+  <si>
+    <t>Adam Oteri</t>
+  </si>
+  <si>
+    <t>339-933-9327</t>
+  </si>
+  <si>
+    <t>adam.oteri@wbmsaon.com</t>
+  </si>
+  <si>
+    <t>ITT72</t>
+  </si>
+  <si>
+    <t>Network Services, Communications Services &amp; Related Equipment (Cat 2-9)</t>
+  </si>
+  <si>
+    <t>AT&amp;T Corp</t>
+  </si>
+  <si>
+    <t>Barrielynn Wise</t>
+  </si>
+  <si>
+    <t>617-513-5309</t>
+  </si>
+  <si>
+    <t>bw0829@att.com</t>
+  </si>
+  <si>
+    <t>Cellular Services &amp; Devices- Public Safety Grade Wireless (Cat 1-PSGW)</t>
+  </si>
+  <si>
+    <t>AT&amp;T Corp.</t>
+  </si>
+  <si>
+    <t>Beacon Telecom Incorporated</t>
+  </si>
+  <si>
+    <t>James Filbin</t>
+  </si>
+  <si>
+    <t>781-297-2222</t>
+  </si>
+  <si>
+    <t>jfilbin@beacontelecom.com</t>
+  </si>
+  <si>
+    <t>BOSTON ELECTRIC AND TELEPHONE CORP.</t>
+  </si>
+  <si>
+    <t>Carousel Industries</t>
+  </si>
+  <si>
+    <t>Network Operations Manager</t>
+  </si>
+  <si>
+    <t>866-408-4596</t>
+  </si>
+  <si>
+    <t>service@carouselindustries.com</t>
+  </si>
+  <si>
+    <t>CBTS LLC (formerly OnX)</t>
+  </si>
+  <si>
+    <t>Marilyn Koch</t>
+  </si>
+  <si>
+    <t>781-858-6246</t>
+  </si>
+  <si>
+    <t>marilyn.koch@cbts.com</t>
+  </si>
+  <si>
+    <t>CDW Government LLC</t>
+  </si>
+  <si>
+    <t>Dan Palmieri</t>
+  </si>
+  <si>
+    <t>203-851-7223</t>
+  </si>
+  <si>
+    <t>dan.palmieri@cdwg.com</t>
+  </si>
+  <si>
+    <t>Cellco Partnership d/b/a Verizon Wireless</t>
+  </si>
+  <si>
+    <t>Rayn Walz</t>
+  </si>
+  <si>
+    <t>410-310-1856</t>
+  </si>
+  <si>
+    <t>ryan.walz@verizonwireless.com</t>
+  </si>
+  <si>
+    <t>CELT dba. Integrity by CELT</t>
+  </si>
+  <si>
+    <t>David Krongard</t>
+  </si>
+  <si>
+    <t>508-624-4474</t>
+  </si>
+  <si>
+    <t>dkrongard@celtcorp.com</t>
+  </si>
+  <si>
+    <t>CenturyLink Communications, LLC dba. Lumen Technologies Group</t>
+  </si>
+  <si>
+    <t>David Cohen</t>
+  </si>
+  <si>
+    <t>603-212-6332</t>
+  </si>
+  <si>
+    <t>David.Cohen@lumen.com</t>
+  </si>
+  <si>
+    <t>CherryRoad Technologies Inc.</t>
+  </si>
+  <si>
+    <t>Joseph Ralph</t>
+  </si>
+  <si>
+    <t>973-541-4255</t>
+  </si>
+  <si>
+    <t>jralph@cherryroad.com</t>
+  </si>
+  <si>
+    <t>Comcast Cable Communications Management, LLC</t>
+  </si>
+  <si>
+    <t>Scott Richardson</t>
+  </si>
+  <si>
+    <t>978-884-3708</t>
+  </si>
+  <si>
+    <t>Scott_Richardson@cable.comcast.com</t>
+  </si>
+  <si>
+    <t>Continental Resources, Inc.</t>
+  </si>
+  <si>
+    <t>Jeff Lane</t>
+  </si>
+  <si>
+    <t>781-533-0292</t>
+  </si>
+  <si>
+    <t>jlane@conres.com</t>
+  </si>
+  <si>
+    <t>ConvergeOne</t>
+  </si>
+  <si>
+    <t>ConvergeOne Customer Success Center (CSC)</t>
+  </si>
+  <si>
+    <t>Main: 866.768.7978
+Duty Manager: 678.781.0984</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+CSCOperationsMgmt@ConvergeOne.com</t>
+  </si>
+  <si>
+    <t>Crocker Communications, Inc.</t>
+  </si>
+  <si>
+    <t>Matthew Crocker</t>
+  </si>
+  <si>
+    <t>413-772-1800</t>
+  </si>
+  <si>
+    <t>matthew@corp.crocker.com</t>
+  </si>
+  <si>
+    <t>Crown Castle Fiber LLC</t>
+  </si>
+  <si>
+    <t>NOC</t>
+  </si>
+  <si>
+    <t>1-855-93-FIBER</t>
+  </si>
+  <si>
+    <t>fibersupport@crowncastle.com</t>
+  </si>
+  <si>
+    <t>(401) 378-2994</t>
+  </si>
+  <si>
+    <t>D&amp;S Communications</t>
+  </si>
+  <si>
+    <t>Manuel Taveira</t>
+  </si>
+  <si>
+    <t>(847)628-4173</t>
+  </si>
+  <si>
+    <t>manueltaveira@dscomm.com</t>
+  </si>
+  <si>
+    <t>FirstLight Fiber, Inc.</t>
+  </si>
+  <si>
+    <t>Customer Repair</t>
+  </si>
+  <si>
+    <t>1-833-484-0404</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CustomerService@firstlight.net </t>
+  </si>
+  <si>
+    <t>Fulton Communications, LLC dba. Vertical Communications</t>
+  </si>
+  <si>
+    <t>Erik Romanek</t>
+  </si>
+  <si>
+    <t>781-232-6514</t>
+  </si>
+  <si>
+    <t>eromanek@vertical.com</t>
+  </si>
+  <si>
+    <t>Future Technologies Group dba. New Era Technology NE</t>
+  </si>
+  <si>
+    <t>Kate Waldron</t>
+  </si>
+  <si>
+    <t>617-502-1248</t>
+  </si>
+  <si>
+    <t>Kate.Waldron@NewEraTech.com</t>
+  </si>
+  <si>
+    <t>Granite Telecommunications</t>
+  </si>
+  <si>
+    <t>Tucker Campbell</t>
+  </si>
+  <si>
+    <t>617-837-5074</t>
+  </si>
+  <si>
+    <t>tcampbell@granitenet.com</t>
+  </si>
+  <si>
+    <t>Granite Telecommunications, LLC</t>
+  </si>
+  <si>
+    <t>Rachel Roach</t>
+  </si>
+  <si>
+    <t>(617) 837-5900</t>
+  </si>
+  <si>
+    <t xml:space="preserve">rroach@granitenet.com </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GreenPages, Inc. dba. GREENPAGES TECHNOLOGY SOLUTION </t>
+  </si>
+  <si>
+    <t>GreenPages Help Hub</t>
+  </si>
+  <si>
+    <t>844-525-8979</t>
+  </si>
+  <si>
+    <t>gpticket@greenpages.com</t>
+  </si>
+  <si>
+    <t>Guardian Information Technologies, Inc</t>
+  </si>
+  <si>
+    <t>Lance Warren</t>
+  </si>
+  <si>
+    <t>978-840-1212</t>
+  </si>
+  <si>
+    <t>lwarren@guardianinfo.com</t>
+  </si>
+  <si>
+    <t>Harbor Networks</t>
+  </si>
+  <si>
+    <t>Mike Sullivan - SVP Business Operations</t>
+  </si>
+  <si>
+    <t>508-652-3020</t>
+  </si>
+  <si>
+    <t>mikes@harbornetworks.com</t>
+  </si>
+  <si>
+    <t>HUB Technical Services</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dan Lovetere, Director of Engineering, is the primary emergency contact, but HUB Tech also has a team of badged employees, not a remote NOC,  who are available 7X24. In the event of an emergency we would have more staff available </t>
+  </si>
+  <si>
+    <t>508-238-9887 X4308</t>
+  </si>
+  <si>
+    <t>service@hubtech.com</t>
+  </si>
+  <si>
+    <t>Hughes Network Systems, LLC.</t>
+  </si>
+  <si>
+    <t>Hughes Enterprise Support Help Desk</t>
+  </si>
+  <si>
+    <t>800-788-6000</t>
+  </si>
+  <si>
+    <t>amir.dehdashty@hughes.com</t>
+  </si>
+  <si>
+    <t>Integration Partners Corporation</t>
+  </si>
+  <si>
+    <t>INTERNATIONAL BUSINESS MACHINES</t>
+  </si>
+  <si>
+    <t>Eric Batchelor</t>
+  </si>
+  <si>
+    <t>978-227-2183</t>
+  </si>
+  <si>
+    <t>ewbatche@us.ibm.com</t>
+  </si>
+  <si>
+    <t>Intlx Solutions, LLC</t>
+  </si>
+  <si>
+    <t>Jason Harwood</t>
+  </si>
+  <si>
+    <t>jason.harwood@intlxsolutions.com</t>
+  </si>
+  <si>
+    <t>IntraSystems, Inc.</t>
+  </si>
+  <si>
+    <t>Paul Kunze</t>
+  </si>
+  <si>
+    <t>617.549.8011</t>
+  </si>
+  <si>
+    <t>pkunze@intrasystems.com</t>
+  </si>
+  <si>
+    <t>IP ACCESS INTERNATIONAL, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Mike Gregg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">321-246-7781 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">mike.gregg@ipinternational.net </t>
+  </si>
+  <si>
+    <t>LCN-Division of E.G. Sawyer Co, Inc.</t>
+  </si>
+  <si>
+    <t>Matthew Lieb</t>
+  </si>
+  <si>
+    <t>508-317-3871</t>
+  </si>
+  <si>
+    <t>matt.lieb@lcn-inc.com</t>
+  </si>
+  <si>
+    <t>LightSpeed Technologies, Inc</t>
+  </si>
+  <si>
+    <t>Todd Hemm</t>
+  </si>
+  <si>
+    <t>866-582-3688</t>
+  </si>
+  <si>
+    <t>tlhemm@lightspeedt.com</t>
+  </si>
+  <si>
+    <t>Cellular Services &amp; Devices (Cat 1)</t>
+  </si>
+  <si>
+    <t>Manhattan Telecommunications Corp</t>
+  </si>
+  <si>
+    <t>Polina Gerard</t>
+  </si>
+  <si>
+    <t xml:space="preserve">212-607-2150 </t>
+  </si>
+  <si>
+    <t>pgerard@mettel.net</t>
+  </si>
+  <si>
+    <t>Manhattan Telecommunications Corporation dba. MetTel</t>
+  </si>
+  <si>
+    <t>Mark Marshall</t>
+  </si>
+  <si>
+    <t>212-359-5113</t>
+  </si>
+  <si>
+    <t>mmarshall@mettel.net</t>
+  </si>
+  <si>
+    <t>MCI Communications Services Inc. dba. Verizon Business Services</t>
+  </si>
+  <si>
+    <t>Karen Perella</t>
+  </si>
+  <si>
+    <t>774-409-3525</t>
+  </si>
+  <si>
+    <t>karen.m.perella@verizon.com</t>
+  </si>
+  <si>
+    <t>Metropolitan Telephone Co., Inc.</t>
+  </si>
+  <si>
+    <t>Tony Barossi</t>
+  </si>
+  <si>
+    <t>508-734-1212</t>
+  </si>
+  <si>
+    <t>tbarossi@mettel.com</t>
+  </si>
+  <si>
+    <t>Net Tel One Communications LLC</t>
+  </si>
+  <si>
+    <t>Gregory O'Neill</t>
+  </si>
+  <si>
+    <t>781-228-8202</t>
+  </si>
+  <si>
+    <t>coneill@nettelone.com</t>
+  </si>
+  <si>
+    <t>New Horizon Communications Corp</t>
+  </si>
+  <si>
+    <t>Tony Carvalho</t>
+  </si>
+  <si>
+    <t>(239)628-4035</t>
+  </si>
+  <si>
+    <t>tcarvalho@nhcgrp.com</t>
+  </si>
+  <si>
+    <t>Norstan Communications, Inc. dba. Black Box Network Services</t>
+  </si>
+  <si>
+    <t>Black Box Service Desk</t>
+  </si>
+  <si>
+    <t>800-251-3028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">danielle.lyle@blackbox.com </t>
+  </si>
+  <si>
+    <t>North Atlantic Networks, LLC</t>
+  </si>
+  <si>
+    <t>NAN Network Operations Center</t>
+  </si>
+  <si>
+    <t>508-339-0482</t>
+  </si>
+  <si>
+    <t>support@nan.com</t>
+  </si>
+  <si>
+    <t>NWN Corporation</t>
+  </si>
+  <si>
+    <t>Jennifer Golden</t>
+  </si>
+  <si>
+    <t>860-839-7021</t>
+  </si>
+  <si>
+    <t>jgolden@nwnit.com</t>
+  </si>
+  <si>
+    <t>Chris Jil</t>
+  </si>
+  <si>
+    <t>508-586-4642</t>
+  </si>
+  <si>
+    <t>Cjil@ockers.com</t>
+  </si>
+  <si>
+    <t>Partners Technology LLC</t>
+  </si>
+  <si>
+    <t>Jim Rabbitt</t>
+  </si>
+  <si>
+    <t>781-930-5000</t>
+  </si>
+  <si>
+    <t>jrabbitt@partnerstechnology.com</t>
+  </si>
+  <si>
+    <t>Presidio Networked Solutions, Inc.</t>
+  </si>
+  <si>
+    <t>Presidio Managed Services</t>
+  </si>
+  <si>
+    <t>800-494-0118</t>
+  </si>
+  <si>
+    <t>noc@presidio.com</t>
+  </si>
+  <si>
+    <t>Red River Technology LLC.</t>
+  </si>
+  <si>
+    <t>Cody Dodds</t>
+  </si>
+  <si>
+    <t>1-603-442-5572</t>
+  </si>
+  <si>
+    <t>cody.dodds@redriver.com</t>
+  </si>
+  <si>
+    <t>Statewide Communications Inc.</t>
+  </si>
+  <si>
+    <t>David Hull</t>
+  </si>
+  <si>
+    <t>833-266-6289 X 1107</t>
+  </si>
+  <si>
+    <t>david.hull@statewide.com</t>
+  </si>
+  <si>
+    <t>Talkdesk Inc</t>
+  </si>
+  <si>
+    <t>Chris Stelacio</t>
+  </si>
+  <si>
+    <t>610-213-7400</t>
+  </si>
+  <si>
+    <t>christopher.stelacio@talkdesk.com</t>
+  </si>
+  <si>
+    <t>The Iserv Company</t>
+  </si>
+  <si>
+    <t>James Palmisano</t>
+  </si>
+  <si>
+    <t>866-344-7910</t>
+  </si>
+  <si>
+    <t xml:space="preserve">james.palmisano@iservgroup.com </t>
+  </si>
+  <si>
+    <t>T-Mobile USA INC</t>
+  </si>
+  <si>
+    <t>Kevin Farren</t>
+  </si>
+  <si>
+    <t>617-839-6874</t>
+  </si>
+  <si>
+    <t>kevin.farren@t-mobile.com</t>
+  </si>
+  <si>
+    <t>Total Communications, Inc.</t>
+  </si>
+  <si>
+    <t>Shawn Silver</t>
+  </si>
+  <si>
+    <t>860-622-4150</t>
+  </si>
+  <si>
+    <t>shawnsilver@totalcomm.com</t>
+  </si>
+  <si>
+    <t>U S TELEPACIFIC CORP dba. TPX COMMUNICATIONS</t>
+  </si>
+  <si>
+    <t>Shawn Day</t>
+  </si>
+  <si>
+    <t>781-861-4616</t>
+  </si>
+  <si>
+    <t xml:space="preserve">sday@tpx.com </t>
+  </si>
+  <si>
+    <t>Brian McDonald / Unified 24x7 NOC</t>
+  </si>
+  <si>
+    <t>866-520-6414 / 877-329-0434</t>
+  </si>
+  <si>
+    <t xml:space="preserve">service@UnifiedITSupport.com </t>
+  </si>
+  <si>
+    <t>Charles Tremble</t>
+  </si>
+  <si>
+    <t>413-612-6125</t>
+  </si>
+  <si>
+    <t>charliet@valleycommunications.com</t>
+  </si>
+  <si>
+    <t>VoDaVi Technologies</t>
+  </si>
+  <si>
+    <t>Ashley McGough</t>
+  </si>
+  <si>
+    <t>508-356-4805</t>
+  </si>
+  <si>
+    <t>Ashley.McGough@VoDaViTech.com</t>
+  </si>
+  <si>
+    <t>Jake Brown</t>
+  </si>
+  <si>
+    <t>508-634-1152</t>
+  </si>
+  <si>
+    <t>jbb@wca.com</t>
+  </si>
+  <si>
+    <t>Windstream Holdings II, LLC dba. PaeTec Communications LLC</t>
+  </si>
+  <si>
+    <t>Adam Katz</t>
+  </si>
+  <si>
+    <t>857.403.4802</t>
+  </si>
+  <si>
+    <t>Adam.S.Katz@windstream.com</t>
+  </si>
+  <si>
+    <t>World Wide Technology LLC</t>
+  </si>
+  <si>
+    <t>David Witherell</t>
+  </si>
+  <si>
+    <t>617-320-2699</t>
+  </si>
+  <si>
+    <t>david.witherell@wwt.com</t>
+  </si>
+  <si>
+    <t>Salvatore LoGiudice</t>
+  </si>
+  <si>
+    <t>959-282-6849</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SL279H@ATT.COM </t>
+  </si>
+  <si>
+    <t>Mike Sullivan - SVP Business Operation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mike.sullivan@harborit.com </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ITT72 </t>
+  </si>
+  <si>
+    <t>Verizon Business Network</t>
+  </si>
+  <si>
+    <t>617-721-8263</t>
+  </si>
+  <si>
+    <t xml:space="preserve">karen.m.parella@verizon.com </t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+CSCOperationsMgmt@OneC1.com</t>
+  </si>
+  <si>
+    <t>OFF53</t>
+  </si>
+  <si>
+    <t>Office Supplies, Recycled Paper and Envelopes</t>
+  </si>
+  <si>
+    <t>Bay State Envelope</t>
+  </si>
+  <si>
+    <t>Liz White</t>
+  </si>
+  <si>
+    <t>508-337-8900</t>
+  </si>
+  <si>
+    <t>lwhite@bseprint.com</t>
+  </si>
+  <si>
+    <t>CAM Office Services</t>
+  </si>
+  <si>
+    <t>Kemo Ceesay</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 781-385-1290</t>
+  </si>
+  <si>
+    <t>k.ceesay@camoffice.com</t>
+  </si>
+  <si>
+    <t>G A Blanco and Sons</t>
+  </si>
+  <si>
+    <t>Bill Domack</t>
+  </si>
+  <si>
+    <t>(413) 528-9500 x 119</t>
+  </si>
+  <si>
+    <t>bdomack@gablanco.com</t>
+  </si>
+  <si>
+    <t>Lindenmeyr Munroe</t>
+  </si>
+  <si>
+    <t>William McDonough</t>
+  </si>
+  <si>
+    <t>617 947 2925</t>
+  </si>
+  <si>
+    <t>wmcdonough@lindenmeyr.com</t>
+  </si>
+  <si>
+    <t>Staples</t>
+  </si>
+  <si>
+    <t>Antonio Farinha IV</t>
+  </si>
+  <si>
+    <t>(860) 634-4962</t>
+  </si>
+  <si>
+    <t>antonio.farinha@staples.com</t>
+  </si>
+  <si>
+    <t>School Specialty, LLC</t>
+  </si>
+  <si>
+    <t>Jim Curti/ Sherri Kremers</t>
+  </si>
+  <si>
+    <t>(508) 769-2675/ (920)-243-5275</t>
+  </si>
+  <si>
+    <t>james.curtis@schoolspecialty.com  or   sherri.kremers@schoolspecialty.com</t>
+  </si>
+  <si>
+    <t>ShireWire Global Sales and Distibution</t>
+  </si>
+  <si>
+    <t>Anthony Manca</t>
+  </si>
+  <si>
+    <t>(413) 885-8225</t>
+  </si>
+  <si>
+    <t>tmanca@shirewire.com</t>
+  </si>
+  <si>
+    <t>Veritiv Operating Company f.k.a. xpedx</t>
+  </si>
+  <si>
+    <t>Jessie Alexander</t>
+  </si>
+  <si>
+    <t>978-333-9633</t>
+  </si>
+  <si>
+    <t>Jessie.Alexander@veritivcorp.com</t>
+  </si>
+  <si>
+    <t>Gregg.Manning@wbmason.com</t>
+  </si>
+  <si>
+    <t>PRF85</t>
+  </si>
+  <si>
+    <t>Enterprise Temporary Help Services</t>
+  </si>
+  <si>
+    <t>Motion Recruitment Partners LLC dba Sevenstep</t>
+  </si>
+  <si>
+    <t>Brian Knapp</t>
+  </si>
+  <si>
+    <t>602-803-2478</t>
+  </si>
+  <si>
+    <t>brian.knapp@sevensteprpo.com</t>
+  </si>
+  <si>
+    <t>PRF75</t>
+  </si>
+  <si>
+    <t>Foreign Language Interpretation and Translation Services</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ad Astra, Inc. </t>
+  </si>
+  <si>
+    <t>Matias Gunn  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">301-408-4242 </t>
+  </si>
+  <si>
+    <t>clientsuccess@ad-astrainc.com</t>
+  </si>
+  <si>
+    <t>Ascentria Community Services Language Bank</t>
+  </si>
+  <si>
+    <t>Donna M. Odde</t>
+  </si>
+  <si>
+    <t>774.243.3908</t>
+  </si>
+  <si>
+    <t>dodde@ascentria.org</t>
+  </si>
+  <si>
+    <t>Baystate Interpreter, Inc</t>
+  </si>
+  <si>
+    <t>Riley Brooks</t>
+  </si>
+  <si>
+    <t>978-632-1662 X2071</t>
+  </si>
+  <si>
+    <t>rbrooks@baystateinterpreters.com</t>
+  </si>
+  <si>
+    <t>Cal Interpreting &amp; Translations, Inc. (CIT)</t>
+  </si>
+  <si>
+    <t>Julia Gallegos</t>
+  </si>
+  <si>
+    <t>888-737-9009</t>
+  </si>
+  <si>
+    <t>info@calinterpreting.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Catholic Charitable Bureau of the Archdiocese of Boston dba </t>
+  </si>
+  <si>
+    <t>Erin Cahill</t>
+  </si>
+  <si>
+    <t>617-464-8568</t>
+  </si>
+  <si>
+    <t>erin_cahill@ccab.org</t>
+  </si>
+  <si>
+    <t>Central Massachusetts Area Health Education Center, Inc.</t>
+  </si>
+  <si>
+    <t>Joanne Calista</t>
+  </si>
+  <si>
+    <t>774-312-5475</t>
+  </si>
+  <si>
+    <t>jcalista@centerforhealthimpact.org</t>
+  </si>
+  <si>
+    <t>Certified Languages International (“CLI”)</t>
+  </si>
+  <si>
+    <t>Dickey McMath</t>
+  </si>
+  <si>
+    <t>(503) 484-2317</t>
+  </si>
+  <si>
+    <t>dmcmath@certifiedlanguages.com</t>
+  </si>
+  <si>
+    <t>CETRA, Inc.</t>
+  </si>
+  <si>
+    <t>Shelby Werley</t>
+  </si>
+  <si>
+    <t>215-635-7090
+215-690-9091 (direct)</t>
+  </si>
+  <si>
+    <t>shelby.werley@cetra.com</t>
+  </si>
+  <si>
+    <t>Corporate Translation Services, Inc. dba Language Link</t>
+  </si>
+  <si>
+    <t>Courtnee Barrette</t>
+  </si>
+  <si>
+    <t>(800)208-2620</t>
+  </si>
+  <si>
+    <t>contracts@language.link</t>
+  </si>
+  <si>
+    <t>CPSL USA Corporation</t>
+  </si>
+  <si>
+    <t>Tenesoya Pawlowsky</t>
+  </si>
+  <si>
+    <t>617-399-8194</t>
+  </si>
+  <si>
+    <t>tenders@cpsl.com</t>
+  </si>
+  <si>
+    <t>Daniel Shamebo Sabore dba Language Translation Services</t>
+  </si>
+  <si>
+    <t>Daniel S. Sabore</t>
+  </si>
+  <si>
+    <t>253-835-0107</t>
+  </si>
+  <si>
+    <t>info@advancedtranslationservices.com; dshamebo@languages-translation.info</t>
+  </si>
+  <si>
+    <t>Fox Medical Case Management dba Fox Translation Services</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dina Reed </t>
+  </si>
+  <si>
+    <t xml:space="preserve">(844) 369-8726  </t>
+  </si>
+  <si>
+    <t>dina@foxtranslation.com</t>
+  </si>
+  <si>
+    <t>Global Link Language Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Anthony Federico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">617-451-6655   </t>
+  </si>
+  <si>
+    <t>AFederico@LanguageTranslate.com</t>
+  </si>
+  <si>
+    <t>Indus Translation Company</t>
+  </si>
+  <si>
+    <t>Farah Kamran</t>
+  </si>
+  <si>
+    <t>(888) 974-6387</t>
+  </si>
+  <si>
+    <t>farah@industranslation.com</t>
+  </si>
+  <si>
+    <t>International Translation Company</t>
+  </si>
+  <si>
+    <t>Shamso Ahmed</t>
+  </si>
+  <si>
+    <t>(617) 989-3939</t>
+  </si>
+  <si>
+    <t>request@itctranslation.net</t>
+  </si>
+  <si>
+    <t>Interpreters and Translators, Inc</t>
+  </si>
+  <si>
+    <t>Damek White</t>
+  </si>
+  <si>
+    <t>860-327-9111</t>
+  </si>
+  <si>
+    <t>dwhite@ititranslates.com</t>
+  </si>
+  <si>
+    <t>JTG, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Leyla Blanco  </t>
+  </si>
+  <si>
+    <t>571-527-2794</t>
+  </si>
+  <si>
+    <t>lblanco@jtg-inc.com</t>
+  </si>
+  <si>
+    <t>Language Bridge, LLC</t>
+  </si>
+  <si>
+    <t>Alla Perevozchikova</t>
+  </si>
+  <si>
+    <t>413-754-3488</t>
+  </si>
+  <si>
+    <t>info@lbridge.com</t>
+  </si>
+  <si>
+    <t>Language Connections, Inc.</t>
+  </si>
+  <si>
+    <t>Leo Galperin</t>
+  </si>
+  <si>
+    <t>(617) 413-0070</t>
+  </si>
+  <si>
+    <t>leo@languageconnections.com</t>
+  </si>
+  <si>
+    <t>Language Line Services, Inc</t>
+  </si>
+  <si>
+    <t>Stephen A. Medina</t>
+  </si>
+  <si>
+    <t>831-648-7155</t>
+  </si>
+  <si>
+    <t>smedina@languageline.com</t>
+  </si>
+  <si>
+    <t>Language Services Associates, Inc. (LSA)</t>
+  </si>
+  <si>
+    <t>Tom Benton</t>
+  </si>
+  <si>
+    <t>(215) 259-7000 x 55325</t>
+  </si>
+  <si>
+    <t>Tom.Benton@lsa.inc</t>
+  </si>
+  <si>
+    <t>Lilt, Inc</t>
+  </si>
+  <si>
+    <t>Jesse Rosenbaum</t>
+  </si>
+  <si>
+    <t>415-992-5088</t>
+  </si>
+  <si>
+    <t>jesse@lilt.com</t>
+  </si>
+  <si>
+    <t>LinguaLinx Language Solutions, Inc</t>
+  </si>
+  <si>
+    <t>Milena Tzankova</t>
+  </si>
+  <si>
+    <t>518-388-9000</t>
+  </si>
+  <si>
+    <t>RFPteam@lingualinx.com</t>
+  </si>
+  <si>
+    <t>Lionbridge Technologies, Inc</t>
+  </si>
+  <si>
+    <t>John Drugan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">978-964-9550 </t>
+  </si>
+  <si>
+    <t>John.Drugan@Lionbridge.com</t>
+  </si>
+  <si>
+    <t>MAPA Translations, Inc</t>
+  </si>
+  <si>
+    <t>Mateus K. Almeida</t>
+  </si>
+  <si>
+    <t xml:space="preserve">774-999-9603 </t>
+  </si>
+  <si>
+    <t>mateus@mapatranslation.com</t>
+  </si>
+  <si>
+    <t>Northwest Interpreters, Inc., dba NWI</t>
+  </si>
+  <si>
+    <t>Karina Zaher</t>
+  </si>
+  <si>
+    <t>360-566-0492 ext 313</t>
+  </si>
+  <si>
+    <t>kmzaher@nwiglobal.com</t>
+  </si>
+  <si>
+    <t>Powerling Inc.</t>
+  </si>
+  <si>
+    <t>Patricio Endara</t>
+  </si>
+  <si>
+    <t>508-736-7030</t>
+  </si>
+  <si>
+    <t>pendara@verizon.net</t>
+  </si>
+  <si>
+    <t>Propio LS, LLC dba Propio Language Services</t>
+  </si>
+  <si>
+    <t>Sebastien Chochois</t>
+  </si>
+  <si>
+    <t>1 301.905.2583</t>
+  </si>
+  <si>
+    <t>s.chochois@powerling.com</t>
+  </si>
+  <si>
+    <t>Rapport International, LLC</t>
+  </si>
+  <si>
+    <t>Julian Van Dyke</t>
+  </si>
+  <si>
+    <t>913-396-6042</t>
+  </si>
+  <si>
+    <t>jvandyke@propio-ls.com</t>
+  </si>
+  <si>
+    <t>RJ Dealy Translation Services, LLC dba Keylingo Translations</t>
+  </si>
+  <si>
+    <t>Wendy Pease</t>
+  </si>
+  <si>
+    <t>978-443-2540 x101</t>
+  </si>
+  <si>
+    <t>wendypease@rapportintl.com</t>
+  </si>
+  <si>
+    <t>Telelanguage, Inc</t>
+  </si>
+  <si>
+    <t>Richard Dealy</t>
+  </si>
+  <si>
+    <t>781-556-1088</t>
+  </si>
+  <si>
+    <t>Richard.dealy@keylingo.com</t>
+  </si>
+  <si>
+    <t>The ESL &amp; TOEFL Associates, LLC</t>
+  </si>
+  <si>
+    <t>Eva dos Santos</t>
+  </si>
+  <si>
+    <t>(508)971-1898</t>
+  </si>
+  <si>
+    <t>envisagecv@gmail.com</t>
+  </si>
+  <si>
+    <t>Transfluenci, Inc</t>
+  </si>
+  <si>
+    <t>Jessica Ridley</t>
+  </si>
+  <si>
+    <t>(413) 737-1888</t>
+  </si>
+  <si>
+    <t>jessica@transfluenci.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TransPerfect Translations International, Inc. </t>
+  </si>
+  <si>
+    <t>Michael Macrina</t>
+  </si>
+  <si>
+    <t>202-347-2300</t>
+  </si>
+  <si>
+    <t>mmacrina@transperfect.com</t>
+  </si>
+  <si>
+    <t>United Language Group Inc</t>
+  </si>
+  <si>
+    <t>Cassandra Chong</t>
+  </si>
+  <si>
+    <t xml:space="preserve">503-953-1000 </t>
+  </si>
+  <si>
+    <t>cassandra.chong@ulgroup.com</t>
+  </si>
+  <si>
+    <t>PSE01</t>
+  </si>
+  <si>
+    <t>Public Safety Equipment and Two-Way Radio</t>
+  </si>
+  <si>
+    <t>Adamson Industries Corp.</t>
+  </si>
+  <si>
+    <t>Airgas Inc</t>
+  </si>
+  <si>
+    <t>All Sports</t>
+  </si>
+  <si>
+    <t>All-Comm Technologies</t>
+  </si>
+  <si>
+    <t>Paul Boudreau</t>
+  </si>
+  <si>
+    <t>781-289-3000</t>
+  </si>
+  <si>
+    <t>pboudreau@allcomm1.com</t>
+  </si>
+  <si>
+    <t>Applied Communications Services</t>
+  </si>
+  <si>
+    <t>Stefan Georgules</t>
+  </si>
+  <si>
+    <t>508-393-9312</t>
+  </si>
+  <si>
+    <t>sgeorgules@appliedcomm.com</t>
+  </si>
+  <si>
+    <t>Atlantic Tactical</t>
+  </si>
+  <si>
+    <t>Paul Newsham</t>
+  </si>
+  <si>
+    <t>978-505-4714</t>
+  </si>
+  <si>
+    <t>Paul.Newsham@atlantictactical.com</t>
+  </si>
+  <si>
+    <t>Aviat U.S.</t>
+  </si>
+  <si>
+    <t>Technical Support Team</t>
+  </si>
+  <si>
+    <t>800-227-8332</t>
+  </si>
+  <si>
+    <t>tacam@aviatnet.com</t>
+  </si>
+  <si>
+    <t>Axon Enterprise</t>
+  </si>
+  <si>
+    <t>Vince Valentine</t>
+  </si>
+  <si>
+    <t>847-975-4834</t>
+  </si>
+  <si>
+    <t>vvalentine@axon.com</t>
+  </si>
+  <si>
+    <t>Ayacht Technology Solutions</t>
+  </si>
+  <si>
+    <t>mayotte.commpass@ayacht.com</t>
+  </si>
+  <si>
+    <t>B &amp; B Engineering</t>
+  </si>
+  <si>
+    <t>DANIEL DINWIDDIE</t>
+  </si>
+  <si>
+    <t>978-352-6660</t>
+  </si>
+  <si>
+    <t>ddinwiddie@lwbills.com</t>
+  </si>
+  <si>
+    <t>Beltronics</t>
+  </si>
+  <si>
+    <t>Bernard Peabody</t>
+  </si>
+  <si>
+    <t>603-402-4144 ext 106</t>
+  </si>
+  <si>
+    <t>bernie@beltronics.net</t>
+  </si>
+  <si>
+    <t>Bergeron Protective Clothing</t>
+  </si>
+  <si>
+    <t>Richard Hillsgrove</t>
+  </si>
+  <si>
+    <t>603.496.0196</t>
+  </si>
+  <si>
+    <t>Rich@BergeronProtectiveClothing.com</t>
+  </si>
+  <si>
+    <t>Blue Collar Customs LLC</t>
+  </si>
+  <si>
+    <t>Kyle Fonseca</t>
+  </si>
+  <si>
+    <t>781-421-6381</t>
+  </si>
+  <si>
+    <t>kyle@bluecollarcustomsma.com</t>
+  </si>
+  <si>
+    <t>Body Armor Outlet</t>
+  </si>
+  <si>
+    <t>Ray Bellia</t>
+  </si>
+  <si>
+    <t>603-327-8186</t>
+  </si>
+  <si>
+    <t>ray@bodyarmoroutlet.com</t>
+  </si>
+  <si>
+    <t>Brand Company</t>
+  </si>
+  <si>
+    <t>Kenneth Brand</t>
+  </si>
+  <si>
+    <t>978-479-8430</t>
+  </si>
+  <si>
+    <t>kbrand@brandcompany.com</t>
+  </si>
+  <si>
+    <t>Brigham Industries</t>
+  </si>
+  <si>
+    <t>Neil Bagdis</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>508 243 1678</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>nbagdis@brighamindustries.com</t>
+  </si>
+  <si>
+    <t>C &amp; S Specialty, Inc.</t>
+  </si>
+  <si>
+    <t>Henry Heroux</t>
+  </si>
+  <si>
+    <t>401-769-2260</t>
+  </si>
+  <si>
+    <t>info@csspecialty.com</t>
+  </si>
+  <si>
+    <t>Camelot Tools</t>
+  </si>
+  <si>
+    <t>Lauren Cacela</t>
+  </si>
+  <si>
+    <t>(508) 981-7443</t>
+  </si>
+  <si>
+    <t>tools@camelottools.com</t>
+  </si>
+  <si>
+    <t>Central Equipment</t>
+  </si>
+  <si>
+    <t>Jean Cole</t>
+  </si>
+  <si>
+    <t>508-758-3758</t>
+  </si>
+  <si>
+    <t>jeanc@central-equipment.com</t>
+  </si>
+  <si>
+    <t>Central Lake Armor Express</t>
+  </si>
+  <si>
+    <t>Donna Corbin</t>
+  </si>
+  <si>
+    <t>231-350-6270</t>
+  </si>
+  <si>
+    <t>dcorbin@armorexpress.com</t>
+  </si>
+  <si>
+    <t>Common Cents EMS Supply LLC</t>
+  </si>
+  <si>
+    <t>Joseph Johnson</t>
+  </si>
+  <si>
+    <t>860-388-4599</t>
+  </si>
+  <si>
+    <t xml:space="preserve">joe@savelives.com </t>
+  </si>
+  <si>
+    <t>Colonial Ford</t>
+  </si>
+  <si>
+    <t>Chuck Ray</t>
+  </si>
+  <si>
+    <t>774-283-6400</t>
+  </si>
+  <si>
+    <t>cray@buycmg.com</t>
+  </si>
+  <si>
+    <t>Comtronics - A Bearcom Company</t>
+  </si>
+  <si>
+    <t>Ben Clark, Service Manager
+Mark Leonard, General Manager</t>
+  </si>
+  <si>
+    <t>617-770-0212</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ben.clark@bearcom.com
+mark.leonard@bearcom.com </t>
+  </si>
+  <si>
+    <t>Connecticut Radio</t>
+  </si>
+  <si>
+    <t>DJ Bighinatti</t>
+  </si>
+  <si>
+    <t>860-563-4867</t>
+  </si>
+  <si>
+    <t>dj@connradio.com</t>
+  </si>
+  <si>
+    <t>Cyber Communications</t>
+  </si>
+  <si>
+    <t>Don Chouinard - VP Operations</t>
+  </si>
+  <si>
+    <t>781-647-1010</t>
+  </si>
+  <si>
+    <t>dchouinard@cybercomminc.com</t>
+  </si>
+  <si>
+    <t>D&amp;R COMMUNICATIONS</t>
+  </si>
+  <si>
+    <t>Roger B Santerre</t>
+  </si>
+  <si>
+    <t>508-943-9595</t>
+  </si>
+  <si>
+    <t>rbs@drradio.com</t>
+  </si>
+  <si>
+    <t>East Coast Emergency Outfitter</t>
+  </si>
+  <si>
+    <t>Chuck Hodgdon</t>
+  </si>
+  <si>
+    <t>603-512-0450</t>
+  </si>
+  <si>
+    <t>chuck@mach5group.net</t>
+  </si>
+  <si>
+    <t>Elmridge Protection Products</t>
+  </si>
+  <si>
+    <t>Jonathan Tyfield</t>
+  </si>
+  <si>
+    <t>561-244-8337</t>
+  </si>
+  <si>
+    <t>admin@elmridgeprotection.com</t>
+  </si>
+  <si>
+    <t>ErgoFlex Systems, INc. dba Xybix Systems</t>
+  </si>
+  <si>
+    <t>Kenneth Carson</t>
+  </si>
+  <si>
+    <t>303-683-5656</t>
+  </si>
+  <si>
+    <t>kenc@xybix.com</t>
+  </si>
+  <si>
+    <t>Eastern Communications</t>
+  </si>
+  <si>
+    <t>Gregg Moshensky/Contract Manager</t>
+  </si>
+  <si>
+    <t>516-906-1150</t>
+  </si>
+  <si>
+    <t>gsm@easterncommunications.com</t>
+  </si>
+  <si>
+    <t>Fire Equipment</t>
+  </si>
+  <si>
+    <t>Fire Equipment Inc</t>
+  </si>
+  <si>
+    <t>888.296.1381</t>
+  </si>
+  <si>
+    <t>service@feinewengland.com</t>
+  </si>
+  <si>
+    <t>Fire Tech and Safety of New England</t>
+  </si>
+  <si>
+    <t>Matthew Wicks</t>
+  </si>
+  <si>
+    <t>978-877-7378</t>
+  </si>
+  <si>
+    <t>Mwicks@firetechusa.com</t>
+  </si>
+  <si>
+    <t>FIREMATIC SUPPLY</t>
+  </si>
+  <si>
+    <t>CHARLES POIRIER</t>
+  </si>
+  <si>
+    <t>978-815-2451</t>
+  </si>
+  <si>
+    <t>CPOIRIER@FIREMATIC.COM</t>
+  </si>
+  <si>
+    <t>Galls LLC</t>
+  </si>
+  <si>
+    <t>Jeffrey Bush</t>
+  </si>
+  <si>
+    <t>1.859.800.1265</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bush-Jeffrey@galls.com </t>
+  </si>
+  <si>
+    <t>Global Public Safety</t>
+  </si>
+  <si>
+    <t>Joshua Bassett</t>
+  </si>
+  <si>
+    <t>(603)309-4058</t>
+  </si>
+  <si>
+    <t>joshua.bassett@globalpublicsafety.us</t>
+  </si>
+  <si>
+    <t>Goosetown Enterprises</t>
+  </si>
+  <si>
+    <t>Joseph Gottlieb / President</t>
+  </si>
+  <si>
+    <t>845-268-7500 x111</t>
+  </si>
+  <si>
+    <t>jgottlieb@goosetown.com</t>
+  </si>
+  <si>
+    <t>Green Mountain Communications</t>
+  </si>
+  <si>
+    <t>Steve Connor</t>
+  </si>
+  <si>
+    <t>603-234-6404</t>
+  </si>
+  <si>
+    <t>steve.connor@greenmtncomm.com</t>
+  </si>
+  <si>
+    <t>Guardian Uniform and Supply</t>
+  </si>
+  <si>
+    <t>david@guardianuniform.com</t>
+  </si>
+  <si>
+    <t>Harrison Shrader Enterprises</t>
+  </si>
+  <si>
+    <t>Bill Shrader</t>
+  </si>
+  <si>
+    <t>207-312-4991</t>
+  </si>
+  <si>
+    <t>bill@hsefiresafety.com</t>
+  </si>
+  <si>
+    <t>Horizon Technologies</t>
+  </si>
+  <si>
+    <t>Dan Ouellette</t>
+  </si>
+  <si>
+    <t>928-201-8506</t>
+  </si>
+  <si>
+    <t>douellette@horizontechnologies.us</t>
+  </si>
+  <si>
+    <t>Industrial Communications</t>
+  </si>
+  <si>
+    <t>Don Lincoln, Service Manager</t>
+  </si>
+  <si>
+    <t>617-799-2420</t>
+  </si>
+  <si>
+    <t>don.lincoln@induscom.com</t>
+  </si>
+  <si>
+    <t>Industrial Protection Services</t>
+  </si>
+  <si>
+    <t>Kevin Murphy</t>
+  </si>
+  <si>
+    <t>508.509.7865</t>
+  </si>
+  <si>
+    <t>kmurphy@ipp-ips.com</t>
+  </si>
+  <si>
+    <t>Island Tech Services</t>
+  </si>
+  <si>
+    <t>Robert Gronenthal</t>
+  </si>
+  <si>
+    <t>888-615-2770 ext 236</t>
+  </si>
+  <si>
+    <t>robert@itsg.us.com</t>
+  </si>
+  <si>
+    <t>JUREK BROTHERS</t>
+  </si>
+  <si>
+    <t>Nick Jurek, Sales Manager</t>
+  </si>
+  <si>
+    <t>(413) 768-9885</t>
+  </si>
+  <si>
+    <t>info@jurekbrothers.com</t>
+  </si>
+  <si>
+    <t>KMW Hardware dba AC&amp;M Fire Equipment</t>
+  </si>
+  <si>
+    <t>Kevin Whalen</t>
+  </si>
+  <si>
+    <t>978-264-4412 x102</t>
+  </si>
+  <si>
+    <t>kevin@acmfireequipment.com</t>
+  </si>
+  <si>
+    <t>Keane Fire &amp; Safety Equipment</t>
+  </si>
+  <si>
+    <t>Richard Monahan/Service Manager</t>
+  </si>
+  <si>
+    <t>(781)899-6565</t>
+  </si>
+  <si>
+    <t>rmonahan@keanefire.com</t>
+  </si>
+  <si>
+    <t>L3Harris Technologies</t>
+  </si>
+  <si>
+    <t>Dan Disenhouse</t>
+  </si>
+  <si>
+    <t>(434) 455-9285</t>
+  </si>
+  <si>
+    <t>Dan.Disenhouse@L3Harris.com</t>
+  </si>
+  <si>
+    <t>MAG Retail Holdings FFD</t>
+  </si>
+  <si>
+    <t>Clay Chase</t>
+  </si>
+  <si>
+    <t>508-494-6699</t>
+  </si>
+  <si>
+    <t>cchase@mcgovernauto.com</t>
+  </si>
+  <si>
+    <t>Marcus Communications</t>
+  </si>
+  <si>
+    <t>Michael Bula/CFO</t>
+  </si>
+  <si>
+    <t>860-250-6239</t>
+  </si>
+  <si>
+    <t>mike@marcusradio.com</t>
+  </si>
+  <si>
+    <t>Modular Communications</t>
+  </si>
+  <si>
+    <t>Lee Lemoine</t>
+  </si>
+  <si>
+    <t>(603) 203-5774</t>
+  </si>
+  <si>
+    <t>lee.lemoine@modularcommunications.com</t>
+  </si>
+  <si>
+    <t>Motorola Solutions, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Michael Sheridan </t>
+  </si>
+  <si>
+    <t>508-797-2233</t>
+  </si>
+  <si>
+    <t>msheridan@motorolasolutions.com</t>
+  </si>
+  <si>
+    <t>New England Fire Equipment &amp; Apparatus Corp</t>
+  </si>
+  <si>
+    <t>Randy Crowe</t>
+  </si>
+  <si>
+    <t>401-481-8999</t>
+  </si>
+  <si>
+    <t>rcrowe@nefea.com</t>
+  </si>
+  <si>
+    <t>NEWCOM Wireless Services, LLC</t>
+  </si>
+  <si>
+    <t>Keith Bumgarner/Sales Engineer</t>
+  </si>
+  <si>
+    <t>336-899-0338</t>
+  </si>
+  <si>
+    <t>keith.bumgarner@newcomglobal.com</t>
+  </si>
+  <si>
+    <t>Northeast Rescue Systems Inc</t>
+  </si>
+  <si>
+    <t>Patrick OConnor</t>
+  </si>
+  <si>
+    <t>617-365-7287</t>
+  </si>
+  <si>
+    <t>poconnor@northeastrescue.com</t>
+  </si>
+  <si>
+    <t>Northeast Two Way Radio Corp</t>
+  </si>
+  <si>
+    <t>Jason Martocchio / President</t>
+  </si>
+  <si>
+    <t>978-532-1160</t>
+  </si>
+  <si>
+    <t>jason@northeastradios.com</t>
+  </si>
+  <si>
+    <t>Pittsfield Communications Systems, Inc.</t>
+  </si>
+  <si>
+    <t>John Ullrich / President</t>
+  </si>
+  <si>
+    <t>(413) 448-8214</t>
+  </si>
+  <si>
+    <t>jullrich@pittsfieldcommunications.com</t>
+  </si>
+  <si>
+    <t>PURVIS Systems Incorporated</t>
+  </si>
+  <si>
+    <t>Rick Powers, Helpdesk Manager</t>
+  </si>
+  <si>
+    <t>866-841-2824</t>
+  </si>
+  <si>
+    <t>FSAS-SUPPORT@PURVIS.COM</t>
+  </si>
+  <si>
+    <t>RDC Communications, Inc.</t>
+  </si>
+  <si>
+    <t>Dale Boisvert, Owner</t>
+  </si>
+  <si>
+    <t>508-364-6000</t>
+  </si>
+  <si>
+    <t>dale@capeelectronics.com</t>
+  </si>
+  <si>
+    <t>Strategic Safety Dynamics, LLC</t>
+  </si>
+  <si>
+    <t>Joseph Beltrani, VP of Sales</t>
+  </si>
+  <si>
+    <t>844-463-6773</t>
+  </si>
+  <si>
+    <t>info@ssdonline.us</t>
+  </si>
+  <si>
+    <t>TCS Communications Corp.</t>
+  </si>
+  <si>
+    <t>Todd Williams - Dir RF Systems</t>
+  </si>
+  <si>
+    <t>(978) 465-7932 ext5</t>
+  </si>
+  <si>
+    <t>todd.williams@tcscommunications.com</t>
+  </si>
+  <si>
+    <t>Triple P Enterprises dba Doughboy Uniforms</t>
+  </si>
+  <si>
+    <t>Paul Simonini</t>
+  </si>
+  <si>
+    <t>781-284-6000</t>
+  </si>
+  <si>
+    <t>psimonini@doughboyrevere.com</t>
+  </si>
+  <si>
+    <t>TESSCO Incorporated</t>
+  </si>
+  <si>
+    <t>Rommel Marcelino</t>
+  </si>
+  <si>
+    <t>(410) 773-3576</t>
+  </si>
+  <si>
+    <t>marcelinor@tessco.com</t>
+  </si>
+  <si>
+    <t>Zetron, Inc.</t>
+  </si>
+  <si>
+    <t>Sophie Kather</t>
+  </si>
+  <si>
+    <t>(425) 820-6363</t>
+  </si>
+  <si>
+    <t>zusprime@zetron.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PSE01 </t>
+  </si>
+  <si>
+    <t>Kustom Signals</t>
+  </si>
+  <si>
+    <t>Jim Lindquist</t>
+  </si>
+  <si>
+    <t>913-492-1400</t>
+  </si>
+  <si>
+    <t xml:space="preserve">jlindquist@kustomsignals.com </t>
+  </si>
+  <si>
+    <t>Neptune Uniform &amp; Equipment</t>
+  </si>
+  <si>
+    <t>Linda Tobin</t>
+  </si>
+  <si>
+    <t>ZOLL Medical Corp</t>
+  </si>
+  <si>
+    <t>Stacy Freeman</t>
+  </si>
+  <si>
+    <t>351-500-3500</t>
+  </si>
+  <si>
+    <t>stacy.freeman@zoll.com</t>
+  </si>
+  <si>
+    <t>PSE02DesignatedMEMA</t>
+  </si>
+  <si>
+    <t>Disaster Debris Monitoring Services</t>
+  </si>
+  <si>
+    <t>Witt O'Brien's</t>
+  </si>
+  <si>
+    <t>Cheryl Joiner</t>
+  </si>
+  <si>
+    <t>(281) 320-9796</t>
+  </si>
+  <si>
+    <t>contractrequests@wittobriens.com</t>
+  </si>
+  <si>
+    <t>PSE03DesignatedMEMA</t>
+  </si>
+  <si>
+    <t>Disaster Debris Management Services</t>
+  </si>
+  <si>
+    <t>Ashbritt, Inc.</t>
+  </si>
+  <si>
+    <t>Rob Ray</t>
+  </si>
+  <si>
+    <t>(954) 725-6992</t>
+  </si>
+  <si>
+    <t>rray@ashbritt.com</t>
+  </si>
+  <si>
+    <t>VEH102</t>
+  </si>
+  <si>
+    <t>Advanced Vehicle Technology Equipment, Supplies and Services</t>
+  </si>
+  <si>
+    <t>Michael Teahan</t>
+  </si>
+  <si>
+    <t>Michael.Teahan@graybar.com</t>
+  </si>
+  <si>
+    <t>Guardian Energy Management Solutions</t>
+  </si>
+  <si>
+    <t>Brittany Roy</t>
+  </si>
+  <si>
+    <t>774-462-8631</t>
+  </si>
+  <si>
+    <t>BRoy@guardian-energy.com</t>
+  </si>
+  <si>
+    <t>OpConnect, Inc</t>
+  </si>
+  <si>
+    <t>Amy Hillman</t>
+  </si>
+  <si>
+    <t>(855) 885-9571</t>
+  </si>
+  <si>
+    <t>AHillman@opconnect.com</t>
+  </si>
+  <si>
+    <t>Rexel Energy Solutions</t>
+  </si>
+  <si>
+    <t>Lindsay Thompson</t>
+  </si>
+  <si>
+    <t>401-339-8400</t>
+  </si>
+  <si>
+    <t>Lindsay.Josephs@RexelEnergy.com</t>
+  </si>
+  <si>
+    <t>Stealth Power</t>
+  </si>
+  <si>
+    <t>Devin Scott</t>
+  </si>
+  <si>
+    <t>(512) 409-4542</t>
+  </si>
+  <si>
+    <t>dscott@stealthpower.net</t>
+  </si>
+  <si>
+    <t>Verdek</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Margaret Paccione </t>
+  </si>
+  <si>
+    <t>203-421-6477</t>
+  </si>
+  <si>
+    <t>admin@verdek.com</t>
+  </si>
+  <si>
+    <t>Voltrek, LLC</t>
+  </si>
+  <si>
+    <t>Kathleen Conners</t>
+  </si>
+  <si>
+    <t>978-886-5166</t>
+  </si>
+  <si>
+    <t>kathleen@voltrek.com</t>
+  </si>
+  <si>
+    <t>VEH111</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Heavy-Duty Vehicles, Road Maintenance and Construction Equipment </t>
+  </si>
+  <si>
+    <t>Ahearn Equipment</t>
+  </si>
+  <si>
+    <t>Joshua Ahearn</t>
+  </si>
+  <si>
+    <t>508-885-7085</t>
+  </si>
+  <si>
+    <t>JTAHearn@ahearnequipment.com</t>
+  </si>
+  <si>
+    <t>Anderson Motors</t>
+  </si>
+  <si>
+    <t>Jim Anderson</t>
+  </si>
+  <si>
+    <t>401-434-5900</t>
+  </si>
+  <si>
+    <t>jim@andersonmotors.com</t>
+  </si>
+  <si>
+    <t>Ballard Mack Sales</t>
+  </si>
+  <si>
+    <t>Brian Buckley</t>
+  </si>
+  <si>
+    <t>508-493-6371</t>
+  </si>
+  <si>
+    <t>bbuckley@ballardtrucks.com</t>
+  </si>
+  <si>
+    <t>Allegiance Trucks - Foxboro</t>
+  </si>
+  <si>
+    <t>Marty Castrechini</t>
+  </si>
+  <si>
+    <t>508-668-3112 x357</t>
+  </si>
+  <si>
+    <t>mcastrechini@allegiancetrucks.com</t>
+  </si>
+  <si>
+    <t>Bobcat of CT</t>
+  </si>
+  <si>
+    <t>413-221-1200</t>
+  </si>
+  <si>
+    <t>Heavy-Duty Vehicles, Road Maintenance and Construction Equipment</t>
+  </si>
+  <si>
+    <t>Dario Diesel</t>
+  </si>
+  <si>
+    <t>Aldo Zegarelli</t>
+  </si>
+  <si>
+    <t>508-753-8177 x406</t>
+  </si>
+  <si>
+    <t>azegarelli@dariodiesel.com</t>
+  </si>
+  <si>
+    <t>Heavy-Duty Vehicles, Road Maintenance and Construction Equipment </t>
+  </si>
+  <si>
+    <t>Barry Equipment Co Inc</t>
+  </si>
+  <si>
+    <t>Joe Barry</t>
+  </si>
+  <si>
+    <t>508-294-7311</t>
+  </si>
+  <si>
+    <t>joebarry@barryequipment.com</t>
+  </si>
+  <si>
+    <t>Service Department</t>
+  </si>
+  <si>
+    <t>service@equipmenteast.com</t>
+  </si>
+  <si>
+    <t>Marcotte Ford Sales, Inc.</t>
+  </si>
+  <si>
+    <t>John McCreary</t>
+  </si>
+  <si>
+    <t>413-427-2051</t>
+  </si>
+  <si>
+    <t>jmccreary@marcotteford.com</t>
+  </si>
+  <si>
+    <t>Monroe Tractor &amp; Implement Co, Inc.</t>
+  </si>
+  <si>
+    <t>Daniel Duhn</t>
+  </si>
+  <si>
+    <t>781-913-5204</t>
+  </si>
+  <si>
+    <t>dduhn@monroetractor.com</t>
+  </si>
+  <si>
+    <t>Tri State Truck Center, LLC</t>
+  </si>
+  <si>
+    <t>Chris Pentademos</t>
+  </si>
+  <si>
+    <t>800-395-8494</t>
+  </si>
+  <si>
+    <t>chrisp@advantagetruckne.com</t>
+  </si>
+  <si>
+    <t>VEH112</t>
+  </si>
+  <si>
+    <t>Vehicle Rentals</t>
+  </si>
+  <si>
+    <t>Enterprise Holdings, Inc.</t>
+  </si>
+  <si>
+    <t>Roadside Assistance</t>
+  </si>
+  <si>
+    <t>1-800-307-6666</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VEH113 </t>
+  </si>
+  <si>
+    <t>Fleet Management Services</t>
+  </si>
+  <si>
+    <t>Element Fleet Corporation</t>
+  </si>
+  <si>
+    <t>Nancy James</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(410) 771-2197 </t>
+  </si>
+  <si>
+    <t>njames@elementcorp.com</t>
+  </si>
+  <si>
+    <t>Merchants Fleet</t>
+  </si>
+  <si>
+    <t>Randy Lavoie</t>
+  </si>
+  <si>
+    <t>603.361 0135</t>
+  </si>
+  <si>
+    <t>randylavoie@merchantsfleet.com</t>
+  </si>
+  <si>
+    <t>Rental Concepts Inc., dba Fleet Response</t>
+  </si>
+  <si>
+    <t>Michael Miller</t>
+  </si>
+  <si>
+    <t xml:space="preserve">216-206-7424 / 216-533-9378 </t>
+  </si>
+  <si>
+    <t>mmiller@fleetresponse.com</t>
+  </si>
+  <si>
+    <t>VEH114</t>
+  </si>
+  <si>
+    <t>Automotive Parts, Paint, REFined Motor Oil, Lubricants, and other fljuids</t>
+  </si>
+  <si>
+    <t>Atlantic Battery Company, Inc.</t>
+  </si>
+  <si>
+    <t>Keith Migell</t>
+  </si>
+  <si>
+    <t>617-924-2868</t>
+  </si>
+  <si>
+    <t>battery34@aol.com</t>
+  </si>
+  <si>
+    <t>Automotive Parts, Paint, Refined Motor Oil, Lubricants, and other fluids</t>
+  </si>
+  <si>
+    <t>D.O.T. FLEETPARTS</t>
+  </si>
+  <si>
+    <t>Jack Bellan</t>
+  </si>
+  <si>
+    <t>781-956-8723</t>
+  </si>
+  <si>
+    <t>jackbellan@hotmail.com</t>
+  </si>
+  <si>
+    <t>Dennison Lubricants</t>
+  </si>
+  <si>
+    <t>Brian Dennison</t>
+  </si>
+  <si>
+    <t>508-946-0500</t>
+  </si>
+  <si>
+    <t>briand@denlube.com</t>
+  </si>
+  <si>
+    <t>East Coast Truck and Trailer</t>
+  </si>
+  <si>
+    <t>Nikki Thiffault</t>
+  </si>
+  <si>
+    <t>508-586-1666 x24</t>
+  </si>
+  <si>
+    <t>nik.thiff@gmail.com</t>
+  </si>
+  <si>
+    <t>Elliott Auto Supply Co., Inc.</t>
+  </si>
+  <si>
+    <t>Steve Sheehan</t>
+  </si>
+  <si>
+    <t>617-816-4256</t>
+  </si>
+  <si>
+    <t>s.sheehan@fmpco.com</t>
+  </si>
+  <si>
+    <t>Fisher Auto Parts Inc.</t>
+  </si>
+  <si>
+    <t>Mike Borr</t>
+  </si>
+  <si>
+    <t>617-721-7980</t>
+  </si>
+  <si>
+    <t>michael.borr@fisherautoparts.com</t>
+  </si>
+  <si>
+    <t>Genuine Parts Company (dba NAPA Auto Parts)</t>
+  </si>
+  <si>
+    <t>Matt Falewicz</t>
+  </si>
+  <si>
+    <t>617-448-0807</t>
+  </si>
+  <si>
+    <t>matt_falewicz@genpt.com</t>
+  </si>
+  <si>
+    <t>Imperial Parts &amp; Municipal Partners dba Imperial Parts</t>
+  </si>
+  <si>
+    <t>Jason Maille</t>
+  </si>
+  <si>
+    <t>508-473-2800</t>
+  </si>
+  <si>
+    <t>jasonm@imperialcars.com</t>
+  </si>
+  <si>
+    <t>Jack Madden Ford</t>
+  </si>
+  <si>
+    <t>Karl Potter</t>
+  </si>
+  <si>
+    <t>781-762-7906</t>
+  </si>
+  <si>
+    <t>partsmgr@jackmaddenford.com</t>
+  </si>
+  <si>
+    <t>J's Automotive Warehouse</t>
+  </si>
+  <si>
+    <t>Joe McGinnis</t>
+  </si>
+  <si>
+    <t>978-745-7900</t>
+  </si>
+  <si>
+    <t>jsautowhse@yahoo.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marcotte Ford </t>
+  </si>
+  <si>
+    <t>Jeff Denis</t>
+  </si>
+  <si>
+    <t>413-420-2699</t>
+  </si>
+  <si>
+    <t>jdenis@marcotteford.com</t>
+  </si>
+  <si>
+    <t>McGovern MHQ, Inc.</t>
+  </si>
+  <si>
+    <t>Steve Rumsey</t>
+  </si>
+  <si>
+    <t>774-285-2082</t>
+  </si>
+  <si>
+    <t>srumsey@mcgovernauto.com</t>
+  </si>
+  <si>
+    <t>Parts Authority</t>
+  </si>
+  <si>
+    <t>Dave LaBarre</t>
+  </si>
+  <si>
+    <t>410-789-6571</t>
+  </si>
+  <si>
+    <t>dlabarre@partsauthority.com</t>
+  </si>
+  <si>
+    <t>Mike Ramian</t>
+  </si>
+  <si>
+    <t>508-753-1200 x2220</t>
+  </si>
+  <si>
+    <t>mramian@advantagetruckne.com</t>
+  </si>
+  <si>
+    <t>VEH119</t>
+  </si>
+  <si>
+    <t>Road Salt</t>
+  </si>
+  <si>
+    <t>American Rock Salt</t>
+  </si>
+  <si>
+    <t>Jamie McClain</t>
+  </si>
+  <si>
+    <t>585-991-6817</t>
+  </si>
+  <si>
+    <t>jamie.mcclain@americanrocksalt.com</t>
+  </si>
+  <si>
+    <t>Cargill dba Salt, Road Safety</t>
+  </si>
+  <si>
+    <t>Adam Donegan</t>
+  </si>
+  <si>
+    <t>800-600-7258</t>
+  </si>
+  <si>
+    <t>adam_donegan@cargill.com</t>
+  </si>
+  <si>
+    <t>Eastern Salt Company Inc.</t>
+  </si>
+  <si>
+    <t>Jason Archambault</t>
+  </si>
+  <si>
+    <t xml:space="preserve">978-251-8553 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">jarchambault@easternsalt.com </t>
+  </si>
+  <si>
+    <t>Morton Salt, Inc.</t>
+  </si>
+  <si>
+    <t>Andrew Lorenzini</t>
+  </si>
+  <si>
+    <t>312-807-2859</t>
+  </si>
+  <si>
+    <t>alorenzini@mortonsalt.com</t>
+  </si>
+  <si>
+    <t>Saltine Warrior Inc.</t>
+  </si>
+  <si>
+    <t>John Pearson</t>
+  </si>
+  <si>
+    <t>401-862-5343</t>
+  </si>
+  <si>
+    <t>saltinewarrior1@gmail.com</t>
+  </si>
+  <si>
+    <t>WMR001</t>
+  </si>
+  <si>
+    <t>American Retroworks Inc. DBA Good Point Recycling</t>
+  </si>
+  <si>
+    <t>Robin Ingenthron</t>
+  </si>
+  <si>
+    <t>802-377-9166</t>
+  </si>
+  <si>
+    <t>robin@goodpointrecycling.net</t>
+  </si>
+  <si>
+    <t>Bio Med Innovations LLC DBA New England Medwaste</t>
+  </si>
+  <si>
+    <t>Andrew Nekorski</t>
+  </si>
+  <si>
+    <t>978-265-1273</t>
+  </si>
+  <si>
+    <t>andy@nemedwaste.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOSTON GREEN FUEL CO </t>
+  </si>
+  <si>
+    <t>ADAM DENNISON</t>
+  </si>
+  <si>
+    <t>508-737-3779</t>
+  </si>
+  <si>
+    <t>adamd@bostongreencompany.com</t>
+  </si>
+  <si>
+    <t>Manuel Ferreira</t>
+  </si>
+  <si>
+    <t>401-265-4544</t>
+  </si>
+  <si>
+    <t>mferreira2@cleanearthinc.com</t>
+  </si>
+  <si>
+    <t>Clean Harbors 24/7 Emergency Operations Center</t>
+  </si>
+  <si>
+    <t>800-645-8265</t>
+  </si>
+  <si>
+    <t>feroldi.eric@cleanharbors.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Clutec, Inc. </t>
+  </si>
+  <si>
+    <t>Sandeep Bansal</t>
+  </si>
+  <si>
+    <t>781-696-3535</t>
+  </si>
+  <si>
+    <t>sales@clutec.com</t>
+  </si>
+  <si>
+    <t>CommTank Incorporated</t>
+  </si>
+  <si>
+    <t>Kevin M. Hoag</t>
+  </si>
+  <si>
+    <t>617-594-6280</t>
+  </si>
+  <si>
+    <t>khoag@commtank.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Complete Recycling Solutions, LLC </t>
+  </si>
+  <si>
+    <t>keith.boyea@terracycle.com</t>
+  </si>
+  <si>
+    <t>Electronic Recyclers International - Massachusetts Inc.</t>
+  </si>
+  <si>
+    <t>David Revis</t>
+  </si>
+  <si>
+    <t>559-417-5983</t>
+  </si>
+  <si>
+    <t xml:space="preserve">david.revis@eridirect.com </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Environmental Services, Inc. </t>
+  </si>
+  <si>
+    <t>Business Hours: Dispatch  7am-5pm            
+After Hours: On Call Supervisor</t>
+  </si>
+  <si>
+    <t>860-528-9500                                                                        1.800.486.SPIL (7745)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">dispatch@e-s-i.com </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Green Site Services Group, Inc. </t>
+  </si>
+  <si>
+    <t>GSSGI On-Call Project Manager</t>
+  </si>
+  <si>
+    <t>855-977-2020</t>
+  </si>
+  <si>
+    <t>er@gssgi.com</t>
+  </si>
+  <si>
+    <t>Norris Hauling Inc DBA MedXwaste MA</t>
+  </si>
+  <si>
+    <t>Patrick Norris</t>
+  </si>
+  <si>
+    <t>857-239-2405</t>
+  </si>
+  <si>
+    <t>pnorris@medxwaste.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NRC East Environmental Services, Inc. </t>
+  </si>
+  <si>
+    <t>On-Call Supervisor/Manager</t>
+  </si>
+  <si>
+    <t>24/7 Emergency: 800-899-4672
+(staffed by live person)</t>
+  </si>
+  <si>
+    <t>vguido@republicservices.com</t>
+  </si>
+  <si>
+    <t>Stericycle Inc</t>
+  </si>
+  <si>
+    <t>401-766-3580</t>
+  </si>
+  <si>
+    <t>government@stericycle.com or customercare@stericycle.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Strategic Environmental Services, Inc. </t>
+  </si>
+  <si>
+    <t>Mike Dangoia</t>
+  </si>
+  <si>
+    <t>508-562-0860</t>
+  </si>
+  <si>
+    <t>mdangoia@strategic-es.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Trident Environmental Group, LLC </t>
+  </si>
+  <si>
+    <t>Nineve@tridenthazmat.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Triumvirate Environmental, Inc. </t>
+  </si>
+  <si>
+    <t>24/7 Emergency Response Hotline</t>
+  </si>
+  <si>
+    <t>800-966-9282</t>
+  </si>
+  <si>
+    <t>Dmorris@triumvirate.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Medical Waste Management Inc. </t>
+  </si>
+  <si>
+    <t>Dave Ryan</t>
+  </si>
+  <si>
+    <t>508-277-4362</t>
+  </si>
+  <si>
+    <t>dryan@unitedmedwaste.com</t>
+  </si>
+  <si>
+    <t>New England Disposal Technologies, LLC</t>
+  </si>
+  <si>
+    <t>On-Call Supervisor – Emergency  On-Call Staff</t>
+  </si>
+  <si>
+    <t>508-234-4440</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Veolia ES Technical Solutions, L.L.C .  </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(\ #,##0.00\ \);_(&quot;$&quot;* &quot;-&quot;??_);_(\ @_ \)"/>
     <numFmt numFmtId="165" formatCode="&quot; $&quot;#,##0.00&quot; &quot;;&quot; $&quot;&quot;(&quot;#,##0.00&quot;)&quot;;&quot; $&quot;&quot;-&quot;#&quot; &quot;;@&quot; &quot;"/>
     <numFmt numFmtId="166" formatCode="[$$-409]#,##0.00;[Red]&quot;-&quot;[$$-409]#,##0.00"/>
   </numFmts>
-  <fonts count="63" x14ac:knownFonts="1">
+  <fonts count="66" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -8256,93 +8454,113 @@
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Cambria"/>
       <family val="1"/>
       <scheme val="major"/>
     </font>
     <font>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Cambria"/>
       <family val="1"/>
       <scheme val="major"/>
     </font>
     <font>
-      <sz val="12"/>
-[...4 lines deleted...]
-    <font>
       <b/>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="20"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="50">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="31"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="45"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="42"/>
       </patternFill>
     </fill>
@@ -8577,51 +8795,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF9900"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00B050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="27">
+  <borders count="31">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="23"/>
       </left>
       <right style="thin">
         <color indexed="23"/>
       </right>
       <top style="thin">
         <color indexed="23"/>
       </top>
       <bottom style="thin">
         <color indexed="23"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color indexed="63"/>
@@ -8889,50 +9107,106 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFD9D9D9"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFD9D9D9"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFD9D9D9"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFD9D9D9"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FFD9D9D9"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFD9D9D9"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFD9D9D9"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.14996795556505021"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.14996795556505021"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.14996795556505021"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="167">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
@@ -9077,51 +9351,51 @@
     <xf numFmtId="165" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0">
       <alignment horizontal="center" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="42" fillId="0" borderId="0"/>
     <xf numFmtId="166" fontId="42" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="46" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="41">
+  <cellXfs count="57">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="48" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="55" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="48" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="55" fillId="45" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="56" fillId="45" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -9130,105 +9404,153 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="51" fillId="0" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="48" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="48" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="57" fillId="48" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="48" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="52" fillId="0" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="52" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="47" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="48" borderId="19" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="49" fillId="46" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="61" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="62" fillId="49" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="60" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="60" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="54" fillId="48" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="62" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="29" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="62" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="63" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="62" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="48" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="48" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="48" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="62" fillId="49" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="50" fillId="48" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="62" fillId="49" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="50" fillId="48" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="60" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="50" fillId="48" borderId="30" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="60" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="65" fillId="48" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="58" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="65" fillId="48" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="48" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="49" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="58" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="61" fillId="49" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="58" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="61" fillId="49" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="59" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="59" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="167">
     <cellStyle name="20% - Accent1 2" xfId="60" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="20% - Accent1 3" xfId="127" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20% - Accent2 2" xfId="61" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20% - Accent2 3" xfId="131" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20% - Accent3 2" xfId="62" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - Accent3 3" xfId="135" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="20% - Accent4 2" xfId="63" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="20% - Accent4 3" xfId="139" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="20% - Accent5 2" xfId="64" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="20% - Accent5 3" xfId="143" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="20% - Accent6 2" xfId="65" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="20% - Accent6 3" xfId="147" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="40% - Accent1 2" xfId="66" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="40% - Accent1 3" xfId="128" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="40% - Accent2 2" xfId="67" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="40% - Accent2 3" xfId="132" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="40% - Accent3 2" xfId="68" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="40% - Accent3 3" xfId="136" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="40% - Accent4 2" xfId="69" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
     <cellStyle name="40% - Accent4 3" xfId="140" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="40% - Accent5 2" xfId="70" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
@@ -9685,117 +10007,117 @@
         <top/>
         <bottom/>
       </border>
       <protection locked="1" hidden="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF9900"/>
       <color rgb="FFFFFFCC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
-      <xdr:colOff>2232403</xdr:colOff>
+      <xdr:colOff>4581903</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>81935</xdr:rowOff>
+      <xdr:rowOff>97810</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>5</xdr:col>
-      <xdr:colOff>4246147</xdr:colOff>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>220</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>248911</xdr:rowOff>
+      <xdr:rowOff>251451</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="OSD Logo" title="OSD Logo">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="22869903" y="81935"/>
-          <a:ext cx="2009934" cy="937779"/>
+          <a:off x="19036091" y="97810"/>
+          <a:ext cx="2017554" cy="931516"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table2" displayName="Table2" ref="A7:F665" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7" tableBorderDxfId="6">
-[...2 lines deleted...]
-    <sortCondition ref="A8:A665"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table2" displayName="Table2" ref="A7:F684" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7" tableBorderDxfId="6">
+  <autoFilter ref="A7:F684" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A8:F664">
+    <sortCondition ref="A8:A664"/>
   </sortState>
   <tableColumns count="6">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Statewide Contract Number" dataDxfId="5"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Statewide Contract Title" dataDxfId="4"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Vendor Company Name" dataDxfId="3"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Emergency Contact Name" dataDxfId="2"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Emergency Phone" dataDxfId="1"/>
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="Email" dataDxfId="0" dataCellStyle="Hyperlink"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -10051,13806 +10373,14093 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:robert@itsg.us.com" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ted@trlandworks.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bbeck@schn.com" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmiller@fleetresponse.com" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kate.Waldron@NewEraTech.com" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michaeld@mayertree.com" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:todd@taloninvestigations.com" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael@mayertree.com" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jdenis@marcotteford.com" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cc121964@comcast.net" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:james.razzaboni@nrg.com" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contractrequests@wittobriens.com" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Patrick.Blanchette@aus.com" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:UrquhartJ@HelenaAgri.com" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:karen.m.parella@verizon.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dmilhomme@eomsrecycling.com" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:grace.cafe@ccsupplies.com" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jamie-brunelle@idexx.com" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael@neacreage.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelle.therrien@stericycle.com" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Investigations@srcpi.com" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:msepe@solesourceconstruction.com" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:liz.connolly@dfamilk.com" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pamelapletz@adt.com" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nbagdis@brighamindustries.com" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dlabarre@partsauthority.com" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:robert.seery@verizon.net" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kyle@bluecollarcustomsma.com" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:supplies@camoffice.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Darius@transmed-usa.com" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:FSAS-SUPPORT@PURVIS.COM" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:meghan@obrienandsons.com" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joe.cote@burkeoil.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nik.thiff@gmail.com" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bush-Jeffrey@galls.com" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:statebid@ahearnequipment.com" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JTAHearn@ahearnequipment.com" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:consideritdunn@comcast.net" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:s.sheehan@fmpco.com" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@jurekbrothers.com" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eric@irontreeservice.com" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:realeassoc@aol.com" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:randylavoie@merchantsfleet.com" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kevin@klipsecurity.com" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmcatamney@allsportsheroes.com" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:toni831@icloud.com" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lesliedaigle@aqualaboratories.com" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lamotte@northerntree.com" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:srojek@garland.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kathleen@voltrek.com" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pboudreau@allcomm1.com" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:seth.cory@avantorsciences.com" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael@mayertree.com" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CourtneyC@ConlonProducts.Net" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jclouatre@myerstest.com" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelle.gladmon@hp.com" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:billy@wavelrlydevelopment.net" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cstephanopoulos@calisebakery.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ronald.schales@usecology.com" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cray@buycmg.com" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rmonahan@keanefire.com" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reshonda.fernandez@vestis.com" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:swinfield@metechrecycling.com" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:patrice@a1datashred.com" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jeanc@central-equipment.com" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tony@delucaandsons.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Darius@transmed-usa.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alorenzini@mortonsalt.com" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nerg@nerecgroup.com" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:heather.merhi@nextgridmarkets.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:steve.connor@greenmtncomm.com" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tmclean@westnetmed.com" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:randy.fuss@doosan.com" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim@andersonmotors.com" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim@produceconnection.com" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dcook@ConservationSolutions.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vpiazza@bseprint.com" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joebarry@barryequipment.com" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@keenkutlandscaping.com" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mparody@ultiplayus.com" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jvogt@fourseasonspi.com" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@ventrac.com" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim.losinski@thomassci.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:erin.charbonneau@grainger.com" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bob@pioneerlandscapes.com" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marke@kaufmanco.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.Newsham@atlantictactical.com" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:don.lincoln@induscom.com" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zack.newsome@mckesson.com" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael@lancelotjanitorial.com" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amandav@globalfoodslv.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lheffernan@owaste.com" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@elmridgeprotection.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:k.ceesay@camoffice.com" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matt.holland@hollandcompany.com" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Pat.vacca@wbmason.com" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mark@lavoiehorticulture.com" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dhaval@ghpsl.com" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rmccoy@nationalfoodgroup.com" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.brown@valleygreenusa.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispatch@e-s-i.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:service@equipmenteast.com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dj@connradio.com" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:poconnor@northeastrescue.com" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ecenolli@jetsecuritypros.com" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.dangoia@tradebe.com" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kait@stewartspower.com" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bryan.hayes@graybar.com" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rich@cleancutsolutions.com" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:customerservice@elharvey.com" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jfigueroa@libertytire.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joe.kelly@proshred.com" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matts@bobcatct.com" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mt@westcarb.com" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:znavarro@essexhorticultur.com" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:plumleylandscape@gmail.com" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Msalt1@verizon.net" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dscott@stealthpower.net" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:becky.dewey@LGCGroup.com" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tacam@aviatnet.com" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marcelinor@tessco.com" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:herby.duverne@windwalker.com" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ecgordon@medline.com" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:willman@bigelownurseries.com" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dchouinard@cybercomminc.com" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hagler@chadwick-baross.com" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mike@milhench.com" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:william.gray@bluetriton.com" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lgramitt@thomsenfoodservice.com" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kenc@xybix.com" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nepchem@norwoodlight.com" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Randy@goarbortech.com" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cnemeskal@leahylandscaping.com" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@stumpystree.com" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chris@nefood.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bdomack@gablanco.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Heli.howe@SunbeltRentals.com" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmccreary@marcotteford.com" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:keith.bumgarner@newcomglobal.com" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bdavis@nesurveillance.com" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dford@pioneerathletics.com" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ddinwiddie@lwbills.com" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nnieve@tridenthazmat.com" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cubgovbid@mtdproducts.com" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bcorreia@midcityscrap.com" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ssrabian@lesbuy.com" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dennis@filocleantech.com" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rsp@mansfieldpaper.com" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:azegarelli@dariodiesel.com" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bwynn@wynninnovations.com" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ezland@verizon.net" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rmd@radsports.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.borr@fisherautoparts.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BRoy@guardian-energy.com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zack.newsome@mckesson.com" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kmurphy@ipp-ips.com" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:svasquez@frasco.com" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jamie.mcclain@americanrocksalt.com" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dduhn@monroetractor.com" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rbs@drradio.com" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ecgordon@medline.com" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thamzic@ccegolfcars.com" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jackreynolds@thedurkincompnay.com" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ncavicchio@cavicchio.com" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tom.egan@usfoods.com" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Nikole.Scozzari@thurstonfoods.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danb@cprecycling.com" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bill@hsefiresafety.com" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:KERRIG@PURAQUAPOOLS.COM" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TBarrett@BarrettTreeEast.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wmcdonough@lindenmeyr.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:erik.schranz@sciex.com" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cchase@mcgovernauto.com" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brian@maltbytree.com" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:csumner@sumcoeco.com" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:johnh@treetechinc.net" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:june@esafetyinc.com" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bernie@beltronics.net" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jimc1988@ecisinc.com" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:busdev@triumvirate.com" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@richeyandclapper.com" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jhenry2@wm.com" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pam@pjcorganic.com" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oliken@metpipe.com" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jaime.bertschy@hercrentals.com" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bags528@aol.com" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:battery34@aol.com" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vvalentine@axon.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wedwards@excelrecycle.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Lindsay.Josephs@RexelEnergy.com" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:office@favreauforestry.com" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:robert@rewcinc.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sherri.kremers@schoolspecialty.com" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@ssdonline.us" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ais@americaninvestigative.com" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tmirza@med-supply.com" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:demainepaulj@johndeere.com" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:momeara@topnotchsupplyinc.com" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adam_donegan@cargill.com" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tpesko@childscapes.net" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eddie@jancosales.com" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jordan@nasiffproduce.com" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chrisp@advantagetruckne.com" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chuck@mach5group.net" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kevin@acmfireequipment.com" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mflahive@metrogroupinc.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Scott.MacNevin@Cavossa.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:antonio.farinha@staples.com" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cflynn@cambridgelandscape.com" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael@mayertree.com" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tpryland@gmail.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:erin.charbonneau@grainger.com" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mike@marcusradio.com" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:klear@usisecurity.com" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bw0829@att.com" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:equipment@schmidtequipment.com" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david.palme@brightview.com" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:janet@playgroundmedic.com" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jbeaudry@psgne.com" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jstankus@hillyard.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim@wilkem.com" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Rich@BergeronProtectiveClothing.com" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cforrester@wastezero.com" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@verdek.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frogers@scrapit.us" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jackbellan@hotmail.com" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jlindquist@kustomsignals.com" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jboudreau@fbbudge.com" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:robryan@aol.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessie.Alexander@veritivcorp.com" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:todd.williams@tcscommunications.com" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jcassidy@frasco.com" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jasonm@imperialcars.com" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ibcoffshore@verzon.net" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jwk@amherstnurseries.com" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:john@creativerec.com" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:james.razzaboni@nrg.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nate.anderson@thermofisher.com" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jsautowhse@yahoo.com" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:service@feinewengland.com" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adam.oteri@wbmason.com" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SL279H@ATT.COM" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jsimpson@charter.us" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rcrowe@nefea.com" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lindsay_willett@agilent.com" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yibrahimi@casablancaservicesco.com" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:markl@mountainviewinc.com" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chrispaolucci@comcat.net" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lee.lemoine@modularcommunications.com" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rtopham@alliancesecurityservice.com" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bobsparks@absoluteinvestigationsinc.com" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kcole@gatsbygrounds.com" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:premierparkplay@verizon.net" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sarah.peterson@schoolspecialty.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bbeck@schn.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tuesday.evans@usfoods.com" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amber.mcmanus@qiagen.com" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ray@bodyarmoroutlet.com" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tom_benedetti@miltoncat.com" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ctraver@hillnmarkes.com" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david.l.patterson@comcast.net" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sue.roy@safewareinc.com" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matt_falewicz@genpt.com" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ltobin@neptuneuniforms.com" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bill@gleasonjohndrowlandscaping.com" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sklawncarema@gmail.com" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Dan.Disenhouse@L3Harris.com" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dcierpka@isa.us.com" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:EriWal@Kompan.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dlondon@republicservices.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Gregg.Manning@wbmason.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Christine.Medaglia@casella.com" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jason.regan@veolia.com" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mwicks@firetechusa.com" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:partsmgr@jackmaddenford.com" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul@maestranzi.com" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gnicoll@harrells.com" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benjamin.m.slayden@carmyn.com" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mike.sullivan@harborit.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephtm18@gmail.com" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ddarcy@allpowersales.com" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:psimonini@doughboyrevere.com" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bryan_edoria@bio-rad.com" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@chestnuttreelandscape.com" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sariflwr@hotmail.com" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chrispaolucci@comcast.net" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:steven.k.niland@doc.state.ma.us" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kbrand@brandcompany.com" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rreynolds@ethosrisk.com" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AHillman@opconnect.com" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richard_nyberg@homedepot.com" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ecgordon@medline.com" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:slagana@turfproductscorp.com" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dale@capeelectronics.com" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:infor@shrewsburylandscapes.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mike@wolpertdisposal.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:r.graczyk@nlr-green.com" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mramian@advantagetruckne.com" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jbotti@lorussocorp.com&#160;" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benjamin.m.slayden@carmyn.com" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CPOIRIER@FIREMATIC.COM" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wtaylor@eddavisllc.com" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stacy.freeman@zoll.com" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@cicoriatree.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wfransse@fastenal.com" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rray@ashbritt.com" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.bassett@globalpublicsafety.us" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joanne@rayhaluchinc.com" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mike.wentzell@airgas.com" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jon.stodola@toro.cpm" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:srumsey@mcgovernauto.com" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dhurst9425@aol.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cproude@noble.com" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mross@mrossinv.com" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:skidd@northeasterntree.com" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jeff.Baker@Heritageppg.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tmodica@quenchwater.com" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:msheridan@motorolasolutions.com" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eheroux@aramsco.com" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/find-a-statewide-contract-user-guide" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:office@FavreauForestry.com" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@lumiquick.com" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ben@sts1inc.com" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vnewell@bbumail.com" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:isgbidadmin@cusa.canon.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:petef@good-point.net" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tools@camelottools.com" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mikel@fwwebb.com" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:steve@mytoolstop.com" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@csspecialty.com" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:swalsh@gablanco.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales-b@govsci.com" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jullrich@pittsfieldcommunications.com" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clayton.morse@davey.com" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contracts@mrcrec.com" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jarchambault@easternsalt.com" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jgottlieb@goosetown.com" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dcorbin@armorexpress.com" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joe.cote@burkeoil.com" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bacher3945@sbcglobal.net" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mcastrechini@allegiancetrucks.com" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jdemarco93@icloud.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ABEYNOR@PFGC.COM" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rich.ahern@signetgroup.net" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Linda.sutton67@yahoo.com" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cindy@sitespecifics.net" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scontarino@adamsonindustries.com" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@ucfne.com" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales-support@barclaywater.com" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorge@steritechmed.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Michael.Teahan@graybar.com" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sgeorgules@appliedcomm.com" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:douellette@horizontechnologies.us" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmiller@outdoorperspective.com" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dank@carrhardware.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mcohen@oprsystems.com" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:briand@denlube.com" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sue@Dobmeierinc.com" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelle.gladmon@hp.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cleanharbors.com/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tracey@sts1inc.com" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jade@milhench.com" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diane.macmillan@vestis.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zusprime@zetron.com" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jason@northeastradios.com" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mharris@strategic-es.com" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:psaindon@arcscrap.com" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joe@savelives.com" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Evaughan@azurewaterservices.com" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bbuckley@ballardtrucks.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bmcdowell@ur.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:orojas@bao.health" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrd.fieldstone@gmail.com" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pjlandplay@gmail.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david@guardianuniform.com" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tmclean@westnetmed.com" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matts@bobcatct.com" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rich@ringbroswholesale.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tmclean@westnetmed.com" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adam_donegan@cargill.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wfransse@fastenal.com" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joebarry@barryequipment.com" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ibcoffshore@verzon.net" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jeff.Baker@Heritageppg.com" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JCassidy@frasco.com" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tom_benedetti@miltoncat.com" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@lumiquick.com" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:skidd@northeasterntree.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cproude@noble.com" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.Newsham@atlantictactical.com" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:klear@usisecurity.com" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amandav@globalfoodslv.com" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:deneille@w2wpartners.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dmilhomme@eomsrecycling.com" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david.l.patterson@comcast.net" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:swalsh@gablanco.com" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ben@sts1inc.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ronald.schales@usecology.com" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jasonm@imperialcars.com" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kcole@gatsbygrounds.com" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contracts@mrcrec.com" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dennis@filocleantech.com" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ltobin@neptuneuniforms.com" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dj@connradio.com" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bobsparks@absoluteinvestigationsinc.com" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rsp@mansfieldpaper.com" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:psimonini@doughboyrevere.com" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clayton.morse@davey.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Darius@transmed-usa.com" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:poconnor@northeastrescue.com" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cindy@sitespecifics.net" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jordan@nasiffproduce.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:becky.dewey@LGCGroup.com" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:douellette@horizontechnologies.us" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael@mayertree.com" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jdenis@marcotteford.com" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jdemarco93@icloud.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ABEYNOR@PFGC.COM" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:herby.duverne@windwalker.com" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmiller@outdoorperspective.com" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dank@carrhardware.com" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmccreary@marcotteford.com" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rreynolds@ethosrisk.com" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Skaddy@azurewaterservices.com" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:grace.cafe@ccsupplies.com" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorge@steritechmed.com" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tracey@sts1inc.com" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tom.egan@usfoods.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Michael.Teahan@graybar.com" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ddinwiddie@lwbills.com" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mramian@advantagetruckne.com" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mhurley@bsnsports.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael@mayertree.com" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:robert.seery@verizon.net" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelle.gladmon@hp.com" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ricky@sterlingprinting.com" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrd.fieldstone@gmail.com" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:liz.connolly@dfamilk.com" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pjlandplay@gmail.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dispatch@e-s-i.com" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rbs@drradio.com" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cchase@mcgovernauto.com" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jstankus@hillyard.com" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:statebid@ahearnequipment.com" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@verdek.com" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JTAHearn@ahearnequipment.com" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mark@lavoiehorticulture.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Darius@transmed-usa.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:june@esafetyinc.com" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.brown@valleygreenusa.com" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mike.sullivan@harborit.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marcelinor@tessco.com" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dcierpka@isa.us.com" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:toni831@icloud.com" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dcook@ConservationSolutions.com" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:KERRIG@PURAQUAPOOLS.COM" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mt@westcarb.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:k.ceesay@camoffice.com" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chrisp@advantagetruckne.com" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:plumleylandscape@gmail.com" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bryan.hayes@graybar.com" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:msheridan@motorolasolutions.com" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CourtneyC@ConlonProducts.Net" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jfoley@collegehype.net" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Randy@goarbortech.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dscott@stealthpower.net" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@stumpystree.com" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:james.razzaboni@nrg.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Rich@BergeronProtectiveClothing.com" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:todd.williams@tcscommunications.com" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mikel@fwwebb.com" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:patrice@a1datashred.com" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mike.wentzell@airgas.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lheffernan@owaste.com" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim@andersonmotors.com" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ben@ussportsandapparel.com" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ezland@verizon.net" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cstephanopoulos@calisebakery.com" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dford@pioneerathletics.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sherri.kremers@schoolspecialty.com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:service@feinewengland.com" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lee.lemoine@modularcommunications.com" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:randy.fuss@doosan.com" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/find-a-statewide-contract-user-guide" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ecgordon@medline.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.borr@fisherautoparts.com" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nepchem@norwoodlight.com" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brian@maltbytree.com" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ncavicchio@cavicchio.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BRoy@guardian-energy.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amber.mcmanus@qiagen.com" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ray@bodyarmoroutlet.com" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Dan.Disenhouse@L3Harris.com" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mross@mrossinv.com" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:swinfield@metechrecycling.com" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oliken@metpipe.com" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mwicks@firetechusa.com" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@ventrac.com" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:psaindon@arcscrap.com" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmcatamney@allsportsheroes.com" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pcarey@ur.com" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smurphy@actionapparelinc.com" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bbuckley@ballardtrucks.com" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vvalentine@axon.com" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:office@favreauforestry.com" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:robert@rewcinc.com" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jade@milhench.com" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pam@pjcorganic.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wmcdonough@lindenmeyr.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nate.anderson@thermofisher.com" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jason.regan@veolia.com" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:robert@itsg.us.com" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:briand@denlube.com" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tpesko@childscapes.net" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kbrand@brandcompany.com" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matts@bobcatct.com" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael@lancelotjanitorial.com" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kyle@bluecollarcustomsma.com" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benjamin.m.slayden@carmyn.com" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jacobm@valleycommunications.com" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:javerso@firstdefensesupply.com" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@elmridgeprotection.com" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mflahive@metrogroupinc.com" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cflynn@cambridgelandscape.com" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael@mayertree.com" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tpryland@gmail.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wedwards@excelrecycle.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Lindsay.Josephs@RexelEnergy.com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmiller@fleetresponse.com" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dale@capeelectronics.com" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jvogt@fourseasonspi.com" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:janet@playgroundmedic.com" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contractrequests@wittobriens.com" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CPOIRIER@FIREMATIC.COM" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mharris@strategic-es.com" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kait@stewartspower.com" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:customerservice@elharvey.com" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jbeaudry@psgne.com" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scontarino@adamsonindustries.com" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:james.curtis@schoolspecialty.com%20%20or%20%20%20sherri.kremers@schoolspecialty.com" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kerrianne.foley@proforma.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danb@cprecycling.com" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matts@bobcatct.com" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jlindquist@kustomsignals.com" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jboudreau@fbbudge.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:antonio.farinha@staples.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Christine.Medaglia@casella.com" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshua.bassett@globalpublicsafety.us" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:robryan@aol.com" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rmccoy@nationalfoodgroup.com" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jwk@amherstnurseries.com" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rray@ashbritt.com" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nbagdis@brighamindustries.com" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zack.newsome@mckesson.com" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hagler@chadwick-baross.com" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mike@milhench.com" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@csspecialty.com" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:john@creativerec.com" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joe.cote@burkeoil.com" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul@accessinv.net" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:medley-chris@galls.com" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kenc@xybix.com" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lindsay_willett@agilent.com" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yibrahimi@casablancaservicesco.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frogers@scrapit.us" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:erin.charbonneau@grainger.com" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:markl@mountainviewinc.com" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chrispaolucci@comcat.net" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:r.graczyk@nlr-green.com" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:FSAS-SUPPORT@PURVIS.COM" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ecenolli@jetsecuritypros.com" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael.dangoia@tradebe.com" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cubgovbid@mtdproducts.com" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bcorreia@midcityscrap.com" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:premierparkplay@verizon.net" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AHillman@opconnect.com" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim@produceconnection.com" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joe.brodeur@vestis.com" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tmodica@quenchwater.com" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bush-Jeffrey@galls.com" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:azegarelli@dariodiesel.com" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ltobin@neptuneuniforms.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Scott.MacNevin@Cavossa.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jessie.Alexander@veritivcorp.com" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bill@gleasonjohndrowlandscaping.com" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sklawncarema@gmail.com" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chris@nefood.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tuesday.evans@usfoods.com" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@jurekbrothers.com" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ecgordon@medline.com" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thamzic@ccegolfcars.com" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jackreynolds@thedurkincompnay.com" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:EriWal@Kompan.com" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gnicoll@harrells.com" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joe.cote@burkeoil.com" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Detect@cbinvestigation.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:randylavoie@merchantsfleet.com" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tools@camelottools.com" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jeanc@central-equipment.com" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bill@hsefiresafety.com" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@guardianuniform.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bbeck@schn.com" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bryan_edoria@bio-rad.com" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@chestnuttreelandscape.com" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sariflwr@hotmail.com" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ted@trlandworks.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Gregg.Manning@wbmason.com" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jullrich@pittsfieldcommunications.com" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bdavis@nesurveillance.com" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nnieve@tridenthazmat.com" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@richeyandclapper.com" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michaeld@mayertree.com" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pamelapletz@adt.com" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rich@ringbroswholesale.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nik.thiff@gmail.com" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pboudreau@allcomm1.com" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jgottlieb@goosetown.com" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jhenry2@wm.com" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:solutions@bluetactical.com" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jsimpson@charter.us" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:battery34@aol.com" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:slagana@turfproductscorp.com" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cc121964@comcast.net" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:infor@shrewsburylandscapes.com" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jamie.mcclain@americanrocksalt.com" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dcorbin@armorexpress.com" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ecgordon@medline.com" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:demainepaulj@johndeere.com" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jbotti@lorussocorp.com&#160;" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:UrquhartJ@HelenaAgri.com" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:heather.merhi@nextgridmarkets.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bbeck@schn.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelle.therrien@stericycle.com" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rich.ahern@signetgroup.net" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cray@buycmg.com" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:momeara@topnotchsupplyinc.com" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ddusseault@eddavisllc.com" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carolyn@laneprint.com" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cforrester@wastezero.com" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kevin@acmfireequipment.com" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jamie-brunelle@idexx.com" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@cicoriatree.com" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael@neacreage.com" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:johnh@treetechinc.net" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rmonahan@keanefire.com" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jimc1988@ecisinc.com" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joanne@rayhaluchinc.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dlondon@republicservices.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:james.razzaboni@nrg.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jarchambault@easternsalt.com" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sgeorgules@appliedcomm.com" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:steve.connor@greenmtncomm.com" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:busdev@triumvirate.com" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:equipment@schmidtequipment.com" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:isgbidadmin@cusa.canon.com" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lgramitt@thomsenfoodservice.com" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ashley.mclean@vestis.com" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephtm18@gmail.com" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adam.oteri@wbmason.com" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jackbellan@hotmail.com" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:supplies@camoffice.com" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dhurst9425@aol.com" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:msepe@solesourceconstruction.com" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:meghan@obrienandsons.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:petef@good-point.net" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zusprime@zetron.com" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tmirza@med-supply.com" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rich@cleancutsolutions.com" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gregmag100@aol.com" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jfigueroa@libertytire.com" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rcrowe@nefea.com" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:consideritdunn@comcast.net" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jason@northeastradios.com" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david.palme@brightview.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mike@wolpertdisposal.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alorenzini@mortonsalt.com" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bw0829@att.com" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:realeassoc@aol.com" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Nikole.Scozzari@thurstonfoods.com" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david@guardianuniform.com" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul@maestranzi.com" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matt_falewicz@genpt.com" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eric@irontreeservice.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:s.sheehan@fmpco.com" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:service@equipmenteast.com" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tmclean@westnetmed.com" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:srojek@garland.com" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomcass@aqualaboratories.com" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ddarcy@allpowersales.com" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jclouatre@myerstest.com" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lamotte@northerntree.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kathleen@voltrek.com" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rtopham@alliancesecurityservice.com" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:billy@wavelrlydevelopment.net" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:william.gray@bluetriton.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tacam@aviatnet.com" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:partsmgr@jackmaddenford.com" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richard_nyberg@homedepot.com" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jeffbradley@bobbarker.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:office@FavreauForestry.com" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelle.gladmon@hp.com" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chrispaolucci@comcast.net" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nerg@nerecgroup.com" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Richard.Shugg@hercrentals.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cleanharbors.com/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dchouinard@cybercomminc.com" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kate.Waldron@NewEraTech.com" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:social@safohair.com" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bags528@aol.com" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stacy.freeman@zoll.com" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tony@delucaandsons.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales-b@govsci.com" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:keith.bumgarner@newcomglobal.com" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@keenkutlandscaping.com" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mparody@ultiplayus.com" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zack.newsome@mckesson.com" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:don.lincoln@induscom.com" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ais@americaninvestigative.com" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SL279H@ATT.COM" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jon.stodola@toro.cpm" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:srumsey@mcgovernauto.com" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bob@pioneerlandscapes.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lwhite@bseprint.com" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dduhn@monroetractor.com" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Investigations@srcpi.com" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marke@kaufmanco.com" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ruth.shaw@ecolab.com" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eheroux@aramsco.com" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim.losinski@thomassci.com" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:katherine@charm-tex.com" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Pat.vacca@wbmason.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:erin.charbonneau@grainger.com" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bernie@beltronics.net" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@ssdonline.us" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dhaval@ghpsl.com" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eddie@jancosales.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mcohen@oprsystems.com" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dlabarre@partsauthority.com" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:steve@mytoolstop.com" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marytierneykiltmaker@yahoo.com" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:znavarro@essexhorticultur.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:erik.schranz@sciex.com" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vnewell@bbumail.com" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Msalt1@verizon.net" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ctraver@hillnmarkes.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chuck@mach5group.net" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mike@marcusradio.com" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bacher3945@sbcglobal.net" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sue.roy@safewareinc.com" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mcastrechini@allegiancetrucks.com" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:karen.m.parella@verizon.com" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matt.holland@hollandcompany.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joe.kelly@proshred.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim@wilkem.com" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cnemeskal@leahylandscaping.com" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:willman@bigelownurseries.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kmurphy@ipp-ips.com" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Patrick.Blanchette@aus.com" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@ucfne.com" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryan.mcneal@sunbeltrentals.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bdomack@gablanco.com" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bwynn@wynninnovations.com" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rmd@radsports.com" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ssrabian@lesbuy.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jsautowhse@yahoo.com" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:seth.cory@avantorsciences.com" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sue@Dobmeierinc.com" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benjamin.m.slayden@carmyn.com" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joe@savelives.com" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:steven.k.niland@doc.state.ma.us" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TBarrett@BarrettTreeEast.com" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:csumner@sumcoeco.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
   </sheetPr>
-  <dimension ref="A1:G671"/>
+  <dimension ref="A1:G684"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection sqref="A1:F1"/>
+      <selection activeCell="C7" sqref="C7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.44140625" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.453125" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="27.5546875" style="6" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="16384" width="9.44140625" style="1"/>
+    <col min="1" max="1" width="27.54296875" style="6" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="94.1796875" style="6" hidden="1" customWidth="1"/>
+    <col min="3" max="3" width="88.54296875" style="6" customWidth="1"/>
+    <col min="4" max="4" width="51.453125" style="6" customWidth="1"/>
+    <col min="5" max="5" width="39.453125" style="6" customWidth="1"/>
+    <col min="6" max="6" width="66.453125" style="6" customWidth="1"/>
+    <col min="7" max="16384" width="9.453125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="31" customFormat="1" ht="25.8" x14ac:dyDescent="0.5">
-      <c r="A1" s="36" t="s">
+    <row r="1" spans="1:7" s="30" customFormat="1" ht="26" x14ac:dyDescent="0.6">
+      <c r="A1" s="52" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="36"/>
-[...7 lines deleted...]
-      <c r="A2" s="37" t="s">
+      <c r="B1" s="52"/>
+      <c r="C1" s="52"/>
+      <c r="D1" s="52"/>
+      <c r="E1" s="52"/>
+      <c r="F1" s="52"/>
+      <c r="G1" s="31"/>
+    </row>
+    <row r="2" spans="1:7" s="30" customFormat="1" ht="35.15" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A2" s="53" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="37"/>
-[...25 lines deleted...]
-    <row r="5" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="B2" s="53"/>
+      <c r="C2" s="53"/>
+      <c r="D2" s="53"/>
+      <c r="E2" s="53"/>
+      <c r="F2" s="53"/>
+    </row>
+    <row r="3" spans="1:7" ht="72.650000000000006" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="54" t="s">
+        <v>2</v>
+      </c>
+      <c r="B3" s="55"/>
+      <c r="C3" s="55"/>
+      <c r="D3" s="55"/>
+      <c r="E3" s="55"/>
+      <c r="F3" s="56"/>
+    </row>
+    <row r="4" spans="1:7" ht="29.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="49" t="s">
+        <v>3</v>
+      </c>
+      <c r="B4" s="50"/>
+      <c r="C4" s="50"/>
+      <c r="D4" s="50"/>
+      <c r="E4" s="50"/>
+      <c r="F4" s="51"/>
+    </row>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.35">
       <c r="B5" s="1"/>
       <c r="C5" s="16"/>
-      <c r="D5" s="29"/>
-[...3 lines deleted...]
-        <v>2</v>
+      <c r="D5" s="28"/>
+    </row>
+    <row r="6" spans="1:7" ht="31" x14ac:dyDescent="0.35">
+      <c r="A6" s="29" t="s">
+        <v>4</v>
       </c>
       <c r="B6" s="7"/>
     </row>
-    <row r="7" spans="1:7" s="2" customFormat="1" ht="40.799999999999997" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:7" s="2" customFormat="1" ht="40" x14ac:dyDescent="0.4">
       <c r="A7" s="8" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="B7" s="8" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="C7" s="9" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D7" s="8" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="E7" s="8" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="F7" s="8" t="s">
-        <v>8</v>
-[...4 lines deleted...]
-        <v>9</v>
+        <v>10</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" s="40" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="19" t="s">
+        <v>11</v>
       </c>
       <c r="B8" s="10" t="s">
-        <v>10</v>
-[...4 lines deleted...]
-      <c r="D8" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="C8" s="19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" s="19" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="F8" s="27" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" s="40" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="19" t="s">
         <v>11</v>
       </c>
-      <c r="E8" s="10" t="s">
+      <c r="B9" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="F8" s="11" t="s">
-[...25 lines deleted...]
-        <v>9</v>
+      <c r="C9" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="D9" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="E9" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="F9" s="27" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" s="40" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="19" t="s">
+        <v>11</v>
       </c>
       <c r="B10" s="10" t="s">
-        <v>10</v>
-[...16 lines deleted...]
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="C10" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="D10" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="E10" s="19" t="s">
+        <v>23</v>
+      </c>
+      <c r="F10" s="27" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" s="40" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="19" t="s">
+        <v>11</v>
       </c>
       <c r="B11" s="10" t="s">
-        <v>10</v>
-[...21 lines deleted...]
-      <c r="C12" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="C11" s="19" t="s">
         <v>25</v>
       </c>
-      <c r="D12" s="10" t="s">
+      <c r="D11" s="19" t="s">
         <v>26</v>
       </c>
-      <c r="E12" s="10" t="s">
+      <c r="E11" s="19" t="s">
         <v>27</v>
       </c>
-      <c r="F12" s="12" t="s">
+      <c r="F11" s="41" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="13" spans="1:7" s="3" customFormat="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>9</v>
+    <row r="12" spans="1:7" s="40" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="B12" s="10"/>
+      <c r="C12" s="19" t="s">
+        <v>29</v>
+      </c>
+      <c r="D12" s="19" t="s">
+        <v>30</v>
+      </c>
+      <c r="E12" s="19" t="s">
+        <v>31</v>
+      </c>
+      <c r="F12" s="27" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" s="40" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="19" t="s">
+        <v>11</v>
       </c>
       <c r="B13" s="10" t="s">
-        <v>10</v>
-[...24 lines deleted...]
-      <c r="D14" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="C13" s="19" t="s">
         <v>33</v>
       </c>
-      <c r="E14" s="10" t="s">
+      <c r="D13" s="19" t="s">
         <v>34</v>
       </c>
-      <c r="F14" s="11" t="s">
+      <c r="E13" s="19" t="s">
         <v>35</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C15" s="10" t="s">
+      <c r="F13" s="27" t="s">
         <v>36</v>
       </c>
-      <c r="D15" s="10" t="s">
+    </row>
+    <row r="14" spans="1:7" s="40" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="B14" s="10"/>
+      <c r="C14" s="19" t="s">
         <v>37</v>
       </c>
-      <c r="E15" s="10" t="s">
+      <c r="D14" s="19" t="s">
         <v>38</v>
       </c>
-      <c r="F15" s="11" t="s">
+      <c r="E14" s="19" t="s">
         <v>39</v>
       </c>
-    </row>
-[...2 lines deleted...]
-        <v>9</v>
+      <c r="F14" s="27" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" s="40" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="B15" s="10"/>
+      <c r="C15" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="D15" s="19" t="s">
+        <v>42</v>
+      </c>
+      <c r="E15" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="F15" s="42" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" s="40" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="19" t="s">
+        <v>11</v>
       </c>
       <c r="B16" s="10" t="s">
-        <v>10</v>
-[...16 lines deleted...]
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="C16" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="D16" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="E16" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="F16" s="42" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" s="40" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="19" t="s">
+        <v>11</v>
       </c>
       <c r="B17" s="10" t="s">
-        <v>10</v>
-[...16 lines deleted...]
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="C17" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="D17" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="E17" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="F17" s="42" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" s="40" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="19" t="s">
+        <v>11</v>
       </c>
       <c r="B18" s="10" t="s">
-        <v>10</v>
-[...24 lines deleted...]
-      <c r="D19" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="C18" s="19" t="s">
         <v>53</v>
       </c>
-      <c r="E19" s="10" t="s">
+      <c r="D18" s="19" t="s">
         <v>54</v>
       </c>
-      <c r="F19" s="11" t="s">
+      <c r="E18" s="19" t="s">
         <v>55</v>
       </c>
-    </row>
-[...2 lines deleted...]
-        <v>9</v>
+      <c r="F18" s="27" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" s="40" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="B19" s="10"/>
+      <c r="C19" s="19" t="s">
+        <v>57</v>
+      </c>
+      <c r="D19" s="19" t="s">
+        <v>58</v>
+      </c>
+      <c r="E19" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="F19" s="27" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" s="40" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="19" t="s">
+        <v>11</v>
       </c>
       <c r="B20" s="10" t="s">
-        <v>10</v>
-[...16 lines deleted...]
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="C20" s="19" t="s">
+        <v>61</v>
+      </c>
+      <c r="D20" s="19" t="s">
+        <v>62</v>
+      </c>
+      <c r="E20" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="F20" s="42" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" s="40" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="19" t="s">
+        <v>11</v>
       </c>
       <c r="B21" s="10" t="s">
-        <v>10</v>
-[...16 lines deleted...]
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="C21" s="19" t="s">
+        <v>65</v>
+      </c>
+      <c r="D21" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="E21" s="19" t="s">
+        <v>67</v>
+      </c>
+      <c r="F21" s="27" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" s="40" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="19" t="s">
+        <v>11</v>
       </c>
       <c r="B22" s="10" t="s">
-        <v>10</v>
-[...16 lines deleted...]
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="C22" s="19" t="s">
+        <v>69</v>
+      </c>
+      <c r="D22" s="19" t="s">
+        <v>70</v>
+      </c>
+      <c r="E22" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="F22" s="27" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" s="40" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="19" t="s">
+        <v>11</v>
       </c>
       <c r="B23" s="10" t="s">
-        <v>10</v>
-[...16 lines deleted...]
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="C23" s="19" t="s">
+        <v>73</v>
+      </c>
+      <c r="D23" s="19" t="s">
+        <v>74</v>
+      </c>
+      <c r="E23" s="19" t="s">
+        <v>75</v>
+      </c>
+      <c r="F23" s="27" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" s="40" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="19" t="s">
+        <v>11</v>
       </c>
       <c r="B24" s="10" t="s">
-        <v>10</v>
-[...16 lines deleted...]
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="C24" s="19" t="s">
+        <v>77</v>
+      </c>
+      <c r="D24" s="19" t="s">
+        <v>78</v>
+      </c>
+      <c r="E24" s="19" t="s">
+        <v>79</v>
+      </c>
+      <c r="F24" s="42" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" s="40" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="19" t="s">
+        <v>11</v>
       </c>
       <c r="B25" s="10" t="s">
-        <v>10</v>
-[...16 lines deleted...]
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="C25" s="19" t="s">
+        <v>81</v>
+      </c>
+      <c r="D25" s="19" t="s">
+        <v>82</v>
+      </c>
+      <c r="E25" s="19" t="s">
+        <v>83</v>
+      </c>
+      <c r="F25" s="27" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" s="40" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="19" t="s">
+        <v>11</v>
       </c>
       <c r="B26" s="10" t="s">
-        <v>10</v>
-[...16 lines deleted...]
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="C26" s="19" t="s">
+        <v>85</v>
+      </c>
+      <c r="D26" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="E26" s="19" t="s">
+        <v>87</v>
+      </c>
+      <c r="F26" s="27" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" s="40" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="19" t="s">
+        <v>11</v>
       </c>
       <c r="B27" s="10" t="s">
-        <v>10</v>
-[...24 lines deleted...]
-      <c r="D28" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="C27" s="19" t="s">
         <v>89</v>
       </c>
-      <c r="E28" s="10" t="s">
+      <c r="D27" s="19" t="s">
         <v>90</v>
       </c>
-      <c r="F28" s="11" t="s">
+      <c r="E27" s="19" t="s">
         <v>91</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C29" s="10" t="s">
+      <c r="F27" s="42" t="s">
         <v>92</v>
       </c>
-      <c r="D29" s="10" t="s">
+    </row>
+    <row r="28" spans="1:6" s="40" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="B28" s="10"/>
+      <c r="C28" s="19" t="s">
         <v>93</v>
       </c>
-      <c r="E29" s="10" t="s">
+      <c r="D28" s="19" t="s">
         <v>94</v>
       </c>
-      <c r="F29" s="11" t="s">
+      <c r="E28" s="19" t="s">
         <v>95</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C30" s="10" t="s">
+      <c r="F28" s="27" t="s">
         <v>96</v>
       </c>
-      <c r="D30" s="10" t="s">
+    </row>
+    <row r="29" spans="1:6" s="40" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="B29" s="10"/>
+      <c r="C29" s="19" t="s">
         <v>97</v>
       </c>
-      <c r="E30" s="10" t="s">
+      <c r="D29" s="19" t="s">
         <v>98</v>
       </c>
-      <c r="F30" s="11" t="s">
+      <c r="E29" s="19" t="s">
         <v>99</v>
       </c>
-    </row>
-[...2 lines deleted...]
-        <v>9</v>
+      <c r="F29" s="27" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" s="40" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="B30" s="10"/>
+      <c r="C30" s="19" t="s">
+        <v>101</v>
+      </c>
+      <c r="D30" s="19" t="s">
+        <v>102</v>
+      </c>
+      <c r="E30" s="19" t="s">
+        <v>103</v>
+      </c>
+      <c r="F30" s="27" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" s="40" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A31" s="19" t="s">
+        <v>11</v>
       </c>
       <c r="B31" s="10" t="s">
-        <v>10</v>
-[...16 lines deleted...]
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="C31" s="19" t="s">
+        <v>105</v>
+      </c>
+      <c r="D31" s="19" t="s">
+        <v>106</v>
+      </c>
+      <c r="E31" s="19" t="s">
+        <v>107</v>
+      </c>
+      <c r="F31" s="42" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" s="40" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="19" t="s">
+        <v>11</v>
       </c>
       <c r="B32" s="10" t="s">
-        <v>10</v>
-[...24 lines deleted...]
-      <c r="D33" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="C32" s="19" t="s">
         <v>109</v>
       </c>
-      <c r="E33" s="10" t="s">
+      <c r="D32" s="19" t="s">
         <v>110</v>
       </c>
-      <c r="F33" s="11" t="s">
+      <c r="E32" s="19" t="s">
         <v>111</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A34" s="10" t="s">
+      <c r="F32" s="27" t="s">
         <v>112</v>
       </c>
-      <c r="B34" s="10" t="s">
+    </row>
+    <row r="33" spans="1:6" s="40" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="B33" s="10"/>
+      <c r="C33" s="19" t="s">
         <v>113</v>
       </c>
-      <c r="C34" s="10" t="s">
+      <c r="D33" s="19" t="s">
         <v>114</v>
       </c>
-      <c r="D34" s="10" t="s">
+      <c r="E33" s="19" t="s">
         <v>115</v>
       </c>
-      <c r="E34" s="10" t="s">
+      <c r="F33" s="27" t="s">
         <v>116</v>
       </c>
-      <c r="F34" s="11" t="s">
+    </row>
+    <row r="34" spans="1:6" s="40" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="B34" s="10"/>
+      <c r="C34" s="19" t="s">
         <v>117</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A35" s="13" t="s">
+      <c r="D34" s="19" t="s">
         <v>118</v>
       </c>
+      <c r="E34" s="19" t="s">
+        <v>119</v>
+      </c>
+      <c r="F34" s="27" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="10" t="s">
+        <v>121</v>
+      </c>
       <c r="B35" s="10" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="C35" s="10" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="D35" s="10" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="E35" s="10" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="F35" s="14" t="s">
+        <v>125</v>
+      </c>
+      <c r="F35" s="11" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="13" t="s">
+        <v>127</v>
+      </c>
+      <c r="B36" s="10" t="s">
+        <v>128</v>
+      </c>
+      <c r="C36" s="10" t="s">
+        <v>129</v>
+      </c>
+      <c r="D36" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="E36" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="F36" s="14" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="10" t="s">
+        <v>133</v>
+      </c>
+      <c r="B37" s="10" t="s">
+        <v>134</v>
+      </c>
+      <c r="C37" s="10" t="s">
+        <v>135</v>
+      </c>
+      <c r="D37" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="E37" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="F37" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A38" s="10" t="s">
+        <v>133</v>
+      </c>
+      <c r="B38" s="10" t="s">
+        <v>134</v>
+      </c>
+      <c r="C38" s="10" t="s">
+        <v>139</v>
+      </c>
+      <c r="D38" s="10" t="s">
+        <v>140</v>
+      </c>
+      <c r="E38" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="F38" s="11" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A39" s="10" t="s">
+        <v>133</v>
+      </c>
+      <c r="B39" s="10" t="s">
+        <v>134</v>
+      </c>
+      <c r="C39" s="10" t="s">
+        <v>143</v>
+      </c>
+      <c r="D39" s="10" t="s">
+        <v>144</v>
+      </c>
+      <c r="E39" s="10" t="s">
+        <v>145</v>
+      </c>
+      <c r="F39" s="11" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A40" s="10" t="s">
+        <v>133</v>
+      </c>
+      <c r="B40" s="10" t="s">
+        <v>134</v>
+      </c>
+      <c r="C40" s="10" t="s">
+        <v>147</v>
+      </c>
+      <c r="D40" s="10" t="s">
+        <v>148</v>
+      </c>
+      <c r="E40" s="10" t="s">
+        <v>149</v>
+      </c>
+      <c r="F40" s="11" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A41" s="10" t="s">
+        <v>133</v>
+      </c>
+      <c r="B41" s="10" t="s">
+        <v>134</v>
+      </c>
+      <c r="C41" s="10" t="s">
+        <v>151</v>
+      </c>
+      <c r="D41" s="10" t="s">
+        <v>152</v>
+      </c>
+      <c r="E41" s="10" t="s">
+        <v>153</v>
+      </c>
+      <c r="F41" s="11" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A42" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="B42" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="C42" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="D42" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="E42" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="F42" s="11" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A43" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="B43" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="C43" s="10" t="s">
+        <v>158</v>
+      </c>
+      <c r="D43" s="10" t="s">
+        <v>159</v>
+      </c>
+      <c r="E43" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="F43" s="11" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A44" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="B44" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="C44" s="10" t="s">
+        <v>162</v>
+      </c>
+      <c r="D44" s="10" t="s">
+        <v>163</v>
+      </c>
+      <c r="E44" s="10" t="s">
+        <v>164</v>
+      </c>
+      <c r="F44" s="11" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A45" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="B45" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="C45" s="10" t="s">
+        <v>166</v>
+      </c>
+      <c r="D45" s="10" t="s">
+        <v>144</v>
+      </c>
+      <c r="E45" s="10" t="s">
+        <v>145</v>
+      </c>
+      <c r="F45" s="11" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A46" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="B46" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="C46" s="10" t="s">
+        <v>151</v>
+      </c>
+      <c r="D46" s="10" t="s">
+        <v>152</v>
+      </c>
+      <c r="E46" s="10" t="s">
+        <v>153</v>
+      </c>
+      <c r="F46" s="11" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A47" s="10" t="s">
+        <v>167</v>
+      </c>
+      <c r="B47" s="10" t="s">
+        <v>168</v>
+      </c>
+      <c r="C47" s="10" t="s">
+        <v>158</v>
+      </c>
+      <c r="D47" s="10" t="s">
+        <v>159</v>
+      </c>
+      <c r="E47" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="F47" s="11" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A48" s="10" t="s">
+        <v>167</v>
+      </c>
+      <c r="B48" s="10" t="s">
+        <v>168</v>
+      </c>
+      <c r="C48" s="10" t="s">
+        <v>162</v>
+      </c>
+      <c r="D48" s="10" t="s">
+        <v>163</v>
+      </c>
+      <c r="E48" s="10" t="s">
+        <v>164</v>
+      </c>
+      <c r="F48" s="11" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A49" s="10" t="s">
+        <v>167</v>
+      </c>
+      <c r="B49" s="10" t="s">
+        <v>168</v>
+      </c>
+      <c r="C49" s="10" t="s">
+        <v>166</v>
+      </c>
+      <c r="D49" s="10" t="s">
+        <v>144</v>
+      </c>
+      <c r="E49" s="10" t="s">
+        <v>145</v>
+      </c>
+      <c r="F49" s="11" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A50" s="10" t="s">
+        <v>167</v>
+      </c>
+      <c r="B50" s="10" t="s">
+        <v>168</v>
+      </c>
+      <c r="C50" s="10" t="s">
+        <v>169</v>
+      </c>
+      <c r="D50" s="10" t="s">
+        <v>152</v>
+      </c>
+      <c r="E50" s="10" t="s">
+        <v>153</v>
+      </c>
+      <c r="F50" s="11" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A51" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="B51" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="C51" s="10" t="s">
         <v>123</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A36" s="10" t="s">
+      <c r="D51" s="10" t="s">
         <v>124</v>
       </c>
-      <c r="B36" s="10" t="s">
+      <c r="E51" s="10" t="s">
         <v>125</v>
       </c>
-      <c r="C36" s="10" t="s">
+      <c r="F51" s="11" t="s">
         <v>126</v>
       </c>
-      <c r="D36" s="10" t="s">
-[...309 lines deleted...]
-    <row r="52" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+    </row>
+    <row r="52" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A52" s="10" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B52" s="10" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="C52" s="10" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="D52" s="10" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="E52" s="10" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="F52" s="11" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A53" s="10" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="B53" s="10" t="s">
-        <v>169</v>
+        <v>179</v>
       </c>
       <c r="C53" s="10" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="D53" s="10" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="E53" s="10" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="F53" s="11" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A54" s="10" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="B54" s="10" t="s">
-        <v>169</v>
+        <v>179</v>
       </c>
       <c r="C54" s="10" t="s">
+        <v>184</v>
+      </c>
+      <c r="D54" s="10" t="s">
+        <v>185</v>
+      </c>
+      <c r="E54" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="F54" s="11" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A55" s="10" t="s">
         <v>178</v>
       </c>
-      <c r="D54" s="10" t="s">
+      <c r="B55" s="10" t="s">
         <v>179</v>
       </c>
-      <c r="E54" s="10" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="C55" s="10" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="D55" s="10" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="E55" s="10" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="F55" s="11" t="s">
-        <v>185</v>
-[...4 lines deleted...]
-        <v>186</v>
+        <v>191</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A56" s="10" t="s">
+        <v>178</v>
       </c>
       <c r="B56" s="10" t="s">
-        <v>187</v>
-[...8 lines deleted...]
-        <v>190</v>
+        <v>179</v>
+      </c>
+      <c r="C56" s="10" t="s">
+        <v>192</v>
+      </c>
+      <c r="D56" s="10" t="s">
+        <v>193</v>
+      </c>
+      <c r="E56" s="10" t="s">
+        <v>194</v>
       </c>
       <c r="F56" s="11" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A57" s="13" t="s">
-        <v>186</v>
+        <v>196</v>
       </c>
       <c r="B57" s="10" t="s">
-        <v>187</v>
+        <v>197</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="D57" s="15" t="s">
+        <v>199</v>
+      </c>
+      <c r="E57" s="15" t="s">
+        <v>200</v>
+      </c>
+      <c r="F57" s="11" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A58" s="13" t="s">
+        <v>196</v>
+      </c>
+      <c r="B58" s="10" t="s">
+        <v>197</v>
+      </c>
+      <c r="C58" s="15" t="s">
+        <v>202</v>
+      </c>
+      <c r="D58" s="15" t="s">
+        <v>203</v>
+      </c>
+      <c r="E58" s="15" t="s">
+        <v>204</v>
+      </c>
+      <c r="F58" s="11" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A59" s="13" t="s">
+        <v>196</v>
+      </c>
+      <c r="B59" s="10" t="s">
+        <v>197</v>
+      </c>
+      <c r="C59" s="15" t="s">
+        <v>206</v>
+      </c>
+      <c r="D59" s="15" t="s">
+        <v>207</v>
+      </c>
+      <c r="E59" s="15" t="s">
+        <v>208</v>
+      </c>
+      <c r="F59" s="11" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A60" s="13" t="s">
+        <v>196</v>
+      </c>
+      <c r="B60" s="10" t="s">
+        <v>197</v>
+      </c>
+      <c r="C60" s="15" t="s">
+        <v>210</v>
+      </c>
+      <c r="D60" s="15" t="s">
+        <v>211</v>
+      </c>
+      <c r="E60" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="F60" s="11" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A61" s="13" t="s">
+        <v>196</v>
+      </c>
+      <c r="B61" s="10" t="s">
+        <v>197</v>
+      </c>
+      <c r="C61" s="15" t="s">
+        <v>214</v>
+      </c>
+      <c r="D61" s="15" t="s">
+        <v>215</v>
+      </c>
+      <c r="E61" s="15" t="s">
+        <v>216</v>
+      </c>
+      <c r="F61" s="11" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A62" s="13" t="s">
+        <v>196</v>
+      </c>
+      <c r="B62" s="10" t="s">
+        <v>197</v>
+      </c>
+      <c r="C62" s="15" t="s">
+        <v>218</v>
+      </c>
+      <c r="D62" s="15" t="s">
+        <v>219</v>
+      </c>
+      <c r="E62" s="15" t="s">
+        <v>220</v>
+      </c>
+      <c r="F62" s="11" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A63" s="13" t="s">
+        <v>196</v>
+      </c>
+      <c r="B63" s="10" t="s">
+        <v>197</v>
+      </c>
+      <c r="C63" s="15" t="s">
+        <v>222</v>
+      </c>
+      <c r="D63" s="15" t="s">
+        <v>223</v>
+      </c>
+      <c r="E63" s="15" t="s">
+        <v>224</v>
+      </c>
+      <c r="F63" s="11" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A64" s="13" t="s">
+        <v>196</v>
+      </c>
+      <c r="B64" s="10" t="s">
+        <v>197</v>
+      </c>
+      <c r="C64" s="15" t="s">
+        <v>226</v>
+      </c>
+      <c r="D64" s="15" t="s">
+        <v>227</v>
+      </c>
+      <c r="E64" s="15" t="s">
+        <v>228</v>
+      </c>
+      <c r="F64" s="11" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A65" s="13" t="s">
+        <v>196</v>
+      </c>
+      <c r="B65" s="10" t="s">
+        <v>197</v>
+      </c>
+      <c r="C65" s="15" t="s">
+        <v>230</v>
+      </c>
+      <c r="D65" s="15" t="s">
+        <v>231</v>
+      </c>
+      <c r="E65" s="15" t="s">
+        <v>232</v>
+      </c>
+      <c r="F65" s="11" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A66" s="13" t="s">
+        <v>196</v>
+      </c>
+      <c r="B66" s="10" t="s">
+        <v>197</v>
+      </c>
+      <c r="C66" s="15" t="s">
+        <v>234</v>
+      </c>
+      <c r="D66" s="15" t="s">
+        <v>235</v>
+      </c>
+      <c r="E66" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="F66" s="11" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A67" s="13" t="s">
+        <v>196</v>
+      </c>
+      <c r="B67" s="10" t="s">
+        <v>197</v>
+      </c>
+      <c r="C67" s="15" t="s">
+        <v>238</v>
+      </c>
+      <c r="D67" s="15" t="s">
+        <v>239</v>
+      </c>
+      <c r="E67" s="15" t="s">
+        <v>240</v>
+      </c>
+      <c r="F67" s="11" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A68" s="13" t="s">
+        <v>196</v>
+      </c>
+      <c r="B68" s="10" t="s">
+        <v>197</v>
+      </c>
+      <c r="C68" s="15" t="s">
+        <v>242</v>
+      </c>
+      <c r="D68" s="15" t="s">
+        <v>243</v>
+      </c>
+      <c r="E68" s="15" t="s">
+        <v>244</v>
+      </c>
+      <c r="F68" s="11" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A69" s="13" t="s">
+        <v>196</v>
+      </c>
+      <c r="B69" s="10" t="s">
+        <v>197</v>
+      </c>
+      <c r="C69" s="15" t="s">
+        <v>246</v>
+      </c>
+      <c r="D69" s="15" t="s">
+        <v>247</v>
+      </c>
+      <c r="E69" s="15" t="s">
+        <v>248</v>
+      </c>
+      <c r="F69" s="11" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A70" s="13" t="s">
+        <v>196</v>
+      </c>
+      <c r="B70" s="10" t="s">
+        <v>197</v>
+      </c>
+      <c r="C70" s="15" t="s">
+        <v>250</v>
+      </c>
+      <c r="D70" s="15" t="s">
+        <v>251</v>
+      </c>
+      <c r="E70" s="15" t="s">
+        <v>252</v>
+      </c>
+      <c r="F70" s="11" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A71" s="13" t="s">
+        <v>196</v>
+      </c>
+      <c r="B71" s="10" t="s">
+        <v>197</v>
+      </c>
+      <c r="C71" s="15" t="s">
+        <v>254</v>
+      </c>
+      <c r="D71" s="15" t="s">
+        <v>255</v>
+      </c>
+      <c r="E71" s="15" t="s">
+        <v>256</v>
+      </c>
+      <c r="F71" s="11" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A72" s="13" t="s">
+        <v>196</v>
+      </c>
+      <c r="B72" s="10" t="s">
+        <v>197</v>
+      </c>
+      <c r="C72" s="15" t="s">
+        <v>258</v>
+      </c>
+      <c r="D72" s="15" t="s">
+        <v>259</v>
+      </c>
+      <c r="E72" s="15" t="s">
+        <v>260</v>
+      </c>
+      <c r="F72" s="11" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A73" s="13" t="s">
+        <v>196</v>
+      </c>
+      <c r="B73" s="10" t="s">
+        <v>197</v>
+      </c>
+      <c r="C73" s="15" t="s">
+        <v>262</v>
+      </c>
+      <c r="D73" s="15" t="s">
+        <v>263</v>
+      </c>
+      <c r="E73" s="15" t="s">
+        <v>264</v>
+      </c>
+      <c r="F73" s="11" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A74" s="13" t="s">
+        <v>196</v>
+      </c>
+      <c r="B74" s="10" t="s">
+        <v>197</v>
+      </c>
+      <c r="C74" s="15" t="s">
+        <v>266</v>
+      </c>
+      <c r="D74" s="15" t="s">
+        <v>267</v>
+      </c>
+      <c r="E74" s="15" t="s">
+        <v>268</v>
+      </c>
+      <c r="F74" s="11" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A75" s="13" t="s">
+        <v>196</v>
+      </c>
+      <c r="B75" s="10" t="s">
+        <v>197</v>
+      </c>
+      <c r="C75" s="15" t="s">
+        <v>270</v>
+      </c>
+      <c r="D75" s="15" t="s">
+        <v>271</v>
+      </c>
+      <c r="E75" s="15" t="s">
+        <v>272</v>
+      </c>
+      <c r="F75" s="11" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A76" s="13" t="s">
+        <v>196</v>
+      </c>
+      <c r="B76" s="10" t="s">
+        <v>197</v>
+      </c>
+      <c r="C76" s="15" t="s">
+        <v>274</v>
+      </c>
+      <c r="D76" s="15" t="s">
+        <v>275</v>
+      </c>
+      <c r="E76" s="15" t="s">
+        <v>276</v>
+      </c>
+      <c r="F76" s="11" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A77" s="13" t="s">
+        <v>196</v>
+      </c>
+      <c r="B77" s="10" t="s">
+        <v>197</v>
+      </c>
+      <c r="C77" s="15" t="s">
+        <v>278</v>
+      </c>
+      <c r="D77" s="15" t="s">
+        <v>279</v>
+      </c>
+      <c r="E77" s="15" t="s">
+        <v>280</v>
+      </c>
+      <c r="F77" s="11" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A78" s="13" t="s">
+        <v>196</v>
+      </c>
+      <c r="B78" s="10" t="s">
+        <v>197</v>
+      </c>
+      <c r="C78" s="15" t="s">
+        <v>282</v>
+      </c>
+      <c r="D78" s="15" t="s">
+        <v>283</v>
+      </c>
+      <c r="E78" s="15" t="s">
+        <v>284</v>
+      </c>
+      <c r="F78" s="11" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A79" s="13" t="s">
+        <v>196</v>
+      </c>
+      <c r="B79" s="10" t="s">
+        <v>197</v>
+      </c>
+      <c r="C79" s="15" t="s">
+        <v>286</v>
+      </c>
+      <c r="D79" s="15" t="s">
+        <v>287</v>
+      </c>
+      <c r="E79" s="15" t="s">
+        <v>288</v>
+      </c>
+      <c r="F79" s="11" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A80" s="13" t="s">
+        <v>196</v>
+      </c>
+      <c r="B80" s="10" t="s">
+        <v>197</v>
+      </c>
+      <c r="C80" s="15" t="s">
+        <v>290</v>
+      </c>
+      <c r="D80" s="15" t="s">
+        <v>291</v>
+      </c>
+      <c r="E80" s="15" t="s">
+        <v>292</v>
+      </c>
+      <c r="F80" s="11" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A81" s="13" t="s">
+        <v>196</v>
+      </c>
+      <c r="B81" s="10" t="s">
+        <v>197</v>
+      </c>
+      <c r="C81" s="15" t="s">
+        <v>294</v>
+      </c>
+      <c r="D81" s="10" t="s">
+        <v>295</v>
+      </c>
+      <c r="E81" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="F81" s="11" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A82" s="10" t="s">
+        <v>298</v>
+      </c>
+      <c r="B82" s="10" t="s">
+        <v>299</v>
+      </c>
+      <c r="C82" s="10" t="s">
+        <v>300</v>
+      </c>
+      <c r="D82" s="10" t="s">
+        <v>301</v>
+      </c>
+      <c r="E82" s="10" t="s">
+        <v>302</v>
+      </c>
+      <c r="F82" s="11" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A83" s="13" t="s">
+        <v>298</v>
+      </c>
+      <c r="B83" s="10" t="s">
+        <v>299</v>
+      </c>
+      <c r="C83" s="15" t="s">
+        <v>304</v>
+      </c>
+      <c r="D83" s="10" t="s">
+        <v>305</v>
+      </c>
+      <c r="E83" s="15" t="s">
+        <v>306</v>
+      </c>
+      <c r="F83" s="11" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A84" s="10" t="s">
+        <v>298</v>
+      </c>
+      <c r="B84" s="10" t="s">
+        <v>299</v>
+      </c>
+      <c r="C84" s="10" t="s">
+        <v>308</v>
+      </c>
+      <c r="D84" s="10" t="s">
+        <v>309</v>
+      </c>
+      <c r="E84" s="10" t="s">
+        <v>310</v>
+      </c>
+      <c r="F84" s="11" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A85" s="10" t="s">
+        <v>298</v>
+      </c>
+      <c r="B85" s="10" t="s">
+        <v>299</v>
+      </c>
+      <c r="C85" s="10" t="s">
+        <v>312</v>
+      </c>
+      <c r="D85" s="10" t="s">
+        <v>313</v>
+      </c>
+      <c r="E85" s="10" t="s">
+        <v>314</v>
+      </c>
+      <c r="F85" s="11" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A86" s="10" t="s">
+        <v>298</v>
+      </c>
+      <c r="B86" s="10" t="s">
+        <v>299</v>
+      </c>
+      <c r="C86" s="10" t="s">
+        <v>316</v>
+      </c>
+      <c r="D86" s="10" t="s">
+        <v>317</v>
+      </c>
+      <c r="E86" s="10" t="s">
+        <v>318</v>
+      </c>
+      <c r="F86" s="11" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A87" s="10" t="s">
+        <v>298</v>
+      </c>
+      <c r="B87" s="10" t="s">
+        <v>299</v>
+      </c>
+      <c r="C87" s="10" t="s">
+        <v>320</v>
+      </c>
+      <c r="D87" s="10" t="s">
+        <v>321</v>
+      </c>
+      <c r="E87" s="10" t="s">
+        <v>322</v>
+      </c>
+      <c r="F87" s="11" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A88" s="10" t="s">
+        <v>298</v>
+      </c>
+      <c r="B88" s="10" t="s">
+        <v>299</v>
+      </c>
+      <c r="C88" s="10" t="s">
+        <v>324</v>
+      </c>
+      <c r="D88" s="10" t="s">
+        <v>325</v>
+      </c>
+      <c r="E88" s="10" t="s">
+        <v>326</v>
+      </c>
+      <c r="F88" s="11" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A89" s="10" t="s">
+        <v>298</v>
+      </c>
+      <c r="B89" s="10" t="s">
+        <v>299</v>
+      </c>
+      <c r="C89" s="10" t="s">
+        <v>328</v>
+      </c>
+      <c r="D89" s="10" t="s">
+        <v>329</v>
+      </c>
+      <c r="E89" s="10" t="s">
+        <v>330</v>
+      </c>
+      <c r="F89" s="11" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6" s="3" customFormat="1" ht="31" x14ac:dyDescent="0.35">
+      <c r="A90" s="10" t="s">
+        <v>298</v>
+      </c>
+      <c r="B90" s="10" t="s">
+        <v>299</v>
+      </c>
+      <c r="C90" s="10" t="s">
+        <v>332</v>
+      </c>
+      <c r="D90" s="10" t="s">
+        <v>333</v>
+      </c>
+      <c r="E90" s="10" t="s">
+        <v>334</v>
+      </c>
+      <c r="F90" s="11" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A91" s="10" t="s">
+        <v>298</v>
+      </c>
+      <c r="B91" s="10" t="s">
+        <v>299</v>
+      </c>
+      <c r="C91" s="10" t="s">
+        <v>336</v>
+      </c>
+      <c r="D91" s="10" t="s">
+        <v>337</v>
+      </c>
+      <c r="E91" s="10" t="s">
+        <v>338</v>
+      </c>
+      <c r="F91" s="11" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A92" s="10" t="s">
+        <v>298</v>
+      </c>
+      <c r="B92" s="10" t="s">
+        <v>299</v>
+      </c>
+      <c r="C92" s="10" t="s">
+        <v>340</v>
+      </c>
+      <c r="D92" s="10" t="s">
+        <v>341</v>
+      </c>
+      <c r="E92" s="10" t="s">
+        <v>342</v>
+      </c>
+      <c r="F92" s="11" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A93" s="10" t="s">
+        <v>298</v>
+      </c>
+      <c r="B93" s="10" t="s">
+        <v>299</v>
+      </c>
+      <c r="C93" s="10" t="s">
+        <v>344</v>
+      </c>
+      <c r="D93" s="10" t="s">
+        <v>345</v>
+      </c>
+      <c r="E93" s="10" t="s">
+        <v>346</v>
+      </c>
+      <c r="F93" s="11" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A94" s="10" t="s">
+        <v>298</v>
+      </c>
+      <c r="B94" s="10" t="s">
+        <v>299</v>
+      </c>
+      <c r="C94" s="10" t="s">
+        <v>348</v>
+      </c>
+      <c r="D94" s="10" t="s">
+        <v>349</v>
+      </c>
+      <c r="E94" s="10" t="s">
+        <v>350</v>
+      </c>
+      <c r="F94" s="11" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A95" s="10" t="s">
+        <v>298</v>
+      </c>
+      <c r="B95" s="10" t="s">
+        <v>299</v>
+      </c>
+      <c r="C95" s="10" t="s">
+        <v>352</v>
+      </c>
+      <c r="D95" s="10" t="s">
+        <v>353</v>
+      </c>
+      <c r="E95" s="10" t="s">
+        <v>354</v>
+      </c>
+      <c r="F95" s="11" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A96" s="10" t="s">
+        <v>298</v>
+      </c>
+      <c r="B96" s="10" t="s">
+        <v>299</v>
+      </c>
+      <c r="C96" s="10" t="s">
+        <v>356</v>
+      </c>
+      <c r="D96" s="10" t="s">
+        <v>357</v>
+      </c>
+      <c r="E96" s="10" t="s">
+        <v>358</v>
+      </c>
+      <c r="F96" s="11" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A97" s="10" t="s">
+        <v>298</v>
+      </c>
+      <c r="B97" s="10" t="s">
+        <v>299</v>
+      </c>
+      <c r="C97" s="10" t="s">
+        <v>360</v>
+      </c>
+      <c r="D97" s="10" t="s">
+        <v>361</v>
+      </c>
+      <c r="E97" s="10" t="s">
+        <v>362</v>
+      </c>
+      <c r="F97" s="11" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A98" s="10" t="s">
+        <v>298</v>
+      </c>
+      <c r="B98" s="10" t="s">
+        <v>299</v>
+      </c>
+      <c r="C98" s="10" t="s">
+        <v>364</v>
+      </c>
+      <c r="D98" s="10" t="s">
+        <v>365</v>
+      </c>
+      <c r="E98" s="10" t="s">
+        <v>366</v>
+      </c>
+      <c r="F98" s="11" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A99" s="10" t="s">
+        <v>298</v>
+      </c>
+      <c r="B99" s="10" t="s">
+        <v>299</v>
+      </c>
+      <c r="C99" s="10" t="s">
+        <v>368</v>
+      </c>
+      <c r="D99" s="10" t="s">
+        <v>369</v>
+      </c>
+      <c r="E99" s="10" t="s">
+        <v>370</v>
+      </c>
+      <c r="F99" s="11" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A100" s="10" t="s">
+        <v>298</v>
+      </c>
+      <c r="B100" s="10" t="s">
+        <v>299</v>
+      </c>
+      <c r="C100" s="10" t="s">
+        <v>372</v>
+      </c>
+      <c r="D100" s="10" t="s">
+        <v>373</v>
+      </c>
+      <c r="E100" s="10" t="s">
+        <v>374</v>
+      </c>
+      <c r="F100" s="11" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A101" s="10" t="s">
+        <v>376</v>
+      </c>
+      <c r="B101" s="10" t="s">
+        <v>377</v>
+      </c>
+      <c r="C101" s="10" t="s">
+        <v>378</v>
+      </c>
+      <c r="D101" s="10" t="s">
+        <v>379</v>
+      </c>
+      <c r="E101" s="10" t="s">
+        <v>380</v>
+      </c>
+      <c r="F101" s="11" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6" s="40" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A102" s="18" t="s">
+        <v>376</v>
+      </c>
+      <c r="B102" s="10"/>
+      <c r="C102" s="19" t="s">
+        <v>382</v>
+      </c>
+      <c r="D102" s="19" t="s">
+        <v>383</v>
+      </c>
+      <c r="E102" s="19" t="s">
+        <v>384</v>
+      </c>
+      <c r="F102" s="27" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="103" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A103" s="10" t="s">
+        <v>386</v>
+      </c>
+      <c r="B103" s="10" t="s">
+        <v>387</v>
+      </c>
+      <c r="C103" s="10" t="s">
+        <v>388</v>
+      </c>
+      <c r="D103" s="10" t="s">
+        <v>389</v>
+      </c>
+      <c r="E103" s="10" t="s">
+        <v>390</v>
+      </c>
+      <c r="F103" s="11" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="104" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A104" s="10" t="s">
+        <v>386</v>
+      </c>
+      <c r="B104" s="10" t="s">
+        <v>387</v>
+      </c>
+      <c r="C104" s="10" t="s">
+        <v>392</v>
+      </c>
+      <c r="D104" s="10" t="s">
+        <v>393</v>
+      </c>
+      <c r="E104" s="33" t="s">
+        <v>394</v>
+      </c>
+      <c r="F104" s="34" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="105" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A105" s="10" t="s">
+        <v>386</v>
+      </c>
+      <c r="B105" s="10" t="s">
+        <v>387</v>
+      </c>
+      <c r="C105" s="10" t="s">
+        <v>396</v>
+      </c>
+      <c r="D105" s="10" t="s">
+        <v>397</v>
+      </c>
+      <c r="E105" s="10" t="s">
+        <v>398</v>
+      </c>
+      <c r="F105" s="12" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="106" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A106" s="10" t="s">
+        <v>386</v>
+      </c>
+      <c r="B106" s="10" t="s">
+        <v>387</v>
+      </c>
+      <c r="C106" s="10" t="s">
+        <v>400</v>
+      </c>
+      <c r="D106" s="10" t="s">
+        <v>401</v>
+      </c>
+      <c r="E106" s="10" t="s">
+        <v>402</v>
+      </c>
+      <c r="F106" s="11" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="107" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A107" s="10" t="s">
+        <v>386</v>
+      </c>
+      <c r="B107" s="10" t="s">
+        <v>387</v>
+      </c>
+      <c r="C107" s="10" t="s">
+        <v>404</v>
+      </c>
+      <c r="D107" s="33" t="s">
+        <v>405</v>
+      </c>
+      <c r="E107" s="10" t="s">
+        <v>406</v>
+      </c>
+      <c r="F107" s="35" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="108" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A108" s="10" t="s">
+        <v>386</v>
+      </c>
+      <c r="B108" s="10" t="s">
+        <v>387</v>
+      </c>
+      <c r="C108" s="10" t="s">
+        <v>408</v>
+      </c>
+      <c r="D108" s="36" t="s">
+        <v>409</v>
+      </c>
+      <c r="E108" s="10" t="s">
+        <v>410</v>
+      </c>
+      <c r="F108" s="11" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="109" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A109" s="10" t="s">
+        <v>386</v>
+      </c>
+      <c r="B109" s="10" t="s">
+        <v>387</v>
+      </c>
+      <c r="C109" s="10" t="s">
+        <v>412</v>
+      </c>
+      <c r="D109" s="33" t="s">
+        <v>413</v>
+      </c>
+      <c r="E109" s="10" t="s">
+        <v>414</v>
+      </c>
+      <c r="F109" s="37" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="110" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A110" s="10" t="s">
+        <v>386</v>
+      </c>
+      <c r="B110" s="10" t="s">
+        <v>387</v>
+      </c>
+      <c r="C110" s="10" t="s">
+        <v>416</v>
+      </c>
+      <c r="D110" s="10" t="s">
+        <v>417</v>
+      </c>
+      <c r="E110" s="10" t="s">
+        <v>418</v>
+      </c>
+      <c r="F110" s="11" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="111" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A111" s="10" t="s">
+        <v>386</v>
+      </c>
+      <c r="B111" s="10" t="s">
+        <v>387</v>
+      </c>
+      <c r="C111" s="10" t="s">
+        <v>420</v>
+      </c>
+      <c r="D111" s="10" t="s">
+        <v>421</v>
+      </c>
+      <c r="E111" s="10" t="s">
+        <v>422</v>
+      </c>
+      <c r="F111" s="11" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="112" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A112" s="13" t="s">
+        <v>386</v>
+      </c>
+      <c r="B112" s="10"/>
+      <c r="C112" s="33" t="s">
+        <v>424</v>
+      </c>
+      <c r="D112" s="33" t="s">
+        <v>425</v>
+      </c>
+      <c r="E112" s="10" t="s">
+        <v>426</v>
+      </c>
+      <c r="F112" s="37" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="113" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A113" s="10" t="s">
+        <v>386</v>
+      </c>
+      <c r="B113" s="10" t="s">
+        <v>387</v>
+      </c>
+      <c r="C113" s="10" t="s">
+        <v>428</v>
+      </c>
+      <c r="D113" s="10" t="s">
+        <v>429</v>
+      </c>
+      <c r="E113" s="10" t="s">
+        <v>430</v>
+      </c>
+      <c r="F113" s="12" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="114" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A114" s="10" t="s">
+        <v>386</v>
+      </c>
+      <c r="B114" s="10" t="s">
+        <v>387</v>
+      </c>
+      <c r="C114" s="10" t="s">
+        <v>432</v>
+      </c>
+      <c r="D114" s="10" t="s">
+        <v>433</v>
+      </c>
+      <c r="E114" s="10" t="s">
+        <v>434</v>
+      </c>
+      <c r="F114" s="11" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="115" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A115" s="10" t="s">
+        <v>386</v>
+      </c>
+      <c r="B115" s="10" t="s">
+        <v>387</v>
+      </c>
+      <c r="C115" s="10" t="s">
+        <v>436</v>
+      </c>
+      <c r="D115" s="10" t="s">
+        <v>437</v>
+      </c>
+      <c r="E115" s="10" t="s">
+        <v>438</v>
+      </c>
+      <c r="F115" s="12" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="116" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A116" s="10" t="s">
+        <v>386</v>
+      </c>
+      <c r="B116" s="10" t="s">
+        <v>387</v>
+      </c>
+      <c r="C116" s="10" t="s">
+        <v>440</v>
+      </c>
+      <c r="D116" s="10" t="s">
+        <v>441</v>
+      </c>
+      <c r="E116" s="10" t="s">
+        <v>442</v>
+      </c>
+      <c r="F116" s="11" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="117" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A117" s="10" t="s">
+        <v>386</v>
+      </c>
+      <c r="B117" s="10" t="s">
+        <v>387</v>
+      </c>
+      <c r="C117" s="10" t="s">
+        <v>444</v>
+      </c>
+      <c r="D117" s="10" t="s">
+        <v>445</v>
+      </c>
+      <c r="E117" s="10" t="s">
+        <v>446</v>
+      </c>
+      <c r="F117" s="12" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="118" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A118" s="10" t="s">
+        <v>386</v>
+      </c>
+      <c r="B118" s="10" t="s">
+        <v>387</v>
+      </c>
+      <c r="C118" s="10" t="s">
+        <v>448</v>
+      </c>
+      <c r="D118" s="10" t="s">
+        <v>449</v>
+      </c>
+      <c r="E118" s="10" t="s">
+        <v>450</v>
+      </c>
+      <c r="F118" s="11" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="119" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A119" s="10" t="s">
+        <v>386</v>
+      </c>
+      <c r="B119" s="10" t="s">
+        <v>387</v>
+      </c>
+      <c r="C119" s="10" t="s">
+        <v>452</v>
+      </c>
+      <c r="D119" s="10" t="s">
+        <v>453</v>
+      </c>
+      <c r="E119" s="10" t="s">
+        <v>454</v>
+      </c>
+      <c r="F119" s="12" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="120" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A120" s="10" t="s">
+        <v>386</v>
+      </c>
+      <c r="B120" s="10" t="s">
+        <v>387</v>
+      </c>
+      <c r="C120" s="10" t="s">
+        <v>456</v>
+      </c>
+      <c r="D120" s="10" t="s">
+        <v>457</v>
+      </c>
+      <c r="E120" s="10" t="s">
+        <v>458</v>
+      </c>
+      <c r="F120" s="11" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="121" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A121" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B121" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C121" s="10" t="s">
+        <v>462</v>
+      </c>
+      <c r="D121" s="10" t="s">
+        <v>463</v>
+      </c>
+      <c r="E121" s="10" t="s">
+        <v>464</v>
+      </c>
+      <c r="F121" s="11" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="122" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A122" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B122" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C122" s="10" t="s">
+        <v>466</v>
+      </c>
+      <c r="D122" s="10" t="s">
+        <v>467</v>
+      </c>
+      <c r="E122" s="10" t="s">
+        <v>468</v>
+      </c>
+      <c r="F122" s="11" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="123" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A123" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B123" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C123" s="10" t="s">
+        <v>470</v>
+      </c>
+      <c r="D123" s="10" t="s">
+        <v>471</v>
+      </c>
+      <c r="E123" s="10" t="s">
+        <v>472</v>
+      </c>
+      <c r="F123" s="11" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="124" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A124" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B124" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C124" s="10" t="s">
+        <v>474</v>
+      </c>
+      <c r="D124" s="10" t="s">
+        <v>475</v>
+      </c>
+      <c r="E124" s="10" t="s">
+        <v>476</v>
+      </c>
+      <c r="F124" s="11" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="125" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A125" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B125" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C125" s="10" t="s">
+        <v>478</v>
+      </c>
+      <c r="D125" s="10" t="s">
+        <v>479</v>
+      </c>
+      <c r="E125" s="10" t="s">
+        <v>480</v>
+      </c>
+      <c r="F125" s="11" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="126" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A126" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B126" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C126" s="10" t="s">
+        <v>482</v>
+      </c>
+      <c r="D126" s="10" t="s">
+        <v>483</v>
+      </c>
+      <c r="E126" s="10" t="s">
+        <v>484</v>
+      </c>
+      <c r="F126" s="11" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="127" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A127" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B127" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C127" s="10" t="s">
+        <v>486</v>
+      </c>
+      <c r="D127" s="10" t="s">
+        <v>487</v>
+      </c>
+      <c r="E127" s="10" t="s">
+        <v>488</v>
+      </c>
+      <c r="F127" s="11" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="128" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A128" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B128" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C128" s="10" t="s">
+        <v>490</v>
+      </c>
+      <c r="D128" s="10" t="s">
+        <v>491</v>
+      </c>
+      <c r="E128" s="10" t="s">
+        <v>492</v>
+      </c>
+      <c r="F128" s="11" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="129" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A129" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B129" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C129" s="10" t="s">
+        <v>494</v>
+      </c>
+      <c r="D129" s="10" t="s">
+        <v>495</v>
+      </c>
+      <c r="E129" s="10" t="s">
+        <v>496</v>
+      </c>
+      <c r="F129" s="11" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="130" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A130" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B130" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C130" s="10" t="s">
+        <v>498</v>
+      </c>
+      <c r="D130" s="10" t="s">
+        <v>499</v>
+      </c>
+      <c r="E130" s="10" t="s">
+        <v>500</v>
+      </c>
+      <c r="F130" s="11" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="131" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A131" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B131" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C131" s="10" t="s">
+        <v>502</v>
+      </c>
+      <c r="D131" s="10" t="s">
+        <v>503</v>
+      </c>
+      <c r="E131" s="10" t="s">
+        <v>504</v>
+      </c>
+      <c r="F131" s="11" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="132" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A132" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B132" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C132" s="10" t="s">
+        <v>506</v>
+      </c>
+      <c r="D132" s="10" t="s">
+        <v>507</v>
+      </c>
+      <c r="E132" s="10" t="s">
+        <v>508</v>
+      </c>
+      <c r="F132" s="11" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="133" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A133" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B133" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C133" s="10" t="s">
+        <v>510</v>
+      </c>
+      <c r="D133" s="10" t="s">
+        <v>511</v>
+      </c>
+      <c r="E133" s="10" t="s">
+        <v>512</v>
+      </c>
+      <c r="F133" s="11" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="134" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A134" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B134" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C134" s="10" t="s">
+        <v>514</v>
+      </c>
+      <c r="D134" s="10" t="s">
+        <v>515</v>
+      </c>
+      <c r="E134" s="10" t="s">
+        <v>516</v>
+      </c>
+      <c r="F134" s="11" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="135" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A135" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B135" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C135" s="10" t="s">
+        <v>518</v>
+      </c>
+      <c r="D135" s="10" t="s">
+        <v>519</v>
+      </c>
+      <c r="E135" s="10" t="s">
+        <v>520</v>
+      </c>
+      <c r="F135" s="11" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="136" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A136" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B136" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C136" s="10" t="s">
+        <v>522</v>
+      </c>
+      <c r="D136" s="10" t="s">
+        <v>523</v>
+      </c>
+      <c r="E136" s="10" t="s">
+        <v>524</v>
+      </c>
+      <c r="F136" s="11" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="137" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A137" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B137" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C137" s="10" t="s">
+        <v>526</v>
+      </c>
+      <c r="D137" s="10" t="s">
+        <v>527</v>
+      </c>
+      <c r="E137" s="10" t="s">
+        <v>528</v>
+      </c>
+      <c r="F137" s="11" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="138" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A138" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B138" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C138" s="10" t="s">
+        <v>530</v>
+      </c>
+      <c r="D138" s="10" t="s">
+        <v>531</v>
+      </c>
+      <c r="E138" s="10" t="s">
+        <v>532</v>
+      </c>
+      <c r="F138" s="11" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="139" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A139" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B139" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C139" s="10" t="s">
+        <v>534</v>
+      </c>
+      <c r="D139" s="10" t="s">
+        <v>535</v>
+      </c>
+      <c r="E139" s="10" t="s">
+        <v>536</v>
+      </c>
+      <c r="F139" s="11" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="140" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A140" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B140" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C140" s="10" t="s">
+        <v>538</v>
+      </c>
+      <c r="D140" s="10" t="s">
+        <v>539</v>
+      </c>
+      <c r="E140" s="10" t="s">
+        <v>540</v>
+      </c>
+      <c r="F140" s="11" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="141" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A141" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B141" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C141" s="10" t="s">
+        <v>542</v>
+      </c>
+      <c r="D141" s="10" t="s">
+        <v>543</v>
+      </c>
+      <c r="E141" s="10" t="s">
+        <v>544</v>
+      </c>
+      <c r="F141" s="11" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="142" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A142" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B142" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C142" s="10" t="s">
+        <v>546</v>
+      </c>
+      <c r="D142" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="E142" s="10" t="s">
+        <v>547</v>
+      </c>
+      <c r="F142" s="11" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="143" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A143" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B143" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C143" s="10" t="s">
+        <v>549</v>
+      </c>
+      <c r="D143" s="10" t="s">
+        <v>550</v>
+      </c>
+      <c r="E143" s="10" t="s">
+        <v>551</v>
+      </c>
+      <c r="F143" s="11" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="144" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A144" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B144" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C144" s="10" t="s">
+        <v>553</v>
+      </c>
+      <c r="D144" s="10" t="s">
+        <v>554</v>
+      </c>
+      <c r="E144" s="10" t="s">
+        <v>555</v>
+      </c>
+      <c r="F144" s="11" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="145" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A145" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B145" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C145" s="10" t="s">
+        <v>557</v>
+      </c>
+      <c r="D145" s="10" t="s">
+        <v>558</v>
+      </c>
+      <c r="E145" s="10" t="s">
+        <v>559</v>
+      </c>
+      <c r="F145" s="11" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="146" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A146" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B146" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C146" s="10" t="s">
+        <v>561</v>
+      </c>
+      <c r="D146" s="10" t="s">
+        <v>562</v>
+      </c>
+      <c r="E146" s="10" t="s">
+        <v>563</v>
+      </c>
+      <c r="F146" s="11" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="147" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A147" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B147" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C147" s="10" t="s">
+        <v>565</v>
+      </c>
+      <c r="D147" s="10" t="s">
+        <v>566</v>
+      </c>
+      <c r="E147" s="10" t="s">
+        <v>567</v>
+      </c>
+      <c r="F147" s="11" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="148" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A148" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B148" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C148" s="10" t="s">
+        <v>569</v>
+      </c>
+      <c r="D148" s="10" t="s">
+        <v>570</v>
+      </c>
+      <c r="E148" s="10" t="s">
+        <v>571</v>
+      </c>
+      <c r="F148" s="11" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="149" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A149" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B149" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C149" s="10" t="s">
+        <v>573</v>
+      </c>
+      <c r="D149" s="10" t="s">
+        <v>574</v>
+      </c>
+      <c r="E149" s="10" t="s">
+        <v>575</v>
+      </c>
+      <c r="F149" s="11" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="150" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A150" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B150" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C150" s="10" t="s">
+        <v>577</v>
+      </c>
+      <c r="D150" s="10" t="s">
+        <v>578</v>
+      </c>
+      <c r="E150" s="10" t="s">
+        <v>579</v>
+      </c>
+      <c r="F150" s="11" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="151" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A151" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B151" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C151" s="10" t="s">
+        <v>581</v>
+      </c>
+      <c r="D151" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="E151" s="10" t="s">
+        <v>583</v>
+      </c>
+      <c r="F151" s="11" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="152" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A152" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B152" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C152" s="10" t="s">
+        <v>585</v>
+      </c>
+      <c r="D152" s="10" t="s">
+        <v>586</v>
+      </c>
+      <c r="E152" s="10" t="s">
+        <v>587</v>
+      </c>
+      <c r="F152" s="11" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="153" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A153" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B153" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C153" s="10" t="s">
+        <v>589</v>
+      </c>
+      <c r="D153" s="10" t="s">
+        <v>590</v>
+      </c>
+      <c r="E153" s="10" t="s">
+        <v>591</v>
+      </c>
+      <c r="F153" s="11" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="154" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A154" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B154" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C154" s="10" t="s">
+        <v>593</v>
+      </c>
+      <c r="D154" s="10" t="s">
+        <v>594</v>
+      </c>
+      <c r="E154" s="10" t="s">
+        <v>595</v>
+      </c>
+      <c r="F154" s="11" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="155" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A155" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B155" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C155" s="10" t="s">
+        <v>597</v>
+      </c>
+      <c r="D155" s="10" t="s">
+        <v>598</v>
+      </c>
+      <c r="E155" s="10" t="s">
+        <v>599</v>
+      </c>
+      <c r="F155" s="11" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="156" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A156" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B156" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C156" s="10" t="s">
+        <v>601</v>
+      </c>
+      <c r="D156" s="10" t="s">
+        <v>602</v>
+      </c>
+      <c r="E156" s="10" t="s">
+        <v>603</v>
+      </c>
+      <c r="F156" s="11" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="157" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A157" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B157" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C157" s="10" t="s">
+        <v>605</v>
+      </c>
+      <c r="D157" s="10" t="s">
+        <v>606</v>
+      </c>
+      <c r="E157" s="10" t="s">
+        <v>607</v>
+      </c>
+      <c r="F157" s="11" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="158" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A158" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B158" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C158" s="10" t="s">
+        <v>609</v>
+      </c>
+      <c r="D158" s="10" t="s">
+        <v>610</v>
+      </c>
+      <c r="E158" s="10" t="s">
+        <v>611</v>
+      </c>
+      <c r="F158" s="11" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="159" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A159" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B159" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C159" s="10" t="s">
+        <v>613</v>
+      </c>
+      <c r="D159" s="10" t="s">
+        <v>614</v>
+      </c>
+      <c r="E159" s="10" t="s">
+        <v>615</v>
+      </c>
+      <c r="F159" s="11" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="160" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A160" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B160" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C160" s="10" t="s">
+        <v>617</v>
+      </c>
+      <c r="D160" s="10" t="s">
+        <v>618</v>
+      </c>
+      <c r="E160" s="10" t="s">
+        <v>619</v>
+      </c>
+      <c r="F160" s="11" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="161" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A161" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B161" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C161" s="10" t="s">
+        <v>621</v>
+      </c>
+      <c r="D161" s="10" t="s">
+        <v>622</v>
+      </c>
+      <c r="E161" s="10" t="s">
+        <v>623</v>
+      </c>
+      <c r="F161" s="11" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="162" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A162" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B162" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C162" s="10" t="s">
+        <v>625</v>
+      </c>
+      <c r="D162" s="10" t="s">
+        <v>626</v>
+      </c>
+      <c r="E162" s="10" t="s">
+        <v>627</v>
+      </c>
+      <c r="F162" s="11" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="163" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A163" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B163" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C163" s="10" t="s">
+        <v>629</v>
+      </c>
+      <c r="D163" s="10" t="s">
+        <v>630</v>
+      </c>
+      <c r="E163" s="10" t="s">
+        <v>587</v>
+      </c>
+      <c r="F163" s="11" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="164" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A164" s="10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B164" s="10" t="s">
+        <v>461</v>
+      </c>
+      <c r="C164" s="10" t="s">
+        <v>632</v>
+      </c>
+      <c r="D164" s="10" t="s">
+        <v>633</v>
+      </c>
+      <c r="E164" s="10" t="s">
+        <v>634</v>
+      </c>
+      <c r="F164" s="11" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="165" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A165" s="10" t="s">
+        <v>636</v>
+      </c>
+      <c r="B165" s="10" t="s">
+        <v>637</v>
+      </c>
+      <c r="C165" s="10" t="s">
+        <v>638</v>
+      </c>
+      <c r="D165" s="10" t="s">
+        <v>639</v>
+      </c>
+      <c r="E165" s="10" t="s">
+        <v>640</v>
+      </c>
+      <c r="F165" s="11" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="166" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A166" s="10" t="s">
+        <v>636</v>
+      </c>
+      <c r="B166" s="10" t="s">
+        <v>637</v>
+      </c>
+      <c r="C166" s="10" t="s">
+        <v>642</v>
+      </c>
+      <c r="D166" s="10" t="s">
+        <v>643</v>
+      </c>
+      <c r="E166" s="10" t="s">
+        <v>644</v>
+      </c>
+      <c r="F166" s="11" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="167" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A167" s="10" t="s">
+        <v>636</v>
+      </c>
+      <c r="B167" s="10" t="s">
+        <v>637</v>
+      </c>
+      <c r="C167" s="10" t="s">
+        <v>646</v>
+      </c>
+      <c r="D167" s="10" t="s">
+        <v>647</v>
+      </c>
+      <c r="E167" s="10" t="s">
+        <v>648</v>
+      </c>
+      <c r="F167" s="12" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="168" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A168" s="10" t="s">
+        <v>636</v>
+      </c>
+      <c r="B168" s="10" t="s">
+        <v>637</v>
+      </c>
+      <c r="C168" s="10" t="s">
+        <v>650</v>
+      </c>
+      <c r="D168" s="10" t="s">
+        <v>651</v>
+      </c>
+      <c r="E168" s="10" t="s">
+        <v>652</v>
+      </c>
+      <c r="F168" s="12" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="169" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A169" s="10" t="s">
+        <v>636</v>
+      </c>
+      <c r="B169" s="10" t="s">
+        <v>637</v>
+      </c>
+      <c r="C169" s="10" t="s">
+        <v>654</v>
+      </c>
+      <c r="D169" s="10" t="s">
+        <v>655</v>
+      </c>
+      <c r="E169" s="10" t="s">
+        <v>656</v>
+      </c>
+      <c r="F169" s="11" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="170" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A170" s="10" t="s">
+        <v>636</v>
+      </c>
+      <c r="B170" s="10" t="s">
+        <v>637</v>
+      </c>
+      <c r="C170" s="10" t="s">
+        <v>658</v>
+      </c>
+      <c r="D170" s="10" t="s">
+        <v>659</v>
+      </c>
+      <c r="E170" s="10" t="s">
+        <v>660</v>
+      </c>
+      <c r="F170" s="11" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="171" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A171" s="10" t="s">
+        <v>636</v>
+      </c>
+      <c r="B171" s="10" t="s">
+        <v>637</v>
+      </c>
+      <c r="C171" s="10" t="s">
+        <v>662</v>
+      </c>
+      <c r="D171" s="10" t="s">
+        <v>663</v>
+      </c>
+      <c r="E171" s="10" t="s">
+        <v>664</v>
+      </c>
+      <c r="F171" s="12" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="172" spans="1:6" s="3" customFormat="1" ht="31" x14ac:dyDescent="0.35">
+      <c r="A172" s="10" t="s">
+        <v>636</v>
+      </c>
+      <c r="B172" s="10" t="s">
+        <v>637</v>
+      </c>
+      <c r="C172" s="10" t="s">
+        <v>666</v>
+      </c>
+      <c r="D172" s="10" t="s">
+        <v>667</v>
+      </c>
+      <c r="E172" s="10" t="s">
+        <v>668</v>
+      </c>
+      <c r="F172" s="12" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="173" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A173" s="10" t="s">
+        <v>636</v>
+      </c>
+      <c r="B173" s="10" t="s">
+        <v>637</v>
+      </c>
+      <c r="C173" s="10" t="s">
+        <v>670</v>
+      </c>
+      <c r="D173" s="10" t="s">
+        <v>671</v>
+      </c>
+      <c r="E173" s="10" t="s">
+        <v>672</v>
+      </c>
+      <c r="F173" s="12" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="174" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A174" s="10" t="s">
+        <v>636</v>
+      </c>
+      <c r="B174" s="10" t="s">
+        <v>637</v>
+      </c>
+      <c r="C174" s="10" t="s">
+        <v>674</v>
+      </c>
+      <c r="D174" s="10" t="s">
+        <v>675</v>
+      </c>
+      <c r="E174" s="10" t="s">
+        <v>676</v>
+      </c>
+      <c r="F174" s="11" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="175" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A175" s="10" t="s">
+        <v>636</v>
+      </c>
+      <c r="B175" s="10" t="s">
+        <v>637</v>
+      </c>
+      <c r="C175" s="10" t="s">
+        <v>678</v>
+      </c>
+      <c r="D175" s="10" t="s">
+        <v>679</v>
+      </c>
+      <c r="E175" s="10" t="s">
+        <v>680</v>
+      </c>
+      <c r="F175" s="11" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="176" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A176" s="10" t="s">
+        <v>636</v>
+      </c>
+      <c r="B176" s="10" t="s">
+        <v>637</v>
+      </c>
+      <c r="C176" s="10" t="s">
+        <v>682</v>
+      </c>
+      <c r="D176" s="10" t="s">
+        <v>683</v>
+      </c>
+      <c r="E176" s="10" t="s">
+        <v>684</v>
+      </c>
+      <c r="F176" s="12" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="177" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A177" s="10" t="s">
+        <v>636</v>
+      </c>
+      <c r="B177" s="10" t="s">
+        <v>637</v>
+      </c>
+      <c r="C177" s="10" t="s">
+        <v>686</v>
+      </c>
+      <c r="D177" s="10" t="s">
+        <v>687</v>
+      </c>
+      <c r="E177" s="10" t="s">
+        <v>688</v>
+      </c>
+      <c r="F177" s="12" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="178" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A178" s="10" t="s">
+        <v>636</v>
+      </c>
+      <c r="B178" s="10" t="s">
+        <v>637</v>
+      </c>
+      <c r="C178" s="10" t="s">
+        <v>690</v>
+      </c>
+      <c r="D178" s="10" t="s">
+        <v>691</v>
+      </c>
+      <c r="E178" s="10" t="s">
+        <v>692</v>
+      </c>
+      <c r="F178" s="11" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="179" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A179" s="10" t="s">
+        <v>636</v>
+      </c>
+      <c r="B179" s="10" t="s">
+        <v>637</v>
+      </c>
+      <c r="C179" s="10" t="s">
+        <v>694</v>
+      </c>
+      <c r="D179" s="10" t="s">
+        <v>695</v>
+      </c>
+      <c r="E179" s="10" t="s">
+        <v>696</v>
+      </c>
+      <c r="F179" s="11" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="180" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A180" s="10" t="s">
+        <v>636</v>
+      </c>
+      <c r="B180" s="10" t="s">
+        <v>637</v>
+      </c>
+      <c r="C180" s="10" t="s">
+        <v>698</v>
+      </c>
+      <c r="D180" s="10" t="s">
+        <v>699</v>
+      </c>
+      <c r="E180" s="10" t="s">
+        <v>700</v>
+      </c>
+      <c r="F180" s="11" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="181" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A181" s="10" t="s">
+        <v>636</v>
+      </c>
+      <c r="B181" s="10" t="s">
+        <v>637</v>
+      </c>
+      <c r="C181" s="10" t="s">
+        <v>702</v>
+      </c>
+      <c r="D181" s="10" t="s">
+        <v>703</v>
+      </c>
+      <c r="E181" s="10" t="s">
+        <v>704</v>
+      </c>
+      <c r="F181" s="11" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="182" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A182" s="10" t="s">
+        <v>706</v>
+      </c>
+      <c r="B182" s="10" t="s">
+        <v>707</v>
+      </c>
+      <c r="C182" s="10" t="s">
+        <v>708</v>
+      </c>
+      <c r="D182" s="10" t="s">
+        <v>709</v>
+      </c>
+      <c r="E182" s="10" t="s">
+        <v>710</v>
+      </c>
+      <c r="F182" s="11" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="183" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A183" s="10" t="s">
+        <v>706</v>
+      </c>
+      <c r="B183" s="10" t="s">
+        <v>707</v>
+      </c>
+      <c r="C183" s="10" t="s">
+        <v>712</v>
+      </c>
+      <c r="D183" s="10" t="s">
+        <v>499</v>
+      </c>
+      <c r="E183" s="10" t="s">
+        <v>500</v>
+      </c>
+      <c r="F183" s="11" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="184" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A184" s="10" t="s">
+        <v>706</v>
+      </c>
+      <c r="B184" s="10" t="s">
+        <v>707</v>
+      </c>
+      <c r="C184" s="10" t="s">
+        <v>714</v>
+      </c>
+      <c r="D184" s="10" t="s">
+        <v>715</v>
+      </c>
+      <c r="E184" s="10" t="s">
+        <v>716</v>
+      </c>
+      <c r="F184" s="11" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="185" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A185" s="10" t="s">
+        <v>706</v>
+      </c>
+      <c r="B185" s="10" t="s">
+        <v>707</v>
+      </c>
+      <c r="C185" s="10" t="s">
+        <v>718</v>
+      </c>
+      <c r="D185" s="10" t="s">
+        <v>719</v>
+      </c>
+      <c r="E185" s="10" t="s">
+        <v>720</v>
+      </c>
+      <c r="F185" s="11" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="186" spans="1:6" s="4" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A186" s="10" t="s">
+        <v>706</v>
+      </c>
+      <c r="B186" s="10" t="s">
+        <v>707</v>
+      </c>
+      <c r="C186" s="10" t="s">
+        <v>722</v>
+      </c>
+      <c r="D186" s="10" t="s">
+        <v>723</v>
+      </c>
+      <c r="E186" s="10" t="s">
+        <v>724</v>
+      </c>
+      <c r="F186" s="11" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="187" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A187" s="19" t="s">
+        <v>706</v>
+      </c>
+      <c r="B187" s="19" t="s">
+        <v>707</v>
+      </c>
+      <c r="C187" s="19" t="s">
+        <v>726</v>
+      </c>
+      <c r="D187" s="46" t="s">
+        <v>727</v>
+      </c>
+      <c r="E187" s="47" t="s">
+        <v>728</v>
+      </c>
+      <c r="F187" s="48" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="188" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A188" s="10" t="s">
+        <v>706</v>
+      </c>
+      <c r="B188" s="10" t="s">
+        <v>707</v>
+      </c>
+      <c r="C188" s="10" t="s">
+        <v>730</v>
+      </c>
+      <c r="D188" s="10" t="s">
+        <v>731</v>
+      </c>
+      <c r="E188" s="10" t="s">
+        <v>732</v>
+      </c>
+      <c r="F188" s="11" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="189" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A189" s="10" t="s">
+        <v>706</v>
+      </c>
+      <c r="B189" s="10" t="s">
+        <v>707</v>
+      </c>
+      <c r="C189" s="10" t="s">
+        <v>734</v>
+      </c>
+      <c r="D189" s="10" t="s">
+        <v>735</v>
+      </c>
+      <c r="E189" s="10" t="s">
+        <v>736</v>
+      </c>
+      <c r="F189" s="11" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="190" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A190" s="10" t="s">
+        <v>706</v>
+      </c>
+      <c r="B190" s="10" t="s">
+        <v>707</v>
+      </c>
+      <c r="C190" s="10" t="s">
+        <v>738</v>
+      </c>
+      <c r="D190" s="10" t="s">
+        <v>739</v>
+      </c>
+      <c r="E190" s="10" t="s">
+        <v>740</v>
+      </c>
+      <c r="F190" s="11" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="191" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A191" s="10" t="s">
+        <v>706</v>
+      </c>
+      <c r="B191" s="10" t="s">
+        <v>707</v>
+      </c>
+      <c r="C191" s="10" t="s">
+        <v>742</v>
+      </c>
+      <c r="D191" s="10" t="s">
+        <v>743</v>
+      </c>
+      <c r="E191" s="10" t="s">
+        <v>744</v>
+      </c>
+      <c r="F191" s="11" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="192" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A192" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B192" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C192" s="10" t="s">
+        <v>748</v>
+      </c>
+      <c r="D192" s="10" t="s">
+        <v>749</v>
+      </c>
+      <c r="E192" s="10" t="s">
+        <v>750</v>
+      </c>
+      <c r="F192" s="11" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="193" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A193" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B193" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C193" s="10" t="s">
+        <v>752</v>
+      </c>
+      <c r="D193" s="10" t="s">
+        <v>753</v>
+      </c>
+      <c r="E193" s="10" t="s">
+        <v>754</v>
+      </c>
+      <c r="F193" s="11" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="194" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A194" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B194" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C194" s="10" t="s">
+        <v>756</v>
+      </c>
+      <c r="D194" s="10" t="s">
+        <v>757</v>
+      </c>
+      <c r="E194" s="10" t="s">
+        <v>758</v>
+      </c>
+      <c r="F194" s="11" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="195" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A195" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B195" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C195" s="10" t="s">
+        <v>760</v>
+      </c>
+      <c r="D195" s="10" t="s">
+        <v>761</v>
+      </c>
+      <c r="E195" s="10" t="s">
+        <v>762</v>
+      </c>
+      <c r="F195" s="11" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="196" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A196" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B196" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C196" s="10" t="s">
+        <v>764</v>
+      </c>
+      <c r="D196" s="10" t="s">
+        <v>765</v>
+      </c>
+      <c r="E196" s="10" t="s">
+        <v>766</v>
+      </c>
+      <c r="F196" s="11" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="197" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A197" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B197" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C197" s="10" t="s">
+        <v>768</v>
+      </c>
+      <c r="D197" s="10" t="s">
+        <v>769</v>
+      </c>
+      <c r="E197" s="10" t="s">
+        <v>770</v>
+      </c>
+      <c r="F197" s="11" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="198" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A198" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B198" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C198" s="10" t="s">
+        <v>772</v>
+      </c>
+      <c r="D198" s="10" t="s">
+        <v>773</v>
+      </c>
+      <c r="E198" s="10" t="s">
+        <v>774</v>
+      </c>
+      <c r="F198" s="11" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="199" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A199" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B199" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C199" s="10" t="s">
+        <v>776</v>
+      </c>
+      <c r="D199" s="10" t="s">
+        <v>777</v>
+      </c>
+      <c r="E199" s="10" t="s">
+        <v>778</v>
+      </c>
+      <c r="F199" s="11" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="200" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A200" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B200" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C200" s="10" t="s">
+        <v>780</v>
+      </c>
+      <c r="D200" s="10" t="s">
+        <v>781</v>
+      </c>
+      <c r="E200" s="10" t="s">
+        <v>782</v>
+      </c>
+      <c r="F200" s="11" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="201" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A201" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B201" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C201" s="10" t="s">
+        <v>784</v>
+      </c>
+      <c r="D201" s="10" t="s">
+        <v>785</v>
+      </c>
+      <c r="E201" s="10" t="s">
+        <v>786</v>
+      </c>
+      <c r="F201" s="11" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="202" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A202" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B202" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C202" s="10" t="s">
+        <v>788</v>
+      </c>
+      <c r="D202" s="10" t="s">
+        <v>789</v>
+      </c>
+      <c r="E202" s="10" t="s">
+        <v>790</v>
+      </c>
+      <c r="F202" s="11" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="203" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A203" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B203" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C203" s="10" t="s">
+        <v>792</v>
+      </c>
+      <c r="D203" s="10" t="s">
+        <v>793</v>
+      </c>
+      <c r="E203" s="10" t="s">
+        <v>794</v>
+      </c>
+      <c r="F203" s="11" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="204" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A204" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B204" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C204" s="10" t="s">
+        <v>796</v>
+      </c>
+      <c r="D204" s="10" t="s">
+        <v>797</v>
+      </c>
+      <c r="E204" s="10" t="s">
+        <v>798</v>
+      </c>
+      <c r="F204" s="11" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="205" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A205" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B205" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C205" s="10" t="s">
+        <v>800</v>
+      </c>
+      <c r="D205" s="10" t="s">
+        <v>801</v>
+      </c>
+      <c r="E205" s="10" t="s">
+        <v>802</v>
+      </c>
+      <c r="F205" s="11" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="206" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A206" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B206" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C206" s="10" t="s">
+        <v>804</v>
+      </c>
+      <c r="D206" s="10" t="s">
+        <v>805</v>
+      </c>
+      <c r="E206" s="10" t="s">
+        <v>806</v>
+      </c>
+      <c r="F206" s="11" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="207" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A207" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B207" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C207" s="10" t="s">
+        <v>808</v>
+      </c>
+      <c r="D207" s="10" t="s">
+        <v>809</v>
+      </c>
+      <c r="E207" s="10" t="s">
+        <v>810</v>
+      </c>
+      <c r="F207" s="11" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="208" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A208" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B208" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C208" s="10" t="s">
+        <v>812</v>
+      </c>
+      <c r="D208" s="10" t="s">
+        <v>813</v>
+      </c>
+      <c r="E208" s="10" t="s">
+        <v>814</v>
+      </c>
+      <c r="F208" s="11" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="209" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A209" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B209" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C209" s="10" t="s">
+        <v>816</v>
+      </c>
+      <c r="D209" s="10" t="s">
+        <v>817</v>
+      </c>
+      <c r="E209" s="10" t="s">
+        <v>818</v>
+      </c>
+      <c r="F209" s="11" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="210" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A210" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B210" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C210" s="10" t="s">
+        <v>820</v>
+      </c>
+      <c r="D210" s="10" t="s">
+        <v>821</v>
+      </c>
+      <c r="E210" s="10" t="s">
+        <v>822</v>
+      </c>
+      <c r="F210" s="11" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="211" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A211" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B211" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C211" s="10" t="s">
+        <v>824</v>
+      </c>
+      <c r="D211" s="10" t="s">
+        <v>825</v>
+      </c>
+      <c r="E211" s="10" t="s">
+        <v>826</v>
+      </c>
+      <c r="F211" s="11" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="212" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A212" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B212" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C212" s="10" t="s">
+        <v>828</v>
+      </c>
+      <c r="D212" s="10" t="s">
+        <v>829</v>
+      </c>
+      <c r="E212" s="10" t="s">
+        <v>830</v>
+      </c>
+      <c r="F212" s="11" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="213" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A213" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B213" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C213" s="10" t="s">
+        <v>832</v>
+      </c>
+      <c r="D213" s="10" t="s">
+        <v>833</v>
+      </c>
+      <c r="E213" s="10" t="s">
+        <v>834</v>
+      </c>
+      <c r="F213" s="11" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="214" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A214" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B214" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C214" s="10" t="s">
+        <v>836</v>
+      </c>
+      <c r="D214" s="10" t="s">
+        <v>837</v>
+      </c>
+      <c r="E214" s="10" t="s">
+        <v>838</v>
+      </c>
+      <c r="F214" s="11" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="215" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A215" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B215" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C215" s="10" t="s">
+        <v>840</v>
+      </c>
+      <c r="D215" s="10" t="s">
+        <v>841</v>
+      </c>
+      <c r="E215" s="10" t="s">
+        <v>842</v>
+      </c>
+      <c r="F215" s="11" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="216" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A216" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B216" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C216" s="10" t="s">
+        <v>844</v>
+      </c>
+      <c r="D216" s="10" t="s">
+        <v>845</v>
+      </c>
+      <c r="E216" s="10" t="s">
+        <v>846</v>
+      </c>
+      <c r="F216" s="11" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="217" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A217" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B217" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C217" s="10" t="s">
+        <v>848</v>
+      </c>
+      <c r="D217" s="10" t="s">
+        <v>849</v>
+      </c>
+      <c r="E217" s="10" t="s">
+        <v>850</v>
+      </c>
+      <c r="F217" s="11" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="218" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A218" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B218" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C218" s="10" t="s">
+        <v>852</v>
+      </c>
+      <c r="D218" s="10" t="s">
+        <v>853</v>
+      </c>
+      <c r="E218" s="10" t="s">
+        <v>547</v>
+      </c>
+      <c r="F218" s="11" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="219" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A219" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B219" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C219" s="10" t="s">
+        <v>854</v>
+      </c>
+      <c r="D219" s="10" t="s">
+        <v>855</v>
+      </c>
+      <c r="E219" s="10" t="s">
+        <v>856</v>
+      </c>
+      <c r="F219" s="11" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="220" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A220" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B220" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C220" s="10" t="s">
+        <v>858</v>
+      </c>
+      <c r="D220" s="10" t="s">
+        <v>859</v>
+      </c>
+      <c r="E220" s="10" t="s">
+        <v>860</v>
+      </c>
+      <c r="F220" s="11" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="221" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A221" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B221" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C221" s="10" t="s">
+        <v>862</v>
+      </c>
+      <c r="D221" s="10" t="s">
+        <v>863</v>
+      </c>
+      <c r="E221" s="10" t="s">
+        <v>864</v>
+      </c>
+      <c r="F221" s="11" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="222" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A222" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B222" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C222" s="10" t="s">
+        <v>866</v>
+      </c>
+      <c r="D222" s="10" t="s">
+        <v>867</v>
+      </c>
+      <c r="E222" s="10" t="s">
+        <v>868</v>
+      </c>
+      <c r="F222" s="11" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="223" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A223" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B223" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C223" s="10" t="s">
+        <v>870</v>
+      </c>
+      <c r="D223" s="10" t="s">
+        <v>871</v>
+      </c>
+      <c r="E223" s="10" t="s">
+        <v>872</v>
+      </c>
+      <c r="F223" s="11" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="224" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A224" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B224" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C224" s="10" t="s">
+        <v>874</v>
+      </c>
+      <c r="D224" s="10" t="s">
+        <v>875</v>
+      </c>
+      <c r="E224" s="10" t="s">
+        <v>876</v>
+      </c>
+      <c r="F224" s="11" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="225" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A225" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B225" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C225" s="10" t="s">
+        <v>878</v>
+      </c>
+      <c r="D225" s="10" t="s">
+        <v>879</v>
+      </c>
+      <c r="E225" s="10" t="s">
+        <v>880</v>
+      </c>
+      <c r="F225" s="11" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="226" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A226" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B226" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C226" s="10" t="s">
+        <v>882</v>
+      </c>
+      <c r="D226" s="10" t="s">
+        <v>883</v>
+      </c>
+      <c r="E226" s="10" t="s">
+        <v>884</v>
+      </c>
+      <c r="F226" s="11" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="227" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A227" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B227" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C227" s="10" t="s">
+        <v>886</v>
+      </c>
+      <c r="D227" s="10" t="s">
+        <v>887</v>
+      </c>
+      <c r="E227" s="10" t="s">
+        <v>888</v>
+      </c>
+      <c r="F227" s="11" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="228" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A228" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B228" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C228" s="10" t="s">
+        <v>890</v>
+      </c>
+      <c r="D228" s="10" t="s">
+        <v>891</v>
+      </c>
+      <c r="E228" s="10" t="s">
+        <v>892</v>
+      </c>
+      <c r="F228" s="11" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="229" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A229" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B229" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C229" s="10" t="s">
+        <v>894</v>
+      </c>
+      <c r="D229" s="10" t="s">
+        <v>895</v>
+      </c>
+      <c r="E229" s="10" t="s">
+        <v>896</v>
+      </c>
+      <c r="F229" s="11" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="230" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A230" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B230" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C230" s="10" t="s">
+        <v>898</v>
+      </c>
+      <c r="D230" s="10" t="s">
+        <v>899</v>
+      </c>
+      <c r="E230" s="10" t="s">
+        <v>900</v>
+      </c>
+      <c r="F230" s="11" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="231" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A231" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B231" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C231" s="10" t="s">
+        <v>902</v>
+      </c>
+      <c r="D231" s="10" t="s">
+        <v>903</v>
+      </c>
+      <c r="E231" s="10" t="s">
+        <v>904</v>
+      </c>
+      <c r="F231" s="11" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="232" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A232" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B232" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C232" s="10" t="s">
+        <v>906</v>
+      </c>
+      <c r="D232" s="10" t="s">
+        <v>907</v>
+      </c>
+      <c r="E232" s="10" t="s">
+        <v>868</v>
+      </c>
+      <c r="F232" s="11" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="233" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A233" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B233" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C233" s="10" t="s">
+        <v>909</v>
+      </c>
+      <c r="D233" s="10" t="s">
+        <v>910</v>
+      </c>
+      <c r="E233" s="10" t="s">
+        <v>911</v>
+      </c>
+      <c r="F233" s="11" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="234" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A234" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B234" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C234" s="10" t="s">
+        <v>913</v>
+      </c>
+      <c r="D234" s="10" t="s">
+        <v>914</v>
+      </c>
+      <c r="E234" s="10" t="s">
+        <v>915</v>
+      </c>
+      <c r="F234" s="11" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="235" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A235" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B235" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C235" s="10" t="s">
+        <v>917</v>
+      </c>
+      <c r="D235" s="10" t="s">
+        <v>918</v>
+      </c>
+      <c r="E235" s="10" t="s">
+        <v>919</v>
+      </c>
+      <c r="F235" s="11" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="236" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A236" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B236" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C236" s="10" t="s">
+        <v>921</v>
+      </c>
+      <c r="D236" s="10" t="s">
+        <v>922</v>
+      </c>
+      <c r="E236" s="10" t="s">
+        <v>923</v>
+      </c>
+      <c r="F236" s="11" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="237" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A237" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B237" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C237" s="10" t="s">
+        <v>925</v>
+      </c>
+      <c r="D237" s="10" t="s">
+        <v>926</v>
+      </c>
+      <c r="E237" s="10" t="s">
+        <v>927</v>
+      </c>
+      <c r="F237" s="11" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="238" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A238" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B238" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C238" s="10" t="s">
+        <v>929</v>
+      </c>
+      <c r="D238" s="10" t="s">
+        <v>930</v>
+      </c>
+      <c r="E238" s="10" t="s">
+        <v>931</v>
+      </c>
+      <c r="F238" s="11" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="239" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A239" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B239" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C239" s="10" t="s">
+        <v>933</v>
+      </c>
+      <c r="D239" s="10" t="s">
+        <v>934</v>
+      </c>
+      <c r="E239" s="10" t="s">
+        <v>935</v>
+      </c>
+      <c r="F239" s="11" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="240" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A240" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B240" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C240" s="10" t="s">
+        <v>937</v>
+      </c>
+      <c r="D240" s="10" t="s">
+        <v>757</v>
+      </c>
+      <c r="E240" s="10" t="s">
+        <v>758</v>
+      </c>
+      <c r="F240" s="11" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="241" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A241" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B241" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C241" s="10" t="s">
+        <v>939</v>
+      </c>
+      <c r="D241" s="10" t="s">
+        <v>940</v>
+      </c>
+      <c r="E241" s="10" t="s">
+        <v>941</v>
+      </c>
+      <c r="F241" s="11" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="242" spans="1:6" s="3" customFormat="1" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A242" s="10" t="s">
+        <v>746</v>
+      </c>
+      <c r="B242" s="10" t="s">
+        <v>747</v>
+      </c>
+      <c r="C242" s="10" t="s">
+        <v>943</v>
+      </c>
+      <c r="D242" s="10" t="s">
+        <v>944</v>
+      </c>
+      <c r="E242" s="10" t="s">
+        <v>945</v>
+      </c>
+      <c r="F242" s="11" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="243" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A243" s="10" t="s">
+        <v>947</v>
+      </c>
+      <c r="B243" s="10" t="s">
+        <v>948</v>
+      </c>
+      <c r="C243" s="10" t="s">
+        <v>949</v>
+      </c>
+      <c r="D243" s="10" t="s">
+        <v>950</v>
+      </c>
+      <c r="E243" s="33" t="s">
+        <v>951</v>
+      </c>
+      <c r="F243" s="37" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="244" spans="1:6" s="3" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A244" s="10" t="s">
+        <v>947</v>
+      </c>
+      <c r="B244" s="10" t="s">
+        <v>948</v>
+      </c>
+      <c r="C244" s="10" t="s">
+        <v>953</v>
+      </c>
+      <c r="D244" s="33" t="s">
+        <v>954</v>
+      </c>
+      <c r="E244" s="33" t="s">
+        <v>955</v>
+      </c>
+      <c r="F244" s="37" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="245" spans="1:6" s="3" customFormat="1" ht="16" x14ac:dyDescent="0.4">
+      <c r="A245" s="10" t="s">
+        <v>947</v>
+      </c>
+      <c r="B245" s="10" t="s">
+        <v>948</v>
+      </c>
+      <c r="C245" s="10" t="s">
+        <v>957</v>
+      </c>
+      <c r="D245" s="33" t="s">
+        <v>958</v>
+      </c>
+      <c r="E245" s="38" t="s">
+        <v>959</v>
+      </c>
+      <c r="F245" s="37" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="246" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A246" s="10" t="s">
+        <v>947</v>
+      </c>
+      <c r="B246" s="10" t="s">
+        <v>948</v>
+      </c>
+      <c r="C246" s="10" t="s">
+        <v>961</v>
+      </c>
+      <c r="D246" s="10" t="s">
+        <v>962</v>
+      </c>
+      <c r="E246" s="10" t="s">
+        <v>963</v>
+      </c>
+      <c r="F246" s="11" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="247" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A247" s="10" t="s">
+        <v>947</v>
+      </c>
+      <c r="B247" s="10" t="s">
+        <v>948</v>
+      </c>
+      <c r="C247" s="10" t="s">
+        <v>965</v>
+      </c>
+      <c r="D247" s="10" t="s">
+        <v>966</v>
+      </c>
+      <c r="E247" s="10" t="s">
+        <v>967</v>
+      </c>
+      <c r="F247" s="12" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="248" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A248" s="10" t="s">
+        <v>947</v>
+      </c>
+      <c r="B248" s="10" t="s">
+        <v>948</v>
+      </c>
+      <c r="C248" s="10" t="s">
+        <v>969</v>
+      </c>
+      <c r="D248" s="10" t="s">
+        <v>970</v>
+      </c>
+      <c r="E248" s="10" t="s">
+        <v>971</v>
+      </c>
+      <c r="F248" s="11" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="249" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A249" s="10" t="s">
+        <v>947</v>
+      </c>
+      <c r="B249" s="10" t="s">
+        <v>948</v>
+      </c>
+      <c r="C249" s="10" t="s">
+        <v>973</v>
+      </c>
+      <c r="D249" s="33" t="s">
+        <v>974</v>
+      </c>
+      <c r="E249" s="10" t="s">
+        <v>975</v>
+      </c>
+      <c r="F249" s="37" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="250" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A250" s="10" t="s">
+        <v>947</v>
+      </c>
+      <c r="B250" s="10" t="s">
+        <v>948</v>
+      </c>
+      <c r="C250" s="10" t="s">
+        <v>977</v>
+      </c>
+      <c r="D250" s="10" t="s">
+        <v>978</v>
+      </c>
+      <c r="E250" s="10" t="s">
+        <v>979</v>
+      </c>
+      <c r="F250" s="12" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="251" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A251" s="10" t="s">
+        <v>981</v>
+      </c>
+      <c r="B251" s="10" t="s">
+        <v>982</v>
+      </c>
+      <c r="C251" s="16" t="s">
+        <v>983</v>
+      </c>
+      <c r="D251" s="16" t="s">
+        <v>984</v>
+      </c>
+      <c r="E251" s="10" t="s">
+        <v>985</v>
+      </c>
+      <c r="F251" s="11" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="252" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A252" s="10" t="s">
+        <v>981</v>
+      </c>
+      <c r="B252" s="10" t="s">
+        <v>982</v>
+      </c>
+      <c r="C252" s="10" t="s">
+        <v>987</v>
+      </c>
+      <c r="D252" s="16" t="s">
+        <v>988</v>
+      </c>
+      <c r="E252" s="10" t="s">
+        <v>989</v>
+      </c>
+      <c r="F252" s="17" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="253" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A253" s="10" t="s">
+        <v>981</v>
+      </c>
+      <c r="B253" s="10" t="s">
+        <v>982</v>
+      </c>
+      <c r="C253" s="16" t="s">
+        <v>991</v>
+      </c>
+      <c r="D253" s="16" t="s">
+        <v>992</v>
+      </c>
+      <c r="E253" s="10" t="s">
+        <v>993</v>
+      </c>
+      <c r="F253" s="11" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="254" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A254" s="13" t="s">
+        <v>981</v>
+      </c>
+      <c r="B254" s="10" t="s">
+        <v>982</v>
+      </c>
+      <c r="C254" s="16" t="s">
+        <v>995</v>
+      </c>
+      <c r="D254" s="16" t="s">
+        <v>996</v>
+      </c>
+      <c r="E254" s="10" t="s">
+        <v>997</v>
+      </c>
+      <c r="F254" s="11" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="255" spans="1:6" s="3" customFormat="1" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A255" s="10" t="s">
+        <v>981</v>
+      </c>
+      <c r="B255" s="10" t="s">
+        <v>982</v>
+      </c>
+      <c r="C255" s="16" t="s">
+        <v>999</v>
+      </c>
+      <c r="D255" s="16" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E255" s="10" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F255" s="11" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="256" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A256" s="13" t="s">
+        <v>981</v>
+      </c>
+      <c r="B256" s="10" t="s">
+        <v>982</v>
+      </c>
+      <c r="C256" s="16" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D256" s="16" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E256" s="10" t="s">
+        <v>732</v>
+      </c>
+      <c r="F256" s="11" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="257" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A257" s="13" t="s">
+        <v>981</v>
+      </c>
+      <c r="B257" s="10" t="s">
+        <v>982</v>
+      </c>
+      <c r="C257" s="16" t="s">
+        <v>1006</v>
+      </c>
+      <c r="D257" s="16" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E257" s="10" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F257" s="17" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="258" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A258" s="13" t="s">
+        <v>981</v>
+      </c>
+      <c r="B258" s="10" t="s">
+        <v>982</v>
+      </c>
+      <c r="C258" s="16" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D258" s="16" t="s">
+        <v>1011</v>
+      </c>
+      <c r="E258" s="10" t="s">
+        <v>1012</v>
+      </c>
+      <c r="F258" s="11" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="259" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A259" s="13" t="s">
+        <v>981</v>
+      </c>
+      <c r="B259" s="10" t="s">
+        <v>982</v>
+      </c>
+      <c r="C259" s="16" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D259" s="16" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E259" s="10" t="s">
+        <v>1016</v>
+      </c>
+      <c r="F259" s="17" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="260" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A260" s="13" t="s">
+        <v>981</v>
+      </c>
+      <c r="B260" s="10" t="s">
+        <v>982</v>
+      </c>
+      <c r="C260" s="16" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D260" s="16" t="s">
+        <v>1019</v>
+      </c>
+      <c r="E260" s="10" t="s">
+        <v>1020</v>
+      </c>
+      <c r="F260" s="11" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="261" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A261" s="13" t="s">
+        <v>981</v>
+      </c>
+      <c r="B261" s="10" t="s">
+        <v>982</v>
+      </c>
+      <c r="C261" s="16" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D261" s="16" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E261" s="10" t="s">
+        <v>1024</v>
+      </c>
+      <c r="F261" s="17" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="262" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A262" s="13" t="s">
+        <v>981</v>
+      </c>
+      <c r="B262" s="10" t="s">
+        <v>982</v>
+      </c>
+      <c r="C262" s="16" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D262" s="16" t="s">
+        <v>1027</v>
+      </c>
+      <c r="E262" s="10" t="s">
+        <v>1028</v>
+      </c>
+      <c r="F262" s="11" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="263" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A263" s="13" t="s">
+        <v>981</v>
+      </c>
+      <c r="B263" s="10" t="s">
+        <v>982</v>
+      </c>
+      <c r="C263" s="16" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D263" s="16" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E263" s="10" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F263" s="17" t="s">
+        <v>1033</v>
+      </c>
+    </row>
+    <row r="264" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A264" s="13" t="s">
+        <v>981</v>
+      </c>
+      <c r="B264" s="10" t="s">
+        <v>982</v>
+      </c>
+      <c r="C264" s="16" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D264" s="16" t="s">
+        <v>1035</v>
+      </c>
+      <c r="E264" s="10" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F264" s="11" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="265" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A265" s="13" t="s">
+        <v>981</v>
+      </c>
+      <c r="B265" s="10" t="s">
+        <v>982</v>
+      </c>
+      <c r="C265" s="16" t="s">
+        <v>742</v>
+      </c>
+      <c r="D265" s="16" t="s">
+        <v>743</v>
+      </c>
+      <c r="E265" s="10" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F265" s="11" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="266" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A266" s="13" t="s">
+        <v>981</v>
+      </c>
+      <c r="B266" s="10" t="s">
+        <v>982</v>
+      </c>
+      <c r="C266" s="16" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D266" s="16" t="s">
+        <v>1041</v>
+      </c>
+      <c r="E266" s="10" t="s">
+        <v>1042</v>
+      </c>
+      <c r="F266" s="11" t="s">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="267" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A267" s="13" t="s">
+        <v>981</v>
+      </c>
+      <c r="B267" s="10" t="s">
+        <v>982</v>
+      </c>
+      <c r="C267" s="16" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D267" s="16" t="s">
+        <v>1045</v>
+      </c>
+      <c r="E267" s="10" t="s">
+        <v>1046</v>
+      </c>
+      <c r="F267" s="11" t="s">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="268" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A268" s="13" t="s">
+        <v>981</v>
+      </c>
+      <c r="B268" s="10" t="s">
+        <v>982</v>
+      </c>
+      <c r="C268" s="16" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D268" s="16" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E268" s="10" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F268" s="11" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="269" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A269" s="13" t="s">
+        <v>981</v>
+      </c>
+      <c r="B269" s="10" t="s">
+        <v>982</v>
+      </c>
+      <c r="C269" s="16" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D269" s="16" t="s">
+        <v>1053</v>
+      </c>
+      <c r="E269" s="10" t="s">
+        <v>1054</v>
+      </c>
+      <c r="F269" s="17" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="270" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A270" s="13" t="s">
+        <v>981</v>
+      </c>
+      <c r="B270" s="10" t="s">
+        <v>982</v>
+      </c>
+      <c r="C270" s="16" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D270" s="16" t="s">
+        <v>1057</v>
+      </c>
+      <c r="E270" s="10" t="s">
+        <v>1058</v>
+      </c>
+      <c r="F270" s="11" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="271" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A271" s="13" t="s">
+        <v>981</v>
+      </c>
+      <c r="B271" s="10" t="s">
+        <v>982</v>
+      </c>
+      <c r="C271" s="16" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D271" s="16" t="s">
+        <v>1061</v>
+      </c>
+      <c r="E271" s="10" t="s">
+        <v>1062</v>
+      </c>
+      <c r="F271" s="17" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="272" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A272" s="13" t="s">
+        <v>981</v>
+      </c>
+      <c r="B272" s="10" t="s">
+        <v>982</v>
+      </c>
+      <c r="C272" s="16" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D272" s="16" t="s">
+        <v>1065</v>
+      </c>
+      <c r="E272" s="10" t="s">
+        <v>1066</v>
+      </c>
+      <c r="F272" s="11" t="s">
+        <v>1067</v>
+      </c>
+    </row>
+    <row r="273" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A273" s="13" t="s">
+        <v>981</v>
+      </c>
+      <c r="B273" s="10" t="s">
+        <v>982</v>
+      </c>
+      <c r="C273" s="10" t="s">
+        <v>1068</v>
+      </c>
+      <c r="D273" s="16" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E273" s="10" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F273" s="11" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="274" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A274" s="13" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B274" s="10" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C274" s="10" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D274" s="10" t="s">
+        <v>1075</v>
+      </c>
+      <c r="E274" s="10" t="s">
+        <v>1076</v>
+      </c>
+      <c r="F274" s="12" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="275" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A275" s="13" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B275" s="10" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C275" s="10" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D275" s="39" t="s">
+        <v>1079</v>
+      </c>
+      <c r="E275" s="33" t="s">
+        <v>1080</v>
+      </c>
+      <c r="F275" s="37" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="276" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A276" s="13" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B276" s="10" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C276" s="10" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D276" s="33" t="s">
+        <v>1083</v>
+      </c>
+      <c r="E276" s="33" t="s">
+        <v>1084</v>
+      </c>
+      <c r="F276" s="37" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="277" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A277" s="10" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B277" s="10" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C277" s="10" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D277" s="10" t="s">
+        <v>1089</v>
+      </c>
+      <c r="E277" s="10" t="s">
+        <v>1090</v>
+      </c>
+      <c r="F277" s="11" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="278" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A278" s="10" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B278" s="10" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C278" s="10" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D278" s="10" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E278" s="10" t="s">
+        <v>1094</v>
+      </c>
+      <c r="F278" s="11" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="279" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A279" s="10" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B279" s="10" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C279" s="10" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D279" s="10" t="s">
+        <v>1097</v>
+      </c>
+      <c r="E279" s="10" t="s">
+        <v>1098</v>
+      </c>
+      <c r="F279" s="11" t="s">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="280" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A280" s="10" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B280" s="10" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C280" s="10" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D280" s="10" t="s">
+        <v>1101</v>
+      </c>
+      <c r="E280" s="10" t="s">
+        <v>1102</v>
+      </c>
+      <c r="F280" s="11" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="281" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A281" s="10" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B281" s="10" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C281" s="10" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D281" s="10" t="s">
+        <v>1105</v>
+      </c>
+      <c r="E281" s="10" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F281" s="11" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="282" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A282" s="10" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B282" s="10" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C282" s="10" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D282" s="10" t="s">
+        <v>1109</v>
+      </c>
+      <c r="E282" s="10" t="s">
+        <v>1110</v>
+      </c>
+      <c r="F282" s="11" t="s">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="283" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A283" s="10" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B283" s="10" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C283" s="10" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D283" s="10" t="s">
+        <v>1113</v>
+      </c>
+      <c r="E283" s="10" t="s">
+        <v>1114</v>
+      </c>
+      <c r="F283" s="11" t="s">
+        <v>1115</v>
+      </c>
+    </row>
+    <row r="284" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A284" s="10" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B284" s="10" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C284" s="10" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D284" s="10" t="s">
+        <v>1117</v>
+      </c>
+      <c r="E284" s="10" t="s">
+        <v>1118</v>
+      </c>
+      <c r="F284" s="11" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="285" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A285" s="10" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B285" s="10" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C285" s="10" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D285" s="10" t="s">
+        <v>1121</v>
+      </c>
+      <c r="E285" s="10" t="s">
+        <v>1122</v>
+      </c>
+      <c r="F285" s="11" t="s">
+        <v>1123</v>
+      </c>
+    </row>
+    <row r="286" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A286" s="10" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B286" s="10" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C286" s="10" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D286" s="10" t="s">
+        <v>1125</v>
+      </c>
+      <c r="E286" s="10" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F286" s="11" t="s">
+        <v>1127</v>
+      </c>
+    </row>
+    <row r="287" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A287" s="10" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B287" s="10" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C287" s="10" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D287" s="10" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E287" s="10" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F287" s="11" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="288" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A288" s="10" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B288" s="10" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C288" s="10" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D288" s="10" t="s">
+        <v>1133</v>
+      </c>
+      <c r="E288" s="10" t="s">
+        <v>1134</v>
+      </c>
+      <c r="F288" s="11" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="289" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A289" s="10" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B289" s="10" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C289" s="10" t="s">
+        <v>804</v>
+      </c>
+      <c r="D289" s="10" t="s">
+        <v>805</v>
+      </c>
+      <c r="E289" s="10" t="s">
+        <v>1136</v>
+      </c>
+      <c r="F289" s="11" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="290" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A290" s="10" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B290" s="10" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C290" s="10" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D290" s="10" t="s">
+        <v>1139</v>
+      </c>
+      <c r="E290" s="10" t="s">
+        <v>1140</v>
+      </c>
+      <c r="F290" s="11" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="291" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A291" s="10" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B291" s="10" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C291" s="10" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D291" s="10" t="s">
+        <v>1143</v>
+      </c>
+      <c r="E291" s="10" t="s">
+        <v>1144</v>
+      </c>
+      <c r="F291" s="11" t="s">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="292" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A292" s="10" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B292" s="10" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C292" s="10" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D292" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="E292" s="10" t="s">
+        <v>547</v>
+      </c>
+      <c r="F292" s="11" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="293" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A293" s="10" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B293" s="10" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C293" s="10" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D293" s="10" t="s">
+        <v>1148</v>
+      </c>
+      <c r="E293" s="10" t="s">
+        <v>1149</v>
+      </c>
+      <c r="F293" s="11" t="s">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="294" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A294" s="10" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B294" s="10" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C294" s="10" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D294" s="10" t="s">
+        <v>1152</v>
+      </c>
+      <c r="E294" s="10" t="s">
+        <v>1153</v>
+      </c>
+      <c r="F294" s="11" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="295" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A295" s="10" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B295" s="10" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C295" s="10" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D295" s="10" t="s">
+        <v>1156</v>
+      </c>
+      <c r="E295" s="10" t="s">
+        <v>1157</v>
+      </c>
+      <c r="F295" s="11" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="296" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A296" s="10" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B296" s="10" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C296" s="10" t="s">
+        <v>1159</v>
+      </c>
+      <c r="D296" s="10" t="s">
+        <v>1160</v>
+      </c>
+      <c r="E296" s="10" t="s">
+        <v>1161</v>
+      </c>
+      <c r="F296" s="11" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="297" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A297" s="10" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B297" s="10" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C297" s="10" t="s">
+        <v>1163</v>
+      </c>
+      <c r="D297" s="10" t="s">
+        <v>1164</v>
+      </c>
+      <c r="E297" s="10" t="s">
+        <v>1165</v>
+      </c>
+      <c r="F297" s="11" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="298" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A298" s="10" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B298" s="10" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C298" s="10" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D298" s="10" t="s">
+        <v>1168</v>
+      </c>
+      <c r="E298" s="10" t="s">
+        <v>1169</v>
+      </c>
+      <c r="F298" s="11" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="299" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A299" s="10" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B299" s="10" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C299" s="10" t="s">
+        <v>1171</v>
+      </c>
+      <c r="D299" s="10" t="s">
+        <v>1164</v>
+      </c>
+      <c r="E299" s="10" t="s">
+        <v>1165</v>
+      </c>
+      <c r="F299" s="11" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="300" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A300" s="10" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B300" s="10" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C300" s="10" t="s">
+        <v>1172</v>
+      </c>
+      <c r="D300" s="10" t="s">
+        <v>1173</v>
+      </c>
+      <c r="E300" s="10" t="s">
+        <v>1174</v>
+      </c>
+      <c r="F300" s="11" t="s">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="301" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A301" s="10" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B301" s="10" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C301" s="10" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D301" s="10" t="s">
+        <v>1177</v>
+      </c>
+      <c r="E301" s="10" t="s">
+        <v>1178</v>
+      </c>
+      <c r="F301" s="11" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="302" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A302" s="10" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B302" s="10" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C302" s="10" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D302" s="10" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E302" s="10" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F302" s="11" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="303" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A303" s="10" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B303" s="10" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C303" s="10" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D303" s="10" t="s">
+        <v>1185</v>
+      </c>
+      <c r="E303" s="10" t="s">
+        <v>1186</v>
+      </c>
+      <c r="F303" s="11" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="304" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A304" s="10" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B304" s="10" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C304" s="10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="D304" s="10" t="s">
+        <v>1189</v>
+      </c>
+      <c r="E304" s="10" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F304" s="11" t="s">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="305" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A305" s="10" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B305" s="10" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C305" s="10" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D305" s="10" t="s">
+        <v>1195</v>
+      </c>
+      <c r="E305" s="10" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F305" s="11" t="s">
+        <v>1197</v>
+      </c>
+    </row>
+    <row r="306" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A306" s="10" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B306" s="10" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C306" s="10" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D306" s="10" t="s">
+        <v>1199</v>
+      </c>
+      <c r="E306" s="10" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F306" s="12" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="307" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A307" s="10" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B307" s="10" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C307" s="10" t="s">
+        <v>1202</v>
+      </c>
+      <c r="D307" s="10" t="s">
+        <v>1203</v>
+      </c>
+      <c r="E307" s="10" t="s">
+        <v>1204</v>
+      </c>
+      <c r="F307" s="11" t="s">
+        <v>1205</v>
+      </c>
+    </row>
+    <row r="308" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A308" s="10" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B308" s="10" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C308" s="10" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D308" s="10" t="s">
+        <v>1207</v>
+      </c>
+      <c r="E308" s="10" t="s">
+        <v>1208</v>
+      </c>
+      <c r="F308" s="12" t="s">
+        <v>1209</v>
+      </c>
+    </row>
+    <row r="309" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A309" s="10" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B309" s="10" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C309" s="10" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D309" s="10" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E309" s="10" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F309" s="11" t="s">
+        <v>1213</v>
+      </c>
+    </row>
+    <row r="310" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A310" s="10" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B310" s="10" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C310" s="10" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D310" s="10" t="s">
+        <v>1215</v>
+      </c>
+      <c r="E310" s="10" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F310" s="11" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="311" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A311" s="10" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B311" s="10" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C311" s="10" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D311" s="10" t="s">
+        <v>1221</v>
+      </c>
+      <c r="E311" s="10" t="s">
+        <v>1222</v>
+      </c>
+      <c r="F311" s="12" t="s">
+        <v>1223</v>
+      </c>
+    </row>
+    <row r="312" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A312" s="10" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B312" s="10" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C312" s="10" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D312" s="10" t="s">
+        <v>1225</v>
+      </c>
+      <c r="E312" s="10" t="s">
+        <v>1226</v>
+      </c>
+      <c r="F312" s="11" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="313" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A313" s="10" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B313" s="10" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C313" s="10" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D313" s="10" t="s">
+        <v>1229</v>
+      </c>
+      <c r="E313" s="10" t="s">
+        <v>1230</v>
+      </c>
+      <c r="F313" s="12" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="314" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A314" s="10" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B314" s="10" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C314" s="10" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D314" s="10" t="s">
+        <v>703</v>
+      </c>
+      <c r="E314" s="10" t="s">
+        <v>1233</v>
+      </c>
+      <c r="F314" s="11" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="315" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A315" s="10" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B315" s="10" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C315" s="10" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D315" s="10" t="s">
+        <v>1238</v>
+      </c>
+      <c r="E315" s="10" t="s">
+        <v>1239</v>
+      </c>
+      <c r="F315" s="11" t="s">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="316" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A316" s="10" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B316" s="10" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C316" s="10" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D316" s="10" t="s">
+        <v>1242</v>
+      </c>
+      <c r="E316" s="10" t="s">
+        <v>1243</v>
+      </c>
+      <c r="F316" s="12" t="s">
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="317" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A317" s="10" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B317" s="10" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C317" s="10" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D317" s="10" t="s">
+        <v>1246</v>
+      </c>
+      <c r="E317" s="10" t="s">
+        <v>1247</v>
+      </c>
+      <c r="F317" s="11" t="s">
+        <v>1248</v>
+      </c>
+    </row>
+    <row r="318" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A318" s="10" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B318" s="10" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C318" s="10" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D318" s="10" t="s">
+        <v>1250</v>
+      </c>
+      <c r="E318" s="10" t="s">
+        <v>1251</v>
+      </c>
+      <c r="F318" s="12" t="s">
+        <v>1252</v>
+      </c>
+    </row>
+    <row r="319" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A319" s="10" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B319" s="10" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C319" s="10" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D319" s="10" t="s">
+        <v>1254</v>
+      </c>
+      <c r="E319" s="10" t="s">
+        <v>1255</v>
+      </c>
+      <c r="F319" s="11" t="s">
+        <v>1256</v>
+      </c>
+    </row>
+    <row r="320" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A320" s="10" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B320" s="10" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C320" s="10" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D320" s="10" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E320" s="10" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F320" s="11" t="s">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="321" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A321" s="10" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B321" s="10" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C321" s="10" t="s">
+        <v>1261</v>
+      </c>
+      <c r="D321" s="10" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E321" s="10" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F321" s="11" t="s">
+        <v>1264</v>
+      </c>
+    </row>
+    <row r="322" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A322" s="10" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B322" s="10" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C322" s="10" t="s">
+        <v>1265</v>
+      </c>
+      <c r="D322" s="10" t="s">
+        <v>1266</v>
+      </c>
+      <c r="E322" s="10" t="s">
+        <v>1267</v>
+      </c>
+      <c r="F322" s="11" t="s">
+        <v>1268</v>
+      </c>
+    </row>
+    <row r="323" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A323" s="10" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B323" s="10" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C323" s="10" t="s">
+        <v>1269</v>
+      </c>
+      <c r="D323" s="10" t="s">
+        <v>1143</v>
+      </c>
+      <c r="E323" s="10" t="s">
+        <v>1270</v>
+      </c>
+      <c r="F323" s="11" t="s">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="324" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A324" s="10" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B324" s="10" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C324" s="10" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D324" s="10" t="s">
+        <v>1272</v>
+      </c>
+      <c r="E324" s="10" t="s">
+        <v>1273</v>
+      </c>
+      <c r="F324" s="11" t="s">
+        <v>1274</v>
+      </c>
+    </row>
+    <row r="325" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A325" s="10" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B325" s="10" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C325" s="10" t="s">
+        <v>1275</v>
+      </c>
+      <c r="D325" s="10" t="s">
+        <v>1276</v>
+      </c>
+      <c r="E325" s="10" t="s">
+        <v>1277</v>
+      </c>
+      <c r="F325" s="11" t="s">
+        <v>1278</v>
+      </c>
+    </row>
+    <row r="326" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A326" s="10" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B326" s="10" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C326" s="10" t="s">
+        <v>1281</v>
+      </c>
+      <c r="D326" s="10" t="s">
+        <v>1282</v>
+      </c>
+      <c r="E326" s="10" t="s">
+        <v>1283</v>
+      </c>
+      <c r="F326" s="11" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="327" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A327" s="10" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B327" s="10" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C327" s="10" t="s">
+        <v>1285</v>
+      </c>
+      <c r="D327" s="10" t="s">
+        <v>1286</v>
+      </c>
+      <c r="E327" s="10" t="s">
+        <v>1287</v>
+      </c>
+      <c r="F327" s="11" t="s">
+        <v>1288</v>
+      </c>
+    </row>
+    <row r="328" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A328" s="10" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B328" s="10" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C328" s="10" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D328" s="10" t="s">
+        <v>1290</v>
+      </c>
+      <c r="E328" s="10" t="s">
+        <v>1291</v>
+      </c>
+      <c r="F328" s="11" t="s">
+        <v>1292</v>
+      </c>
+    </row>
+    <row r="329" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A329" s="10" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B329" s="10" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C329" s="10" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D329" s="10" t="s">
+        <v>1294</v>
+      </c>
+      <c r="E329" s="10" t="s">
+        <v>1295</v>
+      </c>
+      <c r="F329" s="12" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="330" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A330" s="18" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B330" s="19" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C330" s="19" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D330" s="19" t="s">
+        <v>1300</v>
+      </c>
+      <c r="E330" s="19" t="s">
+        <v>1301</v>
+      </c>
+      <c r="F330" s="19" t="s">
+        <v>1302</v>
+      </c>
+    </row>
+    <row r="331" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A331" s="18" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B331" s="19" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C331" s="19" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D331" s="19" t="s">
+        <v>1304</v>
+      </c>
+      <c r="E331" s="19" t="s">
+        <v>1305</v>
+      </c>
+      <c r="F331" s="19" t="s">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="332" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A332" s="32" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B332" s="19" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C332" s="19" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D332" s="19" t="s">
+        <v>1308</v>
+      </c>
+      <c r="E332" s="19" t="s">
+        <v>1309</v>
+      </c>
+      <c r="F332" s="19" t="s">
+        <v>1310</v>
+      </c>
+    </row>
+    <row r="333" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A333" s="32" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B333" s="19" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C333" s="19" t="s">
+        <v>1311</v>
+      </c>
+      <c r="D333" s="19" t="s">
+        <v>1312</v>
+      </c>
+      <c r="E333" s="19" t="s">
+        <v>1313</v>
+      </c>
+      <c r="F333" s="19" t="s">
+        <v>1314</v>
+      </c>
+    </row>
+    <row r="334" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A334" s="32" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B334" s="19" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C334" s="19" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D334" s="19" t="s">
+        <v>1316</v>
+      </c>
+      <c r="E334" s="19" t="s">
+        <v>1317</v>
+      </c>
+      <c r="F334" s="19" t="s">
+        <v>1318</v>
+      </c>
+    </row>
+    <row r="335" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A335" s="32" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B335" s="19" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C335" s="19" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D335" s="19" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E335" s="19" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F335" s="20" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="336" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A336" s="10" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B336" s="10" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C336" s="10" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D336" s="10" t="s">
         <v>193</v>
       </c>
-      <c r="E57" s="15" t="s">
+      <c r="E336" s="10" t="s">
         <v>194</v>
       </c>
-      <c r="F57" s="11" t="s">
+      <c r="F336" s="11" t="s">
         <v>195</v>
       </c>
     </row>
-    <row r="58" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
-[...5579 lines deleted...]
-    <row r="337" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="337" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A337" s="10" t="s">
-        <v>1303</v>
+        <v>1323</v>
       </c>
       <c r="B337" s="10" t="s">
-        <v>1304</v>
+        <v>1324</v>
       </c>
       <c r="C337" s="10" t="s">
-        <v>1306</v>
+        <v>1326</v>
       </c>
       <c r="D337" s="10" t="s">
-        <v>1307</v>
+        <v>1327</v>
       </c>
       <c r="E337" s="10" t="s">
-        <v>1308</v>
+        <v>1328</v>
       </c>
       <c r="F337" s="11" t="s">
-        <v>1309</v>
-[...2 lines deleted...]
-    <row r="338" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="338" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A338" s="10" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B338" s="10" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C338" s="10" t="s">
+        <v>1332</v>
+      </c>
+      <c r="D338" s="10" t="s">
+        <v>1333</v>
+      </c>
+      <c r="E338" s="10" t="s">
+        <v>1334</v>
+      </c>
+      <c r="F338" s="11" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="339" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A339" s="10" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B339" s="10" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C339" s="10" t="s">
+        <v>1336</v>
+      </c>
+      <c r="D339" s="10" t="s">
+        <v>1337</v>
+      </c>
+      <c r="E339" s="10" t="s">
+        <v>1338</v>
+      </c>
+      <c r="F339" s="12" t="s">
+        <v>1339</v>
+      </c>
+    </row>
+    <row r="340" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A340" s="10" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B340" s="10" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C340" s="10" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D340" s="10" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E340" s="10" t="s">
+        <v>1342</v>
+      </c>
+      <c r="F340" s="11" t="s">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="341" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A341" s="10" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B341" s="10" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C341" s="10" t="s">
+        <v>1344</v>
+      </c>
+      <c r="D341" s="10" t="s">
+        <v>1345</v>
+      </c>
+      <c r="E341" s="10" t="s">
+        <v>1346</v>
+      </c>
+      <c r="F341" s="11" t="s">
+        <v>1347</v>
+      </c>
+    </row>
+    <row r="342" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A342" s="10" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B342" s="10" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C342" s="10" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D342" s="10" t="s">
+        <v>1349</v>
+      </c>
+      <c r="E342" s="10" t="s">
+        <v>1350</v>
+      </c>
+      <c r="F342" s="11" t="s">
+        <v>1351</v>
+      </c>
+    </row>
+    <row r="343" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A343" s="10" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B343" s="10" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C343" s="10" t="s">
+        <v>1352</v>
+      </c>
+      <c r="D343" s="10" t="s">
+        <v>1353</v>
+      </c>
+      <c r="E343" s="10" t="s">
+        <v>1354</v>
+      </c>
+      <c r="F343" s="11" t="s">
+        <v>1355</v>
+      </c>
+    </row>
+    <row r="344" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A344" s="10" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B344" s="10" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C344" s="10" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D344" s="10" t="s">
+        <v>1357</v>
+      </c>
+      <c r="E344" s="10" t="s">
+        <v>1358</v>
+      </c>
+      <c r="F344" s="11" t="s">
+        <v>1359</v>
+      </c>
+    </row>
+    <row r="345" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A345" s="10" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B345" s="10" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C345" s="10" t="s">
+        <v>1362</v>
+      </c>
+      <c r="D345" s="10" t="s">
+        <v>1363</v>
+      </c>
+      <c r="E345" s="10" t="s">
+        <v>1364</v>
+      </c>
+      <c r="F345" s="12" t="s">
+        <v>1365</v>
+      </c>
+    </row>
+    <row r="346" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A346" s="10" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B346" s="10" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C346" s="10" t="s">
+        <v>1366</v>
+      </c>
+      <c r="D346" s="10" t="s">
+        <v>1367</v>
+      </c>
+      <c r="E346" s="10" t="s">
+        <v>1368</v>
+      </c>
+      <c r="F346" s="11" t="s">
+        <v>1369</v>
+      </c>
+    </row>
+    <row r="347" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A347" s="10" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B347" s="10" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C347" s="10" t="s">
+        <v>1370</v>
+      </c>
+      <c r="D347" s="10" t="s">
+        <v>1371</v>
+      </c>
+      <c r="E347" s="10" t="s">
+        <v>1372</v>
+      </c>
+      <c r="F347" s="11" t="s">
+        <v>1373</v>
+      </c>
+    </row>
+    <row r="348" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A348" s="10" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B348" s="10" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C348" s="10" t="s">
+        <v>1374</v>
+      </c>
+      <c r="D348" s="10" t="s">
+        <v>1375</v>
+      </c>
+      <c r="E348" s="10" t="s">
+        <v>1376</v>
+      </c>
+      <c r="F348" s="11" t="s">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="349" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A349" s="10" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B349" s="10" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C349" s="10" t="s">
+        <v>1378</v>
+      </c>
+      <c r="D349" s="10" t="s">
+        <v>1379</v>
+      </c>
+      <c r="E349" s="10" t="s">
+        <v>1380</v>
+      </c>
+      <c r="F349" s="11" t="s">
+        <v>1381</v>
+      </c>
+    </row>
+    <row r="350" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A350" s="10" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B350" s="10" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C350" s="10" t="s">
+        <v>1382</v>
+      </c>
+      <c r="D350" s="10" t="s">
+        <v>1383</v>
+      </c>
+      <c r="E350" s="10" t="s">
+        <v>1384</v>
+      </c>
+      <c r="F350" s="11" t="s">
+        <v>1385</v>
+      </c>
+    </row>
+    <row r="351" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A351" s="10" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B351" s="10" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C351" s="10" t="s">
+        <v>1386</v>
+      </c>
+      <c r="D351" s="10" t="s">
+        <v>1387</v>
+      </c>
+      <c r="E351" s="10" t="s">
+        <v>1388</v>
+      </c>
+      <c r="F351" s="12" t="s">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="352" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A352" s="10" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B352" s="10" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C352" s="10" t="s">
+        <v>1390</v>
+      </c>
+      <c r="D352" s="10" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E352" s="10" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F352" s="11" t="s">
+        <v>1393</v>
+      </c>
+    </row>
+    <row r="353" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A353" s="10" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B353" s="10" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C353" s="10" t="s">
+        <v>1336</v>
+      </c>
+      <c r="D353" s="10" t="s">
+        <v>1337</v>
+      </c>
+      <c r="E353" s="10" t="s">
+        <v>1338</v>
+      </c>
+      <c r="F353" s="12" t="s">
+        <v>1339</v>
+      </c>
+    </row>
+    <row r="354" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A354" s="10" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B354" s="10" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C354" s="10" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D354" s="10" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E354" s="10" t="s">
+        <v>1342</v>
+      </c>
+      <c r="F354" s="11" t="s">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="355" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A355" s="10" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B355" s="10" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C355" s="10" t="s">
+        <v>1394</v>
+      </c>
+      <c r="D355" s="10" t="s">
+        <v>1395</v>
+      </c>
+      <c r="E355" s="10" t="s">
+        <v>1396</v>
+      </c>
+      <c r="F355" s="11" t="s">
+        <v>1397</v>
+      </c>
+    </row>
+    <row r="356" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A356" s="10" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B356" s="10" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C356" s="10" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D356" s="10" t="s">
+        <v>1399</v>
+      </c>
+      <c r="E356" s="10" t="s">
         <v>1400</v>
       </c>
-      <c r="B338" s="10" t="s">
+      <c r="F356" s="11" t="s">
         <v>1401</v>
       </c>
-      <c r="C338" s="10" t="s">
+    </row>
+    <row r="357" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A357" s="10" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B357" s="10" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C357" s="10" t="s">
         <v>1402</v>
       </c>
-      <c r="D338" s="10" t="s">
+      <c r="D357" s="10" t="s">
         <v>1403</v>
       </c>
-      <c r="E338" s="10" t="s">
+      <c r="E357" s="10" t="s">
         <v>1404</v>
       </c>
-      <c r="F338" s="11" t="s">
+      <c r="F357" s="11" t="s">
         <v>1405</v>
       </c>
     </row>
-    <row r="339" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
-[...26 lines deleted...]
-      <c r="C340" s="10" t="s">
+    <row r="358" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A358" s="10" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B358" s="10" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C358" s="10" t="s">
+        <v>1406</v>
+      </c>
+      <c r="D358" s="10" t="s">
+        <v>1407</v>
+      </c>
+      <c r="E358" s="10" t="s">
+        <v>1408</v>
+      </c>
+      <c r="F358" s="11" t="s">
+        <v>1409</v>
+      </c>
+    </row>
+    <row r="359" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A359" s="10" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B359" s="10" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C359" s="10" t="s">
         <v>1348</v>
       </c>
-      <c r="D340" s="10" t="s">
+      <c r="D359" s="10" t="s">
         <v>1349</v>
       </c>
-      <c r="E340" s="10" t="s">
-[...39 lines deleted...]
-      <c r="E342" s="10" t="s">
+      <c r="E359" s="10" t="s">
         <v>1410</v>
       </c>
-      <c r="F342" s="11" t="s">
+      <c r="F359" s="11" t="s">
         <v>1411</v>
       </c>
     </row>
-    <row r="343" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
-[...246 lines deleted...]
-      <c r="C355" s="10" t="s">
+    <row r="360" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A360" s="10" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B360" s="10" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C360" s="10" t="s">
+        <v>1412</v>
+      </c>
+      <c r="D360" s="10" t="s">
+        <v>1413</v>
+      </c>
+      <c r="E360" s="10" t="s">
+        <v>1414</v>
+      </c>
+      <c r="F360" s="12" t="s">
+        <v>1415</v>
+      </c>
+    </row>
+    <row r="361" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A361" s="10" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B361" s="10" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C361" s="10" t="s">
         <v>1352</v>
       </c>
-      <c r="D355" s="10" t="s">
+      <c r="D361" s="10" t="s">
         <v>1353</v>
       </c>
-      <c r="E355" s="10" t="s">
+      <c r="E361" s="10" t="s">
         <v>1354</v>
       </c>
-      <c r="F355" s="11" t="s">
+      <c r="F361" s="11" t="s">
         <v>1355</v>
       </c>
     </row>
-    <row r="356" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C356" s="10" t="s">
+    <row r="362" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A362" s="10" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B362" s="10" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C362" s="10" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D362" s="10" t="s">
+        <v>1417</v>
+      </c>
+      <c r="E362" s="10" t="s">
+        <v>1418</v>
+      </c>
+      <c r="F362" s="12" t="s">
+        <v>1419</v>
+      </c>
+    </row>
+    <row r="363" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A363" s="10" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B363" s="10" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C363" s="10" t="s">
+        <v>1420</v>
+      </c>
+      <c r="D363" s="10" t="s">
+        <v>1421</v>
+      </c>
+      <c r="E363" s="10" t="s">
+        <v>1422</v>
+      </c>
+      <c r="F363" s="11" t="s">
+        <v>1423</v>
+      </c>
+    </row>
+    <row r="364" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A364" s="10" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B364" s="10" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C364" s="10" t="s">
         <v>1356</v>
       </c>
-      <c r="D356" s="10" t="s">
+      <c r="D364" s="10" t="s">
         <v>1357</v>
       </c>
-      <c r="E356" s="10" t="s">
+      <c r="E364" s="10" t="s">
         <v>1358</v>
       </c>
-      <c r="F356" s="11" t="s">
+      <c r="F364" s="11" t="s">
         <v>1359</v>
       </c>
     </row>
-    <row r="357" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C357" s="10" t="s">
+    <row r="365" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A365" s="10" t="s">
         <v>1360</v>
       </c>
-      <c r="D357" s="10" t="s">
+      <c r="B365" s="10" t="s">
         <v>1361</v>
       </c>
-      <c r="E357" s="10" t="s">
-[...152 lines deleted...]
-      </c>
       <c r="C365" s="10" t="s">
-        <v>1392</v>
+        <v>1424</v>
       </c>
       <c r="D365" s="10" t="s">
-        <v>1393</v>
+        <v>1425</v>
       </c>
       <c r="E365" s="10" t="s">
-        <v>1394</v>
+        <v>1426</v>
       </c>
       <c r="F365" s="11" t="s">
-        <v>1395</v>
-[...2 lines deleted...]
-    <row r="366" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="366" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A366" s="10" t="s">
-        <v>1310</v>
+        <v>1360</v>
       </c>
       <c r="B366" s="10" t="s">
-        <v>1311</v>
+        <v>1361</v>
       </c>
       <c r="C366" s="10" t="s">
-        <v>1396</v>
+        <v>1428</v>
       </c>
       <c r="D366" s="10" t="s">
-        <v>1397</v>
+        <v>1429</v>
       </c>
       <c r="E366" s="10" t="s">
-        <v>1398</v>
+        <v>1430</v>
       </c>
       <c r="F366" s="11" t="s">
-        <v>1399</v>
-[...2 lines deleted...]
-    <row r="367" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1431</v>
+      </c>
+    </row>
+    <row r="367" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A367" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B367" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C367" s="10" t="s">
-        <v>1414</v>
+        <v>1434</v>
       </c>
       <c r="D367" s="10" t="s">
-        <v>1415</v>
+        <v>1435</v>
       </c>
       <c r="E367" s="10" t="s">
-        <v>1416</v>
+        <v>1436</v>
       </c>
       <c r="F367" s="11" t="s">
-        <v>1417</v>
-[...2 lines deleted...]
-    <row r="368" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1437</v>
+      </c>
+    </row>
+    <row r="368" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A368" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B368" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C368" s="10" t="s">
-        <v>1418</v>
+        <v>1438</v>
       </c>
       <c r="D368" s="10" t="s">
-        <v>1419</v>
+        <v>1439</v>
       </c>
       <c r="E368" s="10" t="s">
-        <v>1420</v>
+        <v>1440</v>
       </c>
       <c r="F368" s="11" t="s">
-        <v>1421</v>
-[...2 lines deleted...]
-    <row r="369" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1441</v>
+      </c>
+    </row>
+    <row r="369" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A369" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B369" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C369" s="10" t="s">
-        <v>1422</v>
+        <v>1442</v>
       </c>
       <c r="D369" s="10" t="s">
-        <v>1423</v>
+        <v>1443</v>
       </c>
       <c r="E369" s="10" t="s">
-        <v>1424</v>
+        <v>1444</v>
       </c>
       <c r="F369" s="11" t="s">
-        <v>1425</v>
-[...2 lines deleted...]
-    <row r="370" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1445</v>
+      </c>
+    </row>
+    <row r="370" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A370" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B370" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C370" s="10" t="s">
-        <v>1426</v>
+        <v>1446</v>
       </c>
       <c r="D370" s="10" t="s">
-        <v>1427</v>
+        <v>1447</v>
       </c>
       <c r="E370" s="10" t="s">
-        <v>1428</v>
+        <v>1448</v>
       </c>
       <c r="F370" s="11" t="s">
-        <v>1429</v>
-[...2 lines deleted...]
-    <row r="371" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="371" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A371" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B371" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C371" s="10" t="s">
-        <v>1430</v>
+        <v>1450</v>
       </c>
       <c r="D371" s="10" t="s">
-        <v>1431</v>
+        <v>1451</v>
       </c>
       <c r="E371" s="10" t="s">
+        <v>1452</v>
+      </c>
+      <c r="F371" s="11" t="s">
+        <v>1453</v>
+      </c>
+    </row>
+    <row r="372" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A372" s="10" t="s">
         <v>1432</v>
       </c>
-      <c r="F371" s="11" t="s">
+      <c r="B372" s="10" t="s">
         <v>1433</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      </c>
       <c r="C372" s="10" t="s">
-        <v>1434</v>
+        <v>1454</v>
       </c>
       <c r="D372" s="10" t="s">
-        <v>1435</v>
+        <v>1455</v>
       </c>
       <c r="E372" s="10" t="s">
-        <v>1436</v>
+        <v>1456</v>
       </c>
       <c r="F372" s="11" t="s">
-        <v>1437</v>
-[...2 lines deleted...]
-    <row r="373" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1457</v>
+      </c>
+    </row>
+    <row r="373" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A373" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B373" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C373" s="10" t="s">
-        <v>1438</v>
+        <v>1458</v>
       </c>
       <c r="D373" s="10" t="s">
-        <v>1439</v>
+        <v>1459</v>
       </c>
       <c r="E373" s="10" t="s">
-        <v>1440</v>
+        <v>1460</v>
       </c>
       <c r="F373" s="11" t="s">
-        <v>1441</v>
-[...2 lines deleted...]
-    <row r="374" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1461</v>
+      </c>
+    </row>
+    <row r="374" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A374" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B374" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C374" s="10" t="s">
-        <v>1442</v>
+        <v>1462</v>
       </c>
       <c r="D374" s="10" t="s">
-        <v>1443</v>
+        <v>1463</v>
       </c>
       <c r="E374" s="10" t="s">
-        <v>1444</v>
+        <v>1464</v>
       </c>
       <c r="F374" s="11" t="s">
-        <v>1445</v>
-[...2 lines deleted...]
-    <row r="375" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1465</v>
+      </c>
+    </row>
+    <row r="375" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A375" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B375" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C375" s="10" t="s">
-        <v>1446</v>
+        <v>1466</v>
       </c>
       <c r="D375" s="10" t="s">
-        <v>1447</v>
+        <v>1467</v>
       </c>
       <c r="E375" s="10" t="s">
-        <v>1448</v>
+        <v>1468</v>
       </c>
       <c r="F375" s="11" t="s">
-        <v>1449</v>
-[...2 lines deleted...]
-    <row r="376" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="376" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A376" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B376" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C376" s="10" t="s">
-        <v>1450</v>
+        <v>1470</v>
       </c>
       <c r="D376" s="10" t="s">
-        <v>1451</v>
+        <v>1471</v>
       </c>
       <c r="E376" s="10" t="s">
-        <v>1452</v>
+        <v>1472</v>
       </c>
       <c r="F376" s="11" t="s">
-        <v>1453</v>
-[...2 lines deleted...]
-    <row r="377" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1473</v>
+      </c>
+    </row>
+    <row r="377" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A377" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B377" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C377" s="10" t="s">
-        <v>1454</v>
+        <v>1474</v>
       </c>
       <c r="D377" s="10" t="s">
-        <v>1455</v>
+        <v>1475</v>
       </c>
       <c r="E377" s="10" t="s">
-        <v>1456</v>
+        <v>1476</v>
       </c>
       <c r="F377" s="11" t="s">
-        <v>1457</v>
-[...2 lines deleted...]
-    <row r="378" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1477</v>
+      </c>
+    </row>
+    <row r="378" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A378" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B378" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C378" s="10" t="s">
-        <v>1458</v>
+        <v>1478</v>
       </c>
       <c r="D378" s="10" t="s">
-        <v>1459</v>
+        <v>1479</v>
       </c>
       <c r="E378" s="10" t="s">
-        <v>1460</v>
+        <v>1480</v>
       </c>
       <c r="F378" s="11" t="s">
-        <v>1461</v>
-[...2 lines deleted...]
-    <row r="379" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1481</v>
+      </c>
+    </row>
+    <row r="379" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A379" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B379" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C379" s="10" t="s">
-        <v>1462</v>
+        <v>1482</v>
       </c>
       <c r="D379" s="10" t="s">
-        <v>1463</v>
+        <v>1483</v>
       </c>
       <c r="E379" s="10" t="s">
-        <v>1464</v>
+        <v>1484</v>
       </c>
       <c r="F379" s="11" t="s">
-        <v>1465</v>
-[...2 lines deleted...]
-    <row r="380" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1485</v>
+      </c>
+    </row>
+    <row r="380" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A380" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B380" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C380" s="10" t="s">
-        <v>1466</v>
+        <v>1486</v>
       </c>
       <c r="D380" s="10" t="s">
-        <v>1467</v>
+        <v>1487</v>
       </c>
       <c r="E380" s="10" t="s">
-        <v>1468</v>
+        <v>1488</v>
       </c>
       <c r="F380" s="11" t="s">
-        <v>1469</v>
-[...2 lines deleted...]
-    <row r="381" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1489</v>
+      </c>
+    </row>
+    <row r="381" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A381" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B381" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C381" s="10" t="s">
-        <v>1470</v>
+        <v>1490</v>
       </c>
       <c r="D381" s="10" t="s">
-        <v>1471</v>
+        <v>1491</v>
       </c>
       <c r="E381" s="10" t="s">
-        <v>1472</v>
+        <v>1492</v>
       </c>
       <c r="F381" s="11" t="s">
-        <v>1473</v>
-[...2 lines deleted...]
-    <row r="382" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1493</v>
+      </c>
+    </row>
+    <row r="382" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A382" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B382" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C382" s="10" t="s">
-        <v>1474</v>
+        <v>1494</v>
       </c>
       <c r="D382" s="10" t="s">
-        <v>1475</v>
+        <v>1495</v>
       </c>
       <c r="E382" s="10" t="s">
-        <v>1476</v>
+        <v>1496</v>
       </c>
       <c r="F382" s="11" t="s">
-        <v>1477</v>
-[...2 lines deleted...]
-    <row r="383" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1497</v>
+      </c>
+    </row>
+    <row r="383" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A383" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B383" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C383" s="10" t="s">
-        <v>1478</v>
+        <v>1498</v>
       </c>
       <c r="D383" s="10" t="s">
-        <v>1479</v>
+        <v>1499</v>
       </c>
       <c r="E383" s="10" t="s">
-        <v>1480</v>
+        <v>1500</v>
       </c>
       <c r="F383" s="11" t="s">
-        <v>1481</v>
-[...2 lines deleted...]
-    <row r="384" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1501</v>
+      </c>
+    </row>
+    <row r="384" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A384" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B384" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C384" s="10" t="s">
-        <v>1482</v>
+        <v>1502</v>
       </c>
       <c r="D384" s="10" t="s">
-        <v>1483</v>
+        <v>1503</v>
       </c>
       <c r="E384" s="10" t="s">
-        <v>1484</v>
+        <v>1504</v>
       </c>
       <c r="F384" s="11" t="s">
-        <v>1485</v>
-[...2 lines deleted...]
-    <row r="385" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1505</v>
+      </c>
+    </row>
+    <row r="385" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A385" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B385" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C385" s="10" t="s">
-        <v>1486</v>
+        <v>1506</v>
       </c>
       <c r="D385" s="10" t="s">
-        <v>1487</v>
+        <v>1507</v>
       </c>
       <c r="E385" s="10" t="s">
-        <v>1488</v>
+        <v>1508</v>
       </c>
       <c r="F385" s="11" t="s">
-        <v>1489</v>
-[...2 lines deleted...]
-    <row r="386" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1509</v>
+      </c>
+    </row>
+    <row r="386" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A386" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B386" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C386" s="10" t="s">
-        <v>1490</v>
+        <v>1510</v>
       </c>
       <c r="D386" s="10" t="s">
-        <v>1491</v>
+        <v>1511</v>
       </c>
       <c r="E386" s="10" t="s">
-        <v>1492</v>
+        <v>1512</v>
       </c>
       <c r="F386" s="11" t="s">
-        <v>1493</v>
-[...2 lines deleted...]
-    <row r="387" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1513</v>
+      </c>
+    </row>
+    <row r="387" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A387" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B387" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C387" s="10" t="s">
-        <v>1494</v>
+        <v>1514</v>
       </c>
       <c r="D387" s="10" t="s">
-        <v>1495</v>
+        <v>1515</v>
       </c>
       <c r="E387" s="10" t="s">
-        <v>1496</v>
+        <v>1516</v>
       </c>
       <c r="F387" s="11" t="s">
-        <v>1497</v>
-[...2 lines deleted...]
-    <row r="388" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1517</v>
+      </c>
+    </row>
+    <row r="388" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A388" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B388" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C388" s="10" t="s">
-        <v>1498</v>
+        <v>1518</v>
       </c>
       <c r="D388" s="10" t="s">
-        <v>1499</v>
+        <v>1519</v>
       </c>
       <c r="E388" s="10" t="s">
-        <v>1500</v>
+        <v>1520</v>
       </c>
       <c r="F388" s="11" t="s">
-        <v>1501</v>
-[...2 lines deleted...]
-    <row r="389" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1521</v>
+      </c>
+    </row>
+    <row r="389" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A389" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B389" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C389" s="10" t="s">
-        <v>1502</v>
+        <v>1522</v>
       </c>
       <c r="D389" s="10" t="s">
-        <v>1503</v>
+        <v>1523</v>
       </c>
       <c r="E389" s="10" t="s">
-        <v>1504</v>
+        <v>1524</v>
       </c>
       <c r="F389" s="11" t="s">
-        <v>1505</v>
-[...2 lines deleted...]
-    <row r="390" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1525</v>
+      </c>
+    </row>
+    <row r="390" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A390" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B390" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C390" s="10" t="s">
-        <v>1506</v>
+        <v>1526</v>
       </c>
       <c r="D390" s="10" t="s">
-        <v>1507</v>
+        <v>1527</v>
       </c>
       <c r="E390" s="10" t="s">
-        <v>1508</v>
+        <v>1528</v>
       </c>
       <c r="F390" s="11" t="s">
-        <v>1509</v>
-[...2 lines deleted...]
-    <row r="391" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1529</v>
+      </c>
+    </row>
+    <row r="391" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A391" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B391" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C391" s="10" t="s">
-        <v>1510</v>
+        <v>1530</v>
       </c>
       <c r="D391" s="10" t="s">
-        <v>1511</v>
+        <v>1531</v>
       </c>
       <c r="E391" s="10" t="s">
-        <v>1512</v>
+        <v>1532</v>
       </c>
       <c r="F391" s="11" t="s">
-        <v>1513</v>
-[...2 lines deleted...]
-    <row r="392" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1533</v>
+      </c>
+    </row>
+    <row r="392" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A392" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B392" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C392" s="10" t="s">
-        <v>1514</v>
+        <v>1534</v>
       </c>
       <c r="D392" s="10" t="s">
-        <v>1515</v>
+        <v>1535</v>
       </c>
       <c r="E392" s="10" t="s">
-        <v>1516</v>
+        <v>1536</v>
       </c>
       <c r="F392" s="11" t="s">
-        <v>1517</v>
-[...2 lines deleted...]
-    <row r="393" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1537</v>
+      </c>
+    </row>
+    <row r="393" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A393" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B393" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C393" s="10" t="s">
-        <v>1518</v>
+        <v>1538</v>
       </c>
       <c r="D393" s="10" t="s">
-        <v>1519</v>
+        <v>1539</v>
       </c>
       <c r="E393" s="10" t="s">
-        <v>1520</v>
+        <v>1540</v>
       </c>
       <c r="F393" s="11" t="s">
-        <v>1521</v>
-[...2 lines deleted...]
-    <row r="394" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1541</v>
+      </c>
+    </row>
+    <row r="394" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A394" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B394" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C394" s="10" t="s">
-        <v>1522</v>
+        <v>1542</v>
       </c>
       <c r="D394" s="10" t="s">
-        <v>1523</v>
+        <v>1543</v>
       </c>
       <c r="E394" s="10" t="s">
-        <v>1524</v>
+        <v>1544</v>
       </c>
       <c r="F394" s="11" t="s">
-        <v>1525</v>
-[...2 lines deleted...]
-    <row r="395" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1545</v>
+      </c>
+    </row>
+    <row r="395" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A395" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B395" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C395" s="10" t="s">
-        <v>1526</v>
+        <v>1546</v>
       </c>
       <c r="D395" s="10" t="s">
-        <v>1527</v>
+        <v>1547</v>
       </c>
       <c r="E395" s="10" t="s">
-        <v>1528</v>
+        <v>1548</v>
       </c>
       <c r="F395" s="11" t="s">
-        <v>1529</v>
-[...2 lines deleted...]
-    <row r="396" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1549</v>
+      </c>
+    </row>
+    <row r="396" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A396" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B396" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C396" s="10" t="s">
-        <v>1530</v>
+        <v>1550</v>
       </c>
       <c r="D396" s="10" t="s">
-        <v>1531</v>
+        <v>1551</v>
       </c>
       <c r="E396" s="10" t="s">
-        <v>1532</v>
+        <v>1552</v>
       </c>
       <c r="F396" s="11" t="s">
-        <v>1533</v>
-[...2 lines deleted...]
-    <row r="397" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1553</v>
+      </c>
+    </row>
+    <row r="397" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A397" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B397" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C397" s="10" t="s">
-        <v>1534</v>
+        <v>1554</v>
       </c>
       <c r="D397" s="10" t="s">
-        <v>1535</v>
+        <v>1555</v>
       </c>
       <c r="E397" s="10" t="s">
-        <v>1536</v>
+        <v>1556</v>
       </c>
       <c r="F397" s="11" t="s">
-        <v>1537</v>
-[...2 lines deleted...]
-    <row r="398" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1557</v>
+      </c>
+    </row>
+    <row r="398" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A398" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B398" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C398" s="10" t="s">
-        <v>1538</v>
+        <v>1558</v>
       </c>
       <c r="D398" s="10" t="s">
-        <v>1539</v>
+        <v>1559</v>
       </c>
       <c r="E398" s="10" t="s">
-        <v>1540</v>
+        <v>1560</v>
       </c>
       <c r="F398" s="11" t="s">
-        <v>1541</v>
-[...2 lines deleted...]
-    <row r="399" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="399" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A399" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B399" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C399" s="10" t="s">
-        <v>1542</v>
+        <v>1562</v>
       </c>
       <c r="D399" s="10" t="s">
-        <v>1543</v>
+        <v>1563</v>
       </c>
       <c r="E399" s="10" t="s">
-        <v>1544</v>
+        <v>1564</v>
       </c>
       <c r="F399" s="11" t="s">
-        <v>1545</v>
-[...2 lines deleted...]
-    <row r="400" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="400" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A400" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B400" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C400" s="10" t="s">
-        <v>1546</v>
+        <v>1566</v>
       </c>
       <c r="D400" s="10" t="s">
-        <v>1547</v>
+        <v>1567</v>
       </c>
       <c r="E400" s="10" t="s">
-        <v>1548</v>
+        <v>1568</v>
       </c>
       <c r="F400" s="11" t="s">
-        <v>1549</v>
-[...2 lines deleted...]
-    <row r="401" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1569</v>
+      </c>
+    </row>
+    <row r="401" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A401" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B401" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C401" s="10" t="s">
-        <v>1550</v>
+        <v>1570</v>
       </c>
       <c r="D401" s="10" t="s">
-        <v>1551</v>
+        <v>1571</v>
       </c>
       <c r="E401" s="10" t="s">
-        <v>1552</v>
+        <v>1572</v>
       </c>
       <c r="F401" s="11" t="s">
-        <v>1553</v>
-[...2 lines deleted...]
-    <row r="402" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1573</v>
+      </c>
+    </row>
+    <row r="402" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A402" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B402" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C402" s="10" t="s">
-        <v>1554</v>
+        <v>1574</v>
       </c>
       <c r="D402" s="10" t="s">
-        <v>1555</v>
+        <v>1575</v>
       </c>
       <c r="E402" s="10" t="s">
-        <v>1556</v>
+        <v>1576</v>
       </c>
       <c r="F402" s="11" t="s">
-        <v>1557</v>
-[...2 lines deleted...]
-    <row r="403" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="403" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A403" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B403" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C403" s="10" t="s">
-        <v>1558</v>
+        <v>1578</v>
       </c>
       <c r="D403" s="10" t="s">
-        <v>1559</v>
+        <v>1579</v>
       </c>
       <c r="E403" s="10" t="s">
-        <v>1560</v>
+        <v>1580</v>
       </c>
       <c r="F403" s="11" t="s">
-        <v>1561</v>
-[...2 lines deleted...]
-    <row r="404" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1581</v>
+      </c>
+    </row>
+    <row r="404" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A404" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B404" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C404" s="10" t="s">
-        <v>1562</v>
+        <v>1582</v>
       </c>
       <c r="D404" s="10" t="s">
-        <v>1563</v>
+        <v>1583</v>
       </c>
       <c r="E404" s="10" t="s">
-        <v>1564</v>
+        <v>1584</v>
       </c>
       <c r="F404" s="11" t="s">
-        <v>1565</v>
-[...2 lines deleted...]
-    <row r="405" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1585</v>
+      </c>
+    </row>
+    <row r="405" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A405" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B405" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C405" s="10" t="s">
-        <v>1566</v>
+        <v>1586</v>
       </c>
       <c r="D405" s="10" t="s">
-        <v>1567</v>
+        <v>1587</v>
       </c>
       <c r="E405" s="10" t="s">
-        <v>1568</v>
+        <v>1588</v>
       </c>
       <c r="F405" s="11" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-    <row r="406" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1589</v>
+      </c>
+    </row>
+    <row r="406" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A406" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B406" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C406" s="10" t="s">
-        <v>1570</v>
+        <v>1590</v>
       </c>
       <c r="D406" s="10" t="s">
-        <v>1571</v>
+        <v>1591</v>
       </c>
       <c r="E406" s="10" t="s">
-        <v>1572</v>
+        <v>1592</v>
       </c>
       <c r="F406" s="11" t="s">
-        <v>1573</v>
-[...2 lines deleted...]
-    <row r="407" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1593</v>
+      </c>
+    </row>
+    <row r="407" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A407" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B407" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C407" s="10" t="s">
-        <v>1574</v>
+        <v>1594</v>
       </c>
       <c r="D407" s="10" t="s">
-        <v>1575</v>
+        <v>1595</v>
       </c>
       <c r="E407" s="10" t="s">
-        <v>1576</v>
+        <v>1596</v>
       </c>
       <c r="F407" s="11" t="s">
-        <v>1577</v>
-[...2 lines deleted...]
-    <row r="408" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1597</v>
+      </c>
+    </row>
+    <row r="408" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A408" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B408" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C408" s="10" t="s">
-        <v>1578</v>
+        <v>1598</v>
       </c>
       <c r="D408" s="10" t="s">
-        <v>1579</v>
+        <v>1599</v>
       </c>
       <c r="E408" s="10" t="s">
-        <v>1580</v>
+        <v>1600</v>
       </c>
       <c r="F408" s="11" t="s">
-        <v>1581</v>
-[...2 lines deleted...]
-    <row r="409" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1601</v>
+      </c>
+    </row>
+    <row r="409" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A409" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B409" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C409" s="10" t="s">
-        <v>1582</v>
+        <v>1602</v>
       </c>
       <c r="D409" s="10" t="s">
-        <v>1583</v>
+        <v>1603</v>
       </c>
       <c r="E409" s="10" t="s">
-        <v>1584</v>
+        <v>1604</v>
       </c>
       <c r="F409" s="11" t="s">
-        <v>1585</v>
-[...2 lines deleted...]
-    <row r="410" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1605</v>
+      </c>
+    </row>
+    <row r="410" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A410" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B410" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C410" s="10" t="s">
-        <v>1586</v>
+        <v>1606</v>
       </c>
       <c r="D410" s="10" t="s">
-        <v>1587</v>
+        <v>1607</v>
       </c>
       <c r="E410" s="10" t="s">
-        <v>1588</v>
+        <v>1608</v>
       </c>
       <c r="F410" s="11" t="s">
-        <v>1589</v>
-[...2 lines deleted...]
-    <row r="411" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1609</v>
+      </c>
+    </row>
+    <row r="411" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A411" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B411" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C411" s="10" t="s">
-        <v>1590</v>
+        <v>1610</v>
       </c>
       <c r="D411" s="10" t="s">
-        <v>1591</v>
+        <v>1611</v>
       </c>
       <c r="E411" s="10" t="s">
-        <v>1592</v>
+        <v>1612</v>
       </c>
       <c r="F411" s="11" t="s">
-        <v>1593</v>
-[...2 lines deleted...]
-    <row r="412" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1613</v>
+      </c>
+    </row>
+    <row r="412" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A412" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B412" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C412" s="10" t="s">
-        <v>1594</v>
+        <v>1614</v>
       </c>
       <c r="D412" s="10" t="s">
-        <v>1595</v>
+        <v>1615</v>
       </c>
       <c r="E412" s="10" t="s">
-        <v>1596</v>
+        <v>1616</v>
       </c>
       <c r="F412" s="11" t="s">
-        <v>1597</v>
-[...2 lines deleted...]
-    <row r="413" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1617</v>
+      </c>
+    </row>
+    <row r="413" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A413" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B413" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C413" s="10" t="s">
-        <v>1598</v>
+        <v>1618</v>
       </c>
       <c r="D413" s="10" t="s">
-        <v>1599</v>
+        <v>1619</v>
       </c>
       <c r="E413" s="10" t="s">
-        <v>1600</v>
+        <v>1620</v>
       </c>
       <c r="F413" s="11" t="s">
-        <v>1601</v>
-[...2 lines deleted...]
-    <row r="414" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1621</v>
+      </c>
+    </row>
+    <row r="414" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A414" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B414" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C414" s="10" t="s">
-        <v>1602</v>
+        <v>1622</v>
       </c>
       <c r="D414" s="10" t="s">
-        <v>1603</v>
+        <v>1623</v>
       </c>
       <c r="E414" s="10" t="s">
-        <v>1604</v>
+        <v>1624</v>
       </c>
       <c r="F414" s="11" t="s">
-        <v>1605</v>
-[...2 lines deleted...]
-    <row r="415" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1625</v>
+      </c>
+    </row>
+    <row r="415" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A415" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B415" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C415" s="10" t="s">
-        <v>1606</v>
+        <v>1626</v>
       </c>
       <c r="D415" s="10" t="s">
-        <v>1607</v>
+        <v>1627</v>
       </c>
       <c r="E415" s="10" t="s">
-        <v>1608</v>
+        <v>1628</v>
       </c>
       <c r="F415" s="11" t="s">
-        <v>1609</v>
-[...2 lines deleted...]
-    <row r="416" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1629</v>
+      </c>
+    </row>
+    <row r="416" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A416" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B416" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C416" s="10" t="s">
-        <v>1610</v>
+        <v>1630</v>
       </c>
       <c r="D416" s="10" t="s">
-        <v>1611</v>
+        <v>1631</v>
       </c>
       <c r="E416" s="10" t="s">
-        <v>1612</v>
+        <v>1632</v>
       </c>
       <c r="F416" s="11" t="s">
-        <v>1613</v>
-[...2 lines deleted...]
-    <row r="417" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="417" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A417" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B417" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C417" s="10" t="s">
-        <v>1614</v>
+        <v>1634</v>
       </c>
       <c r="D417" s="10" t="s">
-        <v>1615</v>
+        <v>1635</v>
       </c>
       <c r="E417" s="10" t="s">
-        <v>1616</v>
+        <v>1636</v>
       </c>
       <c r="F417" s="11" t="s">
-        <v>1617</v>
-[...2 lines deleted...]
-    <row r="418" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1637</v>
+      </c>
+    </row>
+    <row r="418" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A418" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B418" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C418" s="10" t="s">
-        <v>1618</v>
+        <v>1638</v>
       </c>
       <c r="D418" s="10" t="s">
-        <v>1619</v>
+        <v>1639</v>
       </c>
       <c r="E418" s="10" t="s">
-        <v>1620</v>
+        <v>1640</v>
       </c>
       <c r="F418" s="11" t="s">
-        <v>1621</v>
-[...2 lines deleted...]
-    <row r="419" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1641</v>
+      </c>
+    </row>
+    <row r="419" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A419" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B419" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C419" s="10" t="s">
-        <v>1622</v>
+        <v>1642</v>
       </c>
       <c r="D419" s="10" t="s">
-        <v>1623</v>
+        <v>1643</v>
       </c>
       <c r="E419" s="10" t="s">
-        <v>1624</v>
+        <v>1644</v>
       </c>
       <c r="F419" s="11" t="s">
-        <v>1625</v>
-[...2 lines deleted...]
-    <row r="420" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1645</v>
+      </c>
+    </row>
+    <row r="420" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A420" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B420" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C420" s="10" t="s">
-        <v>1626</v>
+        <v>1646</v>
       </c>
       <c r="D420" s="10" t="s">
-        <v>1627</v>
+        <v>1647</v>
       </c>
       <c r="E420" s="10" t="s">
-        <v>1628</v>
+        <v>1648</v>
       </c>
       <c r="F420" s="11" t="s">
-        <v>1629</v>
-[...2 lines deleted...]
-    <row r="421" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1649</v>
+      </c>
+    </row>
+    <row r="421" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A421" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B421" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C421" s="10" t="s">
-        <v>1630</v>
+        <v>1650</v>
       </c>
       <c r="D421" s="10" t="s">
-        <v>1631</v>
+        <v>1651</v>
       </c>
       <c r="E421" s="10" t="s">
-        <v>1632</v>
+        <v>1652</v>
       </c>
       <c r="F421" s="11" t="s">
-        <v>1633</v>
-[...2 lines deleted...]
-    <row r="422" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1653</v>
+      </c>
+    </row>
+    <row r="422" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A422" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B422" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C422" s="10" t="s">
-        <v>1634</v>
+        <v>1654</v>
       </c>
       <c r="D422" s="10" t="s">
-        <v>1635</v>
+        <v>1655</v>
       </c>
       <c r="E422" s="10" t="s">
-        <v>1636</v>
+        <v>1656</v>
       </c>
       <c r="F422" s="11" t="s">
-        <v>1637</v>
-[...2 lines deleted...]
-    <row r="423" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1657</v>
+      </c>
+    </row>
+    <row r="423" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A423" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B423" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C423" s="10" t="s">
-        <v>1638</v>
+        <v>1658</v>
       </c>
       <c r="D423" s="10" t="s">
-        <v>1639</v>
+        <v>1659</v>
       </c>
       <c r="E423" s="10" t="s">
-        <v>1640</v>
+        <v>1660</v>
       </c>
       <c r="F423" s="11" t="s">
-        <v>1641</v>
-[...2 lines deleted...]
-    <row r="424" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1661</v>
+      </c>
+    </row>
+    <row r="424" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A424" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B424" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C424" s="10" t="s">
-        <v>1642</v>
+        <v>1662</v>
       </c>
       <c r="D424" s="10" t="s">
-        <v>1643</v>
+        <v>1663</v>
       </c>
       <c r="E424" s="10" t="s">
-        <v>1644</v>
+        <v>1664</v>
       </c>
       <c r="F424" s="11" t="s">
-        <v>1645</v>
-[...2 lines deleted...]
-    <row r="425" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1665</v>
+      </c>
+    </row>
+    <row r="425" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A425" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B425" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C425" s="10" t="s">
-        <v>1646</v>
+        <v>1666</v>
       </c>
       <c r="D425" s="10" t="s">
-        <v>1647</v>
+        <v>1667</v>
       </c>
       <c r="E425" s="10" t="s">
-        <v>1648</v>
-[...5 lines deleted...]
-    <row r="426" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1668</v>
+      </c>
+      <c r="F425" s="21" t="s">
+        <v>1669</v>
+      </c>
+    </row>
+    <row r="426" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A426" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B426" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C426" s="10" t="s">
-        <v>1650</v>
+        <v>1670</v>
       </c>
       <c r="D426" s="10" t="s">
-        <v>1651</v>
+        <v>1671</v>
       </c>
       <c r="E426" s="10" t="s">
-        <v>1652</v>
+        <v>1672</v>
       </c>
       <c r="F426" s="11" t="s">
-        <v>1653</v>
-[...2 lines deleted...]
-    <row r="427" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1673</v>
+      </c>
+    </row>
+    <row r="427" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A427" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B427" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C427" s="10" t="s">
-        <v>1654</v>
+        <v>1674</v>
       </c>
       <c r="D427" s="10" t="s">
-        <v>1655</v>
+        <v>1675</v>
       </c>
       <c r="E427" s="10" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="F427" s="11" t="s">
-        <v>1657</v>
-[...2 lines deleted...]
-    <row r="428" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1677</v>
+      </c>
+    </row>
+    <row r="428" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A428" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B428" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C428" s="10" t="s">
-        <v>1658</v>
+        <v>1678</v>
       </c>
       <c r="D428" s="10" t="s">
-        <v>1659</v>
+        <v>1679</v>
       </c>
       <c r="E428" s="10" t="s">
-        <v>1660</v>
+        <v>1680</v>
       </c>
       <c r="F428" s="11" t="s">
-        <v>1661</v>
-[...2 lines deleted...]
-    <row r="429" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1681</v>
+      </c>
+    </row>
+    <row r="429" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A429" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B429" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C429" s="10" t="s">
-        <v>1662</v>
+        <v>1682</v>
       </c>
       <c r="D429" s="10" t="s">
-        <v>1663</v>
+        <v>1683</v>
       </c>
       <c r="E429" s="10" t="s">
-        <v>1664</v>
+        <v>1684</v>
       </c>
       <c r="F429" s="11" t="s">
-        <v>1665</v>
-[...2 lines deleted...]
-    <row r="430" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1685</v>
+      </c>
+    </row>
+    <row r="430" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A430" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B430" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C430" s="10" t="s">
-        <v>1666</v>
+        <v>1686</v>
       </c>
       <c r="D430" s="10" t="s">
-        <v>1667</v>
+        <v>1687</v>
       </c>
       <c r="E430" s="10" t="s">
-        <v>1668</v>
+        <v>1688</v>
       </c>
       <c r="F430" s="11" t="s">
-        <v>1669</v>
-[...2 lines deleted...]
-    <row r="431" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1689</v>
+      </c>
+    </row>
+    <row r="431" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A431" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B431" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C431" s="10" t="s">
-        <v>1670</v>
+        <v>1690</v>
       </c>
       <c r="D431" s="10" t="s">
-        <v>1671</v>
+        <v>1691</v>
       </c>
       <c r="E431" s="10" t="s">
-        <v>1672</v>
+        <v>1692</v>
       </c>
       <c r="F431" s="11" t="s">
-        <v>1673</v>
-[...2 lines deleted...]
-    <row r="432" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1693</v>
+      </c>
+    </row>
+    <row r="432" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A432" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B432" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C432" s="10" t="s">
-        <v>1674</v>
+        <v>1694</v>
       </c>
       <c r="D432" s="10" t="s">
-        <v>1675</v>
+        <v>1695</v>
       </c>
       <c r="E432" s="10" t="s">
-        <v>1676</v>
+        <v>1696</v>
       </c>
       <c r="F432" s="11" t="s">
-        <v>1677</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1697</v>
+      </c>
+    </row>
+    <row r="433" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A433" s="10" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="B433" s="10" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="C433" s="10" t="s">
-        <v>1678</v>
+        <v>1698</v>
       </c>
       <c r="D433" s="10" t="s">
-        <v>1679</v>
+        <v>1699</v>
       </c>
       <c r="E433" s="10" t="s">
-        <v>1680</v>
+        <v>1700</v>
       </c>
       <c r="F433" s="11" t="s">
-        <v>1681</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1701</v>
+      </c>
+    </row>
+    <row r="434" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A434" s="10" t="s">
-        <v>1682</v>
+        <v>1702</v>
       </c>
       <c r="B434" s="10" t="s">
-        <v>1683</v>
+        <v>1703</v>
       </c>
       <c r="C434" s="10" t="s">
-        <v>1684</v>
+        <v>1704</v>
       </c>
       <c r="D434" s="10" t="s">
-        <v>1685</v>
+        <v>1705</v>
       </c>
       <c r="E434" s="10" t="s">
-        <v>1686</v>
+        <v>1706</v>
       </c>
       <c r="F434" s="11" t="s">
-        <v>1687</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1707</v>
+      </c>
+    </row>
+    <row r="435" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A435" s="10" t="s">
-        <v>1682</v>
+        <v>1702</v>
       </c>
       <c r="B435" s="10" t="s">
-        <v>1683</v>
+        <v>1703</v>
       </c>
       <c r="C435" s="10" t="s">
-        <v>1688</v>
-[...11 lines deleted...]
-    <row r="436" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1708</v>
+      </c>
+      <c r="D435" s="22" t="s">
+        <v>1709</v>
+      </c>
+      <c r="E435" s="22" t="s">
+        <v>1710</v>
+      </c>
+      <c r="F435" s="23" t="s">
+        <v>1711</v>
+      </c>
+    </row>
+    <row r="436" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A436" s="10" t="s">
-        <v>1682</v>
+        <v>1702</v>
       </c>
       <c r="B436" s="10" t="s">
-        <v>1683</v>
+        <v>1703</v>
       </c>
       <c r="C436" s="10" t="s">
-        <v>1692</v>
+        <v>1712</v>
       </c>
       <c r="D436" s="10" t="s">
-        <v>1693</v>
+        <v>1713</v>
       </c>
       <c r="E436" s="10" t="s">
-        <v>1694</v>
+        <v>1714</v>
       </c>
       <c r="F436" s="11" t="s">
-        <v>1695</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1715</v>
+      </c>
+    </row>
+    <row r="437" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A437" s="10" t="s">
-        <v>1682</v>
+        <v>1702</v>
       </c>
       <c r="B437" s="10" t="s">
-        <v>1683</v>
+        <v>1703</v>
       </c>
       <c r="C437" s="10" t="s">
-        <v>1696</v>
+        <v>1716</v>
       </c>
       <c r="D437" s="10" t="s">
-        <v>1697</v>
+        <v>1717</v>
       </c>
       <c r="E437" s="10">
         <v>7576726410</v>
       </c>
       <c r="F437" s="11" t="s">
-        <v>1698</v>
-[...2 lines deleted...]
-    <row r="438" spans="1:6" s="3" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
+        <v>1718</v>
+      </c>
+    </row>
+    <row r="438" spans="1:6" s="3" customFormat="1" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A438" s="10" t="s">
-        <v>1682</v>
+        <v>1702</v>
       </c>
       <c r="B438" s="10" t="s">
-        <v>1683</v>
+        <v>1703</v>
       </c>
       <c r="C438" s="10" t="s">
-        <v>1699</v>
+        <v>1719</v>
       </c>
       <c r="D438" s="10" t="s">
-        <v>2591</v>
+        <v>1720</v>
       </c>
       <c r="E438" s="10" t="s">
-        <v>1700</v>
+        <v>1721</v>
       </c>
       <c r="F438" s="11" t="s">
-        <v>1701</v>
-[...2 lines deleted...]
-    <row r="439" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1722</v>
+      </c>
+    </row>
+    <row r="439" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A439" s="10" t="s">
-        <v>1682</v>
+        <v>1702</v>
       </c>
       <c r="B439" s="10" t="s">
-        <v>1683</v>
+        <v>1703</v>
       </c>
       <c r="C439" s="10" t="s">
+        <v>1723</v>
+      </c>
+      <c r="D439" s="10" t="s">
+        <v>1724</v>
+      </c>
+      <c r="E439" s="10" t="s">
+        <v>1725</v>
+      </c>
+      <c r="F439" s="11" t="s">
+        <v>1726</v>
+      </c>
+    </row>
+    <row r="440" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A440" s="10" t="s">
         <v>1702</v>
       </c>
-      <c r="D439" s="10" t="s">
+      <c r="B440" s="10" t="s">
         <v>1703</v>
       </c>
-      <c r="E439" s="10" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="C440" s="10" t="s">
-        <v>1706</v>
+        <v>1727</v>
       </c>
       <c r="D440" s="10" t="s">
-        <v>1707</v>
+        <v>1728</v>
       </c>
       <c r="E440" s="10" t="s">
-        <v>1708</v>
+        <v>1729</v>
       </c>
       <c r="F440" s="11" t="s">
-        <v>1709</v>
-[...2 lines deleted...]
-    <row r="441" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1730</v>
+      </c>
+    </row>
+    <row r="441" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A441" s="10" t="s">
-        <v>1682</v>
+        <v>1702</v>
       </c>
       <c r="B441" s="10" t="s">
-        <v>1683</v>
+        <v>1703</v>
       </c>
       <c r="C441" s="10" t="s">
-        <v>1710</v>
+        <v>1731</v>
       </c>
       <c r="D441" s="10" t="s">
-        <v>1711</v>
+        <v>1732</v>
       </c>
       <c r="E441" s="10" t="s">
-        <v>1712</v>
+        <v>1733</v>
       </c>
       <c r="F441" s="11" t="s">
-        <v>1713</v>
-[...2 lines deleted...]
-    <row r="442" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1734</v>
+      </c>
+    </row>
+    <row r="442" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A442" s="10" t="s">
-        <v>1714</v>
+        <v>1735</v>
       </c>
       <c r="B442" s="10" t="s">
-        <v>1715</v>
+        <v>1736</v>
       </c>
       <c r="C442" s="10" t="s">
-        <v>1716</v>
+        <v>1737</v>
       </c>
       <c r="D442" s="10" t="s">
-        <v>1717</v>
+        <v>1738</v>
       </c>
       <c r="E442" s="10" t="s">
-        <v>1718</v>
+        <v>1739</v>
       </c>
       <c r="F442" s="11" t="s">
-        <v>1719</v>
-[...2 lines deleted...]
-    <row r="443" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1740</v>
+      </c>
+    </row>
+    <row r="443" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A443" s="10" t="s">
-        <v>1714</v>
+        <v>1735</v>
       </c>
       <c r="B443" s="10" t="s">
-        <v>1720</v>
+        <v>1741</v>
       </c>
       <c r="C443" s="10" t="s">
-        <v>1721</v>
+        <v>1742</v>
       </c>
       <c r="D443" s="10" t="s">
-        <v>1717</v>
+        <v>1738</v>
       </c>
       <c r="E443" s="10" t="s">
-        <v>1718</v>
+        <v>1739</v>
       </c>
       <c r="F443" s="11" t="s">
-        <v>1719</v>
-[...2 lines deleted...]
-    <row r="444" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1740</v>
+      </c>
+    </row>
+    <row r="444" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A444" s="10" t="s">
-        <v>1714</v>
+        <v>1735</v>
       </c>
       <c r="B444" s="10" t="s">
-        <v>1715</v>
+        <v>1736</v>
       </c>
       <c r="C444" s="10" t="s">
-        <v>1442</v>
+        <v>1462</v>
       </c>
       <c r="D444" s="10" t="s">
-        <v>1443</v>
+        <v>1463</v>
       </c>
       <c r="E444" s="10" t="s">
-        <v>1444</v>
+        <v>1464</v>
       </c>
       <c r="F444" s="11" t="s">
-        <v>1445</v>
-[...2 lines deleted...]
-    <row r="445" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1465</v>
+      </c>
+    </row>
+    <row r="445" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A445" s="10" t="s">
-        <v>1714</v>
+        <v>1735</v>
       </c>
       <c r="B445" s="10" t="s">
-        <v>1715</v>
+        <v>1736</v>
       </c>
       <c r="C445" s="10" t="s">
-        <v>1722</v>
+        <v>1743</v>
       </c>
       <c r="D445" s="10" t="s">
-        <v>1723</v>
+        <v>1744</v>
       </c>
       <c r="E445" s="10" t="s">
-        <v>1724</v>
+        <v>1745</v>
       </c>
       <c r="F445" s="11" t="s">
-        <v>1725</v>
-[...2 lines deleted...]
-    <row r="446" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1746</v>
+      </c>
+    </row>
+    <row r="446" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A446" s="10" t="s">
-        <v>1714</v>
+        <v>1735</v>
       </c>
       <c r="B446" s="10" t="s">
-        <v>1715</v>
+        <v>1736</v>
       </c>
       <c r="C446" s="10" t="s">
-        <v>1726</v>
+        <v>1747</v>
       </c>
       <c r="D446" s="10" t="s">
-        <v>1463</v>
+        <v>1483</v>
       </c>
       <c r="E446" s="10" t="s">
-        <v>1464</v>
+        <v>1484</v>
       </c>
       <c r="F446" s="11" t="s">
-        <v>1465</v>
-[...2 lines deleted...]
-    <row r="447" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1485</v>
+      </c>
+    </row>
+    <row r="447" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A447" s="10" t="s">
-        <v>1714</v>
+        <v>1735</v>
       </c>
       <c r="B447" s="10" t="s">
-        <v>1715</v>
+        <v>1736</v>
       </c>
       <c r="C447" s="10" t="s">
-        <v>1727</v>
+        <v>1748</v>
       </c>
       <c r="D447" s="10" t="s">
-        <v>1728</v>
+        <v>1749</v>
       </c>
       <c r="E447" s="10" t="s">
-        <v>1729</v>
+        <v>1750</v>
       </c>
       <c r="F447" s="11" t="s">
-        <v>1730</v>
-[...2 lines deleted...]
-    <row r="448" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1751</v>
+      </c>
+    </row>
+    <row r="448" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A448" s="10" t="s">
-        <v>1714</v>
+        <v>1735</v>
       </c>
       <c r="B448" s="10" t="s">
-        <v>1715</v>
+        <v>1736</v>
       </c>
       <c r="C448" s="10" t="s">
-        <v>1731</v>
+        <v>1752</v>
       </c>
       <c r="D448" s="10" t="s">
-        <v>1732</v>
+        <v>1753</v>
       </c>
       <c r="E448" s="10" t="s">
-        <v>1733</v>
+        <v>1754</v>
       </c>
       <c r="F448" s="11" t="s">
-        <v>1734</v>
-[...2 lines deleted...]
-    <row r="449" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1755</v>
+      </c>
+    </row>
+    <row r="449" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A449" s="10" t="s">
-        <v>1714</v>
+        <v>1735</v>
       </c>
       <c r="B449" s="10" t="s">
-        <v>1715</v>
+        <v>1736</v>
       </c>
       <c r="C449" s="10" t="s">
+        <v>1756</v>
+      </c>
+      <c r="D449" s="10" t="s">
+        <v>1757</v>
+      </c>
+      <c r="E449" s="10" t="s">
+        <v>1758</v>
+      </c>
+      <c r="F449" s="11" t="s">
+        <v>1759</v>
+      </c>
+    </row>
+    <row r="450" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A450" s="10" t="s">
         <v>1735</v>
       </c>
-      <c r="D449" s="10" t="s">
+      <c r="B450" s="10" t="s">
+        <v>1741</v>
+      </c>
+      <c r="C450" s="10" t="s">
+        <v>1760</v>
+      </c>
+      <c r="D450" s="10" t="s">
+        <v>1761</v>
+      </c>
+      <c r="E450" s="10" t="s">
+        <v>1762</v>
+      </c>
+      <c r="F450" s="11" t="s">
+        <v>1763</v>
+      </c>
+    </row>
+    <row r="451" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A451" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B451" s="10" t="s">
         <v>1736</v>
       </c>
-      <c r="E449" s="10" t="s">
-[...19 lines deleted...]
-      <c r="E450" s="10" t="s">
+      <c r="C451" s="10" t="s">
+        <v>1764</v>
+      </c>
+      <c r="D451" s="10" t="s">
+        <v>1765</v>
+      </c>
+      <c r="E451" s="10" t="s">
+        <v>1766</v>
+      </c>
+      <c r="F451" s="11" t="s">
+        <v>1767</v>
+      </c>
+    </row>
+    <row r="452" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A452" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B452" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C452" s="10" t="s">
+        <v>1768</v>
+      </c>
+      <c r="D452" s="10" t="s">
+        <v>1769</v>
+      </c>
+      <c r="E452" s="10" t="s">
+        <v>1770</v>
+      </c>
+      <c r="F452" s="11" t="s">
+        <v>1771</v>
+      </c>
+    </row>
+    <row r="453" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A453" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B453" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C453" s="10" t="s">
+        <v>1772</v>
+      </c>
+      <c r="D453" s="10" t="s">
+        <v>1773</v>
+      </c>
+      <c r="E453" s="10" t="s">
+        <v>1774</v>
+      </c>
+      <c r="F453" s="11" t="s">
+        <v>1775</v>
+      </c>
+    </row>
+    <row r="454" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A454" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B454" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C454" s="10" t="s">
+        <v>1776</v>
+      </c>
+      <c r="D454" s="10" t="s">
+        <v>1777</v>
+      </c>
+      <c r="E454" s="10" t="s">
+        <v>1778</v>
+      </c>
+      <c r="F454" s="11" t="s">
+        <v>1779</v>
+      </c>
+    </row>
+    <row r="455" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A455" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B455" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C455" s="10" t="s">
+        <v>1780</v>
+      </c>
+      <c r="D455" s="10" t="s">
+        <v>1781</v>
+      </c>
+      <c r="E455" s="10" t="s">
+        <v>1782</v>
+      </c>
+      <c r="F455" s="11" t="s">
+        <v>1783</v>
+      </c>
+    </row>
+    <row r="456" spans="1:6" s="3" customFormat="1" ht="31" x14ac:dyDescent="0.35">
+      <c r="A456" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B456" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C456" s="10" t="s">
+        <v>1784</v>
+      </c>
+      <c r="D456" s="10" t="s">
+        <v>1785</v>
+      </c>
+      <c r="E456" s="10" t="s">
+        <v>1786</v>
+      </c>
+      <c r="F456" s="11" t="s">
+        <v>1787</v>
+      </c>
+    </row>
+    <row r="457" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A457" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B457" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C457" s="10" t="s">
+        <v>1788</v>
+      </c>
+      <c r="D457" s="10" t="s">
+        <v>1789</v>
+      </c>
+      <c r="E457" s="10" t="s">
+        <v>1790</v>
+      </c>
+      <c r="F457" s="11" t="s">
+        <v>1791</v>
+      </c>
+    </row>
+    <row r="458" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A458" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B458" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C458" s="10" t="s">
+        <v>1792</v>
+      </c>
+      <c r="D458" s="10" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E458" s="10" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F458" s="11" t="s">
+        <v>1795</v>
+      </c>
+    </row>
+    <row r="459" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A459" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B459" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C459" s="10" t="s">
+        <v>1506</v>
+      </c>
+      <c r="D459" s="10" t="s">
+        <v>1507</v>
+      </c>
+      <c r="E459" s="10" t="s">
+        <v>1796</v>
+      </c>
+      <c r="F459" s="11" t="s">
+        <v>1509</v>
+      </c>
+    </row>
+    <row r="460" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A460" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B460" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C460" s="10" t="s">
+        <v>1797</v>
+      </c>
+      <c r="D460" s="10" t="s">
+        <v>1798</v>
+      </c>
+      <c r="E460" s="10" t="s">
+        <v>1799</v>
+      </c>
+      <c r="F460" s="11" t="s">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="461" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A461" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B461" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C461" s="10" t="s">
+        <v>1534</v>
+      </c>
+      <c r="D461" s="10" t="s">
+        <v>1535</v>
+      </c>
+      <c r="E461" s="10" t="s">
+        <v>1536</v>
+      </c>
+      <c r="F461" s="11" t="s">
+        <v>1537</v>
+      </c>
+    </row>
+    <row r="462" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A462" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B462" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C462" s="10" t="s">
+        <v>1801</v>
+      </c>
+      <c r="D462" s="10" t="s">
+        <v>1802</v>
+      </c>
+      <c r="E462" s="10" t="s">
+        <v>1803</v>
+      </c>
+      <c r="F462" s="11" t="s">
+        <v>1804</v>
+      </c>
+    </row>
+    <row r="463" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A463" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B463" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C463" s="10" t="s">
+        <v>1805</v>
+      </c>
+      <c r="D463" s="10" t="s">
+        <v>1806</v>
+      </c>
+      <c r="E463" s="10" t="s">
+        <v>1807</v>
+      </c>
+      <c r="F463" s="11" t="s">
+        <v>1808</v>
+      </c>
+    </row>
+    <row r="464" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A464" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B464" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C464" s="10" t="s">
+        <v>1809</v>
+      </c>
+      <c r="D464" s="10" t="s">
+        <v>1810</v>
+      </c>
+      <c r="E464" s="10" t="s">
+        <v>1811</v>
+      </c>
+      <c r="F464" s="11" t="s">
+        <v>1812</v>
+      </c>
+    </row>
+    <row r="465" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A465" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B465" s="10" t="s">
         <v>1741</v>
       </c>
-      <c r="F450" s="11" t="s">
-[...253 lines deleted...]
-      <c r="D463" s="10" t="s">
+      <c r="C465" s="10" t="s">
+        <v>1813</v>
+      </c>
+      <c r="D465" s="10" t="s">
+        <v>1814</v>
+      </c>
+      <c r="E465" s="10" t="s">
+        <v>1815</v>
+      </c>
+      <c r="F465" s="11" t="s">
+        <v>1816</v>
+      </c>
+    </row>
+    <row r="466" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A466" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B466" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C466" s="10" t="s">
+        <v>1817</v>
+      </c>
+      <c r="D466" s="10" t="s">
+        <v>1818</v>
+      </c>
+      <c r="E466" s="10" t="s">
+        <v>1819</v>
+      </c>
+      <c r="F466" s="11" t="s">
+        <v>1820</v>
+      </c>
+    </row>
+    <row r="467" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A467" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B467" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C467" s="10" t="s">
+        <v>1821</v>
+      </c>
+      <c r="D467" s="10" t="s">
+        <v>1822</v>
+      </c>
+      <c r="E467" s="10" t="s">
+        <v>1823</v>
+      </c>
+      <c r="F467" s="11" t="s">
+        <v>1824</v>
+      </c>
+    </row>
+    <row r="468" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A468" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B468" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C468" s="10" t="s">
+        <v>1825</v>
+      </c>
+      <c r="D468" s="10" t="s">
+        <v>1826</v>
+      </c>
+      <c r="E468" s="10" t="s">
+        <v>1827</v>
+      </c>
+      <c r="F468" s="11" t="s">
+        <v>1828</v>
+      </c>
+    </row>
+    <row r="469" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A469" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B469" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C469" s="10" t="s">
+        <v>1829</v>
+      </c>
+      <c r="D469" s="10" t="s">
+        <v>1830</v>
+      </c>
+      <c r="E469" s="10" t="s">
+        <v>1831</v>
+      </c>
+      <c r="F469" s="11" t="s">
+        <v>1832</v>
+      </c>
+    </row>
+    <row r="470" spans="1:6" s="3" customFormat="1" ht="77.5" x14ac:dyDescent="0.35">
+      <c r="A470" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B470" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C470" s="10" t="s">
+        <v>1833</v>
+      </c>
+      <c r="D470" s="10" t="s">
+        <v>1834</v>
+      </c>
+      <c r="E470" s="10" t="s">
+        <v>1835</v>
+      </c>
+      <c r="F470" s="11" t="s">
+        <v>1836</v>
+      </c>
+    </row>
+    <row r="471" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A471" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B471" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C471" s="10" t="s">
+        <v>1837</v>
+      </c>
+      <c r="D471" s="10" t="s">
+        <v>1838</v>
+      </c>
+      <c r="E471" s="10" t="s">
+        <v>1839</v>
+      </c>
+      <c r="F471" s="11" t="s">
+        <v>1840</v>
+      </c>
+    </row>
+    <row r="472" spans="1:6" s="3" customFormat="1" ht="31" x14ac:dyDescent="0.35">
+      <c r="A472" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B472" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C472" s="10" t="s">
+        <v>1841</v>
+      </c>
+      <c r="D472" s="10" t="s">
         <v>1785</v>
       </c>
-      <c r="E463" s="10" t="s">
+      <c r="E472" s="10" t="s">
         <v>1786</v>
       </c>
-      <c r="F463" s="11" t="s">
+      <c r="F472" s="11" t="s">
         <v>1787</v>
       </c>
     </row>
-    <row r="464" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
-[...179 lines deleted...]
-    <row r="473" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="473" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A473" s="10" t="s">
-        <v>1714</v>
+        <v>1735</v>
       </c>
       <c r="B473" s="10" t="s">
-        <v>1715</v>
+        <v>1736</v>
       </c>
       <c r="C473" s="10" t="s">
-        <v>1821</v>
+        <v>1842</v>
       </c>
       <c r="D473" s="10" t="s">
-        <v>1822</v>
+        <v>1843</v>
       </c>
       <c r="E473" s="10" t="s">
-        <v>1823</v>
+        <v>1844</v>
       </c>
       <c r="F473" s="11" t="s">
-        <v>1824</v>
-[...2 lines deleted...]
-    <row r="474" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1845</v>
+      </c>
+    </row>
+    <row r="474" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A474" s="10" t="s">
-        <v>1714</v>
+        <v>1735</v>
       </c>
       <c r="B474" s="10" t="s">
-        <v>1715</v>
+        <v>1736</v>
       </c>
       <c r="C474" s="10" t="s">
-        <v>1825</v>
+        <v>1846</v>
       </c>
       <c r="D474" s="10" t="s">
-        <v>1826</v>
+        <v>1847</v>
       </c>
       <c r="E474" s="10">
         <v>7813523642</v>
       </c>
       <c r="F474" s="11" t="s">
-        <v>1827</v>
-[...2 lines deleted...]
-    <row r="475" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.3">
+        <v>1848</v>
+      </c>
+    </row>
+    <row r="475" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A475" s="10" t="s">
-        <v>1714</v>
+        <v>1735</v>
       </c>
       <c r="B475" s="10" t="s">
-        <v>1715</v>
+        <v>1736</v>
       </c>
       <c r="C475" s="10" t="s">
-        <v>1828</v>
+        <v>1849</v>
       </c>
       <c r="D475" s="10" t="s">
+        <v>1850</v>
+      </c>
+      <c r="E475" s="10" t="s">
+        <v>1851</v>
+      </c>
+      <c r="F475" s="11" t="s">
+        <v>1852</v>
+      </c>
+    </row>
+    <row r="476" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A476" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B476" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C476" s="10" t="s">
+        <v>1853</v>
+      </c>
+      <c r="D476" s="10" t="s">
+        <v>1854</v>
+      </c>
+      <c r="E476" s="10" t="s">
+        <v>1855</v>
+      </c>
+      <c r="F476" s="11" t="s">
+        <v>1856</v>
+      </c>
+    </row>
+    <row r="477" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A477" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B477" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C477" s="10" t="s">
+        <v>1857</v>
+      </c>
+      <c r="D477" s="10" t="s">
+        <v>1858</v>
+      </c>
+      <c r="E477" s="10" t="s">
+        <v>1859</v>
+      </c>
+      <c r="F477" s="11" t="s">
+        <v>1860</v>
+      </c>
+    </row>
+    <row r="478" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A478" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B478" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C478" s="10" t="s">
+        <v>1861</v>
+      </c>
+      <c r="D478" s="10" t="s">
+        <v>1862</v>
+      </c>
+      <c r="E478" s="10" t="s">
+        <v>1863</v>
+      </c>
+      <c r="F478" s="11" t="s">
+        <v>1864</v>
+      </c>
+    </row>
+    <row r="479" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A479" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B479" s="10" t="s">
+        <v>1865</v>
+      </c>
+      <c r="C479" s="10" t="s">
+        <v>1866</v>
+      </c>
+      <c r="D479" s="10" t="s">
+        <v>1867</v>
+      </c>
+      <c r="E479" s="10" t="s">
+        <v>1868</v>
+      </c>
+      <c r="F479" s="11" t="s">
+        <v>1869</v>
+      </c>
+    </row>
+    <row r="480" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A480" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B480" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C480" s="10" t="s">
+        <v>1870</v>
+      </c>
+      <c r="D480" s="10" t="s">
+        <v>1871</v>
+      </c>
+      <c r="E480" s="10" t="s">
+        <v>1872</v>
+      </c>
+      <c r="F480" s="11" t="s">
+        <v>1873</v>
+      </c>
+    </row>
+    <row r="481" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A481" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B481" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C481" s="10" t="s">
+        <v>1874</v>
+      </c>
+      <c r="D481" s="10" t="s">
+        <v>1875</v>
+      </c>
+      <c r="E481" s="10" t="s">
+        <v>1876</v>
+      </c>
+      <c r="F481" s="11" t="s">
+        <v>1877</v>
+      </c>
+    </row>
+    <row r="482" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A482" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B482" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C482" s="10" t="s">
+        <v>1878</v>
+      </c>
+      <c r="D482" s="10" t="s">
+        <v>1879</v>
+      </c>
+      <c r="E482" s="10" t="s">
+        <v>1880</v>
+      </c>
+      <c r="F482" s="11" t="s">
+        <v>1881</v>
+      </c>
+    </row>
+    <row r="483" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A483" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B483" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C483" s="10" t="s">
+        <v>1882</v>
+      </c>
+      <c r="D483" s="10" t="s">
+        <v>1883</v>
+      </c>
+      <c r="E483" s="10" t="s">
+        <v>1884</v>
+      </c>
+      <c r="F483" s="11" t="s">
+        <v>1885</v>
+      </c>
+    </row>
+    <row r="484" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A484" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B484" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C484" s="10" t="s">
+        <v>1886</v>
+      </c>
+      <c r="D484" s="10" t="s">
+        <v>1887</v>
+      </c>
+      <c r="E484" s="10" t="s">
+        <v>1888</v>
+      </c>
+      <c r="F484" s="11" t="s">
+        <v>1889</v>
+      </c>
+    </row>
+    <row r="485" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A485" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B485" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C485" s="10" t="s">
+        <v>1890</v>
+      </c>
+      <c r="D485" s="10" t="s">
+        <v>1891</v>
+      </c>
+      <c r="E485" s="10" t="s">
+        <v>1892</v>
+      </c>
+      <c r="F485" s="11" t="s">
+        <v>1893</v>
+      </c>
+    </row>
+    <row r="486" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A486" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B486" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C486" s="10" t="s">
+        <v>1894</v>
+      </c>
+      <c r="D486" s="10" t="s">
+        <v>1895</v>
+      </c>
+      <c r="E486" s="10" t="s">
+        <v>1896</v>
+      </c>
+      <c r="F486" s="11" t="s">
+        <v>1897</v>
+      </c>
+    </row>
+    <row r="487" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A487" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B487" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C487" s="10" t="s">
+        <v>1898</v>
+      </c>
+      <c r="D487" s="10" t="s">
+        <v>1899</v>
+      </c>
+      <c r="E487" s="10" t="s">
+        <v>1900</v>
+      </c>
+      <c r="F487" s="11" t="s">
+        <v>1901</v>
+      </c>
+    </row>
+    <row r="488" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A488" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B488" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C488" s="10" t="s">
+        <v>1610</v>
+      </c>
+      <c r="D488" s="10" t="s">
+        <v>1902</v>
+      </c>
+      <c r="E488" s="10" t="s">
+        <v>1903</v>
+      </c>
+      <c r="F488" s="11" t="s">
+        <v>1904</v>
+      </c>
+    </row>
+    <row r="489" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A489" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B489" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C489" s="10" t="s">
+        <v>1905</v>
+      </c>
+      <c r="D489" s="10" t="s">
+        <v>1906</v>
+      </c>
+      <c r="E489" s="10" t="s">
+        <v>1907</v>
+      </c>
+      <c r="F489" s="11" t="s">
+        <v>1908</v>
+      </c>
+    </row>
+    <row r="490" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A490" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B490" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C490" s="10" t="s">
+        <v>1909</v>
+      </c>
+      <c r="D490" s="10" t="s">
+        <v>1910</v>
+      </c>
+      <c r="E490" s="10" t="s">
+        <v>1911</v>
+      </c>
+      <c r="F490" s="11" t="s">
+        <v>1912</v>
+      </c>
+    </row>
+    <row r="491" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A491" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B491" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C491" s="10" t="s">
+        <v>1913</v>
+      </c>
+      <c r="D491" s="10" t="s">
+        <v>1914</v>
+      </c>
+      <c r="E491" s="10" t="s">
+        <v>1915</v>
+      </c>
+      <c r="F491" s="11" t="s">
+        <v>1916</v>
+      </c>
+    </row>
+    <row r="492" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A492" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B492" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C492" s="10" t="s">
+        <v>1917</v>
+      </c>
+      <c r="D492" s="10" t="s">
+        <v>1918</v>
+      </c>
+      <c r="E492" s="10" t="s">
+        <v>1919</v>
+      </c>
+      <c r="F492" s="11" t="s">
+        <v>1920</v>
+      </c>
+    </row>
+    <row r="493" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A493" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B493" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C493" s="10" t="s">
+        <v>1921</v>
+      </c>
+      <c r="D493" s="10" t="s">
+        <v>1922</v>
+      </c>
+      <c r="E493" s="10" t="s">
+        <v>1923</v>
+      </c>
+      <c r="F493" s="11" t="s">
+        <v>1924</v>
+      </c>
+    </row>
+    <row r="494" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A494" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B494" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C494" s="10" t="s">
+        <v>1925</v>
+      </c>
+      <c r="D494" s="10" t="s">
+        <v>1926</v>
+      </c>
+      <c r="E494" s="10" t="s">
+        <v>1927</v>
+      </c>
+      <c r="F494" s="11" t="s">
+        <v>1928</v>
+      </c>
+    </row>
+    <row r="495" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A495" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B495" s="10" t="s">
+        <v>1865</v>
+      </c>
+      <c r="C495" s="10" t="s">
+        <v>1929</v>
+      </c>
+      <c r="D495" s="10" t="s">
+        <v>1930</v>
+      </c>
+      <c r="E495" s="10" t="s">
+        <v>1931</v>
+      </c>
+      <c r="F495" s="11" t="s">
+        <v>1932</v>
+      </c>
+    </row>
+    <row r="496" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A496" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B496" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C496" s="10" t="s">
+        <v>1933</v>
+      </c>
+      <c r="D496" s="10" t="s">
+        <v>1934</v>
+      </c>
+      <c r="E496" s="10" t="s">
+        <v>1935</v>
+      </c>
+      <c r="F496" s="11" t="s">
+        <v>1936</v>
+      </c>
+    </row>
+    <row r="497" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A497" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B497" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C497" s="10" t="s">
+        <v>1937</v>
+      </c>
+      <c r="D497" s="10" t="s">
+        <v>1938</v>
+      </c>
+      <c r="E497" s="10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="F497" s="11" t="s">
+        <v>1940</v>
+      </c>
+    </row>
+    <row r="498" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A498" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B498" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C498" s="10" t="s">
+        <v>1678</v>
+      </c>
+      <c r="D498" s="10" t="s">
+        <v>1941</v>
+      </c>
+      <c r="E498" s="10" t="s">
+        <v>1942</v>
+      </c>
+      <c r="F498" s="11" t="s">
+        <v>1943</v>
+      </c>
+    </row>
+    <row r="499" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A499" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B499" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C499" s="10" t="s">
+        <v>1686</v>
+      </c>
+      <c r="D499" s="10" t="s">
+        <v>1944</v>
+      </c>
+      <c r="E499" s="10" t="s">
+        <v>1945</v>
+      </c>
+      <c r="F499" s="11" t="s">
+        <v>1946</v>
+      </c>
+    </row>
+    <row r="500" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A500" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B500" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C500" s="10" t="s">
+        <v>1947</v>
+      </c>
+      <c r="D500" s="10" t="s">
+        <v>1948</v>
+      </c>
+      <c r="E500" s="10" t="s">
+        <v>1949</v>
+      </c>
+      <c r="F500" s="11" t="s">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="501" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A501" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B501" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C501" s="10" t="s">
+        <v>1698</v>
+      </c>
+      <c r="D501" s="10" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E501" s="10" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F501" s="11" t="s">
+        <v>1953</v>
+      </c>
+    </row>
+    <row r="502" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A502" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B502" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C502" s="10" t="s">
+        <v>1954</v>
+      </c>
+      <c r="D502" s="10" t="s">
+        <v>1955</v>
+      </c>
+      <c r="E502" s="10" t="s">
+        <v>1956</v>
+      </c>
+      <c r="F502" s="11" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="503" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A503" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B503" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C503" s="10" t="s">
+        <v>1958</v>
+      </c>
+      <c r="D503" s="10" t="s">
+        <v>1959</v>
+      </c>
+      <c r="E503" s="10" t="s">
+        <v>1960</v>
+      </c>
+      <c r="F503" s="11" t="s">
+        <v>1961</v>
+      </c>
+    </row>
+    <row r="504" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A504" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B504" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C504" s="10" t="s">
+        <v>1748</v>
+      </c>
+      <c r="D504" s="10" t="s">
+        <v>1899</v>
+      </c>
+      <c r="E504" s="10" t="s">
+        <v>1900</v>
+      </c>
+      <c r="F504" s="11"/>
+    </row>
+    <row r="505" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A505" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B505" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C505" s="10" t="s">
+        <v>1898</v>
+      </c>
+      <c r="D505" s="10" t="s">
+        <v>1899</v>
+      </c>
+      <c r="E505" s="10" t="s">
+        <v>1900</v>
+      </c>
+      <c r="F505" s="11"/>
+    </row>
+    <row r="506" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A506" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B506" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C506" s="10" t="s">
+        <v>1737</v>
+      </c>
+      <c r="D506" s="10" t="s">
+        <v>1962</v>
+      </c>
+      <c r="E506" s="10" t="s">
+        <v>1963</v>
+      </c>
+      <c r="F506" s="11" t="s">
+        <v>1964</v>
+      </c>
+    </row>
+    <row r="507" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A507" s="10" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B507" s="24" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C507" s="24" t="s">
         <v>1829</v>
       </c>
-      <c r="E475" s="10" t="s">
-[...2 lines deleted...]
-      <c r="F475" s="11" t="s">
+      <c r="D507" s="10" t="s">
+        <v>1965</v>
+      </c>
+      <c r="E507" s="24" t="s">
         <v>1831</v>
       </c>
-    </row>
-[...50 lines deleted...]
-      <c r="D478" s="10" t="s">
+      <c r="F507" s="25" t="s">
+        <v>1966</v>
+      </c>
+    </row>
+    <row r="508" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A508" s="10" t="s">
+        <v>1967</v>
+      </c>
+      <c r="B508" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C508" s="10" t="s">
+        <v>1968</v>
+      </c>
+      <c r="D508" s="10" t="s">
+        <v>1875</v>
+      </c>
+      <c r="E508" s="10" t="s">
+        <v>1969</v>
+      </c>
+      <c r="F508" s="11" t="s">
+        <v>1970</v>
+      </c>
+    </row>
+    <row r="509" spans="1:6" s="3" customFormat="1" ht="31" x14ac:dyDescent="0.35">
+      <c r="A509" s="13" t="s">
+        <v>1967</v>
+      </c>
+      <c r="B509" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C509" s="10" t="s">
+        <v>1784</v>
+      </c>
+      <c r="D509" s="10" t="s">
+        <v>1785</v>
+      </c>
+      <c r="E509" s="10" t="s">
+        <v>1786</v>
+      </c>
+      <c r="F509" s="11" t="s">
+        <v>1971</v>
+      </c>
+    </row>
+    <row r="510" spans="1:6" s="3" customFormat="1" ht="31" x14ac:dyDescent="0.35">
+      <c r="A510" s="13" t="s">
+        <v>1967</v>
+      </c>
+      <c r="B510" s="10" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C510" s="10" t="s">
         <v>1841</v>
       </c>
-      <c r="E478" s="10" t="s">
-[...552 lines deleted...]
-      <c r="D506" s="10" t="s">
+      <c r="D510" s="10" t="s">
+        <v>1785</v>
+      </c>
+      <c r="E510" s="10" t="s">
+        <v>1786</v>
+      </c>
+      <c r="F510" s="11" t="s">
+        <v>1971</v>
+      </c>
+    </row>
+    <row r="511" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A511" s="13" t="s">
+        <v>1972</v>
+      </c>
+      <c r="B511" s="10" t="s">
+        <v>1973</v>
+      </c>
+      <c r="C511" s="10" t="s">
+        <v>1974</v>
+      </c>
+      <c r="D511" s="26" t="s">
+        <v>1975</v>
+      </c>
+      <c r="E511" s="10" t="s">
+        <v>1976</v>
+      </c>
+      <c r="F511" s="12" t="s">
+        <v>1977</v>
+      </c>
+    </row>
+    <row r="512" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A512" s="10" t="s">
+        <v>1972</v>
+      </c>
+      <c r="B512" s="10" t="s">
+        <v>1973</v>
+      </c>
+      <c r="C512" s="10" t="s">
+        <v>1978</v>
+      </c>
+      <c r="D512" s="10" t="s">
+        <v>1979</v>
+      </c>
+      <c r="E512" s="10" t="s">
+        <v>1980</v>
+      </c>
+      <c r="F512" s="11" t="s">
+        <v>1981</v>
+      </c>
+    </row>
+    <row r="513" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A513" s="10" t="s">
+        <v>1972</v>
+      </c>
+      <c r="B513" s="10" t="s">
+        <v>1973</v>
+      </c>
+      <c r="C513" s="10" t="s">
+        <v>1982</v>
+      </c>
+      <c r="D513" s="10" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E513" s="10" t="s">
+        <v>1984</v>
+      </c>
+      <c r="F513" s="11" t="s">
+        <v>1985</v>
+      </c>
+    </row>
+    <row r="514" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A514" s="10" t="s">
+        <v>1972</v>
+      </c>
+      <c r="B514" s="10" t="s">
+        <v>1973</v>
+      </c>
+      <c r="C514" s="10" t="s">
+        <v>1986</v>
+      </c>
+      <c r="D514" s="10" t="s">
+        <v>1987</v>
+      </c>
+      <c r="E514" s="10" t="s">
+        <v>1988</v>
+      </c>
+      <c r="F514" s="11" t="s">
+        <v>1989</v>
+      </c>
+    </row>
+    <row r="515" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A515" s="10" t="s">
+        <v>1972</v>
+      </c>
+      <c r="B515" s="10" t="s">
+        <v>1973</v>
+      </c>
+      <c r="C515" s="10" t="s">
+        <v>1990</v>
+      </c>
+      <c r="D515" s="10" t="s">
+        <v>1991</v>
+      </c>
+      <c r="E515" s="10" t="s">
+        <v>1992</v>
+      </c>
+      <c r="F515" s="12" t="s">
+        <v>1993</v>
+      </c>
+    </row>
+    <row r="516" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A516" s="10" t="s">
+        <v>1972</v>
+      </c>
+      <c r="B516" s="10" t="s">
+        <v>1973</v>
+      </c>
+      <c r="C516" s="10" t="s">
+        <v>1994</v>
+      </c>
+      <c r="D516" s="10" t="s">
+        <v>1995</v>
+      </c>
+      <c r="E516" s="10" t="s">
+        <v>1996</v>
+      </c>
+      <c r="F516" s="12" t="s">
+        <v>1997</v>
+      </c>
+    </row>
+    <row r="517" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A517" s="10" t="s">
+        <v>1972</v>
+      </c>
+      <c r="B517" s="10" t="s">
+        <v>1973</v>
+      </c>
+      <c r="C517" s="10" t="s">
+        <v>1998</v>
+      </c>
+      <c r="D517" s="10" t="s">
+        <v>1999</v>
+      </c>
+      <c r="E517" s="10" t="s">
+        <v>2000</v>
+      </c>
+      <c r="F517" s="11" t="s">
+        <v>2001</v>
+      </c>
+    </row>
+    <row r="518" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A518" s="10" t="s">
+        <v>1972</v>
+      </c>
+      <c r="B518" s="10" t="s">
+        <v>1973</v>
+      </c>
+      <c r="C518" s="10" t="s">
+        <v>2002</v>
+      </c>
+      <c r="D518" s="10" t="s">
+        <v>2003</v>
+      </c>
+      <c r="E518" s="10" t="s">
+        <v>2004</v>
+      </c>
+      <c r="F518" s="11" t="s">
+        <v>2005</v>
+      </c>
+    </row>
+    <row r="519" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A519" s="10" t="s">
+        <v>1972</v>
+      </c>
+      <c r="B519" s="10" t="s">
+        <v>1973</v>
+      </c>
+      <c r="C519" s="10" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D519" s="10" t="s">
+        <v>703</v>
+      </c>
+      <c r="E519" s="10" t="s">
+        <v>704</v>
+      </c>
+      <c r="F519" s="11" t="s">
+        <v>2006</v>
+      </c>
+    </row>
+    <row r="520" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A520" s="10" t="s">
+        <v>2007</v>
+      </c>
+      <c r="B520" s="10" t="s">
+        <v>2008</v>
+      </c>
+      <c r="C520" s="10" t="s">
+        <v>2009</v>
+      </c>
+      <c r="D520" s="10" t="s">
+        <v>2010</v>
+      </c>
+      <c r="E520" s="10" t="s">
+        <v>2011</v>
+      </c>
+      <c r="F520" s="11" t="s">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="521" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A521" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B521" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C521" s="10" t="s">
+        <v>2015</v>
+      </c>
+      <c r="D521" s="10" t="s">
+        <v>2016</v>
+      </c>
+      <c r="E521" s="10" t="s">
+        <v>2017</v>
+      </c>
+      <c r="F521" s="11" t="s">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="522" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A522" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B522" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C522" s="10" t="s">
+        <v>2019</v>
+      </c>
+      <c r="D522" s="10" t="s">
+        <v>2020</v>
+      </c>
+      <c r="E522" s="10" t="s">
+        <v>2021</v>
+      </c>
+      <c r="F522" s="11" t="s">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="523" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A523" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B523" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C523" s="10" t="s">
+        <v>2023</v>
+      </c>
+      <c r="D523" s="10" t="s">
+        <v>2024</v>
+      </c>
+      <c r="E523" s="10" t="s">
+        <v>2025</v>
+      </c>
+      <c r="F523" s="11" t="s">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="524" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A524" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B524" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C524" s="10" t="s">
+        <v>2027</v>
+      </c>
+      <c r="D524" s="10" t="s">
+        <v>2028</v>
+      </c>
+      <c r="E524" s="10" t="s">
+        <v>2029</v>
+      </c>
+      <c r="F524" s="11" t="s">
+        <v>2030</v>
+      </c>
+    </row>
+    <row r="525" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A525" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B525" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C525" s="10" t="s">
+        <v>2031</v>
+      </c>
+      <c r="D525" s="10" t="s">
+        <v>2032</v>
+      </c>
+      <c r="E525" s="10" t="s">
+        <v>2033</v>
+      </c>
+      <c r="F525" s="11" t="s">
+        <v>2034</v>
+      </c>
+    </row>
+    <row r="526" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A526" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B526" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C526" s="10" t="s">
+        <v>2035</v>
+      </c>
+      <c r="D526" s="10" t="s">
+        <v>2036</v>
+      </c>
+      <c r="E526" s="10" t="s">
+        <v>2037</v>
+      </c>
+      <c r="F526" s="11" t="s">
+        <v>2038</v>
+      </c>
+    </row>
+    <row r="527" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A527" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B527" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C527" s="10" t="s">
+        <v>2039</v>
+      </c>
+      <c r="D527" s="10" t="s">
+        <v>2040</v>
+      </c>
+      <c r="E527" s="10" t="s">
+        <v>2041</v>
+      </c>
+      <c r="F527" s="11" t="s">
+        <v>2042</v>
+      </c>
+    </row>
+    <row r="528" spans="1:6" s="3" customFormat="1" ht="31" x14ac:dyDescent="0.35">
+      <c r="A528" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B528" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C528" s="10" t="s">
+        <v>2043</v>
+      </c>
+      <c r="D528" s="10" t="s">
+        <v>2044</v>
+      </c>
+      <c r="E528" s="10" t="s">
+        <v>2045</v>
+      </c>
+      <c r="F528" s="11" t="s">
+        <v>2046</v>
+      </c>
+    </row>
+    <row r="529" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A529" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B529" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C529" s="10" t="s">
+        <v>2047</v>
+      </c>
+      <c r="D529" s="10" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E529" s="10" t="s">
+        <v>2049</v>
+      </c>
+      <c r="F529" s="11" t="s">
+        <v>2050</v>
+      </c>
+    </row>
+    <row r="530" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A530" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B530" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C530" s="10" t="s">
+        <v>2051</v>
+      </c>
+      <c r="D530" s="10" t="s">
+        <v>2052</v>
+      </c>
+      <c r="E530" s="10" t="s">
+        <v>2053</v>
+      </c>
+      <c r="F530" s="11" t="s">
+        <v>2054</v>
+      </c>
+    </row>
+    <row r="531" spans="1:6" s="3" customFormat="1" ht="31" x14ac:dyDescent="0.35">
+      <c r="A531" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B531" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C531" s="10" t="s">
+        <v>2055</v>
+      </c>
+      <c r="D531" s="10" t="s">
+        <v>2056</v>
+      </c>
+      <c r="E531" s="10" t="s">
+        <v>2057</v>
+      </c>
+      <c r="F531" s="11" t="s">
+        <v>2058</v>
+      </c>
+    </row>
+    <row r="532" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A532" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B532" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C532" s="10" t="s">
+        <v>2059</v>
+      </c>
+      <c r="D532" s="10" t="s">
+        <v>2060</v>
+      </c>
+      <c r="E532" s="10" t="s">
+        <v>2061</v>
+      </c>
+      <c r="F532" s="11" t="s">
+        <v>2062</v>
+      </c>
+    </row>
+    <row r="533" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A533" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B533" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C533" s="10" t="s">
+        <v>2063</v>
+      </c>
+      <c r="D533" s="10" t="s">
+        <v>2064</v>
+      </c>
+      <c r="E533" s="10" t="s">
+        <v>2065</v>
+      </c>
+      <c r="F533" s="11" t="s">
+        <v>2066</v>
+      </c>
+    </row>
+    <row r="534" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A534" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B534" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C534" s="10" t="s">
+        <v>2067</v>
+      </c>
+      <c r="D534" s="10" t="s">
+        <v>2068</v>
+      </c>
+      <c r="E534" s="10" t="s">
+        <v>2069</v>
+      </c>
+      <c r="F534" s="11" t="s">
+        <v>2070</v>
+      </c>
+    </row>
+    <row r="535" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A535" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B535" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C535" s="10" t="s">
+        <v>2071</v>
+      </c>
+      <c r="D535" s="10" t="s">
+        <v>2072</v>
+      </c>
+      <c r="E535" s="10" t="s">
+        <v>2073</v>
+      </c>
+      <c r="F535" s="11" t="s">
+        <v>2074</v>
+      </c>
+    </row>
+    <row r="536" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A536" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B536" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C536" s="10" t="s">
+        <v>2075</v>
+      </c>
+      <c r="D536" s="10" t="s">
+        <v>2076</v>
+      </c>
+      <c r="E536" s="10" t="s">
+        <v>2077</v>
+      </c>
+      <c r="F536" s="11" t="s">
+        <v>2078</v>
+      </c>
+    </row>
+    <row r="537" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A537" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B537" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C537" s="10" t="s">
+        <v>2079</v>
+      </c>
+      <c r="D537" s="10" t="s">
+        <v>2080</v>
+      </c>
+      <c r="E537" s="10" t="s">
+        <v>2081</v>
+      </c>
+      <c r="F537" s="11" t="s">
+        <v>2082</v>
+      </c>
+    </row>
+    <row r="538" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A538" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B538" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C538" s="10" t="s">
+        <v>2083</v>
+      </c>
+      <c r="D538" s="10" t="s">
+        <v>2084</v>
+      </c>
+      <c r="E538" s="10" t="s">
+        <v>2085</v>
+      </c>
+      <c r="F538" s="11" t="s">
+        <v>2086</v>
+      </c>
+    </row>
+    <row r="539" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A539" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B539" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C539" s="10" t="s">
+        <v>2087</v>
+      </c>
+      <c r="D539" s="10" t="s">
+        <v>2088</v>
+      </c>
+      <c r="E539" s="10" t="s">
+        <v>2089</v>
+      </c>
+      <c r="F539" s="11" t="s">
+        <v>2090</v>
+      </c>
+    </row>
+    <row r="540" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A540" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B540" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C540" s="10" t="s">
+        <v>2091</v>
+      </c>
+      <c r="D540" s="10" t="s">
+        <v>2092</v>
+      </c>
+      <c r="E540" s="10" t="s">
+        <v>2093</v>
+      </c>
+      <c r="F540" s="11" t="s">
+        <v>2094</v>
+      </c>
+    </row>
+    <row r="541" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A541" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B541" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C541" s="10" t="s">
+        <v>2095</v>
+      </c>
+      <c r="D541" s="10" t="s">
+        <v>2096</v>
+      </c>
+      <c r="E541" s="10" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F541" s="11" t="s">
+        <v>2098</v>
+      </c>
+    </row>
+    <row r="542" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A542" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B542" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C542" s="10" t="s">
+        <v>2099</v>
+      </c>
+      <c r="D542" s="10" t="s">
+        <v>2100</v>
+      </c>
+      <c r="E542" s="10" t="s">
+        <v>2101</v>
+      </c>
+      <c r="F542" s="11" t="s">
+        <v>2102</v>
+      </c>
+    </row>
+    <row r="543" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A543" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B543" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C543" s="10" t="s">
+        <v>2103</v>
+      </c>
+      <c r="D543" s="10" t="s">
+        <v>2104</v>
+      </c>
+      <c r="E543" s="10" t="s">
+        <v>2105</v>
+      </c>
+      <c r="F543" s="11" t="s">
+        <v>2106</v>
+      </c>
+    </row>
+    <row r="544" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A544" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B544" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C544" s="10" t="s">
+        <v>2107</v>
+      </c>
+      <c r="D544" s="10" t="s">
+        <v>2108</v>
+      </c>
+      <c r="E544" s="10" t="s">
+        <v>2109</v>
+      </c>
+      <c r="F544" s="11" t="s">
+        <v>2110</v>
+      </c>
+    </row>
+    <row r="545" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A545" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B545" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C545" s="10" t="s">
+        <v>2111</v>
+      </c>
+      <c r="D545" s="10" t="s">
+        <v>2112</v>
+      </c>
+      <c r="E545" s="10" t="s">
+        <v>2113</v>
+      </c>
+      <c r="F545" s="11" t="s">
+        <v>2114</v>
+      </c>
+    </row>
+    <row r="546" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A546" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B546" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C546" s="10" t="s">
+        <v>2115</v>
+      </c>
+      <c r="D546" s="10" t="s">
+        <v>2116</v>
+      </c>
+      <c r="E546" s="10" t="s">
+        <v>2117</v>
+      </c>
+      <c r="F546" s="11" t="s">
+        <v>2118</v>
+      </c>
+    </row>
+    <row r="547" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A547" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B547" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C547" s="10" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D547" s="10" t="s">
+        <v>2120</v>
+      </c>
+      <c r="E547" s="10" t="s">
+        <v>2121</v>
+      </c>
+      <c r="F547" s="11" t="s">
+        <v>2122</v>
+      </c>
+    </row>
+    <row r="548" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A548" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B548" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C548" s="10" t="s">
+        <v>2123</v>
+      </c>
+      <c r="D548" s="10" t="s">
+        <v>2124</v>
+      </c>
+      <c r="E548" s="10" t="s">
+        <v>2125</v>
+      </c>
+      <c r="F548" s="11" t="s">
+        <v>2126</v>
+      </c>
+    </row>
+    <row r="549" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A549" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B549" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C549" s="10" t="s">
+        <v>2127</v>
+      </c>
+      <c r="D549" s="10" t="s">
+        <v>2128</v>
+      </c>
+      <c r="E549" s="10" t="s">
+        <v>2129</v>
+      </c>
+      <c r="F549" s="11" t="s">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="550" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A550" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B550" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C550" s="10" t="s">
+        <v>2131</v>
+      </c>
+      <c r="D550" s="10" t="s">
+        <v>2132</v>
+      </c>
+      <c r="E550" s="10" t="s">
+        <v>2133</v>
+      </c>
+      <c r="F550" s="11" t="s">
+        <v>2134</v>
+      </c>
+    </row>
+    <row r="551" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A551" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B551" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C551" s="10" t="s">
+        <v>2135</v>
+      </c>
+      <c r="D551" s="10" t="s">
+        <v>2136</v>
+      </c>
+      <c r="E551" s="10" t="s">
+        <v>2137</v>
+      </c>
+      <c r="F551" s="11" t="s">
+        <v>2138</v>
+      </c>
+    </row>
+    <row r="552" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A552" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B552" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C552" s="10" t="s">
+        <v>2139</v>
+      </c>
+      <c r="D552" s="10" t="s">
+        <v>2140</v>
+      </c>
+      <c r="E552" s="10" t="s">
+        <v>2141</v>
+      </c>
+      <c r="F552" s="11" t="s">
+        <v>2142</v>
+      </c>
+    </row>
+    <row r="553" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A553" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B553" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C553" s="10" t="s">
+        <v>2143</v>
+      </c>
+      <c r="D553" s="10" t="s">
+        <v>2144</v>
+      </c>
+      <c r="E553" s="10" t="s">
+        <v>2145</v>
+      </c>
+      <c r="F553" s="11" t="s">
+        <v>2146</v>
+      </c>
+    </row>
+    <row r="554" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A554" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B554" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C554" s="10" t="s">
+        <v>2147</v>
+      </c>
+      <c r="D554" s="10" t="s">
+        <v>2148</v>
+      </c>
+      <c r="E554" s="10" t="s">
+        <v>2149</v>
+      </c>
+      <c r="F554" s="11" t="s">
+        <v>2150</v>
+      </c>
+    </row>
+    <row r="555" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A555" s="10" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B555" s="10" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C555" s="10" t="s">
+        <v>2151</v>
+      </c>
+      <c r="D555" s="10" t="s">
+        <v>2152</v>
+      </c>
+      <c r="E555" s="10" t="s">
+        <v>2153</v>
+      </c>
+      <c r="F555" s="11" t="s">
+        <v>2154</v>
+      </c>
+    </row>
+    <row r="556" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A556" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B556" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C556" s="10" t="s">
+        <v>2157</v>
+      </c>
+      <c r="D556" s="10" t="s">
+        <v>2144</v>
+      </c>
+      <c r="E556" s="10" t="s">
+        <v>2145</v>
+      </c>
+      <c r="F556" s="11" t="s">
+        <v>2146</v>
+      </c>
+    </row>
+    <row r="557" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A557" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B557" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C557" s="10" t="s">
+        <v>2158</v>
+      </c>
+      <c r="D557" s="10" t="s">
+        <v>2148</v>
+      </c>
+      <c r="E557" s="10" t="s">
+        <v>2149</v>
+      </c>
+      <c r="F557" s="11" t="s">
+        <v>2150</v>
+      </c>
+    </row>
+    <row r="558" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A558" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B558" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C558" s="10" t="s">
+        <v>2159</v>
+      </c>
+      <c r="D558" s="10" t="s">
+        <v>2152</v>
+      </c>
+      <c r="E558" s="10" t="s">
+        <v>2153</v>
+      </c>
+      <c r="F558" s="11" t="s">
+        <v>2154</v>
+      </c>
+    </row>
+    <row r="559" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A559" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B559" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C559" s="10" t="s">
+        <v>2160</v>
+      </c>
+      <c r="D559" s="10" t="s">
+        <v>2161</v>
+      </c>
+      <c r="E559" s="10" t="s">
+        <v>2162</v>
+      </c>
+      <c r="F559" s="11" t="s">
+        <v>2163</v>
+      </c>
+    </row>
+    <row r="560" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A560" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B560" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C560" s="10" t="s">
+        <v>2164</v>
+      </c>
+      <c r="D560" s="10" t="s">
+        <v>2165</v>
+      </c>
+      <c r="E560" s="10" t="s">
+        <v>2166</v>
+      </c>
+      <c r="F560" s="11" t="s">
+        <v>2167</v>
+      </c>
+    </row>
+    <row r="561" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A561" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B561" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C561" s="10" t="s">
+        <v>2168</v>
+      </c>
+      <c r="D561" s="10" t="s">
+        <v>2169</v>
+      </c>
+      <c r="E561" s="10" t="s">
+        <v>2170</v>
+      </c>
+      <c r="F561" s="11" t="s">
+        <v>2171</v>
+      </c>
+    </row>
+    <row r="562" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A562" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B562" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C562" s="10" t="s">
+        <v>2172</v>
+      </c>
+      <c r="D562" s="10" t="s">
+        <v>2173</v>
+      </c>
+      <c r="E562" s="10" t="s">
+        <v>2174</v>
+      </c>
+      <c r="F562" s="11" t="s">
+        <v>2175</v>
+      </c>
+    </row>
+    <row r="563" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A563" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B563" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C563" s="10" t="s">
+        <v>2176</v>
+      </c>
+      <c r="D563" s="10" t="s">
+        <v>2177</v>
+      </c>
+      <c r="E563" s="10" t="s">
+        <v>2178</v>
+      </c>
+      <c r="F563" s="11" t="s">
+        <v>2179</v>
+      </c>
+    </row>
+    <row r="564" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A564" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B564" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C564" s="10" t="s">
+        <v>2180</v>
+      </c>
+      <c r="D564" s="10" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E564" s="10" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F564" s="11" t="s">
+        <v>2181</v>
+      </c>
+    </row>
+    <row r="565" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A565" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B565" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C565" s="10" t="s">
+        <v>2182</v>
+      </c>
+      <c r="D565" s="10" t="s">
+        <v>2183</v>
+      </c>
+      <c r="E565" s="10" t="s">
+        <v>2184</v>
+      </c>
+      <c r="F565" s="11" t="s">
+        <v>2185</v>
+      </c>
+    </row>
+    <row r="566" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A566" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B566" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C566" s="10" t="s">
+        <v>2186</v>
+      </c>
+      <c r="D566" s="10" t="s">
+        <v>2187</v>
+      </c>
+      <c r="E566" s="10" t="s">
+        <v>2188</v>
+      </c>
+      <c r="F566" s="11" t="s">
+        <v>2189</v>
+      </c>
+    </row>
+    <row r="567" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A567" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B567" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C567" s="10" t="s">
+        <v>2190</v>
+      </c>
+      <c r="D567" s="10" t="s">
+        <v>2191</v>
+      </c>
+      <c r="E567" s="10" t="s">
+        <v>2192</v>
+      </c>
+      <c r="F567" s="11" t="s">
+        <v>2193</v>
+      </c>
+    </row>
+    <row r="568" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A568" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B568" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C568" s="10" t="s">
+        <v>2194</v>
+      </c>
+      <c r="D568" s="10" t="s">
+        <v>2195</v>
+      </c>
+      <c r="E568" s="10" t="s">
+        <v>2196</v>
+      </c>
+      <c r="F568" s="11" t="s">
+        <v>2197</v>
+      </c>
+    </row>
+    <row r="569" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A569" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B569" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C569" s="10" t="s">
+        <v>2198</v>
+      </c>
+      <c r="D569" s="10" t="s">
+        <v>2199</v>
+      </c>
+      <c r="E569" s="10" t="s">
+        <v>2200</v>
+      </c>
+      <c r="F569" s="11" t="s">
+        <v>2201</v>
+      </c>
+    </row>
+    <row r="570" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A570" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B570" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C570" s="10" t="s">
+        <v>2202</v>
+      </c>
+      <c r="D570" s="10" t="s">
+        <v>2203</v>
+      </c>
+      <c r="E570" s="10" t="s">
+        <v>2204</v>
+      </c>
+      <c r="F570" s="11" t="s">
+        <v>2205</v>
+      </c>
+    </row>
+    <row r="571" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A571" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B571" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C571" s="10" t="s">
+        <v>2206</v>
+      </c>
+      <c r="D571" s="10" t="s">
+        <v>2207</v>
+      </c>
+      <c r="E571" s="10" t="s">
+        <v>2208</v>
+      </c>
+      <c r="F571" s="11" t="s">
+        <v>2209</v>
+      </c>
+    </row>
+    <row r="572" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A572" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B572" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C572" s="10" t="s">
+        <v>2210</v>
+      </c>
+      <c r="D572" s="10" t="s">
+        <v>2211</v>
+      </c>
+      <c r="E572" s="10" t="s">
+        <v>2212</v>
+      </c>
+      <c r="F572" s="11" t="s">
+        <v>2213</v>
+      </c>
+    </row>
+    <row r="573" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A573" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B573" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C573" s="10" t="s">
+        <v>2214</v>
+      </c>
+      <c r="D573" s="10" t="s">
+        <v>2215</v>
+      </c>
+      <c r="E573" s="10" t="s">
+        <v>2216</v>
+      </c>
+      <c r="F573" s="11" t="s">
+        <v>2217</v>
+      </c>
+    </row>
+    <row r="574" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A574" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B574" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C574" s="10" t="s">
+        <v>2218</v>
+      </c>
+      <c r="D574" s="10" t="s">
+        <v>2219</v>
+      </c>
+      <c r="E574" s="10" t="s">
+        <v>2220</v>
+      </c>
+      <c r="F574" s="11" t="s">
+        <v>2221</v>
+      </c>
+    </row>
+    <row r="575" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A575" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B575" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C575" s="10" t="s">
+        <v>2222</v>
+      </c>
+      <c r="D575" s="10" t="s">
+        <v>2223</v>
+      </c>
+      <c r="E575" s="10" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F575" s="11" t="s">
+        <v>2225</v>
+      </c>
+    </row>
+    <row r="576" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A576" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B576" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C576" s="10" t="s">
+        <v>2226</v>
+      </c>
+      <c r="D576" s="10" t="s">
+        <v>2227</v>
+      </c>
+      <c r="E576" s="10" t="s">
+        <v>2228</v>
+      </c>
+      <c r="F576" s="11" t="s">
+        <v>2229</v>
+      </c>
+    </row>
+    <row r="577" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A577" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B577" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C577" s="10" t="s">
+        <v>2230</v>
+      </c>
+      <c r="D577" s="10" t="s">
+        <v>2231</v>
+      </c>
+      <c r="E577" s="10" t="s">
+        <v>2232</v>
+      </c>
+      <c r="F577" s="11" t="s">
+        <v>2233</v>
+      </c>
+    </row>
+    <row r="578" spans="1:6" s="3" customFormat="1" ht="31" x14ac:dyDescent="0.35">
+      <c r="A578" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B578" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C578" s="10" t="s">
+        <v>2234</v>
+      </c>
+      <c r="D578" s="10" t="s">
+        <v>2235</v>
+      </c>
+      <c r="E578" s="10" t="s">
+        <v>2236</v>
+      </c>
+      <c r="F578" s="11" t="s">
+        <v>2237</v>
+      </c>
+    </row>
+    <row r="579" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A579" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B579" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C579" s="10" t="s">
+        <v>2238</v>
+      </c>
+      <c r="D579" s="10" t="s">
+        <v>2239</v>
+      </c>
+      <c r="E579" s="10" t="s">
+        <v>2240</v>
+      </c>
+      <c r="F579" s="11" t="s">
+        <v>2241</v>
+      </c>
+    </row>
+    <row r="580" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A580" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B580" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C580" s="10" t="s">
+        <v>2242</v>
+      </c>
+      <c r="D580" s="10" t="s">
+        <v>2243</v>
+      </c>
+      <c r="E580" s="10" t="s">
+        <v>2244</v>
+      </c>
+      <c r="F580" s="11" t="s">
+        <v>2245</v>
+      </c>
+    </row>
+    <row r="581" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A581" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B581" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C581" s="10" t="s">
+        <v>2246</v>
+      </c>
+      <c r="D581" s="10" t="s">
+        <v>2247</v>
+      </c>
+      <c r="E581" s="10" t="s">
+        <v>2248</v>
+      </c>
+      <c r="F581" s="11" t="s">
+        <v>2249</v>
+      </c>
+    </row>
+    <row r="582" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A582" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B582" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C582" s="10" t="s">
+        <v>2250</v>
+      </c>
+      <c r="D582" s="10" t="s">
+        <v>2251</v>
+      </c>
+      <c r="E582" s="10" t="s">
+        <v>2252</v>
+      </c>
+      <c r="F582" s="11" t="s">
+        <v>2253</v>
+      </c>
+    </row>
+    <row r="583" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A583" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B583" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C583" s="10" t="s">
+        <v>2254</v>
+      </c>
+      <c r="D583" s="10" t="s">
+        <v>2255</v>
+      </c>
+      <c r="E583" s="10" t="s">
+        <v>2256</v>
+      </c>
+      <c r="F583" s="11" t="s">
+        <v>2257</v>
+      </c>
+    </row>
+    <row r="584" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A584" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B584" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C584" s="10" t="s">
+        <v>2258</v>
+      </c>
+      <c r="D584" s="10" t="s">
+        <v>2259</v>
+      </c>
+      <c r="E584" s="10" t="s">
+        <v>2260</v>
+      </c>
+      <c r="F584" s="11" t="s">
+        <v>2261</v>
+      </c>
+    </row>
+    <row r="585" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A585" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B585" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C585" s="10" t="s">
+        <v>2262</v>
+      </c>
+      <c r="D585" s="10" t="s">
+        <v>2263</v>
+      </c>
+      <c r="E585" s="10" t="s">
+        <v>2264</v>
+      </c>
+      <c r="F585" s="11" t="s">
+        <v>2265</v>
+      </c>
+    </row>
+    <row r="586" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A586" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B586" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C586" s="10" t="s">
+        <v>2266</v>
+      </c>
+      <c r="D586" s="10" t="s">
+        <v>2267</v>
+      </c>
+      <c r="E586" s="10" t="s">
+        <v>2268</v>
+      </c>
+      <c r="F586" s="11" t="s">
+        <v>2269</v>
+      </c>
+    </row>
+    <row r="587" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A587" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B587" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C587" s="10" t="s">
+        <v>2270</v>
+      </c>
+      <c r="D587" s="10" t="s">
+        <v>2271</v>
+      </c>
+      <c r="E587" s="10" t="s">
+        <v>2272</v>
+      </c>
+      <c r="F587" s="11" t="s">
+        <v>2273</v>
+      </c>
+    </row>
+    <row r="588" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A588" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B588" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C588" s="10" t="s">
+        <v>2274</v>
+      </c>
+      <c r="D588" s="10" t="s">
+        <v>2275</v>
+      </c>
+      <c r="E588" s="10" t="s">
+        <v>2276</v>
+      </c>
+      <c r="F588" s="11" t="s">
+        <v>2277</v>
+      </c>
+    </row>
+    <row r="589" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A589" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B589" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C589" s="10" t="s">
+        <v>2278</v>
+      </c>
+      <c r="D589" s="10" t="s">
+        <v>2279</v>
+      </c>
+      <c r="E589" s="10" t="s">
+        <v>2280</v>
+      </c>
+      <c r="F589" s="11" t="s">
+        <v>2281</v>
+      </c>
+    </row>
+    <row r="590" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A590" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B590" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C590" s="10" t="s">
+        <v>2282</v>
+      </c>
+      <c r="D590" s="10" t="s">
+        <v>2283</v>
+      </c>
+      <c r="E590" s="10" t="s">
+        <v>2284</v>
+      </c>
+      <c r="F590" s="11" t="s">
+        <v>2285</v>
+      </c>
+    </row>
+    <row r="591" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A591" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B591" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C591" s="10" t="s">
+        <v>2286</v>
+      </c>
+      <c r="D591" s="10" t="s">
+        <v>2287</v>
+      </c>
+      <c r="E591" s="10" t="s">
+        <v>2288</v>
+      </c>
+      <c r="F591" s="11" t="s">
+        <v>2289</v>
+      </c>
+    </row>
+    <row r="592" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A592" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B592" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C592" s="10" t="s">
+        <v>2290</v>
+      </c>
+      <c r="D592" s="10" t="s">
+        <v>2291</v>
+      </c>
+      <c r="E592" s="10" t="s">
+        <v>2292</v>
+      </c>
+      <c r="F592" s="11" t="s">
+        <v>2293</v>
+      </c>
+    </row>
+    <row r="593" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A593" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B593" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C593" s="10" t="s">
+        <v>2294</v>
+      </c>
+      <c r="D593" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="E593" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="F593" s="11" t="s">
+        <v>2295</v>
+      </c>
+    </row>
+    <row r="594" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A594" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B594" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C594" s="10" t="s">
+        <v>2296</v>
+      </c>
+      <c r="D594" s="10" t="s">
+        <v>2297</v>
+      </c>
+      <c r="E594" s="10" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F594" s="11" t="s">
+        <v>2299</v>
+      </c>
+    </row>
+    <row r="595" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A595" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B595" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C595" s="10" t="s">
+        <v>2300</v>
+      </c>
+      <c r="D595" s="10" t="s">
+        <v>2301</v>
+      </c>
+      <c r="E595" s="10" t="s">
+        <v>2302</v>
+      </c>
+      <c r="F595" s="11" t="s">
+        <v>2303</v>
+      </c>
+    </row>
+    <row r="596" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A596" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B596" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C596" s="10" t="s">
+        <v>2304</v>
+      </c>
+      <c r="D596" s="10" t="s">
+        <v>2305</v>
+      </c>
+      <c r="E596" s="10" t="s">
+        <v>2306</v>
+      </c>
+      <c r="F596" s="11" t="s">
+        <v>2307</v>
+      </c>
+    </row>
+    <row r="597" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A597" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B597" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C597" s="10" t="s">
+        <v>2308</v>
+      </c>
+      <c r="D597" s="10" t="s">
+        <v>2309</v>
+      </c>
+      <c r="E597" s="10" t="s">
+        <v>2310</v>
+      </c>
+      <c r="F597" s="11" t="s">
+        <v>2311</v>
+      </c>
+    </row>
+    <row r="598" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A598" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B598" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C598" s="10" t="s">
+        <v>2312</v>
+      </c>
+      <c r="D598" s="10" t="s">
+        <v>2313</v>
+      </c>
+      <c r="E598" s="10" t="s">
+        <v>2314</v>
+      </c>
+      <c r="F598" s="11" t="s">
+        <v>2315</v>
+      </c>
+    </row>
+    <row r="599" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A599" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B599" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C599" s="10" t="s">
+        <v>2316</v>
+      </c>
+      <c r="D599" s="10" t="s">
+        <v>2317</v>
+      </c>
+      <c r="E599" s="10" t="s">
+        <v>2318</v>
+      </c>
+      <c r="F599" s="11" t="s">
+        <v>2319</v>
+      </c>
+    </row>
+    <row r="600" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A600" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B600" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C600" s="10" t="s">
+        <v>2320</v>
+      </c>
+      <c r="D600" s="10" t="s">
+        <v>2321</v>
+      </c>
+      <c r="E600" s="10" t="s">
+        <v>2322</v>
+      </c>
+      <c r="F600" s="11" t="s">
+        <v>2323</v>
+      </c>
+    </row>
+    <row r="601" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A601" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B601" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C601" s="10" t="s">
+        <v>2324</v>
+      </c>
+      <c r="D601" s="10" t="s">
+        <v>2325</v>
+      </c>
+      <c r="E601" s="10" t="s">
+        <v>2326</v>
+      </c>
+      <c r="F601" s="11" t="s">
+        <v>2327</v>
+      </c>
+    </row>
+    <row r="602" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A602" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B602" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C602" s="10" t="s">
+        <v>2328</v>
+      </c>
+      <c r="D602" s="10" t="s">
+        <v>2329</v>
+      </c>
+      <c r="E602" s="10" t="s">
+        <v>2330</v>
+      </c>
+      <c r="F602" s="11" t="s">
+        <v>2331</v>
+      </c>
+    </row>
+    <row r="603" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A603" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B603" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C603" s="10" t="s">
+        <v>2332</v>
+      </c>
+      <c r="D603" s="10" t="s">
+        <v>2333</v>
+      </c>
+      <c r="E603" s="10" t="s">
+        <v>2334</v>
+      </c>
+      <c r="F603" s="11" t="s">
+        <v>2335</v>
+      </c>
+    </row>
+    <row r="604" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A604" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B604" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C604" s="10" t="s">
+        <v>2336</v>
+      </c>
+      <c r="D604" s="10" t="s">
+        <v>2337</v>
+      </c>
+      <c r="E604" s="10" t="s">
+        <v>2338</v>
+      </c>
+      <c r="F604" s="11" t="s">
+        <v>2339</v>
+      </c>
+    </row>
+    <row r="605" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A605" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B605" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C605" s="10" t="s">
+        <v>2340</v>
+      </c>
+      <c r="D605" s="10" t="s">
+        <v>2341</v>
+      </c>
+      <c r="E605" s="10" t="s">
+        <v>2342</v>
+      </c>
+      <c r="F605" s="11" t="s">
+        <v>2343</v>
+      </c>
+    </row>
+    <row r="606" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A606" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B606" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C606" s="10" t="s">
+        <v>2344</v>
+      </c>
+      <c r="D606" s="10" t="s">
+        <v>2345</v>
+      </c>
+      <c r="E606" s="10" t="s">
+        <v>2346</v>
+      </c>
+      <c r="F606" s="11" t="s">
+        <v>2347</v>
+      </c>
+    </row>
+    <row r="607" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A607" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B607" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C607" s="10" t="s">
+        <v>2348</v>
+      </c>
+      <c r="D607" s="10" t="s">
+        <v>2349</v>
+      </c>
+      <c r="E607" s="10" t="s">
+        <v>2350</v>
+      </c>
+      <c r="F607" s="11" t="s">
+        <v>2351</v>
+      </c>
+    </row>
+    <row r="608" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A608" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B608" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C608" s="10" t="s">
+        <v>2352</v>
+      </c>
+      <c r="D608" s="10" t="s">
+        <v>2353</v>
+      </c>
+      <c r="E608" s="10" t="s">
+        <v>2354</v>
+      </c>
+      <c r="F608" s="11" t="s">
+        <v>2355</v>
+      </c>
+    </row>
+    <row r="609" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A609" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B609" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C609" s="10" t="s">
+        <v>2356</v>
+      </c>
+      <c r="D609" s="10" t="s">
+        <v>2357</v>
+      </c>
+      <c r="E609" s="10" t="s">
+        <v>2358</v>
+      </c>
+      <c r="F609" s="11" t="s">
+        <v>2359</v>
+      </c>
+    </row>
+    <row r="610" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A610" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B610" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C610" s="10" t="s">
+        <v>2360</v>
+      </c>
+      <c r="D610" s="10" t="s">
+        <v>2361</v>
+      </c>
+      <c r="E610" s="10" t="s">
+        <v>2362</v>
+      </c>
+      <c r="F610" s="11" t="s">
+        <v>2363</v>
+      </c>
+    </row>
+    <row r="611" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A611" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B611" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C611" s="10" t="s">
+        <v>2364</v>
+      </c>
+      <c r="D611" s="10" t="s">
+        <v>2365</v>
+      </c>
+      <c r="E611" s="10" t="s">
+        <v>2366</v>
+      </c>
+      <c r="F611" s="11" t="s">
+        <v>2367</v>
+      </c>
+    </row>
+    <row r="612" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A612" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B612" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C612" s="10" t="s">
+        <v>2368</v>
+      </c>
+      <c r="D612" s="10" t="s">
+        <v>2369</v>
+      </c>
+      <c r="E612" s="10" t="s">
+        <v>2370</v>
+      </c>
+      <c r="F612" s="11" t="s">
+        <v>2371</v>
+      </c>
+    </row>
+    <row r="613" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A613" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B613" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C613" s="10" t="s">
+        <v>2372</v>
+      </c>
+      <c r="D613" s="10" t="s">
+        <v>2373</v>
+      </c>
+      <c r="E613" s="10" t="s">
+        <v>2374</v>
+      </c>
+      <c r="F613" s="11" t="s">
+        <v>2375</v>
+      </c>
+    </row>
+    <row r="614" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A614" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B614" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C614" s="10" t="s">
+        <v>2376</v>
+      </c>
+      <c r="D614" s="10" t="s">
+        <v>2377</v>
+      </c>
+      <c r="E614" s="10" t="s">
+        <v>2378</v>
+      </c>
+      <c r="F614" s="11" t="s">
+        <v>2379</v>
+      </c>
+    </row>
+    <row r="615" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A615" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B615" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C615" s="10" t="s">
+        <v>2380</v>
+      </c>
+      <c r="D615" s="10" t="s">
+        <v>2381</v>
+      </c>
+      <c r="E615" s="10" t="s">
+        <v>2382</v>
+      </c>
+      <c r="F615" s="11" t="s">
+        <v>2383</v>
+      </c>
+    </row>
+    <row r="616" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A616" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B616" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C616" s="10" t="s">
+        <v>2384</v>
+      </c>
+      <c r="D616" s="10" t="s">
+        <v>2385</v>
+      </c>
+      <c r="E616" s="10" t="s">
+        <v>2386</v>
+      </c>
+      <c r="F616" s="11" t="s">
+        <v>2387</v>
+      </c>
+    </row>
+    <row r="617" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A617" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B617" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C617" s="10" t="s">
+        <v>2388</v>
+      </c>
+      <c r="D617" s="10" t="s">
+        <v>2389</v>
+      </c>
+      <c r="E617" s="10" t="s">
+        <v>2390</v>
+      </c>
+      <c r="F617" s="11" t="s">
+        <v>2391</v>
+      </c>
+    </row>
+    <row r="618" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A618" s="10" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B618" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C618" s="10" t="s">
+        <v>2392</v>
+      </c>
+      <c r="D618" s="10" t="s">
+        <v>2393</v>
+      </c>
+      <c r="E618" s="10" t="s">
+        <v>2394</v>
+      </c>
+      <c r="F618" s="11" t="s">
+        <v>2395</v>
+      </c>
+    </row>
+    <row r="619" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A619" s="10" t="s">
+        <v>2396</v>
+      </c>
+      <c r="B619" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C619" s="10" t="s">
+        <v>2397</v>
+      </c>
+      <c r="D619" s="10" t="s">
+        <v>2398</v>
+      </c>
+      <c r="E619" s="10" t="s">
+        <v>2399</v>
+      </c>
+      <c r="F619" s="11" t="s">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="620" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A620" s="10" t="s">
+        <v>2396</v>
+      </c>
+      <c r="B620" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C620" s="10" t="s">
+        <v>2401</v>
+      </c>
+      <c r="D620" s="10" t="s">
+        <v>2402</v>
+      </c>
+      <c r="E620" s="10" t="s">
+        <v>83</v>
+      </c>
+      <c r="F620" s="11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="621" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A621" s="10" t="s">
+        <v>2396</v>
+      </c>
+      <c r="B621" s="10" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C621" s="10" t="s">
+        <v>2403</v>
+      </c>
+      <c r="D621" s="10" t="s">
+        <v>2404</v>
+      </c>
+      <c r="E621" s="10" t="s">
+        <v>2405</v>
+      </c>
+      <c r="F621" s="11" t="s">
+        <v>2406</v>
+      </c>
+    </row>
+    <row r="622" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A622" s="10" t="s">
+        <v>2407</v>
+      </c>
+      <c r="B622" s="10" t="s">
+        <v>2408</v>
+      </c>
+      <c r="C622" s="10" t="s">
+        <v>2409</v>
+      </c>
+      <c r="D622" s="10" t="s">
+        <v>2410</v>
+      </c>
+      <c r="E622" s="10" t="s">
+        <v>2411</v>
+      </c>
+      <c r="F622" s="11" t="s">
+        <v>2412</v>
+      </c>
+    </row>
+    <row r="623" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A623" s="10" t="s">
+        <v>2413</v>
+      </c>
+      <c r="B623" s="10" t="s">
+        <v>2414</v>
+      </c>
+      <c r="C623" s="10" t="s">
+        <v>2415</v>
+      </c>
+      <c r="D623" s="10" t="s">
+        <v>2416</v>
+      </c>
+      <c r="E623" s="10" t="s">
+        <v>2417</v>
+      </c>
+      <c r="F623" s="11" t="s">
+        <v>2418</v>
+      </c>
+    </row>
+    <row r="624" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A624" s="13" t="s">
+        <v>2419</v>
+      </c>
+      <c r="B624" s="10" t="s">
+        <v>2420</v>
+      </c>
+      <c r="C624" s="10" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D624" s="10" t="s">
+        <v>2421</v>
+      </c>
+      <c r="E624" s="10" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F624" s="11" t="s">
+        <v>2422</v>
+      </c>
+    </row>
+    <row r="625" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A625" s="13" t="s">
+        <v>2419</v>
+      </c>
+      <c r="B625" s="10" t="s">
+        <v>2420</v>
+      </c>
+      <c r="C625" s="10" t="s">
+        <v>2423</v>
+      </c>
+      <c r="D625" s="10" t="s">
+        <v>2424</v>
+      </c>
+      <c r="E625" s="10" t="s">
+        <v>2425</v>
+      </c>
+      <c r="F625" s="12" t="s">
+        <v>2426</v>
+      </c>
+    </row>
+    <row r="626" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A626" s="10" t="s">
+        <v>2419</v>
+      </c>
+      <c r="B626" s="10" t="s">
+        <v>2420</v>
+      </c>
+      <c r="C626" s="10" t="s">
+        <v>2427</v>
+      </c>
+      <c r="D626" s="10" t="s">
+        <v>2428</v>
+      </c>
+      <c r="E626" s="10" t="s">
+        <v>2429</v>
+      </c>
+      <c r="F626" s="12" t="s">
+        <v>2430</v>
+      </c>
+    </row>
+    <row r="627" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A627" s="10" t="s">
+        <v>2419</v>
+      </c>
+      <c r="B627" s="10" t="s">
+        <v>2420</v>
+      </c>
+      <c r="C627" s="10" t="s">
+        <v>2431</v>
+      </c>
+      <c r="D627" s="10" t="s">
+        <v>2432</v>
+      </c>
+      <c r="E627" s="10" t="s">
+        <v>2433</v>
+      </c>
+      <c r="F627" s="12" t="s">
+        <v>2434</v>
+      </c>
+    </row>
+    <row r="628" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A628" s="10" t="s">
+        <v>2419</v>
+      </c>
+      <c r="B628" s="10" t="s">
+        <v>2420</v>
+      </c>
+      <c r="C628" s="10" t="s">
+        <v>2435</v>
+      </c>
+      <c r="D628" s="10" t="s">
+        <v>2436</v>
+      </c>
+      <c r="E628" s="10" t="s">
+        <v>2437</v>
+      </c>
+      <c r="F628" s="11" t="s">
+        <v>2438</v>
+      </c>
+    </row>
+    <row r="629" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A629" s="10" t="s">
+        <v>2419</v>
+      </c>
+      <c r="B629" s="10" t="s">
+        <v>2420</v>
+      </c>
+      <c r="C629" s="10" t="s">
+        <v>2439</v>
+      </c>
+      <c r="D629" s="10" t="s">
+        <v>2440</v>
+      </c>
+      <c r="E629" s="10" t="s">
+        <v>2441</v>
+      </c>
+      <c r="F629" s="11" t="s">
+        <v>2442</v>
+      </c>
+    </row>
+    <row r="630" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A630" s="10" t="s">
+        <v>2419</v>
+      </c>
+      <c r="B630" s="10" t="s">
+        <v>2420</v>
+      </c>
+      <c r="C630" s="10" t="s">
+        <v>2443</v>
+      </c>
+      <c r="D630" s="10" t="s">
+        <v>2444</v>
+      </c>
+      <c r="E630" s="10" t="s">
+        <v>2445</v>
+      </c>
+      <c r="F630" s="11" t="s">
+        <v>2446</v>
+      </c>
+    </row>
+    <row r="631" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A631" s="10" t="s">
+        <v>2447</v>
+      </c>
+      <c r="B631" s="10" t="s">
+        <v>2448</v>
+      </c>
+      <c r="C631" s="10" t="s">
+        <v>2449</v>
+      </c>
+      <c r="D631" s="10" t="s">
+        <v>2450</v>
+      </c>
+      <c r="E631" s="10" t="s">
+        <v>2451</v>
+      </c>
+      <c r="F631" s="11" t="s">
+        <v>2452</v>
+      </c>
+    </row>
+    <row r="632" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A632" s="10" t="s">
+        <v>2447</v>
+      </c>
+      <c r="B632" s="10" t="s">
+        <v>2448</v>
+      </c>
+      <c r="C632" s="10" t="s">
+        <v>2453</v>
+      </c>
+      <c r="D632" s="10" t="s">
+        <v>2454</v>
+      </c>
+      <c r="E632" s="10" t="s">
+        <v>2455</v>
+      </c>
+      <c r="F632" s="11" t="s">
+        <v>2456</v>
+      </c>
+    </row>
+    <row r="633" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A633" s="10" t="s">
+        <v>2447</v>
+      </c>
+      <c r="B633" s="10" t="s">
+        <v>2448</v>
+      </c>
+      <c r="C633" s="10" t="s">
+        <v>2457</v>
+      </c>
+      <c r="D633" s="10" t="s">
+        <v>2458</v>
+      </c>
+      <c r="E633" s="10" t="s">
+        <v>2459</v>
+      </c>
+      <c r="F633" s="11" t="s">
+        <v>2460</v>
+      </c>
+    </row>
+    <row r="634" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A634" s="10" t="s">
+        <v>2447</v>
+      </c>
+      <c r="B634" s="10" t="s">
+        <v>2448</v>
+      </c>
+      <c r="C634" s="10" t="s">
+        <v>2461</v>
+      </c>
+      <c r="D634" s="10" t="s">
+        <v>2462</v>
+      </c>
+      <c r="E634" s="10" t="s">
+        <v>2463</v>
+      </c>
+      <c r="F634" s="11" t="s">
+        <v>2464</v>
+      </c>
+    </row>
+    <row r="635" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A635" s="10" t="s">
+        <v>2447</v>
+      </c>
+      <c r="B635" s="10" t="s">
+        <v>2448</v>
+      </c>
+      <c r="C635" s="10" t="s">
+        <v>2465</v>
+      </c>
+      <c r="D635" s="10" t="s">
+        <v>483</v>
+      </c>
+      <c r="E635" s="10" t="s">
+        <v>2466</v>
+      </c>
+      <c r="F635" s="11" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="636" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A636" s="10" t="s">
+        <v>2447</v>
+      </c>
+      <c r="B636" s="10" t="s">
+        <v>2467</v>
+      </c>
+      <c r="C636" s="10" t="s">
+        <v>2468</v>
+      </c>
+      <c r="D636" s="10" t="s">
+        <v>2469</v>
+      </c>
+      <c r="E636" s="10" t="s">
+        <v>2470</v>
+      </c>
+      <c r="F636" s="11" t="s">
+        <v>2471</v>
+      </c>
+    </row>
+    <row r="637" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A637" s="10" t="s">
+        <v>2447</v>
+      </c>
+      <c r="B637" s="10" t="s">
+        <v>2472</v>
+      </c>
+      <c r="C637" s="10" t="s">
+        <v>2473</v>
+      </c>
+      <c r="D637" s="10" t="s">
+        <v>2474</v>
+      </c>
+      <c r="E637" s="10" t="s">
+        <v>2475</v>
+      </c>
+      <c r="F637" s="11" t="s">
+        <v>2476</v>
+      </c>
+    </row>
+    <row r="638" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A638" s="10" t="s">
+        <v>2447</v>
+      </c>
+      <c r="B638" s="10" t="s">
+        <v>2472</v>
+      </c>
+      <c r="C638" s="10" t="s">
+        <v>522</v>
+      </c>
+      <c r="D638" s="10" t="s">
+        <v>2477</v>
+      </c>
+      <c r="E638" s="10" t="s">
+        <v>524</v>
+      </c>
+      <c r="F638" s="11" t="s">
+        <v>2478</v>
+      </c>
+    </row>
+    <row r="639" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A639" s="10" t="s">
+        <v>2447</v>
+      </c>
+      <c r="B639" s="10" t="s">
+        <v>2472</v>
+      </c>
+      <c r="C639" s="10" t="s">
+        <v>2479</v>
+      </c>
+      <c r="D639" s="10" t="s">
+        <v>2480</v>
+      </c>
+      <c r="E639" s="10" t="s">
+        <v>2481</v>
+      </c>
+      <c r="F639" s="11" t="s">
+        <v>2482</v>
+      </c>
+    </row>
+    <row r="640" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A640" s="10" t="s">
+        <v>2447</v>
+      </c>
+      <c r="B640" s="10" t="s">
+        <v>2472</v>
+      </c>
+      <c r="C640" s="10" t="s">
+        <v>2483</v>
+      </c>
+      <c r="D640" s="10" t="s">
+        <v>2484</v>
+      </c>
+      <c r="E640" s="10" t="s">
+        <v>2485</v>
+      </c>
+      <c r="F640" s="11" t="s">
+        <v>2486</v>
+      </c>
+    </row>
+    <row r="641" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A641" s="10" t="s">
+        <v>2447</v>
+      </c>
+      <c r="B641" s="10" t="s">
+        <v>2472</v>
+      </c>
+      <c r="C641" s="10" t="s">
+        <v>2487</v>
+      </c>
+      <c r="D641" s="10" t="s">
+        <v>2488</v>
+      </c>
+      <c r="E641" s="10" t="s">
+        <v>2489</v>
+      </c>
+      <c r="F641" s="11" t="s">
+        <v>2490</v>
+      </c>
+    </row>
+    <row r="642" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A642" s="10" t="s">
+        <v>2491</v>
+      </c>
+      <c r="B642" s="10" t="s">
+        <v>2492</v>
+      </c>
+      <c r="C642" s="10" t="s">
+        <v>2493</v>
+      </c>
+      <c r="D642" s="10" t="s">
+        <v>2494</v>
+      </c>
+      <c r="E642" s="10" t="s">
+        <v>2495</v>
+      </c>
+      <c r="F642" s="11"/>
+    </row>
+    <row r="643" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A643" s="10" t="s">
+        <v>2496</v>
+      </c>
+      <c r="B643" s="10" t="s">
+        <v>2497</v>
+      </c>
+      <c r="C643" s="10" t="s">
+        <v>2498</v>
+      </c>
+      <c r="D643" s="10" t="s">
+        <v>2499</v>
+      </c>
+      <c r="E643" s="10" t="s">
+        <v>2500</v>
+      </c>
+      <c r="F643" s="11" t="s">
+        <v>2501</v>
+      </c>
+    </row>
+    <row r="644" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A644" s="10" t="s">
+        <v>2496</v>
+      </c>
+      <c r="B644" s="10" t="s">
+        <v>2497</v>
+      </c>
+      <c r="C644" s="10" t="s">
+        <v>2502</v>
+      </c>
+      <c r="D644" s="10" t="s">
+        <v>2503</v>
+      </c>
+      <c r="E644" s="10" t="s">
+        <v>2504</v>
+      </c>
+      <c r="F644" s="11" t="s">
+        <v>2505</v>
+      </c>
+    </row>
+    <row r="645" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A645" s="10" t="s">
+        <v>2496</v>
+      </c>
+      <c r="B645" s="10" t="s">
+        <v>2497</v>
+      </c>
+      <c r="C645" s="10" t="s">
+        <v>2506</v>
+      </c>
+      <c r="D645" s="10" t="s">
+        <v>2507</v>
+      </c>
+      <c r="E645" s="10" t="s">
+        <v>2508</v>
+      </c>
+      <c r="F645" s="11" t="s">
+        <v>2509</v>
+      </c>
+    </row>
+    <row r="646" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A646" s="10" t="s">
+        <v>2510</v>
+      </c>
+      <c r="B646" s="10" t="s">
+        <v>2511</v>
+      </c>
+      <c r="C646" s="10" t="s">
+        <v>2512</v>
+      </c>
+      <c r="D646" s="10" t="s">
+        <v>2513</v>
+      </c>
+      <c r="E646" s="10" t="s">
+        <v>2514</v>
+      </c>
+      <c r="F646" s="11" t="s">
+        <v>2515</v>
+      </c>
+    </row>
+    <row r="647" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A647" s="10" t="s">
+        <v>2510</v>
+      </c>
+      <c r="B647" s="10" t="s">
+        <v>2516</v>
+      </c>
+      <c r="C647" s="10" t="s">
+        <v>2517</v>
+      </c>
+      <c r="D647" s="10" t="s">
+        <v>2518</v>
+      </c>
+      <c r="E647" s="10" t="s">
+        <v>2519</v>
+      </c>
+      <c r="F647" s="11" t="s">
+        <v>2520</v>
+      </c>
+    </row>
+    <row r="648" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A648" s="10" t="s">
+        <v>2510</v>
+      </c>
+      <c r="B648" s="10" t="s">
+        <v>2516</v>
+      </c>
+      <c r="C648" s="10" t="s">
+        <v>2521</v>
+      </c>
+      <c r="D648" s="10" t="s">
+        <v>2522</v>
+      </c>
+      <c r="E648" s="10" t="s">
+        <v>2523</v>
+      </c>
+      <c r="F648" s="11" t="s">
+        <v>2524</v>
+      </c>
+    </row>
+    <row r="649" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A649" s="10" t="s">
+        <v>2510</v>
+      </c>
+      <c r="B649" s="10" t="s">
+        <v>2516</v>
+      </c>
+      <c r="C649" s="10" t="s">
+        <v>2525</v>
+      </c>
+      <c r="D649" s="10" t="s">
+        <v>2526</v>
+      </c>
+      <c r="E649" s="10" t="s">
+        <v>2527</v>
+      </c>
+      <c r="F649" s="11" t="s">
+        <v>2528</v>
+      </c>
+    </row>
+    <row r="650" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A650" s="10" t="s">
+        <v>2510</v>
+      </c>
+      <c r="B650" s="10" t="s">
+        <v>2516</v>
+      </c>
+      <c r="C650" s="10" t="s">
+        <v>2529</v>
+      </c>
+      <c r="D650" s="10" t="s">
+        <v>2530</v>
+      </c>
+      <c r="E650" s="10" t="s">
+        <v>2531</v>
+      </c>
+      <c r="F650" s="11" t="s">
+        <v>2532</v>
+      </c>
+    </row>
+    <row r="651" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A651" s="10" t="s">
+        <v>2510</v>
+      </c>
+      <c r="B651" s="10" t="s">
+        <v>2516</v>
+      </c>
+      <c r="C651" s="10" t="s">
+        <v>2533</v>
+      </c>
+      <c r="D651" s="10" t="s">
+        <v>2534</v>
+      </c>
+      <c r="E651" s="10" t="s">
+        <v>2535</v>
+      </c>
+      <c r="F651" s="11" t="s">
+        <v>2536</v>
+      </c>
+    </row>
+    <row r="652" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A652" s="10" t="s">
+        <v>2510</v>
+      </c>
+      <c r="B652" s="10" t="s">
+        <v>2516</v>
+      </c>
+      <c r="C652" s="10" t="s">
+        <v>2537</v>
+      </c>
+      <c r="D652" s="19" t="s">
+        <v>2538</v>
+      </c>
+      <c r="E652" s="19" t="s">
+        <v>2539</v>
+      </c>
+      <c r="F652" s="27" t="s">
+        <v>2540</v>
+      </c>
+    </row>
+    <row r="653" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A653" s="10" t="s">
+        <v>2510</v>
+      </c>
+      <c r="B653" s="10" t="s">
+        <v>2516</v>
+      </c>
+      <c r="C653" s="10" t="s">
+        <v>2541</v>
+      </c>
+      <c r="D653" s="10" t="s">
+        <v>2542</v>
+      </c>
+      <c r="E653" s="10" t="s">
+        <v>2543</v>
+      </c>
+      <c r="F653" s="11" t="s">
+        <v>2544</v>
+      </c>
+    </row>
+    <row r="654" spans="1:6" s="5" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A654" s="10" t="s">
+        <v>2510</v>
+      </c>
+      <c r="B654" s="10" t="s">
+        <v>2516</v>
+      </c>
+      <c r="C654" s="10" t="s">
+        <v>2545</v>
+      </c>
+      <c r="D654" s="10" t="s">
+        <v>2546</v>
+      </c>
+      <c r="E654" s="10" t="s">
+        <v>2547</v>
+      </c>
+      <c r="F654" s="11" t="s">
+        <v>2548</v>
+      </c>
+    </row>
+    <row r="655" spans="1:6" s="5" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A655" s="10" t="s">
+        <v>2510</v>
+      </c>
+      <c r="B655" s="10" t="s">
+        <v>2516</v>
+      </c>
+      <c r="C655" s="10" t="s">
+        <v>2549</v>
+      </c>
+      <c r="D655" s="10" t="s">
+        <v>2550</v>
+      </c>
+      <c r="E655" s="10" t="s">
+        <v>2551</v>
+      </c>
+      <c r="F655" s="11" t="s">
+        <v>2552</v>
+      </c>
+    </row>
+    <row r="656" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A656" s="10" t="s">
+        <v>2510</v>
+      </c>
+      <c r="B656" s="10" t="s">
+        <v>2516</v>
+      </c>
+      <c r="C656" s="10" t="s">
+        <v>2553</v>
+      </c>
+      <c r="D656" s="10" t="s">
+        <v>2554</v>
+      </c>
+      <c r="E656" s="10" t="s">
+        <v>2555</v>
+      </c>
+      <c r="F656" s="11" t="s">
+        <v>2556</v>
+      </c>
+    </row>
+    <row r="657" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A657" s="10" t="s">
+        <v>2510</v>
+      </c>
+      <c r="B657" s="10" t="s">
+        <v>2516</v>
+      </c>
+      <c r="C657" s="10" t="s">
+        <v>2557</v>
+      </c>
+      <c r="D657" s="10" t="s">
+        <v>2558</v>
+      </c>
+      <c r="E657" s="10" t="s">
+        <v>2559</v>
+      </c>
+      <c r="F657" s="11" t="s">
+        <v>2560</v>
+      </c>
+    </row>
+    <row r="658" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A658" s="10" t="s">
+        <v>2510</v>
+      </c>
+      <c r="B658" s="10" t="s">
+        <v>2516</v>
+      </c>
+      <c r="C658" s="10" t="s">
+        <v>2561</v>
+      </c>
+      <c r="D658" s="10" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E658" s="10" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F658" s="11" t="s">
+        <v>2564</v>
+      </c>
+    </row>
+    <row r="659" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A659" s="10" t="s">
+        <v>2510</v>
+      </c>
+      <c r="B659" s="10" t="s">
+        <v>2516</v>
+      </c>
+      <c r="C659" s="10" t="s">
+        <v>2487</v>
+      </c>
+      <c r="D659" s="10" t="s">
+        <v>2565</v>
+      </c>
+      <c r="E659" s="10" t="s">
+        <v>2566</v>
+      </c>
+      <c r="F659" s="11" t="s">
         <v>2567</v>
       </c>
-      <c r="E506" s="10" t="s">
+    </row>
+    <row r="660" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A660" s="10" t="s">
         <v>2568</v>
       </c>
-      <c r="F506" s="11" t="s">
+      <c r="B660" s="10" t="s">
         <v>2569</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D507" s="10" t="s">
+      <c r="C660" s="10" t="s">
+        <v>2570</v>
+      </c>
+      <c r="D660" s="10" t="s">
+        <v>2571</v>
+      </c>
+      <c r="E660" s="10" t="s">
+        <v>2572</v>
+      </c>
+      <c r="F660" s="11" t="s">
+        <v>2573</v>
+      </c>
+    </row>
+    <row r="661" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A661" s="10" t="s">
+        <v>2568</v>
+      </c>
+      <c r="B661" s="10" t="s">
+        <v>2569</v>
+      </c>
+      <c r="C661" s="10" t="s">
+        <v>2574</v>
+      </c>
+      <c r="D661" s="10" t="s">
+        <v>2575</v>
+      </c>
+      <c r="E661" s="10" t="s">
+        <v>2576</v>
+      </c>
+      <c r="F661" s="12" t="s">
+        <v>2577</v>
+      </c>
+    </row>
+    <row r="662" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A662" s="10" t="s">
+        <v>2568</v>
+      </c>
+      <c r="B662" s="10" t="s">
+        <v>2569</v>
+      </c>
+      <c r="C662" s="10" t="s">
+        <v>2578</v>
+      </c>
+      <c r="D662" s="10" t="s">
+        <v>2579</v>
+      </c>
+      <c r="E662" s="10" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F662" s="12" t="s">
+        <v>2581</v>
+      </c>
+    </row>
+    <row r="663" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A663" s="10" t="s">
+        <v>2568</v>
+      </c>
+      <c r="B663" s="10" t="s">
+        <v>2569</v>
+      </c>
+      <c r="C663" s="10" t="s">
+        <v>2582</v>
+      </c>
+      <c r="D663" s="10" t="s">
+        <v>2583</v>
+      </c>
+      <c r="E663" s="10" t="s">
+        <v>2584</v>
+      </c>
+      <c r="F663" s="12" t="s">
+        <v>2585</v>
+      </c>
+    </row>
+    <row r="664" spans="1:6" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A664" s="10" t="s">
+        <v>2568</v>
+      </c>
+      <c r="B664" s="10" t="s">
+        <v>2569</v>
+      </c>
+      <c r="C664" s="10" t="s">
+        <v>2586</v>
+      </c>
+      <c r="D664" s="10" t="s">
+        <v>2587</v>
+      </c>
+      <c r="E664" s="10" t="s">
+        <v>2588</v>
+      </c>
+      <c r="F664" s="11" t="s">
         <v>2589</v>
       </c>
-      <c r="E507" s="25" t="s">
-[...3210 lines deleted...]
-      <c r="F671" s="16"/>
+    </row>
+    <row r="665" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A665" s="43" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B665" s="44"/>
+      <c r="C665" s="43" t="s">
+        <v>2591</v>
+      </c>
+      <c r="D665" s="44" t="s">
+        <v>2592</v>
+      </c>
+      <c r="E665" s="44" t="s">
+        <v>2593</v>
+      </c>
+      <c r="F665" s="45" t="s">
+        <v>2594</v>
+      </c>
+    </row>
+    <row r="666" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A666" s="43" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B666" s="19"/>
+      <c r="C666" s="43" t="s">
+        <v>2595</v>
+      </c>
+      <c r="D666" s="19" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E666" s="19" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F666" s="42" t="s">
+        <v>2598</v>
+      </c>
+    </row>
+    <row r="667" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A667" s="43" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B667" s="19"/>
+      <c r="C667" s="43" t="s">
+        <v>2599</v>
+      </c>
+      <c r="D667" s="19" t="s">
+        <v>2600</v>
+      </c>
+      <c r="E667" s="19" t="s">
+        <v>2601</v>
+      </c>
+      <c r="F667" s="42" t="s">
+        <v>2602</v>
+      </c>
+    </row>
+    <row r="668" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A668" s="43" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B668" s="19"/>
+      <c r="C668" s="43" t="s">
+        <v>308</v>
+      </c>
+      <c r="D668" s="19" t="s">
+        <v>2603</v>
+      </c>
+      <c r="E668" s="19" t="s">
+        <v>2604</v>
+      </c>
+      <c r="F668" s="42" t="s">
+        <v>2605</v>
+      </c>
+    </row>
+    <row r="669" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A669" s="43" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B669" s="19"/>
+      <c r="C669" s="43" t="s">
+        <v>312</v>
+      </c>
+      <c r="D669" s="19" t="s">
+        <v>2606</v>
+      </c>
+      <c r="E669" s="19" t="s">
+        <v>2607</v>
+      </c>
+      <c r="F669" s="42" t="s">
+        <v>2608</v>
+      </c>
+    </row>
+    <row r="670" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A670" s="43" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B670" s="19"/>
+      <c r="C670" s="43" t="s">
+        <v>2609</v>
+      </c>
+      <c r="D670" s="19" t="s">
+        <v>2610</v>
+      </c>
+      <c r="E670" s="19" t="s">
+        <v>2611</v>
+      </c>
+      <c r="F670" s="42" t="s">
+        <v>2612</v>
+      </c>
+    </row>
+    <row r="671" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A671" s="43" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B671" s="19"/>
+      <c r="C671" s="43" t="s">
+        <v>2613</v>
+      </c>
+      <c r="D671" s="19" t="s">
+        <v>2614</v>
+      </c>
+      <c r="E671" s="19" t="s">
+        <v>2615</v>
+      </c>
+      <c r="F671" s="42" t="s">
+        <v>2616</v>
+      </c>
+    </row>
+    <row r="672" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A672" s="43" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B672" s="19"/>
+      <c r="C672" s="43" t="s">
+        <v>2617</v>
+      </c>
+      <c r="D672" s="19" t="s">
+        <v>317</v>
+      </c>
+      <c r="E672" s="19" t="s">
+        <v>318</v>
+      </c>
+      <c r="F672" s="42" t="s">
+        <v>2618</v>
+      </c>
+    </row>
+    <row r="673" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A673" s="43" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B673" s="19"/>
+      <c r="C673" s="43" t="s">
+        <v>2619</v>
+      </c>
+      <c r="D673" s="19" t="s">
+        <v>2620</v>
+      </c>
+      <c r="E673" s="19" t="s">
+        <v>2621</v>
+      </c>
+      <c r="F673" s="42" t="s">
+        <v>2622</v>
+      </c>
+    </row>
+    <row r="674" spans="1:6" ht="31" x14ac:dyDescent="0.35">
+      <c r="A674" s="43" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B674" s="19"/>
+      <c r="C674" s="43" t="s">
+        <v>2623</v>
+      </c>
+      <c r="D674" s="19" t="s">
+        <v>2624</v>
+      </c>
+      <c r="E674" s="19" t="s">
+        <v>2625</v>
+      </c>
+      <c r="F674" s="42" t="s">
+        <v>2626</v>
+      </c>
+    </row>
+    <row r="675" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A675" s="43" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B675" s="19"/>
+      <c r="C675" s="43" t="s">
+        <v>2627</v>
+      </c>
+      <c r="D675" s="19" t="s">
+        <v>2628</v>
+      </c>
+      <c r="E675" s="19" t="s">
+        <v>2629</v>
+      </c>
+      <c r="F675" s="42" t="s">
+        <v>2630</v>
+      </c>
+    </row>
+    <row r="676" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A676" s="43" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B676" s="19"/>
+      <c r="C676" s="43" t="s">
+        <v>2631</v>
+      </c>
+      <c r="D676" s="19" t="s">
+        <v>2632</v>
+      </c>
+      <c r="E676" s="19" t="s">
+        <v>2633</v>
+      </c>
+      <c r="F676" s="42" t="s">
+        <v>2634</v>
+      </c>
+    </row>
+    <row r="677" spans="1:6" ht="31" x14ac:dyDescent="0.35">
+      <c r="A677" s="43" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B677" s="19"/>
+      <c r="C677" s="43" t="s">
+        <v>2635</v>
+      </c>
+      <c r="D677" s="19" t="s">
+        <v>2636</v>
+      </c>
+      <c r="E677" s="19" t="s">
+        <v>2637</v>
+      </c>
+      <c r="F677" s="42" t="s">
+        <v>2638</v>
+      </c>
+    </row>
+    <row r="678" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A678" s="43" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B678" s="19"/>
+      <c r="C678" s="43" t="s">
+        <v>2639</v>
+      </c>
+      <c r="D678" s="19" t="s">
+        <v>349</v>
+      </c>
+      <c r="E678" s="19" t="s">
+        <v>2640</v>
+      </c>
+      <c r="F678" s="42" t="s">
+        <v>2641</v>
+      </c>
+    </row>
+    <row r="679" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A679" s="43" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B679" s="19"/>
+      <c r="C679" s="43" t="s">
+        <v>2642</v>
+      </c>
+      <c r="D679" s="19" t="s">
+        <v>2643</v>
+      </c>
+      <c r="E679" s="19" t="s">
+        <v>2644</v>
+      </c>
+      <c r="F679" s="42" t="s">
+        <v>2645</v>
+      </c>
+    </row>
+    <row r="680" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A680" s="43" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B680" s="19"/>
+      <c r="C680" s="43" t="s">
+        <v>2646</v>
+      </c>
+      <c r="D680" s="19" t="s">
+        <v>361</v>
+      </c>
+      <c r="E680" s="19" t="s">
+        <v>362</v>
+      </c>
+      <c r="F680" s="42" t="s">
+        <v>2647</v>
+      </c>
+    </row>
+    <row r="681" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A681" s="43" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B681" s="19"/>
+      <c r="C681" s="43" t="s">
+        <v>2648</v>
+      </c>
+      <c r="D681" s="19" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E681" s="19" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F681" s="42" t="s">
+        <v>2651</v>
+      </c>
+    </row>
+    <row r="682" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A682" s="43" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B682" s="19"/>
+      <c r="C682" s="43" t="s">
+        <v>2652</v>
+      </c>
+      <c r="D682" s="19" t="s">
+        <v>2653</v>
+      </c>
+      <c r="E682" s="19" t="s">
+        <v>2654</v>
+      </c>
+      <c r="F682" s="42" t="s">
+        <v>2655</v>
+      </c>
+    </row>
+    <row r="683" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A683" s="43" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B683" s="19"/>
+      <c r="C683" s="43" t="s">
+        <v>2656</v>
+      </c>
+      <c r="D683" s="19" t="s">
+        <v>2657</v>
+      </c>
+      <c r="E683" s="19" t="s">
+        <v>2658</v>
+      </c>
+      <c r="F683" s="42" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="684" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A684" s="43" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B684" s="19"/>
+      <c r="C684" s="43" t="s">
+        <v>2659</v>
+      </c>
+      <c r="D684" s="19" t="s">
+        <v>373</v>
+      </c>
+      <c r="E684" s="19" t="s">
+        <v>374</v>
+      </c>
+      <c r="F684" s="42" t="s">
+        <v>375</v>
+      </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="PxEEPRR/QCZZ7aloo1OIS2BZd1qSs5p2mN8sms6VBp83f/BGIsccgOW7dAytpU43LXYSJdogBpML2F8et++MBA==" saltValue="x2jcVDOFBtQrySpxBDr9Yw==" spinCount="100000" sheet="1" sort="0" autoFilter="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="JCDDKnBkk5PCO06ZcAjboQtc/Z7hKEz0ET7Y1YEJAZszQ4TJOttaKzF7VGcUZ6g58XNzvV/qaWnrPkmk3cog+Q==" saltValue="wQ69wEg+IpxqPniaW9QzGQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" sort="0" autoFilter="0"/>
   <mergeCells count="4">
     <mergeCell ref="A4:F4"/>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="A3:F3"/>
   </mergeCells>
   <phoneticPr fontId="47" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="F280" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
     <hyperlink ref="F282" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
     <hyperlink ref="F283" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
     <hyperlink ref="F284" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
     <hyperlink ref="F286" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
     <hyperlink ref="F289" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
     <hyperlink ref="F292" r:id="rId7" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
     <hyperlink ref="F295" r:id="rId8" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
     <hyperlink ref="F296" r:id="rId9" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
     <hyperlink ref="F298" r:id="rId10" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
     <hyperlink ref="F304" r:id="rId11" xr:uid="{00000000-0004-0000-0000-00000E000000}"/>
     <hyperlink ref="F343" r:id="rId12" xr:uid="{00000000-0004-0000-0000-000014000000}"/>
     <hyperlink ref="F349" r:id="rId13" xr:uid="{00000000-0004-0000-0000-000027000000}"/>
     <hyperlink ref="F361" r:id="rId14" xr:uid="{00000000-0004-0000-0000-000028000000}"/>
-    <hyperlink ref="F276" r:id="rId15" xr:uid="{00000000-0004-0000-0000-000059000000}"/>
-[...362 lines deleted...]
-    <hyperlink ref="A4" r:id="rId378" display="Find A Statewide Contract" xr:uid="{E993BB5E-DCDE-4CCB-9659-DA6C90C1DAD2}"/>
+    <hyperlink ref="F287" r:id="rId15" xr:uid="{00000000-0004-0000-0000-00005C000000}"/>
+    <hyperlink ref="F651" r:id="rId16" xr:uid="{00000000-0004-0000-0000-00008E000000}"/>
+    <hyperlink ref="F288" r:id="rId17" xr:uid="{00000000-0004-0000-0000-0000A6000000}"/>
+    <hyperlink ref="F294" r:id="rId18" xr:uid="{00000000-0004-0000-0000-0000A7000000}"/>
+    <hyperlink ref="F299" r:id="rId19" xr:uid="{00000000-0004-0000-0000-0000A8000000}"/>
+    <hyperlink ref="F297" r:id="rId20" xr:uid="{00000000-0004-0000-0000-0000A9000000}"/>
+    <hyperlink ref="F53" r:id="rId21" xr:uid="{00000000-0004-0000-0000-0000B1000000}"/>
+    <hyperlink ref="F650" r:id="rId22" xr:uid="{00000000-0004-0000-0000-0000BB000000}"/>
+    <hyperlink ref="F305" r:id="rId23" xr:uid="{00000000-0004-0000-0000-0000C5000000}"/>
+    <hyperlink ref="F511" r:id="rId24" xr:uid="{5ED1A91A-28C3-4735-B2D1-08FFA0B44AA7}"/>
+    <hyperlink ref="F512" r:id="rId25" xr:uid="{24B6096A-BD40-4A5C-9223-EC5C62B5C128}"/>
+    <hyperlink ref="F513" r:id="rId26" xr:uid="{5FD4FAE3-893F-4B71-B38A-7214F1BCD94F}"/>
+    <hyperlink ref="F514" r:id="rId27" xr:uid="{D66F7F03-1301-4AF5-91DA-887B78A01BD1}"/>
+    <hyperlink ref="F515" r:id="rId28" xr:uid="{F34F9F31-37A7-4E67-9130-95FC42080E6B}"/>
+    <hyperlink ref="F518" r:id="rId29" xr:uid="{27882D7A-E293-482A-B68D-1B8E5811D64A}"/>
+    <hyperlink ref="F519" r:id="rId30" xr:uid="{E66EF92F-7B5F-482B-A436-C57EC5E45208}"/>
+    <hyperlink ref="F35" r:id="rId31" xr:uid="{4ABFC0D0-8468-428D-ADA2-17BB5926C6E8}"/>
+    <hyperlink ref="F55" r:id="rId32" xr:uid="{550AEE37-0223-483A-85D4-74F63E50B570}"/>
+    <hyperlink ref="F630" r:id="rId33" display="mailto:kathleen@voltrek.com" xr:uid="{0E25AD68-2986-47CC-AFC9-11ABF99D5787}"/>
+    <hyperlink ref="F624" r:id="rId34" xr:uid="{CFDE5510-ADF1-49EC-B3B8-9174AF58DDB5}"/>
+    <hyperlink ref="F56" r:id="rId35" xr:uid="{70AA2FE9-A247-423E-83A6-FF98B8D8B8DB}"/>
+    <hyperlink ref="F628" r:id="rId36" xr:uid="{5B6EDD98-1C00-48C9-AF44-EA7B23754055}"/>
+    <hyperlink ref="F625" r:id="rId37" xr:uid="{7980B54E-E923-4BF8-AF54-A9FF31FA7DFB}"/>
+    <hyperlink ref="F627" r:id="rId38" xr:uid="{0CA53F04-1AD9-4F04-ACC6-F9AA1C9C177A}"/>
+    <hyperlink ref="F336" r:id="rId39" xr:uid="{AD3D9519-203D-474A-81E3-54A5F99BB2AC}"/>
+    <hyperlink ref="F306" r:id="rId40" xr:uid="{67E460EC-49FE-47CD-9336-E7EC5DA82B0F}"/>
+    <hyperlink ref="F300" r:id="rId41" xr:uid="{4D20CC46-45EB-4BFC-AC47-1555F3117B4F}"/>
+    <hyperlink ref="F83" r:id="rId42" display="mailto:petef@good-point.net" xr:uid="{FA6107AA-79E3-40CF-A9D8-7987695AE67F}"/>
+    <hyperlink ref="F92" r:id="rId43" xr:uid="{BB6CA6AE-DEA5-4794-A4B2-40B04CE7D65B}"/>
+    <hyperlink ref="F85" r:id="rId44" xr:uid="{26BFE9F3-D729-4F9F-9C7F-CA642CA65CEA}"/>
+    <hyperlink ref="F87" r:id="rId45" display="mailto:dispatch@e-s-i.com" xr:uid="{E6A2EEBA-05A8-48B8-B203-003C3D858FC0}"/>
+    <hyperlink ref="F345" r:id="rId46" xr:uid="{2B2BC8BC-4098-49A8-AAD4-FC94D7A5E42B}"/>
+    <hyperlink ref="F358" r:id="rId47" xr:uid="{D0ED0184-D790-4022-B771-AD753E2B4932}"/>
+    <hyperlink ref="F348" r:id="rId48" display="nate.anderson@thermofisher.com" xr:uid="{7EE89C96-6D4F-4D81-A807-DBBDE1ED4D94}"/>
+    <hyperlink ref="F281" r:id="rId49" display="Christine.Medaglia@casella.com" xr:uid="{31B7EB1C-1D04-4DAE-A6D8-BB02DA919883}"/>
+    <hyperlink ref="F91" r:id="rId50" xr:uid="{1BB69F05-657C-4553-BFA8-2D57BA26B674}"/>
+    <hyperlink ref="F649" r:id="rId51" xr:uid="{07924286-576D-4594-AAEA-87351510DC58}"/>
+    <hyperlink ref="F662" r:id="rId52" xr:uid="{6D7B89B8-0D24-4C23-B3BB-D49C4133E90F}"/>
+    <hyperlink ref="F663" r:id="rId53" xr:uid="{7CBD6352-E3B7-42BD-840C-903F3C53EE0B}"/>
+    <hyperlink ref="F351" r:id="rId54" xr:uid="{B9F5E4A9-EF40-496B-8C9F-86BA09E596F7}"/>
+    <hyperlink ref="F353" r:id="rId55" xr:uid="{10276D41-48F4-4249-AB6E-60F89EE3CDED}"/>
+    <hyperlink ref="F357" r:id="rId56" xr:uid="{261746A9-9F94-433E-806C-FEE73D956DEA}"/>
+    <hyperlink ref="F365" r:id="rId57" xr:uid="{2C0E564C-C4DA-420F-9757-D9A9CAA02D26}"/>
+    <hyperlink ref="F356" r:id="rId58" xr:uid="{E55FE64C-2648-4BF2-BEA8-BDF821EA4AAF}"/>
+    <hyperlink ref="F645" r:id="rId59" display="mailto:mmiller@fleetresponse.com" xr:uid="{C0AAB821-4C90-404C-88BE-8C1B68C9B895}"/>
+    <hyperlink ref="F623" r:id="rId60" xr:uid="{79332EAB-2C1F-47B5-9AD4-431523E4CA85}"/>
+    <hyperlink ref="F644" r:id="rId61" xr:uid="{642A6CEA-DF21-49C3-AB04-17B270D222E6}"/>
+    <hyperlink ref="F417" r:id="rId62" xr:uid="{54675489-3C50-4E7B-B02F-E044DF704391}"/>
+    <hyperlink ref="F637" r:id="rId63" xr:uid="{782E29AB-986E-4145-99D7-56F924FEAE38}"/>
+    <hyperlink ref="F638" r:id="rId64" xr:uid="{E5BCB86E-F873-4F91-9372-A2AC5206FBFA}"/>
+    <hyperlink ref="F639" r:id="rId65" xr:uid="{B170ECBD-5616-422C-A647-20B0682ACEDA}"/>
+    <hyperlink ref="F640" r:id="rId66" xr:uid="{A2689852-DB68-4FC5-82ED-7D8D7BD33566}"/>
+    <hyperlink ref="F641" r:id="rId67" xr:uid="{693BD7AE-EE63-4022-B891-7DE7F8317C6E}"/>
+    <hyperlink ref="F655" r:id="rId68" xr:uid="{BE59E723-96DD-46B9-BC8C-CE60F39EB864}"/>
+    <hyperlink ref="F100" r:id="rId69" xr:uid="{2A162CCA-9966-4618-AD98-4941093AFD27}"/>
+    <hyperlink ref="F622" r:id="rId70" xr:uid="{A44DC465-5334-456A-AD7E-2B26492D5F73}"/>
+    <hyperlink ref="F311" r:id="rId71" xr:uid="{310FA668-ED3F-4D45-91BD-B6B03F912704}"/>
+    <hyperlink ref="F559" r:id="rId72" xr:uid="{F1F52491-D600-4D6E-99F2-CB5966989598}"/>
+    <hyperlink ref="F560" r:id="rId73" xr:uid="{10788ED9-753C-4FE0-87DD-5E8A78887CB9}"/>
+    <hyperlink ref="F561" r:id="rId74" xr:uid="{9C4757C8-35DC-471E-BC14-068FC018486B}"/>
+    <hyperlink ref="F562" r:id="rId75" xr:uid="{CFDD8A22-736F-46D2-A8AA-9E16A352A881}"/>
+    <hyperlink ref="F565" r:id="rId76" xr:uid="{9D4A68B5-7FE6-428A-881C-121490D54E97}"/>
+    <hyperlink ref="F566" r:id="rId77" xr:uid="{64136CD4-A34A-4C99-8DE9-12D8E120BF97}"/>
+    <hyperlink ref="F567" r:id="rId78" xr:uid="{EC7C9AFE-FF18-42AB-83FA-35DE2D60FB33}"/>
+    <hyperlink ref="F569" r:id="rId79" xr:uid="{A7342B11-F1BC-4F00-8AB2-8D3D9D733371}"/>
+    <hyperlink ref="F570" r:id="rId80" xr:uid="{A53DE103-F490-470C-A21C-7A65470969FC}"/>
+    <hyperlink ref="F571" r:id="rId81" xr:uid="{88942F4C-802F-45CA-B454-8D9A4505AB7F}"/>
+    <hyperlink ref="F573" r:id="rId82" xr:uid="{02AEC8E0-6194-414A-AEC5-9AF4092F490F}"/>
+    <hyperlink ref="F577" r:id="rId83" xr:uid="{369182BD-8887-4FB3-84ED-FEACB98A3F6D}"/>
+    <hyperlink ref="F618" r:id="rId84" xr:uid="{81956355-0A3E-4FA6-96A5-E4C8D142BE4A}"/>
+    <hyperlink ref="F579" r:id="rId85" xr:uid="{7B611A6E-4402-4D7B-A800-ECE1759BC488}"/>
+    <hyperlink ref="F580" r:id="rId86" xr:uid="{6E764C22-D0A1-472A-9F7A-79D2AF94A74F}"/>
+    <hyperlink ref="F581" r:id="rId87" xr:uid="{AE734856-B710-4ECF-B6DA-9AC075D83FE9}"/>
+    <hyperlink ref="F582" r:id="rId88" xr:uid="{A60F2692-0D6E-4519-8CD0-4E2112A7CF0D}"/>
+    <hyperlink ref="F586" r:id="rId89" xr:uid="{1BB105B0-D664-4876-8A6F-3B220D7CB925}"/>
+    <hyperlink ref="F587" r:id="rId90" xr:uid="{CB2A0481-7C3B-4943-B9C3-6F7391742A3E}"/>
+    <hyperlink ref="F588" r:id="rId91" xr:uid="{9ABD1C45-60FB-4081-BFF2-09AF4B410CCD}"/>
+    <hyperlink ref="F589" r:id="rId92" xr:uid="{2AF97A87-2E50-4BF0-9165-3A03D2CF0639}"/>
+    <hyperlink ref="F591" r:id="rId93" xr:uid="{F0E91CCA-1BE9-4F84-892C-BA6D94069882}"/>
+    <hyperlink ref="F592" r:id="rId94" xr:uid="{61FD53ED-784E-4E4C-BAA4-62C19EB687D2}"/>
+    <hyperlink ref="F593" r:id="rId95" xr:uid="{A9D0D50F-D988-4A6F-B634-64DA7E9378A3}"/>
+    <hyperlink ref="F595" r:id="rId96" xr:uid="{EF355A9F-D891-49D7-B105-F3417B231B58}"/>
+    <hyperlink ref="F596" r:id="rId97" xr:uid="{B929BE6A-384C-43E3-A88E-F6C63CC3CEE9}"/>
+    <hyperlink ref="F617" r:id="rId98" xr:uid="{566501B9-1EC2-4DD4-8290-136BD5609336}"/>
+    <hyperlink ref="F597" r:id="rId99" xr:uid="{2C806B91-0BDA-4734-ACA0-CB41C671BCF8}"/>
+    <hyperlink ref="F614" r:id="rId100" xr:uid="{79D797C4-CE4F-4D05-AFFF-183306349181}"/>
+    <hyperlink ref="F615" r:id="rId101" xr:uid="{8C9EC427-201E-4F43-981F-E778C8FB976C}"/>
+    <hyperlink ref="F602" r:id="rId102" xr:uid="{DD59C6D9-32AE-4B5F-B458-66487AEC1ACE}"/>
+    <hyperlink ref="F613" r:id="rId103" xr:uid="{C2BF8B5E-B9B7-48B6-9666-834DAA08EF48}"/>
+    <hyperlink ref="F612" r:id="rId104" xr:uid="{11D8E1E0-D212-479D-A9B1-60EB037A7609}"/>
+    <hyperlink ref="F611" r:id="rId105" xr:uid="{CFABD987-94B6-4DE3-8D1D-7278B917A02E}"/>
+    <hyperlink ref="F601" r:id="rId106" display="mailto:rmonahan@keanefire.com" xr:uid="{E2135619-A60E-4759-994D-3E837C686A1A}"/>
+    <hyperlink ref="F610" r:id="rId107" xr:uid="{2FAD709F-8EC8-4F37-B458-FE557552F441}"/>
+    <hyperlink ref="F609" r:id="rId108" xr:uid="{A45B1373-47AE-400C-9344-3AFE03724E9F}"/>
+    <hyperlink ref="F608" r:id="rId109" xr:uid="{700A9371-8A14-4576-8FCC-26F0394C6347}"/>
+    <hyperlink ref="F603" r:id="rId110" xr:uid="{E01C911B-D1D0-4ECF-826F-33DC0183D5FE}"/>
+    <hyperlink ref="F604" r:id="rId111" xr:uid="{F5D0AE19-E4EA-4374-9F7E-90ACD04633DB}"/>
+    <hyperlink ref="F605" r:id="rId112" xr:uid="{15DC6076-86A3-4AE1-91DA-A0ACEB44925E}"/>
+    <hyperlink ref="F598" r:id="rId113" xr:uid="{A14F646A-BAC8-499E-9498-65640AD9B69A}"/>
+    <hyperlink ref="F590" r:id="rId114" xr:uid="{4819C3B0-6181-4F84-A9DC-135B2F85F39F}"/>
+    <hyperlink ref="F599" r:id="rId115" xr:uid="{0C1D6FDE-5E9D-4C3B-A123-CC301CF58FD4}"/>
+    <hyperlink ref="F575" r:id="rId116" xr:uid="{0D08DFDA-0272-4F18-8F6E-0501CBA91B59}"/>
+    <hyperlink ref="F344" r:id="rId117" xr:uid="{4EB46C0C-E05E-4E16-8B81-FD619731FA7F}"/>
+    <hyperlink ref="F364" r:id="rId118" xr:uid="{7C71A829-1B15-460D-964D-759C2A553464}"/>
+    <hyperlink ref="F120" r:id="rId119" xr:uid="{C52BF0D7-09ED-4953-9C87-AF9A44D45AE7}"/>
+    <hyperlink ref="F106" r:id="rId120" xr:uid="{0DE9F9B3-F29E-4872-ACD6-3A628AA07A28}"/>
+    <hyperlink ref="F113" r:id="rId121" xr:uid="{C839C51C-8057-4C10-A930-492791F05D60}"/>
+    <hyperlink ref="F119" r:id="rId122" xr:uid="{F37B3347-A3FC-4B4B-8DAD-D5FC31E2A563}"/>
+    <hyperlink ref="F115" r:id="rId123" xr:uid="{DDB62C2A-F51B-4B58-BCED-B4CC6B36E7E3}"/>
+    <hyperlink ref="F111" r:id="rId124" xr:uid="{2EDC2188-5F78-4976-AC53-031A19E8CC7F}"/>
+    <hyperlink ref="F114" r:id="rId125" xr:uid="{6065328D-EA17-43AC-A3DE-B32D6EC5AF0F}"/>
+    <hyperlink ref="F116" r:id="rId126" xr:uid="{CEA22A63-69CB-4C73-A042-9345AA88047F}"/>
+    <hyperlink ref="F108" r:id="rId127" xr:uid="{0E94A969-CB17-45B4-956B-9DC89D32666E}"/>
+    <hyperlink ref="F118" r:id="rId128" xr:uid="{D12CB865-592F-48E9-A97D-4E283EB9356C}"/>
+    <hyperlink ref="F105" r:id="rId129" xr:uid="{7C4E6573-D078-4768-9E0F-6D144E08A36A}"/>
+    <hyperlink ref="F110" r:id="rId130" xr:uid="{3E1008D0-A5AD-4B75-803D-95E0B89B5CAA}"/>
+    <hyperlink ref="F117" r:id="rId131" xr:uid="{6DEC605F-EC4F-41AB-A26B-53DE0CDB666E}"/>
+    <hyperlink ref="F606" r:id="rId132" xr:uid="{0D41F6E1-3099-46F3-86DF-457D8F8EBDB7}"/>
+    <hyperlink ref="F362" r:id="rId133" xr:uid="{8098BF05-B7AC-4FEC-A5FB-6776150ECB14}"/>
+    <hyperlink ref="F648" r:id="rId134" xr:uid="{99CF1100-0917-4E90-9CF7-FCC4697AF04E}"/>
+    <hyperlink ref="F339" r:id="rId135" xr:uid="{44C7E3A4-91E8-43BE-A05B-324BFFB86CC9}"/>
+    <hyperlink ref="F340" r:id="rId136" xr:uid="{C3B3A60B-3561-4468-9E39-C3F494F3609B}"/>
+    <hyperlink ref="F342" r:id="rId137" display="ecgordon@medline.com" xr:uid="{91618E09-D599-4C57-8617-AA75791E1379}"/>
+    <hyperlink ref="F341" r:id="rId138" xr:uid="{5D2D2C5D-695B-4E5C-A530-E947A1FC8AA2}"/>
+    <hyperlink ref="F653" r:id="rId139" xr:uid="{1E26F8E9-5999-425A-B689-29F6A58532F2}"/>
+    <hyperlink ref="F654" r:id="rId140" xr:uid="{839AFC78-841F-4AFC-828C-D457FFBE38A6}"/>
+    <hyperlink ref="F659" r:id="rId141" xr:uid="{3D88DCC0-463A-4352-BF67-17DD93DF2C26}"/>
+    <hyperlink ref="F658" r:id="rId142" xr:uid="{07C87137-810A-47D3-BF26-65192ADA24FA}"/>
+    <hyperlink ref="F88" r:id="rId143" xr:uid="{AAC37E51-8C0E-4D75-B2C7-969E0E658F4D}"/>
+    <hyperlink ref="F89" r:id="rId144" xr:uid="{797F5B0C-D95E-4F20-A5A8-3D669A518001}"/>
+    <hyperlink ref="F95" r:id="rId145" xr:uid="{AF291DB4-9946-43EE-9760-9E25F8337AC3}"/>
+    <hyperlink ref="F96" r:id="rId146" xr:uid="{F0377AB2-05DA-4814-B77D-6C5D26CE9E32}"/>
+    <hyperlink ref="F97" r:id="rId147" xr:uid="{94FCFAD5-3A92-4093-BE43-449915C3DF81}"/>
+    <hyperlink ref="F98" r:id="rId148" xr:uid="{70828E74-58F7-40D2-AB9B-A72B29E98321}"/>
+    <hyperlink ref="F443" r:id="rId149" xr:uid="{8516428A-04F3-4BA8-8815-20DB9161071F}"/>
+    <hyperlink ref="F103" r:id="rId150" xr:uid="{116BC975-96AF-41B6-849A-9DDC3BBA036C}"/>
+    <hyperlink ref="F464" r:id="rId151" xr:uid="{D6943F70-820B-4465-BB50-BB7851E3111D}"/>
+    <hyperlink ref="F123" r:id="rId152" xr:uid="{0F88E66D-C1A8-4FB1-A74D-3BA1A72411DB}"/>
+    <hyperlink ref="F125" r:id="rId153" xr:uid="{BEF5DE22-5DFD-43A9-9102-DD7F854E1244}"/>
+    <hyperlink ref="F132" r:id="rId154" xr:uid="{D67D1E6B-F3DF-44DB-A3FB-CDB69357DA2B}"/>
+    <hyperlink ref="F126" r:id="rId155" xr:uid="{B32E35E8-42DE-428C-A0E3-9255B1C32F40}"/>
+    <hyperlink ref="F131" r:id="rId156" xr:uid="{36AB685C-3751-4C0C-9C93-B2809489BD5D}"/>
+    <hyperlink ref="F133" r:id="rId157" xr:uid="{6481A9A5-F178-4E11-9472-C71DF297CC72}"/>
+    <hyperlink ref="F134" r:id="rId158" xr:uid="{D075A81C-8D7D-41CA-BCC6-7D9257C8DA71}"/>
+    <hyperlink ref="F139" r:id="rId159" xr:uid="{B0B9D593-A2D4-4244-BE8C-52617FFE423F}"/>
+    <hyperlink ref="F141" r:id="rId160" xr:uid="{738669F4-0282-49D4-9A01-BDC1628F0EB8}"/>
+    <hyperlink ref="F142" r:id="rId161" xr:uid="{292FA2E8-B488-4B6B-BF4F-A77DE6E6E854}"/>
+    <hyperlink ref="F158" r:id="rId162" xr:uid="{14F9A01D-D22C-49E1-969F-F3648E4A447D}"/>
+    <hyperlink ref="F157" r:id="rId163" xr:uid="{AE1111C4-2F79-471B-BCE4-C4C9C03E5B55}"/>
+    <hyperlink ref="F163" r:id="rId164" xr:uid="{4AA900B2-F457-4897-A337-65B6BE2CDE20}"/>
+    <hyperlink ref="F164" r:id="rId165" xr:uid="{6E8D9EA2-F0B5-416A-98FF-17F7E28EC143}"/>
+    <hyperlink ref="F154" r:id="rId166" xr:uid="{5E0E852B-B1B8-4EEF-89C4-9F3E98CC242B}"/>
+    <hyperlink ref="F146" r:id="rId167" xr:uid="{E4452061-FD24-4160-B66D-716830082A61}"/>
+    <hyperlink ref="F151" r:id="rId168" xr:uid="{89E4D70C-6694-4A7D-AA53-2FB2797341E4}"/>
+    <hyperlink ref="F152" r:id="rId169" xr:uid="{77F8584A-257F-4EB3-ACF8-9335505244D9}"/>
+    <hyperlink ref="F153" r:id="rId170" xr:uid="{F355FE3E-B2C2-455F-84D6-291456458F7F}"/>
+    <hyperlink ref="F156" r:id="rId171" xr:uid="{E272420C-D97E-4981-B61E-FAEBFEB8597C}"/>
+    <hyperlink ref="F165" r:id="rId172" xr:uid="{93F81C15-DC10-4804-9000-B821C1275B54}"/>
+    <hyperlink ref="F166" r:id="rId173" xr:uid="{23C70ECA-EFF0-4687-BB5B-A21EF356DCB0}"/>
+    <hyperlink ref="F168" r:id="rId174" xr:uid="{661BFC8C-E005-468B-8D44-A8658740C4D8}"/>
+    <hyperlink ref="F170" r:id="rId175" xr:uid="{E3A2C4CD-B7A3-430B-AD1A-9A6020207B9C}"/>
+    <hyperlink ref="F174" r:id="rId176" xr:uid="{A1EE6FAA-FD04-4648-8E0F-693C8C538719}"/>
+    <hyperlink ref="F176" r:id="rId177" xr:uid="{D34A408C-3114-445E-B38F-A835BC354CCA}"/>
+    <hyperlink ref="F179" r:id="rId178" xr:uid="{A01CB8A5-163B-463E-B1EB-A7E00212DD93}"/>
+    <hyperlink ref="F180" r:id="rId179" xr:uid="{52187E37-CB17-49DD-A488-D29C01B380DA}"/>
+    <hyperlink ref="F181" r:id="rId180" xr:uid="{93042469-A327-4F1D-A824-0BE7B0A56978}"/>
+    <hyperlink ref="F184" r:id="rId181" xr:uid="{98EB0BC5-E15A-46A4-B13B-2D406DFD5556}"/>
+    <hyperlink ref="F186" r:id="rId182" xr:uid="{CE083E96-0B3D-4266-A822-7532861B51E0}"/>
+    <hyperlink ref="F188" r:id="rId183" xr:uid="{8053D9D2-2027-49E1-9305-16331B7BD6C7}"/>
+    <hyperlink ref="F191" r:id="rId184" xr:uid="{63F45AD2-1B3F-4EBD-A431-5086036E2C56}"/>
+    <hyperlink ref="F277" r:id="rId185" xr:uid="{B8A6C196-C773-42F6-B83E-038AE56F717C}"/>
+    <hyperlink ref="F278" r:id="rId186" xr:uid="{5A96CA78-AC0F-4051-9EA3-49ECA0671AF8}"/>
+    <hyperlink ref="F285" r:id="rId187" xr:uid="{5C05D086-5630-40B7-9063-0B9A3FB38D72}"/>
+    <hyperlink ref="F293" r:id="rId188" xr:uid="{765B6B7F-A9BE-439B-A29D-53AC3AC4EFB9}"/>
+    <hyperlink ref="F302" r:id="rId189" xr:uid="{F430B002-7660-4D3F-86A5-26381368288A}"/>
+    <hyperlink ref="F303" r:id="rId190" xr:uid="{E3704F7C-2E15-4A8C-BC7F-4B32B278CBE5}"/>
+    <hyperlink ref="F290" r:id="rId191" xr:uid="{E7B481B5-2A50-45F1-98A5-7D141B83D04E}"/>
+    <hyperlink ref="F291" r:id="rId192" xr:uid="{39BEBFA5-785F-4712-B1D8-2B4769C875DF}"/>
+    <hyperlink ref="F279" r:id="rId193" xr:uid="{840627A0-35A1-4C08-8343-D832D5692291}"/>
+    <hyperlink ref="F629" r:id="rId194" display="mailto:admin@verdek.com" xr:uid="{B73DA730-F60D-4B16-8B57-5125436C521E}"/>
+    <hyperlink ref="F337" r:id="rId195" xr:uid="{3D93C699-F839-4336-BEF1-60269BB77856}"/>
+    <hyperlink ref="F354" r:id="rId196" xr:uid="{848CFF4F-AE42-48B3-963B-214C2766D64D}"/>
+    <hyperlink ref="F568" r:id="rId197" xr:uid="{740FD163-4A81-4530-8B63-37D49FDEEB5C}"/>
+    <hyperlink ref="F572" r:id="rId198" xr:uid="{5C1A3052-98D3-452C-A813-473AA93C322E}"/>
+    <hyperlink ref="F574" r:id="rId199" xr:uid="{D781E0DD-E5AE-4FCC-B3DB-95B320281B2F}"/>
+    <hyperlink ref="F576" r:id="rId200" xr:uid="{F82B356D-EB9D-4758-8AA8-44A4FDB17C10}"/>
+    <hyperlink ref="F583" r:id="rId201" xr:uid="{9E06F57A-AE2E-4A29-8985-6AC878CBBA33}"/>
+    <hyperlink ref="F584" r:id="rId202" xr:uid="{0B36114D-A42E-41A9-BBEA-00ED2B061F0A}"/>
+    <hyperlink ref="F594" r:id="rId203" xr:uid="{073D3405-C43E-482D-BDCD-FA07D15FFF70}"/>
+    <hyperlink ref="F600" r:id="rId204" xr:uid="{921128E6-0903-4CA8-99EB-F7AACBA3CC9E}"/>
+    <hyperlink ref="F607" r:id="rId205" xr:uid="{FE8EAFF5-F89C-42D0-8121-0B7F610EEC28}"/>
+    <hyperlink ref="F616" r:id="rId206" xr:uid="{1D2557CB-EA69-4B47-B527-7E86829FAA14}"/>
+    <hyperlink ref="F621" r:id="rId207" xr:uid="{89550572-26D3-4811-90FE-3BB3F8980411}"/>
+    <hyperlink ref="F631" r:id="rId208" xr:uid="{098F0EED-EC2D-4FA5-A524-B9934B3C7512}"/>
+    <hyperlink ref="F634" r:id="rId209" xr:uid="{0C349C4C-974C-4AA2-8445-EFDA13807C3B}"/>
+    <hyperlink ref="F632" r:id="rId210" xr:uid="{878CFE77-0CD2-45F0-A9BE-5C1BBA90DEA0}"/>
+    <hyperlink ref="F633" r:id="rId211" xr:uid="{C2061FF6-42B8-49D9-8DE8-CF4FA0FCB3EE}"/>
+    <hyperlink ref="F635" r:id="rId212" xr:uid="{AC2DDD7F-7F19-4A84-90D1-81C36724904E}"/>
+    <hyperlink ref="F636" r:id="rId213" xr:uid="{2DDEC76E-7F06-4AF7-84A6-0D93728B1DB8}"/>
+    <hyperlink ref="F646" r:id="rId214" xr:uid="{81ED0D90-D66C-4CB9-83AD-D13E843518BC}"/>
+    <hyperlink ref="F647" r:id="rId215" xr:uid="{BDD575F0-E4E6-424C-87D6-4CD83FA8439C}"/>
+    <hyperlink ref="F652" r:id="rId216" xr:uid="{D4A84DD6-19EE-473F-95DC-1B95A283AA5B}"/>
+    <hyperlink ref="F656" r:id="rId217" xr:uid="{635B4609-2007-4960-B3A3-2D42C1574DD5}"/>
+    <hyperlink ref="F657" r:id="rId218" xr:uid="{55952997-4915-4C39-B3C1-71CB0AA54C5F}"/>
+    <hyperlink ref="F246" r:id="rId219" xr:uid="{E591017A-5C88-43FC-BCD1-692385578BBB}"/>
+    <hyperlink ref="F247" r:id="rId220" xr:uid="{94E2283A-4A40-4721-B336-BC5E376A8B8C}"/>
+    <hyperlink ref="F248" r:id="rId221" xr:uid="{D212A5AA-607B-4D3C-B26C-1F2FCE2666CF}"/>
+    <hyperlink ref="F250" r:id="rId222" xr:uid="{394BEE3B-C9EB-4B63-99BE-C8946F98A72F}"/>
+    <hyperlink ref="F346" r:id="rId223" xr:uid="{2935559A-A98E-4925-A9FA-B1657C51232F}"/>
+    <hyperlink ref="F347" r:id="rId224" xr:uid="{CF22E300-C34D-4363-B148-BAAEC039D419}"/>
+    <hyperlink ref="F350" r:id="rId225" xr:uid="{A6116DFA-03C4-4AA4-A3F9-6CAAA73D6C72}"/>
+    <hyperlink ref="F352" r:id="rId226" xr:uid="{0095578C-9233-4F72-B2EF-B228CFDF02D5}"/>
+    <hyperlink ref="F355" r:id="rId227" xr:uid="{2EA24008-5036-468B-BBE2-40BCE533DD96}"/>
+    <hyperlink ref="F359" r:id="rId228" xr:uid="{5CDD4B12-8DC0-4D6E-B4D7-DED9D225908F}"/>
+    <hyperlink ref="F360" r:id="rId229" xr:uid="{4F9544DC-C874-4EC1-A4DD-A8913A81D81E}"/>
+    <hyperlink ref="F363" r:id="rId230" xr:uid="{8ED63F70-8C36-4ABC-A317-3886D31E0D07}"/>
+    <hyperlink ref="F366" r:id="rId231" xr:uid="{B56247AF-77FC-4D60-A41C-2BCB0AAFC9FA}"/>
+    <hyperlink ref="F563" r:id="rId232" xr:uid="{748F0DBB-ECC5-4C07-B3F0-93CE7813DD8A}"/>
+    <hyperlink ref="F619" r:id="rId233" xr:uid="{EE3746E1-440F-4DDF-82EE-1B15494B7517}"/>
+    <hyperlink ref="F620" r:id="rId234" xr:uid="{FC67C4D7-E566-41DD-84CE-ECAC50B65D74}"/>
+    <hyperlink ref="F160" r:id="rId235" xr:uid="{4F7A1673-9AD3-4439-8350-EE01A745ED40}"/>
+    <hyperlink ref="F434" r:id="rId236" xr:uid="{4EF2F606-AD1C-4F1C-A204-2C7E17A0955E}"/>
+    <hyperlink ref="F436" r:id="rId237" display="mailto:swalsh@gablanco.com" xr:uid="{CEDC8A46-CA07-4BD8-AD54-F5E1151DE7FB}"/>
+    <hyperlink ref="D437" r:id="rId238" display="michelle.gladmon@hp.com" xr:uid="{30360B30-11A7-4361-8569-59411EFCCC4E}"/>
+    <hyperlink ref="F437" r:id="rId239" xr:uid="{C37B1064-27D2-455C-A0E7-B1126134F332}"/>
+    <hyperlink ref="F441" r:id="rId240" display="mailto:Pat.vacca@wbmason.com" xr:uid="{6C198CFB-A5BF-4A4E-847B-79652AE1C105}"/>
+    <hyperlink ref="F192" r:id="rId241" xr:uid="{6AA90396-208C-487B-8002-9E8D623B21D0}"/>
+    <hyperlink ref="F193" r:id="rId242" xr:uid="{E2B3EFBF-42B6-44DC-AB65-072272EFAF5B}"/>
+    <hyperlink ref="F196" r:id="rId243" xr:uid="{F06AAF6F-2568-4D75-983F-F85810E9ECC6}"/>
+    <hyperlink ref="F197" r:id="rId244" xr:uid="{017AA06E-4F4D-4345-923F-3B0D18CE90F5}"/>
+    <hyperlink ref="F198" r:id="rId245" xr:uid="{6B5865DE-E9E0-4074-AE2E-7C1D638E0504}"/>
+    <hyperlink ref="F199" r:id="rId246" xr:uid="{67C7B056-4F1B-4DAC-BFE6-B878BE2546BC}"/>
+    <hyperlink ref="F200" r:id="rId247" xr:uid="{00FF17E3-F10A-45C0-ACD7-2B59D6838761}"/>
+    <hyperlink ref="F201" r:id="rId248" xr:uid="{8C1A051D-BA07-45AE-9371-E07B3B356253}"/>
+    <hyperlink ref="F202" r:id="rId249" xr:uid="{D1A950FD-B672-4103-894B-B22B3447BF2E}"/>
+    <hyperlink ref="F203" r:id="rId250" xr:uid="{3758C7F5-6359-444E-83E7-65F2B97E0E12}"/>
+    <hyperlink ref="F204" r:id="rId251" xr:uid="{1E589212-0D10-4D46-BE30-AAB6299B7DF1}"/>
+    <hyperlink ref="F205" r:id="rId252" xr:uid="{79F3E616-7046-4E83-B0A0-141083EE31A3}"/>
+    <hyperlink ref="F206" r:id="rId253" xr:uid="{D56BC252-A8B4-4479-AF20-94D14B0B5AA1}"/>
+    <hyperlink ref="F207" r:id="rId254" xr:uid="{83C68349-82DE-441F-BF05-B58862B4CD23}"/>
+    <hyperlink ref="F209" r:id="rId255" xr:uid="{51D43DD8-EE86-492E-B974-57C724532C45}"/>
+    <hyperlink ref="F210" r:id="rId256" xr:uid="{179E8125-7CF2-495C-AFBB-32FB90105C77}"/>
+    <hyperlink ref="F211" r:id="rId257" xr:uid="{19BDC6BC-CD1C-4EE3-8DD1-672609A0C9F0}"/>
+    <hyperlink ref="F212" r:id="rId258" xr:uid="{3B45C85F-061C-4437-AEF1-AE529147EFF7}"/>
+    <hyperlink ref="F213" r:id="rId259" xr:uid="{DF7AB982-320D-4210-B6DE-3E36B9FA3D8A}"/>
+    <hyperlink ref="F214" r:id="rId260" xr:uid="{14EBA09D-4B9D-4A70-BB66-56DD11CDE194}"/>
+    <hyperlink ref="F215" r:id="rId261" xr:uid="{1847BB5B-26A9-49BF-816F-F1AF3DA20E5C}"/>
+    <hyperlink ref="F216" r:id="rId262" xr:uid="{ECA2988D-3DA8-4043-85BD-2734E4D2D65F}"/>
+    <hyperlink ref="F217" r:id="rId263" xr:uid="{5358D00F-FF32-4922-B9D0-9E343CB4639D}"/>
+    <hyperlink ref="F218" r:id="rId264" xr:uid="{6BA8C5BF-33D5-4DB9-B3FA-562226A754E6}"/>
+    <hyperlink ref="F219" r:id="rId265" xr:uid="{1E526010-23EF-43BC-96E4-DFE3D65288B9}"/>
+    <hyperlink ref="F220" r:id="rId266" xr:uid="{475BB4DE-F7FD-4BA0-9245-16EC72E2F0D4}"/>
+    <hyperlink ref="F221" r:id="rId267" xr:uid="{123E74DE-CDB8-4985-8B3A-8923E3C1761B}"/>
+    <hyperlink ref="F222" r:id="rId268" xr:uid="{9DB692DA-5400-483A-843C-0F64FF2F8B00}"/>
+    <hyperlink ref="F223" r:id="rId269" xr:uid="{A1ABE84D-589C-4B9D-9DB9-010076635DBD}"/>
+    <hyperlink ref="F224" r:id="rId270" xr:uid="{068A21BD-5B6F-4CD0-9CD4-1EEA3A7AF151}"/>
+    <hyperlink ref="F225" r:id="rId271" xr:uid="{5628CBDF-DCFE-47F1-8C63-003224592B23}"/>
+    <hyperlink ref="F226" r:id="rId272" xr:uid="{CD3966E7-61CF-44A3-BDA3-BFF5C4C6A15E}"/>
+    <hyperlink ref="F227" r:id="rId273" xr:uid="{C6FAEBBB-06D2-444B-8CE9-D090E1C0C7C1}"/>
+    <hyperlink ref="F228" r:id="rId274" xr:uid="{26883264-2B1E-4FE3-87E9-43416A8BEAD3}"/>
+    <hyperlink ref="F229" r:id="rId275" xr:uid="{BA158BB1-38D0-4E17-ADAD-F20711E5CC1B}"/>
+    <hyperlink ref="F230" r:id="rId276" xr:uid="{9F321400-EBF3-4200-A233-BDE9FEA91D91}"/>
+    <hyperlink ref="F231" r:id="rId277" xr:uid="{8567C4BB-8848-4675-AF97-6F28333567D5}"/>
+    <hyperlink ref="F232" r:id="rId278" xr:uid="{330F6F2D-6DCE-4BF6-8E28-D2218DD54448}"/>
+    <hyperlink ref="F233" r:id="rId279" xr:uid="{60BCB98B-3E10-4815-8D6D-7F1E2E3B1B7D}"/>
+    <hyperlink ref="F234" r:id="rId280" xr:uid="{8C494EA1-900A-4665-B2D5-7DE91A9551D2}"/>
+    <hyperlink ref="F235" r:id="rId281" xr:uid="{67B59C03-8E88-4D34-83C9-13B0C5FF2FDC}"/>
+    <hyperlink ref="F236" r:id="rId282" xr:uid="{3968BF28-53A1-42F9-9616-0C32DC121A5A}"/>
+    <hyperlink ref="F237" r:id="rId283" xr:uid="{C5CF21D1-F258-4A04-AA77-DCE3E35E8539}"/>
+    <hyperlink ref="F238" r:id="rId284" xr:uid="{EDDD1DF5-4F52-4720-89BF-BCA9234F81A8}"/>
+    <hyperlink ref="F239" r:id="rId285" xr:uid="{50675959-9862-4769-8A81-83884440C2C2}"/>
+    <hyperlink ref="F240" r:id="rId286" xr:uid="{FB260B33-5EBB-4D51-B559-A8E14B31569A}"/>
+    <hyperlink ref="F241" r:id="rId287" xr:uid="{2D4A5009-7755-423F-B85F-1EC2BB10570B}"/>
+    <hyperlink ref="F242" r:id="rId288" xr:uid="{895FA612-F0DB-4FC8-ACCC-913112022EA7}"/>
+    <hyperlink ref="F195" r:id="rId289" xr:uid="{1968553E-3426-4202-87AA-58CE59532E92}"/>
+    <hyperlink ref="F208" r:id="rId290" xr:uid="{CA78AD12-BCBF-41A8-A84E-CD888FF5FDC6}"/>
+    <hyperlink ref="F194" r:id="rId291" xr:uid="{DFCBC880-3A56-4D6E-85E4-D80D3BBAF9CC}"/>
+    <hyperlink ref="F327" r:id="rId292" xr:uid="{4C308AAF-D07B-4DE3-8A94-F2133FB31027}"/>
+    <hyperlink ref="F328" r:id="rId293" xr:uid="{4B89EF77-4AB0-4778-A318-1647B09BF35B}"/>
+    <hyperlink ref="F329" r:id="rId294" xr:uid="{2C09AC2F-4537-4AE7-B5B2-F02043531871}"/>
+    <hyperlink ref="F315" r:id="rId295" xr:uid="{C5DA3201-D734-4C53-BF06-D53C88E5101F}"/>
+    <hyperlink ref="F309" r:id="rId296" xr:uid="{7ADE3BBF-C048-4F39-BBB6-14E8DFF31029}"/>
+    <hyperlink ref="F310" r:id="rId297" xr:uid="{0D49665E-7146-40BB-832C-306A26A048C7}"/>
+    <hyperlink ref="F660" r:id="rId298" xr:uid="{99DD5801-015E-424D-98E1-DFCA6955E855}"/>
+    <hyperlink ref="F661" r:id="rId299" xr:uid="{2A4C479A-6362-4436-BAC5-6EEC4A344F19}"/>
+    <hyperlink ref="F64" r:id="rId300" display="mailto:jwk@amherstnurseries.com" xr:uid="{6AB15CE3-0BCC-405C-9D4F-C91FDE299311}"/>
+    <hyperlink ref="F65" r:id="rId301" display="mailto:EriWal@Kompan.com" xr:uid="{86FB77EC-26E1-4B1B-B29C-2D5B7ECDB4B3}"/>
+    <hyperlink ref="F66" r:id="rId302" display="mailto:jbotti@lorussocorp.com " xr:uid="{76414767-B82F-4307-BD61-3022D22E662D}"/>
+    <hyperlink ref="F67" r:id="rId303" display="mailto:meghan@obrienandsons.com" xr:uid="{1E9A7049-9AF1-4B51-8BC1-7F3EED60E306}"/>
+    <hyperlink ref="F68" r:id="rId304" display="mailto:contracts@mrcrec.com" xr:uid="{70413BE1-D905-4641-9A23-DD9048E7AA9A}"/>
+    <hyperlink ref="F69" r:id="rId305" display="mailto:nerg@nerecgroup.com" xr:uid="{992387FB-50B0-4042-81F0-BDBE76296A87}"/>
+    <hyperlink ref="F70" r:id="rId306" display="mailto:pjlandplay@gmail.com" xr:uid="{FED466F3-8381-4758-9911-6C40A9ED8877}"/>
+    <hyperlink ref="F71" r:id="rId307" display="mailto:Msalt1@verizon.net" xr:uid="{AC13904D-E90A-450B-A706-C4B7136C31CA}"/>
+    <hyperlink ref="F72" r:id="rId308" display="mailto:dford@pioneerathletics.com" xr:uid="{2A1C31C6-CE5F-4037-9FFB-EFB0D13DD8D1}"/>
+    <hyperlink ref="F73" r:id="rId309" display="mailto:pam@pjcorganic.com" xr:uid="{DE9D620D-600E-444C-8084-6B8F257EE631}"/>
+    <hyperlink ref="F74" r:id="rId310" display="mailto:janet@playgroundmedic.com" xr:uid="{6EB19F7A-C1D7-4714-BDF1-2DB469DA2B78}"/>
+    <hyperlink ref="F75" r:id="rId311" display="mailto:premierparkplay@verizon.net" xr:uid="{0900CD35-D9F9-47AB-BF76-1B95EB9C3384}"/>
+    <hyperlink ref="F76" r:id="rId312" display="mailto:michaeld@mayertree.com" xr:uid="{E4770771-5A41-4A6A-955A-8A5BA360CCE3}"/>
+    <hyperlink ref="F77" r:id="rId313" display="mailto:joanne@rayhaluchinc.com" xr:uid="{03D9F93C-13C9-48FA-A38C-D7B3A068BC67}"/>
+    <hyperlink ref="F78" r:id="rId314" display="mailto:realeassoc@aol.com" xr:uid="{F44179C7-A977-4E53-AD53-419F1127DFE1}"/>
+    <hyperlink ref="F79" r:id="rId315" display="mailto:cindy@sitespecifics.net" xr:uid="{AC547DE7-712E-454B-A4CA-95BC3AA88EE8}"/>
+    <hyperlink ref="F80" r:id="rId316" display="mailto:mparody@ultiplayus.com" xr:uid="{4CB49B14-7239-4BEA-B49D-8AB1C1C0363F}"/>
+    <hyperlink ref="F81" r:id="rId317" display="mailto:j.brown@valleygreenusa.com" xr:uid="{3C819ECB-A3B5-4038-90CE-A10F59030037}"/>
+    <hyperlink ref="F57" r:id="rId318" display="mailto:willman@bigelownurseries.com" xr:uid="{FCD4EBD4-7665-4E65-ACB5-FD3E7790FC82}"/>
+    <hyperlink ref="F58" r:id="rId319" display="mailto:ncavicchio@cavicchio.com" xr:uid="{F42E27D7-9066-4C25-AE25-96FABE1DFBE4}"/>
+    <hyperlink ref="F59" r:id="rId320" display="mailto:tpesko@childscapes.net" xr:uid="{41A847B1-BE35-4DCD-9DD0-8AC330727442}"/>
+    <hyperlink ref="F60" r:id="rId321" display="mailto:john@creativerec.com" xr:uid="{D8EA930E-7120-42B8-A210-3FFAADB334E9}"/>
+    <hyperlink ref="F61" r:id="rId322" display="mailto:gnicoll@harrells.com" xr:uid="{A09BF33D-39B5-4B5E-A100-8962926C23D5}"/>
+    <hyperlink ref="F62" r:id="rId323" display="mailto:UrquhartJ@HelenaAgri.com" xr:uid="{71A4D762-3298-4D53-8B68-43EE52A73ACF}"/>
+    <hyperlink ref="F63" r:id="rId324" display="mailto:Jeff.Baker@Heritageppg.com" xr:uid="{E6F267E9-196B-491F-846F-963B721C636A}"/>
+    <hyperlink ref="F252" r:id="rId325" xr:uid="{2AFC1EEA-F9E9-4E6B-BBAE-75BE22EE6281}"/>
+    <hyperlink ref="F269" r:id="rId326" xr:uid="{0EA525AB-E7F3-4066-8D2A-844E153FECB0}"/>
+    <hyperlink ref="F271" r:id="rId327" xr:uid="{566AC511-2FB3-4127-B151-BB79030653C6}"/>
+    <hyperlink ref="F255" r:id="rId328" xr:uid="{AC383869-59C2-48CD-AE56-9F300C37C2B3}"/>
+    <hyperlink ref="F257" r:id="rId329" xr:uid="{B95B6E56-8938-4527-9A94-A044F1112EAD}"/>
+    <hyperlink ref="F259" r:id="rId330" xr:uid="{5770A5EF-4214-4A9A-9B53-F9D1E61D58E4}"/>
+    <hyperlink ref="F261" r:id="rId331" xr:uid="{78C27D3D-D5AF-4B21-8F92-9B699BEB14D0}"/>
+    <hyperlink ref="F626" r:id="rId332" xr:uid="{AFAA6DC4-9BDB-40B7-A75A-A6FCBFCFE7F4}"/>
+    <hyperlink ref="F425" r:id="rId333" xr:uid="{63E39EA6-7A69-4F7B-93FF-07D7436D0690}"/>
+    <hyperlink ref="F435" r:id="rId334" xr:uid="{88BEB2C2-C8C8-4DD1-A141-E038C348AAA4}"/>
+    <hyperlink ref="F308" r:id="rId335" xr:uid="{E0B8615B-4CB3-46B0-A624-8F07E4833F65}"/>
+    <hyperlink ref="F313" r:id="rId336" xr:uid="{344C799B-11EB-416A-8C13-2B2FAFE8DAC4}"/>
+    <hyperlink ref="F316" r:id="rId337" xr:uid="{E6D0D0C8-12C5-44A3-9BE8-41C292E7284B}"/>
+    <hyperlink ref="F318" r:id="rId338" xr:uid="{AEBF399A-4BFA-4753-8F43-CFEF94AD9969}"/>
+    <hyperlink ref="F51" r:id="rId339" xr:uid="{0937D0B4-7E08-4D0C-8136-EE1D24709EA1}"/>
+    <hyperlink ref="F43" r:id="rId340" xr:uid="{DB390104-E15E-49ED-88A0-E506510750ED}"/>
+    <hyperlink ref="F47" r:id="rId341" xr:uid="{EADB9C75-9AD2-400F-A953-C9C5D82D4B8A}"/>
+    <hyperlink ref="F44" r:id="rId342" xr:uid="{017C1B48-1DEF-4CA5-BE08-7969B2E61C16}"/>
+    <hyperlink ref="F48" r:id="rId343" xr:uid="{CD81185C-AF29-4186-9EE3-53036197EC4B}"/>
+    <hyperlink ref="F52" r:id="rId344" xr:uid="{BAC8B699-2D30-4FEF-B200-2CC270FEA78C}"/>
+    <hyperlink ref="F167" r:id="rId345" xr:uid="{91A8B570-BB16-4A73-BF80-EA45AA0572FA}"/>
+    <hyperlink ref="F171" r:id="rId346" xr:uid="{24023F3B-C47D-4C06-BE12-50AD67EBAD61}"/>
+    <hyperlink ref="F274" r:id="rId347" xr:uid="{945C0927-EC65-45B8-8526-EF696BBE0CEC}"/>
+    <hyperlink ref="F173" r:id="rId348" xr:uid="{C4D5DA6E-2EAF-4A2C-BFDF-9A1F8AA9C0F0}"/>
+    <hyperlink ref="F172" r:id="rId349" display="ctraver@hillnmarkes.com" xr:uid="{8A2CFC86-1EA1-4467-8B0E-AFB465099F1E}"/>
+    <hyperlink ref="F557" r:id="rId350" display="mike.wentzell@airgas.com" xr:uid="{016535C7-457B-4701-A13C-58DA22F0E781}"/>
+    <hyperlink ref="F558" r:id="rId351" display="mmcatamney@allsportsheroes.com" xr:uid="{A08CEA79-6FEC-407C-9789-7889672EB5BC}"/>
+    <hyperlink ref="F556" r:id="rId352" display="scontarino@adamsonindustries.com" xr:uid="{DA663885-9021-4395-83BD-6BDB34AD74D1}"/>
+    <hyperlink ref="F331" r:id="rId353" xr:uid="{5B737C9A-1177-47C2-B7F2-C009A401C84E}"/>
+    <hyperlink ref="F333" r:id="rId354" display="mailto:rich@ringbroswholesale.com" xr:uid="{B25C635A-1651-4D49-9482-9C86AE99B137}"/>
+    <hyperlink ref="F334" r:id="rId355" xr:uid="{6F97EB59-6060-47DC-A9E0-726D52B4CF79}"/>
+    <hyperlink ref="F335" r:id="rId356" xr:uid="{F3918079-E4D6-4747-B52C-F236C6F9A57D}"/>
+    <hyperlink ref="F332" r:id="rId357" xr:uid="{795327F9-82F3-405A-86F7-AF8A6F3748E2}"/>
+    <hyperlink ref="F506" r:id="rId358" xr:uid="{EF6D29F5-5C97-4900-AB1B-F78C0DBDB670}"/>
+    <hyperlink ref="F507" r:id="rId359" xr:uid="{541508EB-0ED7-4512-8F15-4A687682CCF8}"/>
+    <hyperlink ref="F508" r:id="rId360" xr:uid="{FF1E4BE0-732C-4688-8158-188E3AAD6FC5}"/>
+    <hyperlink ref="A4" r:id="rId361" display="Find A Statewide Contract" xr:uid="{E993BB5E-DCDE-4CCB-9659-DA6C90C1DAD2}"/>
+    <hyperlink ref="F430" r:id="rId362" xr:uid="{58DC57C1-9862-474D-AD6A-5EEEC28D7B26}"/>
+    <hyperlink ref="F104" r:id="rId363" xr:uid="{86FFF9CF-C5E5-4291-B0E2-B64A86B7F87A}"/>
+    <hyperlink ref="F107" r:id="rId364" xr:uid="{AB607F58-327D-4795-B5BD-6FE903865ACD}"/>
+    <hyperlink ref="F109" r:id="rId365" xr:uid="{4905130F-CFB3-44F6-BF7F-7125AC6B10CD}"/>
+    <hyperlink ref="F112" r:id="rId366" xr:uid="{9CDD162C-CA98-40B0-9A26-E18CEB11BC8C}"/>
+    <hyperlink ref="F243" r:id="rId367" xr:uid="{5D225A69-5CE4-4CEA-8124-378696261A46}"/>
+    <hyperlink ref="F244" r:id="rId368" xr:uid="{24CD0F69-B1DC-4ABF-95D5-9963ADFBF61B}"/>
+    <hyperlink ref="F245" r:id="rId369" xr:uid="{B3DD4777-390F-4E03-AF84-05AADEC2148E}"/>
+    <hyperlink ref="F249" r:id="rId370" xr:uid="{CADE23C4-AC6F-49F5-ACCF-9971B59CD9D9}"/>
+    <hyperlink ref="F275" r:id="rId371" xr:uid="{F4556663-C564-4BA5-99AB-6B56BDC3F533}"/>
+    <hyperlink ref="F276" r:id="rId372" xr:uid="{D85898C7-E494-4BB1-A89D-357514717A0D}"/>
+    <hyperlink ref="F516" r:id="rId373" xr:uid="{271F963A-13A3-4B4F-946A-AC0AF4C81EB7}"/>
+    <hyperlink ref="F102" r:id="rId374" xr:uid="{153A01E5-0B15-4288-935F-923C1C14E7FD}"/>
+    <hyperlink ref="F9" r:id="rId375" xr:uid="{458D5DAF-15DD-4BE3-A884-67184486E1D4}"/>
+    <hyperlink ref="F33" r:id="rId376" xr:uid="{2AADE479-F7C4-4DFE-A8E0-D2ABC13CE0C9}"/>
+    <hyperlink ref="F34" r:id="rId377" xr:uid="{5B7B3277-ED0D-47E4-B239-41DA33A12E00}"/>
+    <hyperlink ref="F10" r:id="rId378" xr:uid="{F6990C83-D2B0-47C1-A1CB-DD245F570C90}"/>
+    <hyperlink ref="F12" r:id="rId379" xr:uid="{9E756242-11A3-471C-B63F-152CD6223F11}"/>
+    <hyperlink ref="F13" r:id="rId380" xr:uid="{B74E7902-1048-45ED-821A-47F0101B484F}"/>
+    <hyperlink ref="F14" r:id="rId381" xr:uid="{3506C330-27E3-4A77-9BB7-2062AB874C39}"/>
+    <hyperlink ref="F15" r:id="rId382" display="mailto:steven.k.niland@doc.state.ma.us" xr:uid="{6D545F52-595F-490A-A77F-454FD99CAEBC}"/>
+    <hyperlink ref="F18" r:id="rId383" xr:uid="{3EF88A2E-CD01-40C3-A6DE-DAC42AF74EA8}"/>
+    <hyperlink ref="F19" r:id="rId384" xr:uid="{9E7D1FD3-CE28-4262-8ECF-B37BE57252C3}"/>
+    <hyperlink ref="F21" r:id="rId385" xr:uid="{D4F62D8B-5AEE-4AEA-991A-7C8A8B340AB0}"/>
+    <hyperlink ref="F22" r:id="rId386" xr:uid="{871538F1-3730-454C-B7B4-CECC842DD256}"/>
+    <hyperlink ref="F23" r:id="rId387" xr:uid="{4E4A775F-3EC4-4A03-B9FC-B10FA2B985A2}"/>
+    <hyperlink ref="F25" r:id="rId388" xr:uid="{09D0B03A-C7F5-4250-903A-1BE161151B3F}"/>
+    <hyperlink ref="F28" r:id="rId389" xr:uid="{02F5032A-799F-4B71-8AF2-E08172BE1C7B}"/>
+    <hyperlink ref="F29" r:id="rId390" xr:uid="{C8B6407D-9A46-40AA-A372-07C95E606E02}"/>
+    <hyperlink ref="F30" r:id="rId391" xr:uid="{CA28148D-6A4F-40D1-975E-B17023896421}"/>
+    <hyperlink ref="F32" r:id="rId392" xr:uid="{3F10D262-35AA-448F-BA30-1C8663E3C533}"/>
+    <hyperlink ref="F8" r:id="rId393" xr:uid="{5F653E23-00DA-4C64-96F1-D1F63802A3C5}"/>
+    <hyperlink ref="F26" r:id="rId394" xr:uid="{ADEDAC47-0596-4FE3-BF6A-875C68A5112E}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId379"/>
-  <drawing r:id="rId380"/>
+  <pageSetup orientation="portrait" r:id="rId395"/>
+  <drawing r:id="rId396"/>
   <tableParts count="1">
-    <tablePart r:id="rId381"/>
+    <tablePart r:id="rId397"/>
   </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2EDDB984-6AA0-4BD8-AB8E-2BAC09136EC5}">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetData/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...10 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d2af4aee2ac5c9c43a22c012279edb6a" ns2:_="" ns3:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DD9FA200C105D148852060FBA715ACE8" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="22aefa56ded0bde21fdca407a2eb44e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c792fd7655ff9ee270a922d8bbcbf2de" ns2:_="" ns3:_="">
     <xsd:import namespace="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6"/>
     <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:Files" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="10" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
@@ -23877,50 +24486,55 @@
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Files" ma:index="22" nillable="true" ma:displayName="Files" ma:format="Dropdown" ma:internalName="Files" ma:percentage="FALSE">
       <xsd:simpleType>
         <xsd:restriction base="dms:Number"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="24" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="09ce38db-efdb-4708-8c34-9908d67fb011" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{c0b7012c-f701-4a59-bd35-95e7d22289f7}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="09ce38db-efdb-4708-8c34-9908d67fb011">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
@@ -24022,112 +24636,125 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="09ce38db-efdb-4708-8c34-9908d67fb011" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Files xmlns="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{59EA550D-01EE-4B6E-9786-317B0844A32E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3943CA54-E0B8-48D1-9BB7-68785630D407}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{662D8B66-B929-4564-9C40-CAFE4C6C9C94}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6"/>
     <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D790E115-912F-4CBF-A95C-08C368E4047A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Emergency Guide</vt:lpstr>
+      <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kennedy, Tim (OSD);RRostamnezhad</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>