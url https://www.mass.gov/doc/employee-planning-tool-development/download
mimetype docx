--- v0 (2025-10-24)
+++ v1 (2026-03-26)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6B7A58B9" w14:textId="4347D45F" w:rsidR="0054094E" w:rsidRPr="00E36D79" w:rsidRDefault="0054094E" w:rsidP="00195627">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:color w:val="14558F"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E36D79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:color w:val="14558F"/>
         </w:rPr>
         <w:t>PREPARE</w:t>
       </w:r>
       <w:r w:rsidR="00195627">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
@@ -94,59 +94,51 @@
       </w:pPr>
       <w:r w:rsidRPr="008A7760">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Directions</w:t>
       </w:r>
       <w:r w:rsidRPr="008A7760">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidR="00195627" w:rsidRPr="008A7760">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Using the GROW (Goal, Reality, Options/Obstacles, Way Forward) framework, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">use </w:t>
+        <w:t xml:space="preserve">Using the GROW (Goal, Reality, Options/Obstacles, Way Forward) framework, use </w:t>
       </w:r>
       <w:r w:rsidRPr="008A7760">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the space below to prepare what you will say/ask to discuss your professional development. Refer to the </w:t>
       </w:r>
       <w:r w:rsidR="00C247FE" w:rsidRPr="008A7760">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Asking Questions </w:t>
       </w:r>
       <w:r w:rsidRPr="008A7760">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1638,101 +1630,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Complete the following independently by checking two or more actions that you did well; then highlight one action you will do differently at your next Check-in or daily discussion. Discuss each of your perspectives to reinforce strengths and to support one another’s continuous improvement</w:t>
       </w:r>
       <w:r w:rsidRPr="008A7760">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk74232903"/>
       <w:r w:rsidRPr="008A7760">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Refer to </w:t>
-[...49 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Refer to the action that you identify to do differently when planning for your next Check-in.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10705" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="562"/>
         <w:gridCol w:w="10143"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C403BA" w:rsidRPr="00E36D79" w14:paraId="2597A890" w14:textId="77777777" w:rsidTr="00E36D79">
         <w:trPr>
           <w:trHeight w:val="341"/>
         </w:trPr>
@@ -1992,51 +1934,50 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> to the other person what you heard them say in your own words. STOPPED talking to let the other person respond. Used this skill when logic and emotion were in balance.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C403BA" w:rsidRPr="00E36D79" w14:paraId="59B75F90" w14:textId="77777777" w:rsidTr="0047118B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4DA421EA" w14:textId="77777777" w:rsidR="00C403BA" w:rsidRPr="008A7760" w:rsidRDefault="00C403BA" w:rsidP="00F46FA4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10143" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CB5E8F9" w14:textId="523850DA" w:rsidR="00C403BA" w:rsidRPr="008A7760" w:rsidRDefault="00195627" w:rsidP="0047118B">
             <w:pPr>
               <w:spacing w:before="180" w:after="120"/>
               <w:ind w:left="216" w:hanging="216"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A7760">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">4. </w:t>
             </w:r>
             <w:r w:rsidRPr="008A7760">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
@@ -2124,93 +2065,91 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C403BA" w:rsidRPr="00E36D79" w14:paraId="742B8477" w14:textId="77777777" w:rsidTr="0047118B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6AD9FF9C" w14:textId="77777777" w:rsidR="00C403BA" w:rsidRPr="008A7760" w:rsidRDefault="00C403BA" w:rsidP="00F46FA4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10143" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="482FFDE1" w14:textId="77777777" w:rsidR="00C403BA" w:rsidRPr="008A7760" w:rsidRDefault="00C403BA" w:rsidP="0047118B">
             <w:pPr>
               <w:spacing w:before="180" w:after="120"/>
               <w:ind w:left="221" w:hanging="221"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A7760">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">5. Balanced understanding the other’s perspective with stating your Intentions. Remembered to separate the other’s perception from your intent. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C403BA" w:rsidRPr="00E36D79" w14:paraId="3E255AFF" w14:textId="77777777" w:rsidTr="0047118B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4485C05E" w14:textId="77777777" w:rsidR="00C403BA" w:rsidRPr="008A7760" w:rsidRDefault="00C403BA" w:rsidP="00F46FA4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10143" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A31A8CB" w14:textId="77777777" w:rsidR="00C403BA" w:rsidRPr="008A7760" w:rsidRDefault="00C403BA" w:rsidP="0047118B">
             <w:pPr>
               <w:spacing w:before="180" w:after="120"/>
               <w:ind w:left="221" w:hanging="221"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A7760">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">6. Gave feedback by being SPECIFIC about the behavior that you were describing and linking it to its impact or outcome.  Focused on behavior (what can change) and </w:t>
             </w:r>
             <w:r w:rsidRPr="008A7760">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
@@ -2272,69 +2211,51 @@
               </w:rPr>
               <w:t>Utilized the SARAH Cycle and 3 Triggers to manage defensiveness.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A8303D2" w14:textId="77777777" w:rsidR="00C403BA" w:rsidRPr="008A7760" w:rsidRDefault="00C403BA" w:rsidP="0047118B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A7760">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>SARAH Cycle (</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> get stuck in emotion; Accept others’ perspective; Help = ask questions)</w:t>
+              <w:t>SARAH Cycle (Don’t get stuck in emotion; Accept others’ perspective; Help = ask questions)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0F369736" w14:textId="7154270F" w:rsidR="00C403BA" w:rsidRPr="008A7760" w:rsidRDefault="00C403BA" w:rsidP="0047118B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="120"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A7760">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Triggers:  Truth / Relationship / Identity</w:t>
             </w:r>
@@ -2677,266 +2598,261 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="36E15634" w14:textId="77777777" w:rsidR="00C403BA" w:rsidRPr="00E36D79" w:rsidRDefault="00C403BA" w:rsidP="00195627">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C403BA" w:rsidRPr="00E36D79" w:rsidSect="0006184A">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="864" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="26C62A15" w14:textId="77777777" w:rsidR="00234846" w:rsidRDefault="00234846" w:rsidP="000A1D61">
+    <w:p w14:paraId="04F6C794" w14:textId="77777777" w:rsidR="00337234" w:rsidRDefault="00337234" w:rsidP="000A1D61">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5F17872D" w14:textId="77777777" w:rsidR="00234846" w:rsidRDefault="00234846" w:rsidP="000A1D61">
+    <w:p w14:paraId="3311A0FE" w14:textId="77777777" w:rsidR="00337234" w:rsidRDefault="00337234" w:rsidP="000A1D61">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Emoji">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="02000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="02000000" w:usb2="08000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6878770E" w14:textId="77777777" w:rsidR="00234846" w:rsidRDefault="00234846" w:rsidP="000A1D61">
+    <w:p w14:paraId="0CB344EE" w14:textId="77777777" w:rsidR="00337234" w:rsidRDefault="00337234" w:rsidP="000A1D61">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6B759B2B" w14:textId="77777777" w:rsidR="00234846" w:rsidRDefault="00234846" w:rsidP="000A1D61">
+    <w:p w14:paraId="3A4DD5CA" w14:textId="77777777" w:rsidR="00337234" w:rsidRDefault="00337234" w:rsidP="000A1D61">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="-1128776595"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr>
-[...3 lines deleted...]
-    </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="0566456C" w14:textId="77777777" w:rsidR="0054094E" w:rsidRDefault="0054094E" w:rsidP="00AA597F">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="3F81F79B" w14:textId="77777777" w:rsidR="0054094E" w:rsidRDefault="0054094E" w:rsidP="000A1D61">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="69AF1577" w14:textId="77777777" w:rsidR="00E36D79" w:rsidRPr="00EA1FE5" w:rsidRDefault="00E36D79" w:rsidP="00E36D79">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
       <w:spacing w:before="0"/>
       <w:ind w:left="2160" w:firstLine="720"/>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:color w:val="14558F"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="306125D6" wp14:editId="19F54EA6">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="306125D6" wp14:editId="3D67E1F3">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>3810</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-7924</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1743075" cy="450850"/>
           <wp:effectExtent l="0" t="0" r="9525" b="6350"/>
           <wp:wrapNone/>
-          <wp:docPr id="5" name="Picture 5"/>
+          <wp:docPr id="5" name="Picture 5" descr="MassPerform Logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1" name=""/>
+                  <pic:cNvPr id="5" name="Picture 5" descr="MassPerform Logo"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1743075" cy="450850"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
@@ -2949,81 +2865,63 @@
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="7CD7748E" w14:textId="1A0D6BD2" w:rsidR="00E36D79" w:rsidRPr="00195627" w:rsidRDefault="00E36D79" w:rsidP="00E36D79">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
       <w:spacing w:before="0"/>
       <w:ind w:left="2160" w:firstLine="720"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:color w:val="14558F"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00195627">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:color w:val="14558F"/>
       </w:rPr>
-      <w:t xml:space="preserve">Employee </w:t>
-[...17 lines deleted...]
-      <w:t>Development</w:t>
+      <w:t>Employee Planning Tool: Development</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2C9F78C6" w14:textId="70147F92" w:rsidR="0054094E" w:rsidRPr="00E36D79" w:rsidRDefault="0054094E" w:rsidP="00E36D79">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09263A2E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="851E6D02"/>
     <w:lvl w:ilvl="0" w:tplc="A48E7A44">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6169,149 +6067,149 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1024284950">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="4409196">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="605502515">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="198056200">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="481777539">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1077555476">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1156842433">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1544949632">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1184202571">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1494300017">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1203712344">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1972205924">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1040593586">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="867451462">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="112939749">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="14502240">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1536886700">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="21177646">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1400249940">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="2046756548">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1261908970">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="598369927">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="357900768">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="1018117013">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="1646623958">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="1874223899">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="353728990">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="106200665">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="1703705931">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="15"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00573AC8"/>
     <w:rsid w:val="000026CF"/>
     <w:rsid w:val="000026D9"/>
     <w:rsid w:val="000146C9"/>
     <w:rsid w:val="00025506"/>
     <w:rsid w:val="000323DD"/>
     <w:rsid w:val="000430D6"/>
@@ -6351,88 +6249,91 @@
     <w:rsid w:val="00142EB7"/>
     <w:rsid w:val="00144554"/>
     <w:rsid w:val="001461C7"/>
     <w:rsid w:val="00146483"/>
     <w:rsid w:val="001511AE"/>
     <w:rsid w:val="001763B9"/>
     <w:rsid w:val="00187D20"/>
     <w:rsid w:val="00195627"/>
     <w:rsid w:val="00196BD8"/>
     <w:rsid w:val="00196CE7"/>
     <w:rsid w:val="001A1829"/>
     <w:rsid w:val="001A4012"/>
     <w:rsid w:val="001A5E22"/>
     <w:rsid w:val="001B300B"/>
     <w:rsid w:val="001B75D3"/>
     <w:rsid w:val="001C4B3B"/>
     <w:rsid w:val="001D1B52"/>
     <w:rsid w:val="001D49B2"/>
     <w:rsid w:val="001D4FCA"/>
     <w:rsid w:val="001F1F0B"/>
     <w:rsid w:val="002003A7"/>
     <w:rsid w:val="0020435F"/>
     <w:rsid w:val="00205AA2"/>
     <w:rsid w:val="00205BDA"/>
     <w:rsid w:val="00206A88"/>
+    <w:rsid w:val="002073C5"/>
     <w:rsid w:val="00222434"/>
     <w:rsid w:val="002237A1"/>
     <w:rsid w:val="002250A4"/>
     <w:rsid w:val="00234846"/>
+    <w:rsid w:val="00245AB9"/>
     <w:rsid w:val="00245BC1"/>
     <w:rsid w:val="00247D37"/>
     <w:rsid w:val="0025750F"/>
     <w:rsid w:val="00260E0E"/>
     <w:rsid w:val="002620D7"/>
     <w:rsid w:val="0026608D"/>
     <w:rsid w:val="00276BF9"/>
     <w:rsid w:val="00280720"/>
     <w:rsid w:val="00285420"/>
     <w:rsid w:val="002902BD"/>
     <w:rsid w:val="002934E6"/>
     <w:rsid w:val="0029599A"/>
     <w:rsid w:val="002A0275"/>
     <w:rsid w:val="002A09E7"/>
     <w:rsid w:val="002A41BC"/>
     <w:rsid w:val="002A54EC"/>
     <w:rsid w:val="002A62E3"/>
     <w:rsid w:val="002A6AD9"/>
     <w:rsid w:val="002B579B"/>
     <w:rsid w:val="002C0B43"/>
     <w:rsid w:val="002C1B7E"/>
     <w:rsid w:val="002E1C26"/>
     <w:rsid w:val="002E2760"/>
     <w:rsid w:val="002E6D90"/>
     <w:rsid w:val="002F0FB0"/>
     <w:rsid w:val="00300B65"/>
     <w:rsid w:val="0030790E"/>
     <w:rsid w:val="0031143D"/>
     <w:rsid w:val="00312F7C"/>
     <w:rsid w:val="00323934"/>
     <w:rsid w:val="00326798"/>
     <w:rsid w:val="003329AE"/>
     <w:rsid w:val="0033334B"/>
     <w:rsid w:val="003337DB"/>
+    <w:rsid w:val="00337234"/>
     <w:rsid w:val="00341BAB"/>
     <w:rsid w:val="003424A7"/>
     <w:rsid w:val="00352250"/>
     <w:rsid w:val="00355B7F"/>
     <w:rsid w:val="00360C5D"/>
     <w:rsid w:val="003619EE"/>
     <w:rsid w:val="00362D7F"/>
     <w:rsid w:val="00372013"/>
     <w:rsid w:val="00387DF6"/>
     <w:rsid w:val="003904A1"/>
     <w:rsid w:val="003953B8"/>
     <w:rsid w:val="003A3FF6"/>
     <w:rsid w:val="003A6FF9"/>
     <w:rsid w:val="003E0D37"/>
     <w:rsid w:val="003E4559"/>
     <w:rsid w:val="003E702E"/>
     <w:rsid w:val="003E7D6F"/>
     <w:rsid w:val="003F157B"/>
     <w:rsid w:val="003F3902"/>
     <w:rsid w:val="003F6D2A"/>
     <w:rsid w:val="004055C1"/>
     <w:rsid w:val="00406319"/>
     <w:rsid w:val="00412AE5"/>
     <w:rsid w:val="0042142F"/>
     <w:rsid w:val="0042666C"/>
@@ -6789,65 +6690,65 @@
     <w:rsid w:val="00FC59E2"/>
     <w:rsid w:val="00FC6158"/>
     <w:rsid w:val="00FC6BE0"/>
     <w:rsid w:val="00FC6DC9"/>
     <w:rsid w:val="00FD1B20"/>
     <w:rsid w:val="00FD6194"/>
     <w:rsid w:val="00FE146B"/>
     <w:rsid w:val="00FF4763"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="338F6D58"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{5C3F1585-1F5C-2E45-B532-A9D6C40C7160}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7227,50 +7128,51 @@
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00895179"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -7435,51 +7337,51 @@
       <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="009B466B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
@@ -7746,51 +7648,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>584</Words>
   <Characters>3332</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>27</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>